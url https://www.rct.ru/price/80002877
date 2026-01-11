--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1117">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -634,2580 +634,2592 @@
   <si>
     <t>8EDGK-5.0-02P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-5.0-02P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00113849</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGK-5.0-02P-11-1000Z(H) DEGSON, L-KLS2-MPKCC-5.00-02P-1 KLS, MC001-5.0-02P-11-00 GOLTEN, </t>
   </si>
   <si>
     <t>8EDGK-5.0-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-5.0-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00113273</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGK-5.0-03P-11-1000Z(H) DEGSON, </t>
   </si>
   <si>
+    <t>8EDGK-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113274</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-04P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-05P-11-1000Z(H) DEGSON, 8EDGK-5.0-05P-11-00Z(H) DEGSON, 8EDGK-5.0-05P-11-1001Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-06P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-06P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00023298</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-06P-11-00Z(H) DEGSON, 8EDGK-5.0-06P-11-01Z(H) DEGSON, 8EDGK-5.0-06P-11-1000Z(H) DEGSON, 8EDGK-5.0-06P-11-1001Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>розетка клеммная прямая на кабель, шаг 5мм, 6 конт., 0.2-2.5 mm², серая / 8EDGK-5.0-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113851</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-06P-11-00Z(H) DEGSON, 8EDGK-5.0-06P-11-1000Z(H) DEGSON, 8EDGK-5.0-06P-11-1001Z(H) DEGSON, 8EDGK-5.0-06P-11-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023223</t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-07P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109172</t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-10P-11-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-10P-11-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00125724</t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00121324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-12P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-14P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-14P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023302</t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-15P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-15P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023303</t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106935</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-16P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.0-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.0-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115948</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.0-24P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>Клеммники / Клеммники разъемные / 8EDG / 8EDG-5.08 / на кабель</t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>10-00023432</t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.08-05P-15-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-06P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-06P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00023426</t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109176</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.08-08P-15-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115923</t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-09P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-09P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00115922</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGK-5.08-09P-15-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-10P-11-1021A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-5.08-10P-11-1021A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-5.08-10P-15-1000A(H)</t>
+  </si>
+  <si>
+    <t>оранжевый / 8EDGK-5.08-10P-15-1000A(H)</t>
+  </si>
+  <si>
+    <t>UT-00099633</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-02P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-02P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00022989</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-05P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-05P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-06P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-06P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-07P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-07P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-08P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-08P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-09P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-09P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGK-7.5-10P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGK-7.5-10P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-03P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-03P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108663</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKB-5.0-04P-11-1001A(H) DEGSON, 8EDGKB-5.0-04P-11-01Z(H) DEGSON, 8EDGKB-5.0-04P-11-1001Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>UT-00096544</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKB-5.0-04P-11-01A(H) DEGSON, 8EDGKB-5.0-04P-11-01Z(H) DEGSON, 8EDGKB-5.0-04P-11-1001Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-05P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-05P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106974</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-06P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-06P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106872</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108664</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-10P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-10P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00102530</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-11P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-11P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>10-00023214</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-12P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-12P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>10-00023215</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-16P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-16P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00099632</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-18P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-18P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>10-00023216</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.0-24P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.0-24P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>10-00023217</t>
+  </si>
+  <si>
+    <t>8EDGKB-5.08-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-5.08-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKB-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKB-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110674</t>
+  </si>
+  <si>
+    <t>8EDGKB-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKB-7.5-06P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKB-7.5-06P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106975</t>
+  </si>
+  <si>
+    <t>8EDGKC-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKC-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKC-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKC-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKD-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKD-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112693</t>
+  </si>
+  <si>
+    <t>8EDGKD-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKD-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023295</t>
+  </si>
+  <si>
+    <t>8EDGKD-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKD-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112694</t>
+  </si>
+  <si>
+    <t>8EDGKF-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKF-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKF-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>розетка клеммная угловая на кабель, шаг 5мм, 6 конт., 0.2-2.5 mm², серая / 8EDGKF-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112545</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113952</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112875</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113278</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116416</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108823</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00149967</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKG-3.5-09P-11-01Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKG-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108273</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKG-3.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.5-18P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.5-18P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116417</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.81-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.81-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00120790</t>
+  </si>
+  <si>
+    <t>8EDGKG-3.81-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-3.81-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00120789</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-02P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-02P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00118584</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKG-5.0-02P-11-01A DEGSON, MC006G-5.0-02P-11-00 GOLTEN, 8EDGKG-5.0-02P-11-01Z(H) DEGSON, L-KLS2-MPKG-5.00-02P-1 KLS, 8EDGKG-5.0-02P-11-00Z(H) DEGSON, 8EDGKG-5.0-02P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107790</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC006G-5.0-04P-11-00 GOLTEN, 8EDGKG-5.0-04P-11-1001Z(H) DEGSON, 8EDGKG-5.0-04P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-04P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>клеммник 4P, 0.25 - 1.5 mm², шаг 5мм, с защелками, серый / 8EDGKG-5.0-04P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110356</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC006G-5.0-04P-11-00 GOLTEN, 8EDGKG-5.0-04P-11-01Z(H) DEGSON, 8EDGKG-5.0-04P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-05P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-05P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108943</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC001G-5.0-06P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107833</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC001G-5.0-07P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112768</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107329</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.0-16P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.0-16P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107128</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.08-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.08-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107533</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.08-08P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKG-5.08-08P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>UT-00096291</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.08-15P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.08-15P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00105510</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.08-20P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.08-20P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107114</t>
+  </si>
+  <si>
+    <t>8EDGKG-5.08-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-5.08-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00105511</t>
+  </si>
+  <si>
+    <t>8EDGKG-7.5-02P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-7.5-02P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110675</t>
+  </si>
+  <si>
+    <t>8EDGKG-7.5-03P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-7.5-03P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00120072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC006G-7.5-03P-11-00 GOLTEN, 8EDGKG-7.5-03P-11-01Z(H) DEGSON, 8EDGKG-7.5-03P-11-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKG-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKG-7.5-04P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-7.5-04P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108712</t>
+  </si>
+  <si>
+    <t>8EDGKG-7.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-7.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKG-7.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKG-7.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107501</t>
+  </si>
+  <si>
+    <t>8EDGKGB-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKGB-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109865</t>
+  </si>
+  <si>
+    <t>8EDGKGB-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKGB-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109867</t>
+  </si>
+  <si>
+    <t>8EDGKGB-5.0-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKGB-5.0-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023258</t>
+  </si>
+  <si>
+    <t>8EDGKGB-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKGB-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107256</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023178</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023287</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111661</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-05P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-05P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-05P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-05P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108940</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00100957</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-10P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-10P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023179</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-14P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-14P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00101322</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-16P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKMA-5.0-16P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>UT-00096289</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.0-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKMA-5.0-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112229</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.08-04P-11-1000Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.08-04P-11-1000Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00125815</t>
+  </si>
+  <si>
+    <t>8EDGKMA-5.08-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.08-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKMA-5.08-16P-11-1001Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKMA-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKMA-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKMB-5.0-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMB-5.0-04P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>UT-00096543</t>
+  </si>
+  <si>
+    <t>8EDGKMB-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMB-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKMB-5.0-08P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKMB-5.0-08P-11-1001A(H)</t>
+  </si>
+  <si>
+    <t>UT-00096293</t>
+  </si>
+  <si>
+    <t>8EDGKMB-5.0-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKMB-5.0-08P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112090</t>
+  </si>
+  <si>
+    <t>8EDGKMB-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMB-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-2.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-2.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-2.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-2.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKR-2.5-04P-11-01Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKR-2.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-2.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00022955</t>
+  </si>
+  <si>
+    <t>8EDGKR-3.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-3.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112704</t>
+  </si>
+  <si>
+    <t>8EDGKR-3.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-3.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112873</t>
+  </si>
+  <si>
+    <t>8EDGKR-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110322</t>
+  </si>
+  <si>
+    <t>8EDGKR-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112874</t>
+  </si>
+  <si>
+    <t>8EDGKR-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00122769</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC004-5.0-03P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111665</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC004-5.0-04P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>15.04.2026</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110347</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107982</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC004-5.0-07P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00149968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGKR-5.0-09P-11-01Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGKR-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116153</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.08-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.08-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.08-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.08-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.08-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.08-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-5.08-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-5.08-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-7.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107922</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-7.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKR-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKR-7.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00098558</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKR-7.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00098559</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKR-7.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00098560</t>
+  </si>
+  <si>
+    <t>8EDGKR-7.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKR-7.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00098561</t>
+  </si>
+  <si>
+    <t>8EDGKRB-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRB-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC009-5.0-03P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKRB-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRB-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKRB-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKRB-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC009-5.0-08P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKRB-5.0-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>на кабель / 8EDGKRB-5.0-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112358</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC009-5.0-10P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKRB-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRB-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC009-5.0-12P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGKRB-5.0-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRB-5.0-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107522</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116410</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108440</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116411</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116409</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112723</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116415</t>
+  </si>
+  <si>
+    <t>8EDGKRM-3.5-18P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRM-3.5-18P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116412</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC009M-5.0-02P-11-00 GOLTEN, MC004M-5.0-02P-11-00 GOLTEN, TLCHM-202-02P-M19 Tianli, </t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108830</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC004M-5.0-03P-11-00 GOLTEN, TLCHM-202-03P-M19 Tianli, </t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023176</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107786</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107834</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC009M-5.0-07P-11-00 GOLTEN, MC004M-5.0-07P-11-00 GOLTEN, TLCHM-202-07P-M19 Tianli, </t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107787</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.0-20P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.0-20P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00120067</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.08-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.08-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109802</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.08-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.08-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109803</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.08-15P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.08-15P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107115</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.08-20P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.08-20P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107113</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.08-20P-11-03A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.08-20P-11-03A(H)</t>
+  </si>
+  <si>
+    <t>UT-00102390</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-5.08-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-5.08-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00105512</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-7.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112811</t>
+  </si>
+  <si>
+    <t>8EDGKRMA-7.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMA-7.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111668</t>
+  </si>
+  <si>
+    <t>8EDGKRMB-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMB-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109882</t>
+  </si>
+  <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
+    <t>8EDGKRMB-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMB-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023262</t>
+  </si>
+  <si>
+    <t>8EDGKRMB-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMB-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGKRMB-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMB-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109884</t>
+  </si>
+  <si>
+    <t>8EDGKRMB-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKRMB-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109885</t>
+  </si>
+  <si>
+    <t>Клеммники / Клеммники разъемные / 8EDG / 8EDG-2.5 / на плату</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00022976</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111723</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00022961</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-2.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-2.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107081</t>
+  </si>
+  <si>
+    <t>Клеммники / Клеммники разъемные / 8EDG / 8EDG-3.5 / на плату</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023158</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109189</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108594</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111725</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107848</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00095970</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00095971</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-10P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на плату / 8EDGRC-3.5-10P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107096</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на плату / 8EDGRC-3.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>на плату / 8EDGRC-3.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108275</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.5-16P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.5-16P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммники / Клеммники разъемные / 8EDG / 8EDG-3.81 / на плату</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.81-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.81-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00102298</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.81-02P-15-00A(H)</t>
+  </si>
+  <si>
+    <t>оранжевый / 8EDGRC-3.81-02P-15-00A(H)</t>
+  </si>
+  <si>
+    <t>UT-00103515</t>
+  </si>
+  <si>
+    <t>8EDGRC-3.81-02P-15-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-3.81-02P-15-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107283</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113841</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113280</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113842</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113843</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113844</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110428</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC003-5.0-08P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC003-5.0-12P-11-00 GOLTEN, TLCH-200R-12P-M19 Tianli, </t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-22P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-22P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.0-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.0-24P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112436</t>
+  </si>
+  <si>
+    <t>Клеммники / Клеммники разъемные / 8EDG / 8EDG-5.08 / на плату</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108029</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-04P-15-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-04P-15-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00023449</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-04P-15-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-04P-15-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-05P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-05P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00023436</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-06P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-06P-11-00A(H)</t>
+  </si>
+  <si>
+    <t>10-00023437</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-5.08-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-5.08-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109193</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109195</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107694</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107129</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRC-7.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRC-7.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGRC-7.5-12P-14-00Z(H) DEGSON, MC003-7.5-12P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGRCB-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108822</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC008-5.0-02P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGRCB-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00102127</t>
+  </si>
+  <si>
+    <t>8EDGRCB-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-5.0-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRCB-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC008-5.0-04P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGRCB-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRCB-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-7.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00125898</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC008-7.5-03P-11-00 GOLTEN, 8EDGRCB-7.5-03P-11-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGRCB-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRCB-7.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRCB-7.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106881</t>
+  </si>
+  <si>
+    <t>8EDGRH-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRH-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRH-3.5-24P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRH-3.5-24P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGRHB-3.5-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRHB-3.5-16P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112345</t>
+  </si>
+  <si>
+    <t>8EDGRHB-3.5-20P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRHB-3.5-20P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00149969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGRHB-3.5-20P-11-01Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGRHB-3.5-24P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGRHB-3.5-24P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00103216</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113804</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113803</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113805</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113806</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-06P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110330</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-07P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107236</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108306</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-10P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112512</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-2.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-2.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113807</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-02P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023165</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00110532</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC002-3.5-02P-11-00 GOLTEN, TLCH-001V-02P-M19 Tianli, </t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>на плату вертикально, шаг 3,5мм, 4 конт., серый / 8EDGVC-3.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGVC-3.5-04P-11-01Z(H) DEGSON, 8EDGVC-3.5-04P-19-01Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-05P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108650</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-07P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00095972</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00095973</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.5-12P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108651</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.81-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.81-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00123320</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.81-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.81-03P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107991</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.81-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.81-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106871</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.81-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.81-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00120788</t>
+  </si>
+  <si>
+    <t>8EDGVC-3.81-16P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-3.81-16P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113845</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGVC-5.0-02P-11-00Z(H) DEGSON, MC002-5.0-02P-11-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113846</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-05P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-08P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-11P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-11P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023328</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-12P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023329</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8EDGVC-5.0-12P-11-01Z(H) DEGSON, L-KLS2-MPVA-5.00-12P-1 KLS, </t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-18P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-18P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023330</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.0-24P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.0-24P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>10-00023331</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.08-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.08-02P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108032</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.08-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.08-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>UT-00100344</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.08-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.08-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00111727</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.08-04P-15-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.08-04P-15-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.08-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.08-06P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-5.08-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-5.08-08P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00108033</t>
+  </si>
+  <si>
+    <t>8EDGVC-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-7.5-04P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVC-7.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVC-7.5-09P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVCB-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVCB-5.0-03P-11-01A(H)</t>
+  </si>
+  <si>
+    <t>8EDGVCB-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGVCB-5.0-04P-11-01Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00106937</t>
+  </si>
+  <si>
     <t>14.01.2026</t>
-  </si>
-[...2527 lines deleted...]
-    <t>03.02.2026</t>
   </si>
   <si>
     <t>8EDGVCB-5.0-06P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-5.0-06P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-5.0-16P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-5.0-16P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00106939</t>
   </si>
   <si>
     <t>8EDGVCB-7.5-02P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-7.5-02P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-7.5-03P-11-01Z(H)</t>
   </si>
@@ -3861,51 +3873,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R377"/>
+  <dimension ref="A1:R378"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -4106,420 +4118,420 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>300</v>
       </c>
       <c r="K9" s="15">
-        <v>1.87</v>
+        <v>1.21</v>
       </c>
       <c r="L9" s="15">
-        <v>1.35</v>
+        <v>1.05</v>
       </c>
       <c r="M9" s="15">
-        <v>1.18</v>
+        <v>1</v>
       </c>
       <c r="N9" s="15">
         <v>66</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15">
         <v>1200</v>
       </c>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080035420</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
-        <v>2.92</v>
+        <v>1.84</v>
       </c>
       <c r="L10" s="15">
-        <v>2.11</v>
+        <v>1.6</v>
       </c>
       <c r="M10" s="15">
-        <v>1.84</v>
+        <v>1.54</v>
       </c>
       <c r="N10" s="15">
         <v>2</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="15">
         <v>500</v>
       </c>
       <c r="K11" s="15">
-        <v>2.59</v>
+        <v>1.92</v>
       </c>
       <c r="L11" s="15">
-        <v>1.85</v>
+        <v>1.67</v>
       </c>
       <c r="M11" s="15">
-        <v>1.66</v>
+        <v>1.6</v>
       </c>
       <c r="N11" s="15">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J12" s="15">
         <v>190</v>
       </c>
       <c r="K12" s="15">
-        <v>3.26</v>
+        <v>2.42</v>
       </c>
       <c r="L12" s="15">
-        <v>2.33</v>
+        <v>2.09</v>
       </c>
       <c r="M12" s="15">
-        <v>2.09</v>
+        <v>2.01</v>
       </c>
       <c r="N12" s="15">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>720</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>140</v>
       </c>
       <c r="K13" s="15">
-        <v>3.68</v>
+        <v>2.32</v>
       </c>
       <c r="L13" s="15">
-        <v>2.66</v>
+        <v>2.01</v>
       </c>
       <c r="M13" s="15">
-        <v>2.31</v>
+        <v>1.94</v>
       </c>
       <c r="N13" s="15">
-        <v>225</v>
+        <v>249</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>250</v>
       </c>
       <c r="K14" s="15">
-        <v>1.45</v>
+        <v>0.93249</v>
       </c>
       <c r="L14" s="15">
-        <v>1.05</v>
+        <v>0.80816</v>
       </c>
       <c r="M14" s="15">
-        <v>0.91116</v>
+        <v>0.77708</v>
       </c>
       <c r="N14" s="15">
         <v>5</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>1000</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>180</v>
       </c>
       <c r="K15" s="15">
-        <v>3.77</v>
+        <v>2.43</v>
       </c>
       <c r="L15" s="15">
-        <v>2.72</v>
+        <v>2.1</v>
       </c>
       <c r="M15" s="15">
-        <v>2.37</v>
+        <v>2.02</v>
       </c>
       <c r="N15" s="15">
         <v>5</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>720</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>575</v>
       </c>
       <c r="K16" s="15">
-        <v>0.79217</v>
+        <v>0.51104</v>
       </c>
       <c r="L16" s="15">
-        <v>0.5711000000000001</v>
+        <v>0.4429</v>
       </c>
       <c r="M16" s="15">
-        <v>0.49741</v>
+        <v>0.42586</v>
       </c>
       <c r="N16" s="15">
-        <v>331</v>
+        <v>307</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080035396</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>390</v>
       </c>
       <c r="K17" s="15">
-        <v>1.2</v>
+        <v>0.73871</v>
       </c>
       <c r="L17" s="15">
-        <v>0.86186</v>
+        <v>0.6402099999999999</v>
       </c>
       <c r="M17" s="15">
-        <v>0.75065</v>
+        <v>0.61559</v>
       </c>
       <c r="N17" s="15">
         <v>14</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>300</v>
       </c>
       <c r="K18" s="15">
-        <v>1.58</v>
+        <v>1.02</v>
       </c>
       <c r="L18" s="15">
-        <v>1.14</v>
+        <v>0.88149</v>
       </c>
       <c r="M18" s="15">
-        <v>0.9913999999999999</v>
+        <v>0.84759</v>
       </c>
       <c r="N18" s="15">
         <v>20</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>1200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15">
         <v>10080043767</v>
       </c>
       <c r="F19" s="15"/>
@@ -4549,57 +4561,57 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080035397</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>260</v>
       </c>
       <c r="K20" s="15">
-        <v>1.61</v>
+        <v>1.02</v>
       </c>
       <c r="L20" s="15">
-        <v>1.16</v>
+        <v>0.88323</v>
       </c>
       <c r="M20" s="15">
-        <v>1.01</v>
+        <v>0.84926</v>
       </c>
       <c r="N20" s="15">
         <v>11</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
@@ -4820,57 +4832,57 @@
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>390</v>
       </c>
       <c r="K27" s="15">
-        <v>1.18</v>
+        <v>0.75968</v>
       </c>
       <c r="L27" s="15">
-        <v>0.85144</v>
+        <v>0.65839</v>
       </c>
       <c r="M27" s="15">
-        <v>0.74157</v>
+        <v>0.63306</v>
       </c>
       <c r="N27" s="15">
         <v>5</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15">
         <v>10080035409</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
@@ -4898,57 +4910,57 @@
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E29" s="15">
         <v>10080043786</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>360</v>
       </c>
       <c r="K29" s="15">
-        <v>1.15</v>
+        <v>0.72846</v>
       </c>
       <c r="L29" s="15">
-        <v>0.83236</v>
+        <v>0.6313299999999999</v>
       </c>
       <c r="M29" s="15">
-        <v>0.72496</v>
+        <v>0.60705</v>
       </c>
       <c r="N29" s="15">
         <v>50</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E30" s="15">
         <v>10080035404</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
@@ -5023,53 +5035,51 @@
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15">
         <v>10080010118</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>575</v>
       </c>
       <c r="K32" s="15">
         <v>1.52</v>
       </c>
       <c r="L32" s="15">
         <v>0.7583800000000001</v>
       </c>
       <c r="M32" s="15">
         <v>0.68948</v>
       </c>
-      <c r="N32" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080035401</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
@@ -5251,302 +5261,302 @@
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E38" s="15">
         <v>10080009556</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
-        <v>0.39999</v>
+        <v>0.26403</v>
       </c>
       <c r="L38" s="15">
-        <v>0.28837</v>
+        <v>0.22883</v>
       </c>
       <c r="M38" s="15">
-        <v>0.25116</v>
+        <v>0.22003</v>
       </c>
       <c r="N38" s="15">
-        <v>1799</v>
+        <v>1397</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
-        <v>0.40048</v>
+        <v>0.25266</v>
       </c>
       <c r="L39" s="15">
-        <v>0.28873</v>
+        <v>0.21897</v>
       </c>
       <c r="M39" s="15">
-        <v>0.25147</v>
+        <v>0.21055</v>
       </c>
       <c r="N39" s="15">
         <v>13765</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E40" s="15">
         <v>10080009557</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
-        <v>0.55222</v>
+        <v>0.31883</v>
       </c>
       <c r="L40" s="15">
-        <v>0.39811</v>
+        <v>0.27632</v>
       </c>
       <c r="M40" s="15">
-        <v>0.34674</v>
+        <v>0.26569</v>
       </c>
       <c r="N40" s="15">
         <v>73</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
-        <v>0.60454</v>
+        <v>0.37314</v>
       </c>
       <c r="L41" s="15">
-        <v>0.43583</v>
+        <v>0.32339</v>
       </c>
       <c r="M41" s="15">
-        <v>0.3796</v>
+        <v>0.31095</v>
       </c>
       <c r="N41" s="15">
-        <v>201</v>
+        <v>235</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.704</v>
       </c>
       <c r="L42" s="15">
         <v>0.50286</v>
       </c>
       <c r="M42" s="15">
         <v>0.45257</v>
       </c>
       <c r="N42" s="15">
-        <v>5289</v>
+        <v>3402</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080009554</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>123</v>
       </c>
       <c r="J43" s="15">
         <v>575</v>
       </c>
       <c r="K43" s="15">
-        <v>0.93197</v>
+        <v>0.61404</v>
       </c>
       <c r="L43" s="15">
-        <v>0.6719000000000001</v>
+        <v>0.53217</v>
       </c>
       <c r="M43" s="15">
-        <v>0.58519</v>
+        <v>0.5117</v>
       </c>
       <c r="N43" s="15">
-        <v>1507</v>
+        <v>1141</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E44" s="15">
         <v>10080010046</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
-        <v>1.19</v>
+        <v>0.7848000000000001</v>
       </c>
       <c r="L44" s="15">
-        <v>0.85895</v>
+        <v>0.68016</v>
       </c>
       <c r="M44" s="15">
-        <v>0.74812</v>
+        <v>0.654</v>
       </c>
       <c r="N44" s="15">
-        <v>1638</v>
+        <v>1535</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
@@ -5569,7747 +5579,7747 @@
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E46" s="15">
         <v>10080009555</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>150</v>
       </c>
       <c r="K46" s="15">
-        <v>1.36</v>
+        <v>0.90588</v>
       </c>
       <c r="L46" s="15">
-        <v>0.97209</v>
+        <v>0.7851</v>
       </c>
       <c r="M46" s="15">
-        <v>0.84248</v>
+        <v>0.7549</v>
       </c>
       <c r="N46" s="15">
-        <v>3295</v>
+        <v>3038</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>150</v>
       </c>
       <c r="K47" s="15">
-        <v>1.61</v>
+        <v>1.01</v>
       </c>
       <c r="L47" s="15">
-        <v>1.16</v>
+        <v>0.87946</v>
       </c>
       <c r="M47" s="15">
-        <v>1.01</v>
+        <v>0.8456399999999999</v>
       </c>
       <c r="N47" s="15">
         <v>569</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>575</v>
       </c>
       <c r="K48" s="15">
         <v>3.02</v>
       </c>
       <c r="L48" s="15">
         <v>1.62</v>
       </c>
       <c r="M48" s="15">
         <v>1.41</v>
       </c>
       <c r="N48" s="15">
-        <v>327</v>
+        <v>271</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="15">
         <v>10080009558</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>575</v>
       </c>
       <c r="K49" s="15">
-        <v>2.35</v>
+        <v>1.48</v>
       </c>
       <c r="L49" s="15">
-        <v>1.7</v>
+        <v>1.29</v>
       </c>
       <c r="M49" s="15">
-        <v>1.48</v>
+        <v>1.24</v>
       </c>
       <c r="N49" s="15">
         <v>65</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>630</v>
       </c>
       <c r="K50" s="15">
-        <v>2.21</v>
+        <v>1.41</v>
       </c>
       <c r="L50" s="15">
-        <v>1.59</v>
+        <v>1.22</v>
       </c>
       <c r="M50" s="15">
-        <v>1.39</v>
+        <v>1.18</v>
       </c>
       <c r="N50" s="15">
         <v>50</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>1260</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
       </c>
       <c r="K51" s="15">
-        <v>0.40446</v>
+        <v>0.25536</v>
       </c>
       <c r="L51" s="15">
-        <v>0.2916</v>
+        <v>0.22131</v>
       </c>
       <c r="M51" s="15">
-        <v>0.25396</v>
+        <v>0.2128</v>
       </c>
       <c r="N51" s="15">
-        <v>758</v>
+        <v>555</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>600</v>
       </c>
       <c r="K52" s="15">
-        <v>0.80968</v>
+        <v>0.57831</v>
       </c>
       <c r="L52" s="15">
-        <v>0.57834</v>
+        <v>0.5012</v>
       </c>
       <c r="M52" s="15">
-        <v>0.52051</v>
+        <v>0.48193</v>
       </c>
       <c r="N52" s="15">
-        <v>298</v>
+        <v>432</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E53" s="15">
         <v>10080034842</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
-        <v>1.08</v>
+        <v>0.67983</v>
       </c>
       <c r="L53" s="15">
-        <v>0.77703</v>
+        <v>0.58919</v>
       </c>
       <c r="M53" s="15">
-        <v>0.67676</v>
+        <v>0.56653</v>
       </c>
       <c r="N53" s="15">
-        <v>811</v>
+        <v>592</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1025</v>
       </c>
       <c r="K54" s="15">
-        <v>0.9978399999999999</v>
+        <v>0.65063</v>
       </c>
       <c r="L54" s="15">
-        <v>0.69617</v>
+        <v>0.56388</v>
       </c>
       <c r="M54" s="15">
-        <v>0.6265500000000001</v>
+        <v>0.5421899999999999</v>
       </c>
       <c r="N54" s="15">
-        <v>1280</v>
+        <v>992</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>4100</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E55" s="15">
         <v>10000030173</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>850</v>
       </c>
       <c r="K55" s="15">
-        <v>1.3</v>
+        <v>0.81782</v>
       </c>
       <c r="L55" s="15">
-        <v>0.93476</v>
+        <v>0.70877</v>
       </c>
       <c r="M55" s="15">
-        <v>0.81415</v>
+        <v>0.6815099999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>1313</v>
+        <v>1388</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>850</v>
       </c>
       <c r="K56" s="15">
-        <v>1.26</v>
+        <v>0.8076</v>
       </c>
       <c r="L56" s="15">
-        <v>0.90584</v>
+        <v>0.69992</v>
       </c>
       <c r="M56" s="15">
-        <v>0.78895</v>
+        <v>0.673</v>
       </c>
       <c r="N56" s="15">
-        <v>1271</v>
+        <v>1776</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J57" s="15">
         <v>700</v>
       </c>
       <c r="K57" s="15">
-        <v>1.51</v>
+        <v>0.9546</v>
       </c>
       <c r="L57" s="15">
-        <v>1.09</v>
+        <v>0.8273200000000001</v>
       </c>
       <c r="M57" s="15">
-        <v>0.94824</v>
+        <v>0.7955</v>
       </c>
       <c r="N57" s="15">
-        <v>682</v>
+        <v>694</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J58" s="15">
         <v>650</v>
       </c>
       <c r="K58" s="15">
-        <v>1.65</v>
+        <v>1.18</v>
       </c>
       <c r="L58" s="15">
-        <v>1.18</v>
+        <v>1.02</v>
       </c>
       <c r="M58" s="15">
-        <v>1.06</v>
+        <v>0.98305</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>550</v>
       </c>
       <c r="K59" s="15">
-        <v>1.94</v>
+        <v>1.22</v>
       </c>
       <c r="L59" s="15">
-        <v>1.4</v>
+        <v>1.06</v>
       </c>
       <c r="M59" s="15">
-        <v>1.22</v>
+        <v>1.02</v>
       </c>
       <c r="N59" s="15">
-        <v>1595</v>
+        <v>1482</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>450</v>
       </c>
       <c r="K60" s="15">
-        <v>2.59</v>
+        <v>1.63</v>
       </c>
       <c r="L60" s="15">
-        <v>1.87</v>
+        <v>1.42</v>
       </c>
       <c r="M60" s="15">
-        <v>1.63</v>
+        <v>1.36</v>
       </c>
       <c r="N60" s="15">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>450</v>
       </c>
       <c r="K61" s="15">
-        <v>2.51</v>
+        <v>1.61</v>
       </c>
       <c r="L61" s="15">
-        <v>1.81</v>
+        <v>1.4</v>
       </c>
       <c r="M61" s="15">
-        <v>1.58</v>
+        <v>1.35</v>
       </c>
       <c r="N61" s="15">
-        <v>360</v>
+        <v>435</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E62" s="15">
         <v>10080053386</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>330</v>
       </c>
       <c r="K62" s="15">
         <v>3.28</v>
       </c>
       <c r="L62" s="15">
         <v>2.35</v>
       </c>
       <c r="M62" s="15">
         <v>2.04</v>
       </c>
       <c r="N62" s="15">
-        <v>911</v>
+        <v>885</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>179</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1200</v>
       </c>
       <c r="K63" s="15">
-        <v>0.43092</v>
+        <v>0.27179</v>
       </c>
       <c r="L63" s="15">
-        <v>0.31066</v>
+        <v>0.23555</v>
       </c>
       <c r="M63" s="15">
-        <v>0.27057</v>
+        <v>0.22649</v>
       </c>
       <c r="N63" s="15">
-        <v>731</v>
+        <v>578</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>179</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
-        <v>0.41188</v>
+        <v>0.26561</v>
       </c>
       <c r="L64" s="15">
-        <v>0.29694</v>
+        <v>0.23019</v>
       </c>
       <c r="M64" s="15">
-        <v>0.25862</v>
+        <v>0.22134</v>
       </c>
       <c r="N64" s="15">
-        <v>2046</v>
+        <v>2640</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.60849</v>
+        <v>0.39149</v>
       </c>
       <c r="L65" s="15">
-        <v>0.43869</v>
+        <v>0.33929</v>
       </c>
       <c r="M65" s="15">
-        <v>0.38208</v>
+        <v>0.32624</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>300</v>
       </c>
       <c r="K66" s="15">
-        <v>2.25</v>
+        <v>1.39</v>
       </c>
       <c r="L66" s="15">
-        <v>1.57</v>
+        <v>1.2</v>
       </c>
       <c r="M66" s="15">
-        <v>1.41</v>
+        <v>1.16</v>
       </c>
       <c r="N66" s="15">
-        <v>750</v>
+        <v>700</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E67" s="15">
         <v>10080055994</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>240</v>
       </c>
       <c r="K67" s="15">
         <v>3.56</v>
       </c>
       <c r="L67" s="15">
         <v>2.55</v>
       </c>
       <c r="M67" s="15">
         <v>2.22</v>
       </c>
       <c r="N67" s="15">
-        <v>711</v>
+        <v>615</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>197</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.28293</v>
       </c>
       <c r="L68" s="15">
         <v>0.24521</v>
       </c>
       <c r="M68" s="15">
         <v>0.23578</v>
       </c>
-      <c r="N68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>201</v>
       </c>
       <c r="J69" s="15">
         <v>600</v>
       </c>
       <c r="K69" s="15">
-        <v>0.4273</v>
+        <v>0.26382</v>
       </c>
       <c r="L69" s="15">
-        <v>0.30804</v>
+        <v>0.22864</v>
       </c>
       <c r="M69" s="15">
-        <v>0.2683</v>
+        <v>0.21985</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>205</v>
       </c>
       <c r="J70" s="15">
         <v>675</v>
       </c>
       <c r="K70" s="15">
-        <v>0.50561</v>
+        <v>0.45005</v>
       </c>
       <c r="L70" s="15">
-        <v>0.44613</v>
+        <v>0.39004</v>
       </c>
       <c r="M70" s="15">
-        <v>0.38665</v>
+        <v>0.37504</v>
       </c>
       <c r="N70" s="15">
-        <v>554</v>
+        <v>574</v>
       </c>
       <c r="O70" s="15">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>723</v>
+      </c>
+      <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J71" s="15">
         <v>575</v>
       </c>
       <c r="K71" s="15">
-        <v>0.85827</v>
+        <v>0.5412</v>
       </c>
       <c r="L71" s="15">
-        <v>0.61875</v>
+        <v>0.46904</v>
       </c>
       <c r="M71" s="15">
-        <v>0.53891</v>
+        <v>0.451</v>
       </c>
       <c r="N71" s="15">
-        <v>146</v>
+        <v>125</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J72" s="15">
         <v>450</v>
       </c>
       <c r="K72" s="15">
-        <v>1.05</v>
+        <v>0.67599</v>
       </c>
       <c r="L72" s="15">
-        <v>0.75559</v>
+        <v>0.58586</v>
       </c>
       <c r="M72" s="15">
-        <v>0.65809</v>
+        <v>0.56333</v>
       </c>
       <c r="N72" s="15">
-        <v>830</v>
+        <v>759</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J73" s="15">
         <v>375</v>
       </c>
       <c r="K73" s="15">
         <v>2.65</v>
       </c>
       <c r="L73" s="15">
         <v>1.33</v>
       </c>
       <c r="M73" s="15">
         <v>1.21</v>
       </c>
       <c r="N73" s="15">
         <v>5</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J74" s="15">
         <v>375</v>
       </c>
       <c r="K74" s="15">
-        <v>1.28</v>
+        <v>0.79322</v>
       </c>
       <c r="L74" s="15">
-        <v>0.92619</v>
+        <v>0.68745</v>
       </c>
       <c r="M74" s="15">
-        <v>0.80668</v>
+        <v>0.66101</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>223</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
-        <v>1.56</v>
+        <v>0.9876</v>
       </c>
       <c r="L75" s="15">
-        <v>1.13</v>
+        <v>0.85592</v>
       </c>
       <c r="M75" s="15">
-        <v>0.98232</v>
+        <v>0.823</v>
       </c>
       <c r="N75" s="15">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
-        <v>1.47</v>
+        <v>0.9454399999999999</v>
       </c>
       <c r="L76" s="15">
-        <v>1.06</v>
+        <v>0.81938</v>
       </c>
       <c r="M76" s="15">
-        <v>0.92039</v>
+        <v>0.78786</v>
       </c>
       <c r="N76" s="15">
-        <v>1079</v>
+        <v>1131</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>300</v>
       </c>
       <c r="K77" s="15">
-        <v>1.62</v>
+        <v>1.21</v>
       </c>
       <c r="L77" s="15">
-        <v>1.16</v>
+        <v>1.05</v>
       </c>
       <c r="M77" s="15">
-        <v>1.04</v>
+        <v>1.01</v>
       </c>
       <c r="N77" s="15">
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E78" s="15">
         <v>10000023127</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>260</v>
       </c>
       <c r="K78" s="15">
         <v>3.43</v>
       </c>
       <c r="L78" s="15">
         <v>1.72</v>
       </c>
       <c r="M78" s="15">
         <v>1.56</v>
       </c>
       <c r="N78" s="15">
         <v>3</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>240</v>
       </c>
       <c r="K79" s="15">
-        <v>2.03</v>
+        <v>1.52</v>
       </c>
       <c r="L79" s="15">
-        <v>1.45</v>
+        <v>1.31</v>
       </c>
       <c r="M79" s="15">
-        <v>1.3</v>
+        <v>1.26</v>
       </c>
       <c r="N79" s="15">
-        <v>353</v>
+        <v>405</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15">
         <v>960</v>
       </c>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
-        <v>2.43</v>
+        <v>1.82</v>
       </c>
       <c r="L80" s="15">
-        <v>1.74</v>
+        <v>1.58</v>
       </c>
       <c r="M80" s="15">
-        <v>1.56</v>
+        <v>1.51</v>
       </c>
       <c r="N80" s="15">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15">
         <v>800</v>
       </c>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1</v>
       </c>
       <c r="K81" s="15">
         <v>2.53</v>
       </c>
       <c r="L81" s="15">
         <v>2.44</v>
       </c>
       <c r="M81" s="15">
         <v>2.35</v>
       </c>
       <c r="N81" s="15">
         <v>5</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1</v>
       </c>
       <c r="K82" s="15">
         <v>2.71</v>
       </c>
       <c r="L82" s="15">
         <v>2.62</v>
       </c>
       <c r="M82" s="15">
         <v>2.52</v>
       </c>
       <c r="N82" s="15">
         <v>10</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J83" s="15">
         <v>150</v>
       </c>
       <c r="K83" s="15">
-        <v>3.08</v>
+        <v>1.91</v>
       </c>
       <c r="L83" s="15">
-        <v>2.15</v>
+        <v>1.66</v>
       </c>
       <c r="M83" s="15">
-        <v>1.93</v>
+        <v>1.59</v>
       </c>
       <c r="N83" s="15">
         <v>28</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>600</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J84" s="15"/>
       <c r="K84" s="15">
-        <v>5.03</v>
+        <v>3.24</v>
       </c>
       <c r="L84" s="15">
-        <v>3.62</v>
+        <v>2.81</v>
       </c>
       <c r="M84" s="15">
-        <v>3.16</v>
+        <v>2.7</v>
       </c>
       <c r="N84" s="15">
         <v>78</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="C85" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="C85" s="15" t="s">
+      <c r="D85" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>575</v>
       </c>
       <c r="K85" s="15">
         <v>1.33</v>
       </c>
       <c r="L85" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.61897</v>
       </c>
       <c r="N85" s="15">
-        <v>277</v>
+        <v>369</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
-        <v>1.05</v>
+        <v>0.67508</v>
       </c>
       <c r="L86" s="15">
-        <v>0.75537</v>
+        <v>0.58507</v>
       </c>
       <c r="M86" s="15">
-        <v>0.6579</v>
+        <v>0.5625599999999999</v>
       </c>
       <c r="N86" s="15">
         <v>20</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>264</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1</v>
       </c>
       <c r="K87" s="15">
         <v>2.65</v>
       </c>
       <c r="L87" s="15">
         <v>1.33</v>
       </c>
       <c r="M87" s="15">
         <v>1.21</v>
       </c>
       <c r="N87" s="15">
         <v>1</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="J88" s="15">
         <v>300</v>
       </c>
       <c r="K88" s="15">
-        <v>1.63</v>
+        <v>1.18</v>
       </c>
       <c r="L88" s="15">
-        <v>1.16</v>
+        <v>1.02</v>
       </c>
       <c r="M88" s="15">
-        <v>1.05</v>
+        <v>0.9828</v>
       </c>
       <c r="N88" s="15">
-        <v>225</v>
+        <v>207</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1200</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>300</v>
       </c>
       <c r="K89" s="15">
-        <v>1.67</v>
+        <v>1.2</v>
       </c>
       <c r="L89" s="15">
-        <v>1.2</v>
+        <v>1.04</v>
       </c>
       <c r="M89" s="15">
-        <v>1.08</v>
+        <v>0.99598</v>
       </c>
       <c r="N89" s="15">
-        <v>168</v>
+        <v>214</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
-        <v>1.88</v>
+        <v>1.21</v>
       </c>
       <c r="L90" s="15">
-        <v>1.36</v>
+        <v>1.05</v>
       </c>
       <c r="M90" s="15">
-        <v>1.18</v>
+        <v>1.01</v>
       </c>
       <c r="N90" s="15">
         <v>10</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E91" s="15">
         <v>10080035414</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>240</v>
       </c>
       <c r="K91" s="15">
         <v>3.55</v>
       </c>
       <c r="L91" s="15">
         <v>1.89</v>
       </c>
       <c r="M91" s="15">
         <v>1.61</v>
       </c>
       <c r="N91" s="15">
         <v>3</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>960</v>
       </c>
       <c r="K92" s="15">
-        <v>2.13</v>
+        <v>1.35</v>
       </c>
       <c r="L92" s="15">
-        <v>1.54</v>
+        <v>1.17</v>
       </c>
       <c r="M92" s="15">
-        <v>1.34</v>
+        <v>1.13</v>
       </c>
       <c r="N92" s="15">
         <v>10</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>283</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.2884</v>
       </c>
       <c r="L93" s="15">
         <v>0.2884</v>
       </c>
       <c r="M93" s="15">
         <v>0.2884</v>
       </c>
       <c r="N93" s="15">
         <v>1</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="E94" s="15">
         <v>10080043044</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>880</v>
       </c>
       <c r="K94" s="15">
         <v>0.61605</v>
       </c>
       <c r="L94" s="15">
         <v>0.33206</v>
       </c>
       <c r="M94" s="15">
         <v>0.28838</v>
       </c>
       <c r="N94" s="15">
-        <v>813</v>
+        <v>725</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E95" s="15">
         <v>10080043045</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>650</v>
       </c>
       <c r="K95" s="15">
         <v>0.92918</v>
       </c>
       <c r="L95" s="15">
         <v>0.50085</v>
       </c>
       <c r="M95" s="15">
         <v>0.43494</v>
       </c>
       <c r="N95" s="15">
-        <v>699</v>
+        <v>608</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E96" s="15">
         <v>10080048827</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>480</v>
       </c>
       <c r="K96" s="15">
         <v>1.23</v>
       </c>
       <c r="L96" s="15">
         <v>0.66279</v>
       </c>
       <c r="M96" s="15">
         <v>0.57559</v>
       </c>
       <c r="N96" s="15">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E97" s="15">
         <v>10080048828</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>310</v>
       </c>
       <c r="K97" s="15">
         <v>1.6</v>
       </c>
       <c r="L97" s="15">
         <v>0.85953</v>
       </c>
       <c r="M97" s="15">
         <v>0.80223</v>
       </c>
       <c r="N97" s="15">
         <v>60</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E98" s="15">
         <v>10080027748</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>280</v>
       </c>
       <c r="K98" s="15">
         <v>1.82</v>
       </c>
       <c r="L98" s="15">
         <v>0.98097</v>
       </c>
       <c r="M98" s="15">
         <v>0.85188</v>
       </c>
       <c r="N98" s="15">
         <v>8</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E99" s="15">
         <v>10080048829</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>280</v>
       </c>
       <c r="K99" s="15">
-        <v>1.93</v>
+        <v>0.73682</v>
       </c>
       <c r="L99" s="15">
-        <v>1.03</v>
+        <v>0.63857</v>
       </c>
       <c r="M99" s="15">
-        <v>0.96334</v>
+        <v>0.6140099999999999</v>
       </c>
       <c r="N99" s="15">
-        <v>256</v>
+        <v>284</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="E100" s="15">
         <v>10080043048</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>260</v>
       </c>
       <c r="K100" s="15">
         <v>2.84</v>
       </c>
       <c r="L100" s="15">
         <v>1.42</v>
       </c>
       <c r="M100" s="15">
         <v>1.29</v>
       </c>
       <c r="N100" s="15">
         <v>9</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="E101" s="15">
         <v>10080048830</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>260</v>
       </c>
       <c r="K101" s="15">
         <v>2.25</v>
       </c>
       <c r="L101" s="15">
         <v>1.2</v>
       </c>
       <c r="M101" s="15">
         <v>1.12</v>
       </c>
       <c r="N101" s="15">
         <v>100</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E102" s="15">
         <v>10080048831</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>215</v>
       </c>
       <c r="K102" s="15">
         <v>2.53</v>
       </c>
       <c r="L102" s="15">
         <v>1.36</v>
       </c>
       <c r="M102" s="15">
         <v>1.26</v>
       </c>
       <c r="N102" s="15">
         <v>57</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E103" s="15">
         <v>10080048833</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>180</v>
       </c>
       <c r="K103" s="15">
         <v>2.89</v>
       </c>
       <c r="L103" s="15">
         <v>1.55</v>
       </c>
       <c r="M103" s="15">
         <v>1.45</v>
       </c>
       <c r="N103" s="15">
         <v>80</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="E104" s="15">
         <v>10080048834</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>160</v>
       </c>
       <c r="K104" s="15">
         <v>3.21</v>
       </c>
       <c r="L104" s="15">
         <v>1.72</v>
       </c>
       <c r="M104" s="15">
         <v>1.6</v>
       </c>
       <c r="N104" s="15">
         <v>100</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>675</v>
       </c>
       <c r="K105" s="15">
-        <v>0.5395799999999999</v>
+        <v>0.51083</v>
       </c>
       <c r="L105" s="15">
-        <v>0.4761</v>
+        <v>0.44272</v>
       </c>
       <c r="M105" s="15">
-        <v>0.41262</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.42569</v>
+      </c>
+      <c r="N105" s="15">
+        <v>252</v>
+      </c>
+      <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E106" s="15">
         <v>10080010103</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="J106" s="15">
         <v>575</v>
       </c>
       <c r="K106" s="15">
-        <v>0.89547</v>
+        <v>0.56526</v>
       </c>
       <c r="L106" s="15">
-        <v>0.64557</v>
+        <v>0.48989</v>
       </c>
       <c r="M106" s="15">
-        <v>0.56227</v>
+        <v>0.47105</v>
       </c>
       <c r="N106" s="15">
-        <v>6</v>
+        <v>72</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
-        <v>0.9287</v>
+        <v>0.59252</v>
       </c>
       <c r="L107" s="15">
-        <v>0.66952</v>
+        <v>0.51351</v>
       </c>
       <c r="M107" s="15">
-        <v>0.58313</v>
+        <v>0.49376</v>
       </c>
       <c r="N107" s="15">
         <v>2</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E108" s="15">
         <v>10080044335</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>450</v>
       </c>
       <c r="K108" s="15">
         <v>0.89538</v>
       </c>
       <c r="L108" s="15">
         <v>0.60467</v>
       </c>
       <c r="M108" s="15">
         <v>0.54653</v>
       </c>
       <c r="N108" s="15">
         <v>12</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>320</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>450</v>
       </c>
       <c r="K109" s="15">
-        <v>1.08</v>
+        <v>0.69416</v>
       </c>
       <c r="L109" s="15">
-        <v>0.77594</v>
+        <v>0.6016</v>
       </c>
       <c r="M109" s="15">
-        <v>0.67581</v>
+        <v>0.57846</v>
       </c>
       <c r="N109" s="15">
         <v>100</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>1800</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>675</v>
       </c>
       <c r="K110" s="15">
-        <v>1.29</v>
+        <v>0.82994</v>
       </c>
       <c r="L110" s="15">
-        <v>0.92931</v>
+        <v>0.71928</v>
       </c>
       <c r="M110" s="15">
-        <v>0.8093900000000001</v>
+        <v>0.6916099999999999</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15">
         <v>2700</v>
       </c>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>326</v>
       </c>
-      <c r="D111" s="15" t="s">
+      <c r="E111" s="15" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>300</v>
       </c>
       <c r="K111" s="15">
-        <v>1.72</v>
+        <v>1.08</v>
       </c>
       <c r="L111" s="15">
-        <v>1.24</v>
+        <v>0.9391699999999999</v>
       </c>
       <c r="M111" s="15">
-        <v>1.08</v>
+        <v>0.90305</v>
       </c>
       <c r="N111" s="15">
-        <v>2429</v>
+        <v>2487</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>240</v>
       </c>
       <c r="K112" s="15">
-        <v>2.44</v>
+        <v>1.71</v>
       </c>
       <c r="L112" s="15">
-        <v>1.74</v>
+        <v>1.48</v>
       </c>
       <c r="M112" s="15">
-        <v>1.57</v>
+        <v>1.42</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>332</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>675</v>
       </c>
       <c r="K113" s="15">
         <v>0.34</v>
       </c>
       <c r="L113" s="15">
         <v>0.34</v>
       </c>
       <c r="M113" s="15">
         <v>0.34</v>
       </c>
       <c r="N113" s="15">
         <v>3</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>335</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>200</v>
       </c>
       <c r="K114" s="15">
         <v>0.35</v>
       </c>
       <c r="L114" s="15">
         <v>0.35</v>
       </c>
       <c r="M114" s="15">
         <v>0.35</v>
       </c>
       <c r="N114" s="15">
         <v>3</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>338</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>600</v>
       </c>
       <c r="K115" s="15">
-        <v>3.68</v>
+        <v>2.33</v>
       </c>
       <c r="L115" s="15">
-        <v>2.65</v>
+        <v>2.02</v>
       </c>
       <c r="M115" s="15">
-        <v>2.31</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>1.94</v>
+      </c>
+      <c r="N115" s="15">
+        <v>10</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>341</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>130</v>
       </c>
       <c r="K116" s="15">
         <v>0.371</v>
       </c>
       <c r="L116" s="15">
         <v>0.371</v>
       </c>
       <c r="M116" s="15">
         <v>0.371</v>
       </c>
       <c r="N116" s="15">
         <v>3</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>344</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>100</v>
       </c>
       <c r="K117" s="15">
         <v>0.381</v>
       </c>
       <c r="L117" s="15">
         <v>0.381</v>
       </c>
       <c r="M117" s="15">
         <v>0.381</v>
       </c>
       <c r="N117" s="15">
         <v>6</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="E118" s="15">
         <v>10080044337</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>575</v>
       </c>
       <c r="K118" s="15">
         <v>0.32</v>
       </c>
       <c r="L118" s="15">
         <v>0.32</v>
       </c>
       <c r="M118" s="15">
         <v>0.32</v>
       </c>
       <c r="N118" s="15">
         <v>1</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="E119" s="15">
         <v>10080044338</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>880</v>
       </c>
       <c r="K119" s="15">
         <v>0.174</v>
       </c>
       <c r="L119" s="15">
         <v>0.174</v>
       </c>
       <c r="M119" s="15">
         <v>0.174</v>
       </c>
       <c r="N119" s="15">
         <v>3</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>351</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>575</v>
       </c>
       <c r="K120" s="15">
-        <v>0.64888</v>
+        <v>0.41765</v>
       </c>
       <c r="L120" s="15">
-        <v>0.46779</v>
+        <v>0.36196</v>
       </c>
       <c r="M120" s="15">
-        <v>0.40743</v>
+        <v>0.34804</v>
       </c>
       <c r="N120" s="15">
-        <v>120</v>
+        <v>170</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E121" s="15">
         <v>10080010104</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>575</v>
       </c>
       <c r="K121" s="15">
         <v>1.62</v>
       </c>
       <c r="L121" s="15">
         <v>0.81057</v>
       </c>
       <c r="M121" s="15">
         <v>0.73692</v>
       </c>
       <c r="N121" s="15">
         <v>10</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>250</v>
       </c>
       <c r="K122" s="15">
-        <v>1.38</v>
+        <v>0.89109</v>
       </c>
       <c r="L122" s="15">
-        <v>0.99509</v>
+        <v>0.77228</v>
       </c>
       <c r="M122" s="15">
-        <v>0.86669</v>
+        <v>0.74258</v>
       </c>
       <c r="N122" s="15">
-        <v>34</v>
+        <v>100</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>1000</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="E123" s="15">
         <v>10080010102</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>575</v>
       </c>
       <c r="K123" s="15">
         <v>1.61</v>
       </c>
       <c r="L123" s="15">
         <v>0.80643</v>
       </c>
       <c r="M123" s="15">
         <v>0.73311</v>
       </c>
       <c r="N123" s="15">
         <v>45</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E124" s="15">
         <v>10080042710</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>315</v>
       </c>
       <c r="K124" s="15">
         <v>1.83</v>
       </c>
       <c r="L124" s="15">
         <v>0.98034</v>
       </c>
       <c r="M124" s="15">
         <v>0.88232</v>
       </c>
       <c r="N124" s="15">
         <v>100</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
-        <v>0.66816</v>
+        <v>0.43205</v>
       </c>
       <c r="L125" s="15">
-        <v>0.48169</v>
+        <v>0.37444</v>
       </c>
       <c r="M125" s="15">
-        <v>0.41955</v>
+        <v>0.36004</v>
       </c>
       <c r="N125" s="15">
         <v>5</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>575</v>
       </c>
       <c r="K126" s="15">
         <v>1.61</v>
       </c>
       <c r="L126" s="15">
         <v>0.80643</v>
       </c>
       <c r="M126" s="15">
         <v>0.73311</v>
       </c>
       <c r="N126" s="15">
         <v>3</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>369</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>315</v>
       </c>
       <c r="K127" s="15">
-        <v>1.12</v>
+        <v>0.7200800000000001</v>
       </c>
       <c r="L127" s="15">
-        <v>0.80635</v>
+        <v>0.62407</v>
       </c>
       <c r="M127" s="15">
-        <v>0.70229</v>
+        <v>0.60006</v>
       </c>
       <c r="N127" s="15">
         <v>5</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="E128" s="15">
         <v>10080035418</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>575</v>
       </c>
       <c r="K128" s="15">
         <v>1.33</v>
       </c>
       <c r="L128" s="15">
         <v>0.70716</v>
       </c>
       <c r="M128" s="15">
         <v>0.60318</v>
       </c>
       <c r="N128" s="15">
         <v>6</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E129" s="15">
         <v>10080035417</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>350</v>
       </c>
       <c r="K129" s="15">
         <v>2</v>
       </c>
       <c r="L129" s="15">
         <v>1.06</v>
       </c>
       <c r="M129" s="15">
         <v>0.90455</v>
       </c>
       <c r="N129" s="15">
         <v>9</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>376</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>600</v>
       </c>
       <c r="K130" s="15">
-        <v>0.81253</v>
+        <v>0.52272</v>
       </c>
       <c r="L130" s="15">
-        <v>0.58577</v>
+        <v>0.45302</v>
       </c>
       <c r="M130" s="15">
-        <v>0.51019</v>
+        <v>0.4356</v>
       </c>
       <c r="N130" s="15">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15">
         <v>2400</v>
       </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>379</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>975</v>
       </c>
       <c r="K131" s="15">
-        <v>1.04</v>
+        <v>0.64176</v>
       </c>
       <c r="L131" s="15">
-        <v>0.72488</v>
+        <v>0.55619</v>
       </c>
       <c r="M131" s="15">
-        <v>0.65239</v>
+        <v>0.5348000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>2883</v>
+        <v>1568</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>382</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>500</v>
       </c>
       <c r="K132" s="15">
-        <v>1.22</v>
+        <v>0.77805</v>
       </c>
       <c r="L132" s="15">
-        <v>0.87744</v>
+        <v>0.67431</v>
       </c>
       <c r="M132" s="15">
-        <v>0.76423</v>
+        <v>0.64838</v>
       </c>
       <c r="N132" s="15">
-        <v>133</v>
+        <v>168</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15">
         <v>2000</v>
       </c>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>385</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>975</v>
       </c>
       <c r="K133" s="15">
         <v>1</v>
       </c>
       <c r="L133" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M133" s="15">
         <v>0.83609</v>
       </c>
       <c r="N133" s="15">
-        <v>249</v>
+        <v>198</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>388</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>490</v>
       </c>
       <c r="K134" s="15">
-        <v>1.62</v>
+        <v>1.04</v>
       </c>
       <c r="L134" s="15">
-        <v>1.17</v>
+        <v>0.90177</v>
       </c>
       <c r="M134" s="15">
-        <v>1.02</v>
+        <v>0.86709</v>
       </c>
       <c r="N134" s="15">
         <v>5</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>1960</v>
       </c>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>391</v>
       </c>
-      <c r="D135" s="15" t="s">
+      <c r="E135" s="15" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>500</v>
       </c>
       <c r="K135" s="15">
-        <v>1.83</v>
+        <v>1.17</v>
       </c>
       <c r="L135" s="15">
-        <v>1.32</v>
+        <v>1.02</v>
       </c>
       <c r="M135" s="15">
-        <v>1.15</v>
+        <v>0.9782999999999999</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>393</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>394</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
-        <v>2.18</v>
+        <v>1.51</v>
       </c>
       <c r="L136" s="15">
-        <v>1.56</v>
+        <v>1.31</v>
       </c>
       <c r="M136" s="15">
-        <v>1.4</v>
+        <v>1.26</v>
       </c>
       <c r="N136" s="15">
         <v>100</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>398</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>140</v>
       </c>
       <c r="K137" s="15">
-        <v>2.13</v>
+        <v>1.43</v>
       </c>
       <c r="L137" s="15">
-        <v>1.52</v>
+        <v>1.24</v>
       </c>
       <c r="M137" s="15">
-        <v>1.37</v>
+        <v>1.19</v>
       </c>
       <c r="N137" s="15">
-        <v>367</v>
+        <v>297</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E138" s="15">
         <v>10080065193</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>325</v>
       </c>
       <c r="K138" s="15">
-        <v>2.91</v>
+        <v>2.03</v>
       </c>
       <c r="L138" s="15">
-        <v>2.08</v>
+        <v>1.76</v>
       </c>
       <c r="M138" s="15">
-        <v>1.87</v>
+        <v>1.7</v>
       </c>
       <c r="N138" s="15">
         <v>90</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>403</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>230</v>
       </c>
       <c r="K139" s="15">
-        <v>3.85</v>
+        <v>2.48</v>
       </c>
       <c r="L139" s="15">
-        <v>2.78</v>
+        <v>2.15</v>
       </c>
       <c r="M139" s="15">
-        <v>2.42</v>
+        <v>2.06</v>
       </c>
       <c r="N139" s="15">
         <v>5</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15">
         <v>920</v>
       </c>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>406</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15"/>
       <c r="K140" s="15">
-        <v>1.01</v>
+        <v>0.65196</v>
       </c>
       <c r="L140" s="15">
-        <v>0.7301299999999999</v>
+        <v>0.56503</v>
       </c>
       <c r="M140" s="15">
-        <v>0.63592</v>
+        <v>0.5433</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>409</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15"/>
       <c r="K141" s="15">
         <v>2.71</v>
       </c>
       <c r="L141" s="15">
         <v>1.81</v>
       </c>
       <c r="M141" s="15">
         <v>1.64</v>
       </c>
       <c r="N141" s="15">
-        <v>195</v>
+        <v>211</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="J142" s="15">
         <v>400</v>
       </c>
       <c r="K142" s="15">
-        <v>0.64603</v>
+        <v>0.41675</v>
       </c>
       <c r="L142" s="15">
-        <v>0.46575</v>
+        <v>0.36118</v>
       </c>
       <c r="M142" s="15">
-        <v>0.40567</v>
+        <v>0.34729</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15">
         <v>1600</v>
       </c>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="E143" s="15">
         <v>10080054169</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>250</v>
       </c>
       <c r="K143" s="15">
-        <v>1.12</v>
+        <v>0.70524</v>
       </c>
       <c r="L143" s="15">
-        <v>0.80558</v>
+        <v>0.61121</v>
       </c>
       <c r="M143" s="15">
-        <v>0.70163</v>
+        <v>0.5877</v>
       </c>
       <c r="N143" s="15">
         <v>19</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>418</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>250</v>
       </c>
       <c r="K144" s="15">
-        <v>1.09</v>
+        <v>0.75161</v>
       </c>
       <c r="L144" s="15">
-        <v>0.78668</v>
+        <v>0.65139</v>
       </c>
       <c r="M144" s="15">
-        <v>0.68647</v>
+        <v>0.62634</v>
       </c>
       <c r="N144" s="15">
-        <v>320</v>
+        <v>96</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>421</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="J145" s="15">
         <v>975</v>
       </c>
       <c r="K145" s="15">
-        <v>1.28</v>
+        <v>0.80658</v>
       </c>
       <c r="L145" s="15">
-        <v>0.92162</v>
+        <v>0.69904</v>
       </c>
       <c r="M145" s="15">
-        <v>0.8027</v>
+        <v>0.67215</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>425</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="J146" s="15">
         <v>975</v>
       </c>
       <c r="K146" s="15">
-        <v>1.07</v>
+        <v>0.6853399999999999</v>
       </c>
       <c r="L146" s="15">
-        <v>0.77103</v>
+        <v>0.59396</v>
       </c>
       <c r="M146" s="15">
-        <v>0.67155</v>
+        <v>0.57111</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>428</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>429</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
-        <v>315</v>
+        <v>220</v>
       </c>
       <c r="K147" s="15">
-        <v>1.17</v>
+        <v>0.75678</v>
       </c>
       <c r="L147" s="15">
-        <v>0.84615</v>
+        <v>0.65588</v>
       </c>
       <c r="M147" s="15">
-        <v>0.7369599999999999</v>
+        <v>0.63065</v>
       </c>
       <c r="N147" s="15">
-        <v>2175</v>
+        <v>990</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>431</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>432</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="J148" s="15">
         <v>220</v>
       </c>
       <c r="K148" s="15">
-        <v>1.76</v>
+        <v>1.22</v>
       </c>
       <c r="L148" s="15">
-        <v>1.27</v>
+        <v>1.05</v>
       </c>
       <c r="M148" s="15">
-        <v>1.11</v>
+        <v>1.01</v>
       </c>
       <c r="N148" s="15">
-        <v>123</v>
+        <v>81</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15">
         <v>880</v>
       </c>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>436</v>
       </c>
-      <c r="D149" s="15" t="s">
+      <c r="E149" s="15" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="J149" s="15">
         <v>210</v>
       </c>
       <c r="K149" s="15">
-        <v>1.88</v>
+        <v>1.21</v>
       </c>
       <c r="L149" s="15">
-        <v>1.35</v>
+        <v>1.05</v>
       </c>
       <c r="M149" s="15">
-        <v>1.18</v>
+        <v>1.01</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>440</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>165</v>
       </c>
       <c r="K150" s="15">
-        <v>2.09</v>
+        <v>1.35</v>
       </c>
       <c r="L150" s="15">
-        <v>1.51</v>
+        <v>1.17</v>
       </c>
       <c r="M150" s="15">
-        <v>1.32</v>
+        <v>1.13</v>
       </c>
       <c r="N150" s="15">
         <v>53</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15">
         <v>660</v>
       </c>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>140</v>
       </c>
       <c r="K151" s="15">
-        <v>2.6</v>
+        <v>1.67</v>
       </c>
       <c r="L151" s="15">
-        <v>1.87</v>
+        <v>1.45</v>
       </c>
       <c r="M151" s="15">
-        <v>1.63</v>
+        <v>1.39</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>446</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>110</v>
       </c>
       <c r="K152" s="15">
-        <v>3.65</v>
+        <v>2.36</v>
       </c>
       <c r="L152" s="15">
-        <v>2.63</v>
+        <v>2.05</v>
       </c>
       <c r="M152" s="15">
-        <v>2.29</v>
+        <v>1.97</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>440</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>449</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>975</v>
       </c>
       <c r="K153" s="15">
-        <v>1.25</v>
+        <v>0.8054</v>
       </c>
       <c r="L153" s="15">
-        <v>0.90259</v>
+        <v>0.69801</v>
       </c>
       <c r="M153" s="15">
-        <v>0.7861399999999999</v>
+        <v>0.67116</v>
       </c>
       <c r="N153" s="15">
         <v>50</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15">
         <v>1100</v>
       </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>452</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>175</v>
       </c>
       <c r="K154" s="15">
-        <v>1.2</v>
+        <v>0.76752</v>
       </c>
       <c r="L154" s="15">
-        <v>0.86695</v>
+        <v>0.66518</v>
       </c>
       <c r="M154" s="15">
-        <v>0.75508</v>
+        <v>0.6395999999999999</v>
       </c>
       <c r="N154" s="15">
         <v>2</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15">
         <v>660</v>
       </c>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>455</v>
       </c>
-      <c r="D155" s="15" t="s">
+      <c r="E155" s="15" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>110</v>
       </c>
       <c r="K155" s="15">
-        <v>3.34</v>
+        <v>2.1</v>
       </c>
       <c r="L155" s="15">
-        <v>2.41</v>
+        <v>1.82</v>
       </c>
       <c r="M155" s="15">
-        <v>2.09</v>
+        <v>1.75</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15">
         <v>440</v>
       </c>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>458</v>
       </c>
-      <c r="D156" s="15" t="s">
+      <c r="E156" s="15" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>90</v>
       </c>
       <c r="K156" s="15">
-        <v>4.41</v>
+        <v>2.8</v>
       </c>
       <c r="L156" s="15">
-        <v>3.18</v>
+        <v>2.42</v>
       </c>
       <c r="M156" s="15">
-        <v>2.77</v>
+        <v>2.33</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15">
         <v>360</v>
       </c>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>461</v>
       </c>
-      <c r="D157" s="15" t="s">
+      <c r="E157" s="15" t="s">
         <v>462</v>
-      </c>
-[...1 lines deleted...]
-        <v>463</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>65</v>
       </c>
       <c r="K157" s="15">
-        <v>5.27</v>
+        <v>3.32</v>
       </c>
       <c r="L157" s="15">
-        <v>3.8</v>
+        <v>2.88</v>
       </c>
       <c r="M157" s="15">
-        <v>3.31</v>
+        <v>2.77</v>
       </c>
       <c r="N157" s="15">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15">
         <v>260</v>
       </c>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>464</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
-        <v>0.68841</v>
+        <v>0.44213</v>
       </c>
       <c r="L158" s="15">
-        <v>0.49629</v>
+        <v>0.38318</v>
       </c>
       <c r="M158" s="15">
-        <v>0.43225</v>
+        <v>0.36844</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>467</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="J159" s="15">
         <v>280</v>
       </c>
       <c r="K159" s="15">
         <v>1.38</v>
       </c>
       <c r="L159" s="15">
         <v>0.91957</v>
       </c>
       <c r="M159" s="15">
         <v>0.83477</v>
       </c>
       <c r="N159" s="15">
-        <v>424</v>
+        <v>444</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="E160" s="15">
         <v>10080010097</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>975</v>
       </c>
       <c r="K160" s="15">
         <v>1.77</v>
       </c>
       <c r="L160" s="15">
         <v>0.95382</v>
       </c>
       <c r="M160" s="15">
         <v>0.82833</v>
       </c>
       <c r="N160" s="15">
         <v>7</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>473</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
-        <v>1.15</v>
+        <v>0.73727</v>
       </c>
       <c r="L161" s="15">
-        <v>0.82781</v>
+        <v>0.63896</v>
       </c>
       <c r="M161" s="15">
-        <v>0.721</v>
+        <v>0.61439</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="E162" s="15">
         <v>10080034187</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>165</v>
       </c>
       <c r="K162" s="15">
         <v>2.57</v>
       </c>
       <c r="L162" s="15">
         <v>1.38</v>
       </c>
       <c r="M162" s="15">
         <v>1.24</v>
       </c>
       <c r="N162" s="15">
-        <v>921</v>
+        <v>753</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>478</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>165</v>
       </c>
       <c r="K163" s="15">
-        <v>1.62</v>
+        <v>1.04</v>
       </c>
       <c r="L163" s="15">
-        <v>1.17</v>
+        <v>0.90403</v>
       </c>
       <c r="M163" s="15">
-        <v>1.02</v>
+        <v>0.86926</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15">
         <v>660</v>
       </c>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>481</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15">
         <v>400</v>
       </c>
       <c r="K164" s="15">
-        <v>0.8318</v>
+        <v>0.5385799999999999</v>
       </c>
       <c r="L164" s="15">
-        <v>0.59413</v>
+        <v>0.46677</v>
       </c>
       <c r="M164" s="15">
-        <v>0.53472</v>
+        <v>0.44881</v>
       </c>
       <c r="N164" s="15">
         <v>60</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15">
         <v>3200</v>
       </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>484</v>
       </c>
-      <c r="D165" s="15" t="s">
+      <c r="E165" s="15" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15"/>
       <c r="K165" s="15">
-        <v>1.25</v>
+        <v>0.80918</v>
       </c>
       <c r="L165" s="15">
-        <v>0.89384</v>
+        <v>0.70129</v>
       </c>
       <c r="M165" s="15">
-        <v>0.80445</v>
+        <v>0.67431</v>
       </c>
       <c r="N165" s="15">
-        <v>384</v>
+        <v>366</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>487</v>
       </c>
-      <c r="D166" s="15" t="s">
+      <c r="E166" s="15" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15"/>
       <c r="K166" s="15">
-        <v>2.23</v>
+        <v>1.41</v>
       </c>
       <c r="L166" s="15">
-        <v>1.61</v>
+        <v>1.22</v>
       </c>
       <c r="M166" s="15">
-        <v>1.4</v>
+        <v>1.17</v>
       </c>
       <c r="N166" s="15">
         <v>15</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>489</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>490</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
-        <v>1.11</v>
+        <v>0.72135</v>
       </c>
       <c r="L167" s="15">
-        <v>0.7956800000000001</v>
+        <v>0.62517</v>
       </c>
       <c r="M167" s="15">
-        <v>0.71613</v>
+        <v>0.6011300000000001</v>
       </c>
       <c r="N167" s="15">
-        <v>330</v>
+        <v>450</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>493</v>
       </c>
-      <c r="D168" s="15" t="s">
+      <c r="E168" s="15" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>400</v>
       </c>
       <c r="K168" s="15">
         <v>0.32</v>
       </c>
       <c r="L168" s="15">
         <v>0.32</v>
       </c>
       <c r="M168" s="15">
         <v>0.32</v>
       </c>
       <c r="N168" s="15">
         <v>4</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>496</v>
       </c>
-      <c r="D169" s="15" t="s">
+      <c r="E169" s="15" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>575</v>
       </c>
       <c r="K169" s="15">
-        <v>1.17</v>
+        <v>0.77247</v>
       </c>
       <c r="L169" s="15">
-        <v>0.84393</v>
+        <v>0.66947</v>
       </c>
       <c r="M169" s="15">
-        <v>0.73503</v>
+        <v>0.64373</v>
       </c>
       <c r="N169" s="15">
-        <v>1260</v>
+        <v>1222</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>499</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>575</v>
       </c>
       <c r="K170" s="15">
-        <v>1.15</v>
+        <v>0.73988</v>
       </c>
       <c r="L170" s="15">
-        <v>0.8279300000000001</v>
+        <v>0.64123</v>
       </c>
       <c r="M170" s="15">
-        <v>0.72109</v>
+        <v>0.61656</v>
       </c>
       <c r="N170" s="15">
         <v>100</v>
       </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="E171" s="15">
         <v>10080042708</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>350</v>
       </c>
       <c r="K171" s="15">
-        <v>1.25</v>
+        <v>0.78956</v>
       </c>
       <c r="L171" s="15">
-        <v>0.902</v>
+        <v>0.68428</v>
       </c>
       <c r="M171" s="15">
-        <v>0.7856</v>
+        <v>0.65796</v>
       </c>
       <c r="N171" s="15">
         <v>3</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>504</v>
       </c>
-      <c r="D172" s="15" t="s">
+      <c r="E172" s="15" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>350</v>
       </c>
       <c r="K172" s="15">
-        <v>1.17</v>
+        <v>0.75605</v>
       </c>
       <c r="L172" s="15">
-        <v>0.8456399999999999</v>
+        <v>0.65524</v>
       </c>
       <c r="M172" s="15">
-        <v>0.73652</v>
+        <v>0.63004</v>
       </c>
       <c r="N172" s="15">
         <v>80</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="E173" s="15">
         <v>10080044384</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>175</v>
       </c>
       <c r="K173" s="15">
         <v>0.623</v>
       </c>
       <c r="L173" s="15">
         <v>0.623</v>
       </c>
       <c r="M173" s="15">
         <v>0.623</v>
       </c>
       <c r="N173" s="15">
         <v>2</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="D174" s="15" t="s">
+      <c r="E174" s="15" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>225</v>
       </c>
       <c r="K174" s="15">
-        <v>1.96</v>
+        <v>1.24</v>
       </c>
       <c r="L174" s="15">
-        <v>1.42</v>
+        <v>1.07</v>
       </c>
       <c r="M174" s="15">
-        <v>1.23</v>
+        <v>1.03</v>
       </c>
       <c r="N174" s="15">
-        <v>735</v>
+        <v>691</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15">
         <v>900</v>
       </c>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>180</v>
       </c>
       <c r="K175" s="15">
         <v>1.32</v>
       </c>
       <c r="L175" s="15">
         <v>1.32</v>
       </c>
       <c r="M175" s="15">
         <v>1.32</v>
       </c>
       <c r="N175" s="15">
         <v>4</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>514</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>515</v>
       </c>
-      <c r="D176" s="15" t="s">
+      <c r="E176" s="15" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>125</v>
       </c>
       <c r="K176" s="15">
-        <v>3.59</v>
+        <v>2.26</v>
       </c>
       <c r="L176" s="15">
-        <v>2.59</v>
+        <v>1.96</v>
       </c>
       <c r="M176" s="15">
-        <v>2.25</v>
+        <v>1.88</v>
       </c>
       <c r="N176" s="15">
         <v>10</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15">
         <v>500</v>
       </c>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>517</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>518</v>
       </c>
-      <c r="D177" s="15" t="s">
+      <c r="E177" s="15" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15"/>
       <c r="K177" s="15">
-        <v>4.39</v>
+        <v>2.78</v>
       </c>
       <c r="L177" s="15">
-        <v>3.17</v>
+        <v>2.41</v>
       </c>
       <c r="M177" s="15">
-        <v>2.76</v>
+        <v>2.32</v>
       </c>
       <c r="N177" s="15">
         <v>2</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D178" s="15" t="s">
+      <c r="E178" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>70</v>
       </c>
       <c r="K178" s="15">
-        <v>5.99</v>
+        <v>3.86</v>
       </c>
       <c r="L178" s="15">
-        <v>4.32</v>
+        <v>3.34</v>
       </c>
       <c r="M178" s="15">
-        <v>3.76</v>
+        <v>3.22</v>
       </c>
       <c r="N178" s="15">
         <v>123</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15">
         <v>280</v>
       </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>524</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
         <v>350</v>
       </c>
       <c r="K179" s="15">
-        <v>1.02</v>
+        <v>0.63222</v>
       </c>
       <c r="L179" s="15">
-        <v>0.71053</v>
+        <v>0.54792</v>
       </c>
       <c r="M179" s="15">
-        <v>0.63949</v>
+        <v>0.52685</v>
       </c>
       <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15">
         <v>1400</v>
       </c>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>527</v>
       </c>
-      <c r="D180" s="15" t="s">
+      <c r="E180" s="15" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="J180" s="15">
         <v>120</v>
       </c>
       <c r="K180" s="15">
-        <v>4.14</v>
+        <v>2.67</v>
       </c>
       <c r="L180" s="15">
-        <v>2.98</v>
+        <v>2.31</v>
       </c>
       <c r="M180" s="15">
-        <v>2.6</v>
+        <v>2.22</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15">
         <v>480</v>
       </c>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>530</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="E181" s="15">
         <v>10080044385</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15"/>
       <c r="K181" s="15">
         <v>0.286</v>
       </c>
       <c r="L181" s="15">
         <v>0.286</v>
       </c>
       <c r="M181" s="15">
         <v>0.286</v>
       </c>
       <c r="N181" s="15">
         <v>4</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="E182" s="15">
         <v>10080010094</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>250</v>
       </c>
       <c r="K182" s="15">
         <v>2.02</v>
       </c>
       <c r="L182" s="15">
         <v>1.01</v>
       </c>
       <c r="M182" s="15">
         <v>0.91636</v>
       </c>
       <c r="N182" s="15">
         <v>38</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>535</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15"/>
       <c r="K183" s="15">
-        <v>0.1667</v>
+        <v>0.10497</v>
       </c>
       <c r="L183" s="15">
-        <v>0.12018</v>
+        <v>0.09097</v>
       </c>
       <c r="M183" s="15">
-        <v>0.10467</v>
+        <v>0.08748</v>
       </c>
       <c r="N183" s="15">
         <v>2</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="E184" s="15">
         <v>10080044339</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>150</v>
       </c>
       <c r="K184" s="15">
         <v>0.624</v>
       </c>
       <c r="L184" s="15">
         <v>0.624</v>
       </c>
       <c r="M184" s="15">
         <v>0.624</v>
       </c>
       <c r="N184" s="15">
         <v>1</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>540</v>
       </c>
-      <c r="D185" s="15" t="s">
+      <c r="E185" s="15" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>205</v>
       </c>
       <c r="K185" s="15">
-        <v>2.33</v>
+        <v>1.48</v>
       </c>
       <c r="L185" s="15">
-        <v>1.68</v>
+        <v>1.28</v>
       </c>
       <c r="M185" s="15">
-        <v>1.47</v>
+        <v>1.23</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15">
         <v>820</v>
       </c>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>543</v>
       </c>
-      <c r="D186" s="15" t="s">
+      <c r="E186" s="15" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>205</v>
       </c>
       <c r="K186" s="15">
-        <v>2.13</v>
+        <v>1.37</v>
       </c>
       <c r="L186" s="15">
-        <v>1.54</v>
+        <v>1.19</v>
       </c>
       <c r="M186" s="15">
-        <v>1.34</v>
+        <v>1.14</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15">
         <v>820</v>
       </c>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E187" s="15">
         <v>10080010106</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
         <v>575</v>
       </c>
       <c r="K187" s="15">
         <v>2.01</v>
       </c>
       <c r="L187" s="15">
         <v>1</v>
       </c>
       <c r="M187" s="15">
         <v>0.91232</v>
       </c>
       <c r="N187" s="15">
         <v>33</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
       <c r="E188" s="15">
         <v>10080044340</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>1000</v>
       </c>
       <c r="K188" s="15">
         <v>0.169</v>
       </c>
       <c r="L188" s="15">
         <v>0.169</v>
       </c>
       <c r="M188" s="15">
         <v>0.169</v>
       </c>
       <c r="N188" s="15">
         <v>1</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="E189" s="15">
         <v>10080010047</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J189" s="15">
         <v>575</v>
       </c>
       <c r="K189" s="15">
         <v>1.51</v>
       </c>
       <c r="L189" s="15">
         <v>0.80865</v>
       </c>
       <c r="M189" s="15">
         <v>0.72777</v>
       </c>
       <c r="N189" s="15">
         <v>7</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>553</v>
       </c>
-      <c r="D190" s="15" t="s">
+      <c r="E190" s="15" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>575</v>
       </c>
       <c r="K190" s="15">
         <v>2.47</v>
       </c>
       <c r="L190" s="15">
         <v>1.23</v>
       </c>
       <c r="M190" s="15">
         <v>1.12</v>
       </c>
       <c r="N190" s="15">
         <v>17</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="D191" s="15" t="s">
         <v>556</v>
       </c>
-      <c r="D191" s="15" t="s">
+      <c r="E191" s="15" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>800</v>
       </c>
       <c r="K191" s="15">
-        <v>0.43606</v>
+        <v>0.28068</v>
       </c>
       <c r="L191" s="15">
-        <v>0.31438</v>
+        <v>0.24326</v>
       </c>
       <c r="M191" s="15">
-        <v>0.27381</v>
+        <v>0.2339</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>559</v>
       </c>
-      <c r="D192" s="15" t="s">
+      <c r="E192" s="15" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>600</v>
       </c>
       <c r="K192" s="15">
-        <v>0.65202</v>
+        <v>0.41661</v>
       </c>
       <c r="L192" s="15">
-        <v>0.47006</v>
+        <v>0.36106</v>
       </c>
       <c r="M192" s="15">
-        <v>0.4094</v>
+        <v>0.34718</v>
       </c>
       <c r="N192" s="15">
-        <v>474</v>
+        <v>454</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15">
         <v>2400</v>
       </c>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="E193" s="15">
         <v>10080044341</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>600</v>
       </c>
       <c r="K193" s="15">
-        <v>0.9245</v>
+        <v>0.58313</v>
       </c>
       <c r="L193" s="15">
-        <v>0.66649</v>
+        <v>0.5053800000000001</v>
       </c>
       <c r="M193" s="15">
-        <v>0.58051</v>
+        <v>0.48594</v>
       </c>
       <c r="N193" s="15">
         <v>10</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>564</v>
       </c>
-      <c r="D194" s="15" t="s">
+      <c r="E194" s="15" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>600</v>
       </c>
       <c r="K194" s="15">
-        <v>0.86795</v>
+        <v>0.55857</v>
       </c>
       <c r="L194" s="15">
-        <v>0.62573</v>
+        <v>0.48409</v>
       </c>
       <c r="M194" s="15">
-        <v>0.545</v>
+        <v>0.46548</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D195" s="15" t="s">
         <v>567</v>
       </c>
-      <c r="D195" s="15" t="s">
+      <c r="E195" s="15" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>600</v>
       </c>
       <c r="K195" s="15">
-        <v>1.09</v>
+        <v>0.69987</v>
       </c>
       <c r="L195" s="15">
-        <v>0.7841399999999999</v>
+        <v>0.60655</v>
       </c>
       <c r="M195" s="15">
-        <v>0.6829499999999999</v>
+        <v>0.58323</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15">
         <v>2400</v>
       </c>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>570</v>
       </c>
-      <c r="D196" s="15" t="s">
+      <c r="E196" s="15" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15"/>
       <c r="K196" s="15">
-        <v>2.44</v>
+        <v>1.74</v>
       </c>
       <c r="L196" s="15">
-        <v>1.74</v>
+        <v>1.51</v>
       </c>
       <c r="M196" s="15">
-        <v>1.57</v>
+        <v>1.45</v>
       </c>
       <c r="N196" s="15">
-        <v>300</v>
+        <v>365</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="E197" s="15">
         <v>10080043053</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>600</v>
       </c>
       <c r="K197" s="15">
-        <v>0.44695</v>
+        <v>0.28227</v>
       </c>
       <c r="L197" s="15">
-        <v>0.32221</v>
+        <v>0.24463</v>
       </c>
       <c r="M197" s="15">
-        <v>0.28064</v>
+        <v>0.23523</v>
       </c>
       <c r="N197" s="15">
         <v>95</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>575</v>
       </c>
-      <c r="D198" s="15" t="s">
+      <c r="E198" s="15" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="J198" s="15">
         <v>400</v>
       </c>
       <c r="K198" s="15">
-        <v>0.66956</v>
+        <v>0.43172</v>
       </c>
       <c r="L198" s="15">
-        <v>0.48271</v>
+        <v>0.37415</v>
       </c>
       <c r="M198" s="15">
-        <v>0.42041</v>
+        <v>0.35976</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>579</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="J199" s="15">
         <v>975</v>
       </c>
       <c r="K199" s="15">
-        <v>0.91329</v>
+        <v>0.5766</v>
       </c>
       <c r="L199" s="15">
-        <v>0.6584100000000001</v>
+        <v>0.49972</v>
       </c>
       <c r="M199" s="15">
-        <v>0.57346</v>
+        <v>0.4805</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
-      <c r="P199" s="15"/>
+      <c r="P199" s="15" t="s">
+        <v>582</v>
+      </c>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E200" s="15" t="s">
         <v>585</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>400</v>
       </c>
       <c r="K200" s="15">
-        <v>1.05</v>
+        <v>0.67089</v>
       </c>
       <c r="L200" s="15">
-        <v>0.75509</v>
+        <v>0.58144</v>
       </c>
       <c r="M200" s="15">
-        <v>0.65766</v>
+        <v>0.55908</v>
       </c>
       <c r="N200" s="15">
-        <v>1969</v>
+        <v>2153</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E201" s="15" t="s">
         <v>588</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15" t="s">
         <v>589</v>
       </c>
       <c r="J201" s="15">
         <v>300</v>
       </c>
       <c r="K201" s="15">
-        <v>1.57</v>
+        <v>1.01</v>
       </c>
       <c r="L201" s="15">
-        <v>1.13</v>
+        <v>0.87532</v>
       </c>
       <c r="M201" s="15">
-        <v>0.98384</v>
+        <v>0.84165</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>590</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>591</v>
       </c>
       <c r="E202" s="15" t="s">
         <v>592</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15" t="s">
         <v>593</v>
       </c>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
-        <v>2.19</v>
+        <v>1.53</v>
       </c>
       <c r="L202" s="15">
-        <v>1.56</v>
+        <v>1.33</v>
       </c>
       <c r="M202" s="15">
-        <v>1.4</v>
+        <v>1.28</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>594</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>595</v>
       </c>
       <c r="E203" s="15" t="s">
         <v>596</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>195</v>
       </c>
       <c r="K203" s="15">
-        <v>2.68</v>
+        <v>1.73</v>
       </c>
       <c r="L203" s="15">
-        <v>1.93</v>
+        <v>1.5</v>
       </c>
       <c r="M203" s="15">
-        <v>1.69</v>
+        <v>1.44</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15">
         <v>780</v>
       </c>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>597</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>598</v>
       </c>
       <c r="E204" s="15">
         <v>10080043713</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>600</v>
       </c>
       <c r="K204" s="15">
         <v>0.60637</v>
       </c>
       <c r="L204" s="15">
         <v>0.32684</v>
       </c>
       <c r="M204" s="15">
         <v>0.28383</v>
       </c>
       <c r="N204" s="15">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>599</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>600</v>
       </c>
       <c r="E205" s="15">
         <v>10080043714</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>400</v>
       </c>
       <c r="K205" s="15">
         <v>0.90957</v>
       </c>
       <c r="L205" s="15">
         <v>0.49027</v>
       </c>
       <c r="M205" s="15">
         <v>0.42576</v>
       </c>
       <c r="N205" s="15">
-        <v>384</v>
+        <v>329</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>601</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>602</v>
       </c>
       <c r="E206" s="15">
         <v>10080043715</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>535</v>
       </c>
       <c r="K206" s="15">
         <v>1.21</v>
       </c>
       <c r="L206" s="15">
         <v>0.65371</v>
       </c>
       <c r="M206" s="15">
         <v>0.56769</v>
       </c>
       <c r="N206" s="15">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>603</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>604</v>
       </c>
       <c r="E207" s="15">
         <v>10080043716</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>400</v>
       </c>
       <c r="K207" s="15">
         <v>1.52</v>
       </c>
       <c r="L207" s="15">
         <v>0.81713</v>
       </c>
       <c r="M207" s="15">
         <v>0.7095900000000001</v>
       </c>
       <c r="N207" s="15">
-        <v>165</v>
+        <v>134</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>605</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>606</v>
       </c>
       <c r="E208" s="15">
         <v>10080027749</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>400</v>
       </c>
       <c r="K208" s="15">
         <v>0.64216</v>
       </c>
       <c r="L208" s="15">
         <v>0.34612</v>
       </c>
       <c r="M208" s="15">
         <v>0.3006</v>
       </c>
       <c r="N208" s="15">
-        <v>273</v>
+        <v>188</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C209" s="15" t="s">
         <v>607</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>608</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>609</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>400</v>
       </c>
       <c r="K209" s="15">
-        <v>0.47297</v>
+        <v>0.30513</v>
       </c>
       <c r="L209" s="15">
-        <v>0.34097</v>
+        <v>0.26445</v>
       </c>
       <c r="M209" s="15">
-        <v>0.29697</v>
+        <v>0.25428</v>
       </c>
       <c r="N209" s="15">
         <v>100</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>610</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>611</v>
       </c>
       <c r="E210" s="15">
         <v>10080063899</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>450</v>
       </c>
       <c r="K210" s="15">
         <v>0.96999</v>
       </c>
       <c r="L210" s="15">
         <v>0.52283</v>
       </c>
       <c r="M210" s="15">
         <v>0.45403</v>
       </c>
       <c r="N210" s="15">
-        <v>372</v>
+        <v>520</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>612</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>613</v>
       </c>
       <c r="E211" s="15">
         <v>10080010099</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>975</v>
       </c>
       <c r="K211" s="15">
         <v>1.6</v>
       </c>
       <c r="L211" s="15">
         <v>0.86366</v>
       </c>
       <c r="M211" s="15">
         <v>0.75002</v>
       </c>
       <c r="N211" s="15">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>614</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>615</v>
       </c>
       <c r="E212" s="15" t="s">
         <v>616</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>280</v>
       </c>
       <c r="K212" s="15">
-        <v>1.24</v>
+        <v>0.78461</v>
       </c>
       <c r="L212" s="15">
-        <v>0.89554</v>
+        <v>0.67999</v>
       </c>
       <c r="M212" s="15">
-        <v>0.77999</v>
+        <v>0.65384</v>
       </c>
       <c r="N212" s="15">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15">
         <v>1120</v>
       </c>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>617</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>618</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>619</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>175</v>
       </c>
       <c r="K213" s="15">
-        <v>1.5</v>
+        <v>0.9464399999999999</v>
       </c>
       <c r="L213" s="15">
-        <v>1.08</v>
+        <v>0.82025</v>
       </c>
       <c r="M213" s="15">
-        <v>0.94064</v>
+        <v>0.7887</v>
       </c>
       <c r="N213" s="15">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15">
         <v>700</v>
       </c>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E214" s="15" t="s">
         <v>622</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>198</v>
       </c>
       <c r="K214" s="15">
-        <v>1.79</v>
+        <v>1.13</v>
       </c>
       <c r="L214" s="15">
-        <v>1.29</v>
+        <v>0.98002</v>
       </c>
       <c r="M214" s="15">
-        <v>1.12</v>
+        <v>0.94233</v>
       </c>
       <c r="N214" s="15">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15">
         <v>780</v>
       </c>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>623</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>624</v>
       </c>
       <c r="E215" s="15" t="s">
         <v>625</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>225</v>
       </c>
       <c r="K215" s="15">
-        <v>1.98</v>
+        <v>1.25</v>
       </c>
       <c r="L215" s="15">
-        <v>1.43</v>
+        <v>1.08</v>
       </c>
       <c r="M215" s="15">
-        <v>1.24</v>
+        <v>1.04</v>
       </c>
       <c r="N215" s="15">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15">
         <v>900</v>
       </c>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
         <v>626</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>627</v>
       </c>
       <c r="E216" s="15" t="s">
         <v>628</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="15" t="s">
         <v>629</v>
       </c>
       <c r="J216" s="15">
         <v>685</v>
       </c>
       <c r="K216" s="15">
-        <v>0.67319</v>
+        <v>0.43394</v>
       </c>
       <c r="L216" s="15">
-        <v>0.48531</v>
+        <v>0.37608</v>
       </c>
       <c r="M216" s="15">
-        <v>0.4227</v>
+        <v>0.36161</v>
       </c>
       <c r="N216" s="15">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>630</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>631</v>
       </c>
       <c r="E217" s="15">
         <v>10080027750</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>375</v>
       </c>
       <c r="K217" s="15">
-        <v>1.12</v>
+        <v>0.7052</v>
       </c>
       <c r="L217" s="15">
-        <v>0.8055600000000001</v>
+        <v>0.61117</v>
       </c>
       <c r="M217" s="15">
-        <v>0.70161</v>
+        <v>0.58766</v>
       </c>
       <c r="N217" s="15">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
         <v>632</v>
       </c>
       <c r="D218" s="15" t="s">
         <v>633</v>
       </c>
       <c r="E218" s="15" t="s">
         <v>634</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>635</v>
       </c>
       <c r="J218" s="15">
         <v>240</v>
       </c>
       <c r="K218" s="15">
-        <v>1.75</v>
+        <v>1.29</v>
       </c>
       <c r="L218" s="15">
-        <v>1.25</v>
+        <v>1.12</v>
       </c>
       <c r="M218" s="15">
-        <v>1.12</v>
+        <v>1.08</v>
       </c>
       <c r="N218" s="15">
-        <v>206</v>
+        <v>257</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15">
         <v>960</v>
       </c>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>636</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>637</v>
       </c>
       <c r="E219" s="15" t="s">
         <v>638</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
         <v>639</v>
       </c>
       <c r="J219" s="15">
         <v>200</v>
       </c>
       <c r="K219" s="15">
-        <v>2.18</v>
+        <v>1.62</v>
       </c>
       <c r="L219" s="15">
-        <v>1.56</v>
+        <v>1.4</v>
       </c>
       <c r="M219" s="15">
-        <v>1.4</v>
+        <v>1.35</v>
       </c>
       <c r="N219" s="15">
-        <v>464</v>
+        <v>478</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
         <v>800</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>640</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>641</v>
       </c>
       <c r="E220" s="15" t="s">
         <v>642</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
         <v>643</v>
       </c>
       <c r="J220" s="15">
         <v>150</v>
       </c>
       <c r="K220" s="15">
-        <v>2.68</v>
+        <v>1.72</v>
       </c>
       <c r="L220" s="15">
-        <v>1.93</v>
+        <v>1.49</v>
       </c>
       <c r="M220" s="15">
-        <v>1.69</v>
+        <v>1.43</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>644</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>645</v>
       </c>
       <c r="E221" s="15" t="s">
         <v>646</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>110</v>
       </c>
       <c r="K221" s="15">
-        <v>3.58</v>
+        <v>2.3</v>
       </c>
       <c r="L221" s="15">
-        <v>2.58</v>
+        <v>2</v>
       </c>
       <c r="M221" s="15">
-        <v>2.25</v>
+        <v>1.92</v>
       </c>
       <c r="N221" s="15">
         <v>100</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15">
         <v>440</v>
       </c>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
         <v>647</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>648</v>
       </c>
       <c r="E222" s="15" t="s">
         <v>649</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>50</v>
       </c>
       <c r="K222" s="15">
-        <v>1.19</v>
+        <v>0.7668199999999999</v>
       </c>
       <c r="L222" s="15">
-        <v>0.8597</v>
+        <v>0.66457</v>
       </c>
       <c r="M222" s="15">
-        <v>0.74878</v>
+        <v>0.63901</v>
       </c>
       <c r="N222" s="15">
-        <v>419</v>
+        <v>437</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15">
         <v>400</v>
       </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>650</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>651</v>
       </c>
       <c r="E223" s="15" t="s">
         <v>652</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>480</v>
       </c>
       <c r="K223" s="15">
-        <v>1.43</v>
+        <v>0.9215</v>
       </c>
       <c r="L223" s="15">
-        <v>1.03</v>
+        <v>0.79863</v>
       </c>
       <c r="M223" s="15">
-        <v>0.8995</v>
+        <v>0.76791</v>
       </c>
       <c r="N223" s="15">
-        <v>849</v>
+        <v>691</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C224" s="15" t="s">
         <v>653</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>654</v>
       </c>
       <c r="E224" s="15" t="s">
         <v>655</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>380</v>
       </c>
       <c r="K224" s="15">
-        <v>1.91</v>
+        <v>1.22</v>
       </c>
       <c r="L224" s="15">
-        <v>1.38</v>
+        <v>1.06</v>
       </c>
       <c r="M224" s="15">
-        <v>1.2</v>
+        <v>1.02</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15">
         <v>1520</v>
       </c>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>656</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>657</v>
       </c>
       <c r="E225" s="15" t="s">
         <v>658</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>360</v>
       </c>
       <c r="K225" s="15">
-        <v>2.15</v>
+        <v>1.38</v>
       </c>
       <c r="L225" s="15">
-        <v>1.55</v>
+        <v>1.2</v>
       </c>
       <c r="M225" s="15">
-        <v>1.35</v>
+        <v>1.15</v>
       </c>
       <c r="N225" s="15">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15">
         <v>1440</v>
       </c>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>659</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>660</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>661</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>315</v>
       </c>
       <c r="K226" s="15">
-        <v>2.49</v>
+        <v>1.69</v>
       </c>
       <c r="L226" s="15">
-        <v>1.78</v>
+        <v>1.47</v>
       </c>
       <c r="M226" s="15">
-        <v>1.6</v>
+        <v>1.41</v>
       </c>
       <c r="N226" s="15">
-        <v>1440</v>
+        <v>1480</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>662</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>663</v>
       </c>
       <c r="E227" s="15" t="s">
         <v>664</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>260</v>
       </c>
       <c r="K227" s="15">
-        <v>3.11</v>
+        <v>2</v>
       </c>
       <c r="L227" s="15">
-        <v>2.24</v>
+        <v>1.73</v>
       </c>
       <c r="M227" s="15">
-        <v>1.95</v>
+        <v>1.67</v>
       </c>
       <c r="N227" s="15">
         <v>5</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15">
         <v>1040</v>
       </c>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>143</v>
       </c>
       <c r="C228" s="15" t="s">
         <v>665</v>
       </c>
       <c r="D228" s="15" t="s">
         <v>666</v>
       </c>
       <c r="E228" s="15" t="s">
         <v>667</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>190</v>
       </c>
       <c r="K228" s="15">
-        <v>4.59</v>
+        <v>2.95</v>
       </c>
       <c r="L228" s="15">
-        <v>3.31</v>
+        <v>2.56</v>
       </c>
       <c r="M228" s="15">
-        <v>2.88</v>
+        <v>2.46</v>
       </c>
       <c r="N228" s="15">
         <v>5</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15">
         <v>760</v>
       </c>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>668</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>669</v>
       </c>
       <c r="E229" s="15" t="s">
         <v>670</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
         <v>671</v>
       </c>
       <c r="J229" s="15">
         <v>300</v>
       </c>
       <c r="K229" s="15">
-        <v>0.62583</v>
+        <v>0.40335</v>
       </c>
       <c r="L229" s="15">
-        <v>0.45118</v>
+        <v>0.34957</v>
       </c>
       <c r="M229" s="15">
-        <v>0.39296</v>
+        <v>0.33613</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
         <v>672</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>673</v>
       </c>
       <c r="E230" s="15" t="s">
         <v>674</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
         <v>675</v>
       </c>
       <c r="J230" s="15">
         <v>355</v>
       </c>
       <c r="K230" s="15">
-        <v>0.82681</v>
+        <v>0.5337</v>
       </c>
       <c r="L230" s="15">
-        <v>0.5960800000000001</v>
+        <v>0.46254</v>
       </c>
       <c r="M230" s="15">
-        <v>0.51916</v>
+        <v>0.44475</v>
       </c>
       <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>676</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>677</v>
       </c>
       <c r="E231" s="15">
         <v>10080010100</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>305</v>
       </c>
       <c r="K231" s="15">
-        <v>1.19</v>
+        <v>0.78539</v>
       </c>
       <c r="L231" s="15">
-        <v>0.85809</v>
+        <v>0.68067</v>
       </c>
       <c r="M231" s="15">
-        <v>0.74736</v>
+        <v>0.65449</v>
       </c>
       <c r="N231" s="15">
-        <v>10077</v>
+        <v>12010</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
         <v>678</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>679</v>
       </c>
       <c r="E232" s="15" t="s">
         <v>680</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>260</v>
       </c>
       <c r="K232" s="15">
-        <v>1.57</v>
+        <v>0.99191</v>
       </c>
       <c r="L232" s="15">
-        <v>1.13</v>
+        <v>0.85965</v>
       </c>
       <c r="M232" s="15">
-        <v>0.9872</v>
+        <v>0.82659</v>
       </c>
       <c r="N232" s="15">
-        <v>166</v>
+        <v>146</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
         <v>681</v>
       </c>
       <c r="D233" s="15" t="s">
         <v>682</v>
       </c>
       <c r="E233" s="15" t="s">
         <v>683</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>260</v>
       </c>
       <c r="K233" s="15">
-        <v>1.47</v>
+        <v>0.94992</v>
       </c>
       <c r="L233" s="15">
-        <v>1.06</v>
+        <v>0.82326</v>
       </c>
       <c r="M233" s="15">
-        <v>0.926</v>
+        <v>0.7916</v>
       </c>
       <c r="N233" s="15">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D234" s="15" t="s">
         <v>685</v>
       </c>
       <c r="E234" s="15" t="s">
         <v>686</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I234" s="15" t="s">
         <v>687</v>
       </c>
       <c r="J234" s="15">
         <v>210</v>
       </c>
       <c r="K234" s="15">
-        <v>1.97</v>
+        <v>1.26</v>
       </c>
       <c r="L234" s="15">
-        <v>1.42</v>
+        <v>1.09</v>
       </c>
       <c r="M234" s="15">
-        <v>1.23</v>
+        <v>1.05</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>688</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>689</v>
       </c>
       <c r="E235" s="15" t="s">
         <v>690</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>160</v>
       </c>
       <c r="K235" s="15">
-        <v>2.71</v>
+        <v>1.74</v>
       </c>
       <c r="L235" s="15">
-        <v>1.95</v>
+        <v>1.51</v>
       </c>
       <c r="M235" s="15">
-        <v>1.7</v>
+        <v>1.45</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>691</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>692</v>
       </c>
       <c r="E236" s="15" t="s">
         <v>693</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>85</v>
       </c>
       <c r="K236" s="15">
-        <v>5.16</v>
+        <v>3.33</v>
       </c>
       <c r="L236" s="15">
-        <v>3.72</v>
+        <v>2.88</v>
       </c>
       <c r="M236" s="15">
-        <v>3.24</v>
+        <v>2.77</v>
       </c>
       <c r="N236" s="15">
         <v>48</v>
       </c>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15">
         <v>340</v>
       </c>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>694</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>695</v>
       </c>
       <c r="E237" s="15" t="s">
         <v>696</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15"/>
       <c r="K237" s="15">
-        <v>0.73911</v>
+        <v>0.47597</v>
       </c>
       <c r="L237" s="15">
-        <v>0.53285</v>
+        <v>0.4125</v>
       </c>
       <c r="M237" s="15">
-        <v>0.4641</v>
+        <v>0.39664</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C238" s="15" t="s">
         <v>697</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>698</v>
       </c>
       <c r="E238" s="15" t="s">
         <v>699</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15"/>
       <c r="K238" s="15">
-        <v>0.98261</v>
+        <v>0.63456</v>
       </c>
       <c r="L238" s="15">
-        <v>0.7084</v>
+        <v>0.54995</v>
       </c>
       <c r="M238" s="15">
-        <v>0.61699</v>
+        <v>0.5288</v>
       </c>
       <c r="N238" s="15">
         <v>20</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>700</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>701</v>
       </c>
       <c r="E239" s="15" t="s">
         <v>702</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>110</v>
       </c>
       <c r="K239" s="15">
-        <v>3.94</v>
+        <v>2.48</v>
       </c>
       <c r="L239" s="15">
-        <v>2.84</v>
+        <v>2.15</v>
       </c>
       <c r="M239" s="15">
-        <v>2.47</v>
+        <v>2.06</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15">
         <v>440</v>
       </c>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C240" s="15" t="s">
         <v>703</v>
       </c>
       <c r="D240" s="15" t="s">
         <v>704</v>
       </c>
       <c r="E240" s="15" t="s">
         <v>705</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>85</v>
       </c>
       <c r="K240" s="15">
-        <v>5.16</v>
+        <v>3.25</v>
       </c>
       <c r="L240" s="15">
-        <v>3.72</v>
+        <v>2.82</v>
       </c>
       <c r="M240" s="15">
-        <v>3.24</v>
+        <v>2.71</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15">
         <v>340</v>
       </c>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C241" s="15" t="s">
         <v>706</v>
       </c>
       <c r="D241" s="15" t="s">
         <v>707</v>
       </c>
       <c r="E241" s="15" t="s">
         <v>708</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15"/>
       <c r="K241" s="15">
         <v>3.26</v>
       </c>
       <c r="L241" s="15">
         <v>2.53</v>
       </c>
       <c r="M241" s="15">
         <v>2.42</v>
       </c>
       <c r="N241" s="15">
         <v>8</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>709</v>
       </c>
       <c r="D242" s="15" t="s">
         <v>710</v>
       </c>
       <c r="E242" s="15" t="s">
         <v>711</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>65</v>
       </c>
       <c r="K242" s="15">
-        <v>6.2</v>
+        <v>3.9</v>
       </c>
       <c r="L242" s="15">
-        <v>4.47</v>
+        <v>3.38</v>
       </c>
       <c r="M242" s="15">
-        <v>3.89</v>
+        <v>3.25</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15">
         <v>260</v>
       </c>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>712</v>
       </c>
       <c r="D243" s="15" t="s">
         <v>713</v>
       </c>
       <c r="E243" s="15">
         <v>10080044386</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
@@ -13337,5249 +13347,5292 @@
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>714</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>715</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>716</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>355</v>
       </c>
       <c r="K244" s="15">
-        <v>1.03</v>
+        <v>0.66632</v>
       </c>
       <c r="L244" s="15">
-        <v>0.74577</v>
+        <v>0.57747</v>
       </c>
       <c r="M244" s="15">
-        <v>0.64954</v>
+        <v>0.55526</v>
       </c>
       <c r="N244" s="15">
         <v>102</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15">
         <v>1420</v>
       </c>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>717</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>718</v>
       </c>
       <c r="E245" s="15" t="s">
         <v>719</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>575</v>
       </c>
       <c r="K245" s="15">
-        <v>1.29</v>
+        <v>0.83313</v>
       </c>
       <c r="L245" s="15">
-        <v>0.93221</v>
+        <v>0.72205</v>
       </c>
       <c r="M245" s="15">
-        <v>0.81192</v>
+        <v>0.69428</v>
       </c>
       <c r="N245" s="15">
         <v>41</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>720</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>721</v>
       </c>
       <c r="E246" s="15" t="s">
         <v>722</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15"/>
       <c r="K246" s="15">
-        <v>1.4</v>
+        <v>0.5014999999999999</v>
       </c>
       <c r="L246" s="15">
-        <v>1.01</v>
+        <v>0.43463</v>
       </c>
       <c r="M246" s="15">
-        <v>0.88217</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.41791</v>
+      </c>
+      <c r="N246" s="15"/>
       <c r="O246" s="15"/>
-      <c r="P246" s="15"/>
+      <c r="P246" s="15" t="s">
+        <v>723</v>
+      </c>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>724</v>
-[...2 lines deleted...]
-        <v>10080042709</v>
+        <v>725</v>
+      </c>
+      <c r="E247" s="15" t="s">
+        <v>726</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15"/>
-      <c r="J247" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J247" s="15"/>
       <c r="K247" s="15">
-        <v>2.33</v>
+        <v>0.90095</v>
       </c>
       <c r="L247" s="15">
-        <v>1.25</v>
+        <v>0.78082</v>
       </c>
       <c r="M247" s="15">
-        <v>1.12</v>
+        <v>0.75079</v>
       </c>
       <c r="N247" s="15">
-        <v>280</v>
+        <v>2</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>727</v>
+        <v>728</v>
+      </c>
+      <c r="E248" s="15">
+        <v>10080042709</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
-        <v>185</v>
+        <v>260</v>
       </c>
       <c r="K248" s="15">
         <v>2.33</v>
       </c>
       <c r="L248" s="15">
-        <v>1.68</v>
+        <v>1.25</v>
       </c>
       <c r="M248" s="15">
-        <v>1.46</v>
+        <v>1.12</v>
       </c>
       <c r="N248" s="15">
-        <v>1995</v>
+        <v>263</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E249" s="15" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="15"/>
-      <c r="J249" s="15"/>
+      <c r="J249" s="15">
+        <v>185</v>
+      </c>
       <c r="K249" s="15">
-        <v>3.1</v>
+        <v>1.46</v>
       </c>
       <c r="L249" s="15">
-        <v>2.6</v>
+        <v>1.27</v>
       </c>
       <c r="M249" s="15">
-        <v>2.5</v>
-[...1 lines deleted...]
-      <c r="N249" s="15"/>
+        <v>1.22</v>
+      </c>
+      <c r="N249" s="15">
+        <v>2277</v>
+      </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
-        <v>731</v>
+        <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>732</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>733</v>
       </c>
-      <c r="E250" s="15">
-        <v>10080011186</v>
+      <c r="E250" s="15" t="s">
+        <v>734</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="15"/>
-      <c r="J250" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J250" s="15"/>
       <c r="K250" s="15">
-        <v>0.046</v>
+        <v>3.1</v>
       </c>
       <c r="L250" s="15">
-        <v>0.046</v>
+        <v>2.6</v>
       </c>
       <c r="M250" s="15">
-        <v>0.046</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.5</v>
+      </c>
+      <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>737</v>
+      </c>
+      <c r="E251" s="15">
+        <v>10080011186</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K251" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.046</v>
       </c>
       <c r="L251" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.046</v>
       </c>
       <c r="M251" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.046</v>
       </c>
       <c r="N251" s="15">
-        <v>11061</v>
+        <v>16966</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>10080009550</v>
+        <v>739</v>
+      </c>
+      <c r="E252" s="15" t="s">
+        <v>740</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K252" s="15">
-        <v>0.092</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="L252" s="15">
-        <v>0.092</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="M252" s="15">
-        <v>0.092</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="N252" s="15">
-        <v>34761</v>
+        <v>10014</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="E253" s="15">
-        <v>10080009551</v>
+        <v>10080009550</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K253" s="15">
-        <v>0.25251</v>
+        <v>0.092</v>
       </c>
       <c r="L253" s="15">
-        <v>0.18205</v>
+        <v>0.092</v>
       </c>
       <c r="M253" s="15">
-        <v>0.15856</v>
+        <v>0.092</v>
       </c>
       <c r="N253" s="15">
-        <v>18496</v>
+        <v>44836</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>742</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>744</v>
+      </c>
+      <c r="E254" s="15">
+        <v>10080009551</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>1200</v>
       </c>
       <c r="K254" s="15">
-        <v>0.27515</v>
+        <v>0.16661</v>
       </c>
       <c r="L254" s="15">
-        <v>0.19837</v>
+        <v>0.14439</v>
       </c>
       <c r="M254" s="15">
-        <v>0.17277</v>
+        <v>0.13884</v>
       </c>
       <c r="N254" s="15">
-        <v>90</v>
+        <v>19079</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>10080015898</v>
+        <v>746</v>
+      </c>
+      <c r="E255" s="15" t="s">
+        <v>747</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>1200</v>
       </c>
       <c r="K255" s="15">
-        <v>0.29931</v>
+        <v>0.17718</v>
       </c>
       <c r="L255" s="15">
-        <v>0.24943</v>
+        <v>0.15356</v>
       </c>
       <c r="M255" s="15">
-        <v>0.23946</v>
+        <v>0.14765</v>
       </c>
       <c r="N255" s="15">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="E256" s="15">
-        <v>10080009552</v>
+        <v>10080015898</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
-        <v>200</v>
+        <v>1200</v>
       </c>
       <c r="K256" s="15">
-        <v>0.36159</v>
+        <v>0.29931</v>
       </c>
       <c r="L256" s="15">
-        <v>0.25227</v>
+        <v>0.24943</v>
       </c>
       <c r="M256" s="15">
-        <v>0.22704</v>
+        <v>0.23946</v>
       </c>
       <c r="N256" s="15">
-        <v>6104</v>
+        <v>22</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>749</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>751</v>
+      </c>
+      <c r="E257" s="15">
+        <v>10080009552</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15"/>
-      <c r="J257" s="15"/>
+      <c r="J257" s="15">
+        <v>200</v>
+      </c>
       <c r="K257" s="15">
-        <v>0.75673</v>
+        <v>0.24696</v>
       </c>
       <c r="L257" s="15">
-        <v>0.44121</v>
+        <v>0.21403</v>
       </c>
       <c r="M257" s="15">
-        <v>0.35108</v>
+        <v>0.2058</v>
       </c>
       <c r="N257" s="15">
-        <v>747</v>
+        <v>4823</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>10080026974</v>
+        <v>753</v>
+      </c>
+      <c r="E258" s="15" t="s">
+        <v>754</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15"/>
-      <c r="J258" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J258" s="15"/>
       <c r="K258" s="15">
-        <v>0.5896</v>
+        <v>0.75673</v>
       </c>
       <c r="L258" s="15">
-        <v>0.42507</v>
+        <v>0.44121</v>
       </c>
       <c r="M258" s="15">
-        <v>0.37023</v>
+        <v>0.35108</v>
       </c>
       <c r="N258" s="15">
-        <v>75</v>
+        <v>796</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>756</v>
+      </c>
+      <c r="E259" s="15">
+        <v>10080026974</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="K259" s="15">
-        <v>0.5535099999999999</v>
+        <v>0.37191</v>
       </c>
       <c r="L259" s="15">
-        <v>0.39905</v>
+        <v>0.32232</v>
       </c>
       <c r="M259" s="15">
-        <v>0.34755</v>
+        <v>0.30993</v>
       </c>
       <c r="N259" s="15">
-        <v>1157</v>
+        <v>75</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
-      <c r="Q259" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
-        <v>756</v>
+        <v>735</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>757</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>758</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>759</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="K260" s="15">
-        <v>0.11725</v>
+        <v>0.3561</v>
       </c>
       <c r="L260" s="15">
-        <v>0.08452</v>
+        <v>0.30862</v>
       </c>
       <c r="M260" s="15">
-        <v>0.07362</v>
+        <v>0.29675</v>
       </c>
       <c r="N260" s="15">
-        <v>625</v>
+        <v>832</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
-      <c r="Q260" s="15"/>
+      <c r="Q260" s="15">
+        <v>2400</v>
+      </c>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E261" s="15" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
         <v>3000</v>
       </c>
       <c r="K261" s="15">
-        <v>0.11786</v>
+        <v>0.07395</v>
       </c>
       <c r="L261" s="15">
-        <v>0.08498</v>
+        <v>0.06408999999999999</v>
       </c>
       <c r="M261" s="15">
-        <v>0.07401000000000001</v>
+        <v>0.06163</v>
       </c>
       <c r="N261" s="15">
-        <v>7260</v>
+        <v>625</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>10080037716</v>
+        <v>765</v>
+      </c>
+      <c r="E262" s="15" t="s">
+        <v>766</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
-        <v>1200</v>
+        <v>3000</v>
       </c>
       <c r="K262" s="15">
-        <v>0.15177</v>
+        <v>0.07587000000000001</v>
       </c>
       <c r="L262" s="15">
-        <v>0.10942</v>
+        <v>0.06575</v>
       </c>
       <c r="M262" s="15">
-        <v>0.09529</v>
+        <v>0.06322999999999999</v>
       </c>
       <c r="N262" s="15">
-        <v>588</v>
+        <v>6710</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>768</v>
+      </c>
+      <c r="E263" s="15">
+        <v>10080037716</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>1200</v>
       </c>
       <c r="K263" s="15">
-        <v>0.14691</v>
+        <v>0.09585</v>
       </c>
       <c r="L263" s="15">
-        <v>0.10592</v>
+        <v>0.08307</v>
       </c>
       <c r="M263" s="15">
-        <v>0.09225999999999999</v>
+        <v>0.07988000000000001</v>
       </c>
       <c r="N263" s="15">
-        <v>780</v>
+        <v>721</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>769</v>
-[...2 lines deleted...]
-        <v>10080010170</v>
+        <v>770</v>
+      </c>
+      <c r="E264" s="15" t="s">
+        <v>771</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
-        <v>1600</v>
+        <v>1200</v>
       </c>
       <c r="K264" s="15">
-        <v>0.26525</v>
+        <v>0.09455</v>
       </c>
       <c r="L264" s="15">
-        <v>0.18947</v>
+        <v>0.08194</v>
       </c>
       <c r="M264" s="15">
-        <v>0.17052</v>
+        <v>0.07879</v>
       </c>
       <c r="N264" s="15">
-        <v>378</v>
+        <v>810</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>773</v>
+      </c>
+      <c r="E265" s="15">
+        <v>10080010170</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>1600</v>
       </c>
       <c r="K265" s="15">
-        <v>0.1971</v>
+        <v>0.18809</v>
       </c>
       <c r="L265" s="15">
-        <v>0.1421</v>
+        <v>0.16301</v>
       </c>
       <c r="M265" s="15">
-        <v>0.12376</v>
-[...1 lines deleted...]
-      <c r="N265" s="15"/>
+        <v>0.15674</v>
+      </c>
+      <c r="N265" s="15">
+        <v>492</v>
+      </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>10080044389</v>
+        <v>775</v>
+      </c>
+      <c r="E266" s="15" t="s">
+        <v>776</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
       <c r="J266" s="15">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="K266" s="15">
-        <v>0.25959</v>
+        <v>0.12713</v>
       </c>
       <c r="L266" s="15">
-        <v>0.18716</v>
+        <v>0.11018</v>
       </c>
       <c r="M266" s="15">
-        <v>0.163</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10594</v>
+      </c>
+      <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="E267" s="15">
-        <v>10080055439</v>
+        <v>10080044389</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
-        <v>150</v>
+        <v>1200</v>
       </c>
       <c r="K267" s="15">
-        <v>0.29896</v>
+        <v>0.16421</v>
       </c>
       <c r="L267" s="15">
-        <v>0.21553</v>
+        <v>0.14231</v>
       </c>
       <c r="M267" s="15">
-        <v>0.18773</v>
+        <v>0.13684</v>
       </c>
       <c r="N267" s="15">
-        <v>2246</v>
+        <v>249</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>780</v>
+      </c>
+      <c r="E268" s="15">
+        <v>10080055439</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>150</v>
       </c>
       <c r="K268" s="15">
-        <v>0.28941</v>
+        <v>0.18876</v>
       </c>
       <c r="L268" s="15">
-        <v>0.20864</v>
+        <v>0.16359</v>
       </c>
       <c r="M268" s="15">
-        <v>0.18172</v>
+        <v>0.1573</v>
       </c>
       <c r="N268" s="15">
-        <v>2125</v>
+        <v>2483</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="E269" s="15" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K269" s="15">
-        <v>0.36522</v>
+        <v>0.18626</v>
       </c>
       <c r="L269" s="15">
-        <v>0.26329</v>
+        <v>0.16142</v>
       </c>
       <c r="M269" s="15">
-        <v>0.22933</v>
+        <v>0.15521</v>
       </c>
       <c r="N269" s="15">
-        <v>185</v>
+        <v>2075</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
-      <c r="Q269" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>10080037717</v>
+        <v>785</v>
+      </c>
+      <c r="E270" s="15" t="s">
+        <v>786</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
-        <v>1490</v>
+        <v>100</v>
       </c>
       <c r="K270" s="15">
-        <v>0.39468</v>
+        <v>0.231</v>
       </c>
       <c r="L270" s="15">
-        <v>0.28453</v>
+        <v>0.2002</v>
       </c>
       <c r="M270" s="15">
-        <v>0.24783</v>
+        <v>0.1925</v>
       </c>
       <c r="N270" s="15">
-        <v>821</v>
+        <v>163</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
-      <c r="Q270" s="15"/>
+      <c r="Q270" s="15">
+        <v>3200</v>
+      </c>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-        <v>787</v>
+        <v>788</v>
+      </c>
+      <c r="E271" s="15">
+        <v>10080037717</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
-        <v>1370</v>
+        <v>1490</v>
       </c>
       <c r="K271" s="15">
-        <v>0.47032</v>
+        <v>0.24906</v>
       </c>
       <c r="L271" s="15">
-        <v>0.33907</v>
+        <v>0.21585</v>
       </c>
       <c r="M271" s="15">
-        <v>0.29532</v>
+        <v>0.20755</v>
       </c>
       <c r="N271" s="15">
-        <v>964</v>
+        <v>664</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
-      <c r="Q271" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-        <v>10080065194</v>
+        <v>790</v>
+      </c>
+      <c r="E272" s="15" t="s">
+        <v>791</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
-        <v>1260</v>
+        <v>1370</v>
       </c>
       <c r="K272" s="15">
-        <v>0.41862</v>
+        <v>0.29741</v>
       </c>
       <c r="L272" s="15">
-        <v>0.34885</v>
+        <v>0.25775</v>
       </c>
       <c r="M272" s="15">
-        <v>0.33489</v>
+        <v>0.24784</v>
       </c>
       <c r="N272" s="15">
-        <v>2</v>
+        <v>1125</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
-      <c r="Q272" s="15"/>
+      <c r="Q272" s="15">
+        <v>5480</v>
+      </c>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>792</v>
+        <v>793</v>
+      </c>
+      <c r="E273" s="15">
+        <v>10080065194</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>1260</v>
       </c>
       <c r="K273" s="15">
-        <v>0.48722</v>
+        <v>0.41862</v>
       </c>
       <c r="L273" s="15">
-        <v>0.35126</v>
+        <v>0.34885</v>
       </c>
       <c r="M273" s="15">
-        <v>0.30593</v>
+        <v>0.33489</v>
       </c>
       <c r="N273" s="15">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
-      <c r="Q273" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>10080065195</v>
+        <v>795</v>
+      </c>
+      <c r="E274" s="15" t="s">
+        <v>796</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
-        <v>1040</v>
+        <v>1260</v>
       </c>
       <c r="K274" s="15">
-        <v>0.62424</v>
+        <v>0.31395</v>
       </c>
       <c r="L274" s="15">
-        <v>0.45002</v>
+        <v>0.27209</v>
       </c>
       <c r="M274" s="15">
-        <v>0.39196</v>
+        <v>0.26163</v>
       </c>
       <c r="N274" s="15">
-        <v>370</v>
+        <v>48</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
-      <c r="Q274" s="15"/>
+      <c r="Q274" s="15">
+        <v>5040</v>
+      </c>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>797</v>
+        <v>798</v>
+      </c>
+      <c r="E275" s="15">
+        <v>10080065195</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>1040</v>
       </c>
       <c r="K275" s="15">
-        <v>0.60481</v>
+        <v>0.39372</v>
       </c>
       <c r="L275" s="15">
-        <v>0.43603</v>
+        <v>0.34122</v>
       </c>
       <c r="M275" s="15">
-        <v>0.37976</v>
+        <v>0.3281</v>
       </c>
       <c r="N275" s="15">
-        <v>375</v>
+        <v>321</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>10080034460</v>
+        <v>800</v>
+      </c>
+      <c r="E276" s="15" t="s">
+        <v>801</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
-        <v>780</v>
+        <v>1040</v>
       </c>
       <c r="K276" s="15">
-        <v>0.68452</v>
+        <v>0.38885</v>
       </c>
       <c r="L276" s="15">
-        <v>0.49349</v>
+        <v>0.337</v>
       </c>
       <c r="M276" s="15">
-        <v>0.42982</v>
+        <v>0.32404</v>
       </c>
       <c r="N276" s="15">
-        <v>100</v>
+        <v>350</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
-        <v>800</v>
+        <v>760</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>802</v>
-[...1 lines deleted...]
-      <c r="E277" s="15" t="s">
         <v>803</v>
+      </c>
+      <c r="E277" s="15">
+        <v>10080034460</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
-        <v>3000</v>
+        <v>780</v>
       </c>
       <c r="K277" s="15">
-        <v>0.09946000000000001</v>
+        <v>0.42269</v>
       </c>
       <c r="L277" s="15">
-        <v>0.0717</v>
+        <v>0.36633</v>
       </c>
       <c r="M277" s="15">
-        <v>0.06246</v>
+        <v>0.35224</v>
       </c>
       <c r="N277" s="15">
-        <v>183</v>
+        <v>100</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="E278" s="15" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>3000</v>
       </c>
       <c r="K278" s="15">
-        <v>0.10489</v>
+        <v>0.06144</v>
       </c>
       <c r="L278" s="15">
-        <v>0.07562000000000001</v>
+        <v>0.05325</v>
       </c>
       <c r="M278" s="15">
-        <v>0.06586</v>
+        <v>0.0512</v>
       </c>
       <c r="N278" s="15">
-        <v>740</v>
+        <v>221</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>3000</v>
       </c>
       <c r="K279" s="15">
-        <v>0.1016</v>
+        <v>0.06618</v>
       </c>
       <c r="L279" s="15">
-        <v>0.07324</v>
+        <v>0.05736</v>
       </c>
       <c r="M279" s="15">
-        <v>0.06379</v>
+        <v>0.05515</v>
       </c>
       <c r="N279" s="15">
-        <v>2610</v>
+        <v>620</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
-      <c r="Q279" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
-        <v>49</v>
+        <v>804</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
-        <v>1800</v>
+        <v>3000</v>
       </c>
       <c r="K280" s="15">
-        <v>0.12485</v>
+        <v>0.06534</v>
       </c>
       <c r="L280" s="15">
-        <v>0.08711000000000001</v>
+        <v>0.05663</v>
       </c>
       <c r="M280" s="15">
-        <v>0.07839</v>
+        <v>0.05445</v>
       </c>
       <c r="N280" s="15">
-        <v>853</v>
+        <v>1920</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
-      <c r="Q280" s="15"/>
+      <c r="Q280" s="15">
+        <v>12000</v>
+      </c>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>200</v>
+        <v>1800</v>
       </c>
       <c r="K281" s="15">
-        <v>0.18466</v>
+        <v>0.07742</v>
       </c>
       <c r="L281" s="15">
-        <v>0.13314</v>
+        <v>0.06709</v>
       </c>
       <c r="M281" s="15">
-        <v>0.11597</v>
+        <v>0.06451</v>
       </c>
       <c r="N281" s="15">
-        <v>512</v>
+        <v>923</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K282" s="15">
-        <v>1.48</v>
+        <v>0.11889</v>
       </c>
       <c r="L282" s="15">
-        <v>0.18494</v>
+        <v>0.10304</v>
       </c>
       <c r="M282" s="15">
-        <v>0.16644</v>
-[...1 lines deleted...]
-      <c r="N282" s="15"/>
+        <v>0.09908</v>
+      </c>
+      <c r="N282" s="15">
+        <v>630</v>
+      </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K283" s="15">
-        <v>0.30653</v>
+        <v>0.18782</v>
       </c>
       <c r="L283" s="15">
-        <v>0.22099</v>
+        <v>0.16277</v>
       </c>
       <c r="M283" s="15">
-        <v>0.19247</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15651</v>
+      </c>
+      <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K284" s="15">
-        <v>0.36555</v>
+        <v>0.19736</v>
       </c>
       <c r="L284" s="15">
-        <v>0.26354</v>
+        <v>0.17104</v>
       </c>
       <c r="M284" s="15">
-        <v>0.22954</v>
+        <v>0.16446</v>
       </c>
       <c r="N284" s="15">
-        <v>267</v>
+        <v>744</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I285" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>1040</v>
+        <v>500</v>
       </c>
       <c r="K285" s="15">
-        <v>0.48816</v>
+        <v>0.23541</v>
       </c>
       <c r="L285" s="15">
-        <v>0.35193</v>
+        <v>0.20402</v>
       </c>
       <c r="M285" s="15">
-        <v>0.30652</v>
-[...1 lines deleted...]
-      <c r="N285" s="15"/>
+        <v>0.19618</v>
+      </c>
+      <c r="N285" s="15">
+        <v>246</v>
+      </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>829</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>830</v>
       </c>
       <c r="E286" s="15" t="s">
         <v>831</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I286" s="15" t="s">
         <v>832</v>
       </c>
-      <c r="J286" s="15"/>
+      <c r="J286" s="15">
+        <v>1040</v>
+      </c>
       <c r="K286" s="15">
-        <v>0.71321</v>
+        <v>0.31461</v>
       </c>
       <c r="L286" s="15">
-        <v>0.59817</v>
+        <v>0.27266</v>
       </c>
       <c r="M286" s="15">
-        <v>0.57517</v>
+        <v>0.26218</v>
       </c>
       <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>833</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>834</v>
       </c>
-      <c r="E287" s="15">
-        <v>10080034182</v>
+      <c r="E287" s="15" t="s">
+        <v>835</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I287" s="15"/>
+      <c r="I287" s="15" t="s">
+        <v>836</v>
+      </c>
       <c r="J287" s="15"/>
       <c r="K287" s="15">
-        <v>1.75</v>
+        <v>0.71321</v>
       </c>
       <c r="L287" s="15">
-        <v>0.94286</v>
+        <v>0.59817</v>
       </c>
       <c r="M287" s="15">
-        <v>0.8188</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.57517</v>
+      </c>
+      <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>836</v>
-[...2 lines deleted...]
-        <v>837</v>
+        <v>838</v>
+      </c>
+      <c r="E288" s="15">
+        <v>10080034182</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="15"/>
-      <c r="J288" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J288" s="15"/>
       <c r="K288" s="15">
-        <v>1.49</v>
+        <v>1.75</v>
       </c>
       <c r="L288" s="15">
-        <v>1.04</v>
+        <v>0.94286</v>
       </c>
       <c r="M288" s="15">
-        <v>0.93455</v>
+        <v>0.8188</v>
       </c>
       <c r="N288" s="15">
-        <v>195</v>
+        <v>20</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
-      <c r="Q288" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>838</v>
+        <v>49</v>
       </c>
       <c r="C289" s="15" t="s">
         <v>839</v>
       </c>
       <c r="D289" s="15" t="s">
         <v>840</v>
       </c>
       <c r="E289" s="15" t="s">
         <v>841</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
-        <v>1600</v>
+        <v>360</v>
       </c>
       <c r="K289" s="15">
-        <v>0.1103</v>
+        <v>0.93365</v>
       </c>
       <c r="L289" s="15">
-        <v>0.07951</v>
+        <v>0.80916</v>
       </c>
       <c r="M289" s="15">
-        <v>0.06925000000000001</v>
+        <v>0.77804</v>
       </c>
       <c r="N289" s="15">
-        <v>123</v>
+        <v>190</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
-      <c r="Q289" s="15"/>
+      <c r="Q289" s="15">
+        <v>1440</v>
+      </c>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>10080043058</v>
+        <v>844</v>
+      </c>
+      <c r="E290" s="15" t="s">
+        <v>845</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
-        <v>1000</v>
+        <v>1600</v>
       </c>
       <c r="K290" s="15">
-        <v>0.31504</v>
+        <v>0.07106999999999999</v>
       </c>
       <c r="L290" s="15">
-        <v>0.16981</v>
+        <v>0.06159</v>
       </c>
       <c r="M290" s="15">
-        <v>0.14746</v>
+        <v>0.05923</v>
       </c>
       <c r="N290" s="15">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>847</v>
+      </c>
+      <c r="E291" s="15">
+        <v>10080043058</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="K291" s="15">
-        <v>0.45593</v>
+        <v>0.31504</v>
       </c>
       <c r="L291" s="15">
-        <v>0.22796</v>
+        <v>0.16981</v>
       </c>
       <c r="M291" s="15">
-        <v>0.20721</v>
+        <v>0.14746</v>
       </c>
       <c r="N291" s="15">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>10080044390</v>
+        <v>849</v>
+      </c>
+      <c r="E292" s="15" t="s">
+        <v>850</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="K292" s="15">
-        <v>0.4559</v>
+        <v>0.45593</v>
       </c>
       <c r="L292" s="15">
-        <v>0.228</v>
+        <v>0.22796</v>
       </c>
       <c r="M292" s="15">
-        <v>0.2072</v>
+        <v>0.20721</v>
       </c>
       <c r="N292" s="15">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>852</v>
+      </c>
+      <c r="E293" s="15">
+        <v>10080044390</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15"/>
-      <c r="J293" s="15"/>
+      <c r="J293" s="15">
+        <v>1000</v>
+      </c>
       <c r="K293" s="15">
-        <v>0.218</v>
+        <v>0.4559</v>
       </c>
       <c r="L293" s="15">
-        <v>0.218</v>
+        <v>0.228</v>
       </c>
       <c r="M293" s="15">
-        <v>0.218</v>
+        <v>0.2072</v>
       </c>
       <c r="N293" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15"/>
       <c r="K294" s="15">
-        <v>0.2212</v>
+        <v>0.218</v>
       </c>
       <c r="L294" s="15">
-        <v>0.2212</v>
+        <v>0.218</v>
       </c>
       <c r="M294" s="15">
-        <v>0.2212</v>
+        <v>0.218</v>
       </c>
       <c r="N294" s="15">
         <v>3</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>10080057236</v>
+        <v>857</v>
+      </c>
+      <c r="E295" s="15" t="s">
+        <v>858</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15"/>
-      <c r="J295" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>0.47252</v>
+        <v>0.2212</v>
       </c>
       <c r="L295" s="15">
-        <v>0.25469</v>
+        <v>0.2212</v>
       </c>
       <c r="M295" s="15">
-        <v>0.22118</v>
+        <v>0.2212</v>
       </c>
       <c r="N295" s="15">
-        <v>149</v>
+        <v>3</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E296" s="15">
-        <v>10080057237</v>
+        <v>10080057236</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15"/>
       <c r="J296" s="15">
-        <v>1040</v>
+        <v>1360</v>
       </c>
       <c r="K296" s="15">
-        <v>0.62993</v>
+        <v>0.47252</v>
       </c>
       <c r="L296" s="15">
-        <v>0.33953</v>
+        <v>0.25469</v>
       </c>
       <c r="M296" s="15">
-        <v>0.29486</v>
+        <v>0.22118</v>
       </c>
       <c r="N296" s="15">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>72</v>
+        <v>842</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>862</v>
+      </c>
+      <c r="E297" s="15">
+        <v>10080057237</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
-        <v>1600</v>
+        <v>1040</v>
       </c>
       <c r="K297" s="15">
-        <v>0.12567</v>
+        <v>0.62993</v>
       </c>
       <c r="L297" s="15">
-        <v>0.0906</v>
+        <v>0.33953</v>
       </c>
       <c r="M297" s="15">
-        <v>0.07890999999999999</v>
+        <v>0.29486</v>
       </c>
       <c r="N297" s="15">
-        <v>1136</v>
+        <v>111</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="E298" s="15" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
+        <v>1600</v>
+      </c>
+      <c r="K298" s="15">
+        <v>0.07983</v>
+      </c>
+      <c r="L298" s="15">
+        <v>0.06919</v>
+      </c>
+      <c r="M298" s="15">
+        <v>0.06653000000000001</v>
+      </c>
+      <c r="N298" s="15">
         <v>1200</v>
-      </c>
-[...10 lines deleted...]
-        <v>696</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>866</v>
-[...2 lines deleted...]
-        <v>10080027584</v>
+        <v>867</v>
+      </c>
+      <c r="E299" s="15" t="s">
+        <v>868</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
-        <v>900</v>
+        <v>1200</v>
       </c>
       <c r="K299" s="15">
-        <v>0.31981</v>
+        <v>0.11738</v>
       </c>
       <c r="L299" s="15">
-        <v>0.17239</v>
+        <v>0.10173</v>
       </c>
       <c r="M299" s="15">
-        <v>0.1497</v>
+        <v>0.09780999999999999</v>
       </c>
       <c r="N299" s="15">
-        <v>19</v>
+        <v>765</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>870</v>
+      </c>
+      <c r="E300" s="15">
+        <v>10080027584</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>900</v>
       </c>
       <c r="K300" s="15">
-        <v>0.2513</v>
+        <v>0.31981</v>
       </c>
       <c r="L300" s="15">
-        <v>0.18117</v>
+        <v>0.17239</v>
       </c>
       <c r="M300" s="15">
-        <v>0.15779</v>
-[...1 lines deleted...]
-      <c r="N300" s="15"/>
+        <v>0.1497</v>
+      </c>
+      <c r="N300" s="15">
+        <v>19</v>
+      </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>10080047670</v>
+        <v>872</v>
+      </c>
+      <c r="E301" s="15" t="s">
+        <v>873</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
-        <v>1210</v>
+        <v>900</v>
       </c>
       <c r="K301" s="15">
-        <v>0.41039</v>
+        <v>0.15971</v>
       </c>
       <c r="L301" s="15">
-        <v>0.21985</v>
+        <v>0.13841</v>
       </c>
       <c r="M301" s="15">
-        <v>0.20518</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13309</v>
+      </c>
+      <c r="N301" s="15"/>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>875</v>
+      </c>
+      <c r="E302" s="15">
+        <v>10080047670</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
-        <v>1000</v>
+        <v>1210</v>
       </c>
       <c r="K302" s="15">
-        <v>0.35838</v>
+        <v>0.41039</v>
       </c>
       <c r="L302" s="15">
-        <v>0.25835</v>
+        <v>0.21985</v>
       </c>
       <c r="M302" s="15">
-        <v>0.22502</v>
-[...1 lines deleted...]
-      <c r="N302" s="15"/>
+        <v>0.20518</v>
+      </c>
+      <c r="N302" s="15">
+        <v>9</v>
+      </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
-      <c r="Q302" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-        <v>10080047671</v>
+        <v>877</v>
+      </c>
+      <c r="E303" s="15" t="s">
+        <v>878</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="K303" s="15">
-        <v>0.5737100000000001</v>
+        <v>0.23052</v>
       </c>
       <c r="L303" s="15">
-        <v>0.30735</v>
+        <v>0.19978</v>
       </c>
       <c r="M303" s="15">
-        <v>0.28685</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1921</v>
+      </c>
+      <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
-      <c r="Q303" s="15"/>
+      <c r="Q303" s="15">
+        <v>4000</v>
+      </c>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>879</v>
+        <v>880</v>
+      </c>
+      <c r="E304" s="15">
+        <v>10080047671</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I304" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I304" s="15"/>
       <c r="J304" s="15">
-        <v>500</v>
+        <v>820</v>
       </c>
       <c r="K304" s="15">
-        <v>0.73471</v>
+        <v>0.5737100000000001</v>
       </c>
       <c r="L304" s="15">
-        <v>0.52479</v>
+        <v>0.30735</v>
       </c>
       <c r="M304" s="15">
-        <v>0.47231</v>
+        <v>0.28685</v>
       </c>
       <c r="N304" s="15">
-        <v>824</v>
+        <v>9</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C305" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D305" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E305" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I305" s="15" t="s">
         <v>884</v>
       </c>
-      <c r="J305" s="15"/>
+      <c r="J305" s="15">
+        <v>500</v>
+      </c>
       <c r="K305" s="15">
-        <v>0.12921</v>
+        <v>0.54423</v>
       </c>
       <c r="L305" s="15">
-        <v>0.09229999999999999</v>
+        <v>0.47167</v>
       </c>
       <c r="M305" s="15">
-        <v>0.08305999999999999</v>
+        <v>0.45353</v>
       </c>
       <c r="N305" s="15">
-        <v>150</v>
+        <v>1202</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>885</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>886</v>
       </c>
       <c r="E306" s="15" t="s">
         <v>887</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I306" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I306" s="15" t="s">
+        <v>888</v>
+      </c>
+      <c r="J306" s="15"/>
       <c r="K306" s="15">
-        <v>0.19493</v>
+        <v>0.08354</v>
       </c>
       <c r="L306" s="15">
-        <v>0.14054</v>
+        <v>0.07240000000000001</v>
       </c>
       <c r="M306" s="15">
-        <v>0.1224</v>
+        <v>0.06961000000000001</v>
       </c>
       <c r="N306" s="15">
-        <v>281</v>
+        <v>135</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
-      <c r="Q306" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-        <v>10080010175</v>
+        <v>890</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>891</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
-        <v>1200</v>
+        <v>800</v>
       </c>
       <c r="K307" s="15">
-        <v>0.46922</v>
+        <v>0.12044</v>
       </c>
       <c r="L307" s="15">
-        <v>0.23462</v>
+        <v>0.10438</v>
       </c>
       <c r="M307" s="15">
-        <v>0.21326</v>
+        <v>0.10036</v>
       </c>
       <c r="N307" s="15">
-        <v>26</v>
+        <v>350</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
-      <c r="Q307" s="15"/>
+      <c r="Q307" s="15">
+        <v>3200</v>
+      </c>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>892</v>
+        <v>893</v>
+      </c>
+      <c r="E308" s="15">
+        <v>10080010175</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I308" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>1200</v>
       </c>
       <c r="K308" s="15">
-        <v>0.27332</v>
+        <v>0.46922</v>
       </c>
       <c r="L308" s="15">
-        <v>0.19704</v>
+        <v>0.23462</v>
       </c>
       <c r="M308" s="15">
-        <v>0.17163</v>
+        <v>0.21326</v>
       </c>
       <c r="N308" s="15">
-        <v>360</v>
+        <v>26</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>894</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>895</v>
       </c>
-      <c r="E309" s="15">
-        <v>10080027754</v>
+      <c r="E309" s="15" t="s">
+        <v>896</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I309" s="15"/>
+      <c r="I309" s="15" t="s">
+        <v>897</v>
+      </c>
       <c r="J309" s="15">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="K309" s="15">
-        <v>0.38189</v>
+        <v>0.16404</v>
       </c>
       <c r="L309" s="15">
-        <v>0.27531</v>
+        <v>0.14217</v>
       </c>
       <c r="M309" s="15">
-        <v>0.2398</v>
+        <v>0.1367</v>
       </c>
       <c r="N309" s="15">
-        <v>101</v>
+        <v>345</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>897</v>
-[...2 lines deleted...]
-        <v>898</v>
+        <v>899</v>
+      </c>
+      <c r="E310" s="15">
+        <v>10080027754</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I310" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I310" s="15"/>
       <c r="J310" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K310" s="15">
-        <v>0.21443</v>
+        <v>0.23589</v>
       </c>
       <c r="L310" s="15">
-        <v>0.15459</v>
+        <v>0.20444</v>
       </c>
       <c r="M310" s="15">
-        <v>0.13465</v>
+        <v>0.19658</v>
       </c>
       <c r="N310" s="15">
-        <v>300</v>
+        <v>125</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
-      <c r="Q310" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>900</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>901</v>
       </c>
-      <c r="E311" s="15">
-        <v>10080010176</v>
+      <c r="E311" s="15" t="s">
+        <v>902</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I311" s="15"/>
+      <c r="I311" s="15" t="s">
+        <v>903</v>
+      </c>
       <c r="J311" s="15">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="K311" s="15">
-        <v>0.48878</v>
+        <v>0.12903</v>
       </c>
       <c r="L311" s="15">
-        <v>0.24445</v>
+        <v>0.11183</v>
       </c>
       <c r="M311" s="15">
-        <v>0.22215</v>
+        <v>0.10753</v>
       </c>
       <c r="N311" s="15">
-        <v>2</v>
+        <v>325</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
-      <c r="Q311" s="15"/>
+      <c r="Q311" s="15">
+        <v>4000</v>
+      </c>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>903</v>
-[...2 lines deleted...]
-        <v>904</v>
+        <v>905</v>
+      </c>
+      <c r="E312" s="15">
+        <v>10080010176</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
-        <v>740</v>
+        <v>1200</v>
       </c>
       <c r="K312" s="15">
-        <v>0.35948</v>
+        <v>0.48878</v>
       </c>
       <c r="L312" s="15">
-        <v>0.25915</v>
+        <v>0.24445</v>
       </c>
       <c r="M312" s="15">
-        <v>0.22572</v>
+        <v>0.22215</v>
       </c>
       <c r="N312" s="15">
-        <v>105</v>
+        <v>2</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
-      <c r="Q312" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>756</v>
+        <v>72</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>906</v>
-[...2 lines deleted...]
-        <v>10080027755</v>
+        <v>907</v>
+      </c>
+      <c r="E313" s="15" t="s">
+        <v>908</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
-        <v>1050</v>
+        <v>740</v>
       </c>
       <c r="K313" s="15">
-        <v>0.4684</v>
+        <v>0.23349</v>
       </c>
       <c r="L313" s="15">
-        <v>0.4684</v>
+        <v>0.20236</v>
       </c>
       <c r="M313" s="15">
-        <v>0.4684</v>
+        <v>0.19458</v>
       </c>
       <c r="N313" s="15">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
-      <c r="Q313" s="15"/>
+      <c r="Q313" s="15">
+        <v>2960</v>
+      </c>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="E314" s="15">
-        <v>10080039242</v>
+        <v>10080027755</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
-        <v>200</v>
+        <v>1050</v>
       </c>
       <c r="K314" s="15">
-        <v>3.33</v>
+        <v>0.4684</v>
       </c>
       <c r="L314" s="15">
-        <v>1.78</v>
+        <v>0.4684</v>
       </c>
       <c r="M314" s="15">
-        <v>1.61</v>
+        <v>0.4684</v>
       </c>
       <c r="N314" s="15">
-        <v>140</v>
+        <v>2</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>910</v>
-[...2 lines deleted...]
-        <v>911</v>
+        <v>912</v>
+      </c>
+      <c r="E315" s="15">
+        <v>10080039242</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="K315" s="15">
-        <v>1.32</v>
+        <v>3.33</v>
       </c>
       <c r="L315" s="15">
-        <v>0.95006</v>
+        <v>1.78</v>
       </c>
       <c r="M315" s="15">
-        <v>0.82748</v>
+        <v>1.61</v>
       </c>
       <c r="N315" s="15">
-        <v>40</v>
+        <v>159</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I316" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J316" s="15"/>
+      <c r="I316" s="15"/>
+      <c r="J316" s="15">
+        <v>250</v>
+      </c>
       <c r="K316" s="15">
-        <v>1.88</v>
+        <v>0.84903</v>
       </c>
       <c r="L316" s="15">
-        <v>1.35</v>
+        <v>0.73583</v>
       </c>
       <c r="M316" s="15">
-        <v>1.21</v>
+        <v>0.70753</v>
       </c>
       <c r="N316" s="15">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>916</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>917</v>
       </c>
       <c r="E317" s="15" t="s">
         <v>918</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I317" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I317" s="15" t="s">
+        <v>919</v>
+      </c>
+      <c r="J317" s="15"/>
       <c r="K317" s="15">
-        <v>2.26</v>
+        <v>1.31</v>
       </c>
       <c r="L317" s="15">
-        <v>1.62</v>
+        <v>1.13</v>
       </c>
       <c r="M317" s="15">
-        <v>1.45</v>
+        <v>1.09</v>
       </c>
       <c r="N317" s="15">
         <v>100</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
-      <c r="Q317" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
-        <v>731</v>
+        <v>760</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>920</v>
-[...2 lines deleted...]
-        <v>10080009546</v>
+        <v>921</v>
+      </c>
+      <c r="E318" s="15" t="s">
+        <v>922</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I318" s="15"/>
       <c r="J318" s="15">
-        <v>500</v>
+        <v>170</v>
       </c>
       <c r="K318" s="15">
-        <v>0.1045</v>
+        <v>1.57</v>
       </c>
       <c r="L318" s="15">
-        <v>0.07534</v>
+        <v>1.36</v>
       </c>
       <c r="M318" s="15">
-        <v>0.06562</v>
+        <v>1.31</v>
       </c>
       <c r="N318" s="15">
-        <v>15890</v>
+        <v>100</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
-      <c r="Q318" s="15"/>
+      <c r="Q318" s="15">
+        <v>680</v>
+      </c>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>922</v>
-[...2 lines deleted...]
-        <v>923</v>
+        <v>924</v>
+      </c>
+      <c r="E319" s="15">
+        <v>10080009546</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>500</v>
       </c>
       <c r="K319" s="15">
-        <v>0.10423</v>
+        <v>0.06591</v>
       </c>
       <c r="L319" s="15">
-        <v>0.07514</v>
+        <v>0.05712</v>
       </c>
       <c r="M319" s="15">
-        <v>0.06544</v>
+        <v>0.05493</v>
       </c>
       <c r="N319" s="15">
-        <v>5462</v>
+        <v>16076</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>925</v>
-[...2 lines deleted...]
-        <v>10080009545</v>
+        <v>926</v>
+      </c>
+      <c r="E320" s="15" t="s">
+        <v>927</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K320" s="15">
-        <v>0.14221</v>
+        <v>0.06432</v>
       </c>
       <c r="L320" s="15">
-        <v>0.10253</v>
+        <v>0.05574</v>
       </c>
       <c r="M320" s="15">
-        <v>0.08931</v>
+        <v>0.0536</v>
       </c>
       <c r="N320" s="15">
-        <v>11616</v>
+        <v>6002</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>928</v>
+        <v>929</v>
+      </c>
+      <c r="E321" s="15">
+        <v>10080009545</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I321" s="15"/>
       <c r="J321" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K321" s="15">
-        <v>0.14036</v>
+        <v>0.0897</v>
       </c>
       <c r="L321" s="15">
-        <v>0.10119</v>
+        <v>0.07774</v>
       </c>
       <c r="M321" s="15">
-        <v>0.08814</v>
+        <v>0.07475</v>
       </c>
       <c r="N321" s="15">
-        <v>5090</v>
+        <v>14663</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E322" s="15" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I322" s="15"/>
       <c r="J322" s="15">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="K322" s="15">
-        <v>0.09</v>
+        <v>0.08858000000000001</v>
       </c>
       <c r="L322" s="15">
-        <v>0.09</v>
+        <v>0.07677</v>
       </c>
       <c r="M322" s="15">
-        <v>0.09</v>
+        <v>0.07381</v>
       </c>
       <c r="N322" s="15">
-        <v>64328</v>
+        <v>7009</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>10080009548</v>
+        <v>934</v>
+      </c>
+      <c r="E323" s="15" t="s">
+        <v>935</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
         <v>200</v>
       </c>
       <c r="K323" s="15">
-        <v>0.27871</v>
+        <v>0.09</v>
       </c>
       <c r="L323" s="15">
-        <v>0.19446</v>
+        <v>0.09</v>
       </c>
       <c r="M323" s="15">
-        <v>0.17501</v>
+        <v>0.09</v>
       </c>
       <c r="N323" s="15">
-        <v>13503</v>
+        <v>58836</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>936</v>
+        <v>937</v>
+      </c>
+      <c r="E324" s="15">
+        <v>10080009548</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>200</v>
       </c>
       <c r="K324" s="15">
-        <v>0.26454</v>
+        <v>0.16875</v>
       </c>
       <c r="L324" s="15">
-        <v>0.19072</v>
+        <v>0.14625</v>
       </c>
       <c r="M324" s="15">
-        <v>0.16611</v>
+        <v>0.14063</v>
       </c>
       <c r="N324" s="15">
-        <v>6660</v>
+        <v>10387</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>10080044391</v>
+        <v>939</v>
+      </c>
+      <c r="E325" s="15" t="s">
+        <v>940</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>200</v>
       </c>
       <c r="K325" s="15">
-        <v>0.31713</v>
+        <v>0.16691</v>
       </c>
       <c r="L325" s="15">
-        <v>0.22863</v>
+        <v>0.14465</v>
       </c>
       <c r="M325" s="15">
-        <v>0.19913</v>
+        <v>0.13909</v>
       </c>
       <c r="N325" s="15">
-        <v>1908</v>
+        <v>6128</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>940</v>
-[...2 lines deleted...]
-        <v>941</v>
+        <v>942</v>
+      </c>
+      <c r="E326" s="15">
+        <v>10080044391</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
         <v>200</v>
       </c>
       <c r="K326" s="15">
-        <v>0.31663</v>
+        <v>0.20321</v>
       </c>
       <c r="L326" s="15">
-        <v>0.22827</v>
+        <v>0.17611</v>
       </c>
       <c r="M326" s="15">
-        <v>0.19882</v>
+        <v>0.16934</v>
       </c>
       <c r="N326" s="15">
-        <v>618</v>
+        <v>1743</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="E327" s="15" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K327" s="15">
-        <v>0.36103</v>
+        <v>0.19544</v>
       </c>
       <c r="L327" s="15">
-        <v>0.26028</v>
+        <v>0.16938</v>
       </c>
       <c r="M327" s="15">
-        <v>0.2267</v>
-[...1 lines deleted...]
-      <c r="N327" s="15"/>
+        <v>0.16286</v>
+      </c>
+      <c r="N327" s="15">
+        <v>663</v>
+      </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
-      <c r="Q327" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>946</v>
-[...2 lines deleted...]
-        <v>10080032898</v>
+        <v>947</v>
+      </c>
+      <c r="E328" s="15" t="s">
+        <v>948</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K328" s="15">
-        <v>0.38087</v>
+        <v>0.23235</v>
       </c>
       <c r="L328" s="15">
-        <v>0.27458</v>
+        <v>0.20137</v>
       </c>
       <c r="M328" s="15">
-        <v>0.23916</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19363</v>
+      </c>
+      <c r="N328" s="15"/>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
-      <c r="Q328" s="15"/>
+      <c r="Q328" s="15">
+        <v>4800</v>
+      </c>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>948</v>
-[...2 lines deleted...]
-        <v>949</v>
+        <v>950</v>
+      </c>
+      <c r="E329" s="15">
+        <v>10080032898</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
         <v>100</v>
       </c>
       <c r="K329" s="15">
-        <v>0.42107</v>
+        <v>0.24023</v>
       </c>
       <c r="L329" s="15">
-        <v>0.30356</v>
+        <v>0.2082</v>
       </c>
       <c r="M329" s="15">
-        <v>0.26439</v>
+        <v>0.20019</v>
       </c>
       <c r="N329" s="15">
-        <v>1083</v>
+        <v>1398</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I330" s="15"/>
       <c r="J330" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K330" s="15">
-        <v>0.5289</v>
+        <v>0.25992</v>
       </c>
       <c r="L330" s="15">
-        <v>0.38131</v>
+        <v>0.22526</v>
       </c>
       <c r="M330" s="15">
-        <v>0.3321</v>
+        <v>0.2166</v>
       </c>
       <c r="N330" s="15">
-        <v>617</v>
+        <v>1083</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
-      <c r="Q330" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>954</v>
-[...2 lines deleted...]
-        <v>10080009549</v>
+        <v>955</v>
+      </c>
+      <c r="E331" s="15" t="s">
+        <v>956</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
-        <v>600</v>
+        <v>800</v>
       </c>
       <c r="K331" s="15">
-        <v>0.6354</v>
+        <v>0.32646</v>
       </c>
       <c r="L331" s="15">
-        <v>0.45807</v>
+        <v>0.28293</v>
       </c>
       <c r="M331" s="15">
-        <v>0.39897</v>
+        <v>0.27205</v>
       </c>
       <c r="N331" s="15">
-        <v>39</v>
+        <v>531</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
-      <c r="Q331" s="15"/>
+      <c r="Q331" s="15">
+        <v>3200</v>
+      </c>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>958</v>
+      </c>
+      <c r="E332" s="15">
+        <v>10080009549</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>600</v>
       </c>
       <c r="K332" s="15">
-        <v>0.5508999999999999</v>
+        <v>0.40077</v>
       </c>
       <c r="L332" s="15">
-        <v>0.38435</v>
+        <v>0.34733</v>
       </c>
       <c r="M332" s="15">
-        <v>0.34591</v>
+        <v>0.33398</v>
       </c>
       <c r="N332" s="15">
-        <v>860</v>
+        <v>39</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>756</v>
+        <v>735</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E333" s="15" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="K333" s="15">
-        <v>0.12352</v>
+        <v>0.34023</v>
       </c>
       <c r="L333" s="15">
-        <v>0.08905</v>
+        <v>0.29487</v>
       </c>
       <c r="M333" s="15">
-        <v>0.07758</v>
+        <v>0.28353</v>
       </c>
       <c r="N333" s="15">
-        <v>6</v>
+        <v>790</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="E334" s="15" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I334" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I334" s="15"/>
       <c r="J334" s="15">
         <v>3000</v>
       </c>
       <c r="K334" s="15">
-        <v>0.10573</v>
+        <v>0.07818</v>
       </c>
       <c r="L334" s="15">
-        <v>0.07623000000000001</v>
+        <v>0.06776</v>
       </c>
       <c r="M334" s="15">
-        <v>0.06639</v>
-[...1 lines deleted...]
-      <c r="N334" s="15"/>
+        <v>0.06515</v>
+      </c>
+      <c r="N334" s="15">
+        <v>6</v>
+      </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>965</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>966</v>
       </c>
-      <c r="E335" s="15">
-        <v>10080010169</v>
+      <c r="E335" s="15" t="s">
+        <v>967</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="J335" s="15">
-        <v>1</v>
+        <v>3000</v>
       </c>
       <c r="K335" s="15">
-        <v>0.19102</v>
+        <v>0.06875000000000001</v>
       </c>
       <c r="L335" s="15">
-        <v>0.13772</v>
+        <v>0.05958</v>
       </c>
       <c r="M335" s="15">
-        <v>0.11995</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05729</v>
+      </c>
+      <c r="N335" s="15"/>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>969</v>
-[...1 lines deleted...]
-      <c r="E336" s="15" t="s">
         <v>970</v>
+      </c>
+      <c r="E336" s="15">
+        <v>10080010169</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I336" s="15"/>
+      <c r="I336" s="15" t="s">
+        <v>971</v>
+      </c>
       <c r="J336" s="15">
-        <v>1200</v>
+        <v>1</v>
       </c>
       <c r="K336" s="15">
-        <v>0.24639</v>
+        <v>0.11804</v>
       </c>
       <c r="L336" s="15">
-        <v>0.17763</v>
+        <v>0.1023</v>
       </c>
       <c r="M336" s="15">
-        <v>0.15471</v>
-[...1 lines deleted...]
-      <c r="N336" s="15"/>
+        <v>0.09836</v>
+      </c>
+      <c r="N336" s="15">
+        <v>2215</v>
+      </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>10080044392</v>
+        <v>973</v>
+      </c>
+      <c r="E337" s="15" t="s">
+        <v>974</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15">
-        <v>900</v>
+        <v>1200</v>
       </c>
       <c r="K337" s="15">
-        <v>0.3121</v>
+        <v>0.15573</v>
       </c>
       <c r="L337" s="15">
-        <v>0.22501</v>
+        <v>0.13497</v>
       </c>
       <c r="M337" s="15">
-        <v>0.19597</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12978</v>
+      </c>
+      <c r="N337" s="15"/>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>974</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>976</v>
+      </c>
+      <c r="E338" s="15">
+        <v>10080044392</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="K338" s="15">
-        <v>0.36484</v>
+        <v>0.19739</v>
       </c>
       <c r="L338" s="15">
-        <v>0.26304</v>
+        <v>0.17107</v>
       </c>
       <c r="M338" s="15">
-        <v>0.22909</v>
+        <v>0.16449</v>
       </c>
       <c r="N338" s="15">
-        <v>1185</v>
+        <v>926</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
-      <c r="Q338" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
-        <v>1250</v>
+        <v>800</v>
       </c>
       <c r="K339" s="15">
-        <v>0.47</v>
+        <v>0.23069</v>
       </c>
       <c r="L339" s="15">
-        <v>0.33883</v>
+        <v>0.19993</v>
       </c>
       <c r="M339" s="15">
-        <v>0.29512</v>
+        <v>0.19224</v>
       </c>
       <c r="N339" s="15">
-        <v>987</v>
+        <v>1143</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15">
-        <v>5000</v>
+        <v>3200</v>
       </c>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E340" s="15" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15">
-        <v>910</v>
+        <v>1250</v>
       </c>
       <c r="K340" s="15">
-        <v>0.5400199999999999</v>
+        <v>0.29712</v>
       </c>
       <c r="L340" s="15">
-        <v>0.37676</v>
+        <v>0.2575</v>
       </c>
       <c r="M340" s="15">
-        <v>0.33908</v>
-[...1 lines deleted...]
-      <c r="N340" s="15"/>
+        <v>0.2476</v>
+      </c>
+      <c r="N340" s="15">
+        <v>1131</v>
+      </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
-      <c r="Q340" s="15"/>
+      <c r="Q340" s="15">
+        <v>5000</v>
+      </c>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>800</v>
+        <v>760</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
-        <v>3000</v>
+        <v>910</v>
       </c>
       <c r="K341" s="15">
-        <v>0.09841</v>
+        <v>0.33438</v>
       </c>
       <c r="L341" s="15">
-        <v>0.07094</v>
+        <v>0.2898</v>
       </c>
       <c r="M341" s="15">
-        <v>0.06179</v>
+        <v>0.27865</v>
       </c>
       <c r="N341" s="15">
-        <v>464</v>
+        <v>35</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
-      <c r="Q341" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E342" s="15" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="K342" s="15">
-        <v>0.14549</v>
+        <v>0.0624</v>
       </c>
       <c r="L342" s="15">
-        <v>0.10489</v>
+        <v>0.05408</v>
       </c>
       <c r="M342" s="15">
-        <v>0.09135</v>
-[...1 lines deleted...]
-      <c r="N342" s="15"/>
+        <v>0.052</v>
+      </c>
+      <c r="N342" s="15">
+        <v>371</v>
+      </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
-      <c r="Q342" s="15"/>
+      <c r="Q342" s="15">
+        <v>12000</v>
+      </c>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="E343" s="15" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
-        <v>1600</v>
+        <v>200</v>
       </c>
       <c r="K343" s="15">
-        <v>0.19658</v>
+        <v>0.09371</v>
       </c>
       <c r="L343" s="15">
-        <v>0.14172</v>
+        <v>0.08121</v>
       </c>
       <c r="M343" s="15">
-        <v>0.12344</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07809000000000001</v>
+      </c>
+      <c r="N343" s="15"/>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
-      <c r="Q343" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="E344" s="15" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I344" s="15"/>
-      <c r="J344" s="15"/>
+      <c r="J344" s="15">
+        <v>1600</v>
+      </c>
       <c r="K344" s="15">
-        <v>0.6333299999999999</v>
+        <v>0.12663</v>
       </c>
       <c r="L344" s="15">
-        <v>0.42204</v>
+        <v>0.10975</v>
       </c>
       <c r="M344" s="15">
-        <v>0.38383</v>
+        <v>0.10553</v>
       </c>
       <c r="N344" s="15">
-        <v>720</v>
+        <v>347</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
-      <c r="Q344" s="15"/>
+      <c r="Q344" s="15">
+        <v>6400</v>
+      </c>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>10080055440</v>
+        <v>996</v>
+      </c>
+      <c r="E345" s="15" t="s">
+        <v>997</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I345" s="15"/>
-      <c r="J345" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J345" s="15"/>
       <c r="K345" s="15">
-        <v>1.11</v>
+        <v>0.6333299999999999</v>
       </c>
       <c r="L345" s="15">
-        <v>0.59833</v>
+        <v>0.42204</v>
       </c>
       <c r="M345" s="15">
-        <v>0.5196</v>
+        <v>0.38383</v>
       </c>
       <c r="N345" s="15">
-        <v>1647</v>
+        <v>585</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>49</v>
+        <v>804</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>999</v>
+      </c>
+      <c r="E346" s="15">
+        <v>10080055440</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I346" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I346" s="15"/>
       <c r="J346" s="15">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="K346" s="15">
-        <v>0.08522</v>
+        <v>0.36692</v>
       </c>
       <c r="L346" s="15">
-        <v>0.07385</v>
+        <v>0.36692</v>
       </c>
       <c r="M346" s="15">
-        <v>0.07101</v>
+        <v>0.36692</v>
       </c>
       <c r="N346" s="15">
-        <v>1462</v>
+        <v>2214</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C347" s="15" t="s">
         <v>1000</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>1001</v>
       </c>
-      <c r="E347" s="15">
-        <v>10000022791</v>
+      <c r="E347" s="15" t="s">
+        <v>1002</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I347" s="15"/>
+      <c r="I347" s="15" t="s">
+        <v>1003</v>
+      </c>
       <c r="J347" s="15">
         <v>200</v>
       </c>
       <c r="K347" s="15">
-        <v>0.15775</v>
+        <v>0.08522</v>
       </c>
       <c r="L347" s="15">
-        <v>0.15182</v>
+        <v>0.07385</v>
       </c>
       <c r="M347" s="15">
-        <v>0.14707</v>
+        <v>0.07101</v>
       </c>
       <c r="N347" s="15">
-        <v>96</v>
+        <v>1275</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>1004</v>
+        <v>1005</v>
+      </c>
+      <c r="E348" s="15">
+        <v>10000022791</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K348" s="15">
-        <v>0.17375</v>
+        <v>0.15775</v>
       </c>
       <c r="L348" s="15">
-        <v>0.15058</v>
+        <v>0.15182</v>
       </c>
       <c r="M348" s="15">
-        <v>0.14479</v>
+        <v>0.14707</v>
       </c>
       <c r="N348" s="15">
-        <v>1230</v>
+        <v>96</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>10080006366</v>
+        <v>1007</v>
+      </c>
+      <c r="E349" s="15" t="s">
+        <v>1008</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>100</v>
       </c>
       <c r="K349" s="15">
-        <v>0.26093</v>
+        <v>0.17375</v>
       </c>
       <c r="L349" s="15">
-        <v>0.25264</v>
+        <v>0.15058</v>
       </c>
       <c r="M349" s="15">
-        <v>0.24433</v>
+        <v>0.14479</v>
       </c>
       <c r="N349" s="15">
-        <v>633</v>
+        <v>1035</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E350" s="15">
-        <v>10080006367</v>
+        <v>10080006366</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K350" s="15">
-        <v>0.4767</v>
+        <v>0.26093</v>
       </c>
       <c r="L350" s="15">
-        <v>0.25694</v>
+        <v>0.25264</v>
       </c>
       <c r="M350" s="15">
-        <v>0.22313</v>
+        <v>0.24433</v>
       </c>
       <c r="N350" s="15">
-        <v>135</v>
+        <v>633</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="E351" s="15">
-        <v>10080039324</v>
+        <v>10080006367</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
-        <v>770</v>
+        <v>500</v>
       </c>
       <c r="K351" s="15">
-        <v>0.48054</v>
+        <v>0.4767</v>
       </c>
       <c r="L351" s="15">
-        <v>0.34643</v>
+        <v>0.25694</v>
       </c>
       <c r="M351" s="15">
-        <v>0.30174</v>
+        <v>0.22313</v>
       </c>
       <c r="N351" s="15">
-        <v>335</v>
+        <v>98</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>1013</v>
+        <v>1014</v>
+      </c>
+      <c r="E352" s="15">
+        <v>10080039324</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
-        <v>625</v>
+        <v>770</v>
       </c>
       <c r="K352" s="15">
-        <v>0.26</v>
+        <v>0.30353</v>
       </c>
       <c r="L352" s="15">
-        <v>0.26</v>
+        <v>0.26306</v>
       </c>
       <c r="M352" s="15">
-        <v>0.26</v>
+        <v>0.25294</v>
       </c>
       <c r="N352" s="15">
-        <v>4</v>
+        <v>385</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="E353" s="15" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I353" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I353" s="15"/>
       <c r="J353" s="15">
-        <v>575</v>
+        <v>625</v>
       </c>
       <c r="K353" s="15">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="L353" s="15">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="M353" s="15">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="N353" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1018</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="E354" s="15" t="s">
         <v>1020</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I354" s="15"/>
+      <c r="I354" s="15" t="s">
+        <v>1021</v>
+      </c>
       <c r="J354" s="15">
-        <v>375</v>
+        <v>575</v>
       </c>
       <c r="K354" s="15">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="L354" s="15">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="M354" s="15">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="N354" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E355" s="15" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="K355" s="15">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="L355" s="15">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="M355" s="15">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="N355" s="15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
-        <v>838</v>
+        <v>49</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="E356" s="15" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15">
-        <v>1600</v>
+        <v>275</v>
       </c>
       <c r="K356" s="15">
-        <v>0.12476</v>
+        <v>0.37</v>
       </c>
       <c r="L356" s="15">
-        <v>0.08994000000000001</v>
+        <v>0.37</v>
       </c>
       <c r="M356" s="15">
-        <v>0.07835</v>
+        <v>0.37</v>
       </c>
       <c r="N356" s="15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="E357" s="15" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="K357" s="15">
-        <v>0.1871</v>
+        <v>0.06969</v>
       </c>
       <c r="L357" s="15">
-        <v>0.13488</v>
+        <v>0.0604</v>
       </c>
       <c r="M357" s="15">
-        <v>0.11748</v>
+        <v>0.05808</v>
       </c>
       <c r="N357" s="15">
-        <v>690</v>
+        <v>2</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
-      <c r="Q357" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="E358" s="15" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="K358" s="15">
-        <v>0.24389</v>
+        <v>0.11559</v>
       </c>
       <c r="L358" s="15">
-        <v>0.17583</v>
+        <v>0.10018</v>
       </c>
       <c r="M358" s="15">
-        <v>0.15314</v>
-[...1 lines deleted...]
-      <c r="N358" s="15"/>
+        <v>0.09633</v>
+      </c>
+      <c r="N358" s="15">
+        <v>770</v>
+      </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
-      <c r="Q358" s="15"/>
+      <c r="Q358" s="15">
+        <v>4800</v>
+      </c>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1034</v>
-[...2 lines deleted...]
-        <v>10080044393</v>
+        <v>1035</v>
+      </c>
+      <c r="E359" s="15" t="s">
+        <v>1036</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="K359" s="15">
-        <v>0.18489</v>
+        <v>0.15713</v>
       </c>
       <c r="L359" s="15">
-        <v>0.12326</v>
+        <v>0.13618</v>
       </c>
       <c r="M359" s="15">
-        <v>0.11256</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13094</v>
+      </c>
+      <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D360" s="15" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="E360" s="15">
-        <v>10080027756</v>
+        <v>10080044393</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
-        <v>1030</v>
+        <v>1000</v>
       </c>
       <c r="K360" s="15">
-        <v>0.47252</v>
+        <v>0.18489</v>
       </c>
       <c r="L360" s="15">
-        <v>0.25469</v>
+        <v>0.12326</v>
       </c>
       <c r="M360" s="15">
-        <v>0.22118</v>
+        <v>0.11256</v>
       </c>
       <c r="N360" s="15">
-        <v>176</v>
+        <v>14</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D361" s="15" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>1039</v>
+        <v>1040</v>
+      </c>
+      <c r="E361" s="15">
+        <v>10080027756</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15">
-        <v>770</v>
+        <v>1030</v>
       </c>
       <c r="K361" s="15">
-        <v>0.48816</v>
+        <v>0.47252</v>
       </c>
       <c r="L361" s="15">
-        <v>0.35193</v>
+        <v>0.25469</v>
       </c>
       <c r="M361" s="15">
-        <v>0.30652</v>
-[...1 lines deleted...]
-      <c r="N361" s="15"/>
+        <v>0.22118</v>
+      </c>
+      <c r="N361" s="15">
+        <v>144</v>
+      </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
-      <c r="Q361" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
-        <v>72</v>
+        <v>842</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1041</v>
-[...2 lines deleted...]
-        <v>10080010174</v>
+        <v>1042</v>
+      </c>
+      <c r="E362" s="15" t="s">
+        <v>1043</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I362" s="15"/>
       <c r="J362" s="15">
-        <v>800</v>
+        <v>770</v>
       </c>
       <c r="K362" s="15">
-        <v>0.32868</v>
+        <v>0.31485</v>
       </c>
       <c r="L362" s="15">
-        <v>0.17609</v>
+        <v>0.27287</v>
       </c>
       <c r="M362" s="15">
-        <v>0.16434</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26238</v>
+      </c>
+      <c r="N362" s="15"/>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
-      <c r="Q362" s="15"/>
+      <c r="Q362" s="15">
+        <v>3080</v>
+      </c>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D363" s="15" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="E363" s="15">
-        <v>10080047679</v>
+        <v>10080010174</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I363" s="15"/>
       <c r="J363" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K363" s="15">
-        <v>0.7371</v>
+        <v>0.32868</v>
       </c>
       <c r="L363" s="15">
-        <v>0.39488</v>
+        <v>0.17609</v>
       </c>
       <c r="M363" s="15">
-        <v>0.36855</v>
+        <v>0.16434</v>
       </c>
       <c r="N363" s="15">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D364" s="15" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="E364" s="15">
-        <v>10080044394</v>
+        <v>10080047679</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I364" s="15"/>
       <c r="J364" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K364" s="15">
-        <v>0.20094</v>
+        <v>0.7371</v>
       </c>
       <c r="L364" s="15">
-        <v>0.14486</v>
+        <v>0.39488</v>
       </c>
       <c r="M364" s="15">
-        <v>0.12617</v>
+        <v>0.36855</v>
       </c>
       <c r="N364" s="15">
-        <v>284</v>
+        <v>100</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D365" s="15" t="s">
-        <v>1047</v>
-[...2 lines deleted...]
-        <v>1048</v>
+        <v>1049</v>
+      </c>
+      <c r="E365" s="15">
+        <v>10080044394</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I365" s="15"/>
       <c r="J365" s="15">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="K365" s="15">
-        <v>0.25984</v>
+        <v>0.12414</v>
       </c>
       <c r="L365" s="15">
-        <v>0.18799</v>
+        <v>0.10759</v>
       </c>
       <c r="M365" s="15">
-        <v>0.16404</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.10345</v>
+      </c>
+      <c r="N365" s="15">
+        <v>337</v>
+      </c>
+      <c r="O365" s="15"/>
+      <c r="P365" s="15"/>
+      <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C366" s="15" t="s">
         <v>1050</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>1051</v>
       </c>
-      <c r="E366" s="15">
-        <v>10080044395</v>
+      <c r="E366" s="15" t="s">
+        <v>1052</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I366" s="15"/>
       <c r="J366" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K366" s="15">
-        <v>0.15</v>
+        <v>0.17961</v>
       </c>
       <c r="L366" s="15">
-        <v>0.15</v>
+        <v>0.15566</v>
       </c>
       <c r="M366" s="15">
-        <v>0.15</v>
+        <v>0.14968</v>
       </c>
       <c r="N366" s="15"/>
-      <c r="O366" s="15"/>
-[...1 lines deleted...]
-      <c r="Q366" s="15"/>
+      <c r="O366" s="15">
+        <v>189</v>
+      </c>
+      <c r="P366" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="Q366" s="15">
+        <v>3200</v>
+      </c>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D367" s="15" t="s">
-        <v>1053</v>
-[...2 lines deleted...]
-        <v>1054</v>
+        <v>1055</v>
+      </c>
+      <c r="E367" s="15">
+        <v>10080044395</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I367" s="15"/>
       <c r="J367" s="15">
-        <v>290</v>
+        <v>500</v>
       </c>
       <c r="K367" s="15">
-        <v>1.03</v>
+        <v>0.15</v>
       </c>
       <c r="L367" s="15">
-        <v>0.7404500000000001</v>
+        <v>0.15</v>
       </c>
       <c r="M367" s="15">
-        <v>0.64491</v>
+        <v>0.15</v>
       </c>
       <c r="N367" s="15">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
-      <c r="Q367" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D368" s="15" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>10080044396</v>
+        <v>1057</v>
+      </c>
+      <c r="E368" s="15" t="s">
+        <v>1058</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I368" s="15"/>
       <c r="J368" s="15">
-        <v>1200</v>
+        <v>290</v>
       </c>
       <c r="K368" s="15">
-        <v>0.053</v>
+        <v>0.6621</v>
       </c>
       <c r="L368" s="15">
-        <v>0.053</v>
+        <v>0.57382</v>
       </c>
       <c r="M368" s="15">
-        <v>0.053</v>
+        <v>0.55175</v>
       </c>
       <c r="N368" s="15">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
-      <c r="Q368" s="15"/>
+      <c r="Q368" s="15">
+        <v>1160</v>
+      </c>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="D369" s="15" t="s">
-        <v>1058</v>
-[...2 lines deleted...]
-        <v>1059</v>
+        <v>1060</v>
+      </c>
+      <c r="E369" s="15">
+        <v>10080044396</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I369" s="15"/>
       <c r="J369" s="15">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="K369" s="15">
-        <v>0.20525</v>
+        <v>0.053</v>
       </c>
       <c r="L369" s="15">
-        <v>0.14797</v>
+        <v>0.053</v>
       </c>
       <c r="M369" s="15">
-        <v>0.12888</v>
+        <v>0.053</v>
       </c>
       <c r="N369" s="15">
-        <v>309</v>
+        <v>2</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
-      <c r="Q369" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q369" s="15"/>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D370" s="15" t="s">
-        <v>1061</v>
-[...2 lines deleted...]
-        <v>10080010178</v>
+        <v>1062</v>
+      </c>
+      <c r="E370" s="15" t="s">
+        <v>1063</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I370" s="15"/>
       <c r="J370" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K370" s="15">
-        <v>0.43921</v>
+        <v>0.1334</v>
       </c>
       <c r="L370" s="15">
-        <v>0.2353</v>
+        <v>0.11561</v>
       </c>
       <c r="M370" s="15">
-        <v>0.21176</v>
+        <v>0.11116</v>
       </c>
       <c r="N370" s="15">
-        <v>835</v>
+        <v>375</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
-      <c r="Q370" s="15"/>
+      <c r="Q370" s="15">
+        <v>4000</v>
+      </c>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D371" s="15" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-        <v>1064</v>
+        <v>1065</v>
+      </c>
+      <c r="E371" s="15">
+        <v>10080010178</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I371" s="15"/>
       <c r="J371" s="15">
-        <v>465</v>
+        <v>1</v>
       </c>
       <c r="K371" s="15">
-        <v>0.40149</v>
+        <v>0.43921</v>
       </c>
       <c r="L371" s="15">
-        <v>0.28944</v>
+        <v>0.2353</v>
       </c>
       <c r="M371" s="15">
-        <v>0.2521</v>
-[...1 lines deleted...]
-      <c r="N371" s="15"/>
+        <v>0.21176</v>
+      </c>
+      <c r="N371" s="15">
+        <v>799</v>
+      </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
-      <c r="Q371" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
-        <v>1065</v>
+        <v>72</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>1067</v>
       </c>
       <c r="E372" s="15" t="s">
         <v>1068</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I372" s="15"/>
-      <c r="J372" s="15"/>
+      <c r="J372" s="15">
+        <v>465</v>
+      </c>
       <c r="K372" s="15">
-        <v>0.14289</v>
+        <v>0.25743</v>
       </c>
       <c r="L372" s="15">
-        <v>0.1286</v>
+        <v>0.22311</v>
       </c>
       <c r="M372" s="15">
-        <v>0.11908</v>
-[...1 lines deleted...]
-      <c r="N372" s="15"/>
+        <v>0.21453</v>
+      </c>
+      <c r="N372" s="15">
+        <v>20</v>
+      </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15">
-        <v>24000</v>
+        <v>1860</v>
       </c>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
-        <v>49</v>
+        <v>1069</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D373" s="15" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E373" s="15" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1072</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I373" s="15"/>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
-        <v>0.32258</v>
+        <v>0.14289</v>
       </c>
       <c r="L373" s="15">
-        <v>0.29032</v>
+        <v>0.1286</v>
       </c>
       <c r="M373" s="15">
-        <v>0.26881</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11908</v>
+      </c>
+      <c r="N373" s="15"/>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
-      <c r="Q373" s="15"/>
+      <c r="Q373" s="15">
+        <v>24000</v>
+      </c>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C374" s="15" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D374" s="15" t="s">
         <v>1074</v>
       </c>
-      <c r="D374" s="15" t="s">
+      <c r="E374" s="15" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="I374" s="15" t="s">
         <v>1077</v>
       </c>
       <c r="J374" s="15"/>
       <c r="K374" s="15">
-        <v>0.45</v>
+        <v>0.32258</v>
       </c>
       <c r="L374" s="15">
-        <v>0.35</v>
+        <v>0.29032</v>
       </c>
       <c r="M374" s="15">
-        <v>0.33</v>
+        <v>0.26881</v>
       </c>
       <c r="N374" s="15">
-        <v>10</v>
+        <v>618</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="E375" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="I375" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="J375" s="15"/>
       <c r="K375" s="15">
-        <v>0.53016</v>
+        <v>0.45</v>
       </c>
       <c r="L375" s="15">
-        <v>0.47714</v>
+        <v>0.35</v>
       </c>
       <c r="M375" s="15">
-        <v>0.4418</v>
+        <v>0.33</v>
       </c>
       <c r="N375" s="15">
-        <v>3071</v>
+        <v>10</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="C376" s="15" t="s">
         <v>1082</v>
       </c>
       <c r="D376" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="E376" s="15" t="s">
         <v>1084</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="I376" s="15" t="s">
         <v>1085</v>
       </c>
       <c r="J376" s="15"/>
       <c r="K376" s="15">
-        <v>1.1</v>
+        <v>0.53016</v>
       </c>
       <c r="L376" s="15">
-        <v>0.98963</v>
+        <v>0.47714</v>
       </c>
       <c r="M376" s="15">
-        <v>0.91633</v>
+        <v>0.4418</v>
       </c>
       <c r="N376" s="15">
-        <v>806</v>
+        <v>3145</v>
       </c>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
-      <c r="B377" s="14"/>
-[...2 lines deleted...]
-      <c r="E377" s="15"/>
+      <c r="B377" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C377" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D377" s="15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E377" s="15" t="s">
+        <v>1088</v>
+      </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
-      <c r="H377" s="15"/>
-      <c r="I377" s="15"/>
+      <c r="H377" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="I377" s="15" t="s">
+        <v>1089</v>
+      </c>
       <c r="J377" s="15"/>
-      <c r="K377" s="15"/>
-[...2 lines deleted...]
-      <c r="N377" s="15"/>
+      <c r="K377" s="15">
+        <v>1.1</v>
+      </c>
+      <c r="L377" s="15">
+        <v>0.98963</v>
+      </c>
+      <c r="M377" s="15">
+        <v>0.91633</v>
+      </c>
+      <c r="N377" s="15">
+        <v>699</v>
+      </c>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
+      <c r="R377"/>
+    </row>
+    <row r="378" spans="1:18">
+      <c r="B378" s="14"/>
+      <c r="C378" s="15"/>
+      <c r="D378" s="15"/>
+      <c r="E378" s="15"/>
+      <c r="F378" s="15"/>
+      <c r="G378" s="15"/>
+      <c r="H378" s="15"/>
+      <c r="I378" s="15"/>
+      <c r="J378" s="15"/>
+      <c r="K378" s="15"/>
+      <c r="L378" s="15"/>
+      <c r="M378" s="15"/>
+      <c r="N378" s="15"/>
+      <c r="O378" s="15"/>
+      <c r="P378" s="15"/>
+      <c r="Q378" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -18599,317 +18652,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>