--- v1 (2026-01-11)
+++ v2 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1121">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -379,50 +379,53 @@
   <si>
     <t xml:space="preserve">8EDGK-2.5-03P-11-01Z(H) DEGSON, 8EDGK-2.5-03P-15-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>8EDGK-2.5-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-2.5-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00113815</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGK-2.5-03P-15-00Z(H) DEGSON, 8EDGK-2.5-03P-11-01A(H) DEGSON, </t>
   </si>
   <si>
     <t>8EDGK-2.5-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-2.5-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00113811</t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>8EDGK-2.5-05P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-2.5-05P-11-01A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGK-2.5-05P-11-01Z(H) DEGSON, </t>
   </si>
   <si>
     <t>8EDGK-2.5-06P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-2.5-06P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGK-2.5-07P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGK-2.5-07P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00108263</t>
   </si>
   <si>
     <t xml:space="preserve">MC001-2.5-07P-11-00 GOLTEN, </t>
@@ -1576,50 +1579,59 @@
   <si>
     <t>Клеммник 8EDGKMA-5.0-10P-11-01A(H)</t>
   </si>
   <si>
     <t>10-00023179</t>
   </si>
   <si>
     <t>8EDGKMA-5.0-14P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKMA-5.0-14P-11-01A(H)</t>
   </si>
   <si>
     <t>UT-00101322</t>
   </si>
   <si>
     <t>8EDGKMA-5.0-16P-11-1001A(H)</t>
   </si>
   <si>
     <t>на кабель / 8EDGKMA-5.0-16P-11-1001A(H)</t>
   </si>
   <si>
     <t>UT-00096289</t>
   </si>
   <si>
+    <t>8EDGKMA-5.0-16P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 8EDGKMA-5.0-16P-11-1001Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107525</t>
+  </si>
+  <si>
     <t>8EDGKMA-5.0-24P-11-01Z(H)</t>
   </si>
   <si>
     <t>на кабель / 8EDGKMA-5.0-24P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00112229</t>
   </si>
   <si>
     <t>8EDGKMA-5.08-04P-11-1000Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKMA-5.08-04P-11-1000Z(H)</t>
   </si>
   <si>
     <t>UT-00125815</t>
   </si>
   <si>
     <t>8EDGKMA-5.08-16P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKMA-5.08-16P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00106144</t>
@@ -1762,51 +1774,51 @@
   <si>
     <t>8EDGKR-5.0-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00110344</t>
   </si>
   <si>
     <t xml:space="preserve">MC004-5.0-03P-11-00 GOLTEN, </t>
   </si>
   <si>
     <t>8EDGKR-5.0-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00111665</t>
   </si>
   <si>
     <t xml:space="preserve">MC004-5.0-04P-11-00 GOLTEN, </t>
   </si>
   <si>
-    <t>15.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>8EDGKR-5.0-05P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-05P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00110347</t>
   </si>
   <si>
     <t>8EDGKR-5.0-07P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-07P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00107982</t>
   </si>
   <si>
     <t xml:space="preserve">MC004-5.0-07P-11-00 GOLTEN, </t>
   </si>
   <si>
     <t>8EDGKR-5.0-09P-11-01A(H)</t>
   </si>
@@ -2185,53 +2197,50 @@
   <si>
     <t>Клеммник 8EDGKRMA-7.5-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00112811</t>
   </si>
   <si>
     <t>8EDGKRMA-7.5-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKRMA-7.5-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00111668</t>
   </si>
   <si>
     <t>8EDGKRMB-5.0-02P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKRMB-5.0-02P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00109882</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>8EDGKRMB-5.0-04P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKRMB-5.0-04P-11-01A(H)</t>
   </si>
   <si>
     <t>10-00023262</t>
   </si>
   <si>
     <t>8EDGKRMB-5.0-05P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKRMB-5.0-05P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGKRMB-5.0-08P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKRMB-5.0-08P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00109884</t>
   </si>
   <si>
     <t>8EDGKRMB-5.0-12P-11-01Z(H)</t>
@@ -3175,53 +3184,50 @@
   <si>
     <t>Клеммник 8EDGVC-7.5-04P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVC-7.5-09P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVC-7.5-09P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-5.0-03P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-5.0-03P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-5.0-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-5.0-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00106937</t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>8EDGVCB-5.0-06P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-5.0-06P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-5.0-16P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-5.0-16P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00106939</t>
   </si>
   <si>
     <t>8EDGVCB-7.5-02P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-7.5-02P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-7.5-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-7.5-03P-11-01Z(H)</t>
@@ -3235,75 +3241,81 @@
   <si>
     <t>Клеммник 8EDGVCB-7.5-04P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-7.5-06P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-7.5-06P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00112513</t>
   </si>
   <si>
     <t>8EDG</t>
   </si>
   <si>
     <t>DG018-5.0-02P-11-00Z(H)</t>
   </si>
   <si>
     <t>Перемычка 2P, шаг 5мм / DG018-5.0-02P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112914</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>MC003-5.0-08P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC003-5.0-08P-11-00</t>
   </si>
   <si>
     <t>UT-00142846</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGRC-5.0-08P-11-01Z(H) DEGSON, </t>
   </si>
   <si>
     <t>MC003-5.0-10P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC003-5.0-10P-11-00</t>
   </si>
   <si>
     <t>UT-00142429</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGRC-5.0-10P-11-01Z(H) DEGSON, TLCH-200R-10P-M19 Tianli, </t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
   </si>
   <si>
     <t>MC004-5.0-03P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC004-5.0-03P-11-00</t>
   </si>
   <si>
     <t>UT-00142436</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGKR-5.0-03P-11-01Z(H) DEGSON, </t>
   </si>
   <si>
     <t>MC035-5.0-08P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC035-5.0-08P-11-00</t>
   </si>
   <si>
     <t>UT-00142848</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGA-5.0-08P-11-01Z(H) DEGSON, </t>
   </si>
@@ -3873,51 +3885,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R378"/>
+  <dimension ref="A1:R379"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -4209,131 +4221,131 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="15">
         <v>500</v>
       </c>
       <c r="K11" s="15">
         <v>1.92</v>
       </c>
       <c r="L11" s="15">
         <v>1.67</v>
       </c>
       <c r="M11" s="15">
         <v>1.6</v>
       </c>
       <c r="N11" s="15">
-        <v>426</v>
+        <v>438</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J12" s="15">
         <v>190</v>
       </c>
       <c r="K12" s="15">
         <v>2.42</v>
       </c>
       <c r="L12" s="15">
         <v>2.09</v>
       </c>
       <c r="M12" s="15">
         <v>2.01</v>
       </c>
       <c r="N12" s="15">
-        <v>432</v>
+        <v>528</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>720</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>140</v>
       </c>
       <c r="K13" s="15">
         <v>2.32</v>
       </c>
       <c r="L13" s="15">
         <v>2.01</v>
       </c>
       <c r="M13" s="15">
         <v>1.94</v>
       </c>
       <c r="N13" s="15">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -4410,51 +4422,51 @@
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>575</v>
       </c>
       <c r="K16" s="15">
         <v>0.51104</v>
       </c>
       <c r="L16" s="15">
         <v>0.4429</v>
       </c>
       <c r="M16" s="15">
         <v>0.42586</v>
       </c>
       <c r="N16" s="15">
-        <v>307</v>
+        <v>291</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080035396</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -4490,51 +4502,51 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J18" s="15">
         <v>300</v>
       </c>
       <c r="K18" s="15">
         <v>1.02</v>
       </c>
       <c r="L18" s="15">
         <v>0.88149</v>
       </c>
       <c r="M18" s="15">
         <v>0.84759</v>
       </c>
       <c r="N18" s="15">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15">
         <v>1200</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15">
         <v>10080043767</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
@@ -5270,13369 +5282,13410 @@
       </c>
       <c r="E38" s="15">
         <v>10080009556</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.26403</v>
       </c>
       <c r="L38" s="15">
         <v>0.22883</v>
       </c>
       <c r="M38" s="15">
         <v>0.22003</v>
       </c>
       <c r="N38" s="15">
-        <v>1397</v>
+        <v>1460</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.25266</v>
       </c>
       <c r="L39" s="15">
         <v>0.21897</v>
       </c>
       <c r="M39" s="15">
         <v>0.21055</v>
       </c>
       <c r="N39" s="15">
-        <v>13765</v>
+        <v>14808</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E40" s="15">
         <v>10080009557</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="J40" s="15">
         <v>400</v>
       </c>
       <c r="K40" s="15">
         <v>0.31883</v>
       </c>
       <c r="L40" s="15">
         <v>0.27632</v>
       </c>
       <c r="M40" s="15">
         <v>0.26569</v>
       </c>
       <c r="N40" s="15">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.37314</v>
       </c>
       <c r="L41" s="15">
         <v>0.32339</v>
       </c>
       <c r="M41" s="15">
         <v>0.31095</v>
       </c>
       <c r="N41" s="15">
-        <v>235</v>
+        <v>201</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.704</v>
       </c>
       <c r="L42" s="15">
         <v>0.50286</v>
       </c>
       <c r="M42" s="15">
         <v>0.45257</v>
       </c>
       <c r="N42" s="15">
-        <v>3402</v>
-[...2 lines deleted...]
-      <c r="P42" s="15"/>
+        <v>2345</v>
+      </c>
+      <c r="O42" s="15">
+        <v>2268</v>
+      </c>
+      <c r="P42" s="15" t="s">
+        <v>121</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E43" s="15">
         <v>10080009554</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J43" s="15">
         <v>575</v>
       </c>
       <c r="K43" s="15">
         <v>0.61404</v>
       </c>
       <c r="L43" s="15">
         <v>0.53217</v>
       </c>
       <c r="M43" s="15">
         <v>0.5117</v>
       </c>
       <c r="N43" s="15">
-        <v>1141</v>
+        <v>1005</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E44" s="15">
         <v>10080010046</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.7848000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.68016</v>
       </c>
       <c r="M44" s="15">
         <v>0.654</v>
       </c>
       <c r="N44" s="15">
-        <v>1535</v>
+        <v>2277</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>1.27</v>
       </c>
       <c r="L45" s="15">
         <v>0.88755</v>
       </c>
       <c r="M45" s="15">
         <v>0.7988</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080009555</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>150</v>
       </c>
       <c r="K46" s="15">
         <v>0.90588</v>
       </c>
       <c r="L46" s="15">
         <v>0.7851</v>
       </c>
       <c r="M46" s="15">
         <v>0.7549</v>
       </c>
       <c r="N46" s="15">
-        <v>3038</v>
+        <v>3262</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>150</v>
       </c>
       <c r="K47" s="15">
         <v>1.01</v>
       </c>
       <c r="L47" s="15">
         <v>0.87946</v>
       </c>
       <c r="M47" s="15">
         <v>0.8456399999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>569</v>
+        <v>694</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>575</v>
       </c>
       <c r="K48" s="15">
         <v>3.02</v>
       </c>
       <c r="L48" s="15">
         <v>1.62</v>
       </c>
       <c r="M48" s="15">
         <v>1.41</v>
       </c>
       <c r="N48" s="15">
-        <v>271</v>
+        <v>358</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080009558</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>575</v>
       </c>
       <c r="K49" s="15">
         <v>1.48</v>
       </c>
       <c r="L49" s="15">
         <v>1.29</v>
       </c>
       <c r="M49" s="15">
         <v>1.24</v>
       </c>
       <c r="N49" s="15">
         <v>65</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>630</v>
       </c>
       <c r="K50" s="15">
         <v>1.41</v>
       </c>
       <c r="L50" s="15">
         <v>1.22</v>
       </c>
       <c r="M50" s="15">
         <v>1.18</v>
       </c>
       <c r="N50" s="15">
         <v>50</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>1260</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
       </c>
       <c r="K51" s="15">
         <v>0.25536</v>
       </c>
       <c r="L51" s="15">
         <v>0.22131</v>
       </c>
       <c r="M51" s="15">
         <v>0.2128</v>
       </c>
       <c r="N51" s="15">
-        <v>555</v>
+        <v>786</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>600</v>
       </c>
       <c r="K52" s="15">
         <v>0.57831</v>
       </c>
       <c r="L52" s="15">
         <v>0.5012</v>
       </c>
       <c r="M52" s="15">
         <v>0.48193</v>
       </c>
       <c r="N52" s="15">
-        <v>432</v>
+        <v>498</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E53" s="15">
         <v>10080034842</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.67983</v>
       </c>
       <c r="L53" s="15">
         <v>0.58919</v>
       </c>
       <c r="M53" s="15">
         <v>0.56653</v>
       </c>
       <c r="N53" s="15">
-        <v>592</v>
+        <v>707</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1025</v>
       </c>
       <c r="K54" s="15">
         <v>0.65063</v>
       </c>
       <c r="L54" s="15">
         <v>0.56388</v>
       </c>
       <c r="M54" s="15">
         <v>0.5421899999999999</v>
       </c>
       <c r="N54" s="15">
-        <v>992</v>
+        <v>1040</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>4100</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E55" s="15">
         <v>10000030173</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>850</v>
       </c>
       <c r="K55" s="15">
         <v>0.81782</v>
       </c>
       <c r="L55" s="15">
         <v>0.70877</v>
       </c>
       <c r="M55" s="15">
         <v>0.6815099999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>1388</v>
+        <v>1332</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>850</v>
       </c>
       <c r="K56" s="15">
         <v>0.8076</v>
       </c>
       <c r="L56" s="15">
         <v>0.69992</v>
       </c>
       <c r="M56" s="15">
         <v>0.673</v>
       </c>
       <c r="N56" s="15">
-        <v>1776</v>
+        <v>1656</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J57" s="15">
         <v>700</v>
       </c>
       <c r="K57" s="15">
         <v>0.9546</v>
       </c>
       <c r="L57" s="15">
         <v>0.8273200000000001</v>
       </c>
       <c r="M57" s="15">
         <v>0.7955</v>
       </c>
       <c r="N57" s="15">
-        <v>694</v>
+        <v>785</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J58" s="15">
         <v>650</v>
       </c>
       <c r="K58" s="15">
         <v>1.18</v>
       </c>
       <c r="L58" s="15">
         <v>1.02</v>
       </c>
       <c r="M58" s="15">
         <v>0.98305</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>550</v>
       </c>
       <c r="K59" s="15">
         <v>1.22</v>
       </c>
       <c r="L59" s="15">
         <v>1.06</v>
       </c>
       <c r="M59" s="15">
         <v>1.02</v>
       </c>
       <c r="N59" s="15">
-        <v>1482</v>
+        <v>1737</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>450</v>
       </c>
       <c r="K60" s="15">
         <v>1.63</v>
       </c>
       <c r="L60" s="15">
         <v>1.42</v>
       </c>
       <c r="M60" s="15">
         <v>1.36</v>
       </c>
       <c r="N60" s="15">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>450</v>
       </c>
       <c r="K61" s="15">
         <v>1.61</v>
       </c>
       <c r="L61" s="15">
         <v>1.4</v>
       </c>
       <c r="M61" s="15">
         <v>1.35</v>
       </c>
       <c r="N61" s="15">
-        <v>435</v>
+        <v>331</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E62" s="15">
         <v>10080053386</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>330</v>
       </c>
       <c r="K62" s="15">
         <v>3.28</v>
       </c>
       <c r="L62" s="15">
         <v>2.35</v>
       </c>
       <c r="M62" s="15">
         <v>2.04</v>
       </c>
       <c r="N62" s="15">
-        <v>885</v>
+        <v>858</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1200</v>
       </c>
       <c r="K63" s="15">
         <v>0.27179</v>
       </c>
       <c r="L63" s="15">
         <v>0.23555</v>
       </c>
       <c r="M63" s="15">
         <v>0.22649</v>
       </c>
       <c r="N63" s="15">
-        <v>578</v>
+        <v>518</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.26561</v>
       </c>
       <c r="L64" s="15">
         <v>0.23019</v>
       </c>
       <c r="M64" s="15">
         <v>0.22134</v>
       </c>
       <c r="N64" s="15">
-        <v>2640</v>
+        <v>2343</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.39149</v>
       </c>
       <c r="L65" s="15">
         <v>0.33929</v>
       </c>
       <c r="M65" s="15">
         <v>0.32624</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>300</v>
       </c>
       <c r="K66" s="15">
         <v>1.39</v>
       </c>
       <c r="L66" s="15">
         <v>1.2</v>
       </c>
       <c r="M66" s="15">
         <v>1.16</v>
       </c>
       <c r="N66" s="15">
-        <v>700</v>
+        <v>493</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E67" s="15">
         <v>10080055994</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>240</v>
       </c>
       <c r="K67" s="15">
         <v>3.56</v>
       </c>
       <c r="L67" s="15">
         <v>2.55</v>
       </c>
       <c r="M67" s="15">
         <v>2.22</v>
       </c>
       <c r="N67" s="15">
-        <v>615</v>
+        <v>720</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.28293</v>
       </c>
       <c r="L68" s="15">
         <v>0.24521</v>
       </c>
       <c r="M68" s="15">
         <v>0.23578</v>
       </c>
       <c r="N68" s="15"/>
-      <c r="O68" s="15"/>
-      <c r="P68" s="15"/>
+      <c r="O68" s="15">
+        <v>456</v>
+      </c>
+      <c r="P68" s="15" t="s">
+        <v>121</v>
+      </c>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J69" s="15">
         <v>600</v>
       </c>
       <c r="K69" s="15">
         <v>0.26382</v>
       </c>
       <c r="L69" s="15">
         <v>0.22864</v>
       </c>
       <c r="M69" s="15">
         <v>0.21985</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J70" s="15">
         <v>675</v>
       </c>
       <c r="K70" s="15">
-        <v>0.45005</v>
+        <v>0.44916</v>
       </c>
       <c r="L70" s="15">
-        <v>0.39004</v>
+        <v>0.38927</v>
       </c>
       <c r="M70" s="15">
-        <v>0.37504</v>
+        <v>0.3743</v>
       </c>
       <c r="N70" s="15">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>927</v>
+      </c>
+      <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J71" s="15">
         <v>575</v>
       </c>
       <c r="K71" s="15">
         <v>0.5412</v>
       </c>
       <c r="L71" s="15">
         <v>0.46904</v>
       </c>
       <c r="M71" s="15">
         <v>0.451</v>
       </c>
       <c r="N71" s="15">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J72" s="15">
         <v>450</v>
       </c>
       <c r="K72" s="15">
         <v>0.67599</v>
       </c>
       <c r="L72" s="15">
         <v>0.58586</v>
       </c>
       <c r="M72" s="15">
         <v>0.56333</v>
       </c>
       <c r="N72" s="15">
-        <v>759</v>
+        <v>872</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J73" s="15">
         <v>375</v>
       </c>
       <c r="K73" s="15">
         <v>2.65</v>
       </c>
       <c r="L73" s="15">
         <v>1.33</v>
       </c>
       <c r="M73" s="15">
         <v>1.21</v>
       </c>
       <c r="N73" s="15">
         <v>5</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J74" s="15">
         <v>375</v>
       </c>
       <c r="K74" s="15">
         <v>0.79322</v>
       </c>
       <c r="L74" s="15">
         <v>0.68745</v>
       </c>
       <c r="M74" s="15">
         <v>0.66101</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>0.9876</v>
       </c>
       <c r="L75" s="15">
         <v>0.85592</v>
       </c>
       <c r="M75" s="15">
         <v>0.823</v>
       </c>
       <c r="N75" s="15">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.9454399999999999</v>
       </c>
       <c r="L76" s="15">
         <v>0.81938</v>
       </c>
       <c r="M76" s="15">
         <v>0.78786</v>
       </c>
       <c r="N76" s="15">
-        <v>1131</v>
+        <v>923</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>300</v>
       </c>
       <c r="K77" s="15">
         <v>1.21</v>
       </c>
       <c r="L77" s="15">
         <v>1.05</v>
       </c>
       <c r="M77" s="15">
         <v>1.01</v>
       </c>
       <c r="N77" s="15">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E78" s="15">
         <v>10000023127</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>260</v>
       </c>
       <c r="K78" s="15">
         <v>3.43</v>
       </c>
       <c r="L78" s="15">
         <v>1.72</v>
       </c>
       <c r="M78" s="15">
         <v>1.56</v>
       </c>
       <c r="N78" s="15">
         <v>3</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>240</v>
       </c>
       <c r="K79" s="15">
         <v>1.52</v>
       </c>
       <c r="L79" s="15">
         <v>1.31</v>
       </c>
       <c r="M79" s="15">
         <v>1.26</v>
       </c>
       <c r="N79" s="15">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15">
         <v>960</v>
       </c>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
         <v>1.82</v>
       </c>
       <c r="L80" s="15">
         <v>1.58</v>
       </c>
       <c r="M80" s="15">
         <v>1.51</v>
       </c>
       <c r="N80" s="15">
-        <v>132</v>
+        <v>178</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15">
         <v>800</v>
       </c>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1</v>
       </c>
       <c r="K81" s="15">
         <v>2.53</v>
       </c>
       <c r="L81" s="15">
         <v>2.44</v>
       </c>
       <c r="M81" s="15">
         <v>2.35</v>
       </c>
       <c r="N81" s="15">
         <v>5</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1</v>
       </c>
       <c r="K82" s="15">
         <v>2.71</v>
       </c>
       <c r="L82" s="15">
         <v>2.62</v>
       </c>
       <c r="M82" s="15">
         <v>2.52</v>
       </c>
       <c r="N82" s="15">
         <v>10</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J83" s="15">
         <v>150</v>
       </c>
       <c r="K83" s="15">
         <v>1.91</v>
       </c>
       <c r="L83" s="15">
         <v>1.66</v>
       </c>
       <c r="M83" s="15">
         <v>1.59</v>
       </c>
       <c r="N83" s="15">
         <v>28</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15">
         <v>600</v>
       </c>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J84" s="15"/>
       <c r="K84" s="15">
         <v>3.24</v>
       </c>
       <c r="L84" s="15">
         <v>2.81</v>
       </c>
       <c r="M84" s="15">
         <v>2.7</v>
       </c>
       <c r="N84" s="15">
         <v>78</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>575</v>
       </c>
       <c r="K85" s="15">
         <v>1.33</v>
       </c>
       <c r="L85" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.61897</v>
       </c>
       <c r="N85" s="15">
-        <v>369</v>
+        <v>351</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>0.67508</v>
       </c>
       <c r="L86" s="15">
         <v>0.58507</v>
       </c>
       <c r="M86" s="15">
         <v>0.5625599999999999</v>
       </c>
       <c r="N86" s="15">
         <v>20</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1</v>
       </c>
       <c r="K87" s="15">
         <v>2.65</v>
       </c>
       <c r="L87" s="15">
         <v>1.33</v>
       </c>
       <c r="M87" s="15">
         <v>1.21</v>
       </c>
       <c r="N87" s="15">
         <v>1</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J88" s="15">
         <v>300</v>
       </c>
       <c r="K88" s="15">
         <v>1.18</v>
       </c>
       <c r="L88" s="15">
         <v>1.02</v>
       </c>
       <c r="M88" s="15">
         <v>0.9828</v>
       </c>
       <c r="N88" s="15">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1200</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>300</v>
       </c>
       <c r="K89" s="15">
         <v>1.2</v>
       </c>
       <c r="L89" s="15">
         <v>1.04</v>
       </c>
       <c r="M89" s="15">
         <v>0.99598</v>
       </c>
       <c r="N89" s="15">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>1.21</v>
       </c>
       <c r="L90" s="15">
         <v>1.05</v>
       </c>
       <c r="M90" s="15">
         <v>1.01</v>
       </c>
       <c r="N90" s="15">
         <v>10</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E91" s="15">
         <v>10080035414</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>240</v>
       </c>
       <c r="K91" s="15">
         <v>3.55</v>
       </c>
       <c r="L91" s="15">
         <v>1.89</v>
       </c>
       <c r="M91" s="15">
         <v>1.61</v>
       </c>
       <c r="N91" s="15">
         <v>3</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>960</v>
       </c>
       <c r="K92" s="15">
         <v>1.35</v>
       </c>
       <c r="L92" s="15">
         <v>1.17</v>
       </c>
       <c r="M92" s="15">
         <v>1.13</v>
       </c>
       <c r="N92" s="15">
         <v>10</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.2884</v>
       </c>
       <c r="L93" s="15">
         <v>0.2884</v>
       </c>
       <c r="M93" s="15">
         <v>0.2884</v>
       </c>
       <c r="N93" s="15">
         <v>1</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E94" s="15">
         <v>10080043044</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>880</v>
       </c>
       <c r="K94" s="15">
         <v>0.61605</v>
       </c>
       <c r="L94" s="15">
         <v>0.33206</v>
       </c>
       <c r="M94" s="15">
         <v>0.28838</v>
       </c>
       <c r="N94" s="15">
-        <v>725</v>
+        <v>696</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E95" s="15">
         <v>10080043045</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>650</v>
       </c>
       <c r="K95" s="15">
         <v>0.92918</v>
       </c>
       <c r="L95" s="15">
         <v>0.50085</v>
       </c>
       <c r="M95" s="15">
         <v>0.43494</v>
       </c>
       <c r="N95" s="15">
-        <v>608</v>
+        <v>699</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E96" s="15">
         <v>10080048827</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>480</v>
       </c>
       <c r="K96" s="15">
         <v>1.23</v>
       </c>
       <c r="L96" s="15">
         <v>0.66279</v>
       </c>
       <c r="M96" s="15">
         <v>0.57559</v>
       </c>
       <c r="N96" s="15">
-        <v>179</v>
+        <v>228</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E97" s="15">
         <v>10080048828</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>310</v>
       </c>
       <c r="K97" s="15">
         <v>1.6</v>
       </c>
       <c r="L97" s="15">
         <v>0.85953</v>
       </c>
       <c r="M97" s="15">
         <v>0.80223</v>
       </c>
       <c r="N97" s="15">
         <v>60</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E98" s="15">
         <v>10080027748</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>280</v>
       </c>
       <c r="K98" s="15">
         <v>1.82</v>
       </c>
       <c r="L98" s="15">
         <v>0.98097</v>
       </c>
       <c r="M98" s="15">
         <v>0.85188</v>
       </c>
       <c r="N98" s="15">
         <v>8</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E99" s="15">
         <v>10080048829</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>280</v>
       </c>
       <c r="K99" s="15">
         <v>0.73682</v>
       </c>
       <c r="L99" s="15">
         <v>0.63857</v>
       </c>
       <c r="M99" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N99" s="15">
-        <v>284</v>
+        <v>356</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E100" s="15">
         <v>10080043048</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>260</v>
       </c>
       <c r="K100" s="15">
         <v>2.84</v>
       </c>
       <c r="L100" s="15">
         <v>1.42</v>
       </c>
       <c r="M100" s="15">
         <v>1.29</v>
       </c>
       <c r="N100" s="15">
         <v>9</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E101" s="15">
         <v>10080048830</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>260</v>
       </c>
       <c r="K101" s="15">
         <v>2.25</v>
       </c>
       <c r="L101" s="15">
         <v>1.2</v>
       </c>
       <c r="M101" s="15">
         <v>1.12</v>
       </c>
       <c r="N101" s="15">
         <v>100</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E102" s="15">
         <v>10080048831</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>215</v>
       </c>
       <c r="K102" s="15">
         <v>2.53</v>
       </c>
       <c r="L102" s="15">
         <v>1.36</v>
       </c>
       <c r="M102" s="15">
         <v>1.26</v>
       </c>
       <c r="N102" s="15">
         <v>57</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E103" s="15">
         <v>10080048833</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>180</v>
       </c>
       <c r="K103" s="15">
         <v>2.89</v>
       </c>
       <c r="L103" s="15">
         <v>1.55</v>
       </c>
       <c r="M103" s="15">
         <v>1.45</v>
       </c>
       <c r="N103" s="15">
         <v>80</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E104" s="15">
         <v>10080048834</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>160</v>
       </c>
       <c r="K104" s="15">
         <v>3.21</v>
       </c>
       <c r="L104" s="15">
         <v>1.72</v>
       </c>
       <c r="M104" s="15">
         <v>1.6</v>
       </c>
       <c r="N104" s="15">
         <v>100</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>675</v>
       </c>
       <c r="K105" s="15">
         <v>0.51083</v>
       </c>
       <c r="L105" s="15">
         <v>0.44272</v>
       </c>
       <c r="M105" s="15">
         <v>0.42569</v>
       </c>
       <c r="N105" s="15">
-        <v>252</v>
+        <v>191</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E106" s="15">
         <v>10080010103</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J106" s="15">
         <v>575</v>
       </c>
       <c r="K106" s="15">
         <v>0.56526</v>
       </c>
       <c r="L106" s="15">
         <v>0.48989</v>
       </c>
       <c r="M106" s="15">
         <v>0.47105</v>
       </c>
       <c r="N106" s="15">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.59252</v>
       </c>
       <c r="L107" s="15">
         <v>0.51351</v>
       </c>
       <c r="M107" s="15">
         <v>0.49376</v>
       </c>
       <c r="N107" s="15">
         <v>2</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E108" s="15">
         <v>10080044335</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>450</v>
       </c>
       <c r="K108" s="15">
         <v>0.89538</v>
       </c>
       <c r="L108" s="15">
         <v>0.60467</v>
       </c>
       <c r="M108" s="15">
         <v>0.54653</v>
       </c>
       <c r="N108" s="15">
         <v>12</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>450</v>
       </c>
       <c r="K109" s="15">
         <v>0.69416</v>
       </c>
       <c r="L109" s="15">
         <v>0.6016</v>
       </c>
       <c r="M109" s="15">
         <v>0.57846</v>
       </c>
       <c r="N109" s="15">
         <v>100</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>1800</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>675</v>
       </c>
       <c r="K110" s="15">
         <v>0.82994</v>
       </c>
       <c r="L110" s="15">
         <v>0.71928</v>
       </c>
       <c r="M110" s="15">
         <v>0.6916099999999999</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15">
         <v>2700</v>
       </c>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>300</v>
       </c>
       <c r="K111" s="15">
         <v>1.08</v>
       </c>
       <c r="L111" s="15">
         <v>0.9391699999999999</v>
       </c>
       <c r="M111" s="15">
         <v>0.90305</v>
       </c>
       <c r="N111" s="15">
-        <v>2487</v>
+        <v>2781</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>240</v>
       </c>
       <c r="K112" s="15">
         <v>1.71</v>
       </c>
       <c r="L112" s="15">
         <v>1.48</v>
       </c>
       <c r="M112" s="15">
         <v>1.42</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>675</v>
       </c>
       <c r="K113" s="15">
         <v>0.34</v>
       </c>
       <c r="L113" s="15">
         <v>0.34</v>
       </c>
       <c r="M113" s="15">
         <v>0.34</v>
       </c>
       <c r="N113" s="15">
         <v>3</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>200</v>
       </c>
       <c r="K114" s="15">
         <v>0.35</v>
       </c>
       <c r="L114" s="15">
         <v>0.35</v>
       </c>
       <c r="M114" s="15">
         <v>0.35</v>
       </c>
       <c r="N114" s="15">
         <v>3</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>600</v>
       </c>
       <c r="K115" s="15">
         <v>2.33</v>
       </c>
       <c r="L115" s="15">
         <v>2.02</v>
       </c>
       <c r="M115" s="15">
         <v>1.94</v>
       </c>
       <c r="N115" s="15">
         <v>10</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>130</v>
       </c>
       <c r="K116" s="15">
         <v>0.371</v>
       </c>
       <c r="L116" s="15">
         <v>0.371</v>
       </c>
       <c r="M116" s="15">
         <v>0.371</v>
       </c>
       <c r="N116" s="15">
         <v>3</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>100</v>
       </c>
       <c r="K117" s="15">
         <v>0.381</v>
       </c>
       <c r="L117" s="15">
         <v>0.381</v>
       </c>
       <c r="M117" s="15">
         <v>0.381</v>
       </c>
       <c r="N117" s="15">
         <v>6</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E118" s="15">
         <v>10080044337</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>575</v>
       </c>
       <c r="K118" s="15">
         <v>0.32</v>
       </c>
       <c r="L118" s="15">
         <v>0.32</v>
       </c>
       <c r="M118" s="15">
         <v>0.32</v>
       </c>
       <c r="N118" s="15">
         <v>1</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E119" s="15">
         <v>10080044338</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>880</v>
       </c>
       <c r="K119" s="15">
         <v>0.174</v>
       </c>
       <c r="L119" s="15">
         <v>0.174</v>
       </c>
       <c r="M119" s="15">
         <v>0.174</v>
       </c>
       <c r="N119" s="15">
         <v>3</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>575</v>
       </c>
       <c r="K120" s="15">
         <v>0.41765</v>
       </c>
       <c r="L120" s="15">
         <v>0.36196</v>
       </c>
       <c r="M120" s="15">
         <v>0.34804</v>
       </c>
       <c r="N120" s="15">
-        <v>170</v>
+        <v>126</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E121" s="15">
         <v>10080010104</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>575</v>
       </c>
       <c r="K121" s="15">
         <v>1.62</v>
       </c>
       <c r="L121" s="15">
         <v>0.81057</v>
       </c>
       <c r="M121" s="15">
         <v>0.73692</v>
       </c>
       <c r="N121" s="15">
         <v>10</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>250</v>
       </c>
       <c r="K122" s="15">
         <v>0.89109</v>
       </c>
       <c r="L122" s="15">
         <v>0.77228</v>
       </c>
       <c r="M122" s="15">
         <v>0.74258</v>
       </c>
       <c r="N122" s="15">
         <v>100</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>1000</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E123" s="15">
         <v>10080010102</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>575</v>
       </c>
       <c r="K123" s="15">
         <v>1.61</v>
       </c>
       <c r="L123" s="15">
         <v>0.80643</v>
       </c>
       <c r="M123" s="15">
         <v>0.73311</v>
       </c>
       <c r="N123" s="15">
         <v>45</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E124" s="15">
         <v>10080042710</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>315</v>
       </c>
       <c r="K124" s="15">
         <v>1.83</v>
       </c>
       <c r="L124" s="15">
         <v>0.98034</v>
       </c>
       <c r="M124" s="15">
         <v>0.88232</v>
       </c>
       <c r="N124" s="15">
         <v>100</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.43205</v>
       </c>
       <c r="L125" s="15">
         <v>0.37444</v>
       </c>
       <c r="M125" s="15">
         <v>0.36004</v>
       </c>
       <c r="N125" s="15">
         <v>5</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>575</v>
       </c>
       <c r="K126" s="15">
         <v>1.61</v>
       </c>
       <c r="L126" s="15">
         <v>0.80643</v>
       </c>
       <c r="M126" s="15">
         <v>0.73311</v>
       </c>
       <c r="N126" s="15">
         <v>3</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>315</v>
       </c>
       <c r="K127" s="15">
         <v>0.7200800000000001</v>
       </c>
       <c r="L127" s="15">
         <v>0.62407</v>
       </c>
       <c r="M127" s="15">
         <v>0.60006</v>
       </c>
       <c r="N127" s="15">
         <v>5</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E128" s="15">
         <v>10080035418</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>575</v>
       </c>
       <c r="K128" s="15">
         <v>1.33</v>
       </c>
       <c r="L128" s="15">
         <v>0.70716</v>
       </c>
       <c r="M128" s="15">
         <v>0.60318</v>
       </c>
       <c r="N128" s="15">
         <v>6</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E129" s="15">
         <v>10080035417</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>350</v>
       </c>
       <c r="K129" s="15">
         <v>2</v>
       </c>
       <c r="L129" s="15">
         <v>1.06</v>
       </c>
       <c r="M129" s="15">
         <v>0.90455</v>
       </c>
       <c r="N129" s="15">
         <v>9</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>600</v>
       </c>
       <c r="K130" s="15">
         <v>0.52272</v>
       </c>
       <c r="L130" s="15">
         <v>0.45302</v>
       </c>
       <c r="M130" s="15">
         <v>0.4356</v>
       </c>
-      <c r="N130" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15">
         <v>2400</v>
       </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>975</v>
       </c>
       <c r="K131" s="15">
         <v>0.64176</v>
       </c>
       <c r="L131" s="15">
         <v>0.55619</v>
       </c>
       <c r="M131" s="15">
         <v>0.5348000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>1568</v>
+        <v>1255</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>500</v>
       </c>
       <c r="K132" s="15">
         <v>0.77805</v>
       </c>
       <c r="L132" s="15">
         <v>0.67431</v>
       </c>
       <c r="M132" s="15">
         <v>0.64838</v>
       </c>
       <c r="N132" s="15">
-        <v>168</v>
+        <v>149</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15">
         <v>2000</v>
       </c>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>975</v>
       </c>
       <c r="K133" s="15">
         <v>1</v>
       </c>
       <c r="L133" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M133" s="15">
         <v>0.83609</v>
       </c>
       <c r="N133" s="15">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>490</v>
       </c>
       <c r="K134" s="15">
         <v>1.04</v>
       </c>
       <c r="L134" s="15">
         <v>0.90177</v>
       </c>
       <c r="M134" s="15">
         <v>0.86709</v>
       </c>
       <c r="N134" s="15">
         <v>5</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>1960</v>
       </c>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>500</v>
       </c>
       <c r="K135" s="15">
         <v>1.17</v>
       </c>
       <c r="L135" s="15">
         <v>1.02</v>
       </c>
       <c r="M135" s="15">
         <v>0.9782999999999999</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>1.51</v>
       </c>
       <c r="L136" s="15">
         <v>1.31</v>
       </c>
       <c r="M136" s="15">
         <v>1.26</v>
       </c>
       <c r="N136" s="15">
         <v>100</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>140</v>
       </c>
       <c r="K137" s="15">
         <v>1.43</v>
       </c>
       <c r="L137" s="15">
         <v>1.24</v>
       </c>
       <c r="M137" s="15">
         <v>1.19</v>
       </c>
       <c r="N137" s="15">
-        <v>297</v>
+        <v>377</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E138" s="15">
         <v>10080065193</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>325</v>
       </c>
       <c r="K138" s="15">
         <v>2.03</v>
       </c>
       <c r="L138" s="15">
         <v>1.76</v>
       </c>
       <c r="M138" s="15">
         <v>1.7</v>
       </c>
       <c r="N138" s="15">
-        <v>90</v>
+        <v>44</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>230</v>
       </c>
       <c r="K139" s="15">
         <v>2.48</v>
       </c>
       <c r="L139" s="15">
         <v>2.15</v>
       </c>
       <c r="M139" s="15">
         <v>2.06</v>
       </c>
       <c r="N139" s="15">
         <v>5</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15">
         <v>920</v>
       </c>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15"/>
       <c r="K140" s="15">
         <v>0.65196</v>
       </c>
       <c r="L140" s="15">
         <v>0.56503</v>
       </c>
       <c r="M140" s="15">
         <v>0.5433</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15"/>
       <c r="K141" s="15">
         <v>2.71</v>
       </c>
       <c r="L141" s="15">
         <v>1.81</v>
       </c>
       <c r="M141" s="15">
         <v>1.64</v>
       </c>
       <c r="N141" s="15">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="J142" s="15">
         <v>400</v>
       </c>
       <c r="K142" s="15">
         <v>0.41675</v>
       </c>
       <c r="L142" s="15">
         <v>0.36118</v>
       </c>
       <c r="M142" s="15">
         <v>0.34729</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15">
         <v>1600</v>
       </c>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E143" s="15">
         <v>10080054169</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>250</v>
       </c>
       <c r="K143" s="15">
         <v>0.70524</v>
       </c>
       <c r="L143" s="15">
         <v>0.61121</v>
       </c>
       <c r="M143" s="15">
         <v>0.5877</v>
       </c>
       <c r="N143" s="15">
         <v>19</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>250</v>
       </c>
       <c r="K144" s="15">
         <v>0.75161</v>
       </c>
       <c r="L144" s="15">
         <v>0.65139</v>
       </c>
       <c r="M144" s="15">
         <v>0.62634</v>
       </c>
       <c r="N144" s="15">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J145" s="15">
         <v>975</v>
       </c>
       <c r="K145" s="15">
         <v>0.80658</v>
       </c>
       <c r="L145" s="15">
         <v>0.69904</v>
       </c>
       <c r="M145" s="15">
         <v>0.67215</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E146" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J146" s="15">
         <v>975</v>
       </c>
       <c r="K146" s="15">
         <v>0.6853399999999999</v>
       </c>
       <c r="L146" s="15">
         <v>0.59396</v>
       </c>
       <c r="M146" s="15">
         <v>0.57111</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>220</v>
       </c>
       <c r="K147" s="15">
         <v>0.75678</v>
       </c>
       <c r="L147" s="15">
         <v>0.65588</v>
       </c>
       <c r="M147" s="15">
         <v>0.63065</v>
       </c>
       <c r="N147" s="15">
-        <v>990</v>
+        <v>770</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J148" s="15">
         <v>220</v>
       </c>
       <c r="K148" s="15">
         <v>1.22</v>
       </c>
       <c r="L148" s="15">
         <v>1.05</v>
       </c>
       <c r="M148" s="15">
         <v>1.01</v>
       </c>
       <c r="N148" s="15">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15">
         <v>880</v>
       </c>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="J149" s="15">
         <v>210</v>
       </c>
       <c r="K149" s="15">
         <v>1.21</v>
       </c>
       <c r="L149" s="15">
         <v>1.05</v>
       </c>
       <c r="M149" s="15">
         <v>1.01</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>165</v>
       </c>
       <c r="K150" s="15">
         <v>1.35</v>
       </c>
       <c r="L150" s="15">
         <v>1.17</v>
       </c>
       <c r="M150" s="15">
         <v>1.13</v>
       </c>
       <c r="N150" s="15">
         <v>53</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15">
         <v>660</v>
       </c>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>140</v>
       </c>
       <c r="K151" s="15">
         <v>1.67</v>
       </c>
       <c r="L151" s="15">
         <v>1.45</v>
       </c>
       <c r="M151" s="15">
         <v>1.39</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>110</v>
       </c>
       <c r="K152" s="15">
         <v>2.36</v>
       </c>
       <c r="L152" s="15">
         <v>2.05</v>
       </c>
       <c r="M152" s="15">
         <v>1.97</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>440</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>975</v>
       </c>
       <c r="K153" s="15">
         <v>0.8054</v>
       </c>
       <c r="L153" s="15">
         <v>0.69801</v>
       </c>
       <c r="M153" s="15">
         <v>0.67116</v>
       </c>
       <c r="N153" s="15">
         <v>50</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15">
         <v>1100</v>
       </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>175</v>
       </c>
       <c r="K154" s="15">
         <v>0.76752</v>
       </c>
       <c r="L154" s="15">
         <v>0.66518</v>
       </c>
       <c r="M154" s="15">
         <v>0.6395999999999999</v>
       </c>
       <c r="N154" s="15">
         <v>2</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15">
         <v>660</v>
       </c>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>110</v>
       </c>
       <c r="K155" s="15">
         <v>2.1</v>
       </c>
       <c r="L155" s="15">
         <v>1.82</v>
       </c>
       <c r="M155" s="15">
         <v>1.75</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15">
         <v>440</v>
       </c>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>90</v>
       </c>
       <c r="K156" s="15">
         <v>2.8</v>
       </c>
       <c r="L156" s="15">
         <v>2.42</v>
       </c>
       <c r="M156" s="15">
         <v>2.33</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15">
         <v>360</v>
       </c>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>65</v>
       </c>
       <c r="K157" s="15">
         <v>3.32</v>
       </c>
       <c r="L157" s="15">
         <v>2.88</v>
       </c>
       <c r="M157" s="15">
         <v>2.77</v>
       </c>
       <c r="N157" s="15">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15">
         <v>260</v>
       </c>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.44213</v>
       </c>
       <c r="L158" s="15">
         <v>0.38318</v>
       </c>
       <c r="M158" s="15">
         <v>0.36844</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J159" s="15">
         <v>280</v>
       </c>
       <c r="K159" s="15">
         <v>1.38</v>
       </c>
       <c r="L159" s="15">
         <v>0.91957</v>
       </c>
       <c r="M159" s="15">
         <v>0.83477</v>
       </c>
       <c r="N159" s="15">
-        <v>444</v>
+        <v>364</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E160" s="15">
         <v>10080010097</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>975</v>
       </c>
       <c r="K160" s="15">
         <v>1.77</v>
       </c>
       <c r="L160" s="15">
         <v>0.95382</v>
       </c>
       <c r="M160" s="15">
         <v>0.82833</v>
       </c>
       <c r="N160" s="15">
         <v>7</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>0.73727</v>
       </c>
       <c r="L161" s="15">
         <v>0.63896</v>
       </c>
       <c r="M161" s="15">
         <v>0.61439</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E162" s="15">
         <v>10080034187</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>165</v>
       </c>
       <c r="K162" s="15">
         <v>2.57</v>
       </c>
       <c r="L162" s="15">
         <v>1.38</v>
       </c>
       <c r="M162" s="15">
         <v>1.24</v>
       </c>
       <c r="N162" s="15">
-        <v>753</v>
+        <v>1064</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>165</v>
       </c>
       <c r="K163" s="15">
         <v>1.04</v>
       </c>
       <c r="L163" s="15">
         <v>0.90403</v>
       </c>
       <c r="M163" s="15">
         <v>0.86926</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15">
         <v>660</v>
       </c>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15">
         <v>400</v>
       </c>
       <c r="K164" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="L164" s="15">
         <v>0.46677</v>
       </c>
       <c r="M164" s="15">
         <v>0.44881</v>
       </c>
       <c r="N164" s="15">
         <v>60</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15">
         <v>3200</v>
       </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15"/>
       <c r="K165" s="15">
         <v>0.80918</v>
       </c>
       <c r="L165" s="15">
         <v>0.70129</v>
       </c>
       <c r="M165" s="15">
         <v>0.67431</v>
       </c>
       <c r="N165" s="15">
-        <v>366</v>
+        <v>438</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15"/>
       <c r="K166" s="15">
         <v>1.41</v>
       </c>
       <c r="L166" s="15">
         <v>1.22</v>
       </c>
       <c r="M166" s="15">
         <v>1.17</v>
       </c>
       <c r="N166" s="15">
         <v>15</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
         <v>0.72135</v>
       </c>
       <c r="L167" s="15">
         <v>0.62517</v>
       </c>
       <c r="M167" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N167" s="15">
-        <v>450</v>
+        <v>320</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>400</v>
       </c>
       <c r="K168" s="15">
         <v>0.32</v>
       </c>
       <c r="L168" s="15">
         <v>0.32</v>
       </c>
       <c r="M168" s="15">
         <v>0.32</v>
       </c>
       <c r="N168" s="15">
         <v>4</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>575</v>
       </c>
       <c r="K169" s="15">
         <v>0.77247</v>
       </c>
       <c r="L169" s="15">
         <v>0.66947</v>
       </c>
       <c r="M169" s="15">
         <v>0.64373</v>
       </c>
       <c r="N169" s="15">
-        <v>1222</v>
+        <v>1195</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>575</v>
       </c>
       <c r="K170" s="15">
         <v>0.73988</v>
       </c>
       <c r="L170" s="15">
         <v>0.64123</v>
       </c>
       <c r="M170" s="15">
         <v>0.61656</v>
       </c>
       <c r="N170" s="15">
         <v>100</v>
       </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E171" s="15">
         <v>10080042708</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>350</v>
       </c>
       <c r="K171" s="15">
         <v>0.78956</v>
       </c>
       <c r="L171" s="15">
         <v>0.68428</v>
       </c>
       <c r="M171" s="15">
         <v>0.65796</v>
       </c>
       <c r="N171" s="15">
         <v>3</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>350</v>
       </c>
       <c r="K172" s="15">
         <v>0.75605</v>
       </c>
       <c r="L172" s="15">
         <v>0.65524</v>
       </c>
       <c r="M172" s="15">
         <v>0.63004</v>
       </c>
       <c r="N172" s="15">
         <v>80</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E173" s="15">
         <v>10080044384</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>175</v>
       </c>
       <c r="K173" s="15">
         <v>0.623</v>
       </c>
       <c r="L173" s="15">
         <v>0.623</v>
       </c>
       <c r="M173" s="15">
         <v>0.623</v>
       </c>
       <c r="N173" s="15">
         <v>2</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>225</v>
       </c>
       <c r="K174" s="15">
         <v>1.24</v>
       </c>
       <c r="L174" s="15">
         <v>1.07</v>
       </c>
       <c r="M174" s="15">
         <v>1.03</v>
       </c>
       <c r="N174" s="15">
-        <v>691</v>
+        <v>567</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15">
         <v>900</v>
       </c>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>180</v>
       </c>
       <c r="K175" s="15">
         <v>1.32</v>
       </c>
       <c r="L175" s="15">
         <v>1.32</v>
       </c>
       <c r="M175" s="15">
         <v>1.32</v>
       </c>
       <c r="N175" s="15">
         <v>4</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>125</v>
       </c>
       <c r="K176" s="15">
         <v>2.26</v>
       </c>
       <c r="L176" s="15">
         <v>1.96</v>
       </c>
       <c r="M176" s="15">
         <v>1.88</v>
       </c>
       <c r="N176" s="15">
         <v>10</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15">
         <v>500</v>
       </c>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E177" s="15" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15"/>
       <c r="K177" s="15">
         <v>2.78</v>
       </c>
       <c r="L177" s="15">
         <v>2.41</v>
       </c>
       <c r="M177" s="15">
         <v>2.32</v>
       </c>
       <c r="N177" s="15">
         <v>2</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E178" s="15" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="K178" s="15">
-        <v>3.86</v>
+        <v>2.8</v>
       </c>
       <c r="L178" s="15">
-        <v>3.34</v>
+        <v>2.43</v>
       </c>
       <c r="M178" s="15">
-        <v>3.22</v>
+        <v>2.33</v>
       </c>
       <c r="N178" s="15">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15">
-        <v>280</v>
+        <v>480</v>
       </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
-        <v>255</v>
+        <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
-        <v>350</v>
+        <v>70</v>
       </c>
       <c r="K179" s="15">
-        <v>0.63222</v>
+        <v>3.86</v>
       </c>
       <c r="L179" s="15">
-        <v>0.54792</v>
+        <v>3.34</v>
       </c>
       <c r="M179" s="15">
-        <v>0.52685</v>
-[...1 lines deleted...]
-      <c r="N179" s="15"/>
+        <v>3.22</v>
+      </c>
+      <c r="N179" s="15">
+        <v>123</v>
+      </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15">
-        <v>1400</v>
+        <v>280</v>
       </c>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E180" s="15" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I180" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I180" s="15"/>
       <c r="J180" s="15">
-        <v>120</v>
+        <v>350</v>
       </c>
       <c r="K180" s="15">
-        <v>2.67</v>
+        <v>0.63222</v>
       </c>
       <c r="L180" s="15">
-        <v>2.31</v>
+        <v>0.54792</v>
       </c>
       <c r="M180" s="15">
-        <v>2.22</v>
+        <v>0.52685</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15">
-        <v>480</v>
+        <v>1400</v>
       </c>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
-        <v>82</v>
+        <v>256</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>530</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>531</v>
       </c>
-      <c r="E181" s="15">
-        <v>10080044385</v>
+      <c r="E181" s="15" t="s">
+        <v>532</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I181" s="15"/>
-      <c r="J181" s="15"/>
+      <c r="I181" s="15" t="s">
+        <v>533</v>
+      </c>
+      <c r="J181" s="15">
+        <v>120</v>
+      </c>
       <c r="K181" s="15">
-        <v>0.286</v>
+        <v>2.67</v>
       </c>
       <c r="L181" s="15">
-        <v>0.286</v>
+        <v>2.31</v>
       </c>
       <c r="M181" s="15">
-        <v>0.286</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.22</v>
+      </c>
+      <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
-      <c r="Q181" s="15"/>
+      <c r="Q181" s="15">
+        <v>480</v>
+      </c>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E182" s="15">
-        <v>10080010094</v>
+        <v>10080044385</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15"/>
-      <c r="J182" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J182" s="15"/>
       <c r="K182" s="15">
-        <v>2.02</v>
+        <v>0.286</v>
       </c>
       <c r="L182" s="15">
-        <v>1.01</v>
+        <v>0.286</v>
       </c>
       <c r="M182" s="15">
-        <v>0.91636</v>
+        <v>0.286</v>
       </c>
       <c r="N182" s="15">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>537</v>
+      </c>
+      <c r="E183" s="15">
+        <v>10080010094</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
-      <c r="J183" s="15"/>
+      <c r="J183" s="15">
+        <v>250</v>
+      </c>
       <c r="K183" s="15">
-        <v>0.10497</v>
+        <v>2.02</v>
       </c>
       <c r="L183" s="15">
-        <v>0.09097</v>
+        <v>1.01</v>
       </c>
       <c r="M183" s="15">
-        <v>0.08748</v>
+        <v>0.91636</v>
       </c>
       <c r="N183" s="15">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>10080044339</v>
+        <v>539</v>
+      </c>
+      <c r="E184" s="15" t="s">
+        <v>540</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15"/>
-      <c r="J184" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J184" s="15"/>
       <c r="K184" s="15">
-        <v>0.624</v>
+        <v>0.10497</v>
       </c>
       <c r="L184" s="15">
-        <v>0.624</v>
+        <v>0.09097</v>
       </c>
       <c r="M184" s="15">
-        <v>0.624</v>
+        <v>0.08748</v>
       </c>
       <c r="N184" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>542</v>
+      </c>
+      <c r="E185" s="15">
+        <v>10080044339</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
-        <v>205</v>
+        <v>150</v>
       </c>
       <c r="K185" s="15">
-        <v>1.48</v>
+        <v>0.624</v>
       </c>
       <c r="L185" s="15">
-        <v>1.28</v>
+        <v>0.624</v>
       </c>
       <c r="M185" s="15">
-        <v>1.23</v>
-[...1 lines deleted...]
-      <c r="N185" s="15"/>
+        <v>0.624</v>
+      </c>
+      <c r="N185" s="15">
+        <v>1</v>
+      </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
-      <c r="Q185" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>205</v>
       </c>
       <c r="K186" s="15">
-        <v>1.37</v>
+        <v>1.48</v>
       </c>
       <c r="L186" s="15">
-        <v>1.19</v>
+        <v>1.28</v>
       </c>
       <c r="M186" s="15">
-        <v>1.14</v>
+        <v>1.23</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15">
         <v>820</v>
       </c>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
-        <v>82</v>
+        <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>10080010106</v>
+        <v>547</v>
+      </c>
+      <c r="E187" s="15" t="s">
+        <v>548</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
-        <v>575</v>
+        <v>205</v>
       </c>
       <c r="K187" s="15">
-        <v>2.01</v>
+        <v>1.37</v>
       </c>
       <c r="L187" s="15">
-        <v>1</v>
+        <v>1.19</v>
       </c>
       <c r="M187" s="15">
-        <v>0.91232</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.14</v>
+      </c>
+      <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
-      <c r="Q187" s="15"/>
+      <c r="Q187" s="15">
+        <v>820</v>
+      </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="E188" s="15">
-        <v>10080044340</v>
+        <v>10080010106</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
-        <v>1000</v>
+        <v>575</v>
       </c>
       <c r="K188" s="15">
-        <v>0.169</v>
+        <v>2.01</v>
       </c>
       <c r="L188" s="15">
-        <v>0.169</v>
+        <v>1</v>
       </c>
       <c r="M188" s="15">
-        <v>0.169</v>
+        <v>0.91232</v>
       </c>
       <c r="N188" s="15">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="E189" s="15">
-        <v>10080010047</v>
+        <v>10080044340</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I189" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I189" s="15"/>
       <c r="J189" s="15">
-        <v>575</v>
+        <v>1000</v>
       </c>
       <c r="K189" s="15">
-        <v>1.51</v>
+        <v>0.169</v>
       </c>
       <c r="L189" s="15">
-        <v>0.80865</v>
+        <v>0.169</v>
       </c>
       <c r="M189" s="15">
-        <v>0.72777</v>
+        <v>0.169</v>
       </c>
       <c r="N189" s="15">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>553</v>
-[...1 lines deleted...]
-      <c r="E190" s="15" t="s">
         <v>554</v>
+      </c>
+      <c r="E190" s="15">
+        <v>10080010047</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I190" s="15"/>
+      <c r="I190" s="15" t="s">
+        <v>555</v>
+      </c>
       <c r="J190" s="15">
         <v>575</v>
       </c>
       <c r="K190" s="15">
-        <v>2.47</v>
+        <v>1.51</v>
       </c>
       <c r="L190" s="15">
-        <v>1.23</v>
+        <v>0.80865</v>
       </c>
       <c r="M190" s="15">
-        <v>1.12</v>
+        <v>0.72777</v>
       </c>
       <c r="N190" s="15">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E191" s="15" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
-        <v>800</v>
+        <v>575</v>
       </c>
       <c r="K191" s="15">
-        <v>0.28068</v>
+        <v>2.47</v>
       </c>
       <c r="L191" s="15">
-        <v>0.24326</v>
+        <v>1.23</v>
       </c>
       <c r="M191" s="15">
-        <v>0.2339</v>
-[...1 lines deleted...]
-      <c r="N191" s="15"/>
+        <v>1.12</v>
+      </c>
+      <c r="N191" s="15">
+        <v>7</v>
+      </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E192" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
-        <v>600</v>
+        <v>800</v>
       </c>
       <c r="K192" s="15">
-        <v>0.41661</v>
+        <v>0.28068</v>
       </c>
       <c r="L192" s="15">
-        <v>0.36106</v>
+        <v>0.24326</v>
       </c>
       <c r="M192" s="15">
-        <v>0.34718</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.2339</v>
+      </c>
+      <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
-      <c r="Q192" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>10080044341</v>
+        <v>563</v>
+      </c>
+      <c r="E193" s="15" t="s">
+        <v>564</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>600</v>
       </c>
       <c r="K193" s="15">
-        <v>0.58313</v>
+        <v>0.41661</v>
       </c>
       <c r="L193" s="15">
-        <v>0.5053800000000001</v>
+        <v>0.36106</v>
       </c>
       <c r="M193" s="15">
-        <v>0.48594</v>
+        <v>0.34718</v>
       </c>
       <c r="N193" s="15">
-        <v>10</v>
+        <v>435</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
-      <c r="Q193" s="15"/>
+      <c r="Q193" s="15">
+        <v>2400</v>
+      </c>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>565</v>
+        <v>566</v>
+      </c>
+      <c r="E194" s="15">
+        <v>10080044341</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>600</v>
       </c>
       <c r="K194" s="15">
-        <v>0.55857</v>
+        <v>0.58313</v>
       </c>
       <c r="L194" s="15">
-        <v>0.48409</v>
+        <v>0.5053800000000001</v>
       </c>
       <c r="M194" s="15">
-        <v>0.46548</v>
-[...1 lines deleted...]
-      <c r="N194" s="15"/>
+        <v>0.48594</v>
+      </c>
+      <c r="N194" s="15">
+        <v>10</v>
+      </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>600</v>
       </c>
       <c r="K195" s="15">
-        <v>0.69987</v>
+        <v>0.55857</v>
       </c>
       <c r="L195" s="15">
-        <v>0.60655</v>
+        <v>0.48409</v>
       </c>
       <c r="M195" s="15">
-        <v>0.58323</v>
+        <v>0.46548</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
-      <c r="Q195" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E196" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
-      <c r="J196" s="15"/>
+      <c r="J196" s="15">
+        <v>600</v>
+      </c>
       <c r="K196" s="15">
-        <v>1.74</v>
+        <v>0.69987</v>
       </c>
       <c r="L196" s="15">
-        <v>1.51</v>
+        <v>0.60655</v>
       </c>
       <c r="M196" s="15">
-        <v>1.45</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.58323</v>
+      </c>
+      <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
-      <c r="Q196" s="15"/>
+      <c r="Q196" s="15">
+        <v>2400</v>
+      </c>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-        <v>10080043053</v>
+        <v>574</v>
+      </c>
+      <c r="E197" s="15" t="s">
+        <v>575</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15"/>
-      <c r="J197" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J197" s="15"/>
       <c r="K197" s="15">
-        <v>0.28227</v>
+        <v>1.74</v>
       </c>
       <c r="L197" s="15">
-        <v>0.24463</v>
+        <v>1.51</v>
       </c>
       <c r="M197" s="15">
-        <v>0.23523</v>
+        <v>1.45</v>
       </c>
       <c r="N197" s="15">
-        <v>95</v>
+        <v>435</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>577</v>
+      </c>
+      <c r="E198" s="15">
+        <v>10080043053</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I198" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I198" s="15"/>
       <c r="J198" s="15">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="K198" s="15">
-        <v>0.43172</v>
+        <v>0.28227</v>
       </c>
       <c r="L198" s="15">
-        <v>0.37415</v>
+        <v>0.24463</v>
       </c>
       <c r="M198" s="15">
-        <v>0.35976</v>
+        <v>0.23523</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>578</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>579</v>
       </c>
       <c r="E199" s="15" t="s">
         <v>580</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
         <v>581</v>
       </c>
       <c r="J199" s="15">
-        <v>975</v>
+        <v>400</v>
       </c>
       <c r="K199" s="15">
-        <v>0.5766</v>
+        <v>0.43172</v>
       </c>
       <c r="L199" s="15">
-        <v>0.49972</v>
+        <v>0.37415</v>
       </c>
       <c r="M199" s="15">
-        <v>0.4805</v>
+        <v>0.35976</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
-      <c r="P199" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>583</v>
       </c>
-      <c r="D200" s="15" t="s">
+      <c r="E200" s="15" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I200" s="15"/>
+      <c r="I200" s="15" t="s">
+        <v>585</v>
+      </c>
       <c r="J200" s="15">
-        <v>400</v>
+        <v>975</v>
       </c>
       <c r="K200" s="15">
-        <v>0.67089</v>
+        <v>0.5766</v>
       </c>
       <c r="L200" s="15">
-        <v>0.58144</v>
+        <v>0.49972</v>
       </c>
       <c r="M200" s="15">
-        <v>0.55908</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.4805</v>
+      </c>
+      <c r="N200" s="15"/>
       <c r="O200" s="15"/>
-      <c r="P200" s="15"/>
+      <c r="P200" s="15" t="s">
+        <v>586</v>
+      </c>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I201" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I201" s="15"/>
       <c r="J201" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K201" s="15">
-        <v>1.01</v>
+        <v>0.67089</v>
       </c>
       <c r="L201" s="15">
-        <v>0.87532</v>
+        <v>0.58144</v>
       </c>
       <c r="M201" s="15">
-        <v>0.84165</v>
-[...1 lines deleted...]
-      <c r="N201" s="15"/>
+        <v>0.55908</v>
+      </c>
+      <c r="N201" s="15">
+        <v>1491</v>
+      </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>590</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>591</v>
       </c>
       <c r="E202" s="15" t="s">
         <v>592</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15" t="s">
         <v>593</v>
       </c>
-      <c r="J202" s="15"/>
+      <c r="J202" s="15">
+        <v>300</v>
+      </c>
       <c r="K202" s="15">
-        <v>1.53</v>
+        <v>1.01</v>
       </c>
       <c r="L202" s="15">
-        <v>1.33</v>
+        <v>0.87532</v>
       </c>
       <c r="M202" s="15">
-        <v>1.28</v>
+        <v>0.84165</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>594</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>595</v>
       </c>
       <c r="E203" s="15" t="s">
         <v>596</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I203" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I203" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="J203" s="15"/>
       <c r="K203" s="15">
-        <v>1.73</v>
+        <v>1.53</v>
       </c>
       <c r="L203" s="15">
-        <v>1.5</v>
+        <v>1.33</v>
       </c>
       <c r="M203" s="15">
-        <v>1.44</v>
+        <v>1.28</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
-      <c r="Q203" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
-        <v>255</v>
+        <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>10080043713</v>
+        <v>599</v>
+      </c>
+      <c r="E204" s="15" t="s">
+        <v>600</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
-        <v>600</v>
+        <v>195</v>
       </c>
       <c r="K204" s="15">
-        <v>0.60637</v>
+        <v>1.73</v>
       </c>
       <c r="L204" s="15">
-        <v>0.32684</v>
+        <v>1.5</v>
       </c>
       <c r="M204" s="15">
-        <v>0.28383</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.44</v>
+      </c>
+      <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
-      <c r="Q204" s="15"/>
+      <c r="Q204" s="15">
+        <v>780</v>
+      </c>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E205" s="15">
-        <v>10080043714</v>
+        <v>10080043713</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
-        <v>400</v>
+        <v>600</v>
       </c>
       <c r="K205" s="15">
-        <v>0.90957</v>
+        <v>0.60637</v>
       </c>
       <c r="L205" s="15">
-        <v>0.49027</v>
+        <v>0.32684</v>
       </c>
       <c r="M205" s="15">
-        <v>0.42576</v>
+        <v>0.28383</v>
       </c>
       <c r="N205" s="15">
-        <v>329</v>
+        <v>498</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E206" s="15">
-        <v>10080043715</v>
+        <v>10080043714</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
-        <v>535</v>
+        <v>400</v>
       </c>
       <c r="K206" s="15">
-        <v>1.21</v>
+        <v>0.90957</v>
       </c>
       <c r="L206" s="15">
-        <v>0.65371</v>
+        <v>0.49027</v>
       </c>
       <c r="M206" s="15">
-        <v>0.56769</v>
+        <v>0.42576</v>
       </c>
       <c r="N206" s="15">
-        <v>293</v>
+        <v>422</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E207" s="15">
-        <v>10080043716</v>
+        <v>10080043715</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
-        <v>400</v>
+        <v>535</v>
       </c>
       <c r="K207" s="15">
-        <v>1.52</v>
+        <v>1.21</v>
       </c>
       <c r="L207" s="15">
-        <v>0.81713</v>
+        <v>0.65371</v>
       </c>
       <c r="M207" s="15">
-        <v>0.7095900000000001</v>
+        <v>0.56769</v>
       </c>
       <c r="N207" s="15">
-        <v>134</v>
+        <v>272</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
-        <v>82</v>
+        <v>256</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="E208" s="15">
-        <v>10080027749</v>
+        <v>10080043716</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>400</v>
       </c>
       <c r="K208" s="15">
-        <v>0.64216</v>
+        <v>1.52</v>
       </c>
       <c r="L208" s="15">
-        <v>0.34612</v>
+        <v>0.81713</v>
       </c>
       <c r="M208" s="15">
-        <v>0.3006</v>
+        <v>0.7095900000000001</v>
       </c>
       <c r="N208" s="15">
-        <v>188</v>
+        <v>117</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>609</v>
+        <v>610</v>
+      </c>
+      <c r="E209" s="15">
+        <v>10080027749</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>400</v>
       </c>
       <c r="K209" s="15">
-        <v>0.30513</v>
+        <v>0.64216</v>
       </c>
       <c r="L209" s="15">
-        <v>0.26445</v>
+        <v>0.34612</v>
       </c>
       <c r="M209" s="15">
-        <v>0.25428</v>
+        <v>0.3006</v>
       </c>
       <c r="N209" s="15">
-        <v>100</v>
+        <v>273</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>10080063899</v>
+        <v>612</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>613</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="K210" s="15">
-        <v>0.96999</v>
+        <v>0.30513</v>
       </c>
       <c r="L210" s="15">
-        <v>0.52283</v>
+        <v>0.26445</v>
       </c>
       <c r="M210" s="15">
-        <v>0.45403</v>
+        <v>0.25428</v>
       </c>
       <c r="N210" s="15">
-        <v>520</v>
+        <v>100</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E211" s="15">
-        <v>10080010099</v>
+        <v>10080063899</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
-        <v>975</v>
+        <v>450</v>
       </c>
       <c r="K211" s="15">
-        <v>1.6</v>
+        <v>0.96999</v>
       </c>
       <c r="L211" s="15">
-        <v>0.86366</v>
+        <v>0.52283</v>
       </c>
       <c r="M211" s="15">
-        <v>0.75002</v>
+        <v>0.45403</v>
       </c>
       <c r="N211" s="15">
-        <v>152</v>
+        <v>478</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>617</v>
+      </c>
+      <c r="E212" s="15">
+        <v>10080010099</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
-        <v>280</v>
+        <v>975</v>
       </c>
       <c r="K212" s="15">
-        <v>0.78461</v>
+        <v>1.6</v>
       </c>
       <c r="L212" s="15">
-        <v>0.67999</v>
+        <v>0.86366</v>
       </c>
       <c r="M212" s="15">
-        <v>0.65384</v>
+        <v>0.75002</v>
       </c>
       <c r="N212" s="15">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
-      <c r="Q212" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
-        <v>175</v>
+        <v>280</v>
       </c>
       <c r="K213" s="15">
-        <v>0.9464399999999999</v>
+        <v>0.78461</v>
       </c>
       <c r="L213" s="15">
-        <v>0.82025</v>
+        <v>0.67999</v>
       </c>
       <c r="M213" s="15">
-        <v>0.7887</v>
+        <v>0.65384</v>
       </c>
       <c r="N213" s="15">
-        <v>113</v>
+        <v>90</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15">
-        <v>700</v>
+        <v>1120</v>
       </c>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E214" s="15" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
-        <v>198</v>
+        <v>175</v>
       </c>
       <c r="K214" s="15">
-        <v>1.13</v>
+        <v>0.9464399999999999</v>
       </c>
       <c r="L214" s="15">
-        <v>0.98002</v>
+        <v>0.82025</v>
       </c>
       <c r="M214" s="15">
-        <v>0.94233</v>
+        <v>0.7887</v>
       </c>
       <c r="N214" s="15">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15">
-        <v>780</v>
+        <v>700</v>
       </c>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
-        <v>225</v>
+        <v>198</v>
       </c>
       <c r="K215" s="15">
-        <v>1.25</v>
+        <v>1.13</v>
       </c>
       <c r="L215" s="15">
-        <v>1.08</v>
+        <v>0.98002</v>
       </c>
       <c r="M215" s="15">
-        <v>1.04</v>
+        <v>0.94233</v>
       </c>
       <c r="N215" s="15">
         <v>122</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15">
-        <v>900</v>
+        <v>780</v>
       </c>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I216" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I216" s="15"/>
       <c r="J216" s="15">
-        <v>685</v>
+        <v>225</v>
       </c>
       <c r="K216" s="15">
-        <v>0.43394</v>
+        <v>1.25</v>
       </c>
       <c r="L216" s="15">
-        <v>0.37608</v>
+        <v>1.08</v>
       </c>
       <c r="M216" s="15">
-        <v>0.36161</v>
+        <v>1.04</v>
       </c>
       <c r="N216" s="15">
-        <v>202</v>
+        <v>107</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
-      <c r="Q216" s="15"/>
+      <c r="Q216" s="15">
+        <v>900</v>
+      </c>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>630</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>631</v>
       </c>
-      <c r="E217" s="15">
-        <v>10080027750</v>
+      <c r="E217" s="15" t="s">
+        <v>632</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I217" s="15"/>
+      <c r="I217" s="15" t="s">
+        <v>633</v>
+      </c>
       <c r="J217" s="15">
-        <v>375</v>
+        <v>685</v>
       </c>
       <c r="K217" s="15">
-        <v>0.7052</v>
+        <v>0.43394</v>
       </c>
       <c r="L217" s="15">
-        <v>0.61117</v>
+        <v>0.37608</v>
       </c>
       <c r="M217" s="15">
-        <v>0.58766</v>
+        <v>0.36161</v>
       </c>
       <c r="N217" s="15">
-        <v>94</v>
+        <v>163</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>634</v>
+        <v>635</v>
+      </c>
+      <c r="E218" s="15">
+        <v>10080027750</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I218" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I218" s="15"/>
       <c r="J218" s="15">
-        <v>240</v>
+        <v>375</v>
       </c>
       <c r="K218" s="15">
-        <v>1.29</v>
+        <v>0.7052</v>
       </c>
       <c r="L218" s="15">
-        <v>1.12</v>
+        <v>0.61117</v>
       </c>
       <c r="M218" s="15">
-        <v>1.08</v>
+        <v>0.58766</v>
       </c>
       <c r="N218" s="15">
-        <v>257</v>
+        <v>55</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
-      <c r="Q218" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>636</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>637</v>
       </c>
       <c r="E219" s="15" t="s">
         <v>638</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
         <v>639</v>
       </c>
       <c r="J219" s="15">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="K219" s="15">
-        <v>1.62</v>
+        <v>1.29</v>
       </c>
       <c r="L219" s="15">
-        <v>1.4</v>
+        <v>1.12</v>
       </c>
       <c r="M219" s="15">
-        <v>1.35</v>
+        <v>1.08</v>
       </c>
       <c r="N219" s="15">
-        <v>478</v>
+        <v>183</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
-        <v>800</v>
+        <v>960</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>640</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>641</v>
       </c>
       <c r="E220" s="15" t="s">
         <v>642</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
         <v>643</v>
       </c>
       <c r="J220" s="15">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="K220" s="15">
-        <v>1.72</v>
+        <v>1.62</v>
       </c>
       <c r="L220" s="15">
-        <v>1.49</v>
+        <v>1.4</v>
       </c>
       <c r="M220" s="15">
-        <v>1.43</v>
-[...1 lines deleted...]
-      <c r="N220" s="15"/>
+        <v>1.35</v>
+      </c>
+      <c r="N220" s="15">
+        <v>519</v>
+      </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
-      <c r="Q220" s="15"/>
+      <c r="Q220" s="15">
+        <v>800</v>
+      </c>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>644</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>645</v>
       </c>
       <c r="E221" s="15" t="s">
         <v>646</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I221" s="15"/>
+      <c r="I221" s="15" t="s">
+        <v>647</v>
+      </c>
       <c r="J221" s="15">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="K221" s="15">
-        <v>2.3</v>
+        <v>1.72</v>
       </c>
       <c r="L221" s="15">
-        <v>2</v>
+        <v>1.49</v>
       </c>
       <c r="M221" s="15">
-        <v>1.92</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.43</v>
+      </c>
+      <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
-      <c r="Q221" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
-        <v>50</v>
+        <v>110</v>
       </c>
       <c r="K222" s="15">
-        <v>0.7668199999999999</v>
+        <v>2.3</v>
       </c>
       <c r="L222" s="15">
-        <v>0.66457</v>
+        <v>2</v>
       </c>
       <c r="M222" s="15">
-        <v>0.63901</v>
+        <v>1.92</v>
       </c>
       <c r="N222" s="15">
-        <v>437</v>
+        <v>100</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15">
-        <v>400</v>
+        <v>440</v>
       </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E223" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
-        <v>480</v>
+        <v>50</v>
       </c>
       <c r="K223" s="15">
-        <v>0.9215</v>
+        <v>0.7668199999999999</v>
       </c>
       <c r="L223" s="15">
-        <v>0.79863</v>
+        <v>0.66457</v>
       </c>
       <c r="M223" s="15">
-        <v>0.76791</v>
+        <v>0.63901</v>
       </c>
       <c r="N223" s="15">
-        <v>691</v>
+        <v>497</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
-      <c r="Q223" s="15"/>
+      <c r="Q223" s="15">
+        <v>400</v>
+      </c>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E224" s="15" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
-        <v>380</v>
+        <v>480</v>
       </c>
       <c r="K224" s="15">
-        <v>1.22</v>
+        <v>0.9215</v>
       </c>
       <c r="L224" s="15">
-        <v>1.06</v>
+        <v>0.79863</v>
       </c>
       <c r="M224" s="15">
-        <v>1.02</v>
-[...1 lines deleted...]
-      <c r="N224" s="15"/>
+        <v>0.76791</v>
+      </c>
+      <c r="N224" s="15">
+        <v>849</v>
+      </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
-      <c r="Q224" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E225" s="15" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
-        <v>360</v>
+        <v>380</v>
       </c>
       <c r="K225" s="15">
-        <v>1.38</v>
+        <v>1.22</v>
       </c>
       <c r="L225" s="15">
-        <v>1.2</v>
+        <v>1.06</v>
       </c>
       <c r="M225" s="15">
-        <v>1.15</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.02</v>
+      </c>
+      <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15">
-        <v>1440</v>
+        <v>1520</v>
       </c>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E226" s="15" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
-        <v>315</v>
+        <v>360</v>
       </c>
       <c r="K226" s="15">
-        <v>1.69</v>
+        <v>1.38</v>
       </c>
       <c r="L226" s="15">
-        <v>1.47</v>
+        <v>1.2</v>
       </c>
       <c r="M226" s="15">
-        <v>1.41</v>
+        <v>1.15</v>
       </c>
       <c r="N226" s="15">
-        <v>1480</v>
+        <v>171</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
-      <c r="Q226" s="15"/>
+      <c r="Q226" s="15">
+        <v>1440</v>
+      </c>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
-        <v>260</v>
+        <v>315</v>
       </c>
       <c r="K227" s="15">
-        <v>2</v>
+        <v>1.69</v>
       </c>
       <c r="L227" s="15">
-        <v>1.73</v>
+        <v>1.47</v>
       </c>
       <c r="M227" s="15">
-        <v>1.67</v>
+        <v>1.41</v>
       </c>
       <c r="N227" s="15">
-        <v>5</v>
+        <v>697</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
-      <c r="Q227" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E228" s="15" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
-        <v>190</v>
+        <v>260</v>
       </c>
       <c r="K228" s="15">
-        <v>2.95</v>
+        <v>2</v>
       </c>
       <c r="L228" s="15">
-        <v>2.56</v>
+        <v>1.73</v>
       </c>
       <c r="M228" s="15">
-        <v>2.46</v>
+        <v>1.67</v>
       </c>
       <c r="N228" s="15">
         <v>5</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15">
-        <v>760</v>
+        <v>1040</v>
       </c>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
-        <v>26</v>
+        <v>144</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="E229" s="15" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I229" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I229" s="15"/>
       <c r="J229" s="15">
-        <v>300</v>
+        <v>190</v>
       </c>
       <c r="K229" s="15">
-        <v>0.40335</v>
+        <v>2.95</v>
       </c>
       <c r="L229" s="15">
-        <v>0.34957</v>
+        <v>2.56</v>
       </c>
       <c r="M229" s="15">
-        <v>0.33613</v>
-[...1 lines deleted...]
-      <c r="N229" s="15"/>
+        <v>2.46</v>
+      </c>
+      <c r="N229" s="15">
+        <v>5</v>
+      </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
-      <c r="Q229" s="15"/>
+      <c r="Q229" s="15">
+        <v>760</v>
+      </c>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
         <v>672</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>673</v>
       </c>
       <c r="E230" s="15" t="s">
         <v>674</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
         <v>675</v>
       </c>
       <c r="J230" s="15">
-        <v>355</v>
+        <v>300</v>
       </c>
       <c r="K230" s="15">
-        <v>0.5337</v>
+        <v>0.40335</v>
       </c>
       <c r="L230" s="15">
-        <v>0.46254</v>
+        <v>0.34957</v>
       </c>
       <c r="M230" s="15">
-        <v>0.44475</v>
+        <v>0.33613</v>
       </c>
       <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>676</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>677</v>
       </c>
-      <c r="E231" s="15">
-        <v>10080010100</v>
+      <c r="E231" s="15" t="s">
+        <v>678</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I231" s="15"/>
+      <c r="I231" s="15" t="s">
+        <v>679</v>
+      </c>
       <c r="J231" s="15">
-        <v>305</v>
+        <v>355</v>
       </c>
       <c r="K231" s="15">
-        <v>0.78539</v>
+        <v>0.5337</v>
       </c>
       <c r="L231" s="15">
-        <v>0.68067</v>
+        <v>0.46254</v>
       </c>
       <c r="M231" s="15">
-        <v>0.65449</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44475</v>
+      </c>
+      <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-        <v>680</v>
+        <v>681</v>
+      </c>
+      <c r="E232" s="15">
+        <v>10080010100</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
-        <v>260</v>
+        <v>305</v>
       </c>
       <c r="K232" s="15">
-        <v>0.99191</v>
+        <v>0.78539</v>
       </c>
       <c r="L232" s="15">
-        <v>0.85965</v>
+        <v>0.68067</v>
       </c>
       <c r="M232" s="15">
-        <v>0.82659</v>
+        <v>0.65449</v>
       </c>
       <c r="N232" s="15">
-        <v>146</v>
+        <v>11458</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E233" s="15" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>260</v>
       </c>
       <c r="K233" s="15">
-        <v>0.94992</v>
+        <v>0.99191</v>
       </c>
       <c r="L233" s="15">
-        <v>0.82326</v>
+        <v>0.85965</v>
       </c>
       <c r="M233" s="15">
-        <v>0.7916</v>
+        <v>0.82659</v>
       </c>
       <c r="N233" s="15">
-        <v>86</v>
+        <v>146</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I234" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I234" s="15"/>
       <c r="J234" s="15">
-        <v>210</v>
+        <v>260</v>
       </c>
       <c r="K234" s="15">
-        <v>1.26</v>
+        <v>0.94992</v>
       </c>
       <c r="L234" s="15">
-        <v>1.09</v>
+        <v>0.82326</v>
       </c>
       <c r="M234" s="15">
-        <v>1.05</v>
-[...1 lines deleted...]
-      <c r="N234" s="15"/>
+        <v>0.7916</v>
+      </c>
+      <c r="N234" s="15">
+        <v>99</v>
+      </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>688</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>689</v>
       </c>
       <c r="E235" s="15" t="s">
         <v>690</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I235" s="15"/>
+      <c r="I235" s="15" t="s">
+        <v>691</v>
+      </c>
       <c r="J235" s="15">
-        <v>160</v>
+        <v>210</v>
       </c>
       <c r="K235" s="15">
-        <v>1.74</v>
+        <v>1.26</v>
       </c>
       <c r="L235" s="15">
-        <v>1.51</v>
+        <v>1.09</v>
       </c>
       <c r="M235" s="15">
-        <v>1.45</v>
+        <v>1.05</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="E236" s="15" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
-        <v>85</v>
+        <v>160</v>
       </c>
       <c r="K236" s="15">
-        <v>3.33</v>
+        <v>1.74</v>
       </c>
       <c r="L236" s="15">
-        <v>2.88</v>
+        <v>1.51</v>
       </c>
       <c r="M236" s="15">
-        <v>2.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.45</v>
+      </c>
+      <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
-      <c r="Q236" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
-        <v>255</v>
+        <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E237" s="15" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="15"/>
-      <c r="J237" s="15"/>
+      <c r="J237" s="15">
+        <v>85</v>
+      </c>
       <c r="K237" s="15">
-        <v>0.47597</v>
+        <v>3.33</v>
       </c>
       <c r="L237" s="15">
-        <v>0.4125</v>
+        <v>2.88</v>
       </c>
       <c r="M237" s="15">
-        <v>0.39664</v>
-[...1 lines deleted...]
-      <c r="N237" s="15"/>
+        <v>2.77</v>
+      </c>
+      <c r="N237" s="15">
+        <v>48</v>
+      </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
-      <c r="Q237" s="15"/>
+      <c r="Q237" s="15">
+        <v>340</v>
+      </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E238" s="15" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15"/>
       <c r="K238" s="15">
-        <v>0.63456</v>
+        <v>0.47597</v>
       </c>
       <c r="L238" s="15">
-        <v>0.54995</v>
+        <v>0.4125</v>
       </c>
       <c r="M238" s="15">
-        <v>0.5288</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.39664</v>
+      </c>
+      <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
-      <c r="J239" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J239" s="15"/>
       <c r="K239" s="15">
-        <v>2.48</v>
+        <v>0.63456</v>
       </c>
       <c r="L239" s="15">
-        <v>2.15</v>
+        <v>0.54995</v>
       </c>
       <c r="M239" s="15">
-        <v>2.06</v>
-[...1 lines deleted...]
-      <c r="N239" s="15"/>
+        <v>0.5288</v>
+      </c>
+      <c r="N239" s="15">
+        <v>20</v>
+      </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
-      <c r="Q239" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="E240" s="15" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="K240" s="15">
-        <v>3.25</v>
+        <v>2.48</v>
       </c>
       <c r="L240" s="15">
-        <v>2.82</v>
+        <v>2.15</v>
       </c>
       <c r="M240" s="15">
-        <v>2.71</v>
+        <v>2.06</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15">
-        <v>340</v>
+        <v>440</v>
       </c>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="E241" s="15" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
-      <c r="J241" s="15"/>
+      <c r="J241" s="15">
+        <v>85</v>
+      </c>
       <c r="K241" s="15">
-        <v>3.26</v>
+        <v>3.25</v>
       </c>
       <c r="L241" s="15">
-        <v>2.53</v>
+        <v>2.82</v>
       </c>
       <c r="M241" s="15">
-        <v>2.42</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.71</v>
+      </c>
+      <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
-      <c r="Q241" s="15"/>
+      <c r="Q241" s="15">
+        <v>340</v>
+      </c>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E242" s="15" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
-      <c r="J242" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J242" s="15"/>
       <c r="K242" s="15">
-        <v>3.9</v>
+        <v>3.26</v>
       </c>
       <c r="L242" s="15">
-        <v>3.38</v>
+        <v>2.53</v>
       </c>
       <c r="M242" s="15">
-        <v>3.25</v>
-[...1 lines deleted...]
-      <c r="N242" s="15"/>
+        <v>2.42</v>
+      </c>
+      <c r="N242" s="15">
+        <v>8</v>
+      </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
-      <c r="Q242" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
-        <v>82</v>
+        <v>256</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>10080044386</v>
+        <v>714</v>
+      </c>
+      <c r="E243" s="15" t="s">
+        <v>715</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
-        <v>450</v>
+        <v>65</v>
       </c>
       <c r="K243" s="15">
-        <v>0.253</v>
+        <v>3.9</v>
       </c>
       <c r="L243" s="15">
-        <v>0.253</v>
+        <v>3.38</v>
       </c>
       <c r="M243" s="15">
-        <v>0.253</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.25</v>
+      </c>
+      <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
-      <c r="Q243" s="15"/>
+      <c r="Q243" s="15">
+        <v>260</v>
+      </c>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>716</v>
+        <v>717</v>
+      </c>
+      <c r="E244" s="15">
+        <v>10080044386</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
-        <v>355</v>
+        <v>450</v>
       </c>
       <c r="K244" s="15">
-        <v>0.66632</v>
+        <v>0.253</v>
       </c>
       <c r="L244" s="15">
-        <v>0.57747</v>
+        <v>0.253</v>
       </c>
       <c r="M244" s="15">
-        <v>0.55526</v>
+        <v>0.253</v>
       </c>
       <c r="N244" s="15">
-        <v>102</v>
+        <v>1</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
-      <c r="Q244" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="E245" s="15" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
-        <v>575</v>
+        <v>355</v>
       </c>
       <c r="K245" s="15">
-        <v>0.83313</v>
+        <v>0.66632</v>
       </c>
       <c r="L245" s="15">
-        <v>0.72205</v>
+        <v>0.57747</v>
       </c>
       <c r="M245" s="15">
-        <v>0.69428</v>
+        <v>0.55526</v>
       </c>
       <c r="N245" s="15">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
-      <c r="Q245" s="15"/>
+      <c r="Q245" s="15">
+        <v>1420</v>
+      </c>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="E246" s="15" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15"/>
-      <c r="J246" s="15"/>
+      <c r="J246" s="15">
+        <v>575</v>
+      </c>
       <c r="K246" s="15">
-        <v>0.5014999999999999</v>
+        <v>0.83313</v>
       </c>
       <c r="L246" s="15">
-        <v>0.43463</v>
+        <v>0.72205</v>
       </c>
       <c r="M246" s="15">
-        <v>0.41791</v>
-[...1 lines deleted...]
-      <c r="N246" s="15"/>
+        <v>0.69428</v>
+      </c>
+      <c r="N246" s="15">
+        <v>41</v>
+      </c>
       <c r="O246" s="15"/>
-      <c r="P246" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>724</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>725</v>
       </c>
       <c r="E247" s="15" t="s">
         <v>726</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15"/>
       <c r="K247" s="15">
-        <v>0.90095</v>
+        <v>0.5014999999999999</v>
       </c>
       <c r="L247" s="15">
-        <v>0.78082</v>
+        <v>0.43463</v>
       </c>
       <c r="M247" s="15">
-        <v>0.75079</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.41791</v>
+      </c>
+      <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>727</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>728</v>
       </c>
-      <c r="E248" s="15">
-        <v>10080042709</v>
+      <c r="E248" s="15" t="s">
+        <v>729</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
-      <c r="J248" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J248" s="15"/>
       <c r="K248" s="15">
-        <v>2.33</v>
+        <v>0.90095</v>
       </c>
       <c r="L248" s="15">
-        <v>1.25</v>
+        <v>0.78082</v>
       </c>
       <c r="M248" s="15">
-        <v>1.12</v>
+        <v>0.75079</v>
       </c>
       <c r="N248" s="15">
-        <v>263</v>
+        <v>2</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>730</v>
-[...1 lines deleted...]
-      <c r="E249" s="15" t="s">
         <v>731</v>
+      </c>
+      <c r="E249" s="15">
+        <v>10080042709</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
-        <v>185</v>
+        <v>260</v>
       </c>
       <c r="K249" s="15">
-        <v>1.46</v>
+        <v>2.33</v>
       </c>
       <c r="L249" s="15">
-        <v>1.27</v>
+        <v>1.25</v>
       </c>
       <c r="M249" s="15">
-        <v>1.22</v>
+        <v>1.12</v>
       </c>
       <c r="N249" s="15">
-        <v>2277</v>
+        <v>308</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>732</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>733</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>734</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="15"/>
-      <c r="J250" s="15"/>
+      <c r="J250" s="15">
+        <v>185</v>
+      </c>
       <c r="K250" s="15">
-        <v>3.1</v>
+        <v>1.46</v>
       </c>
       <c r="L250" s="15">
-        <v>2.6</v>
+        <v>1.27</v>
       </c>
       <c r="M250" s="15">
-        <v>2.5</v>
-[...1 lines deleted...]
-      <c r="N250" s="15"/>
+        <v>1.22</v>
+      </c>
+      <c r="N250" s="15">
+        <v>1989</v>
+      </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C251" s="15" t="s">
         <v>735</v>
       </c>
-      <c r="C251" s="15" t="s">
+      <c r="D251" s="15" t="s">
         <v>736</v>
       </c>
-      <c r="D251" s="15" t="s">
+      <c r="E251" s="15" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080011186</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
-      <c r="J251" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J251" s="15"/>
       <c r="K251" s="15">
-        <v>0.046</v>
+        <v>3.1</v>
       </c>
       <c r="L251" s="15">
-        <v>0.046</v>
+        <v>2.6</v>
       </c>
       <c r="M251" s="15">
-        <v>0.046</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.5</v>
+      </c>
+      <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="E252" s="15" t="s">
         <v>740</v>
+      </c>
+      <c r="E252" s="15">
+        <v>10080011186</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K252" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.046</v>
       </c>
       <c r="L252" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.046</v>
       </c>
       <c r="M252" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.046</v>
       </c>
       <c r="N252" s="15">
-        <v>10014</v>
+        <v>19616</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C253" s="15" t="s">
         <v>741</v>
       </c>
       <c r="D253" s="15" t="s">
         <v>742</v>
       </c>
-      <c r="E253" s="15">
-        <v>10080009550</v>
+      <c r="E253" s="15" t="s">
+        <v>743</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K253" s="15">
-        <v>0.092</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="L253" s="15">
-        <v>0.092</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="M253" s="15">
-        <v>0.092</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="N253" s="15">
-        <v>44836</v>
+        <v>9267</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E254" s="15">
-        <v>10080009551</v>
+        <v>10080009550</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K254" s="15">
-        <v>0.16661</v>
+        <v>0.092</v>
       </c>
       <c r="L254" s="15">
-        <v>0.14439</v>
+        <v>0.092</v>
       </c>
       <c r="M254" s="15">
-        <v>0.13884</v>
+        <v>0.092</v>
       </c>
       <c r="N254" s="15">
-        <v>19079</v>
+        <v>43828</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>746</v>
-[...1 lines deleted...]
-      <c r="E255" s="15" t="s">
         <v>747</v>
+      </c>
+      <c r="E255" s="15">
+        <v>10080009551</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>1200</v>
       </c>
       <c r="K255" s="15">
-        <v>0.17718</v>
+        <v>0.16661</v>
       </c>
       <c r="L255" s="15">
-        <v>0.15356</v>
+        <v>0.14439</v>
       </c>
       <c r="M255" s="15">
-        <v>0.14765</v>
+        <v>0.13884</v>
       </c>
       <c r="N255" s="15">
-        <v>90</v>
+        <v>14702</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C256" s="15" t="s">
         <v>748</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>749</v>
       </c>
-      <c r="E256" s="15">
-        <v>10080015898</v>
+      <c r="E256" s="15" t="s">
+        <v>750</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>1200</v>
       </c>
       <c r="K256" s="15">
-        <v>0.29931</v>
+        <v>0.17718</v>
       </c>
       <c r="L256" s="15">
-        <v>0.24943</v>
+        <v>0.15356</v>
       </c>
       <c r="M256" s="15">
-        <v>0.23946</v>
+        <v>0.14765</v>
       </c>
       <c r="N256" s="15">
-        <v>22</v>
+        <v>90</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E257" s="15">
-        <v>10080009552</v>
+        <v>10080015898</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15"/>
       <c r="J257" s="15">
-        <v>200</v>
+        <v>1200</v>
       </c>
       <c r="K257" s="15">
-        <v>0.24696</v>
+        <v>0.29931</v>
       </c>
       <c r="L257" s="15">
-        <v>0.21403</v>
+        <v>0.24943</v>
       </c>
       <c r="M257" s="15">
-        <v>0.2058</v>
+        <v>0.23946</v>
       </c>
       <c r="N257" s="15">
-        <v>4823</v>
+        <v>22</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="E258" s="15" t="s">
         <v>754</v>
+      </c>
+      <c r="E258" s="15">
+        <v>10080009552</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15"/>
-      <c r="J258" s="15"/>
+      <c r="J258" s="15">
+        <v>200</v>
+      </c>
       <c r="K258" s="15">
-        <v>0.75673</v>
+        <v>0.24696</v>
       </c>
       <c r="L258" s="15">
-        <v>0.44121</v>
+        <v>0.21403</v>
       </c>
       <c r="M258" s="15">
-        <v>0.35108</v>
+        <v>0.2058</v>
       </c>
       <c r="N258" s="15">
-        <v>796</v>
+        <v>5200</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>755</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>756</v>
       </c>
-      <c r="E259" s="15">
-        <v>10080026974</v>
+      <c r="E259" s="15" t="s">
+        <v>757</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15"/>
-      <c r="J259" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J259" s="15"/>
       <c r="K259" s="15">
-        <v>0.37191</v>
+        <v>0.75673</v>
       </c>
       <c r="L259" s="15">
-        <v>0.32232</v>
+        <v>0.44121</v>
       </c>
       <c r="M259" s="15">
-        <v>0.30993</v>
+        <v>0.35108</v>
       </c>
       <c r="N259" s="15">
-        <v>75</v>
+        <v>679</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="E260" s="15" t="s">
         <v>759</v>
+      </c>
+      <c r="E260" s="15">
+        <v>10080026974</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
-        <v>600</v>
+        <v>50</v>
       </c>
       <c r="K260" s="15">
-        <v>0.3561</v>
+        <v>0.37191</v>
       </c>
       <c r="L260" s="15">
-        <v>0.30862</v>
+        <v>0.32232</v>
       </c>
       <c r="M260" s="15">
-        <v>0.29675</v>
+        <v>0.30993</v>
       </c>
       <c r="N260" s="15">
-        <v>832</v>
+        <v>75</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
-      <c r="Q260" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
+        <v>738</v>
+      </c>
+      <c r="C261" s="15" t="s">
         <v>760</v>
       </c>
-      <c r="C261" s="15" t="s">
+      <c r="D261" s="15" t="s">
         <v>761</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>762</v>
-      </c>
-[...1 lines deleted...]
-        <v>763</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="K261" s="15">
-        <v>0.07395</v>
+        <v>0.3561</v>
       </c>
       <c r="L261" s="15">
-        <v>0.06408999999999999</v>
+        <v>0.30862</v>
       </c>
       <c r="M261" s="15">
-        <v>0.06163</v>
+        <v>0.29675</v>
       </c>
       <c r="N261" s="15">
-        <v>625</v>
+        <v>780</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
-      <c r="Q261" s="15"/>
+      <c r="Q261" s="15">
+        <v>2400</v>
+      </c>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>764</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>765</v>
       </c>
       <c r="E262" s="15" t="s">
         <v>766</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>3000</v>
       </c>
       <c r="K262" s="15">
-        <v>0.07587000000000001</v>
+        <v>0.07395</v>
       </c>
       <c r="L262" s="15">
-        <v>0.06575</v>
+        <v>0.06408999999999999</v>
       </c>
       <c r="M262" s="15">
-        <v>0.06322999999999999</v>
+        <v>0.06163</v>
       </c>
       <c r="N262" s="15">
-        <v>6710</v>
+        <v>507</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>767</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>768</v>
       </c>
-      <c r="E263" s="15">
-        <v>10080037716</v>
+      <c r="E263" s="15" t="s">
+        <v>769</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
-        <v>1200</v>
+        <v>3000</v>
       </c>
       <c r="K263" s="15">
-        <v>0.09585</v>
+        <v>0.07587000000000001</v>
       </c>
       <c r="L263" s="15">
-        <v>0.08307</v>
+        <v>0.06575</v>
       </c>
       <c r="M263" s="15">
-        <v>0.07988000000000001</v>
+        <v>0.06322999999999999</v>
       </c>
       <c r="N263" s="15">
-        <v>721</v>
+        <v>9460</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>770</v>
-[...1 lines deleted...]
-      <c r="E264" s="15" t="s">
         <v>771</v>
+      </c>
+      <c r="E264" s="15">
+        <v>10080037716</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
         <v>1200</v>
       </c>
       <c r="K264" s="15">
-        <v>0.09455</v>
+        <v>0.09585</v>
       </c>
       <c r="L264" s="15">
-        <v>0.08194</v>
+        <v>0.08307</v>
       </c>
       <c r="M264" s="15">
-        <v>0.07879</v>
+        <v>0.07988000000000001</v>
       </c>
       <c r="N264" s="15">
-        <v>810</v>
+        <v>655</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C265" s="15" t="s">
         <v>772</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>773</v>
       </c>
-      <c r="E265" s="15">
-        <v>10080010170</v>
+      <c r="E265" s="15" t="s">
+        <v>774</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
-        <v>1600</v>
+        <v>1200</v>
       </c>
       <c r="K265" s="15">
-        <v>0.18809</v>
+        <v>0.09455</v>
       </c>
       <c r="L265" s="15">
-        <v>0.16301</v>
+        <v>0.08194</v>
       </c>
       <c r="M265" s="15">
-        <v>0.15674</v>
+        <v>0.07879</v>
       </c>
       <c r="N265" s="15">
-        <v>492</v>
+        <v>780</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="E266" s="15" t="s">
         <v>776</v>
+      </c>
+      <c r="E266" s="15">
+        <v>10080010170</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
       <c r="J266" s="15">
         <v>1600</v>
       </c>
       <c r="K266" s="15">
-        <v>0.12713</v>
+        <v>0.18809</v>
       </c>
       <c r="L266" s="15">
-        <v>0.11018</v>
+        <v>0.16301</v>
       </c>
       <c r="M266" s="15">
-        <v>0.10594</v>
-[...1 lines deleted...]
-      <c r="N266" s="15"/>
+        <v>0.15674</v>
+      </c>
+      <c r="N266" s="15">
+        <v>438</v>
+      </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>777</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>778</v>
       </c>
-      <c r="E267" s="15">
-        <v>10080044389</v>
+      <c r="E267" s="15" t="s">
+        <v>779</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="K267" s="15">
-        <v>0.16421</v>
+        <v>0.12713</v>
       </c>
       <c r="L267" s="15">
-        <v>0.14231</v>
+        <v>0.11018</v>
       </c>
       <c r="M267" s="15">
-        <v>0.13684</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10594</v>
+      </c>
+      <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="E268" s="15">
-        <v>10080055439</v>
+        <v>10080044389</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
-        <v>150</v>
+        <v>1200</v>
       </c>
       <c r="K268" s="15">
-        <v>0.18876</v>
+        <v>0.16421</v>
       </c>
       <c r="L268" s="15">
-        <v>0.16359</v>
+        <v>0.14231</v>
       </c>
       <c r="M268" s="15">
-        <v>0.1573</v>
+        <v>0.13684</v>
       </c>
       <c r="N268" s="15">
-        <v>2483</v>
+        <v>317</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="E269" s="15" t="s">
         <v>783</v>
+      </c>
+      <c r="E269" s="15">
+        <v>10080055439</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>150</v>
       </c>
       <c r="K269" s="15">
-        <v>0.18626</v>
+        <v>0.18876</v>
       </c>
       <c r="L269" s="15">
-        <v>0.16142</v>
+        <v>0.16359</v>
       </c>
       <c r="M269" s="15">
-        <v>0.15521</v>
+        <v>0.1573</v>
       </c>
       <c r="N269" s="15">
-        <v>2075</v>
+        <v>2630</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C270" s="15" t="s">
         <v>784</v>
       </c>
       <c r="D270" s="15" t="s">
         <v>785</v>
       </c>
       <c r="E270" s="15" t="s">
         <v>786</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K270" s="15">
-        <v>0.231</v>
+        <v>0.18626</v>
       </c>
       <c r="L270" s="15">
-        <v>0.2002</v>
+        <v>0.16142</v>
       </c>
       <c r="M270" s="15">
-        <v>0.1925</v>
+        <v>0.15521</v>
       </c>
       <c r="N270" s="15">
-        <v>163</v>
+        <v>2175</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
-      <c r="Q270" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>787</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>788</v>
       </c>
-      <c r="E271" s="15">
-        <v>10080037717</v>
+      <c r="E271" s="15" t="s">
+        <v>789</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
-        <v>1490</v>
+        <v>100</v>
       </c>
       <c r="K271" s="15">
-        <v>0.24906</v>
+        <v>0.231</v>
       </c>
       <c r="L271" s="15">
-        <v>0.21585</v>
+        <v>0.2002</v>
       </c>
       <c r="M271" s="15">
-        <v>0.20755</v>
+        <v>0.1925</v>
       </c>
       <c r="N271" s="15">
-        <v>664</v>
+        <v>198</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
-      <c r="Q271" s="15"/>
+      <c r="Q271" s="15">
+        <v>3200</v>
+      </c>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>790</v>
-[...1 lines deleted...]
-      <c r="E272" s="15" t="s">
         <v>791</v>
+      </c>
+      <c r="E272" s="15">
+        <v>10080037717</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
-        <v>1370</v>
+        <v>1490</v>
       </c>
       <c r="K272" s="15">
-        <v>0.29741</v>
+        <v>0.24906</v>
       </c>
       <c r="L272" s="15">
-        <v>0.25775</v>
+        <v>0.21585</v>
       </c>
       <c r="M272" s="15">
-        <v>0.24784</v>
+        <v>0.20755</v>
       </c>
       <c r="N272" s="15">
-        <v>1125</v>
+        <v>757</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
-      <c r="Q272" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>792</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>793</v>
       </c>
-      <c r="E273" s="15">
-        <v>10080065194</v>
+      <c r="E273" s="15" t="s">
+        <v>794</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
-        <v>1260</v>
+        <v>1370</v>
       </c>
       <c r="K273" s="15">
-        <v>0.41862</v>
+        <v>0.29741</v>
       </c>
       <c r="L273" s="15">
-        <v>0.34885</v>
+        <v>0.25775</v>
       </c>
       <c r="M273" s="15">
-        <v>0.33489</v>
+        <v>0.24784</v>
       </c>
       <c r="N273" s="15">
-        <v>2</v>
+        <v>1285</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
-      <c r="Q273" s="15"/>
+      <c r="Q273" s="15">
+        <v>5480</v>
+      </c>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="E274" s="15" t="s">
         <v>796</v>
+      </c>
+      <c r="E274" s="15">
+        <v>10080065194</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>1260</v>
       </c>
       <c r="K274" s="15">
-        <v>0.31395</v>
+        <v>0.41862</v>
       </c>
       <c r="L274" s="15">
-        <v>0.27209</v>
+        <v>0.34885</v>
       </c>
       <c r="M274" s="15">
-        <v>0.26163</v>
+        <v>0.33489</v>
       </c>
       <c r="N274" s="15">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
-      <c r="Q274" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>797</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>798</v>
       </c>
-      <c r="E275" s="15">
-        <v>10080065195</v>
+      <c r="E275" s="15" t="s">
+        <v>799</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
-        <v>1040</v>
+        <v>1260</v>
       </c>
       <c r="K275" s="15">
-        <v>0.39372</v>
+        <v>0.31395</v>
       </c>
       <c r="L275" s="15">
-        <v>0.34122</v>
+        <v>0.27209</v>
       </c>
       <c r="M275" s="15">
-        <v>0.3281</v>
+        <v>0.26163</v>
       </c>
       <c r="N275" s="15">
-        <v>321</v>
+        <v>48</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
-      <c r="Q275" s="15"/>
+      <c r="Q275" s="15">
+        <v>5040</v>
+      </c>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>800</v>
-[...1 lines deleted...]
-      <c r="E276" s="15" t="s">
         <v>801</v>
+      </c>
+      <c r="E276" s="15">
+        <v>10080065195</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>1040</v>
       </c>
       <c r="K276" s="15">
-        <v>0.38885</v>
+        <v>0.39372</v>
       </c>
       <c r="L276" s="15">
-        <v>0.337</v>
+        <v>0.34122</v>
       </c>
       <c r="M276" s="15">
-        <v>0.32404</v>
+        <v>0.3281</v>
       </c>
       <c r="N276" s="15">
-        <v>350</v>
+        <v>325</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>802</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>803</v>
       </c>
-      <c r="E277" s="15">
-        <v>10080034460</v>
+      <c r="E277" s="15" t="s">
+        <v>804</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
-        <v>780</v>
+        <v>1040</v>
       </c>
       <c r="K277" s="15">
-        <v>0.42269</v>
+        <v>0.38885</v>
       </c>
       <c r="L277" s="15">
-        <v>0.36633</v>
+        <v>0.337</v>
       </c>
       <c r="M277" s="15">
-        <v>0.35224</v>
+        <v>0.32404</v>
       </c>
       <c r="N277" s="15">
-        <v>100</v>
+        <v>395</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
-        <v>804</v>
+        <v>763</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>805</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>806</v>
       </c>
-      <c r="E278" s="15" t="s">
-        <v>807</v>
+      <c r="E278" s="15">
+        <v>10080034460</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
-        <v>3000</v>
+        <v>780</v>
       </c>
       <c r="K278" s="15">
-        <v>0.06144</v>
+        <v>0.42269</v>
       </c>
       <c r="L278" s="15">
-        <v>0.05325</v>
+        <v>0.36633</v>
       </c>
       <c r="M278" s="15">
-        <v>0.0512</v>
+        <v>0.35224</v>
       </c>
       <c r="N278" s="15">
-        <v>221</v>
+        <v>100</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>808</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>809</v>
       </c>
       <c r="E279" s="15" t="s">
         <v>810</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>3000</v>
       </c>
       <c r="K279" s="15">
-        <v>0.06618</v>
+        <v>0.06144</v>
       </c>
       <c r="L279" s="15">
-        <v>0.05736</v>
+        <v>0.05325</v>
       </c>
       <c r="M279" s="15">
-        <v>0.05515</v>
+        <v>0.0512</v>
       </c>
       <c r="N279" s="15">
-        <v>620</v>
+        <v>183</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>811</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>812</v>
       </c>
       <c r="E280" s="15" t="s">
         <v>813</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>3000</v>
       </c>
       <c r="K280" s="15">
-        <v>0.06534</v>
+        <v>0.06618</v>
       </c>
       <c r="L280" s="15">
-        <v>0.05663</v>
+        <v>0.05736</v>
       </c>
       <c r="M280" s="15">
-        <v>0.05445</v>
+        <v>0.05515</v>
       </c>
       <c r="N280" s="15">
-        <v>1920</v>
+        <v>750</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
-      <c r="Q280" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
-        <v>49</v>
+        <v>807</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>814</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>815</v>
       </c>
       <c r="E281" s="15" t="s">
         <v>816</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>1800</v>
+        <v>3000</v>
       </c>
       <c r="K281" s="15">
-        <v>0.07742</v>
+        <v>0.06534</v>
       </c>
       <c r="L281" s="15">
-        <v>0.06709</v>
+        <v>0.05663</v>
       </c>
       <c r="M281" s="15">
-        <v>0.06451</v>
+        <v>0.05445</v>
       </c>
       <c r="N281" s="15">
-        <v>923</v>
+        <v>2550</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
-      <c r="Q281" s="15"/>
+      <c r="Q281" s="15">
+        <v>12000</v>
+      </c>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C282" s="15" t="s">
         <v>817</v>
       </c>
       <c r="D282" s="15" t="s">
         <v>818</v>
       </c>
       <c r="E282" s="15" t="s">
         <v>819</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>200</v>
+        <v>1800</v>
       </c>
       <c r="K282" s="15">
-        <v>0.11889</v>
+        <v>0.07742</v>
       </c>
       <c r="L282" s="15">
-        <v>0.10304</v>
+        <v>0.06709</v>
       </c>
       <c r="M282" s="15">
-        <v>0.09908</v>
+        <v>0.06451</v>
       </c>
       <c r="N282" s="15">
-        <v>630</v>
+        <v>1062</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C283" s="15" t="s">
         <v>820</v>
       </c>
       <c r="D283" s="15" t="s">
         <v>821</v>
       </c>
       <c r="E283" s="15" t="s">
         <v>822</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K283" s="15">
-        <v>0.18782</v>
+        <v>0.11889</v>
       </c>
       <c r="L283" s="15">
-        <v>0.16277</v>
+        <v>0.10304</v>
       </c>
       <c r="M283" s="15">
-        <v>0.15651</v>
-[...1 lines deleted...]
-      <c r="N283" s="15"/>
+        <v>0.09908</v>
+      </c>
+      <c r="N283" s="15">
+        <v>480</v>
+      </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C284" s="15" t="s">
         <v>823</v>
       </c>
       <c r="D284" s="15" t="s">
         <v>824</v>
       </c>
       <c r="E284" s="15" t="s">
         <v>825</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K284" s="15">
-        <v>0.19736</v>
+        <v>0.18782</v>
       </c>
       <c r="L284" s="15">
-        <v>0.17104</v>
+        <v>0.16277</v>
       </c>
       <c r="M284" s="15">
-        <v>0.16446</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15651</v>
+      </c>
+      <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C285" s="15" t="s">
         <v>826</v>
       </c>
       <c r="D285" s="15" t="s">
         <v>827</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>828</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K285" s="15">
-        <v>0.23541</v>
+        <v>0.19736</v>
       </c>
       <c r="L285" s="15">
-        <v>0.20402</v>
+        <v>0.17104</v>
       </c>
       <c r="M285" s="15">
-        <v>0.19618</v>
+        <v>0.16446</v>
       </c>
       <c r="N285" s="15">
-        <v>246</v>
+        <v>912</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>829</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>830</v>
       </c>
       <c r="E286" s="15" t="s">
         <v>831</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I286" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I286" s="15"/>
       <c r="J286" s="15">
-        <v>1040</v>
+        <v>500</v>
       </c>
       <c r="K286" s="15">
-        <v>0.31461</v>
+        <v>0.23541</v>
       </c>
       <c r="L286" s="15">
-        <v>0.27266</v>
+        <v>0.20402</v>
       </c>
       <c r="M286" s="15">
-        <v>0.26218</v>
-[...1 lines deleted...]
-      <c r="N286" s="15"/>
+        <v>0.19618</v>
+      </c>
+      <c r="N286" s="15">
+        <v>222</v>
+      </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>832</v>
+      </c>
+      <c r="D287" s="15" t="s">
         <v>833</v>
       </c>
-      <c r="D287" s="15" t="s">
+      <c r="E287" s="15" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I287" s="15" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="J287" s="15"/>
+        <v>835</v>
+      </c>
+      <c r="J287" s="15">
+        <v>1040</v>
+      </c>
       <c r="K287" s="15">
-        <v>0.71321</v>
+        <v>0.31461</v>
       </c>
       <c r="L287" s="15">
-        <v>0.59817</v>
+        <v>0.27266</v>
       </c>
       <c r="M287" s="15">
-        <v>0.57517</v>
+        <v>0.26218</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>836</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>837</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034182</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I288" s="15"/>
+      <c r="I288" s="15" t="s">
+        <v>839</v>
+      </c>
       <c r="J288" s="15"/>
       <c r="K288" s="15">
-        <v>1.75</v>
+        <v>0.71321</v>
       </c>
       <c r="L288" s="15">
-        <v>0.94286</v>
+        <v>0.59817</v>
       </c>
       <c r="M288" s="15">
-        <v>0.8188</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.57517</v>
+      </c>
+      <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="E289" s="15" t="s">
         <v>841</v>
+      </c>
+      <c r="E289" s="15">
+        <v>10080034182</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
-      <c r="J289" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J289" s="15"/>
       <c r="K289" s="15">
-        <v>0.93365</v>
+        <v>1.75</v>
       </c>
       <c r="L289" s="15">
-        <v>0.80916</v>
+        <v>0.94286</v>
       </c>
       <c r="M289" s="15">
-        <v>0.77804</v>
+        <v>0.8188</v>
       </c>
       <c r="N289" s="15">
-        <v>190</v>
+        <v>20</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
-      <c r="Q289" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C290" s="15" t="s">
         <v>842</v>
       </c>
-      <c r="C290" s="15" t="s">
+      <c r="D290" s="15" t="s">
         <v>843</v>
       </c>
-      <c r="D290" s="15" t="s">
+      <c r="E290" s="15" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
-        <v>1600</v>
+        <v>360</v>
       </c>
       <c r="K290" s="15">
-        <v>0.07106999999999999</v>
+        <v>0.93365</v>
       </c>
       <c r="L290" s="15">
-        <v>0.06159</v>
+        <v>0.80916</v>
       </c>
       <c r="M290" s="15">
-        <v>0.05923</v>
+        <v>0.77804</v>
       </c>
       <c r="N290" s="15">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
-      <c r="Q290" s="15"/>
+      <c r="Q290" s="15">
+        <v>1440</v>
+      </c>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C291" s="15" t="s">
         <v>846</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>847</v>
       </c>
-      <c r="E291" s="15">
-        <v>10080043058</v>
+      <c r="E291" s="15" t="s">
+        <v>848</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
-        <v>1000</v>
+        <v>1600</v>
       </c>
       <c r="K291" s="15">
-        <v>0.31504</v>
+        <v>0.07106999999999999</v>
       </c>
       <c r="L291" s="15">
-        <v>0.16981</v>
+        <v>0.06159</v>
       </c>
       <c r="M291" s="15">
-        <v>0.14746</v>
+        <v>0.05923</v>
       </c>
       <c r="N291" s="15">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>849</v>
-[...1 lines deleted...]
-      <c r="E292" s="15" t="s">
         <v>850</v>
+      </c>
+      <c r="E292" s="15">
+        <v>10080043058</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="K292" s="15">
-        <v>0.45593</v>
+        <v>0.31504</v>
       </c>
       <c r="L292" s="15">
-        <v>0.22796</v>
+        <v>0.16981</v>
       </c>
       <c r="M292" s="15">
-        <v>0.20721</v>
+        <v>0.14746</v>
       </c>
       <c r="N292" s="15">
-        <v>21</v>
+        <v>135</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>851</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>852</v>
       </c>
-      <c r="E293" s="15">
-        <v>10080044390</v>
+      <c r="E293" s="15" t="s">
+        <v>853</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="K293" s="15">
-        <v>0.4559</v>
+        <v>0.45593</v>
       </c>
       <c r="L293" s="15">
-        <v>0.228</v>
+        <v>0.22796</v>
       </c>
       <c r="M293" s="15">
-        <v>0.2072</v>
+        <v>0.20721</v>
       </c>
       <c r="N293" s="15">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="E294" s="15" t="s">
         <v>855</v>
+      </c>
+      <c r="E294" s="15">
+        <v>10080044390</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15"/>
-      <c r="J294" s="15"/>
+      <c r="J294" s="15">
+        <v>1000</v>
+      </c>
       <c r="K294" s="15">
-        <v>0.218</v>
+        <v>0.4559</v>
       </c>
       <c r="L294" s="15">
-        <v>0.218</v>
+        <v>0.228</v>
       </c>
       <c r="M294" s="15">
-        <v>0.218</v>
+        <v>0.2072</v>
       </c>
       <c r="N294" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C295" s="15" t="s">
         <v>856</v>
       </c>
       <c r="D295" s="15" t="s">
         <v>857</v>
       </c>
       <c r="E295" s="15" t="s">
         <v>858</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>0.2212</v>
+        <v>0.218</v>
       </c>
       <c r="L295" s="15">
-        <v>0.2212</v>
+        <v>0.218</v>
       </c>
       <c r="M295" s="15">
-        <v>0.2212</v>
+        <v>0.218</v>
       </c>
       <c r="N295" s="15">
         <v>3</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>859</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>860</v>
       </c>
-      <c r="E296" s="15">
-        <v>10080057236</v>
+      <c r="E296" s="15" t="s">
+        <v>861</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15"/>
-      <c r="J296" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J296" s="15"/>
       <c r="K296" s="15">
-        <v>0.47252</v>
+        <v>0.2212</v>
       </c>
       <c r="L296" s="15">
-        <v>0.25469</v>
+        <v>0.2212</v>
       </c>
       <c r="M296" s="15">
-        <v>0.22118</v>
+        <v>0.2212</v>
       </c>
       <c r="N296" s="15">
-        <v>145</v>
+        <v>3</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="E297" s="15">
-        <v>10080057237</v>
+        <v>10080057236</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
-        <v>1040</v>
+        <v>1360</v>
       </c>
       <c r="K297" s="15">
-        <v>0.62993</v>
+        <v>0.47252</v>
       </c>
       <c r="L297" s="15">
-        <v>0.33953</v>
+        <v>0.25469</v>
       </c>
       <c r="M297" s="15">
-        <v>0.29486</v>
+        <v>0.22118</v>
       </c>
       <c r="N297" s="15">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>72</v>
+        <v>845</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="E298" s="15" t="s">
         <v>865</v>
+      </c>
+      <c r="E298" s="15">
+        <v>10080057237</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
-        <v>1600</v>
+        <v>1040</v>
       </c>
       <c r="K298" s="15">
-        <v>0.07983</v>
+        <v>0.62993</v>
       </c>
       <c r="L298" s="15">
-        <v>0.06919</v>
+        <v>0.33953</v>
       </c>
       <c r="M298" s="15">
-        <v>0.06653000000000001</v>
+        <v>0.29486</v>
       </c>
       <c r="N298" s="15">
-        <v>1200</v>
+        <v>101</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C299" s="15" t="s">
         <v>866</v>
       </c>
       <c r="D299" s="15" t="s">
         <v>867</v>
       </c>
       <c r="E299" s="15" t="s">
         <v>868</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="K299" s="15">
-        <v>0.11738</v>
+        <v>0.07983</v>
       </c>
       <c r="L299" s="15">
-        <v>0.10173</v>
+        <v>0.06919</v>
       </c>
       <c r="M299" s="15">
-        <v>0.09780999999999999</v>
+        <v>0.06653000000000001</v>
       </c>
       <c r="N299" s="15">
-        <v>765</v>
+        <v>1264</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C300" s="15" t="s">
         <v>869</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>870</v>
       </c>
-      <c r="E300" s="15">
-        <v>10080027584</v>
+      <c r="E300" s="15" t="s">
+        <v>871</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
-        <v>900</v>
+        <v>1200</v>
       </c>
       <c r="K300" s="15">
-        <v>0.31981</v>
+        <v>0.11738</v>
       </c>
       <c r="L300" s="15">
-        <v>0.17239</v>
+        <v>0.10173</v>
       </c>
       <c r="M300" s="15">
-        <v>0.1497</v>
+        <v>0.09780999999999999</v>
       </c>
       <c r="N300" s="15">
-        <v>19</v>
+        <v>588</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="E301" s="15" t="s">
         <v>873</v>
+      </c>
+      <c r="E301" s="15">
+        <v>10080027584</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>900</v>
       </c>
       <c r="K301" s="15">
-        <v>0.15971</v>
+        <v>0.31981</v>
       </c>
       <c r="L301" s="15">
-        <v>0.13841</v>
+        <v>0.17239</v>
       </c>
       <c r="M301" s="15">
-        <v>0.13309</v>
-[...1 lines deleted...]
-      <c r="N301" s="15"/>
+        <v>0.1497</v>
+      </c>
+      <c r="N301" s="15">
+        <v>19</v>
+      </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>874</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>875</v>
       </c>
-      <c r="E302" s="15">
-        <v>10080047670</v>
+      <c r="E302" s="15" t="s">
+        <v>876</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
-        <v>1210</v>
+        <v>900</v>
       </c>
       <c r="K302" s="15">
-        <v>0.41039</v>
+        <v>0.15971</v>
       </c>
       <c r="L302" s="15">
-        <v>0.21985</v>
+        <v>0.13841</v>
       </c>
       <c r="M302" s="15">
-        <v>0.20518</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13309</v>
+      </c>
+      <c r="N302" s="15"/>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>877</v>
-[...1 lines deleted...]
-      <c r="E303" s="15" t="s">
         <v>878</v>
+      </c>
+      <c r="E303" s="15">
+        <v>10080047670</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
-        <v>1000</v>
+        <v>1210</v>
       </c>
       <c r="K303" s="15">
-        <v>0.23052</v>
+        <v>0.41039</v>
       </c>
       <c r="L303" s="15">
-        <v>0.19978</v>
+        <v>0.21985</v>
       </c>
       <c r="M303" s="15">
-        <v>0.1921</v>
-[...1 lines deleted...]
-      <c r="N303" s="15"/>
+        <v>0.20518</v>
+      </c>
+      <c r="N303" s="15">
+        <v>9</v>
+      </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
-      <c r="Q303" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>879</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>880</v>
       </c>
-      <c r="E304" s="15">
-        <v>10080047671</v>
+      <c r="E304" s="15" t="s">
+        <v>881</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
-        <v>820</v>
+        <v>1000</v>
       </c>
       <c r="K304" s="15">
-        <v>0.5737100000000001</v>
+        <v>0.23052</v>
       </c>
       <c r="L304" s="15">
-        <v>0.30735</v>
+        <v>0.19978</v>
       </c>
       <c r="M304" s="15">
-        <v>0.28685</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1921</v>
+      </c>
+      <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
-      <c r="Q304" s="15"/>
+      <c r="Q304" s="15">
+        <v>4000</v>
+      </c>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>882</v>
-[...1 lines deleted...]
-      <c r="E305" s="15" t="s">
         <v>883</v>
+      </c>
+      <c r="E305" s="15">
+        <v>10080047671</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I305" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I305" s="15"/>
       <c r="J305" s="15">
-        <v>500</v>
+        <v>820</v>
       </c>
       <c r="K305" s="15">
-        <v>0.54423</v>
+        <v>0.5737100000000001</v>
       </c>
       <c r="L305" s="15">
-        <v>0.47167</v>
+        <v>0.30735</v>
       </c>
       <c r="M305" s="15">
-        <v>0.45353</v>
+        <v>0.28685</v>
       </c>
       <c r="N305" s="15">
-        <v>1202</v>
+        <v>9</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>885</v>
       </c>
-      <c r="D306" s="15" t="s">
+      <c r="E306" s="15" t="s">
         <v>886</v>
-      </c>
-[...1 lines deleted...]
-        <v>887</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="J306" s="15"/>
+        <v>887</v>
+      </c>
+      <c r="J306" s="15">
+        <v>500</v>
+      </c>
       <c r="K306" s="15">
-        <v>0.08354</v>
+        <v>0.54423</v>
       </c>
       <c r="L306" s="15">
-        <v>0.07240000000000001</v>
+        <v>0.47167</v>
       </c>
       <c r="M306" s="15">
-        <v>0.06961000000000001</v>
+        <v>0.45353</v>
       </c>
       <c r="N306" s="15">
-        <v>135</v>
+        <v>945</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>888</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>889</v>
       </c>
-      <c r="D307" s="15" t="s">
+      <c r="E307" s="15" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I307" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I307" s="15" t="s">
+        <v>891</v>
+      </c>
+      <c r="J307" s="15"/>
       <c r="K307" s="15">
-        <v>0.12044</v>
+        <v>0.08354</v>
       </c>
       <c r="L307" s="15">
-        <v>0.10438</v>
+        <v>0.07240000000000001</v>
       </c>
       <c r="M307" s="15">
-        <v>0.10036</v>
+        <v>0.06961000000000001</v>
       </c>
       <c r="N307" s="15">
-        <v>350</v>
+        <v>128</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
-      <c r="Q307" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>892</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>893</v>
       </c>
-      <c r="E308" s="15">
-        <v>10080010175</v>
+      <c r="E308" s="15" t="s">
+        <v>894</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
-        <v>1200</v>
+        <v>800</v>
       </c>
       <c r="K308" s="15">
-        <v>0.46922</v>
+        <v>0.12044</v>
       </c>
       <c r="L308" s="15">
-        <v>0.23462</v>
+        <v>0.10438</v>
       </c>
       <c r="M308" s="15">
-        <v>0.21326</v>
+        <v>0.10036</v>
       </c>
       <c r="N308" s="15">
-        <v>26</v>
+        <v>330</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
-      <c r="Q308" s="15"/>
+      <c r="Q308" s="15">
+        <v>3200</v>
+      </c>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="E309" s="15" t="s">
         <v>896</v>
+      </c>
+      <c r="E309" s="15">
+        <v>10080010175</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I309" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1200</v>
       </c>
       <c r="K309" s="15">
-        <v>0.16404</v>
+        <v>0.46922</v>
       </c>
       <c r="L309" s="15">
-        <v>0.14217</v>
+        <v>0.23462</v>
       </c>
       <c r="M309" s="15">
-        <v>0.1367</v>
+        <v>0.21326</v>
       </c>
       <c r="N309" s="15">
-        <v>345</v>
+        <v>26</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>897</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>898</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080027754</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I310" s="15"/>
+      <c r="I310" s="15" t="s">
+        <v>900</v>
+      </c>
       <c r="J310" s="15">
-        <v>500</v>
+        <v>1200</v>
       </c>
       <c r="K310" s="15">
-        <v>0.23589</v>
+        <v>0.16404</v>
       </c>
       <c r="L310" s="15">
-        <v>0.20444</v>
+        <v>0.14217</v>
       </c>
       <c r="M310" s="15">
-        <v>0.19658</v>
+        <v>0.1367</v>
       </c>
       <c r="N310" s="15">
-        <v>125</v>
+        <v>400</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>901</v>
-[...1 lines deleted...]
-      <c r="E311" s="15" t="s">
         <v>902</v>
+      </c>
+      <c r="E311" s="15">
+        <v>10080027754</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I311" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I311" s="15"/>
       <c r="J311" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K311" s="15">
-        <v>0.12903</v>
+        <v>0.23589</v>
       </c>
       <c r="L311" s="15">
-        <v>0.11183</v>
+        <v>0.20444</v>
       </c>
       <c r="M311" s="15">
-        <v>0.10753</v>
+        <v>0.19658</v>
       </c>
       <c r="N311" s="15">
-        <v>325</v>
+        <v>130</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
-      <c r="Q311" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>903</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>904</v>
       </c>
-      <c r="D312" s="15" t="s">
+      <c r="E312" s="15" t="s">
         <v>905</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010176</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I312" s="15"/>
+      <c r="I312" s="15" t="s">
+        <v>906</v>
+      </c>
       <c r="J312" s="15">
-        <v>1200</v>
+        <v>1000</v>
       </c>
       <c r="K312" s="15">
-        <v>0.48878</v>
+        <v>0.12903</v>
       </c>
       <c r="L312" s="15">
-        <v>0.24445</v>
+        <v>0.11183</v>
       </c>
       <c r="M312" s="15">
-        <v>0.22215</v>
+        <v>0.10753</v>
       </c>
       <c r="N312" s="15">
-        <v>2</v>
+        <v>325</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
-      <c r="Q312" s="15"/>
+      <c r="Q312" s="15">
+        <v>4000</v>
+      </c>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>907</v>
-[...1 lines deleted...]
-      <c r="E313" s="15" t="s">
         <v>908</v>
+      </c>
+      <c r="E313" s="15">
+        <v>10080010176</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
-        <v>740</v>
+        <v>1200</v>
       </c>
       <c r="K313" s="15">
-        <v>0.23349</v>
+        <v>0.48878</v>
       </c>
       <c r="L313" s="15">
-        <v>0.20236</v>
+        <v>0.24445</v>
       </c>
       <c r="M313" s="15">
-        <v>0.19458</v>
+        <v>0.22215</v>
       </c>
       <c r="N313" s="15">
-        <v>103</v>
+        <v>2</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
-      <c r="Q313" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>760</v>
+        <v>72</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>909</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>910</v>
       </c>
-      <c r="E314" s="15">
-        <v>10080027755</v>
+      <c r="E314" s="15" t="s">
+        <v>911</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
-        <v>1050</v>
+        <v>740</v>
       </c>
       <c r="K314" s="15">
-        <v>0.4684</v>
+        <v>0.23349</v>
       </c>
       <c r="L314" s="15">
-        <v>0.4684</v>
+        <v>0.20236</v>
       </c>
       <c r="M314" s="15">
-        <v>0.4684</v>
+        <v>0.19458</v>
       </c>
       <c r="N314" s="15">
-        <v>2</v>
+        <v>124</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
-      <c r="Q314" s="15"/>
+      <c r="Q314" s="15">
+        <v>2960</v>
+      </c>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="E315" s="15">
-        <v>10080039242</v>
+        <v>10080027755</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
-        <v>200</v>
+        <v>1050</v>
       </c>
       <c r="K315" s="15">
-        <v>3.33</v>
+        <v>0.4684</v>
       </c>
       <c r="L315" s="15">
-        <v>1.78</v>
+        <v>0.4684</v>
       </c>
       <c r="M315" s="15">
-        <v>1.61</v>
+        <v>0.4684</v>
       </c>
       <c r="N315" s="15">
-        <v>159</v>
+        <v>2</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>914</v>
-[...1 lines deleted...]
-      <c r="E316" s="15" t="s">
         <v>915</v>
+      </c>
+      <c r="E316" s="15">
+        <v>10080039242</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="K316" s="15">
-        <v>0.84903</v>
+        <v>3.33</v>
       </c>
       <c r="L316" s="15">
-        <v>0.73583</v>
+        <v>1.78</v>
       </c>
       <c r="M316" s="15">
-        <v>0.70753</v>
+        <v>1.61</v>
       </c>
       <c r="N316" s="15">
-        <v>40</v>
+        <v>141</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>916</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>917</v>
       </c>
       <c r="E317" s="15" t="s">
         <v>918</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I317" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J317" s="15"/>
+      <c r="I317" s="15"/>
+      <c r="J317" s="15">
+        <v>250</v>
+      </c>
       <c r="K317" s="15">
-        <v>1.31</v>
+        <v>0.84903</v>
       </c>
       <c r="L317" s="15">
-        <v>1.13</v>
+        <v>0.73583</v>
       </c>
       <c r="M317" s="15">
-        <v>1.09</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.70753</v>
+      </c>
+      <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>919</v>
+      </c>
+      <c r="D318" s="15" t="s">
         <v>920</v>
       </c>
-      <c r="D318" s="15" t="s">
+      <c r="E318" s="15" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I318" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I318" s="15" t="s">
+        <v>922</v>
+      </c>
+      <c r="J318" s="15"/>
       <c r="K318" s="15">
-        <v>1.57</v>
+        <v>1.31</v>
       </c>
       <c r="L318" s="15">
-        <v>1.36</v>
+        <v>1.13</v>
       </c>
       <c r="M318" s="15">
-        <v>1.31</v>
+        <v>1.09</v>
       </c>
       <c r="N318" s="15">
         <v>100</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
-      <c r="Q318" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>735</v>
+        <v>763</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>923</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>924</v>
       </c>
-      <c r="E319" s="15">
-        <v>10080009546</v>
+      <c r="E319" s="15" t="s">
+        <v>925</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
-        <v>500</v>
+        <v>170</v>
       </c>
       <c r="K319" s="15">
-        <v>0.06591</v>
+        <v>1.57</v>
       </c>
       <c r="L319" s="15">
-        <v>0.05712</v>
+        <v>1.36</v>
       </c>
       <c r="M319" s="15">
-        <v>0.05493</v>
+        <v>1.31</v>
       </c>
       <c r="N319" s="15">
-        <v>16076</v>
+        <v>100</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
-      <c r="Q319" s="15"/>
+      <c r="Q319" s="15">
+        <v>680</v>
+      </c>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="E320" s="15" t="s">
         <v>927</v>
+      </c>
+      <c r="E320" s="15">
+        <v>10080009546</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15">
         <v>500</v>
       </c>
       <c r="K320" s="15">
-        <v>0.06432</v>
+        <v>0.06591</v>
       </c>
       <c r="L320" s="15">
-        <v>0.05574</v>
+        <v>0.05712</v>
       </c>
       <c r="M320" s="15">
-        <v>0.0536</v>
+        <v>0.05493</v>
       </c>
       <c r="N320" s="15">
-        <v>6002</v>
+        <v>12525</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C321" s="15" t="s">
         <v>928</v>
       </c>
       <c r="D321" s="15" t="s">
         <v>929</v>
       </c>
-      <c r="E321" s="15">
-        <v>10080009545</v>
+      <c r="E321" s="15" t="s">
+        <v>930</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I321" s="15"/>
       <c r="J321" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K321" s="15">
-        <v>0.0897</v>
+        <v>0.06432</v>
       </c>
       <c r="L321" s="15">
-        <v>0.07774</v>
+        <v>0.05574</v>
       </c>
       <c r="M321" s="15">
-        <v>0.07475</v>
+        <v>0.0536</v>
       </c>
       <c r="N321" s="15">
-        <v>14663</v>
+        <v>5732</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>931</v>
-[...1 lines deleted...]
-      <c r="E322" s="15" t="s">
         <v>932</v>
+      </c>
+      <c r="E322" s="15">
+        <v>10080009545</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I322" s="15"/>
       <c r="J322" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K322" s="15">
-        <v>0.08858000000000001</v>
+        <v>0.0897</v>
       </c>
       <c r="L322" s="15">
-        <v>0.07677</v>
+        <v>0.07774</v>
       </c>
       <c r="M322" s="15">
-        <v>0.07381</v>
+        <v>0.07475</v>
       </c>
       <c r="N322" s="15">
-        <v>7009</v>
+        <v>13131</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>933</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>934</v>
       </c>
       <c r="E323" s="15" t="s">
         <v>935</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="K323" s="15">
-        <v>0.09</v>
+        <v>0.08858000000000001</v>
       </c>
       <c r="L323" s="15">
-        <v>0.09</v>
+        <v>0.07677</v>
       </c>
       <c r="M323" s="15">
-        <v>0.09</v>
+        <v>0.07381</v>
       </c>
       <c r="N323" s="15">
-        <v>58836</v>
+        <v>5006</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>936</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>937</v>
       </c>
-      <c r="E324" s="15">
-        <v>10080009548</v>
+      <c r="E324" s="15" t="s">
+        <v>938</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>200</v>
       </c>
       <c r="K324" s="15">
-        <v>0.16875</v>
+        <v>0.09</v>
       </c>
       <c r="L324" s="15">
-        <v>0.14625</v>
+        <v>0.09</v>
       </c>
       <c r="M324" s="15">
-        <v>0.14063</v>
+        <v>0.09</v>
       </c>
       <c r="N324" s="15">
-        <v>10387</v>
+        <v>63541</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>939</v>
-[...1 lines deleted...]
-      <c r="E325" s="15" t="s">
         <v>940</v>
+      </c>
+      <c r="E325" s="15">
+        <v>10080009548</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>200</v>
       </c>
       <c r="K325" s="15">
-        <v>0.16691</v>
+        <v>0.16875</v>
       </c>
       <c r="L325" s="15">
-        <v>0.14465</v>
+        <v>0.14625</v>
       </c>
       <c r="M325" s="15">
-        <v>0.13909</v>
+        <v>0.14063</v>
       </c>
       <c r="N325" s="15">
-        <v>6128</v>
+        <v>11599</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C326" s="15" t="s">
         <v>941</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>942</v>
       </c>
-      <c r="E326" s="15">
-        <v>10080044391</v>
+      <c r="E326" s="15" t="s">
+        <v>943</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
         <v>200</v>
       </c>
       <c r="K326" s="15">
-        <v>0.20321</v>
+        <v>0.16691</v>
       </c>
       <c r="L326" s="15">
-        <v>0.17611</v>
+        <v>0.14465</v>
       </c>
       <c r="M326" s="15">
-        <v>0.16934</v>
+        <v>0.13909</v>
       </c>
       <c r="N326" s="15">
-        <v>1743</v>
+        <v>6128</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>944</v>
-[...1 lines deleted...]
-      <c r="E327" s="15" t="s">
         <v>945</v>
+      </c>
+      <c r="E327" s="15">
+        <v>10080044391</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>200</v>
       </c>
       <c r="K327" s="15">
-        <v>0.19544</v>
+        <v>0.20321</v>
       </c>
       <c r="L327" s="15">
-        <v>0.16938</v>
+        <v>0.17611</v>
       </c>
       <c r="M327" s="15">
-        <v>0.16286</v>
+        <v>0.16934</v>
       </c>
       <c r="N327" s="15">
-        <v>663</v>
+        <v>1696</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>946</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>947</v>
       </c>
       <c r="E328" s="15" t="s">
         <v>948</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K328" s="15">
-        <v>0.23235</v>
+        <v>0.19544</v>
       </c>
       <c r="L328" s="15">
-        <v>0.20137</v>
+        <v>0.16938</v>
       </c>
       <c r="M328" s="15">
-        <v>0.19363</v>
-[...1 lines deleted...]
-      <c r="N328" s="15"/>
+        <v>0.16286</v>
+      </c>
+      <c r="N328" s="15">
+        <v>770</v>
+      </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
-      <c r="Q328" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>949</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>950</v>
       </c>
-      <c r="E329" s="15">
-        <v>10080032898</v>
+      <c r="E329" s="15" t="s">
+        <v>951</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K329" s="15">
-        <v>0.24023</v>
+        <v>0.23235</v>
       </c>
       <c r="L329" s="15">
-        <v>0.2082</v>
+        <v>0.20137</v>
       </c>
       <c r="M329" s="15">
-        <v>0.20019</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19363</v>
+      </c>
+      <c r="N329" s="15"/>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
-      <c r="Q329" s="15"/>
+      <c r="Q329" s="15">
+        <v>4800</v>
+      </c>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="E330" s="15" t="s">
         <v>953</v>
+      </c>
+      <c r="E330" s="15">
+        <v>10080032898</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I330" s="15"/>
       <c r="J330" s="15">
         <v>100</v>
       </c>
       <c r="K330" s="15">
-        <v>0.25992</v>
+        <v>0.24023</v>
       </c>
       <c r="L330" s="15">
-        <v>0.22526</v>
+        <v>0.2082</v>
       </c>
       <c r="M330" s="15">
-        <v>0.2166</v>
+        <v>0.20019</v>
       </c>
       <c r="N330" s="15">
-        <v>1083</v>
+        <v>1439</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C331" s="15" t="s">
         <v>954</v>
       </c>
       <c r="D331" s="15" t="s">
         <v>955</v>
       </c>
       <c r="E331" s="15" t="s">
         <v>956</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K331" s="15">
-        <v>0.32646</v>
+        <v>0.25992</v>
       </c>
       <c r="L331" s="15">
-        <v>0.28293</v>
+        <v>0.22526</v>
       </c>
       <c r="M331" s="15">
-        <v>0.27205</v>
+        <v>0.2166</v>
       </c>
       <c r="N331" s="15">
-        <v>531</v>
+        <v>1083</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
-      <c r="Q331" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C332" s="15" t="s">
         <v>957</v>
       </c>
       <c r="D332" s="15" t="s">
         <v>958</v>
       </c>
-      <c r="E332" s="15">
-        <v>10080009549</v>
+      <c r="E332" s="15" t="s">
+        <v>959</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
-        <v>600</v>
+        <v>800</v>
       </c>
       <c r="K332" s="15">
-        <v>0.40077</v>
+        <v>0.32646</v>
       </c>
       <c r="L332" s="15">
-        <v>0.34733</v>
+        <v>0.28293</v>
       </c>
       <c r="M332" s="15">
-        <v>0.33398</v>
+        <v>0.27205</v>
       </c>
       <c r="N332" s="15">
-        <v>39</v>
+        <v>617</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
-      <c r="Q332" s="15"/>
+      <c r="Q332" s="15">
+        <v>3200</v>
+      </c>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>960</v>
-[...1 lines deleted...]
-      <c r="E333" s="15" t="s">
         <v>961</v>
+      </c>
+      <c r="E333" s="15">
+        <v>10080009549</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
         <v>600</v>
       </c>
       <c r="K333" s="15">
-        <v>0.34023</v>
+        <v>0.40077</v>
       </c>
       <c r="L333" s="15">
-        <v>0.29487</v>
+        <v>0.34733</v>
       </c>
       <c r="M333" s="15">
-        <v>0.28353</v>
+        <v>0.33398</v>
       </c>
       <c r="N333" s="15">
-        <v>790</v>
+        <v>39</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>760</v>
+        <v>738</v>
       </c>
       <c r="C334" s="15" t="s">
         <v>962</v>
       </c>
       <c r="D334" s="15" t="s">
         <v>963</v>
       </c>
       <c r="E334" s="15" t="s">
         <v>964</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I334" s="15"/>
       <c r="J334" s="15">
-        <v>3000</v>
+        <v>600</v>
       </c>
       <c r="K334" s="15">
-        <v>0.07818</v>
+        <v>0.34023</v>
       </c>
       <c r="L334" s="15">
-        <v>0.06776</v>
+        <v>0.29487</v>
       </c>
       <c r="M334" s="15">
-        <v>0.06515</v>
+        <v>0.28353</v>
       </c>
       <c r="N334" s="15">
-        <v>6</v>
+        <v>650</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>965</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>966</v>
       </c>
       <c r="E335" s="15" t="s">
         <v>967</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I335" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>3000</v>
       </c>
       <c r="K335" s="15">
-        <v>0.06875000000000001</v>
+        <v>0.07818</v>
       </c>
       <c r="L335" s="15">
-        <v>0.05958</v>
+        <v>0.06776</v>
       </c>
       <c r="M335" s="15">
-        <v>0.05729</v>
-[...1 lines deleted...]
-      <c r="N335" s="15"/>
+        <v>0.06515</v>
+      </c>
+      <c r="N335" s="15">
+        <v>6</v>
+      </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C336" s="15" t="s">
+        <v>968</v>
+      </c>
+      <c r="D336" s="15" t="s">
         <v>969</v>
       </c>
-      <c r="D336" s="15" t="s">
+      <c r="E336" s="15" t="s">
         <v>970</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010169</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I336" s="15" t="s">
         <v>971</v>
       </c>
       <c r="J336" s="15">
-        <v>1</v>
+        <v>3000</v>
       </c>
       <c r="K336" s="15">
-        <v>0.11804</v>
+        <v>0.06875000000000001</v>
       </c>
       <c r="L336" s="15">
-        <v>0.1023</v>
+        <v>0.05958</v>
       </c>
       <c r="M336" s="15">
-        <v>0.09836</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05729</v>
+      </c>
+      <c r="N336" s="15"/>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>972</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>973</v>
       </c>
-      <c r="E337" s="15" t="s">
-        <v>974</v>
+      <c r="E337" s="15">
+        <v>10080010169</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I337" s="15"/>
+      <c r="I337" s="15" t="s">
+        <v>974</v>
+      </c>
       <c r="J337" s="15">
-        <v>1200</v>
+        <v>1</v>
       </c>
       <c r="K337" s="15">
-        <v>0.15573</v>
+        <v>0.11804</v>
       </c>
       <c r="L337" s="15">
-        <v>0.13497</v>
+        <v>0.1023</v>
       </c>
       <c r="M337" s="15">
-        <v>0.12978</v>
-[...1 lines deleted...]
-      <c r="N337" s="15"/>
+        <v>0.09836</v>
+      </c>
+      <c r="N337" s="15">
+        <v>1708</v>
+      </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>975</v>
       </c>
       <c r="D338" s="15" t="s">
         <v>976</v>
       </c>
-      <c r="E338" s="15">
-        <v>10080044392</v>
+      <c r="E338" s="15" t="s">
+        <v>977</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
-        <v>900</v>
+        <v>1200</v>
       </c>
       <c r="K338" s="15">
-        <v>0.19739</v>
+        <v>0.15573</v>
       </c>
       <c r="L338" s="15">
-        <v>0.17107</v>
+        <v>0.13497</v>
       </c>
       <c r="M338" s="15">
-        <v>0.16449</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12978</v>
+      </c>
+      <c r="N338" s="15"/>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>978</v>
-[...1 lines deleted...]
-      <c r="E339" s="15" t="s">
         <v>979</v>
+      </c>
+      <c r="E339" s="15">
+        <v>10080044392</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="K339" s="15">
-        <v>0.23069</v>
+        <v>0.19739</v>
       </c>
       <c r="L339" s="15">
-        <v>0.19993</v>
+        <v>0.17107</v>
       </c>
       <c r="M339" s="15">
-        <v>0.19224</v>
+        <v>0.16449</v>
       </c>
       <c r="N339" s="15">
-        <v>1143</v>
+        <v>818</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
-      <c r="Q339" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C340" s="15" t="s">
         <v>980</v>
       </c>
       <c r="D340" s="15" t="s">
         <v>981</v>
       </c>
       <c r="E340" s="15" t="s">
         <v>982</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15">
-        <v>1250</v>
+        <v>800</v>
       </c>
       <c r="K340" s="15">
-        <v>0.29712</v>
+        <v>0.23069</v>
       </c>
       <c r="L340" s="15">
-        <v>0.2575</v>
+        <v>0.19993</v>
       </c>
       <c r="M340" s="15">
-        <v>0.2476</v>
+        <v>0.19224</v>
       </c>
       <c r="N340" s="15">
-        <v>1131</v>
+        <v>1087</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15">
-        <v>5000</v>
+        <v>3200</v>
       </c>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>983</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>984</v>
       </c>
       <c r="E341" s="15" t="s">
         <v>985</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
-        <v>910</v>
+        <v>1250</v>
       </c>
       <c r="K341" s="15">
-        <v>0.33438</v>
+        <v>0.29712</v>
       </c>
       <c r="L341" s="15">
-        <v>0.2898</v>
+        <v>0.2575</v>
       </c>
       <c r="M341" s="15">
-        <v>0.27865</v>
+        <v>0.2476</v>
       </c>
       <c r="N341" s="15">
-        <v>35</v>
+        <v>1088</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
-      <c r="Q341" s="15"/>
+      <c r="Q341" s="15">
+        <v>5000</v>
+      </c>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>804</v>
+        <v>763</v>
       </c>
       <c r="C342" s="15" t="s">
         <v>986</v>
       </c>
       <c r="D342" s="15" t="s">
         <v>987</v>
       </c>
       <c r="E342" s="15" t="s">
         <v>988</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
-        <v>3000</v>
+        <v>910</v>
       </c>
       <c r="K342" s="15">
-        <v>0.0624</v>
+        <v>0.33438</v>
       </c>
       <c r="L342" s="15">
-        <v>0.05408</v>
+        <v>0.2898</v>
       </c>
       <c r="M342" s="15">
-        <v>0.052</v>
+        <v>0.27865</v>
       </c>
       <c r="N342" s="15">
-        <v>371</v>
+        <v>35</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
-      <c r="Q342" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C343" s="15" t="s">
         <v>989</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>990</v>
       </c>
       <c r="E343" s="15" t="s">
         <v>991</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
-        <v>200</v>
+        <v>3000</v>
       </c>
       <c r="K343" s="15">
-        <v>0.09371</v>
+        <v>0.0624</v>
       </c>
       <c r="L343" s="15">
-        <v>0.08121</v>
+        <v>0.05408</v>
       </c>
       <c r="M343" s="15">
-        <v>0.07809000000000001</v>
-[...1 lines deleted...]
-      <c r="N343" s="15"/>
+        <v>0.052</v>
+      </c>
+      <c r="N343" s="15">
+        <v>423</v>
+      </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
-      <c r="Q343" s="15"/>
+      <c r="Q343" s="15">
+        <v>12000</v>
+      </c>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>992</v>
       </c>
       <c r="D344" s="15" t="s">
         <v>993</v>
       </c>
       <c r="E344" s="15" t="s">
         <v>994</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
-        <v>1600</v>
+        <v>200</v>
       </c>
       <c r="K344" s="15">
-        <v>0.12663</v>
+        <v>0.09371</v>
       </c>
       <c r="L344" s="15">
-        <v>0.10975</v>
+        <v>0.08121</v>
       </c>
       <c r="M344" s="15">
-        <v>0.10553</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07809000000000001</v>
+      </c>
+      <c r="N344" s="15"/>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
-      <c r="Q344" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>995</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>996</v>
       </c>
       <c r="E345" s="15" t="s">
         <v>997</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I345" s="15"/>
-      <c r="J345" s="15"/>
+      <c r="J345" s="15">
+        <v>1600</v>
+      </c>
       <c r="K345" s="15">
-        <v>0.6333299999999999</v>
+        <v>0.12663</v>
       </c>
       <c r="L345" s="15">
-        <v>0.42204</v>
+        <v>0.10975</v>
       </c>
       <c r="M345" s="15">
-        <v>0.38383</v>
+        <v>0.10553</v>
       </c>
       <c r="N345" s="15">
-        <v>585</v>
+        <v>347</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
-      <c r="Q345" s="15"/>
+      <c r="Q345" s="15">
+        <v>6400</v>
+      </c>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C346" s="15" t="s">
         <v>998</v>
       </c>
       <c r="D346" s="15" t="s">
         <v>999</v>
       </c>
-      <c r="E346" s="15">
-        <v>10080055440</v>
+      <c r="E346" s="15" t="s">
+        <v>1000</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I346" s="15"/>
-      <c r="J346" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J346" s="15"/>
       <c r="K346" s="15">
-        <v>0.36692</v>
+        <v>0.6333299999999999</v>
       </c>
       <c r="L346" s="15">
-        <v>0.36692</v>
+        <v>0.42204</v>
       </c>
       <c r="M346" s="15">
-        <v>0.36692</v>
+        <v>0.38383</v>
       </c>
       <c r="N346" s="15">
-        <v>2214</v>
+        <v>684</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
-        <v>49</v>
+        <v>807</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="E347" s="15" t="s">
         <v>1002</v>
+      </c>
+      <c r="E347" s="15">
+        <v>10080055440</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I347" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I347" s="15"/>
       <c r="J347" s="15">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="K347" s="15">
-        <v>0.08522</v>
+        <v>0.36692</v>
       </c>
       <c r="L347" s="15">
-        <v>0.07385</v>
+        <v>0.36692</v>
       </c>
       <c r="M347" s="15">
-        <v>0.07101</v>
+        <v>0.36692</v>
       </c>
       <c r="N347" s="15">
-        <v>1275</v>
+        <v>2349</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C348" s="15" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D348" s="15" t="s">
         <v>1004</v>
       </c>
-      <c r="D348" s="15" t="s">
+      <c r="E348" s="15" t="s">
         <v>1005</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000022791</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I348" s="15"/>
+      <c r="I348" s="15" t="s">
+        <v>1006</v>
+      </c>
       <c r="J348" s="15">
         <v>200</v>
       </c>
       <c r="K348" s="15">
-        <v>0.15775</v>
+        <v>0.08522</v>
       </c>
       <c r="L348" s="15">
-        <v>0.15182</v>
+        <v>0.07385</v>
       </c>
       <c r="M348" s="15">
-        <v>0.14707</v>
+        <v>0.07101</v>
       </c>
       <c r="N348" s="15">
-        <v>96</v>
+        <v>320</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>1007</v>
-[...1 lines deleted...]
-      <c r="E349" s="15" t="s">
         <v>1008</v>
+      </c>
+      <c r="E349" s="15">
+        <v>10000022791</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K349" s="15">
-        <v>0.17375</v>
+        <v>0.15775</v>
       </c>
       <c r="L349" s="15">
-        <v>0.15058</v>
+        <v>0.15182</v>
       </c>
       <c r="M349" s="15">
-        <v>0.14479</v>
+        <v>0.14707</v>
       </c>
       <c r="N349" s="15">
-        <v>1035</v>
+        <v>96</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1009</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1010</v>
       </c>
-      <c r="E350" s="15">
-        <v>10080006366</v>
+      <c r="E350" s="15" t="s">
+        <v>1011</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>100</v>
       </c>
       <c r="K350" s="15">
-        <v>0.26093</v>
+        <v>0.17375</v>
       </c>
       <c r="L350" s="15">
-        <v>0.25264</v>
+        <v>0.15058</v>
       </c>
       <c r="M350" s="15">
-        <v>0.24433</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14479</v>
+      </c>
+      <c r="N350" s="15"/>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="E351" s="15">
-        <v>10080006367</v>
+        <v>10080006366</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K351" s="15">
-        <v>0.4767</v>
+        <v>0.26093</v>
       </c>
       <c r="L351" s="15">
-        <v>0.25694</v>
+        <v>0.25264</v>
       </c>
       <c r="M351" s="15">
-        <v>0.22313</v>
+        <v>0.24433</v>
       </c>
       <c r="N351" s="15">
-        <v>98</v>
+        <v>667</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="E352" s="15">
-        <v>10080039324</v>
+        <v>10080006367</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
-        <v>770</v>
+        <v>500</v>
       </c>
       <c r="K352" s="15">
-        <v>0.30353</v>
+        <v>0.4767</v>
       </c>
       <c r="L352" s="15">
-        <v>0.26306</v>
+        <v>0.25694</v>
       </c>
       <c r="M352" s="15">
-        <v>0.25294</v>
+        <v>0.22313</v>
       </c>
       <c r="N352" s="15">
-        <v>385</v>
+        <v>140</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="E353" s="15" t="s">
         <v>1017</v>
+      </c>
+      <c r="E353" s="15">
+        <v>10080039324</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
-        <v>625</v>
+        <v>770</v>
       </c>
       <c r="K353" s="15">
-        <v>0.26</v>
+        <v>0.30353</v>
       </c>
       <c r="L353" s="15">
-        <v>0.26</v>
+        <v>0.26306</v>
       </c>
       <c r="M353" s="15">
-        <v>0.26</v>
+        <v>0.25294</v>
       </c>
       <c r="N353" s="15">
-        <v>4</v>
+        <v>376</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1018</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="E354" s="15" t="s">
         <v>1020</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I354" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I354" s="15"/>
       <c r="J354" s="15">
-        <v>575</v>
+        <v>625</v>
       </c>
       <c r="K354" s="15">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="L354" s="15">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="M354" s="15">
-        <v>0.31</v>
+        <v>0.26</v>
       </c>
       <c r="N354" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C355" s="15" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D355" s="15" t="s">
         <v>1022</v>
       </c>
-      <c r="D355" s="15" t="s">
+      <c r="E355" s="15" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I355" s="15"/>
+      <c r="I355" s="15" t="s">
+        <v>1024</v>
+      </c>
       <c r="J355" s="15">
-        <v>375</v>
+        <v>575</v>
       </c>
       <c r="K355" s="15">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="L355" s="15">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="M355" s="15">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="N355" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C356" s="15" t="s">
         <v>1025</v>
       </c>
       <c r="D356" s="15" t="s">
         <v>1026</v>
       </c>
       <c r="E356" s="15" t="s">
         <v>1027</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15">
-        <v>275</v>
+        <v>375</v>
       </c>
       <c r="K356" s="15">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="L356" s="15">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="M356" s="15">
-        <v>0.37</v>
+        <v>0.34</v>
       </c>
       <c r="N356" s="15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
-        <v>842</v>
+        <v>49</v>
       </c>
       <c r="C357" s="15" t="s">
         <v>1028</v>
       </c>
       <c r="D357" s="15" t="s">
         <v>1029</v>
       </c>
       <c r="E357" s="15" t="s">
         <v>1030</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15">
-        <v>1600</v>
+        <v>275</v>
       </c>
       <c r="K357" s="15">
-        <v>0.06969</v>
+        <v>0.37</v>
       </c>
       <c r="L357" s="15">
-        <v>0.0604</v>
+        <v>0.37</v>
       </c>
       <c r="M357" s="15">
-        <v>0.05808</v>
+        <v>0.37</v>
       </c>
       <c r="N357" s="15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>1032</v>
       </c>
       <c r="E358" s="15" t="s">
         <v>1033</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="K358" s="15">
-        <v>0.11559</v>
+        <v>0.06969</v>
       </c>
       <c r="L358" s="15">
-        <v>0.10018</v>
+        <v>0.0604</v>
       </c>
       <c r="M358" s="15">
-        <v>0.09633</v>
+        <v>0.05808</v>
       </c>
       <c r="N358" s="15">
-        <v>770</v>
+        <v>2</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
-      <c r="Q358" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C359" s="15" t="s">
         <v>1034</v>
       </c>
       <c r="D359" s="15" t="s">
         <v>1035</v>
       </c>
       <c r="E359" s="15" t="s">
         <v>1036</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
-        <v>1</v>
+        <v>1200</v>
       </c>
       <c r="K359" s="15">
-        <v>0.15713</v>
+        <v>0.11559</v>
       </c>
       <c r="L359" s="15">
-        <v>0.13618</v>
+        <v>0.10018</v>
       </c>
       <c r="M359" s="15">
-        <v>0.13094</v>
-[...1 lines deleted...]
-      <c r="N359" s="15"/>
+        <v>0.09633</v>
+      </c>
+      <c r="N359" s="15">
+        <v>710</v>
+      </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
-      <c r="Q359" s="15"/>
+      <c r="Q359" s="15">
+        <v>4800</v>
+      </c>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>1037</v>
       </c>
       <c r="D360" s="15" t="s">
         <v>1038</v>
       </c>
-      <c r="E360" s="15">
-        <v>10080044393</v>
+      <c r="E360" s="15" t="s">
+        <v>1039</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="K360" s="15">
-        <v>0.18489</v>
+        <v>0.15713</v>
       </c>
       <c r="L360" s="15">
-        <v>0.12326</v>
+        <v>0.13618</v>
       </c>
       <c r="M360" s="15">
-        <v>0.11256</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13094</v>
+      </c>
+      <c r="N360" s="15"/>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D361" s="15" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="E361" s="15">
-        <v>10080027756</v>
+        <v>10080044393</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15">
-        <v>1030</v>
+        <v>1000</v>
       </c>
       <c r="K361" s="15">
-        <v>0.47252</v>
+        <v>0.18489</v>
       </c>
       <c r="L361" s="15">
-        <v>0.25469</v>
+        <v>0.12326</v>
       </c>
       <c r="M361" s="15">
-        <v>0.22118</v>
+        <v>0.11256</v>
       </c>
       <c r="N361" s="15">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1042</v>
-[...1 lines deleted...]
-      <c r="E362" s="15" t="s">
         <v>1043</v>
+      </c>
+      <c r="E362" s="15">
+        <v>10080027756</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I362" s="15"/>
       <c r="J362" s="15">
-        <v>770</v>
+        <v>1030</v>
       </c>
       <c r="K362" s="15">
-        <v>0.31485</v>
+        <v>0.47252</v>
       </c>
       <c r="L362" s="15">
-        <v>0.27287</v>
+        <v>0.25469</v>
       </c>
       <c r="M362" s="15">
-        <v>0.26238</v>
-[...1 lines deleted...]
-      <c r="N362" s="15"/>
+        <v>0.22118</v>
+      </c>
+      <c r="N362" s="15">
+        <v>172</v>
+      </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
-      <c r="Q362" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
-        <v>72</v>
+        <v>845</v>
       </c>
       <c r="C363" s="15" t="s">
         <v>1044</v>
       </c>
       <c r="D363" s="15" t="s">
         <v>1045</v>
       </c>
-      <c r="E363" s="15">
-        <v>10080010174</v>
+      <c r="E363" s="15" t="s">
+        <v>1046</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I363" s="15"/>
       <c r="J363" s="15">
-        <v>800</v>
+        <v>770</v>
       </c>
       <c r="K363" s="15">
-        <v>0.32868</v>
+        <v>0.31485</v>
       </c>
       <c r="L363" s="15">
-        <v>0.17609</v>
+        <v>0.27287</v>
       </c>
       <c r="M363" s="15">
-        <v>0.16434</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26238</v>
+      </c>
+      <c r="N363" s="15"/>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
-      <c r="Q363" s="15"/>
+      <c r="Q363" s="15">
+        <v>3080</v>
+      </c>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D364" s="15" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E364" s="15">
-        <v>10080047679</v>
+        <v>10080010174</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I364" s="15"/>
       <c r="J364" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K364" s="15">
-        <v>0.7371</v>
+        <v>0.32868</v>
       </c>
       <c r="L364" s="15">
-        <v>0.39488</v>
+        <v>0.17609</v>
       </c>
       <c r="M364" s="15">
-        <v>0.36855</v>
+        <v>0.16434</v>
       </c>
       <c r="N364" s="15">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D365" s="15" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="E365" s="15">
-        <v>10080044394</v>
+        <v>10080047679</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I365" s="15"/>
       <c r="J365" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K365" s="15">
-        <v>0.12414</v>
+        <v>0.7371</v>
       </c>
       <c r="L365" s="15">
-        <v>0.10759</v>
+        <v>0.39488</v>
       </c>
       <c r="M365" s="15">
-        <v>0.10345</v>
+        <v>0.36855</v>
       </c>
       <c r="N365" s="15">
-        <v>337</v>
+        <v>100</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D366" s="15" t="s">
-        <v>1051</v>
-[...1 lines deleted...]
-      <c r="E366" s="15" t="s">
         <v>1052</v>
+      </c>
+      <c r="E366" s="15">
+        <v>10080044394</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I366" s="15"/>
       <c r="J366" s="15">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="K366" s="15">
-        <v>0.17961</v>
+        <v>0.12414</v>
       </c>
       <c r="L366" s="15">
-        <v>0.15566</v>
+        <v>0.10759</v>
       </c>
       <c r="M366" s="15">
-        <v>0.14968</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.10345</v>
+      </c>
+      <c r="N366" s="15">
+        <v>329</v>
+      </c>
+      <c r="O366" s="15"/>
+      <c r="P366" s="15"/>
+      <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C367" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D367" s="15" t="s">
         <v>1054</v>
       </c>
-      <c r="D367" s="15" t="s">
+      <c r="E367" s="15" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080044395</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I367" s="15"/>
       <c r="J367" s="15">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K367" s="15">
-        <v>0.15</v>
+        <v>0.18944</v>
       </c>
       <c r="L367" s="15">
-        <v>0.15</v>
+        <v>0.16418</v>
       </c>
       <c r="M367" s="15">
-        <v>0.15</v>
-[...6 lines deleted...]
-      <c r="Q367" s="15"/>
+        <v>0.15786</v>
+      </c>
+      <c r="N367" s="15"/>
+      <c r="O367" s="15">
+        <v>189</v>
+      </c>
+      <c r="P367" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q367" s="15">
+        <v>3200</v>
+      </c>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C368" s="15" t="s">
         <v>1056</v>
       </c>
       <c r="D368" s="15" t="s">
         <v>1057</v>
       </c>
-      <c r="E368" s="15" t="s">
-        <v>1058</v>
+      <c r="E368" s="15">
+        <v>10080044395</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I368" s="15"/>
       <c r="J368" s="15">
-        <v>290</v>
+        <v>500</v>
       </c>
       <c r="K368" s="15">
-        <v>0.6621</v>
+        <v>0.15</v>
       </c>
       <c r="L368" s="15">
-        <v>0.57382</v>
+        <v>0.15</v>
       </c>
       <c r="M368" s="15">
-        <v>0.55175</v>
+        <v>0.15</v>
       </c>
       <c r="N368" s="15">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
-      <c r="Q368" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="C369" s="15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D369" s="15" t="s">
         <v>1059</v>
       </c>
-      <c r="D369" s="15" t="s">
+      <c r="E369" s="15" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080044396</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I369" s="15"/>
       <c r="J369" s="15">
-        <v>1200</v>
+        <v>290</v>
       </c>
       <c r="K369" s="15">
-        <v>0.053</v>
+        <v>0.6621</v>
       </c>
       <c r="L369" s="15">
-        <v>0.053</v>
+        <v>0.57382</v>
       </c>
       <c r="M369" s="15">
-        <v>0.053</v>
+        <v>0.55175</v>
       </c>
       <c r="N369" s="15">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
-      <c r="Q369" s="15"/>
+      <c r="Q369" s="15">
+        <v>1160</v>
+      </c>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C370" s="15" t="s">
         <v>1061</v>
       </c>
       <c r="D370" s="15" t="s">
         <v>1062</v>
       </c>
-      <c r="E370" s="15" t="s">
-        <v>1063</v>
+      <c r="E370" s="15">
+        <v>10080044396</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I370" s="15"/>
       <c r="J370" s="15">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="K370" s="15">
-        <v>0.1334</v>
+        <v>0.053</v>
       </c>
       <c r="L370" s="15">
-        <v>0.11561</v>
+        <v>0.053</v>
       </c>
       <c r="M370" s="15">
-        <v>0.11116</v>
+        <v>0.053</v>
       </c>
       <c r="N370" s="15">
-        <v>375</v>
+        <v>2</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
-      <c r="Q370" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C371" s="15" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D371" s="15" t="s">
         <v>1064</v>
       </c>
-      <c r="D371" s="15" t="s">
+      <c r="E371" s="15" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010178</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I371" s="15"/>
       <c r="J371" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K371" s="15">
-        <v>0.43921</v>
+        <v>0.1334</v>
       </c>
       <c r="L371" s="15">
-        <v>0.2353</v>
+        <v>0.11561</v>
       </c>
       <c r="M371" s="15">
-        <v>0.21176</v>
+        <v>0.11116</v>
       </c>
       <c r="N371" s="15">
-        <v>799</v>
+        <v>305</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
-      <c r="Q371" s="15"/>
+      <c r="Q371" s="15">
+        <v>4000</v>
+      </c>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>1067</v>
       </c>
-      <c r="E372" s="15" t="s">
-        <v>1068</v>
+      <c r="E372" s="15">
+        <v>10080010178</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I372" s="15"/>
       <c r="J372" s="15">
-        <v>465</v>
+        <v>1</v>
       </c>
       <c r="K372" s="15">
-        <v>0.25743</v>
+        <v>0.43921</v>
       </c>
       <c r="L372" s="15">
-        <v>0.22311</v>
+        <v>0.2353</v>
       </c>
       <c r="M372" s="15">
-        <v>0.21453</v>
+        <v>0.21176</v>
       </c>
       <c r="N372" s="15">
-        <v>20</v>
+        <v>978</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
-      <c r="Q372" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C373" s="15" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D373" s="15" t="s">
         <v>1069</v>
       </c>
-      <c r="C373" s="15" t="s">
+      <c r="E373" s="15" t="s">
         <v>1070</v>
-      </c>
-[...4 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I373" s="15"/>
-      <c r="J373" s="15"/>
+      <c r="J373" s="15">
+        <v>465</v>
+      </c>
       <c r="K373" s="15">
-        <v>0.14289</v>
+        <v>0.25743</v>
       </c>
       <c r="L373" s="15">
-        <v>0.1286</v>
+        <v>0.22311</v>
       </c>
       <c r="M373" s="15">
-        <v>0.11908</v>
-[...1 lines deleted...]
-      <c r="N373" s="15"/>
+        <v>0.21453</v>
+      </c>
+      <c r="N373" s="15">
+        <v>20</v>
+      </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15">
-        <v>24000</v>
+        <v>1860</v>
       </c>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
-        <v>49</v>
+        <v>1071</v>
       </c>
       <c r="C374" s="15" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D374" s="15" t="s">
         <v>1073</v>
       </c>
-      <c r="D374" s="15" t="s">
+      <c r="E374" s="15" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1075</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I374" s="15"/>
       <c r="J374" s="15"/>
       <c r="K374" s="15">
-        <v>0.32258</v>
+        <v>0.14289</v>
       </c>
       <c r="L374" s="15">
-        <v>0.29032</v>
+        <v>0.1286</v>
       </c>
       <c r="M374" s="15">
-        <v>0.26881</v>
-[...6 lines deleted...]
-      <c r="Q374" s="15"/>
+        <v>0.11908</v>
+      </c>
+      <c r="N374" s="15"/>
+      <c r="O374" s="15">
+        <v>223</v>
+      </c>
+      <c r="P374" s="15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="Q374" s="15">
+        <v>24000</v>
+      </c>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C375" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D375" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E375" s="15" t="s">
         <v>1078</v>
-      </c>
-[...4 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="J375" s="15"/>
       <c r="K375" s="15">
-        <v>0.45</v>
+        <v>0.32258</v>
       </c>
       <c r="L375" s="15">
-        <v>0.35</v>
+        <v>0.29032</v>
       </c>
       <c r="M375" s="15">
-        <v>0.33</v>
+        <v>0.26881</v>
       </c>
       <c r="N375" s="15">
-        <v>10</v>
+        <v>571</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="C376" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D376" s="15" t="s">
         <v>1082</v>
       </c>
-      <c r="D376" s="15" t="s">
+      <c r="E376" s="15" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="J376" s="15"/>
       <c r="K376" s="15">
-        <v>0.53016</v>
+        <v>0.45</v>
       </c>
       <c r="L376" s="15">
-        <v>0.47714</v>
+        <v>0.35</v>
       </c>
       <c r="M376" s="15">
-        <v>0.4418</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.33</v>
+      </c>
+      <c r="N376" s="15"/>
       <c r="O376" s="15"/>
-      <c r="P376" s="15"/>
+      <c r="P376" s="15" t="s">
+        <v>1085</v>
+      </c>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="C377" s="15" t="s">
         <v>1086</v>
       </c>
       <c r="D377" s="15" t="s">
         <v>1087</v>
       </c>
       <c r="E377" s="15" t="s">
         <v>1088</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="I377" s="15" t="s">
         <v>1089</v>
       </c>
       <c r="J377" s="15"/>
       <c r="K377" s="15">
-        <v>1.1</v>
+        <v>0.53016</v>
       </c>
       <c r="L377" s="15">
-        <v>0.98963</v>
+        <v>0.47714</v>
       </c>
       <c r="M377" s="15">
-        <v>0.91633</v>
+        <v>0.4418</v>
       </c>
       <c r="N377" s="15">
-        <v>699</v>
+        <v>2590</v>
       </c>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
-      <c r="B378" s="14"/>
-[...2 lines deleted...]
-      <c r="E378" s="15"/>
+      <c r="B378" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="C378" s="15" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D378" s="15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E378" s="15" t="s">
+        <v>1092</v>
+      </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
-      <c r="H378" s="15"/>
-      <c r="I378" s="15"/>
+      <c r="H378" s="15" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I378" s="15" t="s">
+        <v>1093</v>
+      </c>
       <c r="J378" s="15"/>
-      <c r="K378" s="15"/>
-[...2 lines deleted...]
-      <c r="N378" s="15"/>
+      <c r="K378" s="15">
+        <v>1.1</v>
+      </c>
+      <c r="L378" s="15">
+        <v>0.98963</v>
+      </c>
+      <c r="M378" s="15">
+        <v>0.91633</v>
+      </c>
+      <c r="N378" s="15">
+        <v>873</v>
+      </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
+      <c r="R378"/>
+    </row>
+    <row r="379" spans="1:18">
+      <c r="B379" s="14"/>
+      <c r="C379" s="15"/>
+      <c r="D379" s="15"/>
+      <c r="E379" s="15"/>
+      <c r="F379" s="15"/>
+      <c r="G379" s="15"/>
+      <c r="H379" s="15"/>
+      <c r="I379" s="15"/>
+      <c r="J379" s="15"/>
+      <c r="K379" s="15"/>
+      <c r="L379" s="15"/>
+      <c r="M379" s="15"/>
+      <c r="N379" s="15"/>
+      <c r="O379" s="15"/>
+      <c r="P379" s="15"/>
+      <c r="Q379" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -18652,317 +18705,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>