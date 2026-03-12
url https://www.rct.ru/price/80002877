--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1120">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1774,53 +1774,50 @@
   <si>
     <t>8EDGKR-5.0-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-03P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00110344</t>
   </si>
   <si>
     <t xml:space="preserve">MC004-5.0-03P-11-00 GOLTEN, </t>
   </si>
   <si>
     <t>8EDGKR-5.0-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-04P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00111665</t>
   </si>
   <si>
     <t xml:space="preserve">MC004-5.0-04P-11-00 GOLTEN, </t>
   </si>
   <si>
-    <t>29.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>8EDGKR-5.0-05P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-05P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00110347</t>
   </si>
   <si>
     <t>8EDGKR-5.0-07P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-07P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00107982</t>
   </si>
   <si>
     <t xml:space="preserve">MC004-5.0-07P-11-00 GOLTEN, </t>
   </si>
   <si>
     <t>8EDGKR-5.0-09P-11-01A(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGKR-5.0-09P-11-01A(H)</t>
@@ -3241,81 +3238,81 @@
   <si>
     <t>Клеммник 8EDGVCB-7.5-04P-11-01A(H)</t>
   </si>
   <si>
     <t>8EDGVCB-7.5-06P-11-01Z(H)</t>
   </si>
   <si>
     <t>Клеммник 8EDGVCB-7.5-06P-11-01Z(H)</t>
   </si>
   <si>
     <t>UT-00112513</t>
   </si>
   <si>
     <t>8EDG</t>
   </si>
   <si>
     <t>DG018-5.0-02P-11-00Z(H)</t>
   </si>
   <si>
     <t>Перемычка 2P, шаг 5мм / DG018-5.0-02P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112914</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>MC003-5.0-08P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC003-5.0-08P-11-00</t>
   </si>
   <si>
     <t>UT-00142846</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGRC-5.0-08P-11-01Z(H) DEGSON, </t>
   </si>
   <si>
     <t>MC003-5.0-10P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC003-5.0-10P-11-00</t>
   </si>
   <si>
     <t>UT-00142429</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGRC-5.0-10P-11-01Z(H) DEGSON, TLCH-200R-10P-M19 Tianli, </t>
   </si>
   <si>
-    <t>11.04.2026</t>
+    <t>22.04.2026</t>
   </si>
   <si>
     <t>MC004-5.0-03P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC004-5.0-03P-11-00</t>
   </si>
   <si>
     <t>UT-00142436</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGKR-5.0-03P-11-01Z(H) DEGSON, </t>
   </si>
   <si>
     <t>MC035-5.0-08P-11-00</t>
   </si>
   <si>
     <t>Клеммник MC035-5.0-08P-11-00</t>
   </si>
   <si>
     <t>UT-00142848</t>
   </si>
   <si>
     <t xml:space="preserve">8EDGA-5.0-08P-11-01Z(H) DEGSON, </t>
   </si>
@@ -4221,51 +4218,51 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J11" s="15">
         <v>500</v>
       </c>
       <c r="K11" s="15">
         <v>1.92</v>
       </c>
       <c r="L11" s="15">
         <v>1.67</v>
       </c>
       <c r="M11" s="15">
         <v>1.6</v>
       </c>
       <c r="N11" s="15">
-        <v>438</v>
+        <v>468</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
@@ -4301,51 +4298,51 @@
         <v>41</v>
       </c>
       <c r="D13" s="15"/>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>140</v>
       </c>
       <c r="K13" s="15">
         <v>2.32</v>
       </c>
       <c r="L13" s="15">
         <v>2.01</v>
       </c>
       <c r="M13" s="15">
         <v>1.94</v>
       </c>
       <c r="N13" s="15">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -4422,51 +4419,51 @@
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>575</v>
       </c>
       <c r="K16" s="15">
         <v>0.51104</v>
       </c>
       <c r="L16" s="15">
         <v>0.4429</v>
       </c>
       <c r="M16" s="15">
         <v>0.42586</v>
       </c>
       <c r="N16" s="15">
-        <v>291</v>
+        <v>255</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080035396</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -5282,92 +5279,92 @@
       </c>
       <c r="E38" s="15">
         <v>10080009556</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.26403</v>
       </c>
       <c r="L38" s="15">
         <v>0.22883</v>
       </c>
       <c r="M38" s="15">
         <v>0.22003</v>
       </c>
       <c r="N38" s="15">
-        <v>1460</v>
+        <v>1877</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.25266</v>
       </c>
       <c r="L39" s="15">
         <v>0.21897</v>
       </c>
       <c r="M39" s="15">
         <v>0.21055</v>
       </c>
       <c r="N39" s="15">
-        <v>14808</v>
+        <v>15850</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E40" s="15">
         <v>10080009557</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
@@ -5405,174 +5402,174 @@
       </c>
       <c r="E41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>400</v>
       </c>
       <c r="K41" s="15">
         <v>0.37314</v>
       </c>
       <c r="L41" s="15">
         <v>0.32339</v>
       </c>
       <c r="M41" s="15">
         <v>0.31095</v>
       </c>
       <c r="N41" s="15">
-        <v>201</v>
+        <v>229</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.704</v>
       </c>
       <c r="L42" s="15">
         <v>0.50286</v>
       </c>
       <c r="M42" s="15">
         <v>0.45257</v>
       </c>
       <c r="N42" s="15">
-        <v>2345</v>
+        <v>2643</v>
       </c>
       <c r="O42" s="15">
-        <v>2268</v>
+        <v>2556</v>
       </c>
       <c r="P42" s="15" t="s">
         <v>121</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E43" s="15">
         <v>10080009554</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J43" s="15">
         <v>575</v>
       </c>
       <c r="K43" s="15">
         <v>0.61404</v>
       </c>
       <c r="L43" s="15">
         <v>0.53217</v>
       </c>
       <c r="M43" s="15">
         <v>0.5117</v>
       </c>
       <c r="N43" s="15">
-        <v>1005</v>
+        <v>815</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E44" s="15">
         <v>10080010046</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.7848000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.68016</v>
       </c>
       <c r="M44" s="15">
         <v>0.654</v>
       </c>
       <c r="N44" s="15">
-        <v>2277</v>
+        <v>1893</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
@@ -5604,129 +5601,129 @@
       <c r="D46" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10080009555</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>150</v>
       </c>
       <c r="K46" s="15">
         <v>0.90588</v>
       </c>
       <c r="L46" s="15">
         <v>0.7851</v>
       </c>
       <c r="M46" s="15">
         <v>0.7549</v>
       </c>
       <c r="N46" s="15">
-        <v>3262</v>
+        <v>2560</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>150</v>
       </c>
       <c r="K47" s="15">
         <v>1.01</v>
       </c>
       <c r="L47" s="15">
         <v>0.87946</v>
       </c>
       <c r="M47" s="15">
         <v>0.8456399999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>575</v>
       </c>
       <c r="K48" s="15">
         <v>3.02</v>
       </c>
       <c r="L48" s="15">
         <v>1.62</v>
       </c>
       <c r="M48" s="15">
         <v>1.41</v>
       </c>
       <c r="N48" s="15">
-        <v>358</v>
+        <v>349</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>103</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080009558</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
@@ -5801,289 +5798,289 @@
       <c r="D51" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
       </c>
       <c r="K51" s="15">
         <v>0.25536</v>
       </c>
       <c r="L51" s="15">
         <v>0.22131</v>
       </c>
       <c r="M51" s="15">
         <v>0.2128</v>
       </c>
       <c r="N51" s="15">
-        <v>786</v>
+        <v>693</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>600</v>
       </c>
       <c r="K52" s="15">
         <v>0.57831</v>
       </c>
       <c r="L52" s="15">
         <v>0.5012</v>
       </c>
       <c r="M52" s="15">
         <v>0.48193</v>
       </c>
       <c r="N52" s="15">
-        <v>498</v>
+        <v>366</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15">
         <v>10080034842</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.67983</v>
       </c>
       <c r="L53" s="15">
         <v>0.58919</v>
       </c>
       <c r="M53" s="15">
         <v>0.56653</v>
       </c>
       <c r="N53" s="15">
-        <v>707</v>
+        <v>739</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1025</v>
       </c>
       <c r="K54" s="15">
         <v>0.65063</v>
       </c>
       <c r="L54" s="15">
         <v>0.56388</v>
       </c>
       <c r="M54" s="15">
         <v>0.5421899999999999</v>
       </c>
       <c r="N54" s="15">
-        <v>1040</v>
+        <v>992</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>4100</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E55" s="15">
         <v>10000030173</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>850</v>
       </c>
       <c r="K55" s="15">
         <v>0.81782</v>
       </c>
       <c r="L55" s="15">
         <v>0.70877</v>
       </c>
       <c r="M55" s="15">
         <v>0.6815099999999999</v>
       </c>
       <c r="N55" s="15">
-        <v>1332</v>
+        <v>1575</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>160</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>850</v>
       </c>
       <c r="K56" s="15">
         <v>0.8076</v>
       </c>
       <c r="L56" s="15">
         <v>0.69992</v>
       </c>
       <c r="M56" s="15">
         <v>0.673</v>
       </c>
       <c r="N56" s="15">
-        <v>1656</v>
+        <v>1736</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J57" s="15">
         <v>700</v>
       </c>
       <c r="K57" s="15">
         <v>0.9546</v>
       </c>
       <c r="L57" s="15">
         <v>0.8273200000000001</v>
       </c>
       <c r="M57" s="15">
         <v>0.7955</v>
       </c>
       <c r="N57" s="15">
-        <v>785</v>
+        <v>739</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -6117,244 +6114,244 @@
       <c r="D59" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>550</v>
       </c>
       <c r="K59" s="15">
         <v>1.22</v>
       </c>
       <c r="L59" s="15">
         <v>1.06</v>
       </c>
       <c r="M59" s="15">
         <v>1.02</v>
       </c>
       <c r="N59" s="15">
-        <v>1737</v>
+        <v>2038</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>450</v>
       </c>
       <c r="K60" s="15">
         <v>1.63</v>
       </c>
       <c r="L60" s="15">
         <v>1.42</v>
       </c>
       <c r="M60" s="15">
         <v>1.36</v>
       </c>
       <c r="N60" s="15">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>450</v>
       </c>
       <c r="K61" s="15">
         <v>1.61</v>
       </c>
       <c r="L61" s="15">
         <v>1.4</v>
       </c>
       <c r="M61" s="15">
         <v>1.35</v>
       </c>
       <c r="N61" s="15">
-        <v>331</v>
+        <v>430</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E62" s="15">
         <v>10080053386</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>330</v>
       </c>
       <c r="K62" s="15">
         <v>3.28</v>
       </c>
       <c r="L62" s="15">
         <v>2.35</v>
       </c>
       <c r="M62" s="15">
         <v>2.04</v>
       </c>
       <c r="N62" s="15">
-        <v>858</v>
+        <v>1043</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>180</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1200</v>
       </c>
       <c r="K63" s="15">
         <v>0.27179</v>
       </c>
       <c r="L63" s="15">
         <v>0.23555</v>
       </c>
       <c r="M63" s="15">
         <v>0.22649</v>
       </c>
       <c r="N63" s="15">
-        <v>518</v>
+        <v>631</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>180</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>0.26561</v>
       </c>
       <c r="L64" s="15">
         <v>0.23019</v>
       </c>
       <c r="M64" s="15">
         <v>0.22134</v>
       </c>
       <c r="N64" s="15">
-        <v>2343</v>
+        <v>2739</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
@@ -6386,130 +6383,130 @@
       <c r="D66" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>300</v>
       </c>
       <c r="K66" s="15">
         <v>1.39</v>
       </c>
       <c r="L66" s="15">
         <v>1.2</v>
       </c>
       <c r="M66" s="15">
         <v>1.16</v>
       </c>
       <c r="N66" s="15">
-        <v>493</v>
+        <v>679</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E67" s="15">
         <v>10080055994</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>240</v>
       </c>
       <c r="K67" s="15">
         <v>3.56</v>
       </c>
       <c r="L67" s="15">
         <v>2.55</v>
       </c>
       <c r="M67" s="15">
         <v>2.22</v>
       </c>
       <c r="N67" s="15">
-        <v>720</v>
+        <v>816</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>198</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.28293</v>
       </c>
       <c r="L68" s="15">
         <v>0.24521</v>
       </c>
       <c r="M68" s="15">
         <v>0.23578</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15">
-        <v>456</v>
+        <v>528</v>
       </c>
       <c r="P68" s="15" t="s">
         <v>121</v>
       </c>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
@@ -6546,133 +6543,133 @@
       </c>
       <c r="E70" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J70" s="15">
         <v>675</v>
       </c>
       <c r="K70" s="15">
         <v>0.44916</v>
       </c>
       <c r="L70" s="15">
         <v>0.38927</v>
       </c>
       <c r="M70" s="15">
         <v>0.3743</v>
       </c>
       <c r="N70" s="15">
-        <v>927</v>
+        <v>1169</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>210</v>
       </c>
       <c r="J71" s="15">
         <v>575</v>
       </c>
       <c r="K71" s="15">
         <v>0.5412</v>
       </c>
       <c r="L71" s="15">
         <v>0.46904</v>
       </c>
       <c r="M71" s="15">
         <v>0.451</v>
       </c>
       <c r="N71" s="15">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J72" s="15">
         <v>450</v>
       </c>
       <c r="K72" s="15">
         <v>0.67599</v>
       </c>
       <c r="L72" s="15">
         <v>0.58586</v>
       </c>
       <c r="M72" s="15">
         <v>0.56333</v>
       </c>
       <c r="N72" s="15">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
@@ -6745,129 +6742,129 @@
         <v>223</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>225</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>0.9876</v>
       </c>
       <c r="L75" s="15">
         <v>0.85592</v>
       </c>
       <c r="M75" s="15">
         <v>0.823</v>
       </c>
       <c r="N75" s="15">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>229</v>
       </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.9454399999999999</v>
       </c>
       <c r="L76" s="15">
         <v>0.81938</v>
       </c>
       <c r="M76" s="15">
         <v>0.78786</v>
       </c>
       <c r="N76" s="15">
-        <v>923</v>
+        <v>1027</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>300</v>
       </c>
       <c r="K77" s="15">
         <v>1.21</v>
       </c>
       <c r="L77" s="15">
         <v>1.05</v>
       </c>
       <c r="M77" s="15">
         <v>1.01</v>
       </c>
       <c r="N77" s="15">
-        <v>162</v>
+        <v>90</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E78" s="15">
         <v>10000023127</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
@@ -6901,94 +6898,94 @@
       <c r="D79" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>240</v>
       </c>
       <c r="K79" s="15">
         <v>1.52</v>
       </c>
       <c r="L79" s="15">
         <v>1.31</v>
       </c>
       <c r="M79" s="15">
         <v>1.26</v>
       </c>
       <c r="N79" s="15">
-        <v>391</v>
+        <v>367</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15">
         <v>960</v>
       </c>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>241</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
         <v>1.82</v>
       </c>
       <c r="L80" s="15">
         <v>1.58</v>
       </c>
       <c r="M80" s="15">
         <v>1.51</v>
       </c>
       <c r="N80" s="15">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15">
         <v>800</v>
       </c>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
@@ -7145,51 +7142,51 @@
       <c r="D85" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>575</v>
       </c>
       <c r="K85" s="15">
         <v>1.33</v>
       </c>
       <c r="L85" s="15">
         <v>0.7141999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.61897</v>
       </c>
       <c r="N85" s="15">
-        <v>351</v>
+        <v>397</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
@@ -7264,92 +7261,92 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>270</v>
       </c>
       <c r="J88" s="15">
         <v>300</v>
       </c>
       <c r="K88" s="15">
         <v>1.18</v>
       </c>
       <c r="L88" s="15">
         <v>1.02</v>
       </c>
       <c r="M88" s="15">
         <v>0.9828</v>
       </c>
       <c r="N88" s="15">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1200</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>300</v>
       </c>
       <c r="K89" s="15">
         <v>1.2</v>
       </c>
       <c r="L89" s="15">
         <v>1.04</v>
       </c>
       <c r="M89" s="15">
         <v>0.99598</v>
       </c>
       <c r="N89" s="15">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15" t="s">
@@ -7498,129 +7495,129 @@
       <c r="D94" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E94" s="15">
         <v>10080043044</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>880</v>
       </c>
       <c r="K94" s="15">
         <v>0.61605</v>
       </c>
       <c r="L94" s="15">
         <v>0.33206</v>
       </c>
       <c r="M94" s="15">
         <v>0.28838</v>
       </c>
       <c r="N94" s="15">
-        <v>696</v>
+        <v>627</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>288</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>289</v>
       </c>
       <c r="E95" s="15">
         <v>10080043045</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>650</v>
       </c>
       <c r="K95" s="15">
         <v>0.92918</v>
       </c>
       <c r="L95" s="15">
         <v>0.50085</v>
       </c>
       <c r="M95" s="15">
         <v>0.43494</v>
       </c>
       <c r="N95" s="15">
-        <v>699</v>
+        <v>591</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>291</v>
       </c>
       <c r="E96" s="15">
         <v>10080048827</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>480</v>
       </c>
       <c r="K96" s="15">
         <v>1.23</v>
       </c>
       <c r="L96" s="15">
         <v>0.66279</v>
       </c>
       <c r="M96" s="15">
         <v>0.57559</v>
       </c>
       <c r="N96" s="15">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E97" s="15">
         <v>10080048828</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
@@ -7693,51 +7690,51 @@
       <c r="D99" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E99" s="15">
         <v>10080048829</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>280</v>
       </c>
       <c r="K99" s="15">
         <v>0.73682</v>
       </c>
       <c r="L99" s="15">
         <v>0.63857</v>
       </c>
       <c r="M99" s="15">
         <v>0.6140099999999999</v>
       </c>
       <c r="N99" s="15">
-        <v>356</v>
+        <v>308</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E100" s="15">
         <v>10080043048</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
@@ -7968,51 +7965,51 @@
       </c>
       <c r="E106" s="15">
         <v>10080010103</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>313</v>
       </c>
       <c r="J106" s="15">
         <v>575</v>
       </c>
       <c r="K106" s="15">
         <v>0.56526</v>
       </c>
       <c r="L106" s="15">
         <v>0.48989</v>
       </c>
       <c r="M106" s="15">
         <v>0.47105</v>
       </c>
       <c r="N106" s="15">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>316</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15" t="s">
@@ -8165,51 +8162,51 @@
       <c r="D111" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>300</v>
       </c>
       <c r="K111" s="15">
         <v>1.08</v>
       </c>
       <c r="L111" s="15">
         <v>0.9391699999999999</v>
       </c>
       <c r="M111" s="15">
         <v>0.90305</v>
       </c>
       <c r="N111" s="15">
-        <v>2781</v>
+        <v>2836</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>329</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
@@ -8514,51 +8511,51 @@
       <c r="D120" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>353</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>575</v>
       </c>
       <c r="K120" s="15">
         <v>0.41765</v>
       </c>
       <c r="L120" s="15">
         <v>0.36196</v>
       </c>
       <c r="M120" s="15">
         <v>0.34804</v>
       </c>
       <c r="N120" s="15">
-        <v>126</v>
+        <v>153</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E121" s="15">
         <v>10080010104</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15"/>
@@ -8945,131 +8942,131 @@
       <c r="D131" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>381</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>975</v>
       </c>
       <c r="K131" s="15">
         <v>0.64176</v>
       </c>
       <c r="L131" s="15">
         <v>0.55619</v>
       </c>
       <c r="M131" s="15">
         <v>0.5348000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>1255</v>
+        <v>1031</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>500</v>
       </c>
       <c r="K132" s="15">
         <v>0.77805</v>
       </c>
       <c r="L132" s="15">
         <v>0.67431</v>
       </c>
       <c r="M132" s="15">
         <v>0.64838</v>
       </c>
       <c r="N132" s="15">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15">
         <v>2000</v>
       </c>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>975</v>
       </c>
       <c r="K133" s="15">
         <v>1</v>
       </c>
       <c r="L133" s="15">
         <v>0.9029700000000001</v>
       </c>
       <c r="M133" s="15">
         <v>0.83609</v>
       </c>
       <c r="N133" s="15">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
@@ -9181,51 +9178,51 @@
       <c r="D137" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>400</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>140</v>
       </c>
       <c r="K137" s="15">
         <v>1.43</v>
       </c>
       <c r="L137" s="15">
         <v>1.24</v>
       </c>
       <c r="M137" s="15">
         <v>1.19</v>
       </c>
       <c r="N137" s="15">
-        <v>377</v>
+        <v>416</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>401</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>402</v>
       </c>
       <c r="E138" s="15">
         <v>10080065193</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
@@ -9333,51 +9330,51 @@
         <v>409</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15"/>
       <c r="K141" s="15">
         <v>2.71</v>
       </c>
       <c r="L141" s="15">
         <v>1.81</v>
       </c>
       <c r="M141" s="15">
         <v>1.64</v>
       </c>
       <c r="N141" s="15">
-        <v>214</v>
+        <v>159</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
@@ -9452,51 +9449,51 @@
       <c r="D144" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>250</v>
       </c>
       <c r="K144" s="15">
         <v>0.75161</v>
       </c>
       <c r="L144" s="15">
         <v>0.65139</v>
       </c>
       <c r="M144" s="15">
         <v>0.62634</v>
       </c>
       <c r="N144" s="15">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>423</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
@@ -9569,92 +9566,92 @@
       <c r="D147" s="15" t="s">
         <v>430</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>431</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>220</v>
       </c>
       <c r="K147" s="15">
         <v>0.75678</v>
       </c>
       <c r="L147" s="15">
         <v>0.65588</v>
       </c>
       <c r="M147" s="15">
         <v>0.63065</v>
       </c>
       <c r="N147" s="15">
-        <v>770</v>
+        <v>613</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>432</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>433</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>434</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>435</v>
       </c>
       <c r="J148" s="15">
         <v>220</v>
       </c>
       <c r="K148" s="15">
         <v>1.22</v>
       </c>
       <c r="L148" s="15">
         <v>1.05</v>
       </c>
       <c r="M148" s="15">
         <v>1.01</v>
       </c>
       <c r="N148" s="15">
-        <v>101</v>
+        <v>73</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15">
         <v>880</v>
       </c>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
@@ -9806,53 +9803,51 @@
       </c>
       <c r="D153" s="15" t="s">
         <v>450</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>451</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>975</v>
       </c>
       <c r="K153" s="15">
         <v>0.8054</v>
       </c>
       <c r="L153" s="15">
         <v>0.69801</v>
       </c>
       <c r="M153" s="15">
         <v>0.67116</v>
       </c>
-      <c r="N153" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15">
         <v>1100</v>
       </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>452</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>453</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>454</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
@@ -9967,51 +9962,51 @@
       <c r="D157" s="15" t="s">
         <v>462</v>
       </c>
       <c r="E157" s="15" t="s">
         <v>463</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>65</v>
       </c>
       <c r="K157" s="15">
         <v>3.32</v>
       </c>
       <c r="L157" s="15">
         <v>2.88</v>
       </c>
       <c r="M157" s="15">
         <v>2.77</v>
       </c>
       <c r="N157" s="15">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15">
         <v>260</v>
       </c>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>464</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>465</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>466</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
@@ -10045,51 +10040,51 @@
       </c>
       <c r="E159" s="15" t="s">
         <v>469</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15" t="s">
         <v>470</v>
       </c>
       <c r="J159" s="15">
         <v>280</v>
       </c>
       <c r="K159" s="15">
         <v>1.38</v>
       </c>
       <c r="L159" s="15">
         <v>0.91957</v>
       </c>
       <c r="M159" s="15">
         <v>0.83477</v>
       </c>
       <c r="N159" s="15">
-        <v>364</v>
+        <v>389</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E160" s="15">
         <v>10080010097</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
@@ -10158,51 +10153,51 @@
       <c r="D162" s="15" t="s">
         <v>477</v>
       </c>
       <c r="E162" s="15">
         <v>10080034187</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>165</v>
       </c>
       <c r="K162" s="15">
         <v>2.57</v>
       </c>
       <c r="L162" s="15">
         <v>1.38</v>
       </c>
       <c r="M162" s="15">
         <v>1.24</v>
       </c>
       <c r="N162" s="15">
-        <v>1064</v>
+        <v>1028</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>478</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>479</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>480</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
@@ -10275,51 +10270,51 @@
         <v>484</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>485</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>486</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15"/>
       <c r="K165" s="15">
         <v>0.80918</v>
       </c>
       <c r="L165" s="15">
         <v>0.70129</v>
       </c>
       <c r="M165" s="15">
         <v>0.67431</v>
       </c>
       <c r="N165" s="15">
-        <v>438</v>
+        <v>314</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>487</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>488</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15"/>
@@ -10349,51 +10344,51 @@
         <v>490</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>491</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>492</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
         <v>0.72135</v>
       </c>
       <c r="L167" s="15">
         <v>0.62517</v>
       </c>
       <c r="M167" s="15">
         <v>0.6011300000000001</v>
       </c>
       <c r="N167" s="15">
-        <v>320</v>
+        <v>410</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>493</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>494</v>
       </c>
       <c r="E168" s="15" t="s">
         <v>495</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I168" s="15"/>
@@ -10427,51 +10422,51 @@
       <c r="D169" s="15" t="s">
         <v>497</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>498</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>575</v>
       </c>
       <c r="K169" s="15">
         <v>0.77247</v>
       </c>
       <c r="L169" s="15">
         <v>0.66947</v>
       </c>
       <c r="M169" s="15">
         <v>0.64373</v>
       </c>
       <c r="N169" s="15">
-        <v>1195</v>
+        <v>1106</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>499</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>500</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>501</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
@@ -10622,51 +10617,51 @@
       <c r="D174" s="15" t="s">
         <v>510</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>511</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>225</v>
       </c>
       <c r="K174" s="15">
         <v>1.24</v>
       </c>
       <c r="L174" s="15">
         <v>1.07</v>
       </c>
       <c r="M174" s="15">
         <v>1.03</v>
       </c>
       <c r="N174" s="15">
-        <v>567</v>
+        <v>753</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15">
         <v>900</v>
       </c>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>514</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
@@ -10780,92 +10775,92 @@
       <c r="D178" s="15" t="s">
         <v>522</v>
       </c>
       <c r="E178" s="15" t="s">
         <v>523</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>120</v>
       </c>
       <c r="K178" s="15">
         <v>2.8</v>
       </c>
       <c r="L178" s="15">
         <v>2.43</v>
       </c>
       <c r="M178" s="15">
         <v>2.33</v>
       </c>
       <c r="N178" s="15">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15">
         <v>480</v>
       </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
         <v>524</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>525</v>
       </c>
       <c r="E179" s="15" t="s">
         <v>526</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
         <v>70</v>
       </c>
       <c r="K179" s="15">
         <v>3.86</v>
       </c>
       <c r="L179" s="15">
         <v>3.34</v>
       </c>
       <c r="M179" s="15">
         <v>3.22</v>
       </c>
       <c r="N179" s="15">
-        <v>123</v>
+        <v>95</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15">
         <v>280</v>
       </c>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>527</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>528</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>529</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
@@ -11367,51 +11362,51 @@
       <c r="D193" s="15" t="s">
         <v>563</v>
       </c>
       <c r="E193" s="15" t="s">
         <v>564</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>600</v>
       </c>
       <c r="K193" s="15">
         <v>0.41661</v>
       </c>
       <c r="L193" s="15">
         <v>0.36106</v>
       </c>
       <c r="M193" s="15">
         <v>0.34718</v>
       </c>
       <c r="N193" s="15">
-        <v>435</v>
+        <v>512</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15">
         <v>2400</v>
       </c>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>565</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>566</v>
       </c>
       <c r="E194" s="15">
         <v>10080044341</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
@@ -11521,51 +11516,51 @@
         <v>573</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>574</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>575</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15"/>
       <c r="K197" s="15">
         <v>1.74</v>
       </c>
       <c r="L197" s="15">
         <v>1.51</v>
       </c>
       <c r="M197" s="15">
         <v>1.45</v>
       </c>
       <c r="N197" s="15">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>576</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>577</v>
       </c>
       <c r="E198" s="15">
         <v>10080043053</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
@@ -11639,7030 +11634,7022 @@
       <c r="E200" s="15" t="s">
         <v>584</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15" t="s">
         <v>585</v>
       </c>
       <c r="J200" s="15">
         <v>975</v>
       </c>
       <c r="K200" s="15">
         <v>0.5766</v>
       </c>
       <c r="L200" s="15">
         <v>0.49972</v>
       </c>
       <c r="M200" s="15">
         <v>0.4805</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
-      <c r="P200" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>587</v>
       </c>
-      <c r="D201" s="15" t="s">
+      <c r="E201" s="15" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>400</v>
       </c>
       <c r="K201" s="15">
         <v>0.67089</v>
       </c>
       <c r="L201" s="15">
         <v>0.58144</v>
       </c>
       <c r="M201" s="15">
         <v>0.55908</v>
       </c>
       <c r="N201" s="15">
-        <v>1491</v>
+        <v>1083</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>590</v>
       </c>
-      <c r="D202" s="15" t="s">
+      <c r="E202" s="15" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="J202" s="15">
         <v>300</v>
       </c>
       <c r="K202" s="15">
         <v>1.01</v>
       </c>
       <c r="L202" s="15">
         <v>0.87532</v>
       </c>
       <c r="M202" s="15">
         <v>0.84165</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>594</v>
       </c>
-      <c r="D203" s="15" t="s">
+      <c r="E203" s="15" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="J203" s="15"/>
       <c r="K203" s="15">
         <v>1.53</v>
       </c>
       <c r="L203" s="15">
         <v>1.33</v>
       </c>
       <c r="M203" s="15">
         <v>1.28</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="D204" s="15" t="s">
         <v>598</v>
       </c>
-      <c r="D204" s="15" t="s">
+      <c r="E204" s="15" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>195</v>
       </c>
       <c r="K204" s="15">
         <v>1.73</v>
       </c>
       <c r="L204" s="15">
         <v>1.5</v>
       </c>
       <c r="M204" s="15">
         <v>1.44</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15">
         <v>780</v>
       </c>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="E205" s="15">
         <v>10080043713</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>600</v>
       </c>
       <c r="K205" s="15">
         <v>0.60637</v>
       </c>
       <c r="L205" s="15">
         <v>0.32684</v>
       </c>
       <c r="M205" s="15">
         <v>0.28383</v>
       </c>
       <c r="N205" s="15">
-        <v>498</v>
+        <v>392</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="E206" s="15">
         <v>10080043714</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>400</v>
       </c>
       <c r="K206" s="15">
         <v>0.90957</v>
       </c>
       <c r="L206" s="15">
         <v>0.49027</v>
       </c>
       <c r="M206" s="15">
         <v>0.42576</v>
       </c>
       <c r="N206" s="15">
-        <v>422</v>
+        <v>368</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="E207" s="15">
         <v>10080043715</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>535</v>
       </c>
       <c r="K207" s="15">
         <v>1.21</v>
       </c>
       <c r="L207" s="15">
         <v>0.65371</v>
       </c>
       <c r="M207" s="15">
         <v>0.56769</v>
       </c>
       <c r="N207" s="15">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>608</v>
       </c>
       <c r="E208" s="15">
         <v>10080043716</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>400</v>
       </c>
       <c r="K208" s="15">
         <v>1.52</v>
       </c>
       <c r="L208" s="15">
         <v>0.81713</v>
       </c>
       <c r="M208" s="15">
         <v>0.7095900000000001</v>
       </c>
       <c r="N208" s="15">
-        <v>117</v>
+        <v>171</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E209" s="15">
         <v>10080027749</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>400</v>
       </c>
       <c r="K209" s="15">
         <v>0.64216</v>
       </c>
       <c r="L209" s="15">
         <v>0.34612</v>
       </c>
       <c r="M209" s="15">
         <v>0.3006</v>
       </c>
       <c r="N209" s="15">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>610</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>611</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>400</v>
       </c>
       <c r="K210" s="15">
         <v>0.30513</v>
       </c>
       <c r="L210" s="15">
         <v>0.26445</v>
       </c>
       <c r="M210" s="15">
         <v>0.25428</v>
       </c>
       <c r="N210" s="15">
         <v>100</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>613</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="E211" s="15">
         <v>10080063899</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>450</v>
       </c>
       <c r="K211" s="15">
         <v>0.96999</v>
       </c>
       <c r="L211" s="15">
         <v>0.52283</v>
       </c>
       <c r="M211" s="15">
         <v>0.45403</v>
       </c>
       <c r="N211" s="15">
-        <v>478</v>
+        <v>396</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="D212" s="15" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="E212" s="15">
         <v>10080010099</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>975</v>
       </c>
       <c r="K212" s="15">
         <v>1.6</v>
       </c>
       <c r="L212" s="15">
         <v>0.86366</v>
       </c>
       <c r="M212" s="15">
         <v>0.75002</v>
       </c>
       <c r="N212" s="15">
         <v>140</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>617</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>618</v>
       </c>
-      <c r="D213" s="15" t="s">
+      <c r="E213" s="15" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>280</v>
       </c>
       <c r="K213" s="15">
         <v>0.78461</v>
       </c>
       <c r="L213" s="15">
         <v>0.67999</v>
       </c>
       <c r="M213" s="15">
         <v>0.65384</v>
       </c>
       <c r="N213" s="15">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15">
         <v>1120</v>
       </c>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>620</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>621</v>
       </c>
-      <c r="D214" s="15" t="s">
+      <c r="E214" s="15" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>175</v>
       </c>
       <c r="K214" s="15">
         <v>0.9464399999999999</v>
       </c>
       <c r="L214" s="15">
         <v>0.82025</v>
       </c>
       <c r="M214" s="15">
         <v>0.7887</v>
       </c>
       <c r="N214" s="15">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15">
         <v>700</v>
       </c>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>624</v>
       </c>
-      <c r="D215" s="15" t="s">
+      <c r="E215" s="15" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>198</v>
       </c>
       <c r="K215" s="15">
         <v>1.13</v>
       </c>
       <c r="L215" s="15">
         <v>0.98002</v>
       </c>
       <c r="M215" s="15">
         <v>0.94233</v>
       </c>
       <c r="N215" s="15">
-        <v>122</v>
+        <v>98</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15">
         <v>780</v>
       </c>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D216" s="15" t="s">
         <v>627</v>
       </c>
-      <c r="D216" s="15" t="s">
+      <c r="E216" s="15" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>225</v>
       </c>
       <c r="K216" s="15">
         <v>1.25</v>
       </c>
       <c r="L216" s="15">
         <v>1.08</v>
       </c>
       <c r="M216" s="15">
         <v>1.04</v>
       </c>
       <c r="N216" s="15">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15">
         <v>900</v>
       </c>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>629</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>630</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="J217" s="15">
         <v>685</v>
       </c>
       <c r="K217" s="15">
         <v>0.43394</v>
       </c>
       <c r="L217" s="15">
         <v>0.37608</v>
       </c>
       <c r="M217" s="15">
         <v>0.36161</v>
       </c>
       <c r="N217" s="15">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="E218" s="15">
         <v>10080027750</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="15"/>
       <c r="J218" s="15">
         <v>375</v>
       </c>
       <c r="K218" s="15">
         <v>0.7052</v>
       </c>
       <c r="L218" s="15">
         <v>0.61117</v>
       </c>
       <c r="M218" s="15">
         <v>0.58766</v>
       </c>
       <c r="N218" s="15">
         <v>55</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>635</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>636</v>
       </c>
-      <c r="D219" s="15" t="s">
+      <c r="E219" s="15" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="J219" s="15">
         <v>240</v>
       </c>
       <c r="K219" s="15">
         <v>1.29</v>
       </c>
       <c r="L219" s="15">
         <v>1.12</v>
       </c>
       <c r="M219" s="15">
         <v>1.08</v>
       </c>
       <c r="N219" s="15">
-        <v>183</v>
+        <v>215</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15">
         <v>960</v>
       </c>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>640</v>
       </c>
-      <c r="D220" s="15" t="s">
+      <c r="E220" s="15" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="J220" s="15">
         <v>200</v>
       </c>
       <c r="K220" s="15">
         <v>1.62</v>
       </c>
       <c r="L220" s="15">
         <v>1.4</v>
       </c>
       <c r="M220" s="15">
         <v>1.35</v>
       </c>
       <c r="N220" s="15">
-        <v>519</v>
+        <v>450</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15">
         <v>800</v>
       </c>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>643</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>644</v>
       </c>
-      <c r="D221" s="15" t="s">
+      <c r="E221" s="15" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="J221" s="15">
         <v>150</v>
       </c>
       <c r="K221" s="15">
         <v>1.72</v>
       </c>
       <c r="L221" s="15">
         <v>1.49</v>
       </c>
       <c r="M221" s="15">
         <v>1.43</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>648</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>110</v>
       </c>
       <c r="K222" s="15">
         <v>2.3</v>
       </c>
       <c r="L222" s="15">
         <v>2</v>
       </c>
       <c r="M222" s="15">
         <v>1.92</v>
       </c>
       <c r="N222" s="15">
         <v>100</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15">
         <v>440</v>
       </c>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>650</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>651</v>
       </c>
-      <c r="D223" s="15" t="s">
+      <c r="E223" s="15" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>50</v>
       </c>
       <c r="K223" s="15">
         <v>0.7668199999999999</v>
       </c>
       <c r="L223" s="15">
         <v>0.66457</v>
       </c>
       <c r="M223" s="15">
         <v>0.63901</v>
       </c>
       <c r="N223" s="15">
-        <v>497</v>
+        <v>377</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15">
         <v>400</v>
       </c>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>654</v>
       </c>
-      <c r="D224" s="15" t="s">
+      <c r="E224" s="15" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>480</v>
       </c>
       <c r="K224" s="15">
         <v>0.9215</v>
       </c>
       <c r="L224" s="15">
         <v>0.79863</v>
       </c>
       <c r="M224" s="15">
         <v>0.76791</v>
       </c>
       <c r="N224" s="15">
-        <v>849</v>
+        <v>889</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>657</v>
       </c>
-      <c r="D225" s="15" t="s">
+      <c r="E225" s="15" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>380</v>
       </c>
       <c r="K225" s="15">
         <v>1.22</v>
       </c>
       <c r="L225" s="15">
         <v>1.06</v>
       </c>
       <c r="M225" s="15">
         <v>1.02</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15">
         <v>1520</v>
       </c>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="D226" s="15" t="s">
+      <c r="E226" s="15" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>360</v>
       </c>
       <c r="K226" s="15">
         <v>1.38</v>
       </c>
       <c r="L226" s="15">
         <v>1.2</v>
       </c>
       <c r="M226" s="15">
         <v>1.15</v>
       </c>
       <c r="N226" s="15">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15">
         <v>1440</v>
       </c>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>663</v>
       </c>
-      <c r="D227" s="15" t="s">
+      <c r="E227" s="15" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>315</v>
       </c>
       <c r="K227" s="15">
         <v>1.69</v>
       </c>
       <c r="L227" s="15">
         <v>1.47</v>
       </c>
       <c r="M227" s="15">
         <v>1.41</v>
       </c>
       <c r="N227" s="15">
-        <v>697</v>
+        <v>774</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>665</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>666</v>
       </c>
-      <c r="D228" s="15" t="s">
+      <c r="E228" s="15" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>260</v>
       </c>
       <c r="K228" s="15">
         <v>2</v>
       </c>
       <c r="L228" s="15">
         <v>1.73</v>
       </c>
       <c r="M228" s="15">
         <v>1.67</v>
       </c>
       <c r="N228" s="15">
         <v>5</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15">
         <v>1040</v>
       </c>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>144</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>669</v>
       </c>
-      <c r="D229" s="15" t="s">
+      <c r="E229" s="15" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
         <v>190</v>
       </c>
       <c r="K229" s="15">
         <v>2.95</v>
       </c>
       <c r="L229" s="15">
         <v>2.56</v>
       </c>
       <c r="M229" s="15">
         <v>2.46</v>
       </c>
       <c r="N229" s="15">
         <v>5</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15">
         <v>760</v>
       </c>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>672</v>
       </c>
-      <c r="D230" s="15" t="s">
+      <c r="E230" s="15" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>674</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="J230" s="15">
         <v>300</v>
       </c>
       <c r="K230" s="15">
         <v>0.40335</v>
       </c>
       <c r="L230" s="15">
         <v>0.34957</v>
       </c>
       <c r="M230" s="15">
         <v>0.33613</v>
       </c>
       <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>675</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>676</v>
       </c>
-      <c r="D231" s="15" t="s">
+      <c r="E231" s="15" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="J231" s="15">
         <v>355</v>
       </c>
       <c r="K231" s="15">
         <v>0.5337</v>
       </c>
       <c r="L231" s="15">
         <v>0.46254</v>
       </c>
       <c r="M231" s="15">
         <v>0.44475</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>679</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
       <c r="E232" s="15">
         <v>10080010100</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>305</v>
       </c>
       <c r="K232" s="15">
         <v>0.78539</v>
       </c>
       <c r="L232" s="15">
         <v>0.68067</v>
       </c>
       <c r="M232" s="15">
         <v>0.65449</v>
       </c>
       <c r="N232" s="15">
-        <v>11458</v>
+        <v>11182</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>682</v>
       </c>
-      <c r="D233" s="15" t="s">
+      <c r="E233" s="15" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>260</v>
       </c>
       <c r="K233" s="15">
         <v>0.99191</v>
       </c>
       <c r="L233" s="15">
         <v>0.85965</v>
       </c>
       <c r="M233" s="15">
         <v>0.82659</v>
       </c>
       <c r="N233" s="15">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>685</v>
       </c>
-      <c r="D234" s="15" t="s">
+      <c r="E234" s="15" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>260</v>
       </c>
       <c r="K234" s="15">
         <v>0.94992</v>
       </c>
       <c r="L234" s="15">
         <v>0.82326</v>
       </c>
       <c r="M234" s="15">
         <v>0.7916</v>
       </c>
       <c r="N234" s="15">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>687</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>688</v>
       </c>
-      <c r="D235" s="15" t="s">
+      <c r="E235" s="15" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="J235" s="15">
         <v>210</v>
       </c>
       <c r="K235" s="15">
         <v>1.26</v>
       </c>
       <c r="L235" s="15">
         <v>1.09</v>
       </c>
       <c r="M235" s="15">
         <v>1.05</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>692</v>
       </c>
-      <c r="D236" s="15" t="s">
+      <c r="E236" s="15" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>160</v>
       </c>
       <c r="K236" s="15">
         <v>1.74</v>
       </c>
       <c r="L236" s="15">
         <v>1.51</v>
       </c>
       <c r="M236" s="15">
         <v>1.45</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>695</v>
       </c>
-      <c r="D237" s="15" t="s">
+      <c r="E237" s="15" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>85</v>
       </c>
       <c r="K237" s="15">
         <v>3.33</v>
       </c>
       <c r="L237" s="15">
         <v>2.88</v>
       </c>
       <c r="M237" s="15">
         <v>2.77</v>
       </c>
       <c r="N237" s="15">
         <v>48</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15">
         <v>340</v>
       </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>698</v>
       </c>
-      <c r="D238" s="15" t="s">
+      <c r="E238" s="15" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15"/>
       <c r="K238" s="15">
         <v>0.47597</v>
       </c>
       <c r="L238" s="15">
         <v>0.4125</v>
       </c>
       <c r="M238" s="15">
         <v>0.39664</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>700</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>701</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15"/>
       <c r="K239" s="15">
         <v>0.63456</v>
       </c>
       <c r="L239" s="15">
         <v>0.54995</v>
       </c>
       <c r="M239" s="15">
         <v>0.5288</v>
       </c>
       <c r="N239" s="15">
         <v>20</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>704</v>
       </c>
-      <c r="D240" s="15" t="s">
+      <c r="E240" s="15" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>110</v>
       </c>
       <c r="K240" s="15">
         <v>2.48</v>
       </c>
       <c r="L240" s="15">
         <v>2.15</v>
       </c>
       <c r="M240" s="15">
         <v>2.06</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15">
         <v>440</v>
       </c>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>706</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>707</v>
       </c>
-      <c r="D241" s="15" t="s">
+      <c r="E241" s="15" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>85</v>
       </c>
       <c r="K241" s="15">
         <v>3.25</v>
       </c>
       <c r="L241" s="15">
         <v>2.82</v>
       </c>
       <c r="M241" s="15">
         <v>2.71</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15">
         <v>340</v>
       </c>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>710</v>
       </c>
-      <c r="D242" s="15" t="s">
+      <c r="E242" s="15" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15"/>
       <c r="K242" s="15">
         <v>3.26</v>
       </c>
       <c r="L242" s="15">
         <v>2.53</v>
       </c>
       <c r="M242" s="15">
         <v>2.42</v>
       </c>
       <c r="N242" s="15">
         <v>8</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>256</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D243" s="15" t="s">
+      <c r="E243" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>65</v>
       </c>
       <c r="K243" s="15">
         <v>3.9</v>
       </c>
       <c r="L243" s="15">
         <v>3.38</v>
       </c>
       <c r="M243" s="15">
         <v>3.25</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15">
         <v>260</v>
       </c>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>715</v>
+      </c>
+      <c r="D244" s="15" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="E244" s="15">
         <v>10080044386</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>450</v>
       </c>
       <c r="K244" s="15">
         <v>0.253</v>
       </c>
       <c r="L244" s="15">
         <v>0.253</v>
       </c>
       <c r="M244" s="15">
         <v>0.253</v>
       </c>
       <c r="N244" s="15">
         <v>1</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>717</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>718</v>
       </c>
-      <c r="D245" s="15" t="s">
+      <c r="E245" s="15" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>355</v>
       </c>
       <c r="K245" s="15">
         <v>0.66632</v>
       </c>
       <c r="L245" s="15">
         <v>0.57747</v>
       </c>
       <c r="M245" s="15">
         <v>0.55526</v>
       </c>
       <c r="N245" s="15">
-        <v>103</v>
+        <v>87</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15">
         <v>1420</v>
       </c>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>82</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>720</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>721</v>
       </c>
-      <c r="D246" s="15" t="s">
+      <c r="E246" s="15" t="s">
         <v>722</v>
-      </c>
-[...1 lines deleted...]
-        <v>723</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>575</v>
       </c>
       <c r="K246" s="15">
         <v>0.83313</v>
       </c>
       <c r="L246" s="15">
         <v>0.72205</v>
       </c>
       <c r="M246" s="15">
         <v>0.69428</v>
       </c>
       <c r="N246" s="15">
         <v>41</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
+        <v>723</v>
+      </c>
+      <c r="D247" s="15" t="s">
         <v>724</v>
       </c>
-      <c r="D247" s="15" t="s">
+      <c r="E247" s="15" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15"/>
       <c r="K247" s="15">
         <v>0.5014999999999999</v>
       </c>
       <c r="L247" s="15">
         <v>0.43463</v>
       </c>
       <c r="M247" s="15">
         <v>0.41791</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>726</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>727</v>
       </c>
-      <c r="D248" s="15" t="s">
+      <c r="E248" s="15" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15"/>
       <c r="K248" s="15">
         <v>0.90095</v>
       </c>
       <c r="L248" s="15">
         <v>0.78082</v>
       </c>
       <c r="M248" s="15">
         <v>0.75079</v>
       </c>
       <c r="N248" s="15">
         <v>2</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="E249" s="15">
         <v>10080042709</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>260</v>
       </c>
       <c r="K249" s="15">
         <v>2.33</v>
       </c>
       <c r="L249" s="15">
         <v>1.25</v>
       </c>
       <c r="M249" s="15">
         <v>1.12</v>
       </c>
       <c r="N249" s="15">
-        <v>308</v>
+        <v>210</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>731</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>732</v>
       </c>
-      <c r="D250" s="15" t="s">
+      <c r="E250" s="15" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>185</v>
       </c>
       <c r="K250" s="15">
         <v>1.46</v>
       </c>
       <c r="L250" s="15">
         <v>1.27</v>
       </c>
       <c r="M250" s="15">
         <v>1.22</v>
       </c>
       <c r="N250" s="15">
-        <v>1989</v>
+        <v>2406</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>734</v>
+      </c>
+      <c r="D251" s="15" t="s">
         <v>735</v>
       </c>
-      <c r="D251" s="15" t="s">
+      <c r="E251" s="15" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15"/>
       <c r="K251" s="15">
         <v>3.1</v>
       </c>
       <c r="L251" s="15">
         <v>2.6</v>
       </c>
       <c r="M251" s="15">
         <v>2.5</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
+        <v>737</v>
+      </c>
+      <c r="C252" s="15" t="s">
         <v>738</v>
       </c>
-      <c r="C252" s="15" t="s">
+      <c r="D252" s="15" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E252" s="15">
         <v>10080011186</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
         <v>500</v>
       </c>
       <c r="K252" s="15">
         <v>0.046</v>
       </c>
       <c r="L252" s="15">
         <v>0.046</v>
       </c>
       <c r="M252" s="15">
         <v>0.046</v>
       </c>
       <c r="N252" s="15">
-        <v>19616</v>
+        <v>20942</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>741</v>
       </c>
-      <c r="D253" s="15" t="s">
+      <c r="E253" s="15" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="L253" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="M253" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="N253" s="15">
-        <v>9267</v>
+        <v>12256</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="E254" s="15">
         <v>10080009550</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>200</v>
       </c>
       <c r="K254" s="15">
         <v>0.092</v>
       </c>
       <c r="L254" s="15">
         <v>0.092</v>
       </c>
       <c r="M254" s="15">
         <v>0.092</v>
       </c>
       <c r="N254" s="15">
-        <v>43828</v>
+        <v>42317</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
       <c r="E255" s="15">
         <v>10080009551</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>1200</v>
       </c>
       <c r="K255" s="15">
         <v>0.16661</v>
       </c>
       <c r="L255" s="15">
         <v>0.14439</v>
       </c>
       <c r="M255" s="15">
         <v>0.13884</v>
       </c>
       <c r="N255" s="15">
-        <v>14702</v>
+        <v>18810</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>748</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>1200</v>
       </c>
       <c r="K256" s="15">
         <v>0.17718</v>
       </c>
       <c r="L256" s="15">
         <v>0.15356</v>
       </c>
       <c r="M256" s="15">
         <v>0.14765</v>
       </c>
       <c r="N256" s="15">
         <v>90</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="E257" s="15">
         <v>10080015898</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15"/>
       <c r="J257" s="15">
         <v>1200</v>
       </c>
       <c r="K257" s="15">
         <v>0.29931</v>
       </c>
       <c r="L257" s="15">
         <v>0.24943</v>
       </c>
       <c r="M257" s="15">
         <v>0.23946</v>
       </c>
       <c r="N257" s="15">
         <v>22</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>752</v>
+      </c>
+      <c r="D258" s="15" t="s">
         <v>753</v>
-      </c>
-[...1 lines deleted...]
-        <v>754</v>
       </c>
       <c r="E258" s="15">
         <v>10080009552</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15"/>
       <c r="J258" s="15">
         <v>200</v>
       </c>
       <c r="K258" s="15">
         <v>0.24696</v>
       </c>
       <c r="L258" s="15">
         <v>0.21403</v>
       </c>
       <c r="M258" s="15">
         <v>0.2058</v>
       </c>
       <c r="N258" s="15">
-        <v>5200</v>
+        <v>6405</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>755</v>
       </c>
-      <c r="D259" s="15" t="s">
+      <c r="E259" s="15" t="s">
         <v>756</v>
-      </c>
-[...1 lines deleted...]
-        <v>757</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15"/>
       <c r="K259" s="15">
         <v>0.75673</v>
       </c>
       <c r="L259" s="15">
         <v>0.44121</v>
       </c>
       <c r="M259" s="15">
         <v>0.35108</v>
       </c>
       <c r="N259" s="15">
-        <v>679</v>
+        <v>738</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>757</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E260" s="15">
         <v>10080026974</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
         <v>50</v>
       </c>
       <c r="K260" s="15">
         <v>0.37191</v>
       </c>
       <c r="L260" s="15">
         <v>0.32232</v>
       </c>
       <c r="M260" s="15">
         <v>0.30993</v>
       </c>
       <c r="N260" s="15">
         <v>75</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>759</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>760</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
         <v>600</v>
       </c>
       <c r="K261" s="15">
         <v>0.3561</v>
       </c>
       <c r="L261" s="15">
         <v>0.30862</v>
       </c>
       <c r="M261" s="15">
         <v>0.29675</v>
       </c>
       <c r="N261" s="15">
-        <v>780</v>
+        <v>1040</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15">
         <v>2400</v>
       </c>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
+        <v>762</v>
+      </c>
+      <c r="C262" s="15" t="s">
         <v>763</v>
       </c>
-      <c r="C262" s="15" t="s">
+      <c r="D262" s="15" t="s">
         <v>764</v>
       </c>
-      <c r="D262" s="15" t="s">
+      <c r="E262" s="15" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>3000</v>
       </c>
       <c r="K262" s="15">
         <v>0.07395</v>
       </c>
       <c r="L262" s="15">
         <v>0.06408999999999999</v>
       </c>
       <c r="M262" s="15">
         <v>0.06163</v>
       </c>
       <c r="N262" s="15">
-        <v>507</v>
+        <v>431</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>766</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>767</v>
       </c>
-      <c r="D263" s="15" t="s">
+      <c r="E263" s="15" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>3000</v>
       </c>
       <c r="K263" s="15">
         <v>0.07587000000000001</v>
       </c>
       <c r="L263" s="15">
         <v>0.06575</v>
       </c>
       <c r="M263" s="15">
         <v>0.06322999999999999</v>
       </c>
       <c r="N263" s="15">
-        <v>9460</v>
+        <v>9240</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="D264" s="15" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E264" s="15">
         <v>10080037716</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
         <v>1200</v>
       </c>
       <c r="K264" s="15">
         <v>0.09585</v>
       </c>
       <c r="L264" s="15">
         <v>0.08307</v>
       </c>
       <c r="M264" s="15">
         <v>0.07988000000000001</v>
       </c>
       <c r="N264" s="15">
-        <v>655</v>
+        <v>605</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>771</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>772</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>1200</v>
       </c>
       <c r="K265" s="15">
         <v>0.09455</v>
       </c>
       <c r="L265" s="15">
         <v>0.08194</v>
       </c>
       <c r="M265" s="15">
         <v>0.07879</v>
       </c>
       <c r="N265" s="15">
-        <v>780</v>
+        <v>900</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>774</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
       <c r="E266" s="15">
         <v>10080010170</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
       <c r="J266" s="15">
         <v>1600</v>
       </c>
       <c r="K266" s="15">
         <v>0.18809</v>
       </c>
       <c r="L266" s="15">
         <v>0.16301</v>
       </c>
       <c r="M266" s="15">
         <v>0.15674</v>
       </c>
       <c r="N266" s="15">
-        <v>438</v>
+        <v>414</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>776</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>777</v>
       </c>
-      <c r="D267" s="15" t="s">
+      <c r="E267" s="15" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>1600</v>
       </c>
       <c r="K267" s="15">
         <v>0.12713</v>
       </c>
       <c r="L267" s="15">
         <v>0.11018</v>
       </c>
       <c r="M267" s="15">
         <v>0.10594</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="E268" s="15">
         <v>10080044389</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>1200</v>
       </c>
       <c r="K268" s="15">
         <v>0.16421</v>
       </c>
       <c r="L268" s="15">
         <v>0.14231</v>
       </c>
       <c r="M268" s="15">
         <v>0.13684</v>
       </c>
       <c r="N268" s="15">
-        <v>317</v>
+        <v>305</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>781</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="E269" s="15">
         <v>10080055439</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>150</v>
       </c>
       <c r="K269" s="15">
         <v>0.18876</v>
       </c>
       <c r="L269" s="15">
         <v>0.16359</v>
       </c>
       <c r="M269" s="15">
         <v>0.1573</v>
       </c>
       <c r="N269" s="15">
-        <v>2630</v>
+        <v>1803</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>783</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>784</v>
       </c>
-      <c r="D270" s="15" t="s">
+      <c r="E270" s="15" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>150</v>
       </c>
       <c r="K270" s="15">
         <v>0.18626</v>
       </c>
       <c r="L270" s="15">
         <v>0.16142</v>
       </c>
       <c r="M270" s="15">
         <v>0.15521</v>
       </c>
       <c r="N270" s="15">
-        <v>2175</v>
+        <v>1750</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>786</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>787</v>
       </c>
-      <c r="D271" s="15" t="s">
+      <c r="E271" s="15" t="s">
         <v>788</v>
-      </c>
-[...1 lines deleted...]
-        <v>789</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>100</v>
       </c>
       <c r="K271" s="15">
         <v>0.231</v>
       </c>
       <c r="L271" s="15">
         <v>0.2002</v>
       </c>
       <c r="M271" s="15">
         <v>0.1925</v>
       </c>
       <c r="N271" s="15">
-        <v>198</v>
+        <v>185</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15">
         <v>3200</v>
       </c>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>789</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>790</v>
-      </c>
-[...1 lines deleted...]
-        <v>791</v>
       </c>
       <c r="E272" s="15">
         <v>10080037717</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>1490</v>
       </c>
       <c r="K272" s="15">
         <v>0.24906</v>
       </c>
       <c r="L272" s="15">
         <v>0.21585</v>
       </c>
       <c r="M272" s="15">
         <v>0.20755</v>
       </c>
       <c r="N272" s="15">
-        <v>757</v>
+        <v>701</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>791</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>792</v>
       </c>
-      <c r="D273" s="15" t="s">
+      <c r="E273" s="15" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>1370</v>
       </c>
       <c r="K273" s="15">
         <v>0.29741</v>
       </c>
       <c r="L273" s="15">
         <v>0.25775</v>
       </c>
       <c r="M273" s="15">
         <v>0.24784</v>
       </c>
       <c r="N273" s="15">
-        <v>1285</v>
+        <v>876</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15">
         <v>5480</v>
       </c>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="E274" s="15">
         <v>10080065194</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>1260</v>
       </c>
       <c r="K274" s="15">
         <v>0.41862</v>
       </c>
       <c r="L274" s="15">
         <v>0.34885</v>
       </c>
       <c r="M274" s="15">
         <v>0.33489</v>
       </c>
       <c r="N274" s="15">
         <v>2</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>797</v>
       </c>
-      <c r="D275" s="15" t="s">
+      <c r="E275" s="15" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>1260</v>
       </c>
       <c r="K275" s="15">
         <v>0.31395</v>
       </c>
       <c r="L275" s="15">
         <v>0.27209</v>
       </c>
       <c r="M275" s="15">
         <v>0.26163</v>
       </c>
       <c r="N275" s="15">
         <v>48</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15">
         <v>5040</v>
       </c>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="E276" s="15">
         <v>10080065195</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>1040</v>
       </c>
       <c r="K276" s="15">
         <v>0.39372</v>
       </c>
       <c r="L276" s="15">
         <v>0.34122</v>
       </c>
       <c r="M276" s="15">
         <v>0.3281</v>
       </c>
       <c r="N276" s="15">
-        <v>325</v>
+        <v>267</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C277" s="15" t="s">
+        <v>801</v>
+      </c>
+      <c r="D277" s="15" t="s">
         <v>802</v>
       </c>
-      <c r="D277" s="15" t="s">
+      <c r="E277" s="15" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>1040</v>
       </c>
       <c r="K277" s="15">
         <v>0.38885</v>
       </c>
       <c r="L277" s="15">
         <v>0.337</v>
       </c>
       <c r="M277" s="15">
         <v>0.32404</v>
       </c>
       <c r="N277" s="15">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C278" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="D278" s="15" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
       <c r="E278" s="15">
         <v>10080034460</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>780</v>
       </c>
       <c r="K278" s="15">
         <v>0.42269</v>
       </c>
       <c r="L278" s="15">
         <v>0.36633</v>
       </c>
       <c r="M278" s="15">
         <v>0.35224</v>
       </c>
       <c r="N278" s="15">
         <v>100</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
+        <v>806</v>
+      </c>
+      <c r="C279" s="15" t="s">
         <v>807</v>
       </c>
-      <c r="C279" s="15" t="s">
+      <c r="D279" s="15" t="s">
         <v>808</v>
       </c>
-      <c r="D279" s="15" t="s">
+      <c r="E279" s="15" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>3000</v>
       </c>
       <c r="K279" s="15">
         <v>0.06144</v>
       </c>
       <c r="L279" s="15">
         <v>0.05325</v>
       </c>
       <c r="M279" s="15">
         <v>0.0512</v>
       </c>
       <c r="N279" s="15">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>810</v>
+      </c>
+      <c r="D280" s="15" t="s">
         <v>811</v>
       </c>
-      <c r="D280" s="15" t="s">
+      <c r="E280" s="15" t="s">
         <v>812</v>
-      </c>
-[...1 lines deleted...]
-        <v>813</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>3000</v>
       </c>
       <c r="K280" s="15">
         <v>0.06618</v>
       </c>
       <c r="L280" s="15">
         <v>0.05736</v>
       </c>
       <c r="M280" s="15">
         <v>0.05515</v>
       </c>
       <c r="N280" s="15">
-        <v>750</v>
+        <v>660</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="D281" s="15" t="s">
         <v>814</v>
       </c>
-      <c r="D281" s="15" t="s">
+      <c r="E281" s="15" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>3000</v>
       </c>
       <c r="K281" s="15">
         <v>0.06534</v>
       </c>
       <c r="L281" s="15">
         <v>0.05663</v>
       </c>
       <c r="M281" s="15">
         <v>0.05445</v>
       </c>
       <c r="N281" s="15">
-        <v>2550</v>
+        <v>2041</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15">
         <v>12000</v>
       </c>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>816</v>
+      </c>
+      <c r="D282" s="15" t="s">
         <v>817</v>
       </c>
-      <c r="D282" s="15" t="s">
+      <c r="E282" s="15" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>1800</v>
       </c>
       <c r="K282" s="15">
         <v>0.07742</v>
       </c>
       <c r="L282" s="15">
         <v>0.06709</v>
       </c>
       <c r="M282" s="15">
         <v>0.06451</v>
       </c>
       <c r="N282" s="15">
-        <v>1062</v>
+        <v>853</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C283" s="15" t="s">
+        <v>819</v>
+      </c>
+      <c r="D283" s="15" t="s">
         <v>820</v>
       </c>
-      <c r="D283" s="15" t="s">
+      <c r="E283" s="15" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>200</v>
       </c>
       <c r="K283" s="15">
         <v>0.11889</v>
       </c>
       <c r="L283" s="15">
         <v>0.10304</v>
       </c>
       <c r="M283" s="15">
         <v>0.09908</v>
       </c>
       <c r="N283" s="15">
-        <v>480</v>
+        <v>621</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>822</v>
+      </c>
+      <c r="D284" s="15" t="s">
         <v>823</v>
       </c>
-      <c r="D284" s="15" t="s">
+      <c r="E284" s="15" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>1200</v>
       </c>
       <c r="K284" s="15">
         <v>0.18782</v>
       </c>
       <c r="L284" s="15">
         <v>0.16277</v>
       </c>
       <c r="M284" s="15">
         <v>0.15651</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>825</v>
+      </c>
+      <c r="D285" s="15" t="s">
         <v>826</v>
       </c>
-      <c r="D285" s="15" t="s">
+      <c r="E285" s="15" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>100</v>
       </c>
       <c r="K285" s="15">
         <v>0.19736</v>
       </c>
       <c r="L285" s="15">
         <v>0.17104</v>
       </c>
       <c r="M285" s="15">
         <v>0.16446</v>
       </c>
       <c r="N285" s="15">
-        <v>912</v>
+        <v>973</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C286" s="15" t="s">
+        <v>828</v>
+      </c>
+      <c r="D286" s="15" t="s">
         <v>829</v>
       </c>
-      <c r="D286" s="15" t="s">
+      <c r="E286" s="15" t="s">
         <v>830</v>
-      </c>
-[...1 lines deleted...]
-        <v>831</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>500</v>
       </c>
       <c r="K286" s="15">
         <v>0.23541</v>
       </c>
       <c r="L286" s="15">
         <v>0.20402</v>
       </c>
       <c r="M286" s="15">
         <v>0.19618</v>
       </c>
       <c r="N286" s="15">
-        <v>222</v>
+        <v>258</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D287" s="15" t="s">
         <v>832</v>
       </c>
-      <c r="D287" s="15" t="s">
+      <c r="E287" s="15" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I287" s="15" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="J287" s="15">
         <v>1040</v>
       </c>
       <c r="K287" s="15">
         <v>0.31461</v>
       </c>
       <c r="L287" s="15">
         <v>0.27266</v>
       </c>
       <c r="M287" s="15">
         <v>0.26218</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>836</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="15" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
       <c r="J288" s="15"/>
       <c r="K288" s="15">
         <v>0.71321</v>
       </c>
       <c r="L288" s="15">
         <v>0.59817</v>
       </c>
       <c r="M288" s="15">
         <v>0.57517</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C289" s="15" t="s">
+        <v>839</v>
+      </c>
+      <c r="D289" s="15" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="E289" s="15">
         <v>10080034182</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15"/>
       <c r="K289" s="15">
         <v>1.75</v>
       </c>
       <c r="L289" s="15">
         <v>0.94286</v>
       </c>
       <c r="M289" s="15">
         <v>0.8188</v>
       </c>
       <c r="N289" s="15">
         <v>20</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C290" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="D290" s="15" t="s">
         <v>842</v>
       </c>
-      <c r="D290" s="15" t="s">
+      <c r="E290" s="15" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>360</v>
       </c>
       <c r="K290" s="15">
         <v>0.93365</v>
       </c>
       <c r="L290" s="15">
         <v>0.80916</v>
       </c>
       <c r="M290" s="15">
         <v>0.77804</v>
       </c>
       <c r="N290" s="15">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15">
         <v>1440</v>
       </c>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
+        <v>844</v>
+      </c>
+      <c r="C291" s="15" t="s">
         <v>845</v>
       </c>
-      <c r="C291" s="15" t="s">
+      <c r="D291" s="15" t="s">
         <v>846</v>
       </c>
-      <c r="D291" s="15" t="s">
+      <c r="E291" s="15" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>1600</v>
       </c>
       <c r="K291" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L291" s="15">
         <v>0.06159</v>
       </c>
       <c r="M291" s="15">
         <v>0.05923</v>
       </c>
       <c r="N291" s="15">
-        <v>111</v>
+        <v>92</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C292" s="15" t="s">
+        <v>848</v>
+      </c>
+      <c r="D292" s="15" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
       <c r="E292" s="15">
         <v>10080043058</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>1000</v>
       </c>
       <c r="K292" s="15">
         <v>0.31504</v>
       </c>
       <c r="L292" s="15">
         <v>0.16981</v>
       </c>
       <c r="M292" s="15">
         <v>0.14746</v>
       </c>
       <c r="N292" s="15">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C293" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D293" s="15" t="s">
         <v>851</v>
       </c>
-      <c r="D293" s="15" t="s">
+      <c r="E293" s="15" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
         <v>1200</v>
       </c>
       <c r="K293" s="15">
         <v>0.45593</v>
       </c>
       <c r="L293" s="15">
         <v>0.22796</v>
       </c>
       <c r="M293" s="15">
         <v>0.20721</v>
       </c>
       <c r="N293" s="15">
         <v>21</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C294" s="15" t="s">
+        <v>853</v>
+      </c>
+      <c r="D294" s="15" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>855</v>
       </c>
       <c r="E294" s="15">
         <v>10080044390</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.4559</v>
       </c>
       <c r="L294" s="15">
         <v>0.228</v>
       </c>
       <c r="M294" s="15">
         <v>0.2072</v>
       </c>
       <c r="N294" s="15">
         <v>1</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C295" s="15" t="s">
+        <v>855</v>
+      </c>
+      <c r="D295" s="15" t="s">
         <v>856</v>
       </c>
-      <c r="D295" s="15" t="s">
+      <c r="E295" s="15" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
         <v>0.218</v>
       </c>
       <c r="L295" s="15">
         <v>0.218</v>
       </c>
       <c r="M295" s="15">
         <v>0.218</v>
       </c>
       <c r="N295" s="15">
         <v>3</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C296" s="15" t="s">
+        <v>858</v>
+      </c>
+      <c r="D296" s="15" t="s">
         <v>859</v>
       </c>
-      <c r="D296" s="15" t="s">
+      <c r="E296" s="15" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15"/>
       <c r="J296" s="15"/>
       <c r="K296" s="15">
         <v>0.2212</v>
       </c>
       <c r="L296" s="15">
         <v>0.2212</v>
       </c>
       <c r="M296" s="15">
         <v>0.2212</v>
       </c>
       <c r="N296" s="15">
         <v>3</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>861</v>
+      </c>
+      <c r="D297" s="15" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="E297" s="15">
         <v>10080057236</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>1360</v>
       </c>
       <c r="K297" s="15">
         <v>0.47252</v>
       </c>
       <c r="L297" s="15">
         <v>0.25469</v>
       </c>
       <c r="M297" s="15">
         <v>0.22118</v>
       </c>
       <c r="N297" s="15">
         <v>114</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>863</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>864</v>
-      </c>
-[...1 lines deleted...]
-        <v>865</v>
       </c>
       <c r="E298" s="15">
         <v>10080057237</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>1040</v>
       </c>
       <c r="K298" s="15">
         <v>0.62993</v>
       </c>
       <c r="L298" s="15">
         <v>0.33953</v>
       </c>
       <c r="M298" s="15">
         <v>0.29486</v>
       </c>
       <c r="N298" s="15">
-        <v>101</v>
+        <v>122</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C299" s="15" t="s">
+        <v>865</v>
+      </c>
+      <c r="D299" s="15" t="s">
         <v>866</v>
       </c>
-      <c r="D299" s="15" t="s">
+      <c r="E299" s="15" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>1600</v>
       </c>
       <c r="K299" s="15">
         <v>0.07983</v>
       </c>
       <c r="L299" s="15">
         <v>0.06919</v>
       </c>
       <c r="M299" s="15">
         <v>0.06653000000000001</v>
       </c>
       <c r="N299" s="15">
-        <v>1264</v>
+        <v>1408</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C300" s="15" t="s">
+        <v>868</v>
+      </c>
+      <c r="D300" s="15" t="s">
         <v>869</v>
       </c>
-      <c r="D300" s="15" t="s">
+      <c r="E300" s="15" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>871</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>1200</v>
       </c>
       <c r="K300" s="15">
         <v>0.11738</v>
       </c>
       <c r="L300" s="15">
         <v>0.10173</v>
       </c>
       <c r="M300" s="15">
         <v>0.09780999999999999</v>
       </c>
       <c r="N300" s="15">
-        <v>588</v>
+        <v>863</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>871</v>
+      </c>
+      <c r="D301" s="15" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
       <c r="E301" s="15">
         <v>10080027584</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>900</v>
       </c>
       <c r="K301" s="15">
         <v>0.31981</v>
       </c>
       <c r="L301" s="15">
         <v>0.17239</v>
       </c>
       <c r="M301" s="15">
         <v>0.1497</v>
       </c>
-      <c r="N301" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N301" s="15"/>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C302" s="15" t="s">
+        <v>873</v>
+      </c>
+      <c r="D302" s="15" t="s">
         <v>874</v>
       </c>
-      <c r="D302" s="15" t="s">
+      <c r="E302" s="15" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>900</v>
       </c>
       <c r="K302" s="15">
         <v>0.15971</v>
       </c>
       <c r="L302" s="15">
         <v>0.13841</v>
       </c>
       <c r="M302" s="15">
         <v>0.13309</v>
       </c>
       <c r="N302" s="15"/>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>876</v>
+      </c>
+      <c r="D303" s="15" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
       <c r="E303" s="15">
         <v>10080047670</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>1210</v>
       </c>
       <c r="K303" s="15">
         <v>0.41039</v>
       </c>
       <c r="L303" s="15">
         <v>0.21985</v>
       </c>
       <c r="M303" s="15">
         <v>0.20518</v>
       </c>
       <c r="N303" s="15">
         <v>9</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>878</v>
+      </c>
+      <c r="D304" s="15" t="s">
         <v>879</v>
       </c>
-      <c r="D304" s="15" t="s">
+      <c r="E304" s="15" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>1000</v>
       </c>
       <c r="K304" s="15">
         <v>0.23052</v>
       </c>
       <c r="L304" s="15">
         <v>0.19978</v>
       </c>
       <c r="M304" s="15">
         <v>0.1921</v>
       </c>
       <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15">
         <v>4000</v>
       </c>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>881</v>
+      </c>
+      <c r="D305" s="15" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="E305" s="15">
         <v>10080047671</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>820</v>
       </c>
       <c r="K305" s="15">
         <v>0.5737100000000001</v>
       </c>
       <c r="L305" s="15">
         <v>0.30735</v>
       </c>
       <c r="M305" s="15">
         <v>0.28685</v>
       </c>
       <c r="N305" s="15">
         <v>9</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>883</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>884</v>
       </c>
-      <c r="D306" s="15" t="s">
+      <c r="E306" s="15" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>887</v>
+        <v>886</v>
       </c>
       <c r="J306" s="15">
         <v>500</v>
       </c>
       <c r="K306" s="15">
         <v>0.54423</v>
       </c>
       <c r="L306" s="15">
         <v>0.47167</v>
       </c>
       <c r="M306" s="15">
         <v>0.45353</v>
       </c>
       <c r="N306" s="15">
-        <v>945</v>
+        <v>905</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>887</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>888</v>
       </c>
-      <c r="D307" s="15" t="s">
+      <c r="E307" s="15" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="J307" s="15"/>
       <c r="K307" s="15">
         <v>0.08354</v>
       </c>
       <c r="L307" s="15">
         <v>0.07240000000000001</v>
       </c>
       <c r="M307" s="15">
         <v>0.06961000000000001</v>
       </c>
       <c r="N307" s="15">
-        <v>128</v>
+        <v>158</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>891</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>892</v>
       </c>
-      <c r="D308" s="15" t="s">
+      <c r="E308" s="15" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>800</v>
       </c>
       <c r="K308" s="15">
         <v>0.12044</v>
       </c>
       <c r="L308" s="15">
         <v>0.10438</v>
       </c>
       <c r="M308" s="15">
         <v>0.10036</v>
       </c>
       <c r="N308" s="15">
-        <v>330</v>
+        <v>415</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15">
         <v>3200</v>
       </c>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>894</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
       <c r="E309" s="15">
         <v>10080010175</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1200</v>
       </c>
       <c r="K309" s="15">
         <v>0.46922</v>
       </c>
       <c r="L309" s="15">
         <v>0.23462</v>
       </c>
       <c r="M309" s="15">
         <v>0.21326</v>
       </c>
       <c r="N309" s="15">
         <v>26</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>897</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="J310" s="15">
         <v>1200</v>
       </c>
       <c r="K310" s="15">
         <v>0.16404</v>
       </c>
       <c r="L310" s="15">
         <v>0.14217</v>
       </c>
       <c r="M310" s="15">
         <v>0.1367</v>
       </c>
       <c r="N310" s="15">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="E311" s="15">
         <v>10080027754</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15">
         <v>500</v>
       </c>
       <c r="K311" s="15">
         <v>0.23589</v>
       </c>
       <c r="L311" s="15">
         <v>0.20444</v>
       </c>
       <c r="M311" s="15">
         <v>0.19658</v>
       </c>
       <c r="N311" s="15">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>903</v>
       </c>
-      <c r="D312" s="15" t="s">
+      <c r="E312" s="15" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.12903</v>
       </c>
       <c r="L312" s="15">
         <v>0.11183</v>
       </c>
       <c r="M312" s="15">
         <v>0.10753</v>
       </c>
       <c r="N312" s="15">
-        <v>325</v>
+        <v>375</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15">
         <v>4000</v>
       </c>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>906</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
       <c r="E313" s="15">
         <v>10080010176</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
         <v>1200</v>
       </c>
       <c r="K313" s="15">
         <v>0.48878</v>
       </c>
       <c r="L313" s="15">
         <v>0.24445</v>
       </c>
       <c r="M313" s="15">
         <v>0.22215</v>
       </c>
       <c r="N313" s="15">
         <v>2</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>909</v>
       </c>
-      <c r="D314" s="15" t="s">
+      <c r="E314" s="15" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>740</v>
       </c>
       <c r="K314" s="15">
         <v>0.23349</v>
       </c>
       <c r="L314" s="15">
         <v>0.20236</v>
       </c>
       <c r="M314" s="15">
         <v>0.19458</v>
       </c>
       <c r="N314" s="15">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15">
         <v>2960</v>
       </c>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>911</v>
+      </c>
+      <c r="D315" s="15" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
       <c r="E315" s="15">
         <v>10080027755</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>1050</v>
       </c>
       <c r="K315" s="15">
         <v>0.4684</v>
       </c>
       <c r="L315" s="15">
         <v>0.4684</v>
       </c>
       <c r="M315" s="15">
         <v>0.4684</v>
       </c>
       <c r="N315" s="15">
         <v>2</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="D316" s="15" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
       <c r="E316" s="15">
         <v>10080039242</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>200</v>
       </c>
       <c r="K316" s="15">
         <v>3.33</v>
       </c>
       <c r="L316" s="15">
         <v>1.78</v>
       </c>
       <c r="M316" s="15">
         <v>1.61</v>
       </c>
       <c r="N316" s="15">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>915</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>916</v>
       </c>
-      <c r="D317" s="15" t="s">
+      <c r="E317" s="15" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15">
         <v>250</v>
       </c>
       <c r="K317" s="15">
         <v>0.84903</v>
       </c>
       <c r="L317" s="15">
         <v>0.73583</v>
       </c>
       <c r="M317" s="15">
         <v>0.70753</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>918</v>
+      </c>
+      <c r="D318" s="15" t="s">
         <v>919</v>
       </c>
-      <c r="D318" s="15" t="s">
+      <c r="E318" s="15" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>922</v>
+        <v>921</v>
       </c>
       <c r="J318" s="15"/>
       <c r="K318" s="15">
         <v>1.31</v>
       </c>
       <c r="L318" s="15">
         <v>1.13</v>
       </c>
       <c r="M318" s="15">
         <v>1.09</v>
       </c>
       <c r="N318" s="15">
         <v>100</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>922</v>
+      </c>
+      <c r="D319" s="15" t="s">
         <v>923</v>
       </c>
-      <c r="D319" s="15" t="s">
+      <c r="E319" s="15" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>925</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>170</v>
       </c>
       <c r="K319" s="15">
         <v>1.57</v>
       </c>
       <c r="L319" s="15">
         <v>1.36</v>
       </c>
       <c r="M319" s="15">
         <v>1.31</v>
       </c>
       <c r="N319" s="15">
         <v>100</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15">
         <v>680</v>
       </c>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C320" s="15" t="s">
+        <v>925</v>
+      </c>
+      <c r="D320" s="15" t="s">
         <v>926</v>
-      </c>
-[...1 lines deleted...]
-        <v>927</v>
       </c>
       <c r="E320" s="15">
         <v>10080009546</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15">
         <v>500</v>
       </c>
       <c r="K320" s="15">
         <v>0.06591</v>
       </c>
       <c r="L320" s="15">
         <v>0.05712</v>
       </c>
       <c r="M320" s="15">
         <v>0.05493</v>
       </c>
       <c r="N320" s="15">
-        <v>12525</v>
+        <v>13459</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C321" s="15" t="s">
+        <v>927</v>
+      </c>
+      <c r="D321" s="15" t="s">
         <v>928</v>
       </c>
-      <c r="D321" s="15" t="s">
+      <c r="E321" s="15" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I321" s="15"/>
       <c r="J321" s="15">
         <v>500</v>
       </c>
       <c r="K321" s="15">
         <v>0.06432</v>
       </c>
       <c r="L321" s="15">
         <v>0.05574</v>
       </c>
       <c r="M321" s="15">
         <v>0.0536</v>
       </c>
       <c r="N321" s="15">
-        <v>5732</v>
+        <v>4721</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C322" s="15" t="s">
+        <v>930</v>
+      </c>
+      <c r="D322" s="15" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
       <c r="E322" s="15">
         <v>10080009545</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I322" s="15"/>
       <c r="J322" s="15">
         <v>250</v>
       </c>
       <c r="K322" s="15">
         <v>0.0897</v>
       </c>
       <c r="L322" s="15">
         <v>0.07774</v>
       </c>
       <c r="M322" s="15">
         <v>0.07475</v>
       </c>
       <c r="N322" s="15">
-        <v>13131</v>
+        <v>17127</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C323" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="D323" s="15" t="s">
         <v>933</v>
       </c>
-      <c r="D323" s="15" t="s">
+      <c r="E323" s="15" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
         <v>2000</v>
       </c>
       <c r="K323" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="L323" s="15">
         <v>0.07677</v>
       </c>
       <c r="M323" s="15">
         <v>0.07381</v>
       </c>
       <c r="N323" s="15">
-        <v>5006</v>
+        <v>5757</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C324" s="15" t="s">
+        <v>935</v>
+      </c>
+      <c r="D324" s="15" t="s">
         <v>936</v>
       </c>
-      <c r="D324" s="15" t="s">
+      <c r="E324" s="15" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>938</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>200</v>
       </c>
       <c r="K324" s="15">
         <v>0.09</v>
       </c>
       <c r="L324" s="15">
         <v>0.09</v>
       </c>
       <c r="M324" s="15">
         <v>0.09</v>
       </c>
       <c r="N324" s="15">
-        <v>63541</v>
+        <v>53343</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C325" s="15" t="s">
+        <v>938</v>
+      </c>
+      <c r="D325" s="15" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
       <c r="E325" s="15">
         <v>10080009548</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>200</v>
       </c>
       <c r="K325" s="15">
         <v>0.16875</v>
       </c>
       <c r="L325" s="15">
         <v>0.14625</v>
       </c>
       <c r="M325" s="15">
         <v>0.14063</v>
       </c>
       <c r="N325" s="15">
-        <v>11599</v>
+        <v>14888</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C326" s="15" t="s">
+        <v>940</v>
+      </c>
+      <c r="D326" s="15" t="s">
         <v>941</v>
       </c>
-      <c r="D326" s="15" t="s">
+      <c r="E326" s="15" t="s">
         <v>942</v>
-      </c>
-[...1 lines deleted...]
-        <v>943</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
         <v>200</v>
       </c>
       <c r="K326" s="15">
         <v>0.16691</v>
       </c>
       <c r="L326" s="15">
         <v>0.14465</v>
       </c>
       <c r="M326" s="15">
         <v>0.13909</v>
       </c>
       <c r="N326" s="15">
-        <v>6128</v>
+        <v>6927</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C327" s="15" t="s">
+        <v>943</v>
+      </c>
+      <c r="D327" s="15" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
       <c r="E327" s="15">
         <v>10080044391</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>200</v>
       </c>
       <c r="K327" s="15">
         <v>0.20321</v>
       </c>
       <c r="L327" s="15">
         <v>0.17611</v>
       </c>
       <c r="M327" s="15">
         <v>0.16934</v>
       </c>
       <c r="N327" s="15">
-        <v>1696</v>
+        <v>1649</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C328" s="15" t="s">
+        <v>945</v>
+      </c>
+      <c r="D328" s="15" t="s">
         <v>946</v>
       </c>
-      <c r="D328" s="15" t="s">
+      <c r="E328" s="15" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>200</v>
       </c>
       <c r="K328" s="15">
         <v>0.19544</v>
       </c>
       <c r="L328" s="15">
         <v>0.16938</v>
       </c>
       <c r="M328" s="15">
         <v>0.16286</v>
       </c>
       <c r="N328" s="15">
-        <v>770</v>
+        <v>716</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C329" s="15" t="s">
+        <v>948</v>
+      </c>
+      <c r="D329" s="15" t="s">
         <v>949</v>
       </c>
-      <c r="D329" s="15" t="s">
+      <c r="E329" s="15" t="s">
         <v>950</v>
-      </c>
-[...1 lines deleted...]
-        <v>951</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
         <v>1200</v>
       </c>
       <c r="K329" s="15">
         <v>0.23235</v>
       </c>
       <c r="L329" s="15">
         <v>0.20137</v>
       </c>
       <c r="M329" s="15">
         <v>0.19363</v>
       </c>
       <c r="N329" s="15"/>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15">
         <v>4800</v>
       </c>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C330" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="D330" s="15" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="E330" s="15">
         <v>10080032898</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I330" s="15"/>
       <c r="J330" s="15">
         <v>100</v>
       </c>
       <c r="K330" s="15">
         <v>0.24023</v>
       </c>
       <c r="L330" s="15">
         <v>0.2082</v>
       </c>
       <c r="M330" s="15">
         <v>0.20019</v>
       </c>
       <c r="N330" s="15">
-        <v>1439</v>
+        <v>1345</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C331" s="15" t="s">
+        <v>953</v>
+      </c>
+      <c r="D331" s="15" t="s">
         <v>954</v>
       </c>
-      <c r="D331" s="15" t="s">
+      <c r="E331" s="15" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
         <v>100</v>
       </c>
       <c r="K331" s="15">
         <v>0.25992</v>
       </c>
       <c r="L331" s="15">
         <v>0.22526</v>
       </c>
       <c r="M331" s="15">
         <v>0.2166</v>
       </c>
       <c r="N331" s="15">
-        <v>1083</v>
+        <v>928</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C332" s="15" t="s">
+        <v>956</v>
+      </c>
+      <c r="D332" s="15" t="s">
         <v>957</v>
       </c>
-      <c r="D332" s="15" t="s">
+      <c r="E332" s="15" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>800</v>
       </c>
       <c r="K332" s="15">
         <v>0.32646</v>
       </c>
       <c r="L332" s="15">
         <v>0.28293</v>
       </c>
       <c r="M332" s="15">
         <v>0.27205</v>
       </c>
       <c r="N332" s="15">
-        <v>617</v>
+        <v>679</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15">
         <v>3200</v>
       </c>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C333" s="15" t="s">
+        <v>959</v>
+      </c>
+      <c r="D333" s="15" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="E333" s="15">
         <v>10080009549</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
         <v>600</v>
       </c>
       <c r="K333" s="15">
         <v>0.40077</v>
       </c>
       <c r="L333" s="15">
         <v>0.34733</v>
       </c>
       <c r="M333" s="15">
         <v>0.33398</v>
       </c>
       <c r="N333" s="15">
         <v>39</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="C334" s="15" t="s">
+        <v>961</v>
+      </c>
+      <c r="D334" s="15" t="s">
         <v>962</v>
       </c>
-      <c r="D334" s="15" t="s">
+      <c r="E334" s="15" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I334" s="15"/>
       <c r="J334" s="15">
         <v>600</v>
       </c>
       <c r="K334" s="15">
         <v>0.34023</v>
       </c>
       <c r="L334" s="15">
         <v>0.29487</v>
       </c>
       <c r="M334" s="15">
         <v>0.28353</v>
       </c>
       <c r="N334" s="15">
-        <v>650</v>
+        <v>810</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C335" s="15" t="s">
+        <v>964</v>
+      </c>
+      <c r="D335" s="15" t="s">
         <v>965</v>
       </c>
-      <c r="D335" s="15" t="s">
+      <c r="E335" s="15" t="s">
         <v>966</v>
-      </c>
-[...1 lines deleted...]
-        <v>967</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>3000</v>
       </c>
       <c r="K335" s="15">
         <v>0.07818</v>
       </c>
       <c r="L335" s="15">
         <v>0.06776</v>
       </c>
       <c r="M335" s="15">
         <v>0.06515</v>
       </c>
       <c r="N335" s="15">
         <v>6</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C336" s="15" t="s">
+        <v>967</v>
+      </c>
+      <c r="D336" s="15" t="s">
         <v>968</v>
       </c>
-      <c r="D336" s="15" t="s">
+      <c r="E336" s="15" t="s">
         <v>969</v>
-      </c>
-[...1 lines deleted...]
-        <v>970</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="J336" s="15">
         <v>3000</v>
       </c>
       <c r="K336" s="15">
         <v>0.06875000000000001</v>
       </c>
       <c r="L336" s="15">
         <v>0.05958</v>
       </c>
       <c r="M336" s="15">
         <v>0.05729</v>
       </c>
       <c r="N336" s="15"/>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C337" s="15" t="s">
+        <v>971</v>
+      </c>
+      <c r="D337" s="15" t="s">
         <v>972</v>
-      </c>
-[...1 lines deleted...]
-        <v>973</v>
       </c>
       <c r="E337" s="15">
         <v>10080010169</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>974</v>
+        <v>973</v>
       </c>
       <c r="J337" s="15">
         <v>1</v>
       </c>
       <c r="K337" s="15">
         <v>0.11804</v>
       </c>
       <c r="L337" s="15">
         <v>0.1023</v>
       </c>
       <c r="M337" s="15">
         <v>0.09836</v>
       </c>
       <c r="N337" s="15">
-        <v>1708</v>
+        <v>2295</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C338" s="15" t="s">
+        <v>974</v>
+      </c>
+      <c r="D338" s="15" t="s">
         <v>975</v>
       </c>
-      <c r="D338" s="15" t="s">
+      <c r="E338" s="15" t="s">
         <v>976</v>
-      </c>
-[...1 lines deleted...]
-        <v>977</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
         <v>1200</v>
       </c>
       <c r="K338" s="15">
         <v>0.15573</v>
       </c>
       <c r="L338" s="15">
         <v>0.13497</v>
       </c>
       <c r="M338" s="15">
         <v>0.12978</v>
       </c>
       <c r="N338" s="15"/>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C339" s="15" t="s">
+        <v>977</v>
+      </c>
+      <c r="D339" s="15" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
       <c r="E339" s="15">
         <v>10080044392</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
         <v>900</v>
       </c>
       <c r="K339" s="15">
         <v>0.19739</v>
       </c>
       <c r="L339" s="15">
         <v>0.17107</v>
       </c>
       <c r="M339" s="15">
         <v>0.16449</v>
       </c>
       <c r="N339" s="15">
-        <v>818</v>
+        <v>807</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C340" s="15" t="s">
+        <v>979</v>
+      </c>
+      <c r="D340" s="15" t="s">
         <v>980</v>
       </c>
-      <c r="D340" s="15" t="s">
+      <c r="E340" s="15" t="s">
         <v>981</v>
-      </c>
-[...1 lines deleted...]
-        <v>982</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15">
         <v>800</v>
       </c>
       <c r="K340" s="15">
         <v>0.23069</v>
       </c>
       <c r="L340" s="15">
         <v>0.19993</v>
       </c>
       <c r="M340" s="15">
         <v>0.19224</v>
       </c>
       <c r="N340" s="15">
-        <v>1087</v>
+        <v>1073</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15">
         <v>3200</v>
       </c>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C341" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="D341" s="15" t="s">
         <v>983</v>
       </c>
-      <c r="D341" s="15" t="s">
+      <c r="E341" s="15" t="s">
         <v>984</v>
-      </c>
-[...1 lines deleted...]
-        <v>985</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
         <v>1250</v>
       </c>
       <c r="K341" s="15">
         <v>0.29712</v>
       </c>
       <c r="L341" s="15">
         <v>0.2575</v>
       </c>
       <c r="M341" s="15">
         <v>0.2476</v>
       </c>
       <c r="N341" s="15">
-        <v>1088</v>
+        <v>870</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15">
         <v>5000</v>
       </c>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="C342" s="15" t="s">
+        <v>985</v>
+      </c>
+      <c r="D342" s="15" t="s">
         <v>986</v>
       </c>
-      <c r="D342" s="15" t="s">
+      <c r="E342" s="15" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>910</v>
       </c>
       <c r="K342" s="15">
         <v>0.33438</v>
       </c>
       <c r="L342" s="15">
         <v>0.2898</v>
       </c>
       <c r="M342" s="15">
         <v>0.27865</v>
       </c>
       <c r="N342" s="15">
         <v>35</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C343" s="15" t="s">
+        <v>988</v>
+      </c>
+      <c r="D343" s="15" t="s">
         <v>989</v>
       </c>
-      <c r="D343" s="15" t="s">
+      <c r="E343" s="15" t="s">
         <v>990</v>
-      </c>
-[...1 lines deleted...]
-        <v>991</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
         <v>3000</v>
       </c>
       <c r="K343" s="15">
         <v>0.0624</v>
       </c>
       <c r="L343" s="15">
         <v>0.05408</v>
       </c>
       <c r="M343" s="15">
         <v>0.052</v>
       </c>
       <c r="N343" s="15">
-        <v>423</v>
+        <v>522</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15">
         <v>12000</v>
       </c>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C344" s="15" t="s">
+        <v>991</v>
+      </c>
+      <c r="D344" s="15" t="s">
         <v>992</v>
       </c>
-      <c r="D344" s="15" t="s">
+      <c r="E344" s="15" t="s">
         <v>993</v>
-      </c>
-[...1 lines deleted...]
-        <v>994</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>200</v>
       </c>
       <c r="K344" s="15">
         <v>0.09371</v>
       </c>
       <c r="L344" s="15">
         <v>0.08121</v>
       </c>
       <c r="M344" s="15">
         <v>0.07809000000000001</v>
       </c>
       <c r="N344" s="15"/>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C345" s="15" t="s">
+        <v>994</v>
+      </c>
+      <c r="D345" s="15" t="s">
         <v>995</v>
       </c>
-      <c r="D345" s="15" t="s">
+      <c r="E345" s="15" t="s">
         <v>996</v>
-      </c>
-[...1 lines deleted...]
-        <v>997</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
         <v>1600</v>
       </c>
       <c r="K345" s="15">
         <v>0.12663</v>
       </c>
       <c r="L345" s="15">
         <v>0.10975</v>
       </c>
       <c r="M345" s="15">
         <v>0.10553</v>
       </c>
       <c r="N345" s="15">
-        <v>347</v>
+        <v>374</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15">
         <v>6400</v>
       </c>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C346" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="D346" s="15" t="s">
         <v>998</v>
       </c>
-      <c r="D346" s="15" t="s">
+      <c r="E346" s="15" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15"/>
       <c r="K346" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="L346" s="15">
         <v>0.42204</v>
       </c>
       <c r="M346" s="15">
         <v>0.38383</v>
       </c>
       <c r="N346" s="15">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="C347" s="15" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D347" s="15" t="s">
         <v>1001</v>
-      </c>
-[...1 lines deleted...]
-        <v>1002</v>
       </c>
       <c r="E347" s="15">
         <v>10080055440</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
         <v>450</v>
       </c>
       <c r="K347" s="15">
         <v>0.36692</v>
       </c>
       <c r="L347" s="15">
         <v>0.36692</v>
       </c>
       <c r="M347" s="15">
         <v>0.36692</v>
       </c>
       <c r="N347" s="15">
-        <v>2349</v>
+        <v>1837</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C348" s="15" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D348" s="15" t="s">
         <v>1003</v>
       </c>
-      <c r="D348" s="15" t="s">
+      <c r="E348" s="15" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I348" s="15" t="s">
-        <v>1006</v>
+        <v>1005</v>
       </c>
       <c r="J348" s="15">
         <v>200</v>
       </c>
       <c r="K348" s="15">
         <v>0.08522</v>
       </c>
       <c r="L348" s="15">
         <v>0.07385</v>
       </c>
       <c r="M348" s="15">
         <v>0.07101</v>
       </c>
       <c r="N348" s="15">
-        <v>320</v>
+        <v>153</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C349" s="15" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D349" s="15" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
       <c r="E349" s="15">
         <v>10000022791</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>200</v>
       </c>
       <c r="K349" s="15">
         <v>0.15775</v>
       </c>
       <c r="L349" s="15">
         <v>0.15182</v>
       </c>
       <c r="M349" s="15">
         <v>0.14707</v>
       </c>
-      <c r="N349" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N349" s="15"/>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C350" s="15" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D350" s="15" t="s">
         <v>1009</v>
       </c>
-      <c r="D350" s="15" t="s">
+      <c r="E350" s="15" t="s">
         <v>1010</v>
-      </c>
-[...1 lines deleted...]
-        <v>1011</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>100</v>
       </c>
       <c r="K350" s="15">
         <v>0.17375</v>
       </c>
       <c r="L350" s="15">
         <v>0.15058</v>
       </c>
       <c r="M350" s="15">
         <v>0.14479</v>
       </c>
       <c r="N350" s="15"/>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C351" s="15" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D351" s="15" t="s">
         <v>1012</v>
-      </c>
-[...1 lines deleted...]
-        <v>1013</v>
       </c>
       <c r="E351" s="15">
         <v>10080006366</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>100</v>
       </c>
       <c r="K351" s="15">
         <v>0.26093</v>
       </c>
       <c r="L351" s="15">
         <v>0.25264</v>
       </c>
       <c r="M351" s="15">
         <v>0.24433</v>
       </c>
       <c r="N351" s="15">
-        <v>667</v>
+        <v>625</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C352" s="15" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D352" s="15" t="s">
         <v>1014</v>
-      </c>
-[...1 lines deleted...]
-        <v>1015</v>
       </c>
       <c r="E352" s="15">
         <v>10080006367</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
         <v>500</v>
       </c>
       <c r="K352" s="15">
         <v>0.4767</v>
       </c>
       <c r="L352" s="15">
         <v>0.25694</v>
       </c>
       <c r="M352" s="15">
         <v>0.22313</v>
       </c>
       <c r="N352" s="15">
-        <v>140</v>
+        <v>114</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C353" s="15" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D353" s="15" t="s">
         <v>1016</v>
-      </c>
-[...1 lines deleted...]
-        <v>1017</v>
       </c>
       <c r="E353" s="15">
         <v>10080039324</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
         <v>770</v>
       </c>
       <c r="K353" s="15">
         <v>0.30353</v>
       </c>
       <c r="L353" s="15">
         <v>0.26306</v>
       </c>
       <c r="M353" s="15">
         <v>0.25294</v>
       </c>
       <c r="N353" s="15">
-        <v>376</v>
+        <v>312</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C354" s="15" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D354" s="15" t="s">
         <v>1018</v>
       </c>
-      <c r="D354" s="15" t="s">
+      <c r="E354" s="15" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15">
         <v>625</v>
       </c>
       <c r="K354" s="15">
         <v>0.26</v>
       </c>
       <c r="L354" s="15">
         <v>0.26</v>
       </c>
       <c r="M354" s="15">
         <v>0.26</v>
       </c>
       <c r="N354" s="15">
         <v>4</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C355" s="15" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D355" s="15" t="s">
         <v>1021</v>
       </c>
-      <c r="D355" s="15" t="s">
+      <c r="E355" s="15" t="s">
         <v>1022</v>
-      </c>
-[...1 lines deleted...]
-        <v>1023</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I355" s="15" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="J355" s="15">
         <v>575</v>
       </c>
       <c r="K355" s="15">
         <v>0.31</v>
       </c>
       <c r="L355" s="15">
         <v>0.31</v>
       </c>
       <c r="M355" s="15">
         <v>0.31</v>
       </c>
       <c r="N355" s="15">
         <v>3</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C356" s="15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D356" s="15" t="s">
         <v>1025</v>
       </c>
-      <c r="D356" s="15" t="s">
+      <c r="E356" s="15" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15">
         <v>375</v>
       </c>
       <c r="K356" s="15">
         <v>0.34</v>
       </c>
       <c r="L356" s="15">
         <v>0.34</v>
       </c>
       <c r="M356" s="15">
         <v>0.34</v>
       </c>
       <c r="N356" s="15">
         <v>4</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C357" s="15" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D357" s="15" t="s">
         <v>1028</v>
       </c>
-      <c r="D357" s="15" t="s">
+      <c r="E357" s="15" t="s">
         <v>1029</v>
-      </c>
-[...1 lines deleted...]
-        <v>1030</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15">
         <v>275</v>
       </c>
       <c r="K357" s="15">
         <v>0.37</v>
       </c>
       <c r="L357" s="15">
         <v>0.37</v>
       </c>
       <c r="M357" s="15">
         <v>0.37</v>
       </c>
       <c r="N357" s="15">
         <v>6</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C358" s="15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D358" s="15" t="s">
         <v>1031</v>
       </c>
-      <c r="D358" s="15" t="s">
+      <c r="E358" s="15" t="s">
         <v>1032</v>
-      </c>
-[...1 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15">
         <v>1600</v>
       </c>
       <c r="K358" s="15">
         <v>0.06969</v>
       </c>
       <c r="L358" s="15">
         <v>0.0604</v>
       </c>
       <c r="M358" s="15">
         <v>0.05808</v>
       </c>
       <c r="N358" s="15">
         <v>2</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C359" s="15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D359" s="15" t="s">
         <v>1034</v>
       </c>
-      <c r="D359" s="15" t="s">
+      <c r="E359" s="15" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
         <v>1200</v>
       </c>
       <c r="K359" s="15">
         <v>0.11559</v>
       </c>
       <c r="L359" s="15">
         <v>0.10018</v>
       </c>
       <c r="M359" s="15">
         <v>0.09633</v>
       </c>
       <c r="N359" s="15">
-        <v>710</v>
+        <v>740</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15">
         <v>4800</v>
       </c>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C360" s="15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D360" s="15" t="s">
         <v>1037</v>
       </c>
-      <c r="D360" s="15" t="s">
+      <c r="E360" s="15" t="s">
         <v>1038</v>
-      </c>
-[...1 lines deleted...]
-        <v>1039</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
         <v>1</v>
       </c>
       <c r="K360" s="15">
         <v>0.15713</v>
       </c>
       <c r="L360" s="15">
         <v>0.13618</v>
       </c>
       <c r="M360" s="15">
         <v>0.13094</v>
       </c>
       <c r="N360" s="15"/>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C361" s="15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D361" s="15" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="E361" s="15">
         <v>10080044393</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15">
         <v>1000</v>
       </c>
       <c r="K361" s="15">
         <v>0.18489</v>
       </c>
       <c r="L361" s="15">
         <v>0.12326</v>
       </c>
       <c r="M361" s="15">
         <v>0.11256</v>
       </c>
       <c r="N361" s="15">
         <v>14</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C362" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D362" s="15" t="s">
         <v>1042</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="E362" s="15">
         <v>10080027756</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I362" s="15"/>
       <c r="J362" s="15">
         <v>1030</v>
       </c>
       <c r="K362" s="15">
         <v>0.47252</v>
       </c>
       <c r="L362" s="15">
         <v>0.25469</v>
       </c>
       <c r="M362" s="15">
         <v>0.22118</v>
       </c>
       <c r="N362" s="15">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="C363" s="15" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D363" s="15" t="s">
         <v>1044</v>
       </c>
-      <c r="D363" s="15" t="s">
+      <c r="E363" s="15" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I363" s="15"/>
       <c r="J363" s="15">
         <v>770</v>
       </c>
       <c r="K363" s="15">
         <v>0.31485</v>
       </c>
       <c r="L363" s="15">
         <v>0.27287</v>
       </c>
       <c r="M363" s="15">
         <v>0.26238</v>
       </c>
       <c r="N363" s="15"/>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15">
         <v>3080</v>
       </c>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C364" s="15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D364" s="15" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
       <c r="E364" s="15">
         <v>10080010174</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I364" s="15"/>
       <c r="J364" s="15">
         <v>800</v>
       </c>
       <c r="K364" s="15">
         <v>0.32868</v>
       </c>
       <c r="L364" s="15">
         <v>0.17609</v>
       </c>
       <c r="M364" s="15">
         <v>0.16434</v>
       </c>
       <c r="N364" s="15">
         <v>19</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C365" s="15" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D365" s="15" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="E365" s="15">
         <v>10080047679</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I365" s="15"/>
       <c r="J365" s="15">
         <v>500</v>
       </c>
       <c r="K365" s="15">
         <v>0.7371</v>
       </c>
       <c r="L365" s="15">
         <v>0.39488</v>
       </c>
       <c r="M365" s="15">
         <v>0.36855</v>
       </c>
       <c r="N365" s="15">
         <v>100</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C366" s="15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D366" s="15" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
       <c r="E366" s="15">
         <v>10080044394</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I366" s="15"/>
       <c r="J366" s="15">
         <v>1000</v>
       </c>
       <c r="K366" s="15">
         <v>0.12414</v>
       </c>
       <c r="L366" s="15">
         <v>0.10759</v>
       </c>
       <c r="M366" s="15">
         <v>0.10345</v>
       </c>
       <c r="N366" s="15">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C367" s="15" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D367" s="15" t="s">
         <v>1053</v>
       </c>
-      <c r="D367" s="15" t="s">
+      <c r="E367" s="15" t="s">
         <v>1054</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I367" s="15"/>
       <c r="J367" s="15">
         <v>800</v>
       </c>
       <c r="K367" s="15">
         <v>0.18944</v>
       </c>
       <c r="L367" s="15">
         <v>0.16418</v>
       </c>
       <c r="M367" s="15">
         <v>0.15786</v>
       </c>
       <c r="N367" s="15"/>
       <c r="O367" s="15">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="P367" s="15"/>
       <c r="Q367" s="15">
         <v>3200</v>
       </c>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C368" s="15" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D368" s="15" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="E368" s="15">
         <v>10080044395</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I368" s="15"/>
       <c r="J368" s="15">
         <v>500</v>
       </c>
       <c r="K368" s="15">
         <v>0.15</v>
       </c>
       <c r="L368" s="15">
         <v>0.15</v>
       </c>
       <c r="M368" s="15">
         <v>0.15</v>
       </c>
       <c r="N368" s="15">
         <v>7</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C369" s="15" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D369" s="15" t="s">
         <v>1058</v>
       </c>
-      <c r="D369" s="15" t="s">
+      <c r="E369" s="15" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I369" s="15"/>
       <c r="J369" s="15">
         <v>290</v>
       </c>
       <c r="K369" s="15">
         <v>0.6621</v>
       </c>
       <c r="L369" s="15">
         <v>0.57382</v>
       </c>
       <c r="M369" s="15">
         <v>0.55175</v>
       </c>
       <c r="N369" s="15">
         <v>50</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15">
         <v>1160</v>
       </c>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C370" s="15" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D370" s="15" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
       <c r="E370" s="15">
         <v>10080044396</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I370" s="15"/>
       <c r="J370" s="15">
         <v>1200</v>
       </c>
       <c r="K370" s="15">
         <v>0.053</v>
       </c>
       <c r="L370" s="15">
         <v>0.053</v>
       </c>
       <c r="M370" s="15">
         <v>0.053</v>
       </c>
       <c r="N370" s="15">
         <v>2</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C371" s="15" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D371" s="15" t="s">
         <v>1063</v>
       </c>
-      <c r="D371" s="15" t="s">
+      <c r="E371" s="15" t="s">
         <v>1064</v>
-      </c>
-[...1 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I371" s="15"/>
       <c r="J371" s="15">
         <v>1000</v>
       </c>
       <c r="K371" s="15">
         <v>0.1334</v>
       </c>
       <c r="L371" s="15">
         <v>0.11561</v>
       </c>
       <c r="M371" s="15">
         <v>0.11116</v>
       </c>
       <c r="N371" s="15">
-        <v>305</v>
+        <v>415</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15">
         <v>4000</v>
       </c>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C372" s="15" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D372" s="15" t="s">
         <v>1066</v>
-      </c>
-[...1 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="E372" s="15">
         <v>10080010178</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I372" s="15"/>
       <c r="J372" s="15">
         <v>1</v>
       </c>
       <c r="K372" s="15">
         <v>0.43921</v>
       </c>
       <c r="L372" s="15">
         <v>0.2353</v>
       </c>
       <c r="M372" s="15">
         <v>0.21176</v>
       </c>
       <c r="N372" s="15">
-        <v>978</v>
+        <v>787</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>72</v>
       </c>
       <c r="C373" s="15" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D373" s="15" t="s">
         <v>1068</v>
       </c>
-      <c r="D373" s="15" t="s">
+      <c r="E373" s="15" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I373" s="15"/>
       <c r="J373" s="15">
         <v>465</v>
       </c>
       <c r="K373" s="15">
         <v>0.25743</v>
       </c>
       <c r="L373" s="15">
         <v>0.22311</v>
       </c>
       <c r="M373" s="15">
         <v>0.21453</v>
       </c>
       <c r="N373" s="15">
         <v>20</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15">
         <v>1860</v>
       </c>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C374" s="15" t="s">
         <v>1071</v>
       </c>
-      <c r="C374" s="15" t="s">
+      <c r="D374" s="15" t="s">
         <v>1072</v>
       </c>
-      <c r="D374" s="15" t="s">
+      <c r="E374" s="15" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I374" s="15"/>
       <c r="J374" s="15"/>
       <c r="K374" s="15">
         <v>0.14289</v>
       </c>
       <c r="L374" s="15">
         <v>0.1286</v>
       </c>
       <c r="M374" s="15">
         <v>0.11908</v>
       </c>
       <c r="N374" s="15"/>
       <c r="O374" s="15">
-        <v>223</v>
+        <v>190</v>
       </c>
       <c r="P374" s="15" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="Q374" s="15">
         <v>24000</v>
       </c>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C375" s="15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D375" s="15" t="s">
         <v>1076</v>
       </c>
-      <c r="D375" s="15" t="s">
+      <c r="E375" s="15" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I375" s="15" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="J375" s="15"/>
       <c r="K375" s="15">
         <v>0.32258</v>
       </c>
       <c r="L375" s="15">
         <v>0.29032</v>
       </c>
       <c r="M375" s="15">
         <v>0.26881</v>
       </c>
       <c r="N375" s="15">
-        <v>571</v>
+        <v>608</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C376" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D376" s="15" t="s">
         <v>1081</v>
       </c>
-      <c r="D376" s="15" t="s">
+      <c r="E376" s="15" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="J376" s="15"/>
       <c r="K376" s="15">
         <v>0.45</v>
       </c>
       <c r="L376" s="15">
         <v>0.35</v>
       </c>
       <c r="M376" s="15">
         <v>0.33</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C377" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D377" s="15" t="s">
         <v>1086</v>
       </c>
-      <c r="D377" s="15" t="s">
+      <c r="E377" s="15" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="J377" s="15"/>
       <c r="K377" s="15">
         <v>0.53016</v>
       </c>
       <c r="L377" s="15">
         <v>0.47714</v>
       </c>
       <c r="M377" s="15">
         <v>0.4418</v>
       </c>
       <c r="N377" s="15">
-        <v>2590</v>
+        <v>2997</v>
       </c>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C378" s="15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D378" s="15" t="s">
         <v>1090</v>
       </c>
-      <c r="D378" s="15" t="s">
+      <c r="E378" s="15" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1093</v>
+        <v>1092</v>
       </c>
       <c r="J378" s="15"/>
       <c r="K378" s="15">
         <v>1.1</v>
       </c>
       <c r="L378" s="15">
         <v>0.98963</v>
       </c>
       <c r="M378" s="15">
         <v>0.91633</v>
       </c>
       <c r="N378" s="15">
-        <v>873</v>
+        <v>786</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14"/>
       <c r="C379" s="15"/>
       <c r="D379" s="15"/>
       <c r="E379" s="15"/>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15"/>
       <c r="I379" s="15"/>
       <c r="J379" s="15"/>
       <c r="K379" s="15"/>
       <c r="L379" s="15"/>
       <c r="M379" s="15"/>
       <c r="N379" s="15"/>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
     </row>
   </sheetData>
@@ -18705,317 +18692,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1094</v>
+        <v>1093</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>1111</v>
-      </c>
-[...1 lines deleted...]
-        <v>1112</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>