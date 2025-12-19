--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1089,51 +1089,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10000030183</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>450</v>
       </c>
       <c r="K11" s="15">
         <v>0.5954199999999999</v>
       </c>
       <c r="L11" s="15">
         <v>0.319</v>
       </c>
       <c r="M11" s="15">
         <v>0.27645</v>
       </c>
       <c r="N11" s="15">
-        <v>157</v>
+        <v>141</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080042792</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1158,96 +1158,96 @@
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080035467</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>150</v>
       </c>
       <c r="K13" s="15">
-        <v>2.68</v>
+        <v>1.66</v>
       </c>
       <c r="L13" s="15">
-        <v>1.93</v>
+        <v>1.44</v>
       </c>
       <c r="M13" s="15">
-        <v>1.68</v>
+        <v>1.38</v>
       </c>
       <c r="N13" s="15">
-        <v>170</v>
+        <v>124</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>595</v>
       </c>
       <c r="K14" s="15">
-        <v>0.5932500000000001</v>
+        <v>0.37389</v>
       </c>
       <c r="L14" s="15">
-        <v>0.4277</v>
+        <v>0.32404</v>
       </c>
       <c r="M14" s="15">
-        <v>0.37252</v>
+        <v>0.31158</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10080010179</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
@@ -1390,57 +1390,57 @@
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
-        <v>0.52981</v>
+        <v>0.20718</v>
       </c>
       <c r="L19" s="15">
-        <v>0.26486</v>
+        <v>0.17956</v>
       </c>
       <c r="M19" s="15">
-        <v>0.24077</v>
+        <v>0.17265</v>
       </c>
       <c r="N19" s="15">
         <v>10</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>