--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1089,51 +1089,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10000030183</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>450</v>
       </c>
       <c r="K11" s="15">
         <v>0.5954199999999999</v>
       </c>
       <c r="L11" s="15">
         <v>0.319</v>
       </c>
       <c r="M11" s="15">
         <v>0.27645</v>
       </c>
       <c r="N11" s="15">
-        <v>141</v>
+        <v>163</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080042792</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1167,51 +1167,51 @@
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080035467</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>150</v>
       </c>
       <c r="K13" s="15">
         <v>1.66</v>
       </c>
       <c r="L13" s="15">
         <v>1.44</v>
       </c>
       <c r="M13" s="15">
         <v>1.38</v>
       </c>
       <c r="N13" s="15">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>