--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1089,51 +1089,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10000030183</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>450</v>
       </c>
       <c r="K11" s="15">
         <v>0.5954199999999999</v>
       </c>
       <c r="L11" s="15">
         <v>0.319</v>
       </c>
       <c r="M11" s="15">
         <v>0.27645</v>
       </c>
       <c r="N11" s="15">
-        <v>163</v>
+        <v>179</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080042792</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1167,51 +1167,51 @@
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080035467</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>150</v>
       </c>
       <c r="K13" s="15">
         <v>1.66</v>
       </c>
       <c r="L13" s="15">
         <v>1.44</v>
       </c>
       <c r="M13" s="15">
         <v>1.38</v>
       </c>
       <c r="N13" s="15">
-        <v>176</v>
+        <v>158</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>