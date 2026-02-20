--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1089,51 +1089,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10000030183</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>450</v>
       </c>
       <c r="K11" s="15">
         <v>0.5954199999999999</v>
       </c>
       <c r="L11" s="15">
         <v>0.319</v>
       </c>
       <c r="M11" s="15">
         <v>0.27645</v>
       </c>
       <c r="N11" s="15">
-        <v>179</v>
+        <v>98</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080042792</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
@@ -1167,51 +1167,51 @@
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080035467</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>150</v>
       </c>
       <c r="K13" s="15">
         <v>1.66</v>
       </c>
       <c r="L13" s="15">
         <v>1.44</v>
       </c>
       <c r="M13" s="15">
         <v>1.38</v>
       </c>
       <c r="N13" s="15">
-        <v>158</v>
+        <v>136</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>