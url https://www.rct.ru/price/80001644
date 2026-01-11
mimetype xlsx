--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,51 +166,51 @@
   <si>
     <t>DS1060-01-160B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-16 (DS1060-01-160B)</t>
   </si>
   <si>
     <t>L-KLS1-204CE-16</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф, 16 конт, / CE-16 (L-KLS1-204CE-16)</t>
   </si>
   <si>
     <t>10-00055300</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DS1060-01-200B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-20 (DS1060-01-200B)</t>
   </si>
   <si>
-    <t>02.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>L-KLS1-204CE-20</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф, 20 конт, / CE-20 (L-KLS1-204CE-20)</t>
   </si>
   <si>
     <t>10-00055301</t>
   </si>
   <si>
     <t>DS1060-01-260B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-26 (DS1060-01-260B)</t>
   </si>
   <si>
     <t>DS1060-01-340B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-34 (DS1060-01-340B)</t>
   </si>
   <si>
     <t>DS1060-01-400B</t>
   </si>
@@ -319,54 +319,60 @@
   <si>
     <t>Переходник IDC. С плоского шлейфа(AWG 28) на плату. Расст. между рядами 7.62 мм / DIP S-18</t>
   </si>
   <si>
     <t>10-00055298</t>
   </si>
   <si>
     <t>DIP S-20</t>
   </si>
   <si>
     <t>Переходник IDC. С плоского шлейфа(AWG 28) на плату. Расст. между рядами 7.62 мм / DIP S-20</t>
   </si>
   <si>
     <t>10-00055299</t>
   </si>
   <si>
     <t>CH-254-IDC-06P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х3) на шлейф / IDC-06 (CH-254-IDC-06P-A-B)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
+    <t>21.04.2026</t>
+  </si>
+  <si>
     <t>DS1016-06MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х3) на шлейф / IDC-06 (DS1016-06MA2BB)</t>
+  </si>
+  <si>
+    <t>03.05.2026</t>
   </si>
   <si>
     <t>CH-254-IDC-08P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (CH-254-IDC-08P-A-B)</t>
   </si>
   <si>
     <t>DS1016-08MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (DS1016-08MA2BB)</t>
   </si>
   <si>
     <t>IDC1-08SB11-L</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (IDC1-08SB11-L)</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
     <t>CH-254-IDC-10P-A-B</t>
   </si>
@@ -1630,51 +1636,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080032362</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>72</v>
       </c>
       <c r="K14" s="15">
         <v>0.86891</v>
       </c>
       <c r="L14" s="15">
         <v>0.62299</v>
       </c>
       <c r="M14" s="15">
         <v>0.56151</v>
       </c>
       <c r="N14" s="15">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
@@ -1695,61 +1701,61 @@
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10080035523</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
-        <v>0.9862</v>
+        <v>0.67974</v>
       </c>
       <c r="L16" s="15">
-        <v>0.71352</v>
+        <v>0.58911</v>
       </c>
       <c r="M16" s="15">
-        <v>0.62262</v>
+        <v>0.56645</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>258</v>
+        <v>300</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
@@ -1773,60 +1779,60 @@
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080070794</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1</v>
       </c>
       <c r="K18" s="15">
-        <v>0.72138</v>
+        <v>0.71654</v>
       </c>
       <c r="L18" s="15">
-        <v>0.6252</v>
+        <v>0.621</v>
       </c>
       <c r="M18" s="15">
-        <v>0.60115</v>
+        <v>0.59711</v>
       </c>
       <c r="N18" s="15">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10080032363</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15"/>
@@ -2003,216 +2009,216 @@
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>24</v>
       </c>
       <c r="K24" s="15">
-        <v>2.57</v>
+        <v>1.56</v>
       </c>
       <c r="L24" s="15">
-        <v>1.86</v>
+        <v>1.35</v>
       </c>
       <c r="M24" s="15">
-        <v>1.62</v>
+        <v>1.3</v>
       </c>
       <c r="N24" s="15">
-        <v>169</v>
+        <v>218</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.15519</v>
       </c>
       <c r="L25" s="15">
         <v>0.15026</v>
       </c>
       <c r="M25" s="15">
         <v>0.14534</v>
       </c>
       <c r="N25" s="15">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>120</v>
       </c>
       <c r="K26" s="15">
         <v>0.3695</v>
       </c>
       <c r="L26" s="15">
         <v>0.31408</v>
       </c>
       <c r="M26" s="15">
         <v>0.25865</v>
       </c>
       <c r="N26" s="15">
-        <v>660</v>
+        <v>751</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>112</v>
       </c>
       <c r="K27" s="15">
         <v>0.3695</v>
       </c>
       <c r="L27" s="15">
         <v>0.31408</v>
       </c>
       <c r="M27" s="15">
         <v>0.25865</v>
       </c>
       <c r="N27" s="15">
-        <v>819</v>
+        <v>608</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>98</v>
       </c>
       <c r="K28" s="15">
         <v>0.3695</v>
       </c>
       <c r="L28" s="15">
         <v>0.31408</v>
       </c>
       <c r="M28" s="15">
         <v>0.25865</v>
       </c>
       <c r="N28" s="15">
-        <v>615</v>
+        <v>711</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
@@ -2244,51 +2250,51 @@
       <c r="D30" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E30" s="15">
         <v>10080017445</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>220</v>
       </c>
       <c r="K30" s="15">
         <v>0.31351</v>
       </c>
       <c r="L30" s="15">
         <v>0.26126</v>
       </c>
       <c r="M30" s="15">
         <v>0.25082</v>
       </c>
       <c r="N30" s="15">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I31" s="15"/>
@@ -2320,51 +2326,51 @@
       <c r="D32" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>168</v>
       </c>
       <c r="K32" s="15">
         <v>0.18598</v>
       </c>
       <c r="L32" s="15">
         <v>0.17983</v>
       </c>
       <c r="M32" s="15">
         <v>0.17489</v>
       </c>
       <c r="N32" s="15">
-        <v>1128</v>
+        <v>938</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I33" s="15"/>
@@ -2387,1651 +2393,1693 @@
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E34" s="15">
         <v>10080052272</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>264</v>
       </c>
       <c r="K34" s="15">
-        <v>0.04157</v>
+        <v>0.04038</v>
       </c>
       <c r="L34" s="15">
-        <v>0.03602</v>
+        <v>0.035</v>
       </c>
       <c r="M34" s="15">
-        <v>0.03464</v>
+        <v>0.03365</v>
       </c>
       <c r="N34" s="15"/>
-      <c r="O34" s="15"/>
-      <c r="P34" s="15"/>
+      <c r="O34" s="15">
+        <v>17600</v>
+      </c>
+      <c r="P34" s="15" t="s">
+        <v>101</v>
+      </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E35" s="15">
         <v>10080016302</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>264</v>
       </c>
       <c r="K35" s="15">
-        <v>0.1442</v>
+        <v>0.09884</v>
       </c>
       <c r="L35" s="15">
-        <v>0.10433</v>
+        <v>0.08566</v>
       </c>
       <c r="M35" s="15">
-        <v>0.09104</v>
-[...3 lines deleted...]
-      <c r="P35" s="15"/>
+        <v>0.08236</v>
+      </c>
+      <c r="N35" s="15">
+        <v>570</v>
+      </c>
+      <c r="O35" s="15">
+        <v>7700</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E36" s="15">
         <v>10080052273</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>216</v>
       </c>
       <c r="K36" s="15">
-        <v>0.04149</v>
+        <v>0.04031</v>
       </c>
       <c r="L36" s="15">
-        <v>0.03596</v>
+        <v>0.03493</v>
       </c>
       <c r="M36" s="15">
-        <v>0.03458</v>
+        <v>0.03359</v>
       </c>
       <c r="N36" s="15">
-        <v>7344</v>
+        <v>6381</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E37" s="15">
         <v>10080039028</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>216</v>
       </c>
       <c r="K37" s="15">
-        <v>0.09578</v>
+        <v>0.06657</v>
       </c>
       <c r="L37" s="15">
-        <v>0.0693</v>
+        <v>0.05769</v>
       </c>
       <c r="M37" s="15">
-        <v>0.06047</v>
+        <v>0.05548</v>
       </c>
       <c r="N37" s="15">
-        <v>4349</v>
+        <v>3447</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E38" s="15">
         <v>10000014412</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>216</v>
       </c>
       <c r="K38" s="15">
         <v>0.45718</v>
       </c>
       <c r="L38" s="15">
         <v>0.24005</v>
       </c>
       <c r="M38" s="15">
         <v>0.21714</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E39" s="15">
         <v>10080052274</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J39" s="15">
         <v>192</v>
       </c>
       <c r="K39" s="15">
         <v>0.03477</v>
       </c>
       <c r="L39" s="15">
         <v>0.03013</v>
       </c>
       <c r="M39" s="15">
         <v>0.02898</v>
       </c>
       <c r="N39" s="15">
-        <v>4451</v>
-[...2 lines deleted...]
-      <c r="P39" s="15"/>
+        <v>1137</v>
+      </c>
+      <c r="O39" s="15">
+        <v>8500</v>
+      </c>
+      <c r="P39" s="15" t="s">
+        <v>101</v>
+      </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E40" s="15">
         <v>10000002115</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="J40" s="15">
         <v>192</v>
       </c>
       <c r="K40" s="15">
-        <v>0.07111000000000001</v>
+        <v>0.04983</v>
       </c>
       <c r="L40" s="15">
-        <v>0.05145</v>
+        <v>0.04319</v>
       </c>
       <c r="M40" s="15">
-        <v>0.04489</v>
+        <v>0.04153</v>
       </c>
       <c r="N40" s="15">
-        <v>164817</v>
+        <v>197785</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080038691</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J41" s="15">
         <v>170</v>
       </c>
       <c r="K41" s="15">
         <v>0.10593</v>
       </c>
       <c r="L41" s="15">
         <v>0.0556</v>
       </c>
       <c r="M41" s="15">
         <v>0.05031</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
         <v>0.12934</v>
       </c>
       <c r="L42" s="15">
         <v>0.10848</v>
       </c>
       <c r="M42" s="15">
         <v>0.10431</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15">
         <v>200</v>
       </c>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E43" s="15">
         <v>10080052275</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.08873</v>
       </c>
       <c r="L43" s="15">
         <v>0.06419999999999999</v>
       </c>
       <c r="M43" s="15">
         <v>0.05602</v>
       </c>
       <c r="N43" s="15">
-        <v>194</v>
+        <v>72</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E44" s="15">
         <v>10000012784</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>168</v>
       </c>
       <c r="K44" s="15">
-        <v>0.11275</v>
+        <v>0.07820000000000001</v>
       </c>
       <c r="L44" s="15">
-        <v>0.08158</v>
+        <v>0.06777</v>
       </c>
       <c r="M44" s="15">
-        <v>0.07119</v>
+        <v>0.06516</v>
       </c>
       <c r="N44" s="15">
-        <v>1168</v>
-[...2 lines deleted...]
-      <c r="P44" s="15"/>
+        <v>726</v>
+      </c>
+      <c r="O44" s="15">
+        <v>2370</v>
+      </c>
+      <c r="P44" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10080053310</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>144</v>
       </c>
       <c r="K45" s="15">
-        <v>0.04331</v>
+        <v>0.04326</v>
       </c>
       <c r="L45" s="15">
-        <v>0.03753</v>
+        <v>0.03749</v>
       </c>
       <c r="M45" s="15">
-        <v>0.03609</v>
+        <v>0.03605</v>
       </c>
       <c r="N45" s="15">
-        <v>8670</v>
+        <v>8576</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10000001274</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>144</v>
       </c>
       <c r="K46" s="15">
-        <v>0.08361</v>
+        <v>0.05669</v>
       </c>
       <c r="L46" s="15">
-        <v>0.06049</v>
+        <v>0.04913</v>
       </c>
       <c r="M46" s="15">
-        <v>0.05279</v>
+        <v>0.04724</v>
       </c>
       <c r="N46" s="15">
-        <v>16835</v>
-[...2 lines deleted...]
-      <c r="P46" s="15"/>
+        <v>16927</v>
+      </c>
+      <c r="O46" s="15">
+        <v>6801</v>
+      </c>
+      <c r="P46" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>144</v>
       </c>
       <c r="K47" s="15">
-        <v>0.14604</v>
+        <v>0.10251</v>
       </c>
       <c r="L47" s="15">
-        <v>0.10566</v>
+        <v>0.08884</v>
       </c>
       <c r="M47" s="15">
-        <v>0.0922</v>
+        <v>0.08543000000000001</v>
       </c>
       <c r="N47" s="15">
-        <v>14</v>
-[...2 lines deleted...]
-      <c r="P47" s="15"/>
+        <v>28</v>
+      </c>
+      <c r="O47" s="15">
+        <v>760</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q47" s="15">
         <v>2000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080052276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.04643</v>
       </c>
       <c r="L48" s="15">
         <v>0.04024</v>
       </c>
       <c r="M48" s="15">
         <v>0.03869</v>
       </c>
       <c r="N48" s="15">
-        <v>2665</v>
-[...2 lines deleted...]
-      <c r="P48" s="15"/>
+        <v>1317</v>
+      </c>
+      <c r="O48" s="15">
+        <v>8600</v>
+      </c>
+      <c r="P48" s="15" t="s">
+        <v>101</v>
+      </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E49" s="15">
         <v>10000000549</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>132</v>
       </c>
       <c r="K49" s="15">
-        <v>0.09802</v>
+        <v>0.06555</v>
       </c>
       <c r="L49" s="15">
-        <v>0.07092</v>
+        <v>0.05681</v>
       </c>
       <c r="M49" s="15">
-        <v>0.06188</v>
+        <v>0.05463</v>
       </c>
       <c r="N49" s="15">
-        <v>27793</v>
-[...2 lines deleted...]
-      <c r="P49" s="15"/>
+        <v>26766</v>
+      </c>
+      <c r="O49" s="15">
+        <v>9000</v>
+      </c>
+      <c r="P49" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>132</v>
       </c>
       <c r="K50" s="15">
-        <v>0.08057</v>
+        <v>0.05565</v>
       </c>
       <c r="L50" s="15">
-        <v>0.05829</v>
+        <v>0.04823</v>
       </c>
       <c r="M50" s="15">
-        <v>0.05087</v>
+        <v>0.04638</v>
       </c>
       <c r="N50" s="15">
-        <v>1237</v>
+        <v>1173</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E51" s="15">
         <v>10080061194</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>132</v>
       </c>
       <c r="K51" s="15">
         <v>0.11322</v>
       </c>
       <c r="L51" s="15">
         <v>0.09812</v>
       </c>
       <c r="M51" s="15">
         <v>0.09435</v>
       </c>
       <c r="N51" s="15">
-        <v>115</v>
-[...2 lines deleted...]
-      <c r="P51" s="15"/>
+        <v>27</v>
+      </c>
+      <c r="O51" s="15">
+        <v>640</v>
+      </c>
+      <c r="P51" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E52" s="15">
         <v>10080052277</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>108</v>
       </c>
       <c r="K52" s="15">
-        <v>0.10136</v>
+        <v>0.07158</v>
       </c>
       <c r="L52" s="15">
-        <v>0.07333000000000001</v>
+        <v>0.06204</v>
       </c>
       <c r="M52" s="15">
-        <v>0.06399000000000001</v>
+        <v>0.05965</v>
       </c>
       <c r="N52" s="15">
-        <v>7040</v>
+        <v>6778</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E53" s="15">
         <v>10000000611</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>108</v>
       </c>
       <c r="K53" s="15">
-        <v>0.10824</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L53" s="15">
-        <v>0.07831</v>
+        <v>0.06271</v>
       </c>
       <c r="M53" s="15">
-        <v>0.06834</v>
+        <v>0.0603</v>
       </c>
       <c r="N53" s="15">
-        <v>85103</v>
+        <v>74512</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10080038690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>108</v>
       </c>
       <c r="K54" s="15">
         <v>0.17243</v>
       </c>
       <c r="L54" s="15">
         <v>0.09053</v>
       </c>
       <c r="M54" s="15">
         <v>0.0819</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>108</v>
       </c>
       <c r="K55" s="15">
-        <v>0.18278</v>
+        <v>0.12567</v>
       </c>
       <c r="L55" s="15">
-        <v>0.13224</v>
+        <v>0.10891</v>
       </c>
       <c r="M55" s="15">
-        <v>0.1154</v>
+        <v>0.10473</v>
       </c>
       <c r="N55" s="15">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15">
         <v>2000</v>
       </c>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E56" s="15">
         <v>10080016509</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>84</v>
       </c>
       <c r="K56" s="15">
         <v>0.10222</v>
       </c>
       <c r="L56" s="15">
         <v>0.08129</v>
       </c>
       <c r="M56" s="15">
         <v>0.07636</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E57" s="15">
         <v>10080053311</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>84</v>
       </c>
       <c r="K57" s="15">
         <v>0.06562999999999999</v>
       </c>
       <c r="L57" s="15">
         <v>0.05688</v>
       </c>
       <c r="M57" s="15">
         <v>0.05469</v>
       </c>
       <c r="N57" s="15">
-        <v>3423</v>
+        <v>3244</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="E58" s="15">
         <v>10000008845</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>96</v>
       </c>
       <c r="K58" s="15">
-        <v>0.09420000000000001</v>
+        <v>0.08931</v>
       </c>
       <c r="L58" s="15">
-        <v>0.08164</v>
+        <v>0.0774</v>
       </c>
       <c r="M58" s="15">
-        <v>0.0785</v>
+        <v>0.07443</v>
       </c>
       <c r="N58" s="15">
-        <v>351</v>
+        <v>117</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>84</v>
       </c>
       <c r="K59" s="15">
         <v>0.23036</v>
       </c>
       <c r="L59" s="15">
         <v>0.1932</v>
       </c>
       <c r="M59" s="15">
         <v>0.18577</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080052278</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>84</v>
       </c>
       <c r="K60" s="15">
-        <v>0.13632</v>
+        <v>0.09626999999999999</v>
       </c>
       <c r="L60" s="15">
-        <v>0.09863</v>
+        <v>0.08343</v>
       </c>
       <c r="M60" s="15">
-        <v>0.08606</v>
+        <v>0.08023</v>
       </c>
       <c r="N60" s="15">
-        <v>4573</v>
+        <v>4959</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10000000551</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>84</v>
       </c>
       <c r="K61" s="15">
         <v>0.09687</v>
       </c>
       <c r="L61" s="15">
         <v>0.08395</v>
       </c>
       <c r="M61" s="15">
         <v>0.08073</v>
       </c>
       <c r="N61" s="15">
-        <v>9707</v>
+        <v>7810</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E62" s="15">
         <v>10080034749</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>70</v>
       </c>
       <c r="K62" s="15">
         <v>0.12317</v>
       </c>
       <c r="L62" s="15">
         <v>0.08622</v>
       </c>
       <c r="M62" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E63" s="15">
         <v>10080053312</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>72</v>
       </c>
       <c r="K63" s="15">
-        <v>0.13003</v>
+        <v>0.09174</v>
       </c>
       <c r="L63" s="15">
-        <v>0.09407</v>
+        <v>0.07951</v>
       </c>
       <c r="M63" s="15">
-        <v>0.08209</v>
+        <v>0.07645</v>
       </c>
       <c r="N63" s="15">
-        <v>749</v>
+        <v>1053</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10000004494</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>72</v>
       </c>
       <c r="K64" s="15">
-        <v>0.11561</v>
+        <v>0.11267</v>
       </c>
       <c r="L64" s="15">
-        <v>0.10019</v>
+        <v>0.09764</v>
       </c>
       <c r="M64" s="15">
-        <v>0.09634</v>
+        <v>0.09389</v>
       </c>
       <c r="N64" s="15">
-        <v>4203</v>
+        <v>4156</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E65" s="15">
         <v>10080052279</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>60</v>
       </c>
       <c r="K65" s="15">
-        <v>0.08454</v>
+        <v>0.08436</v>
       </c>
       <c r="L65" s="15">
-        <v>0.07327</v>
+        <v>0.07310999999999999</v>
       </c>
       <c r="M65" s="15">
-        <v>0.07045</v>
+        <v>0.0703</v>
       </c>
       <c r="N65" s="15">
-        <v>775</v>
+        <v>238</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E66" s="15">
         <v>10000000610</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>60</v>
       </c>
       <c r="K66" s="15">
-        <v>0.17143</v>
+        <v>0.11463</v>
       </c>
       <c r="L66" s="15">
-        <v>0.12403</v>
+        <v>0.09934999999999999</v>
       </c>
       <c r="M66" s="15">
-        <v>0.10823</v>
+        <v>0.09553</v>
       </c>
       <c r="N66" s="15">
-        <v>8456</v>
+        <v>6065</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E67" s="15">
         <v>10080052280</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>60</v>
       </c>
       <c r="K67" s="15">
         <v>0.10119</v>
       </c>
       <c r="L67" s="15">
         <v>0.0877</v>
       </c>
       <c r="M67" s="15">
         <v>0.08433</v>
       </c>
       <c r="N67" s="15">
-        <v>3901</v>
+        <v>3765</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E68" s="15">
         <v>10000001408</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J68" s="15">
         <v>60</v>
       </c>
       <c r="K68" s="15">
-        <v>0.19771</v>
+        <v>0.13751</v>
       </c>
       <c r="L68" s="15">
-        <v>0.14304</v>
+        <v>0.11917</v>
       </c>
       <c r="M68" s="15">
-        <v>0.12482</v>
+        <v>0.11459</v>
       </c>
       <c r="N68" s="15">
-        <v>209</v>
-[...2 lines deleted...]
-      <c r="P68" s="15"/>
+        <v>122</v>
+      </c>
+      <c r="O68" s="15">
+        <v>2190</v>
+      </c>
+      <c r="P68" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E69" s="15">
         <v>10080018592</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>40</v>
       </c>
       <c r="K69" s="15">
         <v>0.16381</v>
       </c>
       <c r="L69" s="15">
         <v>0.15396</v>
       </c>
       <c r="M69" s="15">
         <v>0.14903</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E70" s="15">
         <v>10080052281</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>48</v>
       </c>
       <c r="K70" s="15">
         <v>0.2125</v>
       </c>
       <c r="L70" s="15">
         <v>0.14321</v>
       </c>
       <c r="M70" s="15">
         <v>0.13396</v>
       </c>
       <c r="N70" s="15">
-        <v>209</v>
+        <v>161</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E71" s="15">
         <v>10000008794</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>48</v>
       </c>
       <c r="K71" s="15">
-        <v>0.3621</v>
+        <v>0.20582</v>
       </c>
       <c r="L71" s="15">
-        <v>0.24403</v>
+        <v>0.17837</v>
       </c>
       <c r="M71" s="15">
-        <v>0.22829</v>
+        <v>0.17151</v>
       </c>
       <c r="N71" s="15">
         <v>1532</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>40</v>
       </c>
       <c r="K72" s="15">
         <v>0.45079</v>
       </c>
       <c r="L72" s="15">
         <v>0.36087</v>
       </c>
       <c r="M72" s="15">
         <v>0.33871</v>
       </c>
       <c r="N72" s="15">
         <v>33</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E73" s="15">
         <v>10000007795</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>36</v>
       </c>
       <c r="K73" s="15">
-        <v>0.36517</v>
+        <v>0.25589</v>
       </c>
       <c r="L73" s="15">
-        <v>0.2642</v>
+        <v>0.22177</v>
       </c>
       <c r="M73" s="15">
-        <v>0.23054</v>
+        <v>0.21324</v>
       </c>
       <c r="N73" s="15">
         <v>88</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15">
         <v>0.62322</v>
       </c>
       <c r="L74" s="15">
         <v>0.49882</v>
       </c>
       <c r="M74" s="15">
         <v>0.46803</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E75" s="15">
         <v>10000006481</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>36</v>
       </c>
       <c r="K75" s="15">
-        <v>0.39095</v>
+        <v>0.27402</v>
       </c>
       <c r="L75" s="15">
-        <v>0.28285</v>
+        <v>0.23748</v>
       </c>
       <c r="M75" s="15">
-        <v>0.24682</v>
+        <v>0.22835</v>
       </c>
       <c r="N75" s="15">
-        <v>154</v>
+        <v>115</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>
@@ -4074,317 +4122,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>