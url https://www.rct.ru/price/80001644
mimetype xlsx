--- v1 (2026-01-11)
+++ v2 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,53 +166,50 @@
   <si>
     <t>DS1060-01-160B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-16 (DS1060-01-160B)</t>
   </si>
   <si>
     <t>L-KLS1-204CE-16</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф, 16 конт, / CE-16 (L-KLS1-204CE-16)</t>
   </si>
   <si>
     <t>10-00055300</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DS1060-01-200B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-20 (DS1060-01-200B)</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-204CE-20</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф, 20 конт, / CE-20 (L-KLS1-204CE-20)</t>
   </si>
   <si>
     <t>10-00055301</t>
   </si>
   <si>
     <t>DS1060-01-260B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-26 (DS1060-01-260B)</t>
   </si>
   <si>
     <t>DS1060-01-340B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-34 (DS1060-01-340B)</t>
   </si>
   <si>
     <t>DS1060-01-400B</t>
   </si>
   <si>
     <t>Краевой разъем на шлейф. / CE-40 (DS1060-01-400B)</t>
@@ -319,62 +316,59 @@
   <si>
     <t>Переходник IDC. С плоского шлейфа(AWG 28) на плату. Расст. между рядами 7.62 мм / DIP S-18</t>
   </si>
   <si>
     <t>10-00055298</t>
   </si>
   <si>
     <t>DIP S-20</t>
   </si>
   <si>
     <t>Переходник IDC. С плоского шлейфа(AWG 28) на плату. Расст. между рядами 7.62 мм / DIP S-20</t>
   </si>
   <si>
     <t>10-00055299</t>
   </si>
   <si>
     <t>CH-254-IDC-06P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х3) на шлейф / IDC-06 (CH-254-IDC-06P-A-B)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1016-06MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х3) на шлейф / IDC-06 (DS1016-06MA2BB)</t>
   </si>
   <si>
-    <t>03.05.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>CH-254-IDC-08P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (CH-254-IDC-08P-A-B)</t>
   </si>
   <si>
     <t>DS1016-08MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (DS1016-08MA2BB)</t>
   </si>
   <si>
     <t>IDC1-08SB11-L</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (IDC1-08SB11-L)</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
     <t>CH-254-IDC-10P-A-B</t>
   </si>
   <si>
     <t>(гнездо тип IDC(2х5) на шлейф) / IDC-10 (CH-254-IDC-10P-A-B)</t>
@@ -409,54 +403,60 @@
   <si>
     <t>UT-00117855</t>
   </si>
   <si>
     <t xml:space="preserve">CH-254-IDC-10P-A-B SHAINOR, KLS1-204-10-B KLS, 09185106803 HARTING, DS1016-10MA2BB CONNFLY, </t>
   </si>
   <si>
     <t>CH-254-IDC-12P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х6) на шлейф / IDC-12 (CH-254-IDC-12P-A-B)</t>
   </si>
   <si>
     <t>DS1016-12MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х6) на шлейф / IDC-12 (DS1016-12MA2BB)</t>
   </si>
   <si>
     <t>CH-254-IDC-14P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х7) на шлейф / IDC-14 (CH-254-IDC-14P-A-B)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-204-14-B KLS, DS1016-14MA2BB CONNFLY, </t>
+  </si>
+  <si>
     <t>DS1016-14MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х7) на шлейф / IDC-14 (DS1016-14MA2BB)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH-254-IDC-14P-A-B SHAINOR, L-KLS1-204-14-B KLS, </t>
   </si>
   <si>
     <t>DS1016-02-14MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х7) на шлейф, Фиксатор с защёлками / IDC-14A (DS1016-02-14MA2BB)</t>
   </si>
   <si>
     <t>10-00055274</t>
   </si>
   <si>
     <t>CH-254-IDC-16P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х8) на шлейф / IDC-16 (CH-254-IDC-16P-A-B)</t>
   </si>
   <si>
     <t>DS1016-16MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х8) на шлейф / IDC-16 (DS1016-16MA2BB)</t>
   </si>
   <si>
     <t>KLS1-204-16-B</t>
   </si>
@@ -1597,90 +1597,90 @@
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080032361</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>72</v>
       </c>
       <c r="K13" s="15">
         <v>0.70277</v>
       </c>
       <c r="L13" s="15">
         <v>0.50387</v>
       </c>
       <c r="M13" s="15">
         <v>0.45416</v>
       </c>
       <c r="N13" s="15">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080032362</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>72</v>
       </c>
       <c r="K14" s="15">
         <v>0.86891</v>
       </c>
       <c r="L14" s="15">
         <v>0.62299</v>
       </c>
       <c r="M14" s="15">
         <v>0.56151</v>
       </c>
       <c r="N14" s="15">
-        <v>81</v>
+        <v>74</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
@@ -1701,1533 +1701,1521 @@
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10080035523</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
-        <v>0.67974</v>
+        <v>0.68936</v>
       </c>
       <c r="L16" s="15">
-        <v>0.58911</v>
+        <v>0.59744</v>
       </c>
       <c r="M16" s="15">
-        <v>0.56645</v>
-[...1 lines deleted...]
-      <c r="N16" s="15"/>
+        <v>0.57446</v>
+      </c>
+      <c r="N16" s="15">
+        <v>207</v>
+      </c>
       <c r="O16" s="15">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1</v>
       </c>
       <c r="K17" s="15">
         <v>0.5333</v>
       </c>
       <c r="L17" s="15">
         <v>0.50005</v>
       </c>
       <c r="M17" s="15">
         <v>0.4828</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080070794</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1</v>
       </c>
       <c r="K18" s="15">
         <v>0.71654</v>
       </c>
       <c r="L18" s="15">
         <v>0.621</v>
       </c>
       <c r="M18" s="15">
         <v>0.59711</v>
       </c>
       <c r="N18" s="15">
-        <v>295</v>
+        <v>160</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10080032363</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.97093</v>
       </c>
       <c r="L19" s="15">
         <v>0.69615</v>
       </c>
       <c r="M19" s="15">
         <v>0.62745</v>
       </c>
       <c r="N19" s="15">
         <v>100</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080033048</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>1.36</v>
       </c>
       <c r="L20" s="15">
         <v>0.78318</v>
       </c>
       <c r="M20" s="15">
         <v>0.70487</v>
       </c>
       <c r="N20" s="15">
         <v>94</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>11</v>
       </c>
       <c r="K21" s="15">
         <v>0.83752</v>
       </c>
       <c r="L21" s="15">
         <v>0.78456</v>
       </c>
       <c r="M21" s="15">
         <v>0.7587</v>
       </c>
       <c r="N21" s="15">
         <v>4</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.97758</v>
       </c>
       <c r="L22" s="15">
         <v>0.70603</v>
       </c>
       <c r="M22" s="15">
         <v>0.59741</v>
       </c>
       <c r="N22" s="15">
         <v>49</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>1.03</v>
       </c>
       <c r="L23" s="15">
         <v>0.81465</v>
       </c>
       <c r="M23" s="15">
         <v>0.70603</v>
       </c>
       <c r="N23" s="15">
         <v>51</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>24</v>
       </c>
       <c r="K24" s="15">
         <v>1.56</v>
       </c>
       <c r="L24" s="15">
         <v>1.35</v>
       </c>
       <c r="M24" s="15">
         <v>1.3</v>
       </c>
       <c r="N24" s="15">
-        <v>218</v>
+        <v>190</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.15519</v>
       </c>
       <c r="L25" s="15">
         <v>0.15026</v>
       </c>
       <c r="M25" s="15">
         <v>0.14534</v>
       </c>
       <c r="N25" s="15">
-        <v>539</v>
+        <v>504</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>75</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>120</v>
       </c>
       <c r="K26" s="15">
         <v>0.3695</v>
       </c>
       <c r="L26" s="15">
         <v>0.31408</v>
       </c>
       <c r="M26" s="15">
         <v>0.25865</v>
       </c>
       <c r="N26" s="15">
-        <v>751</v>
+        <v>570</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>112</v>
       </c>
       <c r="K27" s="15">
         <v>0.3695</v>
       </c>
       <c r="L27" s="15">
         <v>0.31408</v>
       </c>
       <c r="M27" s="15">
         <v>0.25865</v>
       </c>
       <c r="N27" s="15">
-        <v>608</v>
+        <v>736</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>98</v>
       </c>
       <c r="K28" s="15">
         <v>0.3695</v>
       </c>
       <c r="L28" s="15">
         <v>0.31408</v>
       </c>
       <c r="M28" s="15">
         <v>0.25865</v>
       </c>
       <c r="N28" s="15">
-        <v>711</v>
+        <v>655</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1</v>
       </c>
       <c r="K29" s="15">
         <v>0.13425</v>
       </c>
       <c r="L29" s="15">
         <v>0.12933</v>
       </c>
       <c r="M29" s="15">
         <v>0.12563</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E30" s="15">
         <v>10080017445</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>220</v>
       </c>
       <c r="K30" s="15">
         <v>0.31351</v>
       </c>
       <c r="L30" s="15">
         <v>0.26126</v>
       </c>
       <c r="M30" s="15">
         <v>0.25082</v>
       </c>
       <c r="N30" s="15">
-        <v>178</v>
+        <v>209</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>165</v>
       </c>
       <c r="K31" s="15">
         <v>0.17735</v>
       </c>
       <c r="L31" s="15">
         <v>0.17243</v>
       </c>
       <c r="M31" s="15">
         <v>0.16628</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>168</v>
       </c>
       <c r="K32" s="15">
         <v>0.18598</v>
       </c>
       <c r="L32" s="15">
         <v>0.17983</v>
       </c>
       <c r="M32" s="15">
         <v>0.17489</v>
       </c>
       <c r="N32" s="15">
-        <v>938</v>
+        <v>897</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>156</v>
       </c>
       <c r="K33" s="15">
         <v>0.11701</v>
       </c>
       <c r="L33" s="15">
         <v>0.11331</v>
       </c>
       <c r="M33" s="15">
         <v>0.10962</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E34" s="15">
         <v>10080052272</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>264</v>
       </c>
       <c r="K34" s="15">
         <v>0.04038</v>
       </c>
       <c r="L34" s="15">
         <v>0.035</v>
       </c>
       <c r="M34" s="15">
         <v>0.03365</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15">
-        <v>17600</v>
+        <v>15000</v>
       </c>
       <c r="P34" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E35" s="15">
         <v>10080016302</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>264</v>
       </c>
       <c r="K35" s="15">
         <v>0.09884</v>
       </c>
       <c r="L35" s="15">
         <v>0.08566</v>
       </c>
       <c r="M35" s="15">
         <v>0.08236</v>
       </c>
       <c r="N35" s="15">
-        <v>570</v>
+        <v>504</v>
       </c>
       <c r="O35" s="15">
-        <v>7700</v>
-[...3 lines deleted...]
-      </c>
+        <v>6801</v>
+      </c>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E36" s="15">
         <v>10080052273</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>216</v>
       </c>
       <c r="K36" s="15">
         <v>0.04031</v>
       </c>
       <c r="L36" s="15">
         <v>0.03493</v>
       </c>
       <c r="M36" s="15">
         <v>0.03359</v>
       </c>
       <c r="N36" s="15">
-        <v>6381</v>
+        <v>6278</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="E37" s="15">
         <v>10080039028</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>216</v>
       </c>
       <c r="K37" s="15">
         <v>0.06657</v>
       </c>
       <c r="L37" s="15">
         <v>0.05769</v>
       </c>
       <c r="M37" s="15">
         <v>0.05548</v>
       </c>
       <c r="N37" s="15">
-        <v>3447</v>
+        <v>3126</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E38" s="15">
         <v>10000014412</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>216</v>
       </c>
       <c r="K38" s="15">
         <v>0.45718</v>
       </c>
       <c r="L38" s="15">
         <v>0.24005</v>
       </c>
       <c r="M38" s="15">
         <v>0.21714</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="E39" s="15">
         <v>10080052274</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J39" s="15">
         <v>192</v>
       </c>
       <c r="K39" s="15">
         <v>0.03477</v>
       </c>
       <c r="L39" s="15">
         <v>0.03013</v>
       </c>
       <c r="M39" s="15">
         <v>0.02898</v>
       </c>
       <c r="N39" s="15">
-        <v>1137</v>
+        <v>263</v>
       </c>
       <c r="O39" s="15">
-        <v>8500</v>
+        <v>7600</v>
       </c>
       <c r="P39" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E40" s="15">
         <v>10000002115</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J40" s="15">
         <v>192</v>
       </c>
       <c r="K40" s="15">
         <v>0.04983</v>
       </c>
       <c r="L40" s="15">
         <v>0.04319</v>
       </c>
       <c r="M40" s="15">
         <v>0.04153</v>
       </c>
       <c r="N40" s="15">
-        <v>197785</v>
+        <v>128855</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E41" s="15">
         <v>10080038691</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="J41" s="15">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="K41" s="15">
         <v>0.10593</v>
       </c>
       <c r="L41" s="15">
         <v>0.0556</v>
       </c>
       <c r="M41" s="15">
         <v>0.05031</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D42" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E42" s="15" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
         <v>0.12934</v>
       </c>
       <c r="L42" s="15">
         <v>0.10848</v>
       </c>
       <c r="M42" s="15">
         <v>0.10431</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15">
         <v>200</v>
       </c>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="E43" s="15">
         <v>10080052275</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
         <v>0.08873</v>
       </c>
       <c r="L43" s="15">
         <v>0.06419999999999999</v>
       </c>
       <c r="M43" s="15">
         <v>0.05602</v>
       </c>
       <c r="N43" s="15">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="E44" s="15">
         <v>10000012784</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>168</v>
       </c>
       <c r="K44" s="15">
         <v>0.07820000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.06777</v>
       </c>
       <c r="M44" s="15">
         <v>0.06516</v>
       </c>
-      <c r="N44" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>2370</v>
-[...3 lines deleted...]
-      </c>
+        <v>1830</v>
+      </c>
+      <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="E45" s="15">
         <v>10080053310</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="I45" s="15"/>
+        <v>99</v>
+      </c>
+      <c r="I45" s="15" t="s">
+        <v>129</v>
+      </c>
       <c r="J45" s="15">
         <v>144</v>
       </c>
       <c r="K45" s="15">
         <v>0.04326</v>
       </c>
       <c r="L45" s="15">
         <v>0.03749</v>
       </c>
       <c r="M45" s="15">
         <v>0.03605</v>
       </c>
       <c r="N45" s="15">
-        <v>8576</v>
+        <v>8112</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10000001274</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I46" s="15"/>
+      <c r="I46" s="15" t="s">
+        <v>132</v>
+      </c>
       <c r="J46" s="15">
         <v>144</v>
       </c>
       <c r="K46" s="15">
         <v>0.05669</v>
       </c>
       <c r="L46" s="15">
         <v>0.04913</v>
       </c>
       <c r="M46" s="15">
         <v>0.04724</v>
       </c>
       <c r="N46" s="15">
-        <v>16927</v>
+        <v>14479</v>
       </c>
       <c r="O46" s="15">
-        <v>6801</v>
-[...3 lines deleted...]
-      </c>
+        <v>7300</v>
+      </c>
+      <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>144</v>
       </c>
       <c r="K47" s="15">
         <v>0.10251</v>
       </c>
       <c r="L47" s="15">
         <v>0.08884</v>
       </c>
       <c r="M47" s="15">
         <v>0.08543000000000001</v>
       </c>
       <c r="N47" s="15">
         <v>28</v>
       </c>
       <c r="O47" s="15">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>2000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080052276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.04643</v>
       </c>
       <c r="L48" s="15">
         <v>0.04024</v>
       </c>
       <c r="M48" s="15">
         <v>0.03869</v>
       </c>
-      <c r="N48" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>8600</v>
+        <v>7200</v>
       </c>
       <c r="P48" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E49" s="15">
         <v>10000000549</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>132</v>
       </c>
       <c r="K49" s="15">
         <v>0.06555</v>
       </c>
       <c r="L49" s="15">
         <v>0.05681</v>
       </c>
       <c r="M49" s="15">
         <v>0.05463</v>
       </c>
       <c r="N49" s="15">
-        <v>26766</v>
+        <v>18127</v>
       </c>
       <c r="O49" s="15">
-        <v>9000</v>
-[...3 lines deleted...]
-      </c>
+        <v>6600</v>
+      </c>
+      <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>132</v>
       </c>
       <c r="K50" s="15">
         <v>0.05565</v>
       </c>
       <c r="L50" s="15">
         <v>0.04823</v>
       </c>
       <c r="M50" s="15">
         <v>0.04638</v>
       </c>
       <c r="N50" s="15">
-        <v>1173</v>
+        <v>450</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E51" s="15">
         <v>10080061194</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>132</v>
       </c>
       <c r="K51" s="15">
-        <v>0.11322</v>
+        <v>0.11195</v>
       </c>
       <c r="L51" s="15">
-        <v>0.09812</v>
+        <v>0.09702</v>
       </c>
       <c r="M51" s="15">
-        <v>0.09435</v>
+        <v>0.09329</v>
       </c>
       <c r="N51" s="15">
         <v>27</v>
       </c>
       <c r="O51" s="15">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E52" s="15">
         <v>10080052277</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>108</v>
       </c>
       <c r="K52" s="15">
         <v>0.07158</v>
       </c>
       <c r="L52" s="15">
         <v>0.06204</v>
       </c>
       <c r="M52" s="15">
         <v>0.05965</v>
       </c>
       <c r="N52" s="15">
-        <v>6778</v>
+        <v>5931</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E53" s="15">
         <v>10000000611</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>108</v>
       </c>
       <c r="K53" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="L53" s="15">
         <v>0.06271</v>
       </c>
       <c r="M53" s="15">
         <v>0.0603</v>
       </c>
       <c r="N53" s="15">
-        <v>74512</v>
+        <v>60404</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10080038690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I54" s="15"/>
@@ -3259,51 +3247,51 @@
       <c r="D55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>108</v>
       </c>
       <c r="K55" s="15">
         <v>0.12567</v>
       </c>
       <c r="L55" s="15">
         <v>0.10891</v>
       </c>
       <c r="M55" s="15">
         <v>0.10473</v>
       </c>
       <c r="N55" s="15">
-        <v>380</v>
+        <v>416</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15">
         <v>2000</v>
       </c>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E56" s="15">
         <v>10080016509</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>47</v>
@@ -3321,107 +3309,105 @@
       <c r="M56" s="15">
         <v>0.07636</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E57" s="15">
         <v>10080053311</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>84</v>
       </c>
       <c r="K57" s="15">
         <v>0.06562999999999999</v>
       </c>
       <c r="L57" s="15">
         <v>0.05688</v>
       </c>
       <c r="M57" s="15">
         <v>0.05469</v>
       </c>
       <c r="N57" s="15">
-        <v>3244</v>
+        <v>2943</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E58" s="15">
         <v>10000008845</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>96</v>
       </c>
       <c r="K58" s="15">
         <v>0.08931</v>
       </c>
       <c r="L58" s="15">
         <v>0.0774</v>
       </c>
       <c r="M58" s="15">
         <v>0.07443</v>
       </c>
-      <c r="N58" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
@@ -3436,106 +3422,106 @@
       <c r="M59" s="15">
         <v>0.18577</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080052278</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>84</v>
       </c>
       <c r="K60" s="15">
         <v>0.09626999999999999</v>
       </c>
       <c r="L60" s="15">
         <v>0.08343</v>
       </c>
       <c r="M60" s="15">
         <v>0.08023</v>
       </c>
       <c r="N60" s="15">
-        <v>4959</v>
+        <v>3685</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10000000551</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>84</v>
       </c>
       <c r="K61" s="15">
         <v>0.09687</v>
       </c>
       <c r="L61" s="15">
         <v>0.08395</v>
       </c>
       <c r="M61" s="15">
         <v>0.08073</v>
       </c>
       <c r="N61" s="15">
-        <v>7810</v>
+        <v>5357</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E62" s="15">
         <v>10080034749</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I62" s="15"/>
@@ -3551,271 +3537,269 @@
       <c r="M62" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E63" s="15">
         <v>10080053312</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>72</v>
       </c>
       <c r="K63" s="15">
         <v>0.09174</v>
       </c>
       <c r="L63" s="15">
         <v>0.07951</v>
       </c>
       <c r="M63" s="15">
         <v>0.07645</v>
       </c>
       <c r="N63" s="15">
-        <v>1053</v>
+        <v>743</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10000004494</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>72</v>
       </c>
       <c r="K64" s="15">
         <v>0.11267</v>
       </c>
       <c r="L64" s="15">
         <v>0.09764</v>
       </c>
       <c r="M64" s="15">
         <v>0.09389</v>
       </c>
       <c r="N64" s="15">
-        <v>4156</v>
+        <v>3967</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E65" s="15">
         <v>10080052279</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>60</v>
       </c>
       <c r="K65" s="15">
         <v>0.08436</v>
       </c>
       <c r="L65" s="15">
         <v>0.07310999999999999</v>
       </c>
       <c r="M65" s="15">
         <v>0.0703</v>
       </c>
       <c r="N65" s="15">
-        <v>238</v>
+        <v>70</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E66" s="15">
         <v>10000000610</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>60</v>
       </c>
       <c r="K66" s="15">
         <v>0.11463</v>
       </c>
       <c r="L66" s="15">
         <v>0.09934999999999999</v>
       </c>
       <c r="M66" s="15">
         <v>0.09553</v>
       </c>
       <c r="N66" s="15">
-        <v>6065</v>
+        <v>5838</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E67" s="15">
         <v>10080052280</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>60</v>
       </c>
       <c r="K67" s="15">
         <v>0.10119</v>
       </c>
       <c r="L67" s="15">
         <v>0.0877</v>
       </c>
       <c r="M67" s="15">
         <v>0.08433</v>
       </c>
       <c r="N67" s="15">
-        <v>3765</v>
+        <v>1418</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E68" s="15">
         <v>10000001408</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J68" s="15">
         <v>60</v>
       </c>
       <c r="K68" s="15">
-        <v>0.13751</v>
+        <v>0.13442</v>
       </c>
       <c r="L68" s="15">
-        <v>0.11917</v>
+        <v>0.11649</v>
       </c>
       <c r="M68" s="15">
-        <v>0.11459</v>
+        <v>0.11201</v>
       </c>
       <c r="N68" s="15">
-        <v>122</v>
+        <v>17</v>
       </c>
       <c r="O68" s="15">
-        <v>2190</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E69" s="15">
         <v>10080018592</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>40</v>
       </c>
@@ -3828,184 +3812,184 @@
       <c r="M69" s="15">
         <v>0.14903</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E70" s="15">
         <v>10080052281</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>48</v>
       </c>
       <c r="K70" s="15">
         <v>0.2125</v>
       </c>
       <c r="L70" s="15">
         <v>0.14321</v>
       </c>
       <c r="M70" s="15">
         <v>0.13396</v>
       </c>
       <c r="N70" s="15">
-        <v>161</v>
+        <v>132</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E71" s="15">
         <v>10000008794</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>48</v>
       </c>
       <c r="K71" s="15">
         <v>0.20582</v>
       </c>
       <c r="L71" s="15">
         <v>0.17837</v>
       </c>
       <c r="M71" s="15">
         <v>0.17151</v>
       </c>
       <c r="N71" s="15">
-        <v>1532</v>
+        <v>1604</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>40</v>
       </c>
       <c r="K72" s="15">
         <v>0.45079</v>
       </c>
       <c r="L72" s="15">
         <v>0.36087</v>
       </c>
       <c r="M72" s="15">
         <v>0.33871</v>
       </c>
       <c r="N72" s="15">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E73" s="15">
         <v>10000007795</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>36</v>
       </c>
       <c r="K73" s="15">
         <v>0.25589</v>
       </c>
       <c r="L73" s="15">
         <v>0.22177</v>
       </c>
       <c r="M73" s="15">
         <v>0.21324</v>
       </c>
       <c r="N73" s="15">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I74" s="15"/>
@@ -4034,53 +4018,51 @@
       </c>
       <c r="D75" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E75" s="15">
         <v>10000006481</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>36</v>
       </c>
       <c r="K75" s="15">
         <v>0.27402</v>
       </c>
       <c r="L75" s="15">
         <v>0.23748</v>
       </c>
       <c r="M75" s="15">
         <v>0.22835</v>
       </c>
-      <c r="N75" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>