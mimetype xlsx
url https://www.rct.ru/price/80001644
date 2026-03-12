--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="225">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -314,53 +314,50 @@
     <t>DIP S-18</t>
   </si>
   <si>
     <t>Переходник IDC. С плоского шлейфа(AWG 28) на плату. Расст. между рядами 7.62 мм / DIP S-18</t>
   </si>
   <si>
     <t>10-00055298</t>
   </si>
   <si>
     <t>DIP S-20</t>
   </si>
   <si>
     <t>Переходник IDC. С плоского шлейфа(AWG 28) на плату. Расст. между рядами 7.62 мм / DIP S-20</t>
   </si>
   <si>
     <t>10-00055299</t>
   </si>
   <si>
     <t>CH-254-IDC-06P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х3) на шлейф / IDC-06 (CH-254-IDC-06P-A-B)</t>
   </si>
   <si>
     <t>SHAINOR</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1016-06MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х3) на шлейф / IDC-06 (DS1016-06MA2BB)</t>
   </si>
   <si>
     <t>CH-254-IDC-08P-A-B</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (CH-254-IDC-08P-A-B)</t>
   </si>
   <si>
     <t>DS1016-08MA2BB</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (DS1016-08MA2BB)</t>
   </si>
   <si>
     <t>IDC1-08SB11-L</t>
   </si>
   <si>
     <t>гнездо тип IDC(2х4) на шлейф / IDC-08 (IDC1-08SB11-L)</t>
   </si>
@@ -1636,51 +1633,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080032362</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>72</v>
       </c>
       <c r="K14" s="15">
         <v>0.86891</v>
       </c>
       <c r="L14" s="15">
         <v>0.62299</v>
       </c>
       <c r="M14" s="15">
         <v>0.56151</v>
       </c>
       <c r="N14" s="15">
-        <v>74</v>
+        <v>99</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I15" s="15"/>
@@ -1710,51 +1707,51 @@
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15">
         <v>10080035523</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1</v>
       </c>
       <c r="K16" s="15">
         <v>0.68936</v>
       </c>
       <c r="L16" s="15">
         <v>0.59744</v>
       </c>
       <c r="M16" s="15">
         <v>0.57446</v>
       </c>
       <c r="N16" s="15">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="O16" s="15">
         <v>100</v>
       </c>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>47</v>
@@ -1788,51 +1785,51 @@
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080070794</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1</v>
       </c>
       <c r="K18" s="15">
         <v>0.71654</v>
       </c>
       <c r="L18" s="15">
         <v>0.621</v>
       </c>
       <c r="M18" s="15">
         <v>0.59711</v>
       </c>
       <c r="N18" s="15">
-        <v>160</v>
+        <v>135</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080032363</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15"/>
@@ -2018,129 +2015,129 @@
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>24</v>
       </c>
       <c r="K24" s="15">
         <v>1.56</v>
       </c>
       <c r="L24" s="15">
         <v>1.35</v>
       </c>
       <c r="M24" s="15">
         <v>1.3</v>
       </c>
       <c r="N24" s="15">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.15519</v>
       </c>
       <c r="L25" s="15">
         <v>0.15026</v>
       </c>
       <c r="M25" s="15">
         <v>0.14534</v>
       </c>
       <c r="N25" s="15">
-        <v>504</v>
+        <v>452</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>120</v>
       </c>
       <c r="K26" s="15">
         <v>0.3695</v>
       </c>
       <c r="L26" s="15">
         <v>0.31408</v>
       </c>
       <c r="M26" s="15">
         <v>0.25865</v>
       </c>
       <c r="N26" s="15">
-        <v>570</v>
+        <v>724</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="15"/>
@@ -2174,51 +2171,51 @@
       <c r="D28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>98</v>
       </c>
       <c r="K28" s="15">
         <v>0.3695</v>
       </c>
       <c r="L28" s="15">
         <v>0.31408</v>
       </c>
       <c r="M28" s="15">
         <v>0.25865</v>
       </c>
       <c r="N28" s="15">
-        <v>655</v>
+        <v>575</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I29" s="15"/>
@@ -2250,51 +2247,51 @@
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10080017445</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>220</v>
       </c>
       <c r="K30" s="15">
         <v>0.31351</v>
       </c>
       <c r="L30" s="15">
         <v>0.26126</v>
       </c>
       <c r="M30" s="15">
         <v>0.25082</v>
       </c>
       <c r="N30" s="15">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I31" s="15"/>
@@ -2403,1643 +2400,1639 @@
         <v>98</v>
       </c>
       <c r="E34" s="15">
         <v>10080052272</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>264</v>
       </c>
       <c r="K34" s="15">
         <v>0.04038</v>
       </c>
       <c r="L34" s="15">
         <v>0.035</v>
       </c>
       <c r="M34" s="15">
         <v>0.03365</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15">
-        <v>15000</v>
-[...3 lines deleted...]
-      </c>
+        <v>13000</v>
+      </c>
+      <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E35" s="15">
         <v>10080016302</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>264</v>
       </c>
       <c r="K35" s="15">
         <v>0.09884</v>
       </c>
       <c r="L35" s="15">
         <v>0.08566</v>
       </c>
       <c r="M35" s="15">
         <v>0.08236</v>
       </c>
       <c r="N35" s="15">
-        <v>504</v>
+        <v>600</v>
       </c>
       <c r="O35" s="15">
-        <v>6801</v>
+        <v>8101</v>
       </c>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E36" s="15">
         <v>10080052273</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>216</v>
       </c>
       <c r="K36" s="15">
         <v>0.04031</v>
       </c>
       <c r="L36" s="15">
         <v>0.03493</v>
       </c>
       <c r="M36" s="15">
         <v>0.03359</v>
       </c>
       <c r="N36" s="15">
-        <v>6278</v>
+        <v>8663</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E37" s="15">
         <v>10080039028</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>216</v>
       </c>
       <c r="K37" s="15">
         <v>0.06657</v>
       </c>
       <c r="L37" s="15">
         <v>0.05769</v>
       </c>
       <c r="M37" s="15">
         <v>0.05548</v>
       </c>
       <c r="N37" s="15">
-        <v>3126</v>
+        <v>2957</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E38" s="15">
         <v>10000014412</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>216</v>
       </c>
       <c r="K38" s="15">
         <v>0.45718</v>
       </c>
       <c r="L38" s="15">
         <v>0.24005</v>
       </c>
       <c r="M38" s="15">
         <v>0.21714</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E39" s="15">
         <v>10080052274</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>192</v>
       </c>
       <c r="K39" s="15">
         <v>0.03477</v>
       </c>
       <c r="L39" s="15">
         <v>0.03013</v>
       </c>
       <c r="M39" s="15">
         <v>0.02898</v>
       </c>
       <c r="N39" s="15">
-        <v>263</v>
+        <v>86</v>
       </c>
       <c r="O39" s="15">
-        <v>7600</v>
-[...3 lines deleted...]
-      </c>
+        <v>7400</v>
+      </c>
+      <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E40" s="15">
         <v>10000002115</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>192</v>
       </c>
       <c r="K40" s="15">
         <v>0.04983</v>
       </c>
       <c r="L40" s="15">
         <v>0.04319</v>
       </c>
       <c r="M40" s="15">
         <v>0.04153</v>
       </c>
       <c r="N40" s="15">
-        <v>128855</v>
+        <v>140023</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E41" s="15">
         <v>10080038691</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>180</v>
       </c>
       <c r="K41" s="15">
         <v>0.10593</v>
       </c>
       <c r="L41" s="15">
         <v>0.0556</v>
       </c>
       <c r="M41" s="15">
         <v>0.05031</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J42" s="15">
         <v>180</v>
       </c>
       <c r="K42" s="15">
         <v>0.12934</v>
       </c>
       <c r="L42" s="15">
         <v>0.10848</v>
       </c>
       <c r="M42" s="15">
         <v>0.10431</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15">
         <v>200</v>
       </c>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E43" s="15">
         <v>10080052275</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>168</v>
       </c>
       <c r="K43" s="15">
-        <v>0.08873</v>
+        <v>0.05346</v>
       </c>
       <c r="L43" s="15">
-        <v>0.06419999999999999</v>
+        <v>0.04633</v>
       </c>
       <c r="M43" s="15">
-        <v>0.05602</v>
+        <v>0.04455</v>
       </c>
       <c r="N43" s="15">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E44" s="15">
         <v>10000012784</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>168</v>
       </c>
       <c r="K44" s="15">
         <v>0.07820000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.06777</v>
       </c>
       <c r="M44" s="15">
         <v>0.06516</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>1830</v>
+        <v>2100</v>
       </c>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E45" s="15">
         <v>10080053310</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J45" s="15">
         <v>144</v>
       </c>
       <c r="K45" s="15">
         <v>0.04326</v>
       </c>
       <c r="L45" s="15">
         <v>0.03749</v>
       </c>
       <c r="M45" s="15">
         <v>0.03605</v>
       </c>
       <c r="N45" s="15">
-        <v>8112</v>
+        <v>6487</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E46" s="15">
         <v>10000001274</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J46" s="15">
         <v>144</v>
       </c>
       <c r="K46" s="15">
         <v>0.05669</v>
       </c>
       <c r="L46" s="15">
         <v>0.04913</v>
       </c>
       <c r="M46" s="15">
         <v>0.04724</v>
       </c>
       <c r="N46" s="15">
-        <v>14479</v>
+        <v>9189</v>
       </c>
       <c r="O46" s="15">
-        <v>7300</v>
+        <v>8200</v>
       </c>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>144</v>
       </c>
       <c r="K47" s="15">
         <v>0.10251</v>
       </c>
       <c r="L47" s="15">
         <v>0.08884</v>
       </c>
       <c r="M47" s="15">
         <v>0.08543000000000001</v>
       </c>
       <c r="N47" s="15">
         <v>28</v>
       </c>
       <c r="O47" s="15">
-        <v>640</v>
+        <v>780</v>
       </c>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>2000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E48" s="15">
         <v>10080052276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.04643</v>
       </c>
       <c r="L48" s="15">
         <v>0.04024</v>
       </c>
       <c r="M48" s="15">
         <v>0.03869</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>7200</v>
-[...3 lines deleted...]
-      </c>
+        <v>7315</v>
+      </c>
+      <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E49" s="15">
         <v>10000000549</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>132</v>
       </c>
       <c r="K49" s="15">
         <v>0.06555</v>
       </c>
       <c r="L49" s="15">
         <v>0.05681</v>
       </c>
       <c r="M49" s="15">
         <v>0.05463</v>
       </c>
       <c r="N49" s="15">
-        <v>18127</v>
+        <v>21159</v>
       </c>
       <c r="O49" s="15">
-        <v>6600</v>
+        <v>8600</v>
       </c>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>132</v>
       </c>
       <c r="K50" s="15">
         <v>0.05565</v>
       </c>
       <c r="L50" s="15">
         <v>0.04823</v>
       </c>
       <c r="M50" s="15">
         <v>0.04638</v>
       </c>
       <c r="N50" s="15">
-        <v>450</v>
+        <v>251</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E51" s="15">
         <v>10080061194</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>132</v>
       </c>
       <c r="K51" s="15">
         <v>0.11195</v>
       </c>
       <c r="L51" s="15">
         <v>0.09702</v>
       </c>
       <c r="M51" s="15">
         <v>0.09329</v>
       </c>
       <c r="N51" s="15">
         <v>27</v>
       </c>
       <c r="O51" s="15">
-        <v>740</v>
+        <v>760</v>
       </c>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E52" s="15">
         <v>10080052277</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>108</v>
       </c>
       <c r="K52" s="15">
         <v>0.07158</v>
       </c>
       <c r="L52" s="15">
         <v>0.06204</v>
       </c>
       <c r="M52" s="15">
         <v>0.05965</v>
       </c>
       <c r="N52" s="15">
-        <v>5931</v>
+        <v>8096</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E53" s="15">
         <v>10000000611</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>108</v>
       </c>
       <c r="K53" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="L53" s="15">
         <v>0.06271</v>
       </c>
       <c r="M53" s="15">
         <v>0.0603</v>
       </c>
       <c r="N53" s="15">
-        <v>60404</v>
+        <v>69945</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10080038690</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>108</v>
       </c>
       <c r="K54" s="15">
         <v>0.17243</v>
       </c>
       <c r="L54" s="15">
         <v>0.09053</v>
       </c>
       <c r="M54" s="15">
         <v>0.0819</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>108</v>
       </c>
       <c r="K55" s="15">
         <v>0.12567</v>
       </c>
       <c r="L55" s="15">
         <v>0.10891</v>
       </c>
       <c r="M55" s="15">
         <v>0.10473</v>
       </c>
       <c r="N55" s="15">
-        <v>416</v>
+        <v>359</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15">
         <v>2000</v>
       </c>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E56" s="15">
         <v>10080016509</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>84</v>
       </c>
       <c r="K56" s="15">
         <v>0.10222</v>
       </c>
       <c r="L56" s="15">
         <v>0.08129</v>
       </c>
       <c r="M56" s="15">
         <v>0.07636</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E57" s="15">
         <v>10080053311</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>84</v>
       </c>
       <c r="K57" s="15">
         <v>0.06562999999999999</v>
       </c>
       <c r="L57" s="15">
         <v>0.05688</v>
       </c>
       <c r="M57" s="15">
         <v>0.05469</v>
       </c>
       <c r="N57" s="15">
-        <v>2943</v>
+        <v>2682</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E58" s="15">
         <v>10000008845</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>96</v>
       </c>
       <c r="K58" s="15">
         <v>0.08931</v>
       </c>
       <c r="L58" s="15">
         <v>0.0774</v>
       </c>
       <c r="M58" s="15">
         <v>0.07443</v>
       </c>
-      <c r="N58" s="15"/>
+      <c r="N58" s="15">
+        <v>1558</v>
+      </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>84</v>
       </c>
       <c r="K59" s="15">
         <v>0.23036</v>
       </c>
       <c r="L59" s="15">
         <v>0.1932</v>
       </c>
       <c r="M59" s="15">
         <v>0.18577</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080052278</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>84</v>
       </c>
       <c r="K60" s="15">
-        <v>0.09626999999999999</v>
+        <v>0.08414000000000001</v>
       </c>
       <c r="L60" s="15">
-        <v>0.08343</v>
+        <v>0.07292</v>
       </c>
       <c r="M60" s="15">
-        <v>0.08023</v>
+        <v>0.07011000000000001</v>
       </c>
       <c r="N60" s="15">
-        <v>3685</v>
+        <v>5195</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10000000551</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>84</v>
       </c>
       <c r="K61" s="15">
         <v>0.09687</v>
       </c>
       <c r="L61" s="15">
         <v>0.08395</v>
       </c>
       <c r="M61" s="15">
         <v>0.08073</v>
       </c>
       <c r="N61" s="15">
-        <v>5357</v>
+        <v>4972</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E62" s="15">
         <v>10080034749</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>70</v>
       </c>
       <c r="K62" s="15">
         <v>0.12317</v>
       </c>
       <c r="L62" s="15">
         <v>0.08622</v>
       </c>
       <c r="M62" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E63" s="15">
         <v>10080053312</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>72</v>
       </c>
       <c r="K63" s="15">
         <v>0.09174</v>
       </c>
       <c r="L63" s="15">
         <v>0.07951</v>
       </c>
       <c r="M63" s="15">
         <v>0.07645</v>
       </c>
       <c r="N63" s="15">
-        <v>743</v>
+        <v>736</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10000004494</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>72</v>
       </c>
       <c r="K64" s="15">
         <v>0.11267</v>
       </c>
       <c r="L64" s="15">
         <v>0.09764</v>
       </c>
       <c r="M64" s="15">
         <v>0.09389</v>
       </c>
       <c r="N64" s="15">
-        <v>3967</v>
+        <v>4250</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E65" s="15">
         <v>10080052279</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>60</v>
       </c>
       <c r="K65" s="15">
         <v>0.08436</v>
       </c>
       <c r="L65" s="15">
         <v>0.07310999999999999</v>
       </c>
       <c r="M65" s="15">
         <v>0.0703</v>
       </c>
       <c r="N65" s="15">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E66" s="15">
         <v>10000000610</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>60</v>
       </c>
       <c r="K66" s="15">
         <v>0.11463</v>
       </c>
       <c r="L66" s="15">
         <v>0.09934999999999999</v>
       </c>
       <c r="M66" s="15">
         <v>0.09553</v>
       </c>
       <c r="N66" s="15">
-        <v>5838</v>
+        <v>4206</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E67" s="15">
         <v>10080052280</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>60</v>
       </c>
       <c r="K67" s="15">
         <v>0.10119</v>
       </c>
       <c r="L67" s="15">
         <v>0.0877</v>
       </c>
       <c r="M67" s="15">
         <v>0.08433</v>
       </c>
       <c r="N67" s="15">
-        <v>1418</v>
+        <v>1229</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E68" s="15">
         <v>10000001408</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J68" s="15">
         <v>60</v>
       </c>
       <c r="K68" s="15">
         <v>0.13442</v>
       </c>
       <c r="L68" s="15">
         <v>0.11649</v>
       </c>
       <c r="M68" s="15">
         <v>0.11201</v>
       </c>
       <c r="N68" s="15">
         <v>17</v>
       </c>
       <c r="O68" s="15">
-        <v>1800</v>
+        <v>2670</v>
       </c>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E69" s="15">
         <v>10080018592</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>40</v>
       </c>
       <c r="K69" s="15">
         <v>0.16381</v>
       </c>
       <c r="L69" s="15">
         <v>0.15396</v>
       </c>
       <c r="M69" s="15">
         <v>0.14903</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E70" s="15">
         <v>10080052281</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>48</v>
       </c>
       <c r="K70" s="15">
         <v>0.2125</v>
       </c>
       <c r="L70" s="15">
         <v>0.14321</v>
       </c>
       <c r="M70" s="15">
         <v>0.13396</v>
       </c>
       <c r="N70" s="15">
-        <v>132</v>
+        <v>167</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E71" s="15">
         <v>10000008794</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>48</v>
       </c>
       <c r="K71" s="15">
         <v>0.20582</v>
       </c>
       <c r="L71" s="15">
         <v>0.17837</v>
       </c>
       <c r="M71" s="15">
         <v>0.17151</v>
       </c>
       <c r="N71" s="15">
-        <v>1604</v>
+        <v>1424</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>40</v>
       </c>
       <c r="K72" s="15">
         <v>0.45079</v>
       </c>
       <c r="L72" s="15">
         <v>0.36087</v>
       </c>
       <c r="M72" s="15">
         <v>0.33871</v>
       </c>
       <c r="N72" s="15">
         <v>13</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E73" s="15">
         <v>10000007795</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>36</v>
       </c>
       <c r="K73" s="15">
         <v>0.25589</v>
       </c>
       <c r="L73" s="15">
         <v>0.22177</v>
       </c>
       <c r="M73" s="15">
         <v>0.21324</v>
       </c>
       <c r="N73" s="15">
         <v>83</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15">
         <v>0.62322</v>
       </c>
       <c r="L74" s="15">
         <v>0.49882</v>
       </c>
       <c r="M74" s="15">
         <v>0.46803</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E75" s="15">
         <v>10000006481</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>36</v>
       </c>
       <c r="K75" s="15">
         <v>0.27402</v>
       </c>
       <c r="L75" s="15">
         <v>0.23748</v>
       </c>
       <c r="M75" s="15">
         <v>0.22835</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
@@ -4104,317 +4097,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>206</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>