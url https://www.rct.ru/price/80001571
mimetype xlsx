--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -115,50 +115,53 @@
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>шаг 2.54mm (для плоского шлейфа шаг 1,27 FDC тип)</t>
   </si>
   <si>
     <t>DS1019-20NB2B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / DS1019-20NB2B</t>
   </si>
   <si>
     <t>10-00057520</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1018-062BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-06 (DS1018-062BX)</t>
   </si>
   <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
     <t>DS1018-082BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-08 (DS1018-082BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-08-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-08 (L-KLS1-205-08-B)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DS1018-102BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-10 (DS1018-102BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-10-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-10 (L-KLS1-205-10-B)</t>
@@ -232,51 +235,51 @@
   <si>
     <t>DS1018-26SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (DS1018-26SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-26-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (L-KLS1-205-26-B)</t>
   </si>
   <si>
     <t>FDC-30</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30</t>
   </si>
   <si>
     <t>DS1018-302BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30 (DS1018-302BX)</t>
   </si>
   <si>
-    <t>02.03.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>FDC-34</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34</t>
   </si>
   <si>
     <t>DS1018-342BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34 (DS1018-342BX) (TRN-34)</t>
   </si>
   <si>
     <t>DS1018-40SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-40 (DS1018-40SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-40-B</t>
   </si>
   <si>
     <t xml:space="preserve">для шлейфа шаг1,27мм для пайки на плату / FDC-40 (L-KLS1-205-40-B) </t>
   </si>
@@ -1198,1229 +1201,1227 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000014455</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>252</v>
       </c>
       <c r="K10" s="15">
         <v>0.11169</v>
       </c>
       <c r="L10" s="15">
         <v>0.08081000000000001</v>
       </c>
       <c r="M10" s="15">
         <v>0.07051</v>
       </c>
       <c r="N10" s="15">
-        <v>1416</v>
-[...2 lines deleted...]
-      <c r="P10" s="15"/>
+        <v>1347</v>
+      </c>
+      <c r="O10" s="15">
+        <v>780</v>
+      </c>
+      <c r="P10" s="15" t="s">
+        <v>33</v>
+      </c>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080027703</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>204</v>
       </c>
       <c r="K11" s="15">
         <v>0.07835</v>
       </c>
       <c r="L11" s="15">
         <v>0.0679</v>
       </c>
       <c r="M11" s="15">
         <v>0.06529</v>
       </c>
       <c r="N11" s="15">
         <v>2189</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000014456</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>204</v>
       </c>
       <c r="K12" s="15">
-        <v>0.13051</v>
+        <v>0.05749</v>
       </c>
       <c r="L12" s="15">
-        <v>0.09443</v>
+        <v>0.05749</v>
       </c>
       <c r="M12" s="15">
-        <v>0.0824</v>
+        <v>0.05749</v>
       </c>
       <c r="N12" s="15">
-        <v>381</v>
+        <v>438</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000008882</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>180</v>
       </c>
       <c r="K13" s="15">
         <v>0.11254</v>
       </c>
       <c r="L13" s="15">
         <v>0.08142000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.07105</v>
       </c>
       <c r="N13" s="15">
-        <v>21014</v>
+        <v>19221</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080034745</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>180</v>
       </c>
       <c r="K14" s="15">
         <v>0.07649</v>
       </c>
       <c r="L14" s="15">
         <v>0.06629</v>
       </c>
       <c r="M14" s="15">
         <v>0.06374</v>
       </c>
       <c r="N14" s="15">
-        <v>5003</v>
+        <v>4259</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080044378</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>180</v>
       </c>
       <c r="K15" s="15">
         <v>0.30621</v>
       </c>
       <c r="L15" s="15">
         <v>0.17765</v>
       </c>
       <c r="M15" s="15">
         <v>0.16011</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080049190</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>156</v>
       </c>
       <c r="K16" s="15">
         <v>0.07137</v>
       </c>
       <c r="L16" s="15">
         <v>0.06185</v>
       </c>
       <c r="M16" s="15">
         <v>0.05948</v>
       </c>
       <c r="N16" s="15">
-        <v>2652</v>
+        <v>2836</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10000014457</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J17" s="15">
         <v>144</v>
       </c>
       <c r="K17" s="15">
         <v>0.15863</v>
       </c>
       <c r="L17" s="15">
         <v>0.11477</v>
       </c>
       <c r="M17" s="15">
         <v>0.10015</v>
       </c>
       <c r="N17" s="15">
-        <v>3560</v>
+        <v>3852</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10080035179</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J18" s="15">
         <v>132</v>
       </c>
       <c r="K18" s="15">
-        <v>0.10022</v>
+        <v>0.08906</v>
       </c>
       <c r="L18" s="15">
-        <v>0.08842999999999999</v>
+        <v>0.07718</v>
       </c>
       <c r="M18" s="15">
-        <v>0.07958</v>
+        <v>0.07421</v>
       </c>
       <c r="N18" s="15">
-        <v>4923</v>
-[...3 lines deleted...]
-      </c>
+        <v>8458</v>
+      </c>
+      <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000003974</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>120</v>
       </c>
       <c r="K19" s="15">
         <v>0.16095</v>
       </c>
       <c r="L19" s="15">
         <v>0.11645</v>
       </c>
       <c r="M19" s="15">
         <v>0.10161</v>
       </c>
       <c r="N19" s="15">
-        <v>27263</v>
+        <v>28946</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080035178</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>120</v>
       </c>
       <c r="K20" s="15">
-        <v>0.09486</v>
+        <v>0.08429</v>
       </c>
       <c r="L20" s="15">
-        <v>0.0837</v>
+        <v>0.07305</v>
       </c>
       <c r="M20" s="15">
-        <v>0.07532999999999999</v>
+        <v>0.07024</v>
       </c>
       <c r="N20" s="15">
-        <v>5138</v>
+        <v>911</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000008321</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>108</v>
       </c>
       <c r="K21" s="15">
         <v>0.17258</v>
       </c>
       <c r="L21" s="15">
         <v>0.12486</v>
       </c>
       <c r="M21" s="15">
         <v>0.10896</v>
       </c>
       <c r="N21" s="15">
-        <v>32621</v>
+        <v>33100</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10080010550</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>108</v>
       </c>
       <c r="K22" s="15">
         <v>0.15489</v>
       </c>
       <c r="L22" s="15">
         <v>0.11207</v>
       </c>
       <c r="M22" s="15">
         <v>0.09779</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000019131</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>84</v>
       </c>
       <c r="K23" s="15">
         <v>0.21473</v>
       </c>
       <c r="L23" s="15">
         <v>0.14069</v>
       </c>
       <c r="M23" s="15">
         <v>0.1268</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080016488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>84</v>
       </c>
       <c r="K24" s="15">
-        <v>0.11596</v>
+        <v>0.10299</v>
       </c>
       <c r="L24" s="15">
-        <v>0.10232</v>
+        <v>0.08926000000000001</v>
       </c>
       <c r="M24" s="15">
-        <v>0.09208</v>
+        <v>0.08583</v>
       </c>
       <c r="N24" s="15">
-        <v>731</v>
+        <v>597</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000013068</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>84</v>
       </c>
       <c r="K25" s="15">
         <v>0.25903</v>
       </c>
       <c r="L25" s="15">
         <v>0.13757</v>
       </c>
       <c r="M25" s="15">
         <v>0.11738</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080035842</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>84</v>
       </c>
       <c r="K26" s="15">
-        <v>0.12558</v>
+        <v>0.11157</v>
       </c>
       <c r="L26" s="15">
-        <v>0.11081</v>
+        <v>0.09669</v>
       </c>
       <c r="M26" s="15">
-        <v>0.09972</v>
+        <v>0.09297999999999999</v>
       </c>
       <c r="N26" s="15">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>686</v>
+      </c>
+      <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E27" s="15">
         <v>10080016489</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>72</v>
       </c>
       <c r="K27" s="15">
         <v>0.33378</v>
       </c>
       <c r="L27" s="15">
         <v>0.1085</v>
       </c>
       <c r="M27" s="15">
         <v>0.1085</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E28" s="15">
         <v>10000014458</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>72</v>
       </c>
       <c r="K28" s="15">
         <v>0.24044</v>
       </c>
       <c r="L28" s="15">
         <v>0.17396</v>
       </c>
       <c r="M28" s="15">
         <v>0.1518</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>2430</v>
+        <v>5400</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080016490</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.36087</v>
       </c>
       <c r="L29" s="15">
         <v>0.11738</v>
       </c>
       <c r="M29" s="15">
         <v>0.11738</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10000014460</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.27752</v>
       </c>
       <c r="L30" s="15">
         <v>0.20079</v>
       </c>
       <c r="M30" s="15">
         <v>0.17521</v>
       </c>
       <c r="N30" s="15">
-        <v>1828</v>
+        <v>1707</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10000010340</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>48</v>
       </c>
       <c r="K31" s="15">
         <v>0.42526</v>
       </c>
       <c r="L31" s="15">
         <v>0.24672</v>
       </c>
       <c r="M31" s="15">
         <v>0.22238</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E32" s="15">
         <v>10080018409</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>48</v>
       </c>
       <c r="K32" s="15">
-        <v>0.16125</v>
+        <v>0.14327</v>
       </c>
       <c r="L32" s="15">
-        <v>0.14228</v>
+        <v>0.12416</v>
       </c>
       <c r="M32" s="15">
-        <v>0.12805</v>
+        <v>0.11939</v>
       </c>
       <c r="N32" s="15">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>48</v>
       </c>
       <c r="K33" s="15">
         <v>0.40323</v>
       </c>
       <c r="L33" s="15">
         <v>0.29174</v>
       </c>
       <c r="M33" s="15">
         <v>0.25457</v>
       </c>
       <c r="N33" s="15">
-        <v>365</v>
+        <v>432</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1000</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E34" s="15">
         <v>10000014461</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>48</v>
       </c>
       <c r="K34" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="L34" s="15">
         <v>0.38181</v>
       </c>
       <c r="M34" s="15">
         <v>0.37073</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E35" s="15">
         <v>10080016506</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>48</v>
       </c>
       <c r="K35" s="15">
         <v>0.27216</v>
       </c>
       <c r="L35" s="15">
         <v>0.19691</v>
       </c>
       <c r="M35" s="15">
         <v>0.17183</v>
       </c>
       <c r="N35" s="15">
-        <v>193</v>
+        <v>220</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E36" s="15">
         <v>10000014462</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>30</v>
       </c>
       <c r="K36" s="15">
         <v>0.78899</v>
       </c>
       <c r="L36" s="15">
         <v>0.41914</v>
       </c>
       <c r="M36" s="15">
         <v>0.35756</v>
       </c>
       <c r="N36" s="15">
-        <v>1846</v>
+        <v>1531</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.83752</v>
       </c>
       <c r="L37" s="15">
         <v>0.45571</v>
       </c>
       <c r="M37" s="15">
         <v>0.41876</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E38" s="15">
         <v>10080016507</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>10</v>
       </c>
       <c r="K38" s="15">
         <v>0.22944</v>
       </c>
       <c r="L38" s="15">
         <v>0.19885</v>
       </c>
       <c r="M38" s="15">
         <v>0.1912</v>
       </c>
       <c r="N38" s="15">
         <v>64</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>36</v>
       </c>
       <c r="K39" s="15">
         <v>0.35705</v>
       </c>
       <c r="L39" s="15">
         <v>0.25833</v>
       </c>
       <c r="M39" s="15">
         <v>0.22542</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.0483</v>
       </c>
       <c r="L40" s="15">
         <v>0.0326</v>
       </c>
       <c r="M40" s="15">
         <v>0.02729</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.06544999999999999</v>
       </c>
       <c r="L41" s="15">
         <v>0.0436</v>
       </c>
       <c r="M41" s="15">
         <v>0.03961</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14"/>
@@ -2480,317 +2481,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>