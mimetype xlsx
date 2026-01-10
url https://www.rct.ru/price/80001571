--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -223,63 +223,66 @@
   <si>
     <t>DS1018-242BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-24 (DS1018-242BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-24-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-24 (L-KLS1-205-24-B)</t>
   </si>
   <si>
     <t>DS1018-26SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (DS1018-26SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-26-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (L-KLS1-205-26-B)</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>FDC-30</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30</t>
   </si>
   <si>
     <t>DS1018-302BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30 (DS1018-302BX)</t>
   </si>
   <si>
-    <t>12.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>FDC-34</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34</t>
   </si>
   <si>
     <t>DS1018-342BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34 (DS1018-342BX) (TRN-34)</t>
   </si>
   <si>
     <t>DS1018-40SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-40 (DS1018-40SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-40-B</t>
   </si>
   <si>
     <t xml:space="preserve">для шлейфа шаг1,27мм для пайки на плату / FDC-40 (L-KLS1-205-40-B) </t>
   </si>
@@ -1192,220 +1195,220 @@
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000014455</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>252</v>
       </c>
       <c r="K10" s="15">
-        <v>0.11169</v>
+        <v>0.07727000000000001</v>
       </c>
       <c r="L10" s="15">
-        <v>0.08081000000000001</v>
+        <v>0.06696000000000001</v>
       </c>
       <c r="M10" s="15">
-        <v>0.07051</v>
+        <v>0.06439</v>
       </c>
       <c r="N10" s="15">
-        <v>1347</v>
+        <v>1295</v>
       </c>
       <c r="O10" s="15">
-        <v>780</v>
+        <v>750</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080027703</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>204</v>
       </c>
       <c r="K11" s="15">
-        <v>0.07835</v>
+        <v>0.07752000000000001</v>
       </c>
       <c r="L11" s="15">
-        <v>0.0679</v>
+        <v>0.06718</v>
       </c>
       <c r="M11" s="15">
-        <v>0.06529</v>
+        <v>0.0646</v>
       </c>
       <c r="N11" s="15">
-        <v>2189</v>
+        <v>2247</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000014456</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>204</v>
       </c>
       <c r="K12" s="15">
         <v>0.05749</v>
       </c>
       <c r="L12" s="15">
         <v>0.05749</v>
       </c>
       <c r="M12" s="15">
         <v>0.05749</v>
       </c>
       <c r="N12" s="15">
-        <v>438</v>
+        <v>417</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000008882</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>180</v>
       </c>
       <c r="K13" s="15">
-        <v>0.11254</v>
+        <v>0.07535</v>
       </c>
       <c r="L13" s="15">
-        <v>0.08142000000000001</v>
+        <v>0.0653</v>
       </c>
       <c r="M13" s="15">
-        <v>0.07105</v>
+        <v>0.06279</v>
       </c>
       <c r="N13" s="15">
-        <v>19221</v>
+        <v>18462</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080034745</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>180</v>
       </c>
       <c r="K14" s="15">
-        <v>0.07649</v>
+        <v>0.07631</v>
       </c>
       <c r="L14" s="15">
-        <v>0.06629</v>
+        <v>0.06612999999999999</v>
       </c>
       <c r="M14" s="15">
-        <v>0.06374</v>
+        <v>0.06358999999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>4259</v>
+        <v>4665</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080044378</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1437,363 +1440,363 @@
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080049190</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>156</v>
       </c>
       <c r="K16" s="15">
         <v>0.07137</v>
       </c>
       <c r="L16" s="15">
         <v>0.06185</v>
       </c>
       <c r="M16" s="15">
         <v>0.05948</v>
       </c>
       <c r="N16" s="15">
-        <v>2836</v>
+        <v>2762</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10000014457</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J17" s="15">
         <v>144</v>
       </c>
       <c r="K17" s="15">
-        <v>0.15863</v>
+        <v>0.10923</v>
       </c>
       <c r="L17" s="15">
-        <v>0.11477</v>
+        <v>0.09467</v>
       </c>
       <c r="M17" s="15">
-        <v>0.10015</v>
+        <v>0.09103</v>
       </c>
       <c r="N17" s="15">
-        <v>3852</v>
+        <v>3533</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10080035179</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J18" s="15">
         <v>132</v>
       </c>
       <c r="K18" s="15">
-        <v>0.08906</v>
+        <v>0.08649</v>
       </c>
       <c r="L18" s="15">
-        <v>0.07718</v>
+        <v>0.07496</v>
       </c>
       <c r="M18" s="15">
-        <v>0.07421</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>8458</v>
+        <v>8660</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000003974</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>120</v>
       </c>
       <c r="K19" s="15">
-        <v>0.16095</v>
+        <v>0.10764</v>
       </c>
       <c r="L19" s="15">
-        <v>0.11645</v>
+        <v>0.09329</v>
       </c>
       <c r="M19" s="15">
-        <v>0.10161</v>
+        <v>0.0897</v>
       </c>
       <c r="N19" s="15">
-        <v>28946</v>
+        <v>27853</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080035178</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>120</v>
       </c>
       <c r="K20" s="15">
         <v>0.08429</v>
       </c>
       <c r="L20" s="15">
         <v>0.07305</v>
       </c>
       <c r="M20" s="15">
         <v>0.07024</v>
       </c>
       <c r="N20" s="15">
-        <v>911</v>
+        <v>976</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000008321</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>108</v>
       </c>
       <c r="K21" s="15">
-        <v>0.17258</v>
+        <v>0.11478</v>
       </c>
       <c r="L21" s="15">
-        <v>0.12486</v>
+        <v>0.09948</v>
       </c>
       <c r="M21" s="15">
-        <v>0.10896</v>
+        <v>0.09565</v>
       </c>
       <c r="N21" s="15">
-        <v>33100</v>
+        <v>27178</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10080010550</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>108</v>
       </c>
       <c r="K22" s="15">
-        <v>0.15489</v>
+        <v>0.10587</v>
       </c>
       <c r="L22" s="15">
-        <v>0.11207</v>
+        <v>0.09175</v>
       </c>
       <c r="M22" s="15">
-        <v>0.09779</v>
+        <v>0.08823</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000019131</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>84</v>
       </c>
       <c r="K23" s="15">
-        <v>0.21473</v>
+        <v>0.10892</v>
       </c>
       <c r="L23" s="15">
-        <v>0.14069</v>
+        <v>0.09439</v>
       </c>
       <c r="M23" s="15">
-        <v>0.1268</v>
+        <v>0.09075999999999999</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080016488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>84</v>
       </c>
       <c r="K24" s="15">
         <v>0.10299</v>
       </c>
       <c r="L24" s="15">
         <v>0.08926000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08583</v>
       </c>
       <c r="N24" s="15">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000013068</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1816,612 +1819,620 @@
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080035842</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>84</v>
       </c>
       <c r="K26" s="15">
-        <v>0.11157</v>
+        <v>0.10853</v>
       </c>
       <c r="L26" s="15">
-        <v>0.09669</v>
+        <v>0.09406</v>
       </c>
       <c r="M26" s="15">
-        <v>0.09297999999999999</v>
+        <v>0.09044000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>686</v>
-[...2 lines deleted...]
-      <c r="P26" s="15"/>
+        <v>885</v>
+      </c>
+      <c r="O26" s="15">
+        <v>800</v>
+      </c>
+      <c r="P26" s="15" t="s">
+        <v>69</v>
+      </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080016489</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>72</v>
       </c>
       <c r="K27" s="15">
         <v>0.33378</v>
       </c>
       <c r="L27" s="15">
         <v>0.1085</v>
       </c>
       <c r="M27" s="15">
         <v>0.1085</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10000014458</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>72</v>
       </c>
       <c r="K28" s="15">
-        <v>0.24044</v>
+        <v>0.17945</v>
       </c>
       <c r="L28" s="15">
-        <v>0.17396</v>
+        <v>0.15552</v>
       </c>
       <c r="M28" s="15">
-        <v>0.1518</v>
+        <v>0.14954</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>5400</v>
+        <v>4860</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E29" s="15">
         <v>10080016490</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.36087</v>
       </c>
       <c r="L29" s="15">
         <v>0.11738</v>
       </c>
       <c r="M29" s="15">
         <v>0.11738</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E30" s="15">
         <v>10000014460</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
-        <v>0.27752</v>
+        <v>0.19083</v>
       </c>
       <c r="L30" s="15">
-        <v>0.20079</v>
+        <v>0.16539</v>
       </c>
       <c r="M30" s="15">
-        <v>0.17521</v>
+        <v>0.15903</v>
       </c>
       <c r="N30" s="15">
-        <v>1707</v>
+        <v>1398</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E31" s="15">
         <v>10000010340</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>48</v>
       </c>
       <c r="K31" s="15">
         <v>0.42526</v>
       </c>
       <c r="L31" s="15">
         <v>0.24672</v>
       </c>
       <c r="M31" s="15">
         <v>0.22238</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080018409</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>48</v>
       </c>
       <c r="K32" s="15">
-        <v>0.14327</v>
+        <v>0.13941</v>
       </c>
       <c r="L32" s="15">
-        <v>0.12416</v>
+        <v>0.12082</v>
       </c>
       <c r="M32" s="15">
-        <v>0.11939</v>
+        <v>0.11618</v>
       </c>
       <c r="N32" s="15">
-        <v>414</v>
-[...2 lines deleted...]
-      <c r="P32" s="15"/>
+        <v>402</v>
+      </c>
+      <c r="O32" s="15">
+        <v>332</v>
+      </c>
+      <c r="P32" s="15" t="s">
+        <v>69</v>
+      </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>48</v>
       </c>
       <c r="K33" s="15">
-        <v>0.40323</v>
+        <v>0.28032</v>
       </c>
       <c r="L33" s="15">
-        <v>0.29174</v>
+        <v>0.24294</v>
       </c>
       <c r="M33" s="15">
-        <v>0.25457</v>
+        <v>0.2336</v>
       </c>
       <c r="N33" s="15">
-        <v>432</v>
+        <v>471</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1000</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E34" s="15">
         <v>10000014461</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>48</v>
       </c>
       <c r="K34" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="L34" s="15">
         <v>0.38181</v>
       </c>
       <c r="M34" s="15">
         <v>0.37073</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E35" s="15">
         <v>10080016506</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>48</v>
       </c>
       <c r="K35" s="15">
-        <v>0.27216</v>
+        <v>0.18512</v>
       </c>
       <c r="L35" s="15">
-        <v>0.19691</v>
+        <v>0.16043</v>
       </c>
       <c r="M35" s="15">
-        <v>0.17183</v>
+        <v>0.15426</v>
       </c>
       <c r="N35" s="15">
-        <v>220</v>
+        <v>183</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E36" s="15">
         <v>10000014462</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>30</v>
       </c>
       <c r="K36" s="15">
         <v>0.78899</v>
       </c>
       <c r="L36" s="15">
         <v>0.41914</v>
       </c>
       <c r="M36" s="15">
         <v>0.35756</v>
       </c>
       <c r="N36" s="15">
-        <v>1531</v>
+        <v>1405</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.83752</v>
       </c>
       <c r="L37" s="15">
         <v>0.45571</v>
       </c>
       <c r="M37" s="15">
         <v>0.41876</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E38" s="15">
         <v>10080016507</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>10</v>
       </c>
       <c r="K38" s="15">
         <v>0.22944</v>
       </c>
       <c r="L38" s="15">
         <v>0.19885</v>
       </c>
       <c r="M38" s="15">
         <v>0.1912</v>
       </c>
       <c r="N38" s="15">
         <v>64</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>36</v>
       </c>
       <c r="K39" s="15">
-        <v>0.35705</v>
+        <v>0.24627</v>
       </c>
       <c r="L39" s="15">
-        <v>0.25833</v>
+        <v>0.21343</v>
       </c>
       <c r="M39" s="15">
-        <v>0.22542</v>
+        <v>0.20523</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.0483</v>
       </c>
       <c r="L40" s="15">
         <v>0.0326</v>
       </c>
       <c r="M40" s="15">
         <v>0.02729</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.06544999999999999</v>
       </c>
       <c r="L41" s="15">
         <v>0.0436</v>
       </c>
       <c r="M41" s="15">
         <v>0.03961</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14"/>
@@ -2481,317 +2492,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>