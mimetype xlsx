--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -115,51 +115,51 @@
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>шаг 2.54mm (для плоского шлейфа шаг 1,27 FDC тип)</t>
   </si>
   <si>
     <t>DS1019-20NB2B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / DS1019-20NB2B</t>
   </si>
   <si>
     <t>10-00057520</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1018-062BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-06 (DS1018-062BX)</t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t>DS1018-082BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-08 (DS1018-082BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-08-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-08 (L-KLS1-205-08-B)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DS1018-102BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-10 (DS1018-102BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-10-B</t>
   </si>
@@ -223,68 +223,65 @@
   <si>
     <t>DS1018-242BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-24 (DS1018-242BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-24-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-24 (L-KLS1-205-24-B)</t>
   </si>
   <si>
     <t>DS1018-26SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (DS1018-26SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-26-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (L-KLS1-205-26-B)</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>FDC-30</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30</t>
   </si>
   <si>
     <t>DS1018-302BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30 (DS1018-302BX)</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>FDC-34</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34</t>
   </si>
   <si>
     <t>DS1018-342BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34 (DS1018-342BX) (TRN-34)</t>
   </si>
   <si>
     <t>DS1018-40SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-40 (DS1018-40SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-40-B</t>
   </si>
   <si>
     <t xml:space="preserve">для шлейфа шаг1,27мм для пайки на плату / FDC-40 (L-KLS1-205-40-B) </t>
   </si>
   <si>
     <t>DS1018-502BX</t>
@@ -305,50 +302,53 @@
     <t>L-KLS1-205-50-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-50 (L-KLS1-205-50-B)</t>
   </si>
   <si>
     <t>DS1018-60SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-60 (DS1018-60SiB)</t>
   </si>
   <si>
     <t>DS1018-64SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-64 (DS1018-64SiB)</t>
   </si>
   <si>
     <t>10-00057534</t>
   </si>
   <si>
     <t>L-KLS1-205-64-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-64 (L-KLS1-205-64-B)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS1-205-64-B KLS, </t>
   </si>
   <si>
     <t>UT-00148429</t>
   </si>
   <si>
     <t>C-DS1018-PDBM10</t>
   </si>
   <si>
     <t>Latches for FDC-10</t>
   </si>
   <si>
     <t>10-00057503</t>
   </si>
   <si>
     <t>C-DS1018-PDBM20</t>
   </si>
   <si>
     <t>Latches for FDC-20</t>
   </si>
   <si>
     <t>10-00057502</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
@@ -1204,94 +1204,94 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000014455</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>252</v>
       </c>
       <c r="K10" s="15">
         <v>0.07727000000000001</v>
       </c>
       <c r="L10" s="15">
         <v>0.06696000000000001</v>
       </c>
       <c r="M10" s="15">
         <v>0.06439</v>
       </c>
       <c r="N10" s="15">
-        <v>1295</v>
+        <v>1502</v>
       </c>
       <c r="O10" s="15">
-        <v>750</v>
+        <v>870</v>
       </c>
       <c r="P10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080027703</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>204</v>
       </c>
       <c r="K11" s="15">
         <v>0.07752000000000001</v>
       </c>
       <c r="L11" s="15">
         <v>0.06718</v>
       </c>
       <c r="M11" s="15">
         <v>0.0646</v>
       </c>
       <c r="N11" s="15">
-        <v>2247</v>
+        <v>2592</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000014456</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15"/>
@@ -1325,90 +1325,90 @@
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000008882</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>180</v>
       </c>
       <c r="K13" s="15">
         <v>0.07535</v>
       </c>
       <c r="L13" s="15">
         <v>0.0653</v>
       </c>
       <c r="M13" s="15">
         <v>0.06279</v>
       </c>
       <c r="N13" s="15">
-        <v>18462</v>
+        <v>19837</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080034745</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>180</v>
       </c>
       <c r="K14" s="15">
         <v>0.07631</v>
       </c>
       <c r="L14" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="M14" s="15">
         <v>0.06358999999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>4665</v>
+        <v>5949</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080044378</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1440,250 +1440,250 @@
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080049190</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>156</v>
       </c>
       <c r="K16" s="15">
         <v>0.07137</v>
       </c>
       <c r="L16" s="15">
         <v>0.06185</v>
       </c>
       <c r="M16" s="15">
         <v>0.05948</v>
       </c>
       <c r="N16" s="15">
-        <v>2762</v>
+        <v>3130</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10000014457</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J17" s="15">
         <v>144</v>
       </c>
       <c r="K17" s="15">
         <v>0.10923</v>
       </c>
       <c r="L17" s="15">
         <v>0.09467</v>
       </c>
       <c r="M17" s="15">
         <v>0.09103</v>
       </c>
       <c r="N17" s="15">
-        <v>3533</v>
+        <v>4393</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10080035179</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J18" s="15">
         <v>132</v>
       </c>
       <c r="K18" s="15">
         <v>0.08649</v>
       </c>
       <c r="L18" s="15">
         <v>0.07496</v>
       </c>
       <c r="M18" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>8660</v>
+        <v>8761</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000003974</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>120</v>
       </c>
       <c r="K19" s="15">
         <v>0.10764</v>
       </c>
       <c r="L19" s="15">
         <v>0.09329</v>
       </c>
       <c r="M19" s="15">
         <v>0.0897</v>
       </c>
       <c r="N19" s="15">
-        <v>27853</v>
+        <v>28943</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080035178</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>120</v>
       </c>
       <c r="K20" s="15">
         <v>0.08429</v>
       </c>
       <c r="L20" s="15">
         <v>0.07305</v>
       </c>
       <c r="M20" s="15">
         <v>0.07024</v>
       </c>
       <c r="N20" s="15">
-        <v>976</v>
+        <v>526</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000008321</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>108</v>
       </c>
       <c r="K21" s="15">
         <v>0.11478</v>
       </c>
       <c r="L21" s="15">
         <v>0.09948</v>
       </c>
       <c r="M21" s="15">
         <v>0.09565</v>
       </c>
       <c r="N21" s="15">
-        <v>27178</v>
+        <v>35830</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10080010550</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I22" s="15"/>
@@ -1752,51 +1752,51 @@
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080016488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>84</v>
       </c>
       <c r="K24" s="15">
         <v>0.10299</v>
       </c>
       <c r="L24" s="15">
         <v>0.08926000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08583</v>
       </c>
       <c r="N24" s="15">
-        <v>605</v>
+        <v>698</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000013068</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1828,54 +1828,54 @@
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080035842</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>84</v>
       </c>
       <c r="K26" s="15">
         <v>0.10853</v>
       </c>
       <c r="L26" s="15">
         <v>0.09406</v>
       </c>
       <c r="M26" s="15">
         <v>0.09044000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>885</v>
+        <v>963</v>
       </c>
       <c r="O26" s="15">
-        <v>800</v>
+        <v>870</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080016489</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>38</v>
       </c>
@@ -1899,473 +1899,477 @@
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10000014458</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>72</v>
       </c>
       <c r="K28" s="15">
-        <v>0.17945</v>
+        <v>0.18318</v>
       </c>
       <c r="L28" s="15">
-        <v>0.15552</v>
+        <v>0.15876</v>
       </c>
       <c r="M28" s="15">
-        <v>0.14954</v>
+        <v>0.15265</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15">
-        <v>4860</v>
+        <v>4380</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E29" s="15">
         <v>10080016490</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.36087</v>
       </c>
       <c r="L29" s="15">
         <v>0.11738</v>
       </c>
       <c r="M29" s="15">
         <v>0.11738</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E30" s="15">
         <v>10000014460</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.19083</v>
       </c>
       <c r="L30" s="15">
         <v>0.16539</v>
       </c>
       <c r="M30" s="15">
         <v>0.15903</v>
       </c>
       <c r="N30" s="15">
-        <v>1398</v>
+        <v>1249</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E31" s="15">
         <v>10000010340</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>48</v>
       </c>
       <c r="K31" s="15">
         <v>0.42526</v>
       </c>
       <c r="L31" s="15">
         <v>0.24672</v>
       </c>
       <c r="M31" s="15">
         <v>0.22238</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080018409</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>48</v>
       </c>
       <c r="K32" s="15">
         <v>0.13941</v>
       </c>
       <c r="L32" s="15">
         <v>0.12082</v>
       </c>
       <c r="M32" s="15">
         <v>0.11618</v>
       </c>
       <c r="N32" s="15">
-        <v>402</v>
+        <v>425</v>
       </c>
       <c r="O32" s="15">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>69</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>48</v>
       </c>
       <c r="K33" s="15">
         <v>0.28032</v>
       </c>
       <c r="L33" s="15">
         <v>0.24294</v>
       </c>
       <c r="M33" s="15">
         <v>0.2336</v>
       </c>
       <c r="N33" s="15">
-        <v>471</v>
+        <v>421</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1000</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E34" s="15">
         <v>10000014461</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>48</v>
       </c>
       <c r="K34" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="L34" s="15">
         <v>0.38181</v>
       </c>
       <c r="M34" s="15">
         <v>0.37073</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E35" s="15">
         <v>10080016506</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>48</v>
       </c>
       <c r="K35" s="15">
         <v>0.18512</v>
       </c>
       <c r="L35" s="15">
         <v>0.16043</v>
       </c>
       <c r="M35" s="15">
         <v>0.15426</v>
       </c>
       <c r="N35" s="15">
-        <v>183</v>
+        <v>272</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E36" s="15">
         <v>10000014462</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>30</v>
       </c>
       <c r="K36" s="15">
         <v>0.78899</v>
       </c>
       <c r="L36" s="15">
         <v>0.41914</v>
       </c>
       <c r="M36" s="15">
         <v>0.35756</v>
       </c>
       <c r="N36" s="15">
-        <v>1405</v>
+        <v>1741</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.83752</v>
       </c>
       <c r="L37" s="15">
         <v>0.45571</v>
       </c>
       <c r="M37" s="15">
         <v>0.41876</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E38" s="15">
         <v>10080016507</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="I38" s="15"/>
+      <c r="I38" s="15" t="s">
+        <v>96</v>
+      </c>
       <c r="J38" s="15">
         <v>10</v>
       </c>
       <c r="K38" s="15">
         <v>0.22944</v>
       </c>
       <c r="L38" s="15">
         <v>0.19885</v>
       </c>
       <c r="M38" s="15">
         <v>0.1912</v>
       </c>
       <c r="N38" s="15">
         <v>64</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>38</v>
       </c>
-      <c r="I39" s="15"/>
+      <c r="I39" s="15" t="s">
+        <v>96</v>
+      </c>
       <c r="J39" s="15">
         <v>36</v>
       </c>
       <c r="K39" s="15">
         <v>0.24627</v>
       </c>
       <c r="L39" s="15">
         <v>0.21343</v>
       </c>
       <c r="M39" s="15">
         <v>0.20523</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">