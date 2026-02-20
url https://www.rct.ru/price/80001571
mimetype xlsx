--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -113,53 +113,50 @@
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>шаг 2.54mm (для плоского шлейфа шаг 1,27 FDC тип)</t>
   </si>
   <si>
     <t>DS1019-20NB2B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / DS1019-20NB2B</t>
   </si>
   <si>
     <t>10-00057520</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1018-062BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-06 (DS1018-062BX)</t>
-  </si>
-[...1 lines deleted...]
-    <t>02.04.2026</t>
   </si>
   <si>
     <t>DS1018-082BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-08 (DS1018-082BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-08-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-08 (L-KLS1-205-08-B)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DS1018-102BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-10 (DS1018-102BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-10-B</t>
   </si>
@@ -1204,1239 +1201,1237 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000014455</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>252</v>
       </c>
       <c r="K10" s="15">
         <v>0.07727000000000001</v>
       </c>
       <c r="L10" s="15">
         <v>0.06696000000000001</v>
       </c>
       <c r="M10" s="15">
         <v>0.06439</v>
       </c>
       <c r="N10" s="15">
-        <v>1502</v>
+        <v>1364</v>
       </c>
       <c r="O10" s="15">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080027703</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>204</v>
       </c>
       <c r="K11" s="15">
         <v>0.07752000000000001</v>
       </c>
       <c r="L11" s="15">
         <v>0.06718</v>
       </c>
       <c r="M11" s="15">
         <v>0.0646</v>
       </c>
       <c r="N11" s="15">
-        <v>2592</v>
+        <v>2475</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="15" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000014456</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>204</v>
       </c>
       <c r="K12" s="15">
         <v>0.05749</v>
       </c>
       <c r="L12" s="15">
         <v>0.05749</v>
       </c>
       <c r="M12" s="15">
         <v>0.05749</v>
       </c>
       <c r="N12" s="15">
-        <v>417</v>
+        <v>433</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10000008882</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>180</v>
       </c>
       <c r="K13" s="15">
         <v>0.07535</v>
       </c>
       <c r="L13" s="15">
         <v>0.0653</v>
       </c>
       <c r="M13" s="15">
         <v>0.06279</v>
       </c>
       <c r="N13" s="15">
-        <v>19837</v>
+        <v>14918</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080034745</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>180</v>
       </c>
       <c r="K14" s="15">
         <v>0.07631</v>
       </c>
       <c r="L14" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="M14" s="15">
         <v>0.06358999999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>5949</v>
+        <v>5882</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080044378</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>180</v>
       </c>
       <c r="K15" s="15">
         <v>0.30621</v>
       </c>
       <c r="L15" s="15">
         <v>0.17765</v>
       </c>
       <c r="M15" s="15">
         <v>0.16011</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080049190</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>156</v>
       </c>
       <c r="K16" s="15">
         <v>0.07137</v>
       </c>
       <c r="L16" s="15">
         <v>0.06185</v>
       </c>
       <c r="M16" s="15">
         <v>0.05948</v>
       </c>
       <c r="N16" s="15">
-        <v>3130</v>
+        <v>2108</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10000014457</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>144</v>
       </c>
       <c r="K17" s="15">
         <v>0.10923</v>
       </c>
       <c r="L17" s="15">
         <v>0.09467</v>
       </c>
       <c r="M17" s="15">
         <v>0.09103</v>
       </c>
       <c r="N17" s="15">
-        <v>4393</v>
+        <v>2401</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10080035179</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>132</v>
       </c>
       <c r="K18" s="15">
         <v>0.08649</v>
       </c>
       <c r="L18" s="15">
         <v>0.07496</v>
       </c>
       <c r="M18" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>8761</v>
+        <v>7754</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000003974</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>120</v>
       </c>
       <c r="K19" s="15">
         <v>0.10764</v>
       </c>
       <c r="L19" s="15">
         <v>0.09329</v>
       </c>
       <c r="M19" s="15">
         <v>0.0897</v>
       </c>
       <c r="N19" s="15">
-        <v>28943</v>
+        <v>18395</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080035178</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>120</v>
       </c>
       <c r="K20" s="15">
         <v>0.08429</v>
       </c>
       <c r="L20" s="15">
         <v>0.07305</v>
       </c>
       <c r="M20" s="15">
         <v>0.07024</v>
       </c>
       <c r="N20" s="15">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000008321</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>108</v>
       </c>
       <c r="K21" s="15">
         <v>0.11478</v>
       </c>
       <c r="L21" s="15">
         <v>0.09948</v>
       </c>
       <c r="M21" s="15">
         <v>0.09565</v>
       </c>
       <c r="N21" s="15">
-        <v>35830</v>
+        <v>25267</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10080010550</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>108</v>
       </c>
       <c r="K22" s="15">
         <v>0.10587</v>
       </c>
       <c r="L22" s="15">
         <v>0.09175</v>
       </c>
       <c r="M22" s="15">
         <v>0.08823</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000019131</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>84</v>
       </c>
       <c r="K23" s="15">
         <v>0.10892</v>
       </c>
       <c r="L23" s="15">
         <v>0.09439</v>
       </c>
       <c r="M23" s="15">
         <v>0.09075999999999999</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080016488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>84</v>
       </c>
       <c r="K24" s="15">
         <v>0.10299</v>
       </c>
       <c r="L24" s="15">
         <v>0.08926000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08583</v>
       </c>
       <c r="N24" s="15">
-        <v>698</v>
+        <v>647</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000013068</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>84</v>
       </c>
       <c r="K25" s="15">
         <v>0.25903</v>
       </c>
       <c r="L25" s="15">
         <v>0.13757</v>
       </c>
       <c r="M25" s="15">
         <v>0.11738</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080035842</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>84</v>
       </c>
       <c r="K26" s="15">
         <v>0.10853</v>
       </c>
       <c r="L26" s="15">
         <v>0.09406</v>
       </c>
       <c r="M26" s="15">
         <v>0.09044000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>963</v>
+        <v>664</v>
       </c>
       <c r="O26" s="15">
-        <v>870</v>
+        <v>600</v>
       </c>
       <c r="P26" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080016489</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>72</v>
       </c>
       <c r="K27" s="15">
         <v>0.33378</v>
       </c>
       <c r="L27" s="15">
         <v>0.1085</v>
       </c>
       <c r="M27" s="15">
         <v>0.1085</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10000014458</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>72</v>
       </c>
       <c r="K28" s="15">
         <v>0.18318</v>
       </c>
       <c r="L28" s="15">
         <v>0.15876</v>
       </c>
       <c r="M28" s="15">
         <v>0.15265</v>
       </c>
-      <c r="N28" s="15"/>
+      <c r="N28" s="15">
+        <v>1014</v>
+      </c>
       <c r="O28" s="15">
-        <v>4380</v>
-[...3 lines deleted...]
-      </c>
+        <v>2340</v>
+      </c>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080016490</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.36087</v>
       </c>
       <c r="L29" s="15">
         <v>0.11738</v>
       </c>
       <c r="M29" s="15">
         <v>0.11738</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10000014460</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.19083</v>
       </c>
       <c r="L30" s="15">
         <v>0.16539</v>
       </c>
       <c r="M30" s="15">
         <v>0.15903</v>
       </c>
       <c r="N30" s="15">
-        <v>1249</v>
+        <v>1473</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10000010340</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>48</v>
       </c>
       <c r="K31" s="15">
         <v>0.42526</v>
       </c>
       <c r="L31" s="15">
         <v>0.24672</v>
       </c>
       <c r="M31" s="15">
         <v>0.22238</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E32" s="15">
         <v>10080018409</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>48</v>
       </c>
       <c r="K32" s="15">
         <v>0.13941</v>
       </c>
       <c r="L32" s="15">
         <v>0.12082</v>
       </c>
       <c r="M32" s="15">
         <v>0.11618</v>
       </c>
       <c r="N32" s="15">
-        <v>425</v>
+        <v>385</v>
       </c>
       <c r="O32" s="15">
-        <v>351</v>
+        <v>317</v>
       </c>
       <c r="P32" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>48</v>
       </c>
       <c r="K33" s="15">
         <v>0.28032</v>
       </c>
       <c r="L33" s="15">
         <v>0.24294</v>
       </c>
       <c r="M33" s="15">
         <v>0.2336</v>
       </c>
       <c r="N33" s="15">
-        <v>421</v>
+        <v>336</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1000</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E34" s="15">
         <v>10000014461</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>48</v>
       </c>
       <c r="K34" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="L34" s="15">
         <v>0.38181</v>
       </c>
       <c r="M34" s="15">
         <v>0.37073</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E35" s="15">
         <v>10080016506</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>48</v>
       </c>
       <c r="K35" s="15">
         <v>0.18512</v>
       </c>
       <c r="L35" s="15">
         <v>0.16043</v>
       </c>
       <c r="M35" s="15">
         <v>0.15426</v>
       </c>
       <c r="N35" s="15">
-        <v>272</v>
+        <v>208</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E36" s="15">
         <v>10000014462</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>30</v>
       </c>
       <c r="K36" s="15">
         <v>0.78899</v>
       </c>
       <c r="L36" s="15">
         <v>0.41914</v>
       </c>
       <c r="M36" s="15">
         <v>0.35756</v>
       </c>
       <c r="N36" s="15">
-        <v>1741</v>
+        <v>1804</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.83752</v>
       </c>
       <c r="L37" s="15">
         <v>0.45571</v>
       </c>
       <c r="M37" s="15">
         <v>0.41876</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E38" s="15">
         <v>10080016507</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J38" s="15">
         <v>10</v>
       </c>
       <c r="K38" s="15">
         <v>0.22944</v>
       </c>
       <c r="L38" s="15">
         <v>0.19885</v>
       </c>
       <c r="M38" s="15">
         <v>0.1912</v>
       </c>
       <c r="N38" s="15">
         <v>64</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="D39" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J39" s="15">
         <v>36</v>
       </c>
       <c r="K39" s="15">
         <v>0.24627</v>
       </c>
       <c r="L39" s="15">
         <v>0.21343</v>
       </c>
       <c r="M39" s="15">
         <v>0.20523</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>98</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.0483</v>
       </c>
       <c r="L40" s="15">
         <v>0.0326</v>
       </c>
       <c r="M40" s="15">
         <v>0.02729</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.06544999999999999</v>
       </c>
       <c r="L41" s="15">
         <v>0.0436</v>
       </c>
       <c r="M41" s="15">
         <v>0.03961</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14"/>
@@ -2496,317 +2491,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>112</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>