--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -218,53 +218,50 @@
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-20 (L-KLS1-205-20-B)</t>
   </si>
   <si>
     <t>DS1018-242BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-24 (DS1018-242BX)</t>
   </si>
   <si>
     <t>L-KLS1-205-24-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-24 (L-KLS1-205-24-B)</t>
   </si>
   <si>
     <t>DS1018-26SiB</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (DS1018-26SiB)</t>
   </si>
   <si>
     <t>L-KLS1-205-26-B</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-26 (L-KLS1-205-26-B)</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>FDC-30</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30</t>
   </si>
   <si>
     <t>DS1018-302BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-30 (DS1018-302BX)</t>
   </si>
   <si>
     <t>FDC-34</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34</t>
   </si>
   <si>
     <t>DS1018-342BX</t>
   </si>
   <si>
     <t>для шлейфа шаг1,27мм для пайки на плату / FDC-34 (DS1018-342BX) (TRN-34)</t>
   </si>
@@ -1201,209 +1198,209 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000014455</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>252</v>
       </c>
       <c r="K10" s="15">
         <v>0.07727000000000001</v>
       </c>
       <c r="L10" s="15">
         <v>0.06696000000000001</v>
       </c>
       <c r="M10" s="15">
         <v>0.06439</v>
       </c>
       <c r="N10" s="15">
-        <v>1364</v>
+        <v>1399</v>
       </c>
       <c r="O10" s="15">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10080027703</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>204</v>
       </c>
       <c r="K11" s="15">
         <v>0.07752000000000001</v>
       </c>
       <c r="L11" s="15">
         <v>0.06718</v>
       </c>
       <c r="M11" s="15">
         <v>0.0646</v>
       </c>
       <c r="N11" s="15">
-        <v>2475</v>
+        <v>2391</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000014456</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>204</v>
       </c>
       <c r="K12" s="15">
         <v>0.05749</v>
       </c>
       <c r="L12" s="15">
         <v>0.05749</v>
       </c>
       <c r="M12" s="15">
         <v>0.05749</v>
       </c>
       <c r="N12" s="15">
-        <v>433</v>
+        <v>265</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10000008882</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>180</v>
       </c>
       <c r="K13" s="15">
         <v>0.07535</v>
       </c>
       <c r="L13" s="15">
         <v>0.0653</v>
       </c>
       <c r="M13" s="15">
         <v>0.06279</v>
       </c>
       <c r="N13" s="15">
-        <v>14918</v>
+        <v>20692</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080034745</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>180</v>
       </c>
       <c r="K14" s="15">
         <v>0.07631</v>
       </c>
       <c r="L14" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="M14" s="15">
         <v>0.06358999999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>5882</v>
+        <v>5070</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080044378</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1435,250 +1432,250 @@
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080049190</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>156</v>
       </c>
       <c r="K16" s="15">
         <v>0.07137</v>
       </c>
       <c r="L16" s="15">
         <v>0.06185</v>
       </c>
       <c r="M16" s="15">
         <v>0.05948</v>
       </c>
       <c r="N16" s="15">
-        <v>2108</v>
+        <v>2211</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10000014457</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>144</v>
       </c>
       <c r="K17" s="15">
         <v>0.10923</v>
       </c>
       <c r="L17" s="15">
         <v>0.09467</v>
       </c>
       <c r="M17" s="15">
         <v>0.09103</v>
       </c>
       <c r="N17" s="15">
-        <v>2401</v>
+        <v>3227</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080035179</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>132</v>
       </c>
       <c r="K18" s="15">
         <v>0.08649</v>
       </c>
       <c r="L18" s="15">
         <v>0.07496</v>
       </c>
       <c r="M18" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>7754</v>
+        <v>7653</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000003974</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>120</v>
       </c>
       <c r="K19" s="15">
         <v>0.10764</v>
       </c>
       <c r="L19" s="15">
         <v>0.09329</v>
       </c>
       <c r="M19" s="15">
         <v>0.0897</v>
       </c>
       <c r="N19" s="15">
-        <v>18395</v>
+        <v>18357</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080035178</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>120</v>
       </c>
       <c r="K20" s="15">
         <v>0.08429</v>
       </c>
       <c r="L20" s="15">
         <v>0.07305</v>
       </c>
       <c r="M20" s="15">
         <v>0.07024</v>
       </c>
       <c r="N20" s="15">
-        <v>540</v>
+        <v>484</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10000008321</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>108</v>
       </c>
       <c r="K21" s="15">
         <v>0.11478</v>
       </c>
       <c r="L21" s="15">
         <v>0.09948</v>
       </c>
       <c r="M21" s="15">
         <v>0.09565</v>
       </c>
       <c r="N21" s="15">
-        <v>25267</v>
+        <v>32860</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080010550</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I22" s="15"/>
@@ -1747,51 +1744,51 @@
       <c r="D24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080016488</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>84</v>
       </c>
       <c r="K24" s="15">
         <v>0.10299</v>
       </c>
       <c r="L24" s="15">
         <v>0.08926000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.08583</v>
       </c>
       <c r="N24" s="15">
-        <v>647</v>
+        <v>572</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10000013068</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -1823,615 +1820,611 @@
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080035842</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>84</v>
       </c>
       <c r="K26" s="15">
         <v>0.10853</v>
       </c>
       <c r="L26" s="15">
         <v>0.09406</v>
       </c>
       <c r="M26" s="15">
         <v>0.09044000000000001</v>
       </c>
       <c r="N26" s="15">
-        <v>664</v>
+        <v>753</v>
       </c>
       <c r="O26" s="15">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E27" s="15">
         <v>10080016489</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>72</v>
       </c>
       <c r="K27" s="15">
         <v>0.33378</v>
       </c>
       <c r="L27" s="15">
         <v>0.1085</v>
       </c>
       <c r="M27" s="15">
         <v>0.1085</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E28" s="15">
         <v>10000014458</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>72</v>
       </c>
       <c r="K28" s="15">
         <v>0.18318</v>
       </c>
       <c r="L28" s="15">
         <v>0.15876</v>
       </c>
       <c r="M28" s="15">
         <v>0.15265</v>
       </c>
       <c r="N28" s="15">
-        <v>1014</v>
+        <v>988</v>
       </c>
       <c r="O28" s="15">
-        <v>2340</v>
+        <v>2280</v>
       </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E29" s="15">
         <v>10080016490</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.36087</v>
       </c>
       <c r="L29" s="15">
         <v>0.11738</v>
       </c>
       <c r="M29" s="15">
         <v>0.11738</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E30" s="15">
         <v>10000014460</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.19083</v>
       </c>
       <c r="L30" s="15">
         <v>0.16539</v>
       </c>
       <c r="M30" s="15">
         <v>0.15903</v>
       </c>
       <c r="N30" s="15">
-        <v>1473</v>
+        <v>1231</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E31" s="15">
         <v>10000010340</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>48</v>
       </c>
       <c r="K31" s="15">
         <v>0.42526</v>
       </c>
       <c r="L31" s="15">
         <v>0.24672</v>
       </c>
       <c r="M31" s="15">
         <v>0.22238</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E32" s="15">
         <v>10080018409</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>48</v>
       </c>
       <c r="K32" s="15">
         <v>0.13941</v>
       </c>
       <c r="L32" s="15">
         <v>0.12082</v>
       </c>
       <c r="M32" s="15">
         <v>0.11618</v>
       </c>
       <c r="N32" s="15">
-        <v>385</v>
+        <v>76</v>
       </c>
       <c r="O32" s="15">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>356</v>
+      </c>
+      <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>48</v>
       </c>
       <c r="K33" s="15">
         <v>0.28032</v>
       </c>
       <c r="L33" s="15">
         <v>0.24294</v>
       </c>
       <c r="M33" s="15">
         <v>0.2336</v>
       </c>
       <c r="N33" s="15">
-        <v>336</v>
+        <v>376</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1000</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E34" s="15">
         <v>10000014461</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>48</v>
       </c>
       <c r="K34" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="L34" s="15">
         <v>0.38181</v>
       </c>
       <c r="M34" s="15">
         <v>0.37073</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E35" s="15">
         <v>10080016506</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>48</v>
       </c>
       <c r="K35" s="15">
         <v>0.18512</v>
       </c>
       <c r="L35" s="15">
         <v>0.16043</v>
       </c>
       <c r="M35" s="15">
         <v>0.15426</v>
       </c>
       <c r="N35" s="15">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E36" s="15">
         <v>10000014462</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>30</v>
       </c>
       <c r="K36" s="15">
         <v>0.78899</v>
       </c>
       <c r="L36" s="15">
         <v>0.41914</v>
       </c>
       <c r="M36" s="15">
         <v>0.35756</v>
       </c>
       <c r="N36" s="15">
-        <v>1804</v>
+        <v>1301</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>0.83752</v>
       </c>
       <c r="L37" s="15">
         <v>0.45571</v>
       </c>
       <c r="M37" s="15">
         <v>0.41876</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E38" s="15">
         <v>10080016507</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J38" s="15">
         <v>10</v>
       </c>
       <c r="K38" s="15">
         <v>0.22944</v>
       </c>
       <c r="L38" s="15">
         <v>0.19885</v>
       </c>
       <c r="M38" s="15">
         <v>0.1912</v>
       </c>
       <c r="N38" s="15">
         <v>64</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D39" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J39" s="15">
         <v>36</v>
       </c>
       <c r="K39" s="15">
         <v>0.24627</v>
       </c>
       <c r="L39" s="15">
         <v>0.21343</v>
       </c>
       <c r="M39" s="15">
         <v>0.20523</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>0.0483</v>
       </c>
       <c r="L40" s="15">
         <v>0.0326</v>
       </c>
       <c r="M40" s="15">
         <v>0.02729</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.06544999999999999</v>
       </c>
       <c r="L41" s="15">
         <v>0.0436</v>
       </c>
       <c r="M41" s="15">
         <v>0.03961</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14"/>
@@ -2491,317 +2484,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>114</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>