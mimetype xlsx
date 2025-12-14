--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -329,50 +329,53 @@
     <t>1000VDC- 4700pF Y5P 10% (P:7.5mm) CT81N12Y5P1D472KSE</t>
   </si>
   <si>
     <t>TMCC02-472M1KVP75B</t>
   </si>
   <si>
     <t>1000VDC- 4700pF Y5V 20% (P:7.5mm)</t>
   </si>
   <si>
     <t>10-00030415</t>
   </si>
   <si>
     <t>TMCC02-103M1KVP5B</t>
   </si>
   <si>
     <t>1000VDC-0,01mkF Y5V 20% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030416</t>
   </si>
   <si>
     <t>CT81-N9Y5V1B103MSE</t>
   </si>
   <si>
     <t>1000VDC-0,01mkF Y5V 20% (P:5mm) CT81-N9Y5V1B103MSE</t>
+  </si>
+  <si>
+    <t>04.05.2026</t>
   </si>
   <si>
     <t>CT81-M5Y5P1B221KSEW</t>
   </si>
   <si>
     <t>2000VDC- 220pF Y5P 10% (P:5mm) CT81-M5Y5P1B221KSEW</t>
   </si>
   <si>
     <t>10-00030443</t>
   </si>
   <si>
     <t xml:space="preserve">2000VDC- 220pF Y5V 10% (P:5mm) </t>
   </si>
   <si>
     <t>10-00030459</t>
   </si>
   <si>
     <t>TMCC02-221M2KVP5B</t>
   </si>
   <si>
     <t xml:space="preserve">2000VDC- 220pF Y5V 20% (P:5mm) </t>
   </si>
   <si>
     <t>10-00030461</t>
   </si>
@@ -1505,166 +1508,166 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080034655</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.13601</v>
       </c>
       <c r="L9" s="15">
         <v>0.09841</v>
       </c>
       <c r="M9" s="15">
         <v>0.08587</v>
       </c>
       <c r="N9" s="15">
-        <v>12722</v>
+        <v>12571</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080011155</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
         <v>0.05127</v>
       </c>
       <c r="L10" s="15">
         <v>0.03677</v>
       </c>
       <c r="M10" s="15">
         <v>0.03192</v>
       </c>
       <c r="N10" s="15">
-        <v>24269</v>
+        <v>23595</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080011178</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
-        <v>0.09069000000000001</v>
+        <v>0.0452</v>
       </c>
       <c r="L11" s="15">
-        <v>0.07607</v>
+        <v>0.0452</v>
       </c>
       <c r="M11" s="15">
-        <v>0.07315000000000001</v>
+        <v>0.0452</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080009055</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.03069</v>
       </c>
       <c r="L12" s="15">
         <v>0.02708</v>
       </c>
       <c r="M12" s="15">
         <v>0.02383</v>
       </c>
       <c r="N12" s="15">
-        <v>100973</v>
+        <v>135409</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1840,51 +1843,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080009054</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.04344</v>
       </c>
       <c r="L18" s="15">
         <v>0.03833</v>
       </c>
       <c r="M18" s="15">
         <v>0.03373</v>
       </c>
       <c r="N18" s="15">
-        <v>58699</v>
+        <v>62511</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -1916,131 +1919,131 @@
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080051702</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>500</v>
       </c>
       <c r="K20" s="15">
         <v>0.04787</v>
       </c>
       <c r="L20" s="15">
         <v>0.03463</v>
       </c>
       <c r="M20" s="15">
         <v>0.03022</v>
       </c>
       <c r="N20" s="15">
-        <v>116406</v>
+        <v>90984</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080031576</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.0687</v>
       </c>
       <c r="L21" s="15">
         <v>0.0497</v>
       </c>
       <c r="M21" s="15">
         <v>0.04338</v>
       </c>
       <c r="N21" s="15">
-        <v>15350</v>
+        <v>18020</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080048920</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.04251</v>
       </c>
       <c r="L22" s="15">
         <v>0.03076</v>
       </c>
       <c r="M22" s="15">
         <v>0.02684</v>
       </c>
       <c r="N22" s="15">
-        <v>84680</v>
+        <v>99969</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
@@ -2107,51 +2110,51 @@
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080048921</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.06610000000000001</v>
       </c>
       <c r="L25" s="15">
         <v>0.04782</v>
       </c>
       <c r="M25" s="15">
         <v>0.04173</v>
       </c>
       <c r="N25" s="15">
-        <v>13800</v>
+        <v>16100</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080072907</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
@@ -2183,209 +2186,211 @@
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080055191</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.10238</v>
       </c>
       <c r="L27" s="15">
         <v>0.07407</v>
       </c>
       <c r="M27" s="15">
         <v>0.06464</v>
       </c>
       <c r="N27" s="15">
-        <v>1474</v>
+        <v>1544</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080059549</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01236</v>
       </c>
       <c r="L28" s="15">
         <v>0.01071</v>
       </c>
       <c r="M28" s="15">
         <v>0.0103</v>
       </c>
-      <c r="N28" s="15"/>
+      <c r="N28" s="15">
+        <v>184</v>
+      </c>
       <c r="O28" s="15">
-        <v>3889</v>
+        <v>3600</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080059548</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01641</v>
       </c>
       <c r="L29" s="15">
         <v>0.01187</v>
       </c>
       <c r="M29" s="15">
         <v>0.01036</v>
       </c>
       <c r="N29" s="15">
-        <v>3320</v>
+        <v>3040</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080003553</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02094</v>
       </c>
       <c r="L30" s="15">
         <v>0.01971</v>
       </c>
       <c r="M30" s="15">
         <v>0.01971</v>
       </c>
       <c r="N30" s="15">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01195</v>
       </c>
       <c r="L31" s="15">
         <v>0.01195</v>
       </c>
       <c r="M31" s="15">
         <v>0.01195</v>
       </c>
       <c r="N31" s="15">
-        <v>198</v>
+        <v>171</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
@@ -2417,54 +2422,54 @@
       <c r="D33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="15">
         <v>10080009058</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.02236</v>
       </c>
       <c r="L33" s="15">
         <v>0.01973</v>
       </c>
       <c r="M33" s="15">
         <v>0.01736</v>
       </c>
       <c r="N33" s="15">
-        <v>1846</v>
+        <v>1960</v>
       </c>
       <c r="O33" s="15">
-        <v>8101</v>
+        <v>8600</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>48</v>
       </c>
@@ -2573,51 +2578,51 @@
       <c r="D37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080009064</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.04952</v>
       </c>
       <c r="L37" s="15">
         <v>0.03583</v>
       </c>
       <c r="M37" s="15">
         <v>0.03126</v>
       </c>
       <c r="N37" s="15">
-        <v>1408</v>
+        <v>1161</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I38" s="15"/>
@@ -2684,1700 +2689,1702 @@
       <c r="D40" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E40" s="15">
         <v>10080009049</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03987</v>
       </c>
       <c r="L40" s="15">
         <v>0.03518</v>
       </c>
       <c r="M40" s="15">
         <v>0.03095</v>
       </c>
       <c r="N40" s="15">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="O40" s="15">
-        <v>4350</v>
-[...1 lines deleted...]
-      <c r="P40" s="15"/>
+        <v>3600</v>
+      </c>
+      <c r="P40" s="15" t="s">
+        <v>105</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.011</v>
       </c>
       <c r="L41" s="15">
         <v>0.011</v>
       </c>
       <c r="M41" s="15">
         <v>0.011</v>
       </c>
       <c r="N41" s="15">
-        <v>133927</v>
+        <v>125955</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D42" s="15"/>
       <c r="E42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.011</v>
       </c>
       <c r="L42" s="15">
         <v>0.011</v>
       </c>
       <c r="M42" s="15">
         <v>0.011</v>
       </c>
       <c r="N42" s="15">
-        <v>5720</v>
+        <v>5984</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.01807</v>
       </c>
       <c r="L43" s="15">
         <v>0.01697</v>
       </c>
       <c r="M43" s="15">
         <v>0.01642</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.0136</v>
       </c>
       <c r="L44" s="15">
         <v>0.0136</v>
       </c>
       <c r="M44" s="15">
         <v>0.0136</v>
       </c>
       <c r="N44" s="15">
-        <v>48832</v>
+        <v>47329</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.011</v>
       </c>
       <c r="L45" s="15">
         <v>0.011</v>
       </c>
       <c r="M45" s="15">
         <v>0.011</v>
       </c>
       <c r="N45" s="15">
-        <v>12406</v>
+        <v>12088</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080071674</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.01526</v>
       </c>
       <c r="L46" s="15">
         <v>0.01463</v>
       </c>
       <c r="M46" s="15">
         <v>0.01463</v>
       </c>
       <c r="N46" s="15">
-        <v>1406</v>
+        <v>1250</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080049360</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.04071</v>
       </c>
       <c r="L47" s="15">
         <v>0.02919</v>
       </c>
       <c r="M47" s="15">
         <v>0.02535</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.02793</v>
       </c>
       <c r="L48" s="15">
         <v>0.01995</v>
       </c>
       <c r="M48" s="15">
         <v>0.01756</v>
       </c>
       <c r="N48" s="15">
-        <v>2760</v>
+        <v>2800</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10000023039</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.02236</v>
       </c>
       <c r="L49" s="15">
         <v>0.01973</v>
       </c>
       <c r="M49" s="15">
         <v>0.01736</v>
       </c>
       <c r="N49" s="15">
-        <v>65602</v>
+        <v>77179</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.02717</v>
       </c>
       <c r="L50" s="15">
         <v>0.02296</v>
       </c>
       <c r="M50" s="15">
         <v>0.02296</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04347</v>
       </c>
       <c r="L51" s="15">
         <v>0.02826</v>
       </c>
       <c r="M51" s="15">
         <v>0.02608</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05651</v>
       </c>
       <c r="L52" s="15">
         <v>0.03803</v>
       </c>
       <c r="M52" s="15">
         <v>0.03468</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E53" s="15">
         <v>10000023606</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15"/>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.03342</v>
       </c>
       <c r="L53" s="15">
         <v>0.03223</v>
       </c>
       <c r="M53" s="15">
         <v>0.03103</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.02549</v>
       </c>
       <c r="L54" s="15">
         <v>0.02438</v>
       </c>
       <c r="M54" s="15">
         <v>0.02327</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10080016519</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.06395000000000001</v>
       </c>
       <c r="L55" s="15">
         <v>0.04279</v>
       </c>
       <c r="M55" s="15">
         <v>0.03895</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.03867</v>
       </c>
       <c r="L56" s="15">
         <v>0.02798</v>
       </c>
       <c r="M56" s="15">
         <v>0.02441</v>
       </c>
       <c r="N56" s="15">
-        <v>2797</v>
+        <v>2266</v>
       </c>
       <c r="O56" s="15">
-        <v>39500</v>
+        <v>32000</v>
       </c>
       <c r="P56" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10080009050</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05789</v>
       </c>
       <c r="L57" s="15">
         <v>0.05604</v>
       </c>
       <c r="M57" s="15">
         <v>0.05407</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E58" s="15">
         <v>10080002732</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.0419</v>
       </c>
       <c r="L58" s="15">
         <v>0.04041</v>
       </c>
       <c r="M58" s="15">
         <v>0.03891</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>500</v>
       </c>
       <c r="K59" s="15">
         <v>0.04935</v>
       </c>
       <c r="L59" s="15">
         <v>0.0357</v>
       </c>
       <c r="M59" s="15">
         <v>0.03115</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10080012598</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.04932</v>
       </c>
       <c r="L60" s="15">
         <v>0.03569</v>
       </c>
       <c r="M60" s="15">
         <v>0.03114</v>
       </c>
       <c r="N60" s="15">
-        <v>81720</v>
+        <v>85806</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080011156</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.0515</v>
       </c>
       <c r="L61" s="15">
         <v>0.0343</v>
       </c>
       <c r="M61" s="15">
         <v>0.03122</v>
       </c>
       <c r="N61" s="15">
-        <v>3840</v>
+        <v>4450</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E62" s="15">
         <v>10080048425</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.048</v>
       </c>
       <c r="L62" s="15">
         <v>0.02784</v>
       </c>
       <c r="M62" s="15">
         <v>0.02509</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.04257</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02688</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.02</v>
       </c>
       <c r="M64" s="15">
         <v>0.018</v>
       </c>
       <c r="N64" s="15">
-        <v>3283</v>
+        <v>3871</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.06242</v>
       </c>
       <c r="L65" s="15">
         <v>0.05198</v>
       </c>
       <c r="M65" s="15">
         <v>0.05033</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E66" s="15">
         <v>10080009057</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
         <v>0.08958000000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.06481000000000001</v>
       </c>
       <c r="M66" s="15">
         <v>0.05655</v>
       </c>
       <c r="N66" s="15">
-        <v>5925</v>
+        <v>5293</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E67" s="15">
         <v>10080048426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.04687</v>
       </c>
       <c r="L67" s="15">
         <v>0.03348</v>
       </c>
       <c r="M67" s="15">
         <v>0.02946</v>
       </c>
       <c r="N67" s="15">
-        <v>2240</v>
+        <v>2520</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E68" s="15">
         <v>10080048563</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.07815</v>
       </c>
       <c r="L68" s="15">
         <v>0.05329</v>
       </c>
       <c r="M68" s="15">
         <v>0.04617</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>500</v>
       </c>
       <c r="K69" s="15">
         <v>0.0205</v>
       </c>
       <c r="L69" s="15">
         <v>0.0205</v>
       </c>
       <c r="M69" s="15">
         <v>0.0205</v>
       </c>
       <c r="N69" s="15">
-        <v>16023</v>
+        <v>21364</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03436</v>
       </c>
       <c r="L70" s="15">
         <v>0.03215</v>
       </c>
       <c r="M70" s="15">
         <v>0.03104</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E71" s="15">
         <v>10080010302</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.011</v>
+        <v>0.013</v>
       </c>
       <c r="L71" s="15">
-        <v>0.011</v>
+        <v>0.013</v>
       </c>
       <c r="M71" s="15">
-        <v>0.011</v>
+        <v>0.013</v>
       </c>
       <c r="N71" s="15">
-        <v>67339</v>
+        <v>91469</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.02</v>
       </c>
       <c r="L72" s="15">
         <v>0.016</v>
       </c>
       <c r="M72" s="15">
         <v>0.014</v>
       </c>
       <c r="N72" s="15">
-        <v>10788</v>
+        <v>7688</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03812</v>
       </c>
       <c r="L73" s="15">
         <v>0.02723</v>
       </c>
       <c r="M73" s="15">
         <v>0.02396</v>
       </c>
       <c r="N73" s="15">
-        <v>4250</v>
+        <v>3550</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E74" s="15">
         <v>10080069997</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.04878</v>
       </c>
       <c r="L74" s="15">
         <v>0.03232</v>
       </c>
       <c r="M74" s="15">
         <v>0.0282</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E75" s="15">
         <v>10000019700</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.05499</v>
       </c>
       <c r="L75" s="15">
         <v>0.03978</v>
       </c>
       <c r="M75" s="15">
         <v>0.03472</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0225</v>
       </c>
       <c r="L76" s="15">
         <v>0.0225</v>
       </c>
       <c r="M76" s="15">
         <v>0.0225</v>
       </c>
       <c r="N76" s="15">
-        <v>1109</v>
+        <v>1092</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D77" s="15"/>
       <c r="E77" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.038</v>
       </c>
       <c r="L77" s="15">
         <v>0.038</v>
       </c>
       <c r="M77" s="15">
         <v>0.038</v>
       </c>
       <c r="N77" s="15">
-        <v>2310</v>
+        <v>1920</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E78" s="15">
         <v>10080064797</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.05</v>
       </c>
       <c r="L78" s="15">
         <v>0.036</v>
       </c>
       <c r="M78" s="15">
         <v>0.032</v>
       </c>
       <c r="N78" s="15">
-        <v>18270</v>
+        <v>17458</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E79" s="15">
         <v>10080073531</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.031</v>
       </c>
       <c r="L79" s="15">
         <v>0.031</v>
       </c>
       <c r="M79" s="15">
         <v>0.031</v>
       </c>
       <c r="N79" s="15">
-        <v>1645</v>
+        <v>1410</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.17772</v>
       </c>
       <c r="L80" s="15">
         <v>0.12695</v>
       </c>
       <c r="M80" s="15">
         <v>0.11171</v>
       </c>
       <c r="N80" s="15">
         <v>1701</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.035</v>
       </c>
       <c r="L81" s="15">
         <v>0.025</v>
       </c>
       <c r="M81" s="15">
         <v>0.023</v>
       </c>
       <c r="N81" s="15">
-        <v>7232</v>
+        <v>7006</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.04547</v>
       </c>
       <c r="L82" s="15">
         <v>0.03248</v>
       </c>
       <c r="M82" s="15">
         <v>0.02858</v>
       </c>
       <c r="N82" s="15">
-        <v>3050</v>
+        <v>4051</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0105</v>
       </c>
       <c r="L83" s="15">
         <v>0.0105</v>
       </c>
       <c r="M83" s="15">
         <v>0.0105</v>
       </c>
       <c r="N83" s="15">
-        <v>6480</v>
+        <v>4960</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14"/>
       <c r="C84" s="15"/>
       <c r="D84" s="15"/>
       <c r="E84" s="15"/>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15"/>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15"/>
       <c r="L84" s="15"/>
       <c r="M84" s="15"/>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
     </row>
   </sheetData>
@@ -4420,317 +4427,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>