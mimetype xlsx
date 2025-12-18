--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1508,90 +1508,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080034655</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.13601</v>
       </c>
       <c r="L9" s="15">
         <v>0.09841</v>
       </c>
       <c r="M9" s="15">
         <v>0.08587</v>
       </c>
       <c r="N9" s="15">
-        <v>12571</v>
+        <v>9239</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080011155</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
         <v>0.05127</v>
       </c>
       <c r="L10" s="15">
         <v>0.03677</v>
       </c>
       <c r="M10" s="15">
         <v>0.03192</v>
       </c>
       <c r="N10" s="15">
-        <v>23595</v>
+        <v>28988</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080011178</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1623,51 +1623,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080009055</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.03069</v>
       </c>
       <c r="L12" s="15">
         <v>0.02708</v>
       </c>
       <c r="M12" s="15">
         <v>0.02383</v>
       </c>
       <c r="N12" s="15">
-        <v>135409</v>
+        <v>102724</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1843,51 +1843,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080009054</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.04344</v>
       </c>
       <c r="L18" s="15">
         <v>0.03833</v>
       </c>
       <c r="M18" s="15">
         <v>0.03373</v>
       </c>
       <c r="N18" s="15">
-        <v>62511</v>
+        <v>52663</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -1919,131 +1919,131 @@
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080051702</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>500</v>
       </c>
       <c r="K20" s="15">
         <v>0.04787</v>
       </c>
       <c r="L20" s="15">
         <v>0.03463</v>
       </c>
       <c r="M20" s="15">
         <v>0.03022</v>
       </c>
       <c r="N20" s="15">
-        <v>90984</v>
+        <v>91632</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080031576</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.0687</v>
       </c>
       <c r="L21" s="15">
         <v>0.0497</v>
       </c>
       <c r="M21" s="15">
         <v>0.04338</v>
       </c>
       <c r="N21" s="15">
-        <v>18020</v>
+        <v>17575</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080048920</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.04251</v>
       </c>
       <c r="L22" s="15">
         <v>0.03076</v>
       </c>
       <c r="M22" s="15">
         <v>0.02684</v>
       </c>
       <c r="N22" s="15">
-        <v>99969</v>
+        <v>99119</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
@@ -2110,51 +2110,51 @@
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080048921</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.06610000000000001</v>
       </c>
       <c r="L25" s="15">
         <v>0.04782</v>
       </c>
       <c r="M25" s="15">
         <v>0.04173</v>
       </c>
       <c r="N25" s="15">
-        <v>16100</v>
+        <v>14720</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080072907</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
@@ -2186,211 +2186,211 @@
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080055191</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.10238</v>
       </c>
       <c r="L27" s="15">
         <v>0.07407</v>
       </c>
       <c r="M27" s="15">
         <v>0.06464</v>
       </c>
       <c r="N27" s="15">
-        <v>1544</v>
+        <v>1228</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080059549</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01236</v>
       </c>
       <c r="L28" s="15">
         <v>0.01071</v>
       </c>
       <c r="M28" s="15">
         <v>0.0103</v>
       </c>
       <c r="N28" s="15">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="O28" s="15">
-        <v>3600</v>
+        <v>3650</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080059548</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01641</v>
       </c>
       <c r="L29" s="15">
         <v>0.01187</v>
       </c>
       <c r="M29" s="15">
         <v>0.01036</v>
       </c>
       <c r="N29" s="15">
-        <v>3040</v>
+        <v>3080</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080003553</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02094</v>
       </c>
       <c r="L30" s="15">
         <v>0.01971</v>
       </c>
       <c r="M30" s="15">
         <v>0.01971</v>
       </c>
       <c r="N30" s="15">
-        <v>241</v>
+        <v>174</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01195</v>
       </c>
       <c r="L31" s="15">
         <v>0.01195</v>
       </c>
       <c r="M31" s="15">
         <v>0.01195</v>
       </c>
       <c r="N31" s="15">
-        <v>171</v>
+        <v>241</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
@@ -2422,54 +2422,54 @@
       <c r="D33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="15">
         <v>10080009058</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.02236</v>
       </c>
       <c r="L33" s="15">
         <v>0.01973</v>
       </c>
       <c r="M33" s="15">
         <v>0.01736</v>
       </c>
       <c r="N33" s="15">
-        <v>1960</v>
+        <v>1823</v>
       </c>
       <c r="O33" s="15">
-        <v>8600</v>
+        <v>8000</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>48</v>
       </c>
@@ -2578,51 +2578,51 @@
       <c r="D37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080009064</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.04952</v>
       </c>
       <c r="L37" s="15">
         <v>0.03583</v>
       </c>
       <c r="M37" s="15">
         <v>0.03126</v>
       </c>
       <c r="N37" s="15">
-        <v>1161</v>
+        <v>1478</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I38" s="15"/>
@@ -2689,131 +2689,131 @@
       <c r="D40" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E40" s="15">
         <v>10080009049</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03987</v>
       </c>
       <c r="L40" s="15">
         <v>0.03518</v>
       </c>
       <c r="M40" s="15">
         <v>0.03095</v>
       </c>
       <c r="N40" s="15">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="O40" s="15">
-        <v>3600</v>
+        <v>4350</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.011</v>
       </c>
       <c r="L41" s="15">
         <v>0.011</v>
       </c>
       <c r="M41" s="15">
         <v>0.011</v>
       </c>
       <c r="N41" s="15">
-        <v>125955</v>
+        <v>132332</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D42" s="15"/>
       <c r="E42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.011</v>
       </c>
       <c r="L42" s="15">
         <v>0.011</v>
       </c>
       <c r="M42" s="15">
         <v>0.011</v>
       </c>
       <c r="N42" s="15">
-        <v>5984</v>
+        <v>6512</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I43" s="15"/>
@@ -2843,129 +2843,129 @@
       <c r="D44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.0136</v>
       </c>
       <c r="L44" s="15">
         <v>0.0136</v>
       </c>
       <c r="M44" s="15">
         <v>0.0136</v>
       </c>
       <c r="N44" s="15">
-        <v>47329</v>
+        <v>45075</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.011</v>
       </c>
       <c r="L45" s="15">
         <v>0.011</v>
       </c>
       <c r="M45" s="15">
         <v>0.011</v>
       </c>
       <c r="N45" s="15">
-        <v>12088</v>
+        <v>13679</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080071674</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.01526</v>
       </c>
       <c r="L46" s="15">
         <v>0.01463</v>
       </c>
       <c r="M46" s="15">
         <v>0.01463</v>
       </c>
       <c r="N46" s="15">
-        <v>1250</v>
+        <v>1386</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080049360</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I47" s="15"/>
@@ -2997,90 +2997,90 @@
       <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.02793</v>
       </c>
       <c r="L48" s="15">
         <v>0.01995</v>
       </c>
       <c r="M48" s="15">
         <v>0.01756</v>
       </c>
       <c r="N48" s="15">
-        <v>2800</v>
+        <v>3520</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10000023039</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.02236</v>
       </c>
       <c r="L49" s="15">
         <v>0.01973</v>
       </c>
       <c r="M49" s="15">
         <v>0.01736</v>
       </c>
       <c r="N49" s="15">
-        <v>77179</v>
+        <v>62708</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I50" s="15"/>
@@ -3299,54 +3299,54 @@
       </c>
       <c r="E56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.03867</v>
       </c>
       <c r="L56" s="15">
         <v>0.02798</v>
       </c>
       <c r="M56" s="15">
         <v>0.02441</v>
       </c>
       <c r="N56" s="15">
-        <v>2266</v>
+        <v>214</v>
       </c>
       <c r="O56" s="15">
-        <v>32000</v>
+        <v>44000</v>
       </c>
       <c r="P56" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10080009050</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
@@ -3453,90 +3453,90 @@
       <c r="D60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10080012598</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.04932</v>
       </c>
       <c r="L60" s="15">
         <v>0.03569</v>
       </c>
       <c r="M60" s="15">
         <v>0.03114</v>
       </c>
       <c r="N60" s="15">
-        <v>85806</v>
+        <v>98064</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080011156</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.0515</v>
       </c>
       <c r="L61" s="15">
         <v>0.0343</v>
       </c>
       <c r="M61" s="15">
         <v>0.03122</v>
       </c>
       <c r="N61" s="15">
-        <v>4450</v>
+        <v>5120</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E62" s="15">
         <v>10080048425</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I62" s="15"/>
@@ -3605,51 +3605,51 @@
       <c r="D64" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.02</v>
       </c>
       <c r="M64" s="15">
         <v>0.018</v>
       </c>
       <c r="N64" s="15">
-        <v>3871</v>
+        <v>4067</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I65" s="15"/>
@@ -3681,90 +3681,90 @@
       <c r="D66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E66" s="15">
         <v>10080009057</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
         <v>0.08958000000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.06481000000000001</v>
       </c>
       <c r="M66" s="15">
         <v>0.05655</v>
       </c>
       <c r="N66" s="15">
-        <v>5293</v>
+        <v>6004</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="15">
         <v>10080048426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.04687</v>
       </c>
       <c r="L67" s="15">
         <v>0.03348</v>
       </c>
       <c r="M67" s="15">
         <v>0.02946</v>
       </c>
       <c r="N67" s="15">
-        <v>2520</v>
+        <v>2408</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E68" s="15">
         <v>10080048563</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="15"/>
@@ -3796,51 +3796,51 @@
       <c r="D69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>500</v>
       </c>
       <c r="K69" s="15">
         <v>0.0205</v>
       </c>
       <c r="L69" s="15">
         <v>0.0205</v>
       </c>
       <c r="M69" s="15">
         <v>0.0205</v>
       </c>
       <c r="N69" s="15">
-        <v>21364</v>
+        <v>20093</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I70" s="15"/>
@@ -3874,131 +3874,131 @@
       </c>
       <c r="E71" s="15">
         <v>10080010302</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.013</v>
       </c>
       <c r="L71" s="15">
         <v>0.013</v>
       </c>
       <c r="M71" s="15">
         <v>0.013</v>
       </c>
       <c r="N71" s="15">
-        <v>91469</v>
+        <v>84222</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.02</v>
       </c>
       <c r="L72" s="15">
         <v>0.016</v>
       </c>
       <c r="M72" s="15">
         <v>0.014</v>
       </c>
       <c r="N72" s="15">
-        <v>7688</v>
+        <v>10168</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>190</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03812</v>
       </c>
       <c r="L73" s="15">
         <v>0.02723</v>
       </c>
       <c r="M73" s="15">
         <v>0.02396</v>
       </c>
       <c r="N73" s="15">
-        <v>3550</v>
+        <v>4300</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E74" s="15">
         <v>10080069997</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="15" t="s">
@@ -4069,322 +4069,322 @@
       <c r="D76" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>198</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0225</v>
       </c>
       <c r="L76" s="15">
         <v>0.0225</v>
       </c>
       <c r="M76" s="15">
         <v>0.0225</v>
       </c>
       <c r="N76" s="15">
-        <v>1092</v>
+        <v>1056</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D77" s="15"/>
       <c r="E77" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.038</v>
       </c>
       <c r="L77" s="15">
         <v>0.038</v>
       </c>
       <c r="M77" s="15">
         <v>0.038</v>
       </c>
       <c r="N77" s="15">
-        <v>1920</v>
+        <v>2550</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E78" s="15">
         <v>10080064797</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.05</v>
       </c>
       <c r="L78" s="15">
         <v>0.036</v>
       </c>
       <c r="M78" s="15">
         <v>0.032</v>
       </c>
       <c r="N78" s="15">
-        <v>17458</v>
+        <v>16646</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E79" s="15">
         <v>10080073531</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.031</v>
       </c>
       <c r="L79" s="15">
         <v>0.031</v>
       </c>
       <c r="M79" s="15">
         <v>0.031</v>
       </c>
       <c r="N79" s="15">
-        <v>1410</v>
+        <v>1904</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.17772</v>
       </c>
       <c r="L80" s="15">
         <v>0.12695</v>
       </c>
       <c r="M80" s="15">
         <v>0.11171</v>
       </c>
       <c r="N80" s="15">
-        <v>1701</v>
+        <v>2050</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.035</v>
       </c>
       <c r="L81" s="15">
         <v>0.025</v>
       </c>
       <c r="M81" s="15">
         <v>0.023</v>
       </c>
       <c r="N81" s="15">
-        <v>7006</v>
+        <v>9492</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.04547</v>
       </c>
       <c r="L82" s="15">
         <v>0.03248</v>
       </c>
       <c r="M82" s="15">
         <v>0.02858</v>
       </c>
       <c r="N82" s="15">
-        <v>4051</v>
+        <v>3300</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0105</v>
       </c>
       <c r="L83" s="15">
         <v>0.0105</v>
       </c>
       <c r="M83" s="15">
         <v>0.0105</v>
       </c>
       <c r="N83" s="15">
-        <v>4960</v>
+        <v>7040</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14"/>
       <c r="C84" s="15"/>
       <c r="D84" s="15"/>
       <c r="E84" s="15"/>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15"/>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15"/>
       <c r="L84" s="15"/>
       <c r="M84" s="15"/>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
     </row>
   </sheetData>