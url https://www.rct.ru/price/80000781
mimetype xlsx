--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -235,53 +235,50 @@
   <si>
     <t xml:space="preserve"> 400VAC- 2200pF (2.2 nF) (D:9mm)(F:10mm) Y1 CT7-Y7Y5V1E222MSE</t>
   </si>
   <si>
     <t>CT7-Y7Y5V0E332MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 400VAC- 3300pF (3.3 nF) Y5V 20% (P:10mm) CT7-Y7Y5V0E332MSE</t>
   </si>
   <si>
     <t>CT7-Y12Y5V0E472MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 400VAC- 4700pF (4.7 nF) (D:12mm)(F:10mm) Y1 CT7-Y12Y5V0E472MSE</t>
   </si>
   <si>
     <t>L-KLS10-HV16-1KV-N750-220K-P5</t>
   </si>
   <si>
     <t>1000VDC- 22pF Y5P 10% (P:5mm) L-KLS10-HV16-1KV-N750-220K-P5</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
-    <t>15.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS10-HV16-1KV-SL-330K-P5</t>
   </si>
   <si>
     <t>1000VDC- 33pF Y5P 10% (P:5mm) L-KLS10-HV16-1KV-SL-330K-P5</t>
   </si>
   <si>
     <t>CT81-N5Y5P1B681KSEW</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) (CT81-N5Y5P1B681KSEW)</t>
   </si>
   <si>
     <t>TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>10-00030412</t>
   </si>
   <si>
     <t>TMCC02-102K1KVP5B</t>
   </si>
   <si>
     <t>1000VDC- 1000pF Y5P 10% (P:5mm)</t>
@@ -415,57 +412,60 @@
   <si>
     <t>2000VDC- 68pF SL 10% (P:5mm) L-KLS10-HV16-2KV-SL-680K-P5</t>
   </si>
   <si>
     <t>UT-00150945</t>
   </si>
   <si>
     <t>CT81M5Y5V1B102MSE</t>
   </si>
   <si>
     <t>2000VDC- 1000pF Y5V 20% (P:5mm) CT81-M5Y5V1B102MSE</t>
   </si>
   <si>
     <t>2000VDC- 2200pF NPO (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>Конденсатор 2000VDC- 2200pF NPO (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>10-00030403</t>
   </si>
   <si>
     <t>ETHER</t>
   </si>
   <si>
-    <t>2000VDC- 2200pF Y5P 20% (2.2 nF) (P:5mm)</t>
-[...2 lines deleted...]
-    <t>Конденсатор 2000VDC- 2200pF Y5P 20% (2.2 nF) (P:5mm)</t>
+    <t>CT8114bB2KV222K</t>
+  </si>
+  <si>
+    <t>2000VDC- 2200pF Y5P 20% (2.2 nF) (P:5mm) (CT8114bB2KV222K)</t>
   </si>
   <si>
     <t>10-00030404</t>
+  </si>
+  <si>
+    <t>29.12.2025</t>
   </si>
   <si>
     <t>2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>Конденсатор 2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>10-00030405</t>
   </si>
   <si>
     <t>форм.ноги / 2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>TMCC02-222M2KVP5B</t>
   </si>
   <si>
     <t xml:space="preserve">2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm) </t>
   </si>
   <si>
     <t>10-00030463</t>
   </si>
   <si>
     <t>CT81-M6Y5V1B222MSE</t>
   </si>
@@ -1499,99 +1499,99 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080034655</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
-        <v>0.13601</v>
+        <v>0.08373</v>
       </c>
       <c r="L9" s="15">
-        <v>0.09841</v>
+        <v>0.07257</v>
       </c>
       <c r="M9" s="15">
-        <v>0.08587</v>
+        <v>0.06977999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>9239</v>
+        <v>11268</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080011155</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
         <v>0.05127</v>
       </c>
       <c r="L10" s="15">
         <v>0.03677</v>
       </c>
       <c r="M10" s="15">
         <v>0.03192</v>
       </c>
       <c r="N10" s="15">
-        <v>28988</v>
+        <v>24943</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080011178</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1614,60 +1614,60 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080009055</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
-        <v>0.03069</v>
+        <v>0.02622</v>
       </c>
       <c r="L12" s="15">
-        <v>0.02708</v>
+        <v>0.02272</v>
       </c>
       <c r="M12" s="15">
-        <v>0.02383</v>
+        <v>0.02185</v>
       </c>
       <c r="N12" s="15">
-        <v>102724</v>
+        <v>129183</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1834,60 +1834,60 @@
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080009054</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
-        <v>0.04344</v>
+        <v>0.03806</v>
       </c>
       <c r="L18" s="15">
-        <v>0.03833</v>
+        <v>0.03298</v>
       </c>
       <c r="M18" s="15">
-        <v>0.03373</v>
+        <v>0.03171</v>
       </c>
       <c r="N18" s="15">
-        <v>52663</v>
+        <v>47397</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -1910,140 +1910,140 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080051702</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>500</v>
       </c>
       <c r="K20" s="15">
-        <v>0.04787</v>
+        <v>0.03413</v>
       </c>
       <c r="L20" s="15">
-        <v>0.03463</v>
+        <v>0.02958</v>
       </c>
       <c r="M20" s="15">
-        <v>0.03022</v>
+        <v>0.02844</v>
       </c>
       <c r="N20" s="15">
-        <v>91632</v>
+        <v>79680</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080031576</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
-        <v>0.0687</v>
+        <v>0.04124</v>
       </c>
       <c r="L21" s="15">
-        <v>0.0497</v>
+        <v>0.03574</v>
       </c>
       <c r="M21" s="15">
-        <v>0.04338</v>
+        <v>0.03436</v>
       </c>
       <c r="N21" s="15">
-        <v>17575</v>
+        <v>14238</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080048920</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
-        <v>0.04251</v>
+        <v>0.02937</v>
       </c>
       <c r="L22" s="15">
-        <v>0.03076</v>
+        <v>0.02545</v>
       </c>
       <c r="M22" s="15">
-        <v>0.02684</v>
+        <v>0.02448</v>
       </c>
       <c r="N22" s="15">
-        <v>99119</v>
+        <v>76963</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
@@ -2101,60 +2101,60 @@
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080048921</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
-        <v>0.06610000000000001</v>
+        <v>0.04532</v>
       </c>
       <c r="L25" s="15">
-        <v>0.04782</v>
+        <v>0.03927</v>
       </c>
       <c r="M25" s="15">
-        <v>0.04173</v>
+        <v>0.03776</v>
       </c>
       <c r="N25" s="15">
-        <v>14720</v>
+        <v>17020</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080072907</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
@@ -2177,1007 +2177,1007 @@
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080055191</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
-        <v>0.10238</v>
+        <v>0.07077</v>
       </c>
       <c r="L27" s="15">
-        <v>0.07407</v>
+        <v>0.06133</v>
       </c>
       <c r="M27" s="15">
-        <v>0.06464</v>
+        <v>0.05898</v>
       </c>
       <c r="N27" s="15">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080059549</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.01236</v>
+        <v>0.01173</v>
       </c>
       <c r="L28" s="15">
-        <v>0.01071</v>
+        <v>0.01017</v>
       </c>
       <c r="M28" s="15">
-        <v>0.0103</v>
+        <v>0.00978</v>
       </c>
       <c r="N28" s="15">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="O28" s="15">
-        <v>3650</v>
-[...3 lines deleted...]
-      </c>
+        <v>3850</v>
+      </c>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080059548</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.01641</v>
+        <v>0.01175</v>
       </c>
       <c r="L29" s="15">
-        <v>0.01187</v>
+        <v>0.01018</v>
       </c>
       <c r="M29" s="15">
-        <v>0.01036</v>
+        <v>0.00979</v>
       </c>
       <c r="N29" s="15">
-        <v>3080</v>
+        <v>3400</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080003553</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02094</v>
       </c>
       <c r="L30" s="15">
         <v>0.01971</v>
       </c>
       <c r="M30" s="15">
         <v>0.01971</v>
       </c>
       <c r="N30" s="15">
-        <v>174</v>
+        <v>230</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01195</v>
       </c>
       <c r="L31" s="15">
         <v>0.01195</v>
       </c>
       <c r="M31" s="15">
         <v>0.01195</v>
       </c>
       <c r="N31" s="15">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01642</v>
       </c>
       <c r="L32" s="15">
         <v>0.01364</v>
       </c>
       <c r="M32" s="15">
         <v>0.01319</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E33" s="15">
         <v>10080009058</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.02236</v>
+        <v>0.01961</v>
       </c>
       <c r="L33" s="15">
-        <v>0.01973</v>
+        <v>0.01699</v>
       </c>
       <c r="M33" s="15">
-        <v>0.01736</v>
+        <v>0.01634</v>
       </c>
       <c r="N33" s="15">
-        <v>1823</v>
+        <v>1891</v>
       </c>
       <c r="O33" s="15">
-        <v>8000</v>
+        <v>8300</v>
       </c>
       <c r="P33" s="15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.02217</v>
       </c>
       <c r="L34" s="15">
         <v>0.02084</v>
       </c>
       <c r="M34" s="15">
         <v>0.02006</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080009071</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.0266</v>
       </c>
       <c r="L35" s="15">
         <v>0.02549</v>
       </c>
       <c r="M35" s="15">
         <v>0.02438</v>
       </c>
-      <c r="N35" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080074046</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.08419</v>
       </c>
       <c r="L36" s="15">
         <v>0.05515</v>
       </c>
       <c r="M36" s="15">
         <v>0.04971</v>
       </c>
       <c r="N36" s="15">
         <v>5</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080009064</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.04952</v>
       </c>
       <c r="L37" s="15">
         <v>0.03583</v>
       </c>
       <c r="M37" s="15">
         <v>0.03126</v>
       </c>
       <c r="N37" s="15">
-        <v>1478</v>
+        <v>1267</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.02959</v>
       </c>
       <c r="L38" s="15">
         <v>0.02461</v>
       </c>
       <c r="M38" s="15">
         <v>0.02383</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04267</v>
       </c>
       <c r="L39" s="15">
         <v>0.03559</v>
       </c>
       <c r="M39" s="15">
         <v>0.03436</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E40" s="15">
         <v>10080009049</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.03987</v>
+        <v>0.03518</v>
       </c>
       <c r="L40" s="15">
-        <v>0.03518</v>
+        <v>0.03049</v>
       </c>
       <c r="M40" s="15">
-        <v>0.03095</v>
+        <v>0.02931</v>
       </c>
       <c r="N40" s="15">
-        <v>131</v>
+        <v>99</v>
       </c>
       <c r="O40" s="15">
-        <v>4350</v>
+        <v>3300</v>
       </c>
       <c r="P40" s="15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.011</v>
       </c>
       <c r="L41" s="15">
         <v>0.011</v>
       </c>
       <c r="M41" s="15">
         <v>0.011</v>
       </c>
       <c r="N41" s="15">
-        <v>132332</v>
+        <v>135521</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D42" s="15"/>
       <c r="E42" s="15" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.011</v>
       </c>
       <c r="L42" s="15">
         <v>0.011</v>
       </c>
       <c r="M42" s="15">
         <v>0.011</v>
       </c>
       <c r="N42" s="15">
-        <v>6512</v>
+        <v>6776</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.01807</v>
       </c>
       <c r="L43" s="15">
         <v>0.01697</v>
       </c>
       <c r="M43" s="15">
         <v>0.01642</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.0136</v>
       </c>
       <c r="L44" s="15">
         <v>0.0136</v>
       </c>
       <c r="M44" s="15">
         <v>0.0136</v>
       </c>
       <c r="N44" s="15">
-        <v>45075</v>
+        <v>63105</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.011</v>
       </c>
       <c r="L45" s="15">
         <v>0.011</v>
       </c>
       <c r="M45" s="15">
         <v>0.011</v>
       </c>
       <c r="N45" s="15">
-        <v>13679</v>
+        <v>11293</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080071674</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.01526</v>
       </c>
       <c r="L46" s="15">
         <v>0.01463</v>
       </c>
       <c r="M46" s="15">
         <v>0.01463</v>
       </c>
       <c r="N46" s="15">
-        <v>1386</v>
+        <v>1425</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080049360</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.04071</v>
       </c>
       <c r="L47" s="15">
         <v>0.02919</v>
       </c>
       <c r="M47" s="15">
         <v>0.02535</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.02793</v>
+        <v>0.01995</v>
       </c>
       <c r="L48" s="15">
-        <v>0.01995</v>
+        <v>0.01729</v>
       </c>
       <c r="M48" s="15">
-        <v>0.01756</v>
+        <v>0.01663</v>
       </c>
       <c r="N48" s="15">
-        <v>3520</v>
+        <v>3160</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10000023039</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.02236</v>
+        <v>0.01893</v>
       </c>
       <c r="L49" s="15">
-        <v>0.01973</v>
+        <v>0.01641</v>
       </c>
       <c r="M49" s="15">
-        <v>0.01736</v>
+        <v>0.01578</v>
       </c>
       <c r="N49" s="15">
-        <v>62708</v>
+        <v>74208</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.02717</v>
       </c>
       <c r="L50" s="15">
         <v>0.02296</v>
       </c>
       <c r="M50" s="15">
         <v>0.02296</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04347</v>
       </c>
       <c r="L51" s="15">
         <v>0.02826</v>
       </c>
       <c r="M51" s="15">
         <v>0.02608</v>
       </c>
       <c r="N51" s="15"/>
-      <c r="O51" s="15"/>
-      <c r="P51" s="15"/>
+      <c r="O51" s="15">
+        <v>770</v>
+      </c>
+      <c r="P51" s="15" t="s">
+        <v>135</v>
+      </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05651</v>
       </c>
       <c r="L52" s="15">
         <v>0.03803</v>
       </c>
       <c r="M52" s="15">
         <v>0.03468</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
@@ -3251,105 +3251,105 @@
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10080016519</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>145</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.06395000000000001</v>
+        <v>0.0239</v>
       </c>
       <c r="L55" s="15">
-        <v>0.04279</v>
+        <v>0.02071</v>
       </c>
       <c r="M55" s="15">
-        <v>0.03895</v>
+        <v>0.01991</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.03867</v>
+        <v>0.02673</v>
       </c>
       <c r="L56" s="15">
-        <v>0.02798</v>
+        <v>0.02317</v>
       </c>
       <c r="M56" s="15">
-        <v>0.02441</v>
+        <v>0.02228</v>
       </c>
       <c r="N56" s="15">
-        <v>214</v>
+        <v>106</v>
       </c>
       <c r="O56" s="15">
-        <v>44000</v>
+        <v>36000</v>
       </c>
       <c r="P56" s="15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10080009050</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
@@ -3363,51 +3363,51 @@
       <c r="M57" s="15">
         <v>0.05407</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E58" s="15">
         <v>10080002732</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.0419</v>
       </c>
       <c r="L58" s="15">
         <v>0.04041</v>
       </c>
       <c r="M58" s="15">
         <v>0.03891</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
@@ -3444,99 +3444,99 @@
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10080012598</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.04932</v>
+        <v>0.03363</v>
       </c>
       <c r="L60" s="15">
-        <v>0.03569</v>
+        <v>0.02915</v>
       </c>
       <c r="M60" s="15">
-        <v>0.03114</v>
+        <v>0.02803</v>
       </c>
       <c r="N60" s="15">
-        <v>98064</v>
+        <v>84444</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080011156</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.0515</v>
       </c>
       <c r="L61" s="15">
         <v>0.0343</v>
       </c>
       <c r="M61" s="15">
         <v>0.03122</v>
       </c>
       <c r="N61" s="15">
-        <v>5120</v>
+        <v>4023</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E62" s="15">
         <v>10080048425</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I62" s="15"/>
@@ -3605,51 +3605,51 @@
       <c r="D64" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.02</v>
       </c>
       <c r="M64" s="15">
         <v>0.018</v>
       </c>
       <c r="N64" s="15">
-        <v>4067</v>
+        <v>3724</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I65" s="15"/>
@@ -3672,99 +3672,99 @@
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E66" s="15">
         <v>10080009057</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
-        <v>0.08958000000000001</v>
+        <v>0.06027</v>
       </c>
       <c r="L66" s="15">
-        <v>0.06481000000000001</v>
+        <v>0.05223</v>
       </c>
       <c r="M66" s="15">
-        <v>0.05655</v>
+        <v>0.05023</v>
       </c>
       <c r="N66" s="15">
-        <v>6004</v>
+        <v>5609</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="15">
         <v>10080048426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.04687</v>
+        <v>0.03348</v>
       </c>
       <c r="L67" s="15">
-        <v>0.03348</v>
+        <v>0.02902</v>
       </c>
       <c r="M67" s="15">
-        <v>0.02946</v>
+        <v>0.0279</v>
       </c>
       <c r="N67" s="15">
-        <v>2408</v>
+        <v>1988</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E68" s="15">
         <v>10080048563</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="15"/>
@@ -3874,517 +3874,517 @@
       </c>
       <c r="E71" s="15">
         <v>10080010302</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.013</v>
       </c>
       <c r="L71" s="15">
         <v>0.013</v>
       </c>
       <c r="M71" s="15">
         <v>0.013</v>
       </c>
       <c r="N71" s="15">
-        <v>84222</v>
+        <v>59706</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.02</v>
       </c>
       <c r="L72" s="15">
         <v>0.016</v>
       </c>
       <c r="M72" s="15">
         <v>0.014</v>
       </c>
       <c r="N72" s="15">
-        <v>10168</v>
+        <v>9176</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>190</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.03812</v>
+        <v>0.02723</v>
       </c>
       <c r="L73" s="15">
-        <v>0.02723</v>
+        <v>0.0236</v>
       </c>
       <c r="M73" s="15">
-        <v>0.02396</v>
+        <v>0.02269</v>
       </c>
       <c r="N73" s="15">
-        <v>4300</v>
+        <v>4450</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E74" s="15">
         <v>10080069997</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.04878</v>
+        <v>0.0275</v>
       </c>
       <c r="L74" s="15">
-        <v>0.03232</v>
+        <v>0.02383</v>
       </c>
       <c r="M74" s="15">
-        <v>0.0282</v>
+        <v>0.02291</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E75" s="15">
         <v>10000019700</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.05499</v>
+        <v>0.03663</v>
       </c>
       <c r="L75" s="15">
-        <v>0.03978</v>
+        <v>0.03175</v>
       </c>
       <c r="M75" s="15">
-        <v>0.03472</v>
+        <v>0.03053</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>198</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0225</v>
       </c>
       <c r="L76" s="15">
         <v>0.0225</v>
       </c>
       <c r="M76" s="15">
         <v>0.0225</v>
       </c>
       <c r="N76" s="15">
-        <v>1056</v>
+        <v>1356</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D77" s="15"/>
       <c r="E77" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.038</v>
       </c>
       <c r="L77" s="15">
         <v>0.038</v>
       </c>
       <c r="M77" s="15">
         <v>0.038</v>
       </c>
       <c r="N77" s="15">
-        <v>2550</v>
+        <v>2580</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E78" s="15">
         <v>10080064797</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.05</v>
       </c>
       <c r="L78" s="15">
         <v>0.036</v>
       </c>
       <c r="M78" s="15">
         <v>0.032</v>
       </c>
       <c r="N78" s="15">
-        <v>16646</v>
+        <v>16037</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E79" s="15">
         <v>10080073531</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.031</v>
       </c>
       <c r="L79" s="15">
         <v>0.031</v>
       </c>
       <c r="M79" s="15">
         <v>0.031</v>
       </c>
       <c r="N79" s="15">
-        <v>1904</v>
+        <v>1551</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
-        <v>0.17772</v>
+        <v>0.12695</v>
       </c>
       <c r="L80" s="15">
-        <v>0.12695</v>
+        <v>0.11002</v>
       </c>
       <c r="M80" s="15">
-        <v>0.11171</v>
+        <v>0.10579</v>
       </c>
       <c r="N80" s="15">
-        <v>2050</v>
+        <v>1525</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.035</v>
       </c>
       <c r="L81" s="15">
         <v>0.025</v>
       </c>
       <c r="M81" s="15">
         <v>0.023</v>
       </c>
       <c r="N81" s="15">
-        <v>9492</v>
+        <v>8814</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.04547</v>
+        <v>0.03248</v>
       </c>
       <c r="L82" s="15">
-        <v>0.03248</v>
+        <v>0.02815</v>
       </c>
       <c r="M82" s="15">
-        <v>0.02858</v>
+        <v>0.02706</v>
       </c>
       <c r="N82" s="15">
-        <v>3300</v>
+        <v>3100</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0105</v>
       </c>
       <c r="L83" s="15">
         <v>0.0105</v>
       </c>
       <c r="M83" s="15">
         <v>0.0105</v>
       </c>
       <c r="N83" s="15">
-        <v>7040</v>
+        <v>5120</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14"/>
       <c r="C84" s="15"/>
       <c r="D84" s="15"/>
       <c r="E84" s="15"/>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15"/>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15"/>
       <c r="L84" s="15"/>
       <c r="M84" s="15"/>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
     </row>
   </sheetData>