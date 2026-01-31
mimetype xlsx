--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="244">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,84 +136,84 @@
   <si>
     <t>TS22002T102MSBFC0R</t>
   </si>
   <si>
     <t>D: 8mm TS22 / 250VAC- 1000pF Y5V 20% (1.0 nF) (P:7.5mm) X1Y2 TS22002T102MSBFC0R</t>
   </si>
   <si>
     <t>SUNTAN</t>
   </si>
   <si>
     <t>CT7-X5Y5V1D102MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 1000pF Y5V 20% (1.0 nF) (P:7.5mm) Y2 CT7-X5Y5V1D102MSE</t>
   </si>
   <si>
     <t>TS22002T222MSBFC0R</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 2200pF Y5V 20% (2.2nF) (P:7.5mm) X1Y2 (TS22002T222MSBFC0R)</t>
   </si>
   <si>
     <t>10-00030418</t>
   </si>
   <si>
-    <t xml:space="preserve">L-KLS10-Y2-Y5V-222M300-P7.5 KLS, DE2E3KY222MA2BM01F MURATA, CT7-X6Y5V1D222MSE FENGHUA, </t>
+    <t xml:space="preserve">L-KLS10-Y2-Y5V-222M300-P7.5 KLS, DE2E3KY222MA2BM01F MURATA, CT7-X6Y5V1D222MSE FENGHUA, CT7-X6Y5V1D222MSE FENGHUA, </t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 2200pF Y5V 20% (2.2 nF) (P:7.5mm) Y2</t>
   </si>
   <si>
     <t>10-00030458</t>
   </si>
   <si>
     <t>HONG ZHI</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 2200pF Y5V 20% (2.2 nF) (P:10mm) Y2</t>
   </si>
   <si>
     <t>TMCC02-222M250VP7.5B</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 2200pF Y5V 20% (2.2 nF) (P:7.5mm)</t>
   </si>
   <si>
     <t>10-00030442</t>
   </si>
   <si>
     <t>TOPMAY</t>
   </si>
   <si>
     <t>CT7-X6Y5V1D222MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 2200pF Y5V 20% (2.2 nF) (P:7.5mm) Y2 CT7-X6Y5V1D222MSE</t>
   </si>
   <si>
-    <t xml:space="preserve">L-KLS10-Y2-Y5V-222M300-P7.5 KLS, DE2E3KY222MA2BM01F MURATA, TS22002T222MSBFC0R SUNTAN, </t>
+    <t xml:space="preserve">L-KLS10-Y2-Y5V-222M300-P7.5 KLS, DE2E3KY222MA2BM01F MURATA, TS22002T222MSBFC0R SUNTAN, CT7-X6Y5V1D222MSE FENGHUA, </t>
   </si>
   <si>
     <t>UT-00119366</t>
   </si>
   <si>
     <t>CT7-X7Y5V1D332MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 3300pF Y5V 20% (3,3 nF) (P:7.5mm) X1Y2 CT7-X7Y5V1D332MSE</t>
   </si>
   <si>
     <t>CT7-X8Y5V1D472MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 250VAC- 4700pF Y5V 20% (4.7 nF) (P:7.5mm) Y2 CT7-X8Y5V1D472MSE</t>
   </si>
   <si>
     <t xml:space="preserve">DE2E3KY472MB2BM01 MURATA, </t>
   </si>
   <si>
     <t>CT7-Y5Y5V1E102MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 400VAC- 1000pF (1.0 nF) (D:7mm)(F:10mm) Y1 CT7-Y5Y5V1E102MSE </t>
   </si>
@@ -241,50 +241,53 @@
   <si>
     <t xml:space="preserve"> 400VAC- 3300pF (3.3 nF) Y5V 20% (P:10mm) CT7-Y7Y5V0E332MSE</t>
   </si>
   <si>
     <t>CT7-Y12Y5V0E472MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 400VAC- 4700pF (4.7 nF) (D:12mm)(F:10mm) Y1 CT7-Y12Y5V0E472MSE</t>
   </si>
   <si>
     <t>L-KLS10-HV16-1KV-N750-220K-P5</t>
   </si>
   <si>
     <t>1000VDC- 22pF Y5P 10% (P:5mm) L-KLS10-HV16-1KV-N750-220K-P5</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>L-KLS10-HV16-1KV-SL-330K-P5</t>
   </si>
   <si>
     <t>1000VDC- 33pF Y5P 10% (P:5mm) L-KLS10-HV16-1KV-SL-330K-P5</t>
   </si>
   <si>
+    <t>17.05.2026</t>
+  </si>
+  <si>
     <t>CT81-N5Y5P1B681KSEW</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) (CT81-N5Y5P1B681KSEW)</t>
   </si>
   <si>
     <t>TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>10-00030412</t>
   </si>
   <si>
     <t>TMCC02-102K1KVP5B</t>
   </si>
   <si>
     <t>1000VDC- 1000pF Y5P 10% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030413</t>
   </si>
   <si>
     <t>CT81N6Y5P1B102KSE</t>
@@ -421,53 +424,50 @@
   <si>
     <t>2000VDC- 1000pF Y5V 20% (P:5mm) CT81-M5Y5V1B102MSE</t>
   </si>
   <si>
     <t>2000VDC- 2200pF NPO (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>Конденсатор 2000VDC- 2200pF NPO (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>10-00030403</t>
   </si>
   <si>
     <t>ETHER</t>
   </si>
   <si>
     <t>CT8114bB2KV222K</t>
   </si>
   <si>
     <t>2000VDC- 2200pF Y5P 20% (2.2 nF) (P:5mm) (CT8114bB2KV222K)</t>
   </si>
   <si>
     <t>10-00030404</t>
   </si>
   <si>
-    <t>29.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>Конденсатор 2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>10-00030405</t>
   </si>
   <si>
     <t>форм.ноги / 2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm)</t>
   </si>
   <si>
     <t>TMCC02-222M2KVP5B</t>
   </si>
   <si>
     <t xml:space="preserve">2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm) </t>
   </si>
   <si>
     <t>10-00030463</t>
   </si>
   <si>
     <t>CT81-M6Y5V1B222MSE</t>
   </si>
   <si>
     <t>2000VDC- 2200pF Y5V 20% (2.2 nF) (P:5mm) CT81-M6Y5V1B222MSE</t>
@@ -485,50 +485,53 @@
     <t>UT-00132597</t>
   </si>
   <si>
     <t xml:space="preserve">CT81-M6Y5V1B222MSE FENGHUA, </t>
   </si>
   <si>
     <t>2000VDC- 2200pF Y5P 10% (2.2 nF) (P:10mm)</t>
   </si>
   <si>
     <t>Конденсатор 2000VDC- 2200pF Y5P 10% (2.2 nF) (P:10mm)</t>
   </si>
   <si>
     <t>2000VDC- 3300pF Y5V 20% (3.3 nF)</t>
   </si>
   <si>
     <t>Конденсатор 2000VDC- 3300pF Y5V 20% (3.3 nF)</t>
   </si>
   <si>
     <t>CT81M7Y5V1B332MSE</t>
   </si>
   <si>
     <t>2000VDC- 3300pF Y5V 20% (3.3 nF) (P:5mm) (CT81M7Y5V1B332MSE)</t>
   </si>
   <si>
     <t>UT-00137241</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CT81M7Y5V1B332MSE FENGHUA, </t>
   </si>
   <si>
     <t>CT81M8Y5V1E472MSE</t>
   </si>
   <si>
     <t>2000VDC- 4700pF Y5V 20% (P:10mm) CT81M8Y5V1E472MSE</t>
   </si>
   <si>
     <t>L-KLS10-HV16-2KV-Y5V-472M-P7.5</t>
   </si>
   <si>
     <t>2kV 4700pF ±20% Y5V (P:7.5mm) / 2000VDC- 4700pF Y5V 20% (P:7.5mm) L-KLS10-HV16-2KV-Y5V-472M-P7.5</t>
   </si>
   <si>
     <t>CT81-M8Y5V1E682MSE</t>
   </si>
   <si>
     <t>2000VDC- 6800pF Y5V 20% (P:10mm) CT81-M8Y5V1E682MSE</t>
   </si>
   <si>
     <t>UT-00120385</t>
   </si>
   <si>
     <t>CT81M9Y5V1E682MSEAT0</t>
   </si>
@@ -1508,90 +1511,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080034655</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.08373</v>
       </c>
       <c r="L9" s="15">
         <v>0.07257</v>
       </c>
       <c r="M9" s="15">
         <v>0.06977999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>11268</v>
+        <v>9466</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080011155</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
         <v>0.05127</v>
       </c>
       <c r="L10" s="15">
         <v>0.03677</v>
       </c>
       <c r="M10" s="15">
         <v>0.03192</v>
       </c>
       <c r="N10" s="15">
-        <v>24943</v>
+        <v>28651</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080011178</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1623,51 +1626,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080009055</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.02622</v>
       </c>
       <c r="L12" s="15">
         <v>0.02272</v>
       </c>
       <c r="M12" s="15">
         <v>0.02185</v>
       </c>
       <c r="N12" s="15">
-        <v>129183</v>
+        <v>99543</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1843,207 +1846,209 @@
       </c>
       <c r="E18" s="15">
         <v>10080009054</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03806</v>
       </c>
       <c r="L18" s="15">
         <v>0.03298</v>
       </c>
       <c r="M18" s="15">
         <v>0.03171</v>
       </c>
       <c r="N18" s="15">
-        <v>47397</v>
+        <v>53448</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I19" s="15"/>
+      <c r="I19" s="15" t="s">
+        <v>51</v>
+      </c>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0577</v>
       </c>
       <c r="L19" s="15">
         <v>0.04175</v>
       </c>
       <c r="M19" s="15">
         <v>0.03642</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080051702</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>500</v>
       </c>
       <c r="K20" s="15">
         <v>0.03413</v>
       </c>
       <c r="L20" s="15">
         <v>0.02958</v>
       </c>
       <c r="M20" s="15">
         <v>0.02844</v>
       </c>
       <c r="N20" s="15">
-        <v>79680</v>
+        <v>98604</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080031576</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.04124</v>
       </c>
       <c r="L21" s="15">
         <v>0.03574</v>
       </c>
       <c r="M21" s="15">
         <v>0.03436</v>
       </c>
       <c r="N21" s="15">
-        <v>14238</v>
+        <v>19799</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080048920</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
-        <v>0.02937</v>
+        <v>0.03347</v>
       </c>
       <c r="L22" s="15">
-        <v>0.02545</v>
+        <v>0.02869</v>
       </c>
       <c r="M22" s="15">
-        <v>0.02448</v>
+        <v>0.0275</v>
       </c>
       <c r="N22" s="15">
-        <v>76963</v>
+        <v>65166</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
@@ -2110,51 +2115,51 @@
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080048921</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04532</v>
       </c>
       <c r="L25" s="15">
         <v>0.03927</v>
       </c>
       <c r="M25" s="15">
         <v>0.03776</v>
       </c>
       <c r="N25" s="15">
-        <v>17020</v>
+        <v>14950</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080072907</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
@@ -2225,959 +2230,957 @@
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080059549</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01173</v>
       </c>
       <c r="L28" s="15">
         <v>0.01017</v>
       </c>
       <c r="M28" s="15">
         <v>0.00978</v>
       </c>
       <c r="N28" s="15">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>3679</v>
+      </c>
+      <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="15">
         <v>10080059548</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01175</v>
       </c>
       <c r="L29" s="15">
         <v>0.01018</v>
       </c>
       <c r="M29" s="15">
         <v>0.00979</v>
       </c>
       <c r="N29" s="15">
-        <v>3400</v>
-[...2 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>1560</v>
+      </c>
+      <c r="O29" s="15">
+        <v>3900</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>75</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080003553</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02094</v>
       </c>
       <c r="L30" s="15">
         <v>0.01971</v>
       </c>
       <c r="M30" s="15">
         <v>0.01971</v>
       </c>
       <c r="N30" s="15">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01195</v>
       </c>
       <c r="L31" s="15">
         <v>0.01195</v>
       </c>
       <c r="M31" s="15">
         <v>0.01195</v>
       </c>
       <c r="N31" s="15">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01642</v>
       </c>
       <c r="L32" s="15">
         <v>0.01364</v>
       </c>
       <c r="M32" s="15">
         <v>0.01319</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E33" s="15">
         <v>10080009058</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.01961</v>
       </c>
       <c r="L33" s="15">
         <v>0.01699</v>
       </c>
       <c r="M33" s="15">
         <v>0.01634</v>
       </c>
       <c r="N33" s="15">
-        <v>1891</v>
+        <v>1504</v>
       </c>
       <c r="O33" s="15">
-        <v>8300</v>
+        <v>6600</v>
       </c>
       <c r="P33" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.02217</v>
       </c>
       <c r="L34" s="15">
         <v>0.02084</v>
       </c>
       <c r="M34" s="15">
         <v>0.02006</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080009071</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.0266</v>
       </c>
       <c r="L35" s="15">
         <v>0.02549</v>
       </c>
       <c r="M35" s="15">
         <v>0.02438</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080074046</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.08419</v>
       </c>
       <c r="L36" s="15">
         <v>0.05515</v>
       </c>
       <c r="M36" s="15">
         <v>0.04971</v>
       </c>
       <c r="N36" s="15">
         <v>5</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E37" s="15">
         <v>10080009064</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.04952</v>
       </c>
       <c r="L37" s="15">
         <v>0.03583</v>
       </c>
       <c r="M37" s="15">
         <v>0.03126</v>
       </c>
       <c r="N37" s="15">
-        <v>1267</v>
+        <v>1584</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.02959</v>
       </c>
       <c r="L38" s="15">
         <v>0.02461</v>
       </c>
       <c r="M38" s="15">
         <v>0.02383</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04267</v>
       </c>
       <c r="L39" s="15">
         <v>0.03559</v>
       </c>
       <c r="M39" s="15">
         <v>0.03436</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E40" s="15">
         <v>10080009049</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03518</v>
       </c>
       <c r="L40" s="15">
         <v>0.03049</v>
       </c>
       <c r="M40" s="15">
         <v>0.02931</v>
       </c>
       <c r="N40" s="15">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="O40" s="15">
-        <v>3300</v>
+        <v>3550</v>
       </c>
       <c r="P40" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.011</v>
       </c>
       <c r="L41" s="15">
         <v>0.011</v>
       </c>
       <c r="M41" s="15">
         <v>0.011</v>
       </c>
       <c r="N41" s="15">
-        <v>135521</v>
+        <v>128334</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D42" s="15"/>
       <c r="E42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.011</v>
       </c>
       <c r="L42" s="15">
         <v>0.011</v>
       </c>
       <c r="M42" s="15">
         <v>0.011</v>
       </c>
       <c r="N42" s="15">
-        <v>6776</v>
+        <v>6072</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.01807</v>
       </c>
       <c r="L43" s="15">
         <v>0.01697</v>
       </c>
       <c r="M43" s="15">
         <v>0.01642</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.0136</v>
       </c>
       <c r="L44" s="15">
         <v>0.0136</v>
       </c>
       <c r="M44" s="15">
         <v>0.0136</v>
       </c>
       <c r="N44" s="15">
-        <v>63105</v>
+        <v>52588</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.011</v>
       </c>
       <c r="L45" s="15">
         <v>0.011</v>
       </c>
       <c r="M45" s="15">
         <v>0.011</v>
       </c>
       <c r="N45" s="15">
-        <v>11293</v>
+        <v>14156</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080071674</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.01526</v>
       </c>
       <c r="L46" s="15">
         <v>0.01463</v>
       </c>
       <c r="M46" s="15">
         <v>0.01463</v>
       </c>
       <c r="N46" s="15">
-        <v>1425</v>
+        <v>1623</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080049360</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.04071</v>
       </c>
       <c r="L47" s="15">
         <v>0.02919</v>
       </c>
       <c r="M47" s="15">
         <v>0.02535</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.01995</v>
       </c>
       <c r="L48" s="15">
         <v>0.01729</v>
       </c>
       <c r="M48" s="15">
         <v>0.01663</v>
       </c>
       <c r="N48" s="15">
-        <v>3160</v>
+        <v>3582</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10000023039</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.01893</v>
       </c>
       <c r="L49" s="15">
         <v>0.01641</v>
       </c>
       <c r="M49" s="15">
         <v>0.01578</v>
       </c>
       <c r="N49" s="15">
-        <v>74208</v>
+        <v>64570</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.02717</v>
       </c>
       <c r="L50" s="15">
         <v>0.02296</v>
       </c>
       <c r="M50" s="15">
         <v>0.02296</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04347</v>
       </c>
       <c r="L51" s="15">
         <v>0.02826</v>
       </c>
       <c r="M51" s="15">
         <v>0.02608</v>
       </c>
       <c r="N51" s="15"/>
-      <c r="O51" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O51" s="15"/>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05651</v>
       </c>
       <c r="L52" s="15">
         <v>0.03803</v>
       </c>
       <c r="M52" s="15">
         <v>0.03468</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
@@ -3299,57 +3302,57 @@
       </c>
       <c r="E56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.02673</v>
       </c>
       <c r="L56" s="15">
         <v>0.02317</v>
       </c>
       <c r="M56" s="15">
         <v>0.02228</v>
       </c>
       <c r="N56" s="15">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="O56" s="15">
-        <v>36000</v>
+        <v>40000</v>
       </c>
       <c r="P56" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10080009050</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
@@ -3363,1028 +3366,1032 @@
       <c r="M57" s="15">
         <v>0.05407</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E58" s="15">
         <v>10080002732</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.0419</v>
       </c>
       <c r="L58" s="15">
         <v>0.04041</v>
       </c>
       <c r="M58" s="15">
         <v>0.03891</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I59" s="15"/>
+      <c r="I59" s="15" t="s">
+        <v>157</v>
+      </c>
       <c r="J59" s="15">
         <v>500</v>
       </c>
       <c r="K59" s="15">
         <v>0.04935</v>
       </c>
       <c r="L59" s="15">
         <v>0.0357</v>
       </c>
       <c r="M59" s="15">
         <v>0.03115</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10080012598</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I60" s="15"/>
+      <c r="I60" s="15" t="s">
+        <v>157</v>
+      </c>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.03363</v>
       </c>
       <c r="L60" s="15">
         <v>0.02915</v>
       </c>
       <c r="M60" s="15">
         <v>0.02803</v>
       </c>
       <c r="N60" s="15">
-        <v>84444</v>
+        <v>103512</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E61" s="15">
         <v>10080011156</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.0515</v>
       </c>
       <c r="L61" s="15">
         <v>0.0343</v>
       </c>
       <c r="M61" s="15">
         <v>0.03122</v>
       </c>
       <c r="N61" s="15">
-        <v>4023</v>
+        <v>4150</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080048425</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.048</v>
       </c>
       <c r="L62" s="15">
         <v>0.02784</v>
       </c>
       <c r="M62" s="15">
         <v>0.02509</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.04257</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02688</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.02</v>
       </c>
       <c r="M64" s="15">
         <v>0.018</v>
       </c>
       <c r="N64" s="15">
-        <v>3724</v>
+        <v>4335</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.06242</v>
       </c>
       <c r="L65" s="15">
         <v>0.05198</v>
       </c>
       <c r="M65" s="15">
         <v>0.05033</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10080009057</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
         <v>0.06027</v>
       </c>
       <c r="L66" s="15">
         <v>0.05223</v>
       </c>
       <c r="M66" s="15">
         <v>0.05023</v>
       </c>
       <c r="N66" s="15">
-        <v>5609</v>
+        <v>6072</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080048426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.03348</v>
       </c>
       <c r="L67" s="15">
         <v>0.02902</v>
       </c>
       <c r="M67" s="15">
         <v>0.0279</v>
       </c>
       <c r="N67" s="15">
-        <v>1988</v>
+        <v>1560</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E68" s="15">
         <v>10080048563</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.07815</v>
       </c>
       <c r="L68" s="15">
         <v>0.05329</v>
       </c>
       <c r="M68" s="15">
         <v>0.04617</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>500</v>
       </c>
       <c r="K69" s="15">
         <v>0.0205</v>
       </c>
       <c r="L69" s="15">
         <v>0.0205</v>
       </c>
       <c r="M69" s="15">
         <v>0.0205</v>
       </c>
       <c r="N69" s="15">
-        <v>20093</v>
+        <v>18567</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03436</v>
       </c>
       <c r="L70" s="15">
         <v>0.03215</v>
       </c>
       <c r="M70" s="15">
         <v>0.03104</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E71" s="15">
         <v>10080010302</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.013</v>
       </c>
       <c r="L71" s="15">
         <v>0.013</v>
       </c>
       <c r="M71" s="15">
         <v>0.013</v>
       </c>
       <c r="N71" s="15">
-        <v>59706</v>
+        <v>63047</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.02</v>
       </c>
       <c r="L72" s="15">
         <v>0.016</v>
       </c>
       <c r="M72" s="15">
         <v>0.014</v>
       </c>
       <c r="N72" s="15">
-        <v>9176</v>
+        <v>7564</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.02723</v>
       </c>
       <c r="L73" s="15">
         <v>0.0236</v>
       </c>
       <c r="M73" s="15">
         <v>0.02269</v>
       </c>
       <c r="N73" s="15">
-        <v>4450</v>
+        <v>3200</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E74" s="15">
         <v>10080069997</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0275</v>
       </c>
       <c r="L74" s="15">
         <v>0.02383</v>
       </c>
       <c r="M74" s="15">
         <v>0.02291</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E75" s="15">
         <v>10000019700</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.03663</v>
       </c>
       <c r="L75" s="15">
         <v>0.03175</v>
       </c>
       <c r="M75" s="15">
         <v>0.03053</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0225</v>
       </c>
       <c r="L76" s="15">
         <v>0.0225</v>
       </c>
       <c r="M76" s="15">
         <v>0.0225</v>
       </c>
       <c r="N76" s="15">
-        <v>1356</v>
+        <v>1232</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D77" s="15"/>
       <c r="E77" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.038</v>
       </c>
       <c r="L77" s="15">
         <v>0.038</v>
       </c>
       <c r="M77" s="15">
         <v>0.038</v>
       </c>
       <c r="N77" s="15">
-        <v>2580</v>
+        <v>2130</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E78" s="15">
         <v>10080064797</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.05</v>
       </c>
       <c r="L78" s="15">
         <v>0.036</v>
       </c>
       <c r="M78" s="15">
         <v>0.032</v>
       </c>
       <c r="N78" s="15">
-        <v>16037</v>
+        <v>14819</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E79" s="15">
         <v>10080073531</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.031</v>
       </c>
       <c r="L79" s="15">
         <v>0.031</v>
       </c>
       <c r="M79" s="15">
         <v>0.031</v>
       </c>
       <c r="N79" s="15">
-        <v>1551</v>
+        <v>1692</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.12695</v>
       </c>
       <c r="L80" s="15">
         <v>0.11002</v>
       </c>
       <c r="M80" s="15">
         <v>0.10579</v>
       </c>
       <c r="N80" s="15">
-        <v>1525</v>
+        <v>1350</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.035</v>
       </c>
       <c r="L81" s="15">
         <v>0.025</v>
       </c>
       <c r="M81" s="15">
         <v>0.023</v>
       </c>
       <c r="N81" s="15">
-        <v>8814</v>
+        <v>7006</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.03248</v>
       </c>
       <c r="L82" s="15">
         <v>0.02815</v>
       </c>
       <c r="M82" s="15">
         <v>0.02706</v>
       </c>
       <c r="N82" s="15">
-        <v>3100</v>
+        <v>4500</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0105</v>
       </c>
       <c r="L83" s="15">
         <v>0.0105</v>
       </c>
       <c r="M83" s="15">
         <v>0.0105</v>
       </c>
       <c r="N83" s="15">
-        <v>5120</v>
+        <v>6880</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14"/>
       <c r="C84" s="15"/>
       <c r="D84" s="15"/>
       <c r="E84" s="15"/>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15"/>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15"/>
       <c r="L84" s="15"/>
       <c r="M84" s="15"/>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
     </row>
   </sheetData>
@@ -4427,317 +4434,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>