--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -274,108 +274,114 @@
   <si>
     <t>TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>10-00030412</t>
   </si>
   <si>
     <t>TMCC02-102K1KVP5B</t>
   </si>
   <si>
     <t>1000VDC- 1000pF Y5P 10% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030413</t>
   </si>
   <si>
     <t>CT81N6Y5P1B102KSE</t>
   </si>
   <si>
     <t>1000VDC- 1000pF Y5P 10% (P:5mm) CT81N6Y5P1B102KSE</t>
   </si>
   <si>
-    <t>09.04.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>TMCC02-222K1KVP5B</t>
   </si>
   <si>
     <t>1000VDC- 2200pF Y5P 10% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030414</t>
   </si>
   <si>
+    <t>CT81N8Y5P1B222KSEAT0</t>
+  </si>
+  <si>
+    <t>1000VDC- 2200pF Y5P 10% (P:5mm) CT81N8Y5P1B222KSEAT0</t>
+  </si>
+  <si>
+    <t>UT-00154325</t>
+  </si>
+  <si>
     <t>1000VDC- 2200pF Y5V 10% (P:5mm)</t>
   </si>
   <si>
     <t>лента / 1000VDC- 2200pF Y5V 10% (P:5mm)</t>
   </si>
   <si>
     <t>WEIDY</t>
   </si>
   <si>
     <t>L-KLS10-HV16-1KV-Y5P-472K-P7.5</t>
   </si>
   <si>
     <t>1000VDC- 4700pF Y5P 10% (P:7.5mm) L-KLS10-HV16-1KV-Y5P-472K-P7.5</t>
   </si>
   <si>
     <t>CT81N12Y5P1D472KSE</t>
   </si>
   <si>
     <t>1000VDC- 4700pF Y5P 10% (P:7.5mm) CT81N12Y5P1D472KSE</t>
   </si>
   <si>
     <t>TMCC02-472M1KVP75B</t>
   </si>
   <si>
     <t>1000VDC- 4700pF Y5V 20% (P:7.5mm)</t>
   </si>
   <si>
     <t>10-00030415</t>
   </si>
   <si>
     <t>TMCC02-103M1KVP5B</t>
   </si>
   <si>
     <t>1000VDC-0,01mkF Y5V 20% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030416</t>
   </si>
   <si>
     <t>CT81-N9Y5V1B103MSE</t>
   </si>
   <si>
     <t>1000VDC-0,01mkF Y5V 20% (P:5mm) CT81-N9Y5V1B103MSE</t>
-  </si>
-[...1 lines deleted...]
-    <t>04.05.2026</t>
   </si>
   <si>
     <t>CT81-M5Y5P1B221KSEW</t>
   </si>
   <si>
     <t>2000VDC- 220pF Y5P 10% (P:5mm) CT81-M5Y5P1B221KSEW</t>
   </si>
   <si>
     <t>10-00030443</t>
   </si>
   <si>
     <t xml:space="preserve">2000VDC- 220pF Y5V 10% (P:5mm) </t>
   </si>
   <si>
     <t>10-00030459</t>
   </si>
   <si>
     <t>TMCC02-221M2KVP5B</t>
   </si>
   <si>
     <t xml:space="preserve">2000VDC- 220pF Y5V 20% (P:5mm) </t>
   </si>
   <si>
     <t>10-00030461</t>
   </si>
@@ -1257,51 +1263,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R84"/>
+  <dimension ref="A1:R85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1511,90 +1517,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080034655</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.08373</v>
       </c>
       <c r="L9" s="15">
         <v>0.07257</v>
       </c>
       <c r="M9" s="15">
         <v>0.06977999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>9466</v>
+        <v>11719</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080011155</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
         <v>0.05127</v>
       </c>
       <c r="L10" s="15">
         <v>0.03677</v>
       </c>
       <c r="M10" s="15">
         <v>0.03192</v>
       </c>
       <c r="N10" s="15">
-        <v>28651</v>
+        <v>22157</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080011178</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1626,51 +1632,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080009055</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.02622</v>
       </c>
       <c r="L12" s="15">
         <v>0.02272</v>
       </c>
       <c r="M12" s="15">
         <v>0.02185</v>
       </c>
       <c r="N12" s="15">
-        <v>99543</v>
+        <v>80007</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1846,51 +1852,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080009054</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03806</v>
       </c>
       <c r="L18" s="15">
         <v>0.03298</v>
       </c>
       <c r="M18" s="15">
         <v>0.03171</v>
       </c>
       <c r="N18" s="15">
-        <v>53448</v>
+        <v>53205</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
@@ -1924,131 +1930,131 @@
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080051702</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>500</v>
       </c>
       <c r="K20" s="15">
         <v>0.03413</v>
       </c>
       <c r="L20" s="15">
         <v>0.02958</v>
       </c>
       <c r="M20" s="15">
         <v>0.02844</v>
       </c>
       <c r="N20" s="15">
-        <v>98604</v>
+        <v>69113</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080031576</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.04124</v>
       </c>
       <c r="L21" s="15">
         <v>0.03574</v>
       </c>
       <c r="M21" s="15">
         <v>0.03436</v>
       </c>
       <c r="N21" s="15">
-        <v>19799</v>
+        <v>18020</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080048920</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.03347</v>
       </c>
       <c r="L22" s="15">
         <v>0.02869</v>
       </c>
       <c r="M22" s="15">
         <v>0.0275</v>
       </c>
       <c r="N22" s="15">
-        <v>65166</v>
+        <v>72871</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
@@ -2115,287 +2121,287 @@
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080048921</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04532</v>
       </c>
       <c r="L25" s="15">
         <v>0.03927</v>
       </c>
       <c r="M25" s="15">
         <v>0.03776</v>
       </c>
       <c r="N25" s="15">
-        <v>14950</v>
+        <v>11590</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080072907</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>0.10505</v>
       </c>
       <c r="L26" s="15">
         <v>0.08755</v>
       </c>
       <c r="M26" s="15">
         <v>0.08404</v>
       </c>
       <c r="N26" s="15">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080055191</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07077</v>
       </c>
       <c r="L27" s="15">
         <v>0.06133</v>
       </c>
       <c r="M27" s="15">
         <v>0.05898</v>
       </c>
       <c r="N27" s="15">
-        <v>1226</v>
+        <v>1305</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080059549</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.01173</v>
+        <v>0.01281</v>
       </c>
       <c r="L28" s="15">
-        <v>0.01017</v>
+        <v>0.0111</v>
       </c>
       <c r="M28" s="15">
-        <v>0.00978</v>
+        <v>0.01068</v>
       </c>
       <c r="N28" s="15">
-        <v>3679</v>
+        <v>3574</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="15">
         <v>10080059548</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01175</v>
       </c>
       <c r="L29" s="15">
         <v>0.01018</v>
       </c>
       <c r="M29" s="15">
         <v>0.00979</v>
       </c>
       <c r="N29" s="15">
-        <v>1560</v>
+        <v>1680</v>
       </c>
       <c r="O29" s="15">
-        <v>3900</v>
+        <v>4200</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080003553</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02094</v>
       </c>
       <c r="L30" s="15">
         <v>0.01971</v>
       </c>
       <c r="M30" s="15">
         <v>0.01971</v>
       </c>
       <c r="N30" s="15">
-        <v>232</v>
+        <v>133</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01195</v>
       </c>
       <c r="L31" s="15">
         <v>0.01195</v>
       </c>
       <c r="M31" s="15">
         <v>0.01195</v>
       </c>
       <c r="N31" s="15">
-        <v>211</v>
+        <v>165</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
@@ -2418,63 +2424,63 @@
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="15">
         <v>10080009058</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.01961</v>
+        <v>0.01815</v>
       </c>
       <c r="L33" s="15">
-        <v>0.01699</v>
+        <v>0.01573</v>
       </c>
       <c r="M33" s="15">
-        <v>0.01634</v>
+        <v>0.01513</v>
       </c>
       <c r="N33" s="15">
-        <v>1504</v>
+        <v>321</v>
       </c>
       <c r="O33" s="15">
-        <v>6600</v>
+        <v>15000</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>48</v>
       </c>
@@ -2485,1936 +2491,1981 @@
       <c r="K34" s="15">
         <v>0.02217</v>
       </c>
       <c r="L34" s="15">
         <v>0.02084</v>
       </c>
       <c r="M34" s="15">
         <v>0.02006</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="E35" s="15">
-        <v>10080009071</v>
+      <c r="E35" s="15" t="s">
+        <v>92</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>92</v>
+        <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.0266</v>
+        <v>0.02103</v>
       </c>
       <c r="L35" s="15">
-        <v>0.02549</v>
+        <v>0.01823</v>
       </c>
       <c r="M35" s="15">
-        <v>0.02438</v>
+        <v>0.01753</v>
       </c>
       <c r="N35" s="15"/>
-      <c r="O35" s="15"/>
-      <c r="P35" s="15"/>
+      <c r="O35" s="15">
+        <v>700</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>86</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="15">
-        <v>10080074046</v>
+        <v>10080009071</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
       <c r="I36" s="15"/>
-      <c r="J36" s="15"/>
+      <c r="J36" s="15">
+        <v>1000</v>
+      </c>
       <c r="K36" s="15">
-        <v>0.08419</v>
+        <v>0.0266</v>
       </c>
       <c r="L36" s="15">
-        <v>0.05515</v>
+        <v>0.02549</v>
       </c>
       <c r="M36" s="15">
-        <v>0.04971</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02438</v>
+      </c>
+      <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E37" s="15">
-        <v>10080009064</v>
+        <v>10080074046</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="I37" s="15"/>
-      <c r="J37" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J37" s="15"/>
       <c r="K37" s="15">
-        <v>0.04952</v>
+        <v>0.08419</v>
       </c>
       <c r="L37" s="15">
-        <v>0.03583</v>
+        <v>0.05515</v>
       </c>
       <c r="M37" s="15">
-        <v>0.03126</v>
+        <v>0.04971</v>
       </c>
       <c r="N37" s="15">
-        <v>1584</v>
+        <v>4</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E38" s="15" t="s">
         <v>99</v>
+      </c>
+      <c r="E38" s="15">
+        <v>10080009064</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="I38" s="15"/>
-      <c r="J38" s="15"/>
+      <c r="J38" s="15">
+        <v>500</v>
+      </c>
       <c r="K38" s="15">
-        <v>0.02959</v>
+        <v>0.04952</v>
       </c>
       <c r="L38" s="15">
-        <v>0.02461</v>
+        <v>0.03583</v>
       </c>
       <c r="M38" s="15">
-        <v>0.02383</v>
-[...1 lines deleted...]
-      <c r="N38" s="15"/>
+        <v>0.03126</v>
+      </c>
+      <c r="N38" s="15">
+        <v>1197</v>
+      </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I39" s="15"/>
-      <c r="J39" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J39" s="15"/>
       <c r="K39" s="15">
-        <v>0.04267</v>
+        <v>0.02959</v>
       </c>
       <c r="L39" s="15">
-        <v>0.03559</v>
+        <v>0.02461</v>
       </c>
       <c r="M39" s="15">
-        <v>0.03436</v>
+        <v>0.02383</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="E40" s="15">
-        <v>10080009049</v>
+      <c r="E40" s="15" t="s">
+        <v>105</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.03518</v>
+        <v>0.04267</v>
       </c>
       <c r="L40" s="15">
-        <v>0.03049</v>
+        <v>0.03559</v>
       </c>
       <c r="M40" s="15">
-        <v>0.02931</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.03436</v>
+      </c>
+      <c r="N40" s="15"/>
+      <c r="O40" s="15"/>
+      <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="E41" s="15" t="s">
-        <v>108</v>
+      <c r="E41" s="15">
+        <v>10080009049</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.011</v>
+        <v>0.03053</v>
       </c>
       <c r="L41" s="15">
-        <v>0.011</v>
+        <v>0.02646</v>
       </c>
       <c r="M41" s="15">
-        <v>0.011</v>
+        <v>0.02544</v>
       </c>
       <c r="N41" s="15">
-        <v>128334</v>
-[...2 lines deleted...]
-      <c r="P41" s="15"/>
+        <v>113</v>
+      </c>
+      <c r="O41" s="15">
+        <v>3750</v>
+      </c>
+      <c r="P41" s="15" t="s">
+        <v>86</v>
+      </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D42" s="15"/>
       <c r="E42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.011</v>
       </c>
       <c r="L42" s="15">
         <v>0.011</v>
       </c>
       <c r="M42" s="15">
         <v>0.011</v>
       </c>
       <c r="N42" s="15">
-        <v>6072</v>
+        <v>109252</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="D43" s="15"/>
+      <c r="E43" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="I43" s="15"/>
-      <c r="J43" s="15"/>
+      <c r="J43" s="15">
+        <v>1000</v>
+      </c>
       <c r="K43" s="15">
-        <v>0.01807</v>
+        <v>0.011</v>
       </c>
       <c r="L43" s="15">
-        <v>0.01697</v>
+        <v>0.011</v>
       </c>
       <c r="M43" s="15">
-        <v>0.01642</v>
-[...1 lines deleted...]
-      <c r="N43" s="15"/>
+        <v>0.011</v>
+      </c>
+      <c r="N43" s="15">
+        <v>7832</v>
+      </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="I44" s="15"/>
-      <c r="J44" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J44" s="15"/>
       <c r="K44" s="15">
-        <v>0.0136</v>
+        <v>0.01807</v>
       </c>
       <c r="L44" s="15">
-        <v>0.0136</v>
+        <v>0.01697</v>
       </c>
       <c r="M44" s="15">
-        <v>0.0136</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01642</v>
+      </c>
+      <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.011</v>
+        <v>0.0136</v>
       </c>
       <c r="L45" s="15">
-        <v>0.011</v>
+        <v>0.0136</v>
       </c>
       <c r="M45" s="15">
-        <v>0.011</v>
+        <v>0.0136</v>
       </c>
       <c r="N45" s="15">
-        <v>14156</v>
+        <v>44607</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080071674</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.01526</v>
+        <v>0.011</v>
       </c>
       <c r="L46" s="15">
-        <v>0.01463</v>
+        <v>0.011</v>
       </c>
       <c r="M46" s="15">
-        <v>0.01463</v>
+        <v>0.011</v>
       </c>
       <c r="N46" s="15">
-        <v>1623</v>
+        <v>10657</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15">
-        <v>10080049360</v>
+        <v>10080071674</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.04071</v>
+        <v>0.01526</v>
       </c>
       <c r="L47" s="15">
-        <v>0.02919</v>
+        <v>0.01463</v>
       </c>
       <c r="M47" s="15">
-        <v>0.02535</v>
-[...1 lines deleted...]
-      <c r="N47" s="15"/>
+        <v>0.01463</v>
+      </c>
+      <c r="N47" s="15">
+        <v>1160</v>
+      </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="E48" s="15" t="s">
-        <v>126</v>
+      <c r="E48" s="15">
+        <v>10080049360</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.01995</v>
+        <v>0.04071</v>
       </c>
       <c r="L48" s="15">
-        <v>0.01729</v>
+        <v>0.02919</v>
       </c>
       <c r="M48" s="15">
-        <v>0.01663</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02535</v>
+      </c>
+      <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000023039</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.01893</v>
+        <v>0.01995</v>
       </c>
       <c r="L49" s="15">
-        <v>0.01641</v>
+        <v>0.01729</v>
       </c>
       <c r="M49" s="15">
-        <v>0.01578</v>
+        <v>0.01663</v>
       </c>
       <c r="N49" s="15">
-        <v>64570</v>
+        <v>3105</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="E50" s="15" t="s">
-        <v>131</v>
+      <c r="E50" s="15">
+        <v>10000023039</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.02717</v>
+        <v>0.01893</v>
       </c>
       <c r="L50" s="15">
-        <v>0.02296</v>
+        <v>0.01641</v>
       </c>
       <c r="M50" s="15">
-        <v>0.02296</v>
-[...1 lines deleted...]
-      <c r="N50" s="15"/>
+        <v>0.01578</v>
+      </c>
+      <c r="N50" s="15">
+        <v>68354</v>
+      </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="E51" s="15" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.04347</v>
+        <v>0.02717</v>
       </c>
       <c r="L51" s="15">
-        <v>0.02826</v>
+        <v>0.02296</v>
       </c>
       <c r="M51" s="15">
-        <v>0.02608</v>
+        <v>0.02296</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.05651</v>
+        <v>0.04347</v>
       </c>
       <c r="L52" s="15">
-        <v>0.03803</v>
+        <v>0.02826</v>
       </c>
       <c r="M52" s="15">
-        <v>0.03468</v>
+        <v>0.02608</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="E53" s="15">
-        <v>10000023606</v>
+      <c r="E53" s="15" t="s">
+        <v>140</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
-      <c r="H53" s="15"/>
+      <c r="H53" s="15" t="s">
+        <v>134</v>
+      </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.03342</v>
+        <v>0.05651</v>
       </c>
       <c r="L53" s="15">
-        <v>0.03223</v>
+        <v>0.03803</v>
       </c>
       <c r="M53" s="15">
-        <v>0.03103</v>
+        <v>0.03468</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="E54" s="15" t="s">
-        <v>142</v>
+      <c r="E54" s="15">
+        <v>10000023606</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
-      <c r="H54" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H54" s="15"/>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.02549</v>
+        <v>0.03342</v>
       </c>
       <c r="L54" s="15">
-        <v>0.02438</v>
+        <v>0.03223</v>
       </c>
       <c r="M54" s="15">
-        <v>0.02327</v>
+        <v>0.03103</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080016519</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.0239</v>
+        <v>0.02549</v>
       </c>
       <c r="L55" s="15">
-        <v>0.02071</v>
+        <v>0.02438</v>
       </c>
       <c r="M55" s="15">
-        <v>0.01991</v>
+        <v>0.02327</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D56" s="15" t="s">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="E56" s="15">
+        <v>10080016519</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.02673</v>
+        <v>0.0239</v>
       </c>
       <c r="L56" s="15">
-        <v>0.02317</v>
+        <v>0.02071</v>
       </c>
       <c r="M56" s="15">
-        <v>0.02228</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.01991</v>
+      </c>
+      <c r="N56" s="15"/>
+      <c r="O56" s="15"/>
+      <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D57" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="E57" s="15" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080009050</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I57" s="15"/>
+      <c r="I57" s="15" t="s">
+        <v>151</v>
+      </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.05789</v>
+        <v>0.02508</v>
       </c>
       <c r="L57" s="15">
-        <v>0.05604</v>
+        <v>0.02174</v>
       </c>
       <c r="M57" s="15">
-        <v>0.05407</v>
-[...3 lines deleted...]
-      <c r="P57" s="15"/>
+        <v>0.0209</v>
+      </c>
+      <c r="N57" s="15">
+        <v>65</v>
+      </c>
+      <c r="O57" s="15">
+        <v>43500</v>
+      </c>
+      <c r="P57" s="15" t="s">
+        <v>86</v>
+      </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E58" s="15">
-        <v>10080002732</v>
+        <v>10080009050</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.0419</v>
+        <v>0.05789</v>
       </c>
       <c r="L58" s="15">
-        <v>0.04041</v>
+        <v>0.05604</v>
       </c>
       <c r="M58" s="15">
-        <v>0.03891</v>
+        <v>0.05407</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="E59" s="15" t="s">
-        <v>156</v>
+      <c r="E59" s="15">
+        <v>10080002732</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.04935</v>
+        <v>0.0419</v>
       </c>
       <c r="L59" s="15">
-        <v>0.0357</v>
+        <v>0.04041</v>
       </c>
       <c r="M59" s="15">
-        <v>0.03115</v>
+        <v>0.03891</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>10080012598</v>
+        <v>157</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>158</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J60" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K60" s="15">
-        <v>0.03363</v>
+        <v>0.04935</v>
       </c>
       <c r="L60" s="15">
-        <v>0.02915</v>
+        <v>0.0357</v>
       </c>
       <c r="M60" s="15">
-        <v>0.02803</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03115</v>
+      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15">
-        <v>10080011156</v>
+        <v>10080012598</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I61" s="15"/>
+      <c r="I61" s="15" t="s">
+        <v>159</v>
+      </c>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.0515</v>
+        <v>0.03363</v>
       </c>
       <c r="L61" s="15">
-        <v>0.0343</v>
+        <v>0.02915</v>
       </c>
       <c r="M61" s="15">
-        <v>0.03122</v>
+        <v>0.02803</v>
       </c>
       <c r="N61" s="15">
-        <v>4150</v>
+        <v>117132</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
-        <v>10080048425</v>
+        <v>10080011156</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.048</v>
+        <v>0.0515</v>
       </c>
       <c r="L62" s="15">
-        <v>0.02784</v>
+        <v>0.0343</v>
       </c>
       <c r="M62" s="15">
-        <v>0.02509</v>
-[...1 lines deleted...]
-      <c r="N62" s="15"/>
+        <v>0.03122</v>
+      </c>
+      <c r="N62" s="15">
+        <v>3965</v>
+      </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="E63" s="15" t="s">
-        <v>164</v>
+      <c r="E63" s="15">
+        <v>10080048425</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.04257</v>
+        <v>0.048</v>
       </c>
       <c r="L63" s="15">
-        <v>0.0308</v>
+        <v>0.02784</v>
       </c>
       <c r="M63" s="15">
-        <v>0.02688</v>
+        <v>0.02509</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.03</v>
+        <v>0.04257</v>
       </c>
       <c r="L64" s="15">
-        <v>0.02</v>
+        <v>0.0308</v>
       </c>
       <c r="M64" s="15">
-        <v>0.018</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02688</v>
+      </c>
+      <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.06242</v>
+        <v>0.03</v>
       </c>
       <c r="L65" s="15">
-        <v>0.05198</v>
+        <v>0.02</v>
       </c>
       <c r="M65" s="15">
-        <v>0.05033</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>0.018</v>
+      </c>
+      <c r="N65" s="15">
+        <v>3604</v>
+      </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080009057</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.06027</v>
+        <v>0.06242</v>
       </c>
       <c r="L66" s="15">
-        <v>0.05223</v>
+        <v>0.05198</v>
       </c>
       <c r="M66" s="15">
-        <v>0.05023</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05033</v>
+      </c>
+      <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E67" s="15">
-        <v>10080048426</v>
+        <v>10080009057</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K67" s="15">
-        <v>0.03348</v>
+        <v>0.06027</v>
       </c>
       <c r="L67" s="15">
-        <v>0.02902</v>
+        <v>0.05223</v>
       </c>
       <c r="M67" s="15">
-        <v>0.0279</v>
+        <v>0.05023</v>
       </c>
       <c r="N67" s="15">
-        <v>1560</v>
+        <v>6466</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E68" s="15">
-        <v>10080048563</v>
+        <v>10080048426</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.07815</v>
+        <v>0.03348</v>
       </c>
       <c r="L68" s="15">
-        <v>0.05329</v>
+        <v>0.02902</v>
       </c>
       <c r="M68" s="15">
-        <v>0.04617</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.0279</v>
+      </c>
+      <c r="N68" s="15">
+        <v>409</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="E69" s="15" t="s">
-        <v>179</v>
+      <c r="E69" s="15">
+        <v>10080048563</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.0205</v>
+        <v>0.07815</v>
       </c>
       <c r="L69" s="15">
-        <v>0.0205</v>
+        <v>0.05329</v>
       </c>
       <c r="M69" s="15">
-        <v>0.0205</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04617</v>
+      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K70" s="15">
-        <v>0.03436</v>
+        <v>0.0205</v>
       </c>
       <c r="L70" s="15">
-        <v>0.03215</v>
+        <v>0.0205</v>
       </c>
       <c r="M70" s="15">
-        <v>0.03104</v>
-[...1 lines deleted...]
-      <c r="N70" s="15"/>
+        <v>0.0205</v>
+      </c>
+      <c r="N70" s="15">
+        <v>17041</v>
+      </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="E71" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010302</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.013</v>
+        <v>0.03436</v>
       </c>
       <c r="L71" s="15">
-        <v>0.013</v>
+        <v>0.03215</v>
       </c>
       <c r="M71" s="15">
-        <v>0.013</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03104</v>
+      </c>
+      <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>185</v>
       </c>
-      <c r="D72" s="15" t="s">
-[...3 lines deleted...]
-        <v>187</v>
+      <c r="E72" s="15">
+        <v>10080010302</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I72" s="15"/>
+      <c r="I72" s="15" t="s">
+        <v>186</v>
+      </c>
       <c r="J72" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.02</v>
+        <v>0.013</v>
       </c>
       <c r="L72" s="15">
-        <v>0.016</v>
+        <v>0.013</v>
       </c>
       <c r="M72" s="15">
-        <v>0.014</v>
+        <v>0.013</v>
       </c>
       <c r="N72" s="15">
-        <v>7564</v>
+        <v>78093</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K73" s="15">
-        <v>0.02723</v>
+        <v>0.02</v>
       </c>
       <c r="L73" s="15">
-        <v>0.0236</v>
+        <v>0.016</v>
       </c>
       <c r="M73" s="15">
-        <v>0.02269</v>
+        <v>0.014</v>
       </c>
       <c r="N73" s="15">
-        <v>3200</v>
+        <v>8804</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="E74" s="15" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080069997</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>193</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.0275</v>
+        <v>0.02723</v>
       </c>
       <c r="L74" s="15">
-        <v>0.02383</v>
+        <v>0.0236</v>
       </c>
       <c r="M74" s="15">
-        <v>0.02291</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.02269</v>
+      </c>
+      <c r="N74" s="15">
+        <v>3280</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="E75" s="15">
-        <v>10000019700</v>
+        <v>10080069997</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I75" s="15"/>
+        <v>72</v>
+      </c>
+      <c r="I75" s="15" t="s">
+        <v>195</v>
+      </c>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.03663</v>
+        <v>0.0275</v>
       </c>
       <c r="L75" s="15">
-        <v>0.03175</v>
+        <v>0.02383</v>
       </c>
       <c r="M75" s="15">
-        <v>0.03053</v>
+        <v>0.02291</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="E76" s="15" t="s">
-        <v>198</v>
+      <c r="E76" s="15">
+        <v>10000019700</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>199</v>
+        <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.0225</v>
+        <v>0.03663</v>
       </c>
       <c r="L76" s="15">
-        <v>0.0225</v>
+        <v>0.03175</v>
       </c>
       <c r="M76" s="15">
-        <v>0.0225</v>
-[...4 lines deleted...]
-      <c r="O76" s="15"/>
+        <v>0.03053</v>
+      </c>
+      <c r="N76" s="15"/>
+      <c r="O76" s="15">
+        <v>7900</v>
+      </c>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>200</v>
-      </c>
-[...2 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>132</v>
+        <v>201</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.038</v>
+        <v>0.0225</v>
       </c>
       <c r="L77" s="15">
-        <v>0.038</v>
+        <v>0.0225</v>
       </c>
       <c r="M77" s="15">
-        <v>0.038</v>
+        <v>0.0225</v>
       </c>
       <c r="N77" s="15">
-        <v>2130</v>
+        <v>1180</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="D78" s="15"/>
+      <c r="E78" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080064797</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>29</v>
+        <v>134</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.05</v>
+        <v>0.038</v>
       </c>
       <c r="L78" s="15">
-        <v>0.036</v>
+        <v>0.038</v>
       </c>
       <c r="M78" s="15">
-        <v>0.032</v>
+        <v>0.038</v>
       </c>
       <c r="N78" s="15">
-        <v>14819</v>
+        <v>1890</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E79" s="15">
-        <v>10080073531</v>
+        <v>10080064797</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.031</v>
+        <v>0.05</v>
       </c>
       <c r="L79" s="15">
-        <v>0.031</v>
+        <v>0.036</v>
       </c>
       <c r="M79" s="15">
-        <v>0.031</v>
+        <v>0.032</v>
       </c>
       <c r="N79" s="15">
-        <v>1692</v>
+        <v>18067</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="E80" s="15" t="s">
-        <v>208</v>
+      <c r="E80" s="15">
+        <v>10080073531</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>72</v>
+        <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.12695</v>
+        <v>0.031</v>
       </c>
       <c r="L80" s="15">
-        <v>0.11002</v>
+        <v>0.031</v>
       </c>
       <c r="M80" s="15">
-        <v>0.10579</v>
+        <v>0.031</v>
       </c>
       <c r="N80" s="15">
-        <v>1350</v>
+        <v>1669</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K81" s="15">
-        <v>0.035</v>
+        <v>0.12695</v>
       </c>
       <c r="L81" s="15">
-        <v>0.025</v>
+        <v>0.11002</v>
       </c>
       <c r="M81" s="15">
-        <v>0.023</v>
+        <v>0.10579</v>
       </c>
       <c r="N81" s="15">
-        <v>7006</v>
-[...1 lines deleted...]
-      <c r="O81" s="15"/>
+        <v>320</v>
+      </c>
+      <c r="O81" s="15">
+        <v>3200</v>
+      </c>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.03248</v>
+        <v>0.035</v>
       </c>
       <c r="L82" s="15">
-        <v>0.02815</v>
+        <v>0.025</v>
       </c>
       <c r="M82" s="15">
-        <v>0.02706</v>
+        <v>0.023</v>
       </c>
       <c r="N82" s="15">
-        <v>4500</v>
+        <v>8927</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.0105</v>
+        <v>0.03248</v>
       </c>
       <c r="L83" s="15">
-        <v>0.0105</v>
+        <v>0.02815</v>
       </c>
       <c r="M83" s="15">
-        <v>0.0105</v>
+        <v>0.02706</v>
       </c>
       <c r="N83" s="15">
-        <v>6880</v>
+        <v>4250</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
-      <c r="B84" s="14"/>
-[...2 lines deleted...]
-      <c r="E84" s="15"/>
+      <c r="B84" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C84" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D84" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>219</v>
+      </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
-      <c r="H84" s="15"/>
+      <c r="H84" s="15" t="s">
+        <v>29</v>
+      </c>
       <c r="I84" s="15"/>
-      <c r="J84" s="15"/>
-[...3 lines deleted...]
-      <c r="N84" s="15"/>
+      <c r="J84" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K84" s="15">
+        <v>0.0105</v>
+      </c>
+      <c r="L84" s="15">
+        <v>0.0105</v>
+      </c>
+      <c r="M84" s="15">
+        <v>0.0105</v>
+      </c>
+      <c r="N84" s="15">
+        <v>6240</v>
+      </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
+      <c r="R84"/>
+    </row>
+    <row r="85" spans="1:18">
+      <c r="B85" s="14"/>
+      <c r="C85" s="15"/>
+      <c r="D85" s="15"/>
+      <c r="E85" s="15"/>
+      <c r="F85" s="15"/>
+      <c r="G85" s="15"/>
+      <c r="H85" s="15"/>
+      <c r="I85" s="15"/>
+      <c r="J85" s="15"/>
+      <c r="K85" s="15"/>
+      <c r="L85" s="15"/>
+      <c r="M85" s="15"/>
+      <c r="N85" s="15"/>
+      <c r="O85" s="15"/>
+      <c r="P85" s="15"/>
+      <c r="Q85" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -4434,317 +4485,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>