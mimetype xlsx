--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -241,84 +241,84 @@
   <si>
     <t xml:space="preserve"> 400VAC- 3300pF (3.3 nF) Y5V 20% (P:10mm) CT7-Y7Y5V0E332MSE</t>
   </si>
   <si>
     <t>CT7-Y12Y5V0E472MSE</t>
   </si>
   <si>
     <t xml:space="preserve"> 400VAC- 4700pF (4.7 nF) (D:12mm)(F:10mm) Y1 CT7-Y12Y5V0E472MSE</t>
   </si>
   <si>
     <t>L-KLS10-HV16-1KV-N750-220K-P5</t>
   </si>
   <si>
     <t>1000VDC- 22pF Y5P 10% (P:5mm) L-KLS10-HV16-1KV-N750-220K-P5</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>L-KLS10-HV16-1KV-SL-330K-P5</t>
   </si>
   <si>
     <t>1000VDC- 33pF Y5P 10% (P:5mm) L-KLS10-HV16-1KV-SL-330K-P5</t>
   </si>
   <si>
-    <t>17.05.2026</t>
+    <t>19.05.2026</t>
   </si>
   <si>
     <t>CT81-N5Y5P1B681KSEW</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) (CT81-N5Y5P1B681KSEW)</t>
   </si>
   <si>
     <t>TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>1000VDC- 680pF Y5P 10% (P:5mm) TMCC02-681K1000VP5B</t>
   </si>
   <si>
     <t>10-00030412</t>
   </si>
   <si>
     <t>TMCC02-102K1KVP5B</t>
   </si>
   <si>
     <t>1000VDC- 1000pF Y5P 10% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030413</t>
   </si>
   <si>
     <t>CT81N6Y5P1B102KSE</t>
   </si>
   <si>
     <t>1000VDC- 1000pF Y5P 10% (P:5mm) CT81N6Y5P1B102KSE</t>
   </si>
   <si>
-    <t>13.03.2026</t>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>TMCC02-222K1KVP5B</t>
   </si>
   <si>
     <t>1000VDC- 2200pF Y5P 10% (P:5mm)</t>
   </si>
   <si>
     <t>10-00030414</t>
   </si>
   <si>
     <t>CT81N8Y5P1B222KSEAT0</t>
   </si>
   <si>
     <t>1000VDC- 2200pF Y5P 10% (P:5mm) CT81N8Y5P1B222KSEAT0</t>
   </si>
   <si>
     <t>UT-00154325</t>
   </si>
   <si>
     <t>1000VDC- 2200pF Y5V 10% (P:5mm)</t>
   </si>
   <si>
     <t>лента / 1000VDC- 2200pF Y5V 10% (P:5mm)</t>
   </si>
@@ -610,87 +610,93 @@
   <si>
     <t>L-KLS10-HV16-3KV-Y5V-152M-P7.5</t>
   </si>
   <si>
     <t>3000VDC- 1500pF Y5V 20% (P:7.5 mm) (L-KLS10-HV16-3KV-Y5V-152M-P7.5)</t>
   </si>
   <si>
     <t>UT-00151006</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS10-HV16-3KV-Y5V-152M KLS, </t>
   </si>
   <si>
     <t>L-KLS10-HV16-3KV-Y5V-152M</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS10-HV16-3KV-Y5V-152M-P7.5 KLS, </t>
   </si>
   <si>
     <t>CT81P6Y5V1E222MSE</t>
   </si>
   <si>
     <t>3000VDC- 2200pF Y5V 20%, (D: 6mm P: 10mm) CT81P6Y5V1E222MSE</t>
   </si>
   <si>
+    <t>17.07.2026</t>
+  </si>
+  <si>
     <t>3000VDC- 3300pF Y5P (p=7.5) 20%</t>
   </si>
   <si>
     <t>3000VDC- 3300pF Y5P 20% (P:7.5 mm)</t>
   </si>
   <si>
     <t>UT-00140396</t>
   </si>
   <si>
     <t>RUME</t>
   </si>
   <si>
     <t>3000VDC-3300pF Y5V 20%</t>
   </si>
   <si>
     <t>UT-00138103</t>
   </si>
   <si>
     <t>CT81P7Y5V1D332MSE</t>
   </si>
   <si>
     <t>3000VDC- 3300pF Y5V 20%, CT81P7Y5V1D332MSE</t>
   </si>
   <si>
     <t>CT81P8Y5V1D472MSE</t>
   </si>
   <si>
     <t>3kV 4700pF ±20% Y5V (P:7.5mm) / 3000VDC- 4700pF Y5V 20% (P:7.5mm) CT81P8Y5V1D472MSE</t>
   </si>
   <si>
     <t>L-KLS10-HV16-3KV-Y5V-153M-P10</t>
   </si>
   <si>
     <t>3000VDC-0.015uF Y5V 20% (P:10 mm) (L-KLS10-HV16-3KV-Y5V-153M-P10)</t>
   </si>
   <si>
     <t>UT-00150280</t>
+  </si>
+  <si>
+    <t>24.06.2026</t>
   </si>
   <si>
     <t>L-KLS10-Y2-Y5V-332M300-P7.5</t>
   </si>
   <si>
     <t>300VAC- 3300pF Y5V 20% (3.3 nF) (P:7.5mm) X1Y2 L-KLS10-Y2-Y5V-332M300-P7.5</t>
   </si>
   <si>
     <t>UT-00101502</t>
   </si>
   <si>
     <t>L-KLS10-Y1-Y5V-152M500V-P10</t>
   </si>
   <si>
     <t>500VAC- 1500pF Y5V 20% (1.5 nF) (P:10mm) Y1 (L-KLS10-Y1-Y5V-152M500V-P10)</t>
   </si>
   <si>
     <t>UT-00150946</t>
   </si>
   <si>
     <t>CC81S7S2L0E680KSE</t>
   </si>
   <si>
     <t>6000VDC- 68pF S2L 10% (CC81S7S2L0E680KSE)</t>
   </si>
@@ -1517,90 +1523,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080034655</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.08373</v>
       </c>
       <c r="L9" s="15">
         <v>0.07257</v>
       </c>
       <c r="M9" s="15">
         <v>0.06977999999999999</v>
       </c>
       <c r="N9" s="15">
-        <v>11719</v>
+        <v>9315</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080011155</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
         <v>0.05127</v>
       </c>
       <c r="L10" s="15">
         <v>0.03677</v>
       </c>
       <c r="M10" s="15">
         <v>0.03192</v>
       </c>
       <c r="N10" s="15">
-        <v>22157</v>
+        <v>25901</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080011178</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1632,51 +1638,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080009055</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.02622</v>
       </c>
       <c r="L12" s="15">
         <v>0.02272</v>
       </c>
       <c r="M12" s="15">
         <v>0.02185</v>
       </c>
       <c r="N12" s="15">
-        <v>80007</v>
+        <v>103877</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1852,51 +1858,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080009054</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.03806</v>
       </c>
       <c r="L18" s="15">
         <v>0.03298</v>
       </c>
       <c r="M18" s="15">
         <v>0.03171</v>
       </c>
       <c r="N18" s="15">
-        <v>53205</v>
+        <v>42949</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
@@ -1930,131 +1936,131 @@
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080051702</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>500</v>
       </c>
       <c r="K20" s="15">
         <v>0.03413</v>
       </c>
       <c r="L20" s="15">
         <v>0.02958</v>
       </c>
       <c r="M20" s="15">
         <v>0.02844</v>
       </c>
       <c r="N20" s="15">
-        <v>69113</v>
+        <v>94039</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080031576</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.04124</v>
       </c>
       <c r="L21" s="15">
         <v>0.03574</v>
       </c>
       <c r="M21" s="15">
         <v>0.03436</v>
       </c>
       <c r="N21" s="15">
-        <v>18020</v>
+        <v>16018</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080048920</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>500</v>
       </c>
       <c r="K22" s="15">
         <v>0.03347</v>
       </c>
       <c r="L22" s="15">
         <v>0.02869</v>
       </c>
       <c r="M22" s="15">
         <v>0.0275</v>
       </c>
       <c r="N22" s="15">
-        <v>72871</v>
+        <v>89965</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
@@ -2121,51 +2127,51 @@
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080048921</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.04532</v>
       </c>
       <c r="L25" s="15">
         <v>0.03927</v>
       </c>
       <c r="M25" s="15">
         <v>0.03776</v>
       </c>
       <c r="N25" s="15">
-        <v>11590</v>
+        <v>11400</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15">
         <v>10080072907</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15"/>
@@ -2197,211 +2203,211 @@
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080055191</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07077</v>
       </c>
       <c r="L27" s="15">
         <v>0.06133</v>
       </c>
       <c r="M27" s="15">
         <v>0.05898</v>
       </c>
       <c r="N27" s="15">
-        <v>1305</v>
+        <v>1432</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080059549</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01281</v>
       </c>
       <c r="L28" s="15">
         <v>0.0111</v>
       </c>
       <c r="M28" s="15">
         <v>0.01068</v>
       </c>
       <c r="N28" s="15">
-        <v>3574</v>
+        <v>4362</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E29" s="15">
         <v>10080059548</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.01175</v>
+        <v>0.01499</v>
       </c>
       <c r="L29" s="15">
-        <v>0.01018</v>
+        <v>0.01299</v>
       </c>
       <c r="M29" s="15">
-        <v>0.00979</v>
+        <v>0.01249</v>
       </c>
       <c r="N29" s="15">
-        <v>1680</v>
+        <v>1320</v>
       </c>
       <c r="O29" s="15">
-        <v>4200</v>
+        <v>3300</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080003553</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02094</v>
       </c>
       <c r="L30" s="15">
         <v>0.01971</v>
       </c>
       <c r="M30" s="15">
         <v>0.01971</v>
       </c>
       <c r="N30" s="15">
-        <v>133</v>
+        <v>158</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01195</v>
       </c>
       <c r="L31" s="15">
         <v>0.01195</v>
       </c>
       <c r="M31" s="15">
         <v>0.01195</v>
       </c>
       <c r="N31" s="15">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
@@ -2421,66 +2427,64 @@
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E33" s="15">
         <v>10080009058</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.01815</v>
       </c>
       <c r="L33" s="15">
         <v>0.01573</v>
       </c>
       <c r="M33" s="15">
         <v>0.01513</v>
       </c>
-      <c r="N33" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15">
-        <v>15000</v>
+        <v>10350</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>48</v>
       </c>
@@ -2514,51 +2518,51 @@
         <v>91</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.02103</v>
       </c>
       <c r="L35" s="15">
         <v>0.01823</v>
       </c>
       <c r="M35" s="15">
         <v>0.01753</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>700</v>
+        <v>820</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E36" s="15">
         <v>10080009071</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>95</v>
       </c>
@@ -2628,51 +2632,51 @@
       <c r="D38" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E38" s="15">
         <v>10080009064</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.04952</v>
       </c>
       <c r="L38" s="15">
         <v>0.03583</v>
       </c>
       <c r="M38" s="15">
         <v>0.03126</v>
       </c>
       <c r="N38" s="15">
-        <v>1197</v>
+        <v>1397</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I39" s="15"/>
@@ -2782,88 +2786,88 @@
       <c r="D42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.011</v>
       </c>
       <c r="L42" s="15">
         <v>0.011</v>
       </c>
       <c r="M42" s="15">
         <v>0.011</v>
       </c>
       <c r="N42" s="15">
-        <v>109252</v>
+        <v>99752</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.011</v>
       </c>
       <c r="L43" s="15">
         <v>0.011</v>
       </c>
       <c r="M43" s="15">
         <v>0.011</v>
       </c>
       <c r="N43" s="15">
-        <v>7832</v>
+        <v>7568</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I44" s="15"/>
@@ -2893,129 +2897,129 @@
       <c r="D45" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.0136</v>
       </c>
       <c r="L45" s="15">
         <v>0.0136</v>
       </c>
       <c r="M45" s="15">
         <v>0.0136</v>
       </c>
       <c r="N45" s="15">
-        <v>44607</v>
+        <v>63105</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.011</v>
       </c>
       <c r="L46" s="15">
         <v>0.011</v>
       </c>
       <c r="M46" s="15">
         <v>0.011</v>
       </c>
       <c r="N46" s="15">
-        <v>10657</v>
+        <v>12724</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080071674</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.01526</v>
       </c>
       <c r="L47" s="15">
         <v>0.01463</v>
       </c>
       <c r="M47" s="15">
         <v>0.01463</v>
       </c>
       <c r="N47" s="15">
-        <v>1160</v>
+        <v>1449</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E48" s="15">
         <v>10080049360</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I48" s="15"/>
@@ -3047,90 +3051,90 @@
       <c r="D49" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.01995</v>
       </c>
       <c r="L49" s="15">
         <v>0.01729</v>
       </c>
       <c r="M49" s="15">
         <v>0.01663</v>
       </c>
       <c r="N49" s="15">
-        <v>3105</v>
+        <v>3503</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10000023039</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01893</v>
       </c>
       <c r="L50" s="15">
         <v>0.01641</v>
       </c>
       <c r="M50" s="15">
         <v>0.01578</v>
       </c>
       <c r="N50" s="15">
-        <v>68354</v>
+        <v>57764</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I51" s="15"/>
@@ -3352,51 +3356,51 @@
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.02508</v>
       </c>
       <c r="L57" s="15">
         <v>0.02174</v>
       </c>
       <c r="M57" s="15">
         <v>0.0209</v>
       </c>
       <c r="N57" s="15">
         <v>65</v>
       </c>
       <c r="O57" s="15">
-        <v>43500</v>
+        <v>36000</v>
       </c>
       <c r="P57" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E58" s="15">
         <v>10080009050</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
@@ -3507,90 +3511,90 @@
       </c>
       <c r="E61" s="15">
         <v>10080012598</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.03363</v>
       </c>
       <c r="L61" s="15">
         <v>0.02915</v>
       </c>
       <c r="M61" s="15">
         <v>0.02803</v>
       </c>
       <c r="N61" s="15">
-        <v>117132</v>
+        <v>81720</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080011156</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0515</v>
       </c>
       <c r="L62" s="15">
         <v>0.0343</v>
       </c>
       <c r="M62" s="15">
         <v>0.03122</v>
       </c>
       <c r="N62" s="15">
-        <v>3965</v>
+        <v>4194</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080048425</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I63" s="15"/>
@@ -3659,51 +3663,51 @@
       <c r="D65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.03</v>
       </c>
       <c r="L65" s="15">
         <v>0.02</v>
       </c>
       <c r="M65" s="15">
         <v>0.018</v>
       </c>
       <c r="N65" s="15">
-        <v>3604</v>
+        <v>3702</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I66" s="15"/>
@@ -3735,90 +3739,90 @@
       <c r="D67" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080009057</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
         <v>0.06027</v>
       </c>
       <c r="L67" s="15">
         <v>0.05223</v>
       </c>
       <c r="M67" s="15">
         <v>0.05023</v>
       </c>
       <c r="N67" s="15">
-        <v>6466</v>
+        <v>6739</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E68" s="15">
         <v>10080048426</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.03348</v>
       </c>
       <c r="L68" s="15">
         <v>0.02902</v>
       </c>
       <c r="M68" s="15">
         <v>0.0279</v>
       </c>
       <c r="N68" s="15">
-        <v>409</v>
+        <v>516</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080048563</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
@@ -3850,51 +3854,51 @@
       <c r="D70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.0205</v>
       </c>
       <c r="L70" s="15">
         <v>0.0205</v>
       </c>
       <c r="M70" s="15">
         <v>0.0205</v>
       </c>
       <c r="N70" s="15">
-        <v>17041</v>
+        <v>22636</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I71" s="15"/>
@@ -3928,131 +3932,131 @@
       </c>
       <c r="E72" s="15">
         <v>10080010302</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>186</v>
       </c>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.013</v>
       </c>
       <c r="L72" s="15">
         <v>0.013</v>
       </c>
       <c r="M72" s="15">
         <v>0.013</v>
       </c>
       <c r="N72" s="15">
-        <v>78093</v>
+        <v>86769</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.02</v>
       </c>
       <c r="L73" s="15">
         <v>0.016</v>
       </c>
       <c r="M73" s="15">
         <v>0.014</v>
       </c>
       <c r="N73" s="15">
-        <v>8804</v>
+        <v>9052</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>193</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02723</v>
       </c>
       <c r="L74" s="15">
         <v>0.0236</v>
       </c>
       <c r="M74" s="15">
         <v>0.02269</v>
       </c>
       <c r="N74" s="15">
-        <v>3280</v>
+        <v>2840</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E75" s="15">
         <v>10080069997</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -4087,362 +4091,366 @@
         <v>197</v>
       </c>
       <c r="E76" s="15">
         <v>10000019700</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.03663</v>
       </c>
       <c r="L76" s="15">
         <v>0.03175</v>
       </c>
       <c r="M76" s="15">
         <v>0.03053</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15">
-        <v>7900</v>
-[...1 lines deleted...]
-      <c r="P76" s="15"/>
+        <v>7600</v>
+      </c>
+      <c r="P76" s="15" t="s">
+        <v>198</v>
+      </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.0225</v>
       </c>
       <c r="L77" s="15">
         <v>0.0225</v>
       </c>
       <c r="M77" s="15">
         <v>0.0225</v>
       </c>
       <c r="N77" s="15">
-        <v>1180</v>
+        <v>1268</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D78" s="15"/>
       <c r="E78" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.038</v>
       </c>
       <c r="L78" s="15">
         <v>0.038</v>
       </c>
       <c r="M78" s="15">
         <v>0.038</v>
       </c>
       <c r="N78" s="15">
-        <v>1890</v>
+        <v>2490</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E79" s="15">
         <v>10080064797</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.05</v>
       </c>
       <c r="L79" s="15">
         <v>0.036</v>
       </c>
       <c r="M79" s="15">
         <v>0.032</v>
       </c>
       <c r="N79" s="15">
-        <v>18067</v>
+        <v>15225</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E80" s="15">
         <v>10080073531</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.031</v>
       </c>
       <c r="L80" s="15">
         <v>0.031</v>
       </c>
       <c r="M80" s="15">
         <v>0.031</v>
       </c>
       <c r="N80" s="15">
-        <v>1669</v>
+        <v>1390</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>500</v>
       </c>
       <c r="K81" s="15">
         <v>0.12695</v>
       </c>
       <c r="L81" s="15">
         <v>0.11002</v>
       </c>
       <c r="M81" s="15">
         <v>0.10579</v>
       </c>
       <c r="N81" s="15">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="O81" s="15">
-        <v>3200</v>
-[...1 lines deleted...]
-      <c r="P81" s="15"/>
+        <v>3150</v>
+      </c>
+      <c r="P81" s="15" t="s">
+        <v>212</v>
+      </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.035</v>
       </c>
       <c r="L82" s="15">
         <v>0.025</v>
       </c>
       <c r="M82" s="15">
         <v>0.023</v>
       </c>
       <c r="N82" s="15">
-        <v>8927</v>
+        <v>7452</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.03248</v>
       </c>
       <c r="L83" s="15">
         <v>0.02815</v>
       </c>
       <c r="M83" s="15">
         <v>0.02706</v>
       </c>
       <c r="N83" s="15">
-        <v>4250</v>
+        <v>3100</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.0105</v>
       </c>
       <c r="L84" s="15">
         <v>0.0105</v>
       </c>
       <c r="M84" s="15">
         <v>0.0105</v>
       </c>
       <c r="N84" s="15">
-        <v>6240</v>
+        <v>6560</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14"/>
       <c r="C85" s="15"/>
       <c r="D85" s="15"/>
       <c r="E85" s="15"/>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15"/>
       <c r="L85" s="15"/>
       <c r="M85" s="15"/>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
     </row>
   </sheetData>
@@ -4485,317 +4493,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>