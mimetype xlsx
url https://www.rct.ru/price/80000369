--- v2 (2026-01-10)
+++ v3 (2026-02-17)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>17.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>