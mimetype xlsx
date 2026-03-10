--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1126,51 +1126,51 @@
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.06</v>
       </c>
       <c r="L13" s="15">
         <v>0.06</v>
       </c>
       <c r="M13" s="15">
         <v>0.06</v>
       </c>
       <c r="N13" s="15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>