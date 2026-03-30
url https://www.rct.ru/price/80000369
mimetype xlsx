--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>