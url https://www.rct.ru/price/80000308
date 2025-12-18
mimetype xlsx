--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -310,50 +310,53 @@
   <si>
     <t>UT-00144720</t>
   </si>
   <si>
     <t>DL4742A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 12V) / DL4742A </t>
   </si>
   <si>
     <t>DL4742A</t>
   </si>
   <si>
     <t>(1W 12V) / DL4742A</t>
   </si>
   <si>
     <t>10-00075041</t>
   </si>
   <si>
     <t xml:space="preserve">DL4742A </t>
   </si>
   <si>
     <t>UT-00107126</t>
   </si>
   <si>
+    <t>21.04.2026</t>
+  </si>
+  <si>
     <t>DL4744A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 15V) / DL4744A </t>
   </si>
   <si>
     <t xml:space="preserve">DL4744A </t>
   </si>
   <si>
     <t>10-00075042</t>
   </si>
   <si>
     <t>DL4744A</t>
   </si>
   <si>
     <t xml:space="preserve">(PBF,1W 15V) / DL4744A </t>
   </si>
   <si>
     <t>10-00075077</t>
   </si>
   <si>
     <t xml:space="preserve">DL4746A </t>
   </si>
   <si>
     <t xml:space="preserve">(1W 18V) / DL4746A </t>
@@ -418,60 +421,57 @@
   <si>
     <t>UT-00120297</t>
   </si>
   <si>
     <t>UT-00146701</t>
   </si>
   <si>
     <t xml:space="preserve">DL4750A </t>
   </si>
   <si>
     <t>DL4751A</t>
   </si>
   <si>
     <t>1W 30V / DL4751A</t>
   </si>
   <si>
     <t>WILLAS</t>
   </si>
   <si>
     <t>DL4751A-(LL-41)</t>
   </si>
   <si>
     <t>1W 30V 5% / DL4751A</t>
   </si>
   <si>
-    <t>29.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>UT-00104130</t>
   </si>
   <si>
     <t>UT-00134342</t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>09.03.2026</t>
   </si>
   <si>
     <t xml:space="preserve">DL4752A </t>
   </si>
   <si>
     <t xml:space="preserve">(1W 33V) / DL4752A </t>
   </si>
   <si>
     <t>DL4752A</t>
   </si>
   <si>
     <t>(1W 33V) / DL4752A (ZM4752A) (ZMY18V)</t>
   </si>
   <si>
     <t>DL4754A</t>
   </si>
   <si>
     <t>Стабилитрон DL4754A</t>
   </si>
   <si>
     <t>10-00075028</t>
   </si>
   <si>
     <t>DCCOMP</t>
   </si>
@@ -1485,92 +1485,92 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.036</v>
       </c>
       <c r="L13" s="15">
         <v>0.02605</v>
       </c>
       <c r="M13" s="15">
         <v>0.02273</v>
       </c>
       <c r="N13" s="15">
-        <v>6425</v>
+        <v>5791</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03177</v>
       </c>
       <c r="L14" s="15">
         <v>0.02298</v>
       </c>
       <c r="M14" s="15">
         <v>0.02006</v>
       </c>
       <c r="N14" s="15">
-        <v>3792</v>
+        <v>3216</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080052801</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>46</v>
@@ -1686,92 +1686,92 @@
       </c>
       <c r="E18" s="15">
         <v>10080069748</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03431</v>
       </c>
       <c r="L18" s="15">
         <v>0.02482</v>
       </c>
       <c r="M18" s="15">
         <v>0.02166</v>
       </c>
       <c r="N18" s="15">
-        <v>330</v>
+        <v>295</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.01847</v>
+        <v>0.0273</v>
       </c>
       <c r="L19" s="15">
-        <v>0.01767</v>
+        <v>0.02409</v>
       </c>
       <c r="M19" s="15">
-        <v>0.01767</v>
+        <v>0.02168</v>
       </c>
       <c r="N19" s="15">
-        <v>3388</v>
+        <v>2695</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="15">
         <v>10000018677</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>56</v>
@@ -1809,51 +1809,51 @@
       </c>
       <c r="E21" s="15">
         <v>10080017834</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>5000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04615</v>
       </c>
       <c r="L21" s="15">
         <v>0.0331</v>
       </c>
       <c r="M21" s="15">
         <v>0.02874</v>
       </c>
       <c r="N21" s="15">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080010899</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>59</v>
@@ -1928,51 +1928,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080026088</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03639</v>
       </c>
       <c r="L24" s="15">
         <v>0.02633</v>
       </c>
       <c r="M24" s="15">
         <v>0.02297</v>
       </c>
       <c r="N24" s="15">
-        <v>15000</v>
+        <v>13200</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>35</v>
@@ -2008,51 +2008,51 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>5000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02381</v>
       </c>
       <c r="L26" s="15">
         <v>0.01984</v>
       </c>
       <c r="M26" s="15">
         <v>0.01984</v>
       </c>
       <c r="N26" s="15">
-        <v>14200</v>
+        <v>12600</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="15">
         <v>10000020716</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>56</v>
@@ -2205,92 +2205,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03602</v>
       </c>
       <c r="L31" s="15">
         <v>0.02606</v>
       </c>
       <c r="M31" s="15">
         <v>0.02274</v>
       </c>
       <c r="N31" s="15">
-        <v>17307</v>
+        <v>22801</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
         <v>0.03177</v>
       </c>
       <c r="L32" s="15">
         <v>0.02298</v>
       </c>
       <c r="M32" s="15">
         <v>0.02006</v>
       </c>
       <c r="N32" s="15">
-        <v>3136</v>
+        <v>3564</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="15">
         <v>10000020717</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>56</v>
@@ -2326,133 +2326,133 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.04</v>
       </c>
       <c r="L34" s="15">
         <v>0.03</v>
       </c>
       <c r="M34" s="15">
         <v>0.025</v>
       </c>
       <c r="N34" s="15">
-        <v>5020</v>
+        <v>4230</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03</v>
       </c>
       <c r="L35" s="15">
         <v>0.025</v>
       </c>
       <c r="M35" s="15">
         <v>0.022</v>
       </c>
       <c r="N35" s="15">
-        <v>25572</v>
+        <v>29506</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="15">
         <v>10000018685</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03</v>
       </c>
       <c r="L36" s="15">
         <v>0.03</v>
       </c>
       <c r="M36" s="15">
         <v>0.03</v>
       </c>
       <c r="N36" s="15">
-        <v>705</v>
+        <v>987</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E37" s="15">
         <v>10080057852</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
@@ -2488,92 +2488,92 @@
       </c>
       <c r="E38" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>5000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04192</v>
       </c>
       <c r="L38" s="15">
         <v>0.02777</v>
       </c>
       <c r="M38" s="15">
         <v>0.02423</v>
       </c>
       <c r="N38" s="15">
-        <v>691</v>
+        <v>653</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01546</v>
       </c>
       <c r="L39" s="15">
         <v>0.01427</v>
       </c>
       <c r="M39" s="15">
         <v>0.01427</v>
       </c>
       <c r="N39" s="15">
-        <v>896</v>
+        <v>828</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E40" s="15">
         <v>10000018686</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>56</v>
@@ -2648,51 +2648,51 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
         <v>0.04111</v>
       </c>
       <c r="L42" s="15">
         <v>0.02947</v>
       </c>
       <c r="M42" s="15">
         <v>0.0256</v>
       </c>
       <c r="N42" s="15">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E43" s="15">
         <v>10080026857</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>35</v>
@@ -2730,51 +2730,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>5000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02381</v>
       </c>
       <c r="L44" s="15">
         <v>0.01984</v>
       </c>
       <c r="M44" s="15">
         <v>0.01984</v>
       </c>
       <c r="N44" s="15">
-        <v>1105</v>
+        <v>1147</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>89</v>
@@ -2810,51 +2810,51 @@
       </c>
       <c r="E46" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.03177</v>
       </c>
       <c r="L46" s="15">
         <v>0.02298</v>
       </c>
       <c r="M46" s="15">
         <v>0.02006</v>
       </c>
       <c r="N46" s="15">
-        <v>3450</v>
+        <v>3000</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="15">
         <v>10080052802</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>46</v>
@@ -2892,51 +2892,51 @@
       </c>
       <c r="E48" s="15">
         <v>10080028152</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>5000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03029</v>
       </c>
       <c r="L48" s="15">
         <v>0.02192</v>
       </c>
       <c r="M48" s="15">
         <v>0.01913</v>
       </c>
       <c r="N48" s="15">
-        <v>1908</v>
+        <v>2020</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
@@ -3050,1172 +3050,1174 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.01653</v>
       </c>
       <c r="L52" s="15">
         <v>0.01653</v>
       </c>
       <c r="M52" s="15">
         <v>0.01653</v>
       </c>
       <c r="N52" s="15">
-        <v>1464</v>
+        <v>1736</v>
       </c>
       <c r="O52" s="15">
-        <v>3500</v>
-[...1 lines deleted...]
-      <c r="P52" s="15"/>
+        <v>4150</v>
+      </c>
+      <c r="P52" s="15" t="s">
+        <v>98</v>
+      </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E53" s="15">
         <v>10080052803</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.021</v>
       </c>
       <c r="L53" s="15">
         <v>0.021</v>
       </c>
       <c r="M53" s="15">
         <v>0.021</v>
       </c>
       <c r="N53" s="15">
-        <v>189720</v>
+        <v>259284</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D54" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
         <v>0.04126</v>
       </c>
       <c r="L54" s="15">
         <v>0.03867</v>
       </c>
       <c r="M54" s="15">
         <v>0.03744</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E55" s="15">
         <v>10000013485</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>5000</v>
       </c>
       <c r="K55" s="15">
         <v>0.04301</v>
       </c>
       <c r="L55" s="15">
         <v>0.04036</v>
       </c>
       <c r="M55" s="15">
         <v>0.03902</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E56" s="15">
         <v>10080012887</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
         <v>0.04713</v>
       </c>
       <c r="L56" s="15">
         <v>0.03379</v>
       </c>
       <c r="M56" s="15">
         <v>0.02935</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D57" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>5000</v>
       </c>
       <c r="K57" s="15">
         <v>0.04557</v>
       </c>
       <c r="L57" s="15">
         <v>0.04187</v>
       </c>
       <c r="M57" s="15">
         <v>0.04064</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>5000</v>
       </c>
       <c r="K58" s="15">
         <v>0.07464999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.03965</v>
       </c>
       <c r="M58" s="15">
         <v>0.03382</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E59" s="15">
         <v>10080012888</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>5000</v>
       </c>
       <c r="K59" s="15">
         <v>0.03</v>
       </c>
       <c r="L59" s="15">
         <v>0.025</v>
       </c>
       <c r="M59" s="15">
         <v>0.022</v>
       </c>
       <c r="N59" s="15">
-        <v>11856</v>
+        <v>13042</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>5000</v>
       </c>
       <c r="K60" s="15">
         <v>0.04163</v>
       </c>
       <c r="L60" s="15">
         <v>0.03904</v>
       </c>
       <c r="M60" s="15">
         <v>0.03769</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E61" s="15">
         <v>10000018688</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>5000</v>
       </c>
       <c r="K61" s="15">
         <v>0.07467</v>
       </c>
       <c r="L61" s="15">
         <v>0.03968</v>
       </c>
       <c r="M61" s="15">
         <v>0.03383</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.035</v>
       </c>
       <c r="L62" s="15">
         <v>0.025</v>
       </c>
       <c r="M62" s="15">
         <v>0.022</v>
       </c>
       <c r="N62" s="15">
-        <v>8739</v>
+        <v>9613</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E63" s="15">
         <v>10000020718</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.035</v>
       </c>
       <c r="L63" s="15">
         <v>0.03</v>
       </c>
       <c r="M63" s="15">
         <v>0.028</v>
       </c>
       <c r="N63" s="15">
-        <v>1038</v>
+        <v>1006</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>5000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.025</v>
       </c>
       <c r="M64" s="15">
         <v>0.023</v>
       </c>
       <c r="N64" s="15">
-        <v>7900</v>
+        <v>8800</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080052804</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>5000</v>
       </c>
       <c r="K65" s="15">
         <v>0.04192</v>
       </c>
       <c r="L65" s="15">
         <v>0.02777</v>
       </c>
       <c r="M65" s="15">
         <v>0.02423</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E66" s="15">
         <v>10080034969</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.03029</v>
       </c>
       <c r="L66" s="15">
         <v>0.02192</v>
       </c>
       <c r="M66" s="15">
         <v>0.01913</v>
       </c>
       <c r="N66" s="15">
         <v>1290</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E67" s="15">
         <v>10080017096</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
         <v>0.04382</v>
       </c>
       <c r="L67" s="15">
         <v>0.03142</v>
       </c>
       <c r="M67" s="15">
         <v>0.02729</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D68" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.03225</v>
       </c>
       <c r="L68" s="15">
         <v>0.02333</v>
       </c>
       <c r="M68" s="15">
         <v>0.02036</v>
       </c>
       <c r="N68" s="15">
-        <v>370</v>
+        <v>390</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.03892</v>
       </c>
       <c r="L69" s="15">
         <v>0.03646</v>
       </c>
       <c r="M69" s="15">
         <v>0.03522</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E70" s="15">
         <v>10080028153</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03029</v>
       </c>
       <c r="L70" s="15">
         <v>0.02192</v>
       </c>
       <c r="M70" s="15">
         <v>0.01913</v>
       </c>
       <c r="N70" s="15">
-        <v>801</v>
+        <v>895</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E71" s="15">
         <v>10080062023</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.04111</v>
+        <v>0.02439</v>
       </c>
       <c r="L71" s="15">
-        <v>0.02947</v>
+        <v>0.02114</v>
       </c>
       <c r="M71" s="15">
-        <v>0.0256</v>
+        <v>0.02033</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E72" s="15">
         <v>10080017097</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>5000</v>
       </c>
       <c r="K72" s="15">
         <v>0.02214</v>
       </c>
       <c r="L72" s="15">
         <v>0.02122</v>
       </c>
       <c r="M72" s="15">
         <v>0.02122</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03225</v>
       </c>
       <c r="L73" s="15">
         <v>0.02333</v>
       </c>
       <c r="M73" s="15">
         <v>0.02036</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15">
-        <v>3050</v>
-[...1 lines deleted...]
-      <c r="P73" s="15"/>
+        <v>4350</v>
+      </c>
+      <c r="P73" s="15" t="s">
+        <v>98</v>
+      </c>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.03053</v>
       </c>
       <c r="L74" s="15">
         <v>0.02209</v>
       </c>
       <c r="M74" s="15">
         <v>0.01928</v>
       </c>
       <c r="N74" s="15">
-        <v>340</v>
+        <v>305</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E75" s="15">
         <v>10080012373</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.08302</v>
       </c>
       <c r="L75" s="15">
         <v>0.0441</v>
       </c>
       <c r="M75" s="15">
         <v>0.03757</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E76" s="15">
         <v>10080046804</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H76" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.07041</v>
       </c>
       <c r="L76" s="15">
         <v>0.05774</v>
       </c>
       <c r="M76" s="15">
         <v>0.05538</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E77" s="15">
         <v>10080047703</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
         <v>0.02374</v>
       </c>
       <c r="L77" s="15">
         <v>0.02374</v>
       </c>
       <c r="M77" s="15">
         <v>0.02374</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E78" s="15">
         <v>10080069750</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
         <v>0.02502</v>
       </c>
       <c r="L78" s="15">
         <v>0.02168</v>
       </c>
       <c r="M78" s="15">
         <v>0.02085</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15">
-        <v>49500</v>
-[...3 lines deleted...]
-      </c>
+        <v>34100</v>
+      </c>
+      <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
         <v>0.04108</v>
       </c>
       <c r="L79" s="15">
         <v>0.02721</v>
       </c>
       <c r="M79" s="15">
         <v>0.02375</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.01847</v>
+        <v>0.02717</v>
       </c>
       <c r="L80" s="15">
-        <v>0.01767</v>
+        <v>0.02397</v>
       </c>
       <c r="M80" s="15">
-        <v>0.01767</v>
+        <v>0.02157</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15">
-        <v>34438</v>
+        <v>34937</v>
       </c>
       <c r="P80" s="15" t="s">
         <v>137</v>
       </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E81" s="15">
         <v>10080028035</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H81" s="15" t="s">
@@ -4293,92 +4295,92 @@
       </c>
       <c r="E83" s="15">
         <v>10080073335</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.04215</v>
       </c>
       <c r="L83" s="15">
         <v>0.03021</v>
       </c>
       <c r="M83" s="15">
         <v>0.02624</v>
       </c>
       <c r="N83" s="15">
-        <v>3385</v>
+        <v>3875</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E84" s="15">
         <v>10080032874</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07495</v>
       </c>
       <c r="L84" s="15">
         <v>0.03982</v>
       </c>
       <c r="M84" s="15">
         <v>0.03396</v>
       </c>
       <c r="N84" s="15">
-        <v>105</v>
+        <v>81</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>145</v>
@@ -4444,140 +4446,140 @@
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E87" s="15">
         <v>10080069751</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.04111</v>
+        <v>0.02439</v>
       </c>
       <c r="L87" s="15">
-        <v>0.02947</v>
+        <v>0.02114</v>
       </c>
       <c r="M87" s="15">
-        <v>0.0256</v>
+        <v>0.02033</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.03246</v>
       </c>
       <c r="L88" s="15">
         <v>0.02</v>
       </c>
       <c r="M88" s="15">
         <v>0.018</v>
       </c>
       <c r="N88" s="15">
-        <v>2400</v>
+        <v>3040</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.03604</v>
       </c>
       <c r="L89" s="15">
         <v>0.02608</v>
       </c>
       <c r="M89" s="15">
         <v>0.02276</v>
       </c>
       <c r="N89" s="15">
-        <v>3471</v>
+        <v>3159</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E90" s="15">
         <v>10080049089</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
@@ -4613,92 +4615,92 @@
       </c>
       <c r="E91" s="15">
         <v>10080052805</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.0205</v>
       </c>
       <c r="L91" s="15">
         <v>0.0205</v>
       </c>
       <c r="M91" s="15">
         <v>0.0205</v>
       </c>
       <c r="N91" s="15">
-        <v>32676</v>
+        <v>32287</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.03</v>
       </c>
       <c r="L92" s="15">
         <v>0.023</v>
       </c>
       <c r="M92" s="15">
         <v>0.018</v>
       </c>
       <c r="N92" s="15">
-        <v>3800</v>
+        <v>3450</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14"/>
       <c r="C93" s="15"/>
       <c r="D93" s="15"/>
       <c r="E93" s="15"/>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15"/>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15"/>
       <c r="L93" s="15"/>
       <c r="M93" s="15"/>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
     </row>
   </sheetData>