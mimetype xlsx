--- v1 (2025-12-18)
+++ v2 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -310,51 +310,51 @@
   <si>
     <t>UT-00144720</t>
   </si>
   <si>
     <t>DL4742A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 12V) / DL4742A </t>
   </si>
   <si>
     <t>DL4742A</t>
   </si>
   <si>
     <t>(1W 12V) / DL4742A</t>
   </si>
   <si>
     <t>10-00075041</t>
   </si>
   <si>
     <t xml:space="preserve">DL4742A </t>
   </si>
   <si>
     <t>UT-00107126</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>23.04.2026</t>
   </si>
   <si>
     <t>DL4744A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 15V) / DL4744A </t>
   </si>
   <si>
     <t xml:space="preserve">DL4744A </t>
   </si>
   <si>
     <t>10-00075042</t>
   </si>
   <si>
     <t>DL4744A</t>
   </si>
   <si>
     <t xml:space="preserve">(PBF,1W 15V) / DL4744A </t>
   </si>
   <si>
     <t>10-00075077</t>
   </si>
   <si>
     <t xml:space="preserve">DL4746A </t>
   </si>
@@ -425,53 +425,50 @@
     <t>UT-00146701</t>
   </si>
   <si>
     <t xml:space="preserve">DL4750A </t>
   </si>
   <si>
     <t>DL4751A</t>
   </si>
   <si>
     <t>1W 30V / DL4751A</t>
   </si>
   <si>
     <t>WILLAS</t>
   </si>
   <si>
     <t>DL4751A-(LL-41)</t>
   </si>
   <si>
     <t>1W 30V 5% / DL4751A</t>
   </si>
   <si>
     <t>UT-00104130</t>
   </si>
   <si>
     <t>UT-00134342</t>
-  </si>
-[...1 lines deleted...]
-    <t>09.03.2026</t>
   </si>
   <si>
     <t xml:space="preserve">DL4752A </t>
   </si>
   <si>
     <t xml:space="preserve">(1W 33V) / DL4752A </t>
   </si>
   <si>
     <t>DL4752A</t>
   </si>
   <si>
     <t>(1W 33V) / DL4752A (ZM4752A) (ZMY18V)</t>
   </si>
   <si>
     <t>DL4754A</t>
   </si>
   <si>
     <t>Стабилитрон DL4754A</t>
   </si>
   <si>
     <t>10-00075028</t>
   </si>
   <si>
     <t>DCCOMP</t>
   </si>
@@ -1318,57 +1315,57 @@
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2500</v>
       </c>
       <c r="K9" s="15">
-        <v>0.01001</v>
+        <v>0.00398</v>
       </c>
       <c r="L9" s="15">
-        <v>0.00725</v>
+        <v>0.00398</v>
       </c>
       <c r="M9" s="15">
-        <v>0.00631</v>
+        <v>0.00398</v>
       </c>
       <c r="N9" s="15">
         <v>89</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080069622</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>34</v>
@@ -1485,172 +1482,172 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.036</v>
       </c>
       <c r="L13" s="15">
         <v>0.02605</v>
       </c>
       <c r="M13" s="15">
         <v>0.02273</v>
       </c>
       <c r="N13" s="15">
-        <v>5791</v>
+        <v>6425</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.03177</v>
+        <v>0.02196</v>
       </c>
       <c r="L14" s="15">
-        <v>0.02298</v>
+        <v>0.01903</v>
       </c>
       <c r="M14" s="15">
-        <v>0.02006</v>
+        <v>0.0183</v>
       </c>
       <c r="N14" s="15">
-        <v>3216</v>
+        <v>3024</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080052801</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>5000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.04111</v>
+        <v>0.02447</v>
       </c>
       <c r="L15" s="15">
-        <v>0.02947</v>
+        <v>0.0212</v>
       </c>
       <c r="M15" s="15">
-        <v>0.0256</v>
+        <v>0.02039</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080073331</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.04028</v>
+        <v>0.0224</v>
       </c>
       <c r="L16" s="15">
-        <v>0.02668</v>
+        <v>0.01941</v>
       </c>
       <c r="M16" s="15">
-        <v>0.02329</v>
+        <v>0.01866</v>
       </c>
       <c r="N16" s="15">
-        <v>7053</v>
+        <v>7888</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080028150</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>51</v>
@@ -1677,101 +1674,101 @@
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080069748</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.03431</v>
+        <v>0.02369</v>
       </c>
       <c r="L18" s="15">
-        <v>0.02482</v>
+        <v>0.02053</v>
       </c>
       <c r="M18" s="15">
-        <v>0.02166</v>
+        <v>0.01974</v>
       </c>
       <c r="N18" s="15">
-        <v>295</v>
+        <v>254</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0273</v>
       </c>
       <c r="L19" s="15">
         <v>0.02409</v>
       </c>
       <c r="M19" s="15">
         <v>0.02168</v>
       </c>
       <c r="N19" s="15">
-        <v>2695</v>
+        <v>786</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="15">
         <v>10000018677</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>56</v>
@@ -1809,51 +1806,51 @@
       </c>
       <c r="E21" s="15">
         <v>10080017834</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>5000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04615</v>
       </c>
       <c r="L21" s="15">
         <v>0.0331</v>
       </c>
       <c r="M21" s="15">
         <v>0.02874</v>
       </c>
       <c r="N21" s="15">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080010899</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>59</v>
@@ -1880,57 +1877,57 @@
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10080067473</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>5000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.04111</v>
+        <v>0.02447</v>
       </c>
       <c r="L23" s="15">
-        <v>0.02947</v>
+        <v>0.0212</v>
       </c>
       <c r="M23" s="15">
-        <v>0.0256</v>
+        <v>0.02039</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10080026088</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="15" t="s">
@@ -2008,51 +2005,51 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>5000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02381</v>
       </c>
       <c r="L26" s="15">
         <v>0.01984</v>
       </c>
       <c r="M26" s="15">
         <v>0.01984</v>
       </c>
       <c r="N26" s="15">
-        <v>12600</v>
+        <v>17000</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="15">
         <v>10000020716</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>56</v>
@@ -2157,140 +2154,140 @@
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="15">
         <v>10080069749</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>5000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.04111</v>
+        <v>0.02447</v>
       </c>
       <c r="L30" s="15">
-        <v>0.02947</v>
+        <v>0.0212</v>
       </c>
       <c r="M30" s="15">
-        <v>0.0256</v>
+        <v>0.02039</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03602</v>
       </c>
       <c r="L31" s="15">
         <v>0.02606</v>
       </c>
       <c r="M31" s="15">
         <v>0.02274</v>
       </c>
       <c r="N31" s="15">
-        <v>22801</v>
+        <v>21702</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.03177</v>
+        <v>0.02196</v>
       </c>
       <c r="L32" s="15">
-        <v>0.02298</v>
+        <v>0.01903</v>
       </c>
       <c r="M32" s="15">
-        <v>0.02006</v>
+        <v>0.0183</v>
       </c>
       <c r="N32" s="15">
-        <v>3564</v>
+        <v>3326</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="15">
         <v>10000020717</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>56</v>
@@ -2326,133 +2323,133 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.04</v>
       </c>
       <c r="L34" s="15">
         <v>0.03</v>
       </c>
       <c r="M34" s="15">
         <v>0.025</v>
       </c>
       <c r="N34" s="15">
-        <v>4230</v>
+        <v>4343</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03</v>
       </c>
       <c r="L35" s="15">
         <v>0.025</v>
       </c>
       <c r="M35" s="15">
         <v>0.022</v>
       </c>
       <c r="N35" s="15">
-        <v>29506</v>
+        <v>27211</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="15">
         <v>10000018685</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03</v>
       </c>
       <c r="L36" s="15">
         <v>0.03</v>
       </c>
       <c r="M36" s="15">
         <v>0.03</v>
       </c>
       <c r="N36" s="15">
-        <v>987</v>
+        <v>800</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E37" s="15">
         <v>10080057852</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
@@ -2479,101 +2476,101 @@
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>5000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.04192</v>
+        <v>0.0233</v>
       </c>
       <c r="L38" s="15">
-        <v>0.02777</v>
+        <v>0.02019</v>
       </c>
       <c r="M38" s="15">
-        <v>0.02423</v>
+        <v>0.01941</v>
       </c>
       <c r="N38" s="15">
-        <v>653</v>
+        <v>625</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01546</v>
       </c>
       <c r="L39" s="15">
         <v>0.01427</v>
       </c>
       <c r="M39" s="15">
         <v>0.01427</v>
       </c>
       <c r="N39" s="15">
-        <v>828</v>
+        <v>737</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E40" s="15">
         <v>10000018686</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>56</v>
@@ -2639,60 +2636,60 @@
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.04111</v>
+        <v>0.02447</v>
       </c>
       <c r="L42" s="15">
-        <v>0.02947</v>
+        <v>0.0212</v>
       </c>
       <c r="M42" s="15">
-        <v>0.0256</v>
+        <v>0.02039</v>
       </c>
       <c r="N42" s="15">
-        <v>368</v>
+        <v>309</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E43" s="15">
         <v>10080026857</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>35</v>
@@ -2730,51 +2727,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>5000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02381</v>
       </c>
       <c r="L44" s="15">
         <v>0.01984</v>
       </c>
       <c r="M44" s="15">
         <v>0.01984</v>
       </c>
       <c r="N44" s="15">
-        <v>1147</v>
+        <v>1188</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>89</v>
@@ -2801,142 +2798,142 @@
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.03177</v>
+        <v>0.02196</v>
       </c>
       <c r="L46" s="15">
-        <v>0.02298</v>
+        <v>0.01903</v>
       </c>
       <c r="M46" s="15">
-        <v>0.02006</v>
+        <v>0.0183</v>
       </c>
       <c r="N46" s="15">
-        <v>3000</v>
+        <v>3700</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="15">
         <v>10080052802</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.04028</v>
+        <v>0.0224</v>
       </c>
       <c r="L47" s="15">
-        <v>0.02668</v>
+        <v>0.01941</v>
       </c>
       <c r="M47" s="15">
-        <v>0.02329</v>
+        <v>0.01866</v>
       </c>
       <c r="N47" s="15">
         <v>68</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E48" s="15">
         <v>10080028152</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>5000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03029</v>
       </c>
       <c r="L48" s="15">
         <v>0.02192</v>
       </c>
       <c r="M48" s="15">
         <v>0.01913</v>
       </c>
       <c r="N48" s="15">
-        <v>2020</v>
+        <v>2525</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
@@ -3050,96 +3047,96 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.01653</v>
       </c>
       <c r="L52" s="15">
         <v>0.01653</v>
       </c>
       <c r="M52" s="15">
         <v>0.01653</v>
       </c>
       <c r="N52" s="15">
-        <v>1736</v>
+        <v>1673</v>
       </c>
       <c r="O52" s="15">
-        <v>4150</v>
+        <v>4000</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E53" s="15">
         <v>10080052803</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.021</v>
+        <v>0.02186</v>
       </c>
       <c r="L53" s="15">
-        <v>0.021</v>
+        <v>0.01894</v>
       </c>
       <c r="M53" s="15">
-        <v>0.021</v>
+        <v>0.01821</v>
       </c>
       <c r="N53" s="15">
-        <v>259284</v>
+        <v>189720</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>35</v>
@@ -3205,57 +3202,57 @@
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E56" s="15">
         <v>10080012887</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.04713</v>
+        <v>0.02763</v>
       </c>
       <c r="L56" s="15">
-        <v>0.03379</v>
+        <v>0.02395</v>
       </c>
       <c r="M56" s="15">
-        <v>0.02935</v>
+        <v>0.02303</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H57" s="15" t="s">
@@ -3331,51 +3328,51 @@
       </c>
       <c r="E59" s="15">
         <v>10080012888</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>5000</v>
       </c>
       <c r="K59" s="15">
         <v>0.03</v>
       </c>
       <c r="L59" s="15">
         <v>0.025</v>
       </c>
       <c r="M59" s="15">
         <v>0.022</v>
       </c>
       <c r="N59" s="15">
-        <v>13042</v>
+        <v>12894</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
@@ -3450,213 +3447,213 @@
       </c>
       <c r="E62" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.035</v>
       </c>
       <c r="L62" s="15">
         <v>0.025</v>
       </c>
       <c r="M62" s="15">
         <v>0.022</v>
       </c>
       <c r="N62" s="15">
-        <v>9613</v>
+        <v>8864</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E63" s="15">
         <v>10000020718</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.035</v>
       </c>
       <c r="L63" s="15">
         <v>0.03</v>
       </c>
       <c r="M63" s="15">
         <v>0.028</v>
       </c>
       <c r="N63" s="15">
-        <v>1006</v>
+        <v>1437</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>5000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.025</v>
       </c>
       <c r="M64" s="15">
         <v>0.023</v>
       </c>
       <c r="N64" s="15">
-        <v>8800</v>
+        <v>6400</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080052804</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>5000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.04192</v>
+        <v>0.0233</v>
       </c>
       <c r="L65" s="15">
-        <v>0.02777</v>
+        <v>0.02019</v>
       </c>
       <c r="M65" s="15">
-        <v>0.02423</v>
+        <v>0.01941</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E66" s="15">
         <v>10080034969</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.03029</v>
       </c>
       <c r="L66" s="15">
         <v>0.02192</v>
       </c>
       <c r="M66" s="15">
         <v>0.01913</v>
       </c>
       <c r="N66" s="15">
-        <v>1290</v>
+        <v>854</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E67" s="15">
         <v>10080017096</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
@@ -3692,51 +3689,51 @@
       </c>
       <c r="E68" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.03225</v>
       </c>
       <c r="L68" s="15">
         <v>0.02333</v>
       </c>
       <c r="M68" s="15">
         <v>0.02036</v>
       </c>
       <c r="N68" s="15">
-        <v>390</v>
+        <v>458</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>35</v>
@@ -3772,51 +3769,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080028153</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03029</v>
       </c>
       <c r="L70" s="15">
         <v>0.02192</v>
       </c>
       <c r="M70" s="15">
         <v>0.01913</v>
       </c>
       <c r="N70" s="15">
-        <v>895</v>
+        <v>666</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E71" s="15">
         <v>10080062023</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>46</v>
@@ -3892,93 +3889,93 @@
       <c r="E73" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03225</v>
       </c>
       <c r="L73" s="15">
         <v>0.02333</v>
       </c>
       <c r="M73" s="15">
         <v>0.02036</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15">
-        <v>4350</v>
+        <v>3350</v>
       </c>
       <c r="P73" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.03053</v>
+        <v>0.02183</v>
       </c>
       <c r="L74" s="15">
-        <v>0.02209</v>
+        <v>0.01892</v>
       </c>
       <c r="M74" s="15">
-        <v>0.01928</v>
+        <v>0.01819</v>
       </c>
       <c r="N74" s="15">
-        <v>305</v>
+        <v>340</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E75" s="15">
         <v>10080012373</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>35</v>
@@ -4083,625 +4080,623 @@
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E78" s="15">
         <v>10080069750</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.02502</v>
+        <v>0.02444</v>
       </c>
       <c r="L78" s="15">
-        <v>0.02168</v>
+        <v>0.02118</v>
       </c>
       <c r="M78" s="15">
-        <v>0.02085</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.02036</v>
+      </c>
+      <c r="N78" s="15">
+        <v>45650</v>
+      </c>
+      <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.04108</v>
+        <v>0.02261</v>
       </c>
       <c r="L79" s="15">
-        <v>0.02721</v>
+        <v>0.01959</v>
       </c>
       <c r="M79" s="15">
-        <v>0.02375</v>
+        <v>0.01884</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
         <v>0.02717</v>
       </c>
       <c r="L80" s="15">
         <v>0.02397</v>
       </c>
       <c r="M80" s="15">
         <v>0.02157</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15">
-        <v>34937</v>
+        <v>30446</v>
       </c>
       <c r="P80" s="15" t="s">
-        <v>137</v>
+        <v>98</v>
       </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E81" s="15">
         <v>10080028035</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>5000</v>
       </c>
       <c r="K81" s="15">
         <v>0.08302</v>
       </c>
       <c r="L81" s="15">
         <v>0.0441</v>
       </c>
       <c r="M81" s="15">
         <v>0.03757</v>
       </c>
       <c r="N81" s="15">
         <v>55</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E82" s="15">
         <v>10080028154</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>2500</v>
       </c>
       <c r="K82" s="15">
         <v>0.08117000000000001</v>
       </c>
       <c r="L82" s="15">
         <v>0.04668</v>
       </c>
       <c r="M82" s="15">
         <v>0.04299</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E83" s="15">
         <v>10080073335</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.04215</v>
       </c>
       <c r="L83" s="15">
         <v>0.03021</v>
       </c>
       <c r="M83" s="15">
         <v>0.02624</v>
       </c>
       <c r="N83" s="15">
-        <v>3875</v>
+        <v>3162</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E84" s="15">
         <v>10080032874</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07495</v>
       </c>
       <c r="L84" s="15">
         <v>0.03982</v>
       </c>
       <c r="M84" s="15">
         <v>0.03396</v>
       </c>
       <c r="N84" s="15">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.08033999999999999</v>
       </c>
       <c r="L85" s="15">
         <v>0.06738</v>
       </c>
       <c r="M85" s="15">
         <v>0.06479</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E86" s="15">
         <v>10080037328</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.07772</v>
       </c>
       <c r="L86" s="15">
         <v>0.04129</v>
       </c>
       <c r="M86" s="15">
         <v>0.03521</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E87" s="15">
         <v>10080069751</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.02439</v>
       </c>
       <c r="L87" s="15">
         <v>0.02114</v>
       </c>
       <c r="M87" s="15">
         <v>0.02033</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D88" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="15" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.03246</v>
       </c>
       <c r="L88" s="15">
         <v>0.02</v>
       </c>
       <c r="M88" s="15">
         <v>0.018</v>
       </c>
       <c r="N88" s="15">
-        <v>3040</v>
+        <v>2760</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.03604</v>
+        <v>0.02468</v>
       </c>
       <c r="L89" s="15">
-        <v>0.02608</v>
+        <v>0.02139</v>
       </c>
       <c r="M89" s="15">
-        <v>0.02276</v>
+        <v>0.02056</v>
       </c>
       <c r="N89" s="15">
-        <v>3159</v>
+        <v>2808</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E90" s="15">
         <v>10080049089</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>5000</v>
       </c>
       <c r="K90" s="15">
         <v>0.04751</v>
       </c>
       <c r="L90" s="15">
         <v>0.03894</v>
       </c>
       <c r="M90" s="15">
         <v>0.03738</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E91" s="15">
         <v>10080052805</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.0205</v>
       </c>
       <c r="L91" s="15">
         <v>0.0205</v>
       </c>
       <c r="M91" s="15">
         <v>0.0205</v>
       </c>
       <c r="N91" s="15">
-        <v>32287</v>
+        <v>29953</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.03</v>
       </c>
       <c r="L92" s="15">
         <v>0.023</v>
       </c>
       <c r="M92" s="15">
         <v>0.018</v>
       </c>
-      <c r="N92" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14"/>
       <c r="C93" s="15"/>
       <c r="D93" s="15"/>
       <c r="E93" s="15"/>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15"/>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15"/>
       <c r="L93" s="15"/>
       <c r="M93" s="15"/>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
@@ -4743,317 +4738,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>