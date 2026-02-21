--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -310,51 +310,51 @@
   <si>
     <t>UT-00144720</t>
   </si>
   <si>
     <t>DL4742A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 12V) / DL4742A </t>
   </si>
   <si>
     <t>DL4742A</t>
   </si>
   <si>
     <t>(1W 12V) / DL4742A</t>
   </si>
   <si>
     <t>10-00075041</t>
   </si>
   <si>
     <t xml:space="preserve">DL4742A </t>
   </si>
   <si>
     <t>UT-00107126</t>
   </si>
   <si>
-    <t>23.04.2026</t>
+    <t>10.04.2026</t>
   </si>
   <si>
     <t>DL4744A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 15V) / DL4744A </t>
   </si>
   <si>
     <t xml:space="preserve">DL4744A </t>
   </si>
   <si>
     <t>10-00075042</t>
   </si>
   <si>
     <t>DL4744A</t>
   </si>
   <si>
     <t xml:space="preserve">(PBF,1W 15V) / DL4744A </t>
   </si>
   <si>
     <t>10-00075077</t>
   </si>
   <si>
     <t xml:space="preserve">DL4746A </t>
   </si>
@@ -1482,92 +1482,92 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.036</v>
       </c>
       <c r="L13" s="15">
         <v>0.02605</v>
       </c>
       <c r="M13" s="15">
         <v>0.02273</v>
       </c>
       <c r="N13" s="15">
-        <v>6425</v>
+        <v>6981</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.02196</v>
       </c>
       <c r="L14" s="15">
         <v>0.01903</v>
       </c>
       <c r="M14" s="15">
         <v>0.0183</v>
       </c>
       <c r="N14" s="15">
-        <v>3024</v>
+        <v>3696</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080052801</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>46</v>
@@ -1603,51 +1603,51 @@
       </c>
       <c r="E16" s="15">
         <v>10080073331</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0224</v>
       </c>
       <c r="L16" s="15">
         <v>0.01941</v>
       </c>
       <c r="M16" s="15">
         <v>0.01866</v>
       </c>
       <c r="N16" s="15">
-        <v>7888</v>
+        <v>6681</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080028150</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>51</v>
@@ -1683,92 +1683,92 @@
       </c>
       <c r="E18" s="15">
         <v>10080069748</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02369</v>
       </c>
       <c r="L18" s="15">
         <v>0.02053</v>
       </c>
       <c r="M18" s="15">
         <v>0.01974</v>
       </c>
       <c r="N18" s="15">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0273</v>
       </c>
       <c r="L19" s="15">
         <v>0.02409</v>
       </c>
       <c r="M19" s="15">
         <v>0.02168</v>
       </c>
       <c r="N19" s="15">
-        <v>786</v>
+        <v>867</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="15">
         <v>10000018677</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>56</v>
@@ -1806,51 +1806,51 @@
       </c>
       <c r="E21" s="15">
         <v>10080017834</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>5000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04615</v>
       </c>
       <c r="L21" s="15">
         <v>0.0331</v>
       </c>
       <c r="M21" s="15">
         <v>0.02874</v>
       </c>
       <c r="N21" s="15">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080010899</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>59</v>
@@ -1925,51 +1925,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080026088</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03639</v>
       </c>
       <c r="L24" s="15">
         <v>0.02633</v>
       </c>
       <c r="M24" s="15">
         <v>0.02297</v>
       </c>
       <c r="N24" s="15">
-        <v>13200</v>
+        <v>17583</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>35</v>
@@ -2005,51 +2005,51 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>5000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02381</v>
       </c>
       <c r="L26" s="15">
         <v>0.01984</v>
       </c>
       <c r="M26" s="15">
         <v>0.01984</v>
       </c>
       <c r="N26" s="15">
-        <v>17000</v>
+        <v>13200</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="15">
         <v>10000020716</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>56</v>
@@ -2202,92 +2202,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03602</v>
       </c>
       <c r="L31" s="15">
         <v>0.02606</v>
       </c>
       <c r="M31" s="15">
         <v>0.02274</v>
       </c>
       <c r="N31" s="15">
-        <v>21702</v>
+        <v>15537</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
         <v>0.02196</v>
       </c>
       <c r="L32" s="15">
         <v>0.01903</v>
       </c>
       <c r="M32" s="15">
         <v>0.0183</v>
       </c>
       <c r="N32" s="15">
-        <v>3326</v>
+        <v>3659</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="15">
         <v>10000020717</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>56</v>
@@ -2323,133 +2323,133 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.04</v>
       </c>
       <c r="L34" s="15">
         <v>0.03</v>
       </c>
       <c r="M34" s="15">
         <v>0.025</v>
       </c>
       <c r="N34" s="15">
-        <v>4343</v>
+        <v>4287</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03</v>
       </c>
       <c r="L35" s="15">
         <v>0.025</v>
       </c>
       <c r="M35" s="15">
         <v>0.022</v>
       </c>
       <c r="N35" s="15">
-        <v>27211</v>
+        <v>29506</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="15">
         <v>10000018685</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03</v>
       </c>
       <c r="L36" s="15">
         <v>0.03</v>
       </c>
       <c r="M36" s="15">
         <v>0.03</v>
       </c>
       <c r="N36" s="15">
-        <v>800</v>
+        <v>917</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E37" s="15">
         <v>10080057852</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
@@ -2485,92 +2485,92 @@
       </c>
       <c r="E38" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>5000</v>
       </c>
       <c r="K38" s="15">
         <v>0.0233</v>
       </c>
       <c r="L38" s="15">
         <v>0.02019</v>
       </c>
       <c r="M38" s="15">
         <v>0.01941</v>
       </c>
       <c r="N38" s="15">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01546</v>
       </c>
       <c r="L39" s="15">
         <v>0.01427</v>
       </c>
       <c r="M39" s="15">
         <v>0.01427</v>
       </c>
       <c r="N39" s="15">
-        <v>737</v>
+        <v>850</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E40" s="15">
         <v>10000018686</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>56</v>
@@ -2645,51 +2645,51 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02447</v>
       </c>
       <c r="L42" s="15">
         <v>0.0212</v>
       </c>
       <c r="M42" s="15">
         <v>0.02039</v>
       </c>
       <c r="N42" s="15">
-        <v>309</v>
+        <v>329</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E43" s="15">
         <v>10080026857</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>35</v>
@@ -2727,51 +2727,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>5000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02381</v>
       </c>
       <c r="L44" s="15">
         <v>0.01984</v>
       </c>
       <c r="M44" s="15">
         <v>0.01984</v>
       </c>
       <c r="N44" s="15">
-        <v>1188</v>
+        <v>953</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>89</v>
@@ -2807,51 +2807,51 @@
       </c>
       <c r="E46" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.02196</v>
       </c>
       <c r="L46" s="15">
         <v>0.01903</v>
       </c>
       <c r="M46" s="15">
         <v>0.0183</v>
       </c>
       <c r="N46" s="15">
-        <v>3700</v>
+        <v>4200</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="15">
         <v>10080052802</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>46</v>
@@ -2889,51 +2889,51 @@
       </c>
       <c r="E48" s="15">
         <v>10080028152</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>5000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03029</v>
       </c>
       <c r="L48" s="15">
         <v>0.02192</v>
       </c>
       <c r="M48" s="15">
         <v>0.01913</v>
       </c>
       <c r="N48" s="15">
-        <v>2525</v>
+        <v>1796</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
@@ -3038,105 +3038,105 @@
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.01653</v>
+        <v>0.02647</v>
       </c>
       <c r="L52" s="15">
-        <v>0.01653</v>
+        <v>0.02336</v>
       </c>
       <c r="M52" s="15">
-        <v>0.01653</v>
+        <v>0.02102</v>
       </c>
       <c r="N52" s="15">
-        <v>1673</v>
+        <v>1715</v>
       </c>
       <c r="O52" s="15">
-        <v>4000</v>
+        <v>4100</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E53" s="15">
         <v>10080052803</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.02186</v>
       </c>
       <c r="L53" s="15">
         <v>0.01894</v>
       </c>
       <c r="M53" s="15">
         <v>0.01821</v>
       </c>
       <c r="N53" s="15">
-        <v>189720</v>
+        <v>221340</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>35</v>
@@ -3328,51 +3328,51 @@
       </c>
       <c r="E59" s="15">
         <v>10080012888</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>5000</v>
       </c>
       <c r="K59" s="15">
         <v>0.03</v>
       </c>
       <c r="L59" s="15">
         <v>0.025</v>
       </c>
       <c r="M59" s="15">
         <v>0.022</v>
       </c>
       <c r="N59" s="15">
-        <v>12894</v>
+        <v>9782</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
@@ -3447,133 +3447,133 @@
       </c>
       <c r="E62" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.035</v>
       </c>
       <c r="L62" s="15">
         <v>0.025</v>
       </c>
       <c r="M62" s="15">
         <v>0.022</v>
       </c>
       <c r="N62" s="15">
-        <v>8864</v>
+        <v>10737</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E63" s="15">
         <v>10000020718</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.035</v>
       </c>
       <c r="L63" s="15">
         <v>0.03</v>
       </c>
       <c r="M63" s="15">
         <v>0.028</v>
       </c>
       <c r="N63" s="15">
-        <v>1437</v>
+        <v>1405</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>5000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.025</v>
       </c>
       <c r="M64" s="15">
         <v>0.023</v>
       </c>
       <c r="N64" s="15">
-        <v>6400</v>
+        <v>7200</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080052804</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>46</v>
@@ -3609,51 +3609,51 @@
       </c>
       <c r="E66" s="15">
         <v>10080034969</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.03029</v>
       </c>
       <c r="L66" s="15">
         <v>0.02192</v>
       </c>
       <c r="M66" s="15">
         <v>0.01913</v>
       </c>
       <c r="N66" s="15">
-        <v>854</v>
+        <v>994</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E67" s="15">
         <v>10080017096</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
@@ -3689,51 +3689,51 @@
       </c>
       <c r="E68" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.03225</v>
       </c>
       <c r="L68" s="15">
         <v>0.02333</v>
       </c>
       <c r="M68" s="15">
         <v>0.02036</v>
       </c>
       <c r="N68" s="15">
-        <v>458</v>
+        <v>396</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>35</v>
@@ -3769,51 +3769,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080028153</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03029</v>
       </c>
       <c r="L70" s="15">
         <v>0.02192</v>
       </c>
       <c r="M70" s="15">
         <v>0.01913</v>
       </c>
       <c r="N70" s="15">
-        <v>666</v>
+        <v>760</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E71" s="15">
         <v>10080062023</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>46</v>
@@ -3879,103 +3879,103 @@
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.03225</v>
+        <v>0.02647</v>
       </c>
       <c r="L73" s="15">
-        <v>0.02333</v>
+        <v>0.02336</v>
       </c>
       <c r="M73" s="15">
-        <v>0.02036</v>
+        <v>0.02102</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15">
-        <v>3350</v>
+        <v>3050</v>
       </c>
       <c r="P73" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02183</v>
       </c>
       <c r="L74" s="15">
         <v>0.01892</v>
       </c>
       <c r="M74" s="15">
         <v>0.01819</v>
       </c>
       <c r="N74" s="15">
-        <v>340</v>
+        <v>365</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E75" s="15">
         <v>10080012373</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>35</v>
@@ -4080,60 +4080,60 @@
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E78" s="15">
         <v>10080069750</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.02444</v>
+        <v>0.02427</v>
       </c>
       <c r="L78" s="15">
-        <v>0.02118</v>
+        <v>0.02103</v>
       </c>
       <c r="M78" s="15">
-        <v>0.02036</v>
+        <v>0.02023</v>
       </c>
       <c r="N78" s="15">
-        <v>45650</v>
+        <v>35750</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>43</v>
@@ -4170,51 +4170,51 @@
       <c r="E80" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
         <v>0.02717</v>
       </c>
       <c r="L80" s="15">
         <v>0.02397</v>
       </c>
       <c r="M80" s="15">
         <v>0.02157</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15">
-        <v>30446</v>
+        <v>37932</v>
       </c>
       <c r="P80" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E81" s="15">
         <v>10080028035</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H81" s="15" t="s">
@@ -4292,92 +4292,92 @@
       </c>
       <c r="E83" s="15">
         <v>10080073335</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.04215</v>
       </c>
       <c r="L83" s="15">
         <v>0.03021</v>
       </c>
       <c r="M83" s="15">
         <v>0.02624</v>
       </c>
       <c r="N83" s="15">
-        <v>3162</v>
+        <v>2761</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E84" s="15">
         <v>10080032874</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07495</v>
       </c>
       <c r="L84" s="15">
         <v>0.03982</v>
       </c>
       <c r="M84" s="15">
         <v>0.03396</v>
       </c>
       <c r="N84" s="15">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>144</v>
@@ -4491,92 +4491,92 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.03246</v>
       </c>
       <c r="L88" s="15">
         <v>0.02</v>
       </c>
       <c r="M88" s="15">
         <v>0.018</v>
       </c>
       <c r="N88" s="15">
-        <v>2760</v>
+        <v>2960</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02468</v>
       </c>
       <c r="L89" s="15">
         <v>0.02139</v>
       </c>
       <c r="M89" s="15">
         <v>0.02056</v>
       </c>
       <c r="N89" s="15">
-        <v>2808</v>
+        <v>2535</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E90" s="15">
         <v>10080049089</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
@@ -4612,51 +4612,51 @@
       </c>
       <c r="E91" s="15">
         <v>10080052805</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.0205</v>
       </c>
       <c r="L91" s="15">
         <v>0.0205</v>
       </c>
       <c r="M91" s="15">
         <v>0.0205</v>
       </c>
       <c r="N91" s="15">
-        <v>29953</v>
+        <v>24507</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>