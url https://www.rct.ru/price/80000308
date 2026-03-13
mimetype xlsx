--- v3 (2026-02-21)
+++ v4 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -310,51 +310,51 @@
   <si>
     <t>UT-00144720</t>
   </si>
   <si>
     <t>DL4742A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 12V) / DL4742A </t>
   </si>
   <si>
     <t>DL4742A</t>
   </si>
   <si>
     <t>(1W 12V) / DL4742A</t>
   </si>
   <si>
     <t>10-00075041</t>
   </si>
   <si>
     <t xml:space="preserve">DL4742A </t>
   </si>
   <si>
     <t>UT-00107126</t>
   </si>
   <si>
-    <t>10.04.2026</t>
+    <t>19.04.2026</t>
   </si>
   <si>
     <t>DL4744A-(LL-41)</t>
   </si>
   <si>
     <t xml:space="preserve">(1W 15V) / DL4744A </t>
   </si>
   <si>
     <t xml:space="preserve">DL4744A </t>
   </si>
   <si>
     <t>10-00075042</t>
   </si>
   <si>
     <t>DL4744A</t>
   </si>
   <si>
     <t xml:space="preserve">(PBF,1W 15V) / DL4744A </t>
   </si>
   <si>
     <t>10-00075077</t>
   </si>
   <si>
     <t xml:space="preserve">DL4746A </t>
   </si>
@@ -1482,92 +1482,92 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.036</v>
       </c>
       <c r="L13" s="15">
         <v>0.02605</v>
       </c>
       <c r="M13" s="15">
         <v>0.02273</v>
       </c>
       <c r="N13" s="15">
-        <v>6981</v>
+        <v>6346</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.02196</v>
       </c>
       <c r="L14" s="15">
         <v>0.01903</v>
       </c>
       <c r="M14" s="15">
         <v>0.0183</v>
       </c>
       <c r="N14" s="15">
-        <v>3696</v>
+        <v>4032</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080052801</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>46</v>
@@ -1603,51 +1603,51 @@
       </c>
       <c r="E16" s="15">
         <v>10080073331</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0224</v>
       </c>
       <c r="L16" s="15">
         <v>0.01941</v>
       </c>
       <c r="M16" s="15">
         <v>0.01866</v>
       </c>
       <c r="N16" s="15">
-        <v>6681</v>
+        <v>5846</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080028150</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>51</v>
@@ -1683,92 +1683,92 @@
       </c>
       <c r="E18" s="15">
         <v>10080069748</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02369</v>
       </c>
       <c r="L18" s="15">
         <v>0.02053</v>
       </c>
       <c r="M18" s="15">
         <v>0.01974</v>
       </c>
       <c r="N18" s="15">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0273</v>
       </c>
       <c r="L19" s="15">
         <v>0.02409</v>
       </c>
       <c r="M19" s="15">
         <v>0.02168</v>
       </c>
       <c r="N19" s="15">
-        <v>867</v>
+        <v>90</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="15">
         <v>10000018677</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>56</v>
@@ -1806,51 +1806,51 @@
       </c>
       <c r="E21" s="15">
         <v>10080017834</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>5000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04615</v>
       </c>
       <c r="L21" s="15">
         <v>0.0331</v>
       </c>
       <c r="M21" s="15">
         <v>0.02874</v>
       </c>
       <c r="N21" s="15">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080010899</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>59</v>
@@ -1925,51 +1925,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080026088</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03639</v>
       </c>
       <c r="L24" s="15">
         <v>0.02633</v>
       </c>
       <c r="M24" s="15">
         <v>0.02297</v>
       </c>
       <c r="N24" s="15">
-        <v>17583</v>
+        <v>13587</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>35</v>
@@ -2005,51 +2005,51 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>5000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02381</v>
       </c>
       <c r="L26" s="15">
         <v>0.01984</v>
       </c>
       <c r="M26" s="15">
         <v>0.01984</v>
       </c>
       <c r="N26" s="15">
-        <v>13200</v>
+        <v>15200</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="15">
         <v>10000020716</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>56</v>
@@ -2202,92 +2202,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03602</v>
       </c>
       <c r="L31" s="15">
         <v>0.02606</v>
       </c>
       <c r="M31" s="15">
         <v>0.02274</v>
       </c>
       <c r="N31" s="15">
-        <v>15537</v>
+        <v>20376</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
         <v>0.02196</v>
       </c>
       <c r="L32" s="15">
         <v>0.01903</v>
       </c>
       <c r="M32" s="15">
         <v>0.0183</v>
       </c>
       <c r="N32" s="15">
-        <v>3659</v>
+        <v>3374</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E33" s="15">
         <v>10000020717</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>56</v>
@@ -2323,133 +2323,133 @@
       </c>
       <c r="E34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.04</v>
       </c>
       <c r="L34" s="15">
         <v>0.03</v>
       </c>
       <c r="M34" s="15">
         <v>0.025</v>
       </c>
       <c r="N34" s="15">
-        <v>4287</v>
+        <v>3892</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03</v>
       </c>
       <c r="L35" s="15">
         <v>0.025</v>
       </c>
       <c r="M35" s="15">
         <v>0.022</v>
       </c>
       <c r="N35" s="15">
-        <v>29506</v>
+        <v>25182</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="15">
         <v>10000018685</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03</v>
       </c>
       <c r="L36" s="15">
         <v>0.03</v>
       </c>
       <c r="M36" s="15">
         <v>0.03</v>
       </c>
       <c r="N36" s="15">
-        <v>917</v>
+        <v>823</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E37" s="15">
         <v>10080057852</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
@@ -2485,92 +2485,92 @@
       </c>
       <c r="E38" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>5000</v>
       </c>
       <c r="K38" s="15">
         <v>0.0233</v>
       </c>
       <c r="L38" s="15">
         <v>0.02019</v>
       </c>
       <c r="M38" s="15">
         <v>0.01941</v>
       </c>
       <c r="N38" s="15">
-        <v>606</v>
+        <v>786</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01546</v>
       </c>
       <c r="L39" s="15">
         <v>0.01427</v>
       </c>
       <c r="M39" s="15">
         <v>0.01427</v>
       </c>
       <c r="N39" s="15">
-        <v>850</v>
+        <v>873</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E40" s="15">
         <v>10000018686</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>56</v>
@@ -2645,51 +2645,51 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02447</v>
       </c>
       <c r="L42" s="15">
         <v>0.0212</v>
       </c>
       <c r="M42" s="15">
         <v>0.02039</v>
       </c>
       <c r="N42" s="15">
-        <v>329</v>
+        <v>358</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E43" s="15">
         <v>10080026857</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>35</v>
@@ -2727,51 +2727,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>5000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02381</v>
       </c>
       <c r="L44" s="15">
         <v>0.01984</v>
       </c>
       <c r="M44" s="15">
         <v>0.01984</v>
       </c>
       <c r="N44" s="15">
-        <v>953</v>
+        <v>31</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>89</v>
@@ -2807,51 +2807,51 @@
       </c>
       <c r="E46" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.02196</v>
       </c>
       <c r="L46" s="15">
         <v>0.01903</v>
       </c>
       <c r="M46" s="15">
         <v>0.0183</v>
       </c>
       <c r="N46" s="15">
-        <v>4200</v>
+        <v>3350</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="15">
         <v>10080052802</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>46</v>
@@ -2889,51 +2889,51 @@
       </c>
       <c r="E48" s="15">
         <v>10080028152</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>5000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03029</v>
       </c>
       <c r="L48" s="15">
         <v>0.02192</v>
       </c>
       <c r="M48" s="15">
         <v>0.01913</v>
       </c>
       <c r="N48" s="15">
-        <v>1796</v>
+        <v>2160</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
@@ -3047,96 +3047,96 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.02647</v>
       </c>
       <c r="L52" s="15">
         <v>0.02336</v>
       </c>
       <c r="M52" s="15">
         <v>0.02102</v>
       </c>
       <c r="N52" s="15">
-        <v>1715</v>
+        <v>1462</v>
       </c>
       <c r="O52" s="15">
-        <v>4100</v>
+        <v>3500</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E53" s="15">
         <v>10080052803</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.02186</v>
       </c>
       <c r="L53" s="15">
         <v>0.01894</v>
       </c>
       <c r="M53" s="15">
         <v>0.01821</v>
       </c>
       <c r="N53" s="15">
-        <v>221340</v>
+        <v>243166</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>35</v>
@@ -3328,51 +3328,51 @@
       </c>
       <c r="E59" s="15">
         <v>10080012888</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>5000</v>
       </c>
       <c r="K59" s="15">
         <v>0.03</v>
       </c>
       <c r="L59" s="15">
         <v>0.025</v>
       </c>
       <c r="M59" s="15">
         <v>0.022</v>
       </c>
       <c r="N59" s="15">
-        <v>9782</v>
+        <v>12746</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
@@ -3447,133 +3447,133 @@
       </c>
       <c r="E62" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.035</v>
       </c>
       <c r="L62" s="15">
         <v>0.025</v>
       </c>
       <c r="M62" s="15">
         <v>0.022</v>
       </c>
       <c r="N62" s="15">
-        <v>10737</v>
+        <v>8864</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E63" s="15">
         <v>10000020718</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.035</v>
       </c>
       <c r="L63" s="15">
         <v>0.03</v>
       </c>
       <c r="M63" s="15">
         <v>0.028</v>
       </c>
       <c r="N63" s="15">
-        <v>1405</v>
+        <v>1150</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>5000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03</v>
       </c>
       <c r="L64" s="15">
         <v>0.025</v>
       </c>
       <c r="M64" s="15">
         <v>0.023</v>
       </c>
       <c r="N64" s="15">
-        <v>7200</v>
+        <v>9000</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080052804</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>46</v>
@@ -3609,51 +3609,51 @@
       </c>
       <c r="E66" s="15">
         <v>10080034969</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.03029</v>
       </c>
       <c r="L66" s="15">
         <v>0.02192</v>
       </c>
       <c r="M66" s="15">
         <v>0.01913</v>
       </c>
       <c r="N66" s="15">
-        <v>994</v>
+        <v>840</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E67" s="15">
         <v>10080017096</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
@@ -3689,51 +3689,51 @@
       </c>
       <c r="E68" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.03225</v>
       </c>
       <c r="L68" s="15">
         <v>0.02333</v>
       </c>
       <c r="M68" s="15">
         <v>0.02036</v>
       </c>
       <c r="N68" s="15">
-        <v>396</v>
+        <v>318</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>35</v>
@@ -3769,51 +3769,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080028153</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03029</v>
       </c>
       <c r="L70" s="15">
         <v>0.02192</v>
       </c>
       <c r="M70" s="15">
         <v>0.01913</v>
       </c>
       <c r="N70" s="15">
-        <v>760</v>
+        <v>656</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E71" s="15">
         <v>10080062023</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>46</v>
@@ -3889,93 +3889,93 @@
       <c r="E73" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
         <v>0.02647</v>
       </c>
       <c r="L73" s="15">
         <v>0.02336</v>
       </c>
       <c r="M73" s="15">
         <v>0.02102</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15">
-        <v>3050</v>
+        <v>4500</v>
       </c>
       <c r="P73" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02183</v>
       </c>
       <c r="L74" s="15">
         <v>0.01892</v>
       </c>
       <c r="M74" s="15">
         <v>0.01819</v>
       </c>
       <c r="N74" s="15">
-        <v>365</v>
+        <v>410</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E75" s="15">
         <v>10080012373</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>35</v>
@@ -4089,51 +4089,51 @@
       </c>
       <c r="E78" s="15">
         <v>10080069750</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
         <v>0.02427</v>
       </c>
       <c r="L78" s="15">
         <v>0.02103</v>
       </c>
       <c r="M78" s="15">
         <v>0.02023</v>
       </c>
       <c r="N78" s="15">
-        <v>35750</v>
+        <v>8537</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>43</v>
@@ -4170,51 +4170,51 @@
       <c r="E80" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
         <v>0.02717</v>
       </c>
       <c r="L80" s="15">
         <v>0.02397</v>
       </c>
       <c r="M80" s="15">
         <v>0.02157</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15">
-        <v>37932</v>
+        <v>44919</v>
       </c>
       <c r="P80" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E81" s="15">
         <v>10080028035</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H81" s="15" t="s">
@@ -4292,132 +4292,134 @@
       </c>
       <c r="E83" s="15">
         <v>10080073335</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.04215</v>
       </c>
       <c r="L83" s="15">
         <v>0.03021</v>
       </c>
       <c r="M83" s="15">
         <v>0.02624</v>
       </c>
       <c r="N83" s="15">
-        <v>2761</v>
+        <v>3474</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E84" s="15">
         <v>10080032874</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07495</v>
       </c>
       <c r="L84" s="15">
         <v>0.03982</v>
       </c>
       <c r="M84" s="15">
         <v>0.03396</v>
       </c>
       <c r="N84" s="15">
-        <v>114</v>
+        <v>101</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>144</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.08033999999999999</v>
       </c>
       <c r="L85" s="15">
         <v>0.06738</v>
       </c>
       <c r="M85" s="15">
         <v>0.06479</v>
       </c>
-      <c r="N85" s="15"/>
+      <c r="N85" s="15">
+        <v>20000</v>
+      </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E86" s="15">
         <v>10080037328</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
@@ -4491,92 +4493,92 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.03246</v>
       </c>
       <c r="L88" s="15">
         <v>0.02</v>
       </c>
       <c r="M88" s="15">
         <v>0.018</v>
       </c>
       <c r="N88" s="15">
-        <v>2960</v>
+        <v>2440</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02468</v>
       </c>
       <c r="L89" s="15">
         <v>0.02139</v>
       </c>
       <c r="M89" s="15">
         <v>0.02056</v>
       </c>
       <c r="N89" s="15">
-        <v>2535</v>
+        <v>2847</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E90" s="15">
         <v>10080049089</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
@@ -4612,51 +4614,51 @@
       </c>
       <c r="E91" s="15">
         <v>10080052805</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.0205</v>
       </c>
       <c r="L91" s="15">
         <v>0.0205</v>
       </c>
       <c r="M91" s="15">
         <v>0.0205</v>
       </c>
       <c r="N91" s="15">
-        <v>24507</v>
+        <v>33843</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>34</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>