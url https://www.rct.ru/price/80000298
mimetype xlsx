--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -308,50 +308,53 @@
     <t>300V 3A 50ns россыпь / HER304</t>
   </si>
   <si>
     <t>300V 3A 50ns лента/коробка / HER304</t>
   </si>
   <si>
     <t>10-00005898</t>
   </si>
   <si>
     <t>HER305</t>
   </si>
   <si>
     <t>400V 3A 30ns / HER305</t>
   </si>
   <si>
     <t>UT-00091400</t>
   </si>
   <si>
     <t>MDD</t>
   </si>
   <si>
     <t>HER308</t>
   </si>
   <si>
     <t>1000V 3A 75ns россыпь / HER308</t>
+  </si>
+  <si>
+    <t>21.04.2026</t>
   </si>
   <si>
     <t>1000V 3A / HER308</t>
   </si>
   <si>
     <t>UT-00093419</t>
   </si>
   <si>
     <t>UT-00099961</t>
   </si>
   <si>
     <t>1000V 3A 75ns лента/коробка / HER308</t>
   </si>
   <si>
     <t xml:space="preserve">HER508 </t>
   </si>
   <si>
     <t xml:space="preserve">лента/коробка / HER508 </t>
   </si>
   <si>
     <t>HER508</t>
   </si>
   <si>
     <t xml:space="preserve">россыпь / HER508 </t>
   </si>
@@ -1730,51 +1733,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080064140</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1500</v>
       </c>
       <c r="K11" s="15">
         <v>0.20782</v>
       </c>
       <c r="L11" s="15">
         <v>0.1743</v>
       </c>
       <c r="M11" s="15">
         <v>0.1676</v>
       </c>
       <c r="N11" s="15">
-        <v>273</v>
+        <v>325</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1849,51 +1852,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080039971</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01081</v>
       </c>
       <c r="L14" s="15">
         <v>0.01081</v>
       </c>
       <c r="M14" s="15">
         <v>0.01081</v>
       </c>
       <c r="N14" s="15">
-        <v>3256</v>
+        <v>2886</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080047707</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>48</v>
@@ -2130,92 +2133,92 @@
       </c>
       <c r="E21" s="15">
         <v>10080067479</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.02164</v>
       </c>
       <c r="L21" s="15">
         <v>0.01551</v>
       </c>
       <c r="M21" s="15">
         <v>0.01348</v>
       </c>
       <c r="N21" s="15">
-        <v>92</v>
+        <v>83</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="15">
         <v>10080050100</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02428</v>
       </c>
       <c r="L22" s="15">
         <v>0.01757</v>
       </c>
       <c r="M22" s="15">
         <v>0.01533</v>
       </c>
       <c r="N22" s="15">
-        <v>1219</v>
+        <v>1416</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15">
         <v>10080057796</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I23" s="15"/>
@@ -2249,51 +2252,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080034673</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02307</v>
       </c>
       <c r="L24" s="15">
         <v>0.01669</v>
       </c>
       <c r="M24" s="15">
         <v>0.01456</v>
       </c>
       <c r="N24" s="15">
-        <v>5292</v>
+        <v>5376</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10080067480</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>48</v>
@@ -2446,89 +2449,89 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04513</v>
       </c>
       <c r="L29" s="15">
         <v>0.03009</v>
       </c>
       <c r="M29" s="15">
         <v>0.02739</v>
       </c>
       <c r="N29" s="15">
-        <v>273</v>
+        <v>264</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="15">
         <v>10000004673</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>5000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.03073</v>
+        <v>0.01617</v>
       </c>
       <c r="L30" s="15">
-        <v>0.02561</v>
+        <v>0.01617</v>
       </c>
       <c r="M30" s="15">
-        <v>0.02459</v>
+        <v>0.01617</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E31" s="15">
         <v>10080056073</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H31" s="15" t="s">
@@ -2604,51 +2607,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080076309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>3000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0496</v>
       </c>
       <c r="L33" s="15">
         <v>0.03558</v>
       </c>
       <c r="M33" s="15">
         <v>0.03089</v>
       </c>
       <c r="N33" s="15">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>75</v>
@@ -2684,51 +2687,51 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.02686</v>
       </c>
       <c r="L35" s="15">
         <v>0.01944</v>
       </c>
       <c r="M35" s="15">
         <v>0.01696</v>
       </c>
       <c r="N35" s="15">
-        <v>1386</v>
+        <v>1323</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E36" s="15">
         <v>10000008320</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>52</v>
@@ -2842,51 +2845,51 @@
       </c>
       <c r="E39" s="15">
         <v>10080051605</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>250</v>
       </c>
       <c r="K39" s="15">
         <v>0.09522</v>
       </c>
       <c r="L39" s="15">
         <v>0.06801</v>
       </c>
       <c r="M39" s="15">
         <v>0.05894</v>
       </c>
       <c r="N39" s="15">
-        <v>515</v>
+        <v>638</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="15">
         <v>10080027929</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>44</v>
@@ -3002,51 +3005,51 @@
       </c>
       <c r="E43" s="15">
         <v>10000004711</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.09167</v>
       </c>
       <c r="L43" s="15">
         <v>0.08555</v>
       </c>
       <c r="M43" s="15">
         <v>0.08309999999999999</v>
       </c>
       <c r="N43" s="15">
-        <v>497</v>
+        <v>520</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E44" s="15">
         <v>10000021087</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>52</v>
@@ -3084,51 +3087,51 @@
       </c>
       <c r="E45" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.10673</v>
       </c>
       <c r="L45" s="15">
         <v>0.09872</v>
       </c>
       <c r="M45" s="15">
         <v>0.09343</v>
       </c>
       <c r="N45" s="15">
-        <v>720</v>
+        <v>670</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>95</v>
@@ -3167,65 +3170,67 @@
       <c r="E47" s="15">
         <v>10080051606</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1250</v>
       </c>
       <c r="K47" s="15">
         <v>0.08681</v>
       </c>
       <c r="L47" s="15">
         <v>0.06281</v>
       </c>
       <c r="M47" s="15">
         <v>0.05481</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15">
-        <v>3800</v>
-[...1 lines deleted...]
-      <c r="P47" s="15"/>
+        <v>4100</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>98</v>
+      </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E48" s="15">
         <v>10080056074</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1250</v>
       </c>
       <c r="K48" s="15">
         <v>0.09475</v>
       </c>
       <c r="L48" s="15">
         <v>0.06793</v>
       </c>
       <c r="M48" s="15">
         <v>0.059</v>
       </c>
       <c r="N48" s="15"/>
@@ -3262,4559 +3267,4559 @@
         <v>0.10877</v>
       </c>
       <c r="L49" s="15">
         <v>0.07799</v>
       </c>
       <c r="M49" s="15">
         <v>0.06771000000000001</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>250</v>
       </c>
       <c r="K50" s="15">
         <v>0.09999</v>
       </c>
       <c r="L50" s="15">
         <v>0.07169</v>
       </c>
       <c r="M50" s="15">
         <v>0.06227</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
         <v>0.08346000000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.05528</v>
       </c>
       <c r="M51" s="15">
         <v>0.04824</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E52" s="15">
         <v>10000004632</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1250</v>
       </c>
       <c r="K52" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L52" s="15">
         <v>0.0717</v>
       </c>
       <c r="M52" s="15">
         <v>0.06870999999999999</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E53" s="15">
         <v>10080016002</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1250</v>
       </c>
       <c r="K53" s="15">
         <v>0.09148000000000001</v>
       </c>
       <c r="L53" s="15">
         <v>0.06558</v>
       </c>
       <c r="M53" s="15">
         <v>0.05696</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E54" s="15">
         <v>10080050185</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>250</v>
       </c>
       <c r="K54" s="15">
         <v>0.1121</v>
       </c>
       <c r="L54" s="15">
         <v>0.08037</v>
       </c>
       <c r="M54" s="15">
         <v>0.06979</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E55" s="15">
         <v>10080028159</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1250</v>
       </c>
       <c r="K55" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="L55" s="15">
         <v>0.06002</v>
       </c>
       <c r="M55" s="15">
         <v>0.05238</v>
       </c>
       <c r="N55" s="15">
-        <v>4410</v>
+        <v>5320</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D56" s="15"/>
       <c r="E56" s="15">
         <v>10080057966</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.09268999999999999</v>
       </c>
       <c r="L56" s="15">
         <v>0.06646000000000001</v>
       </c>
       <c r="M56" s="15">
         <v>0.05772</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H57" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>2500</v>
       </c>
       <c r="K57" s="15">
         <v>0.0713</v>
       </c>
       <c r="L57" s="15">
         <v>0.0516</v>
       </c>
       <c r="M57" s="15">
         <v>0.045</v>
       </c>
       <c r="N57" s="15">
         <v>4</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E58" s="15">
         <v>10080039020</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.18167</v>
       </c>
       <c r="L58" s="15">
         <v>0.09653</v>
       </c>
       <c r="M58" s="15">
         <v>0.08232</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E59" s="15">
         <v>10080046364</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
         <v>0.08230999999999999</v>
       </c>
       <c r="L59" s="15">
         <v>0.05955</v>
       </c>
       <c r="M59" s="15">
         <v>0.05196</v>
       </c>
       <c r="N59" s="15">
         <v>91</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1250</v>
       </c>
       <c r="K60" s="15">
         <v>0.09347999999999999</v>
       </c>
       <c r="L60" s="15">
         <v>0.06763</v>
       </c>
       <c r="M60" s="15">
         <v>0.05902</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E61" s="15">
         <v>10080075064</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.09148000000000001</v>
       </c>
       <c r="L61" s="15">
         <v>0.06558</v>
       </c>
       <c r="M61" s="15">
         <v>0.05696</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H62" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1250</v>
       </c>
       <c r="K62" s="15">
         <v>0.07133</v>
       </c>
       <c r="L62" s="15">
         <v>0.05161</v>
       </c>
       <c r="M62" s="15">
         <v>0.04503</v>
       </c>
       <c r="N62" s="15">
-        <v>686</v>
+        <v>478</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E63" s="15">
         <v>10080026094</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1250</v>
       </c>
       <c r="K63" s="15">
         <v>0.09789</v>
       </c>
       <c r="L63" s="15">
         <v>0.08026</v>
       </c>
       <c r="M63" s="15">
         <v>0.077</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E64" s="15">
         <v>10080051531</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02434</v>
       </c>
       <c r="L64" s="15">
         <v>0.01739</v>
       </c>
       <c r="M64" s="15">
         <v>0.01565</v>
       </c>
       <c r="N64" s="15">
         <v>3780</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080028160</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2500</v>
       </c>
       <c r="K65" s="15">
         <v>0.05714</v>
       </c>
       <c r="L65" s="15">
         <v>0.03037</v>
       </c>
       <c r="M65" s="15">
         <v>0.02589</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E66" s="15">
         <v>10080061915</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.0236</v>
       </c>
       <c r="L66" s="15">
         <v>0.01902</v>
       </c>
       <c r="M66" s="15">
         <v>0.01827</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E67" s="15">
         <v>10080065234</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
         <v>0.01297</v>
       </c>
       <c r="L67" s="15">
         <v>0.009379999999999999</v>
       </c>
       <c r="M67" s="15">
         <v>0.008189999999999999</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E68" s="15">
         <v>10080039022</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.06395000000000001</v>
       </c>
       <c r="L68" s="15">
         <v>0.03398</v>
       </c>
       <c r="M68" s="15">
         <v>0.02898</v>
       </c>
       <c r="N68" s="15">
         <v>7</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E69" s="15">
         <v>10080010895</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.03108</v>
       </c>
       <c r="L69" s="15">
         <v>0.02229</v>
       </c>
       <c r="M69" s="15">
         <v>0.01934</v>
       </c>
       <c r="N69" s="15">
         <v>5</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E70" s="15">
         <v>10080009572</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.06611</v>
       </c>
       <c r="L70" s="15">
         <v>0.06404</v>
       </c>
       <c r="M70" s="15">
         <v>0.06184</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E71" s="15">
         <v>10080003247</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H71" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J71" s="15">
         <v>7500</v>
       </c>
       <c r="K71" s="15">
         <v>0.05431</v>
       </c>
       <c r="L71" s="15">
         <v>0.05024</v>
       </c>
       <c r="M71" s="15">
         <v>0.04889</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J72" s="15">
         <v>1800</v>
       </c>
       <c r="K72" s="15">
         <v>0.07743</v>
       </c>
       <c r="L72" s="15">
         <v>0.07160999999999999</v>
       </c>
       <c r="M72" s="15">
         <v>0.06775</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L73" s="15">
         <v>0.08419</v>
       </c>
       <c r="M73" s="15">
         <v>0.08147</v>
       </c>
       <c r="N73" s="15">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E74" s="15">
         <v>10080037400</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.04705</v>
       </c>
       <c r="L74" s="15">
         <v>0.03294</v>
       </c>
       <c r="M74" s="15">
         <v>0.03059</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E75" s="15">
         <v>10080047227</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>2000</v>
       </c>
       <c r="K75" s="15">
         <v>0.03729</v>
       </c>
       <c r="L75" s="15">
         <v>0.02577</v>
       </c>
       <c r="M75" s="15">
         <v>0.02221</v>
       </c>
       <c r="N75" s="15">
-        <v>7827</v>
+        <v>7255</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L76" s="15">
         <v>0.00745</v>
       </c>
       <c r="M76" s="15">
         <v>0.00745</v>
       </c>
       <c r="N76" s="15">
         <v>5095</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H77" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
         <v>0.07469000000000001</v>
       </c>
       <c r="L77" s="15">
         <v>0</v>
       </c>
       <c r="M77" s="15">
         <v>0</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>50</v>
       </c>
       <c r="K78" s="15">
         <v>0.26735</v>
       </c>
       <c r="L78" s="15">
         <v>0.26735</v>
       </c>
       <c r="M78" s="15">
         <v>0.26735</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
         <v>0.15994</v>
       </c>
       <c r="L79" s="15">
         <v>0.15299</v>
       </c>
       <c r="M79" s="15">
         <v>0.15299</v>
       </c>
       <c r="N79" s="15">
-        <v>1527</v>
+        <v>1570</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.06411</v>
       </c>
       <c r="L80" s="15">
         <v>0.05377</v>
       </c>
       <c r="M80" s="15">
         <v>0.0517</v>
       </c>
       <c r="N80" s="15">
-        <v>830</v>
+        <v>798</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.03626</v>
       </c>
       <c r="L81" s="15">
         <v>0.02623</v>
       </c>
       <c r="M81" s="15">
         <v>0.02289</v>
       </c>
       <c r="N81" s="15">
-        <v>9460</v>
+        <v>8910</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.0609</v>
       </c>
       <c r="L82" s="15">
         <v>0.04367</v>
       </c>
       <c r="M82" s="15">
         <v>0.03793</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E83" s="15">
         <v>10080071896</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06806</v>
       </c>
       <c r="L83" s="15">
         <v>0.05707</v>
       </c>
       <c r="M83" s="15">
         <v>0.05489</v>
       </c>
       <c r="N83" s="15">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.0216</v>
       </c>
       <c r="L84" s="15">
         <v>0.0216</v>
       </c>
       <c r="M84" s="15">
         <v>0.0216</v>
       </c>
       <c r="N84" s="15">
-        <v>2994</v>
+        <v>3035</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04162</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02628</v>
       </c>
       <c r="N85" s="15">
-        <v>3660</v>
+        <v>4320</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.0126</v>
       </c>
       <c r="L86" s="15">
         <v>0.0126</v>
       </c>
       <c r="M86" s="15">
         <v>0.0126</v>
       </c>
       <c r="N86" s="15">
-        <v>404</v>
+        <v>479</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.04263</v>
       </c>
       <c r="L87" s="15">
         <v>0.03575</v>
       </c>
       <c r="M87" s="15">
         <v>0.03437</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H88" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.54391</v>
       </c>
       <c r="L88" s="15">
         <v>0.45618</v>
       </c>
       <c r="M88" s="15">
         <v>0.43864</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.018</v>
       </c>
       <c r="L89" s="15">
         <v>0.018</v>
       </c>
       <c r="M89" s="15">
         <v>0.018</v>
       </c>
       <c r="N89" s="15">
-        <v>1700</v>
+        <v>1740</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
-        <v>0.03412</v>
+        <v>0.01848</v>
       </c>
       <c r="L90" s="15">
-        <v>0.02863</v>
+        <v>0.01848</v>
       </c>
       <c r="M90" s="15">
-        <v>0.02753</v>
+        <v>0.01848</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.03164</v>
       </c>
       <c r="L91" s="15">
         <v>0.02289</v>
       </c>
       <c r="M91" s="15">
         <v>0.01997</v>
       </c>
       <c r="N91" s="15">
-        <v>721</v>
+        <v>697</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>30</v>
       </c>
       <c r="K92" s="15">
         <v>5.65</v>
       </c>
       <c r="L92" s="15">
         <v>4.74</v>
       </c>
       <c r="M92" s="15">
         <v>4.56</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E93" s="15">
         <v>10080057055</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.21428</v>
       </c>
       <c r="L93" s="15">
         <v>0</v>
       </c>
       <c r="M93" s="15">
         <v>0</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.20084</v>
       </c>
       <c r="L94" s="15">
         <v>0.18901</v>
       </c>
       <c r="M94" s="15">
         <v>0.17722</v>
       </c>
       <c r="N94" s="15">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E95" s="15">
         <v>10080042670</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04139</v>
       </c>
       <c r="L95" s="15">
         <v>0.03449</v>
       </c>
       <c r="M95" s="15">
         <v>0.03449</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E96" s="15">
         <v>10080007297</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.22541</v>
       </c>
       <c r="L96" s="15">
         <v>0.21048</v>
       </c>
       <c r="M96" s="15">
         <v>0.20368</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
         <v>0.08673</v>
       </c>
       <c r="L97" s="15">
         <v>0.06219</v>
       </c>
       <c r="M97" s="15">
         <v>0.054</v>
       </c>
       <c r="N97" s="15">
-        <v>690</v>
+        <v>636</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05642</v>
       </c>
       <c r="L98" s="15">
         <v>0.036</v>
       </c>
       <c r="M98" s="15">
         <v>0.032</v>
       </c>
       <c r="N98" s="15">
-        <v>5220</v>
+        <v>3960</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E99" s="15">
         <v>10080017577</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.11916</v>
       </c>
       <c r="L99" s="15">
         <v>0.0993</v>
       </c>
       <c r="M99" s="15">
         <v>0.09532</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E100" s="15">
         <v>10080054444</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.0159</v>
       </c>
       <c r="L100" s="15">
         <v>0.01325</v>
       </c>
       <c r="M100" s="15">
         <v>0.01325</v>
       </c>
       <c r="N100" s="15">
         <v>15</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.01573</v>
       </c>
       <c r="L101" s="15">
         <v>0.01124</v>
       </c>
       <c r="M101" s="15">
         <v>0.009889999999999999</v>
       </c>
       <c r="N101" s="15">
-        <v>1575</v>
+        <v>2000</v>
       </c>
       <c r="O101" s="15">
-        <v>3150</v>
+        <v>4000</v>
       </c>
       <c r="P101" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.02472</v>
       </c>
       <c r="L102" s="15">
         <v>0.02074</v>
       </c>
       <c r="M102" s="15">
         <v>0.01994</v>
       </c>
       <c r="N102" s="15">
-        <v>952</v>
+        <v>781</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E103" s="15">
         <v>10080002333</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>5000</v>
       </c>
       <c r="K103" s="15">
         <v>0.02915</v>
       </c>
       <c r="L103" s="15">
         <v>0.02445</v>
       </c>
       <c r="M103" s="15">
         <v>0.02352</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E104" s="15">
         <v>10080027935</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>5000</v>
       </c>
       <c r="K104" s="15">
         <v>0.02297</v>
       </c>
       <c r="L104" s="15">
         <v>0.01641</v>
       </c>
       <c r="M104" s="15">
         <v>0.01421</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E105" s="15">
         <v>10080067488</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>5000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02146</v>
       </c>
       <c r="L105" s="15">
         <v>0.01539</v>
       </c>
       <c r="M105" s="15">
         <v>0.01335</v>
       </c>
       <c r="N105" s="15">
-        <v>581</v>
+        <v>758</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>5000</v>
       </c>
       <c r="K106" s="15">
         <v>0.01944</v>
       </c>
       <c r="L106" s="15">
         <v>0.01287</v>
       </c>
       <c r="M106" s="15">
         <v>0.01124</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E107" s="15">
         <v>10080027224</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
         <v>0.02615</v>
       </c>
       <c r="L107" s="15">
         <v>0.01876</v>
       </c>
       <c r="M107" s="15">
         <v>0.01628</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E108" s="15">
         <v>10080054445</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.04905</v>
       </c>
       <c r="L108" s="15">
         <v>0.04088</v>
       </c>
       <c r="M108" s="15">
         <v>0.04088</v>
       </c>
       <c r="N108" s="15">
-        <v>1420</v>
+        <v>1178</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E109" s="15">
         <v>10080054466</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1250</v>
       </c>
       <c r="K109" s="15">
         <v>0.09074</v>
       </c>
       <c r="L109" s="15">
         <v>0.07317</v>
       </c>
       <c r="M109" s="15">
         <v>0.07024</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E110" s="15">
         <v>10080027936</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.08334</v>
       </c>
       <c r="L110" s="15">
         <v>0.05975</v>
       </c>
       <c r="M110" s="15">
         <v>0.0519</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E111" s="15">
         <v>10080028876</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.19296</v>
       </c>
       <c r="L111" s="15">
         <v>0.10252</v>
       </c>
       <c r="M111" s="15">
         <v>0.08745</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E112" s="15">
         <v>10080069761</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="L112" s="15">
         <v>0.05399</v>
       </c>
       <c r="M112" s="15">
         <v>0.04689</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1250</v>
       </c>
       <c r="K113" s="15">
         <v>0.07078</v>
       </c>
       <c r="L113" s="15">
         <v>0.04689</v>
       </c>
       <c r="M113" s="15">
         <v>0.046</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>250</v>
       </c>
       <c r="K114" s="15">
         <v>0.07523000000000001</v>
       </c>
       <c r="L114" s="15">
         <v>0.048</v>
       </c>
       <c r="M114" s="15">
         <v>0.044</v>
       </c>
       <c r="N114" s="15">
-        <v>8680</v>
+        <v>10220</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E115" s="15">
         <v>10080018929</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1250</v>
       </c>
       <c r="K115" s="15">
         <v>0.10751</v>
       </c>
       <c r="L115" s="15">
         <v>0.0896</v>
       </c>
       <c r="M115" s="15">
         <v>0.08601</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E116" s="15">
         <v>10080064574</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H116" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.12491</v>
       </c>
       <c r="L116" s="15">
         <v>0.1041</v>
       </c>
       <c r="M116" s="15">
         <v>0.09991999999999999</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E117" s="15">
         <v>10080038717</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.02819</v>
       </c>
       <c r="L117" s="15">
         <v>0.01562</v>
       </c>
       <c r="M117" s="15">
         <v>0.01358</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E118" s="15">
         <v>10080026104</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>5000</v>
       </c>
       <c r="K118" s="15">
         <v>0.01631</v>
       </c>
       <c r="L118" s="15">
         <v>0.01112</v>
       </c>
       <c r="M118" s="15">
         <v>0.009639999999999999</v>
       </c>
       <c r="N118" s="15">
         <v>61</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E119" s="15">
         <v>10080009766</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J119" s="15">
         <v>5000</v>
       </c>
       <c r="K119" s="15">
         <v>0.05431</v>
       </c>
       <c r="L119" s="15">
         <v>0.05161</v>
       </c>
       <c r="M119" s="15">
         <v>0.04889</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E120" s="15">
         <v>10080009809</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J120" s="15">
         <v>1800</v>
       </c>
       <c r="K120" s="15">
         <v>0.07142999999999999</v>
       </c>
       <c r="L120" s="15">
         <v>0.05351</v>
       </c>
       <c r="M120" s="15">
         <v>0.05173</v>
       </c>
       <c r="N120" s="15">
-        <v>310</v>
+        <v>355</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D121" s="15"/>
       <c r="E121" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>5000</v>
       </c>
       <c r="K121" s="15">
         <v>0.01259</v>
       </c>
       <c r="L121" s="15">
         <v>0.00834</v>
       </c>
       <c r="M121" s="15">
         <v>0.00728</v>
       </c>
       <c r="N121" s="15">
         <v>100</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00868</v>
       </c>
       <c r="L122" s="15">
         <v>0.00628</v>
       </c>
       <c r="M122" s="15">
         <v>0.00548</v>
       </c>
       <c r="N122" s="15">
-        <v>16081</v>
+        <v>14880</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D123" s="15"/>
       <c r="E123" s="15">
         <v>10080017852</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.0092</v>
       </c>
       <c r="L123" s="15">
         <v>0.00666</v>
       </c>
       <c r="M123" s="15">
         <v>0.00581</v>
       </c>
       <c r="N123" s="15">
-        <v>31534</v>
+        <v>32259</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H124" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.04209</v>
       </c>
       <c r="L124" s="15">
         <v>0.02851</v>
       </c>
       <c r="M124" s="15">
         <v>0.02715</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>6000</v>
       </c>
       <c r="K125" s="15">
         <v>0.04451</v>
       </c>
       <c r="L125" s="15">
         <v>0.0383</v>
       </c>
       <c r="M125" s="15">
         <v>0.03519</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E126" s="15">
         <v>10000019440</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>5000</v>
       </c>
       <c r="K126" s="15">
         <v>0.04945</v>
       </c>
       <c r="L126" s="15">
         <v>0.04313</v>
       </c>
       <c r="M126" s="15">
         <v>0.0391</v>
       </c>
       <c r="N126" s="15">
-        <v>35926</v>
+        <v>29394</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E127" s="15">
         <v>10080062051</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.01584</v>
       </c>
       <c r="L127" s="15">
         <v>0.01049</v>
       </c>
       <c r="M127" s="15">
         <v>0.00915</v>
       </c>
       <c r="N127" s="15">
-        <v>902</v>
+        <v>892</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E128" s="15">
         <v>10080046368</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>5000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.01096</v>
+        <v>0.00556</v>
       </c>
       <c r="L128" s="15">
-        <v>0.00793</v>
+        <v>0.00556</v>
       </c>
       <c r="M128" s="15">
-        <v>0.00692</v>
+        <v>0.00556</v>
       </c>
       <c r="N128" s="15">
-        <v>18548</v>
+        <v>12571</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E129" s="15">
         <v>10080009657</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H129" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>1800</v>
       </c>
       <c r="K129" s="15">
         <v>0.05974</v>
       </c>
       <c r="L129" s="15">
         <v>0.05269</v>
       </c>
       <c r="M129" s="15">
         <v>0.05092</v>
       </c>
       <c r="N129" s="15">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00814</v>
       </c>
       <c r="L130" s="15">
         <v>0.00589</v>
       </c>
       <c r="M130" s="15">
         <v>0.00514</v>
       </c>
       <c r="N130" s="15">
-        <v>28470</v>
+        <v>26572</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E131" s="15">
         <v>10000016478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>5000</v>
       </c>
       <c r="K131" s="15">
         <v>0.05929</v>
       </c>
       <c r="L131" s="15">
         <v>0.05737</v>
       </c>
       <c r="M131" s="15">
         <v>0.05548</v>
       </c>
       <c r="N131" s="15">
-        <v>1798</v>
+        <v>1905</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E132" s="15">
         <v>10000022472</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>5000</v>
       </c>
       <c r="K132" s="15">
         <v>0.04025</v>
       </c>
       <c r="L132" s="15">
         <v>0.04025</v>
       </c>
       <c r="M132" s="15">
         <v>0.04025</v>
       </c>
       <c r="N132" s="15">
-        <v>12284</v>
+        <v>11248</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E133" s="15">
         <v>10080012868</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
         <v>0.00886</v>
       </c>
       <c r="L133" s="15">
         <v>0.00633</v>
       </c>
       <c r="M133" s="15">
         <v>0.0057</v>
       </c>
       <c r="N133" s="15">
-        <v>8420</v>
+        <v>7272</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E134" s="15">
         <v>10080051495</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.01465</v>
       </c>
       <c r="L134" s="15">
         <v>0.01049</v>
       </c>
       <c r="M134" s="15">
         <v>0.00912</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E135" s="15">
         <v>10080028877</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J135" s="15">
         <v>5000</v>
       </c>
       <c r="K135" s="15">
         <v>0.04019</v>
       </c>
       <c r="L135" s="15">
         <v>0.02131</v>
       </c>
       <c r="M135" s="15">
         <v>0.01819</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E136" s="15">
         <v>10080039931</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J136" s="15">
         <v>5000</v>
       </c>
       <c r="K136" s="15">
         <v>0.01842</v>
       </c>
       <c r="L136" s="15">
         <v>0.01258</v>
       </c>
       <c r="M136" s="15">
         <v>0.01089</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E137" s="15">
         <v>10080009659</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H137" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J137" s="15">
         <v>1800</v>
       </c>
       <c r="K137" s="15">
         <v>0.05609</v>
       </c>
       <c r="L137" s="15">
         <v>0.05254</v>
       </c>
       <c r="M137" s="15">
         <v>0.05078</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E138" s="15">
         <v>10080008594</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J138" s="15">
         <v>5000</v>
       </c>
       <c r="K138" s="15">
         <v>0.06518</v>
       </c>
       <c r="L138" s="15">
         <v>0.06383</v>
       </c>
       <c r="M138" s="15">
         <v>0.06111</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E139" s="15">
         <v>10080008340</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H139" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J139" s="15">
         <v>2000</v>
       </c>
       <c r="K139" s="15">
         <v>0.05431</v>
       </c>
       <c r="L139" s="15">
         <v>0</v>
       </c>
       <c r="M139" s="15">
         <v>0</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H140" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J140" s="15">
         <v>5000</v>
       </c>
       <c r="K140" s="15">
         <v>0.02015</v>
       </c>
       <c r="L140" s="15">
         <v>0.01689</v>
       </c>
       <c r="M140" s="15">
         <v>0.01625</v>
       </c>
       <c r="N140" s="15">
-        <v>7470</v>
+        <v>8100</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H141" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.01951</v>
       </c>
       <c r="L141" s="15">
         <v>0.01637</v>
       </c>
       <c r="M141" s="15">
         <v>0.01574</v>
       </c>
       <c r="N141" s="15">
-        <v>3019</v>
+        <v>2776</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H142" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J142" s="15">
         <v>2000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00814</v>
       </c>
       <c r="L142" s="15">
         <v>0.00589</v>
       </c>
       <c r="M142" s="15">
         <v>0.00514</v>
       </c>
       <c r="N142" s="15">
-        <v>1470</v>
+        <v>1169</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E143" s="15">
         <v>10080012869</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I143" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J143" s="15">
         <v>2000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00885</v>
       </c>
       <c r="L143" s="15">
         <v>0.00641</v>
       </c>
       <c r="M143" s="15">
         <v>0.00559</v>
       </c>
       <c r="N143" s="15">
-        <v>135041</v>
+        <v>173302</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E144" s="15">
         <v>10080001849</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J144" s="15">
         <v>5000</v>
       </c>
       <c r="K144" s="15">
         <v>0.0699</v>
       </c>
       <c r="L144" s="15">
         <v>0.06772</v>
       </c>
       <c r="M144" s="15">
         <v>0.06539</v>
       </c>
       <c r="N144" s="15">
         <v>10</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E145" s="15">
         <v>10080052931</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H145" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.02796</v>
       </c>
       <c r="L145" s="15">
         <v>0.01864</v>
       </c>
       <c r="M145" s="15">
         <v>0.01718</v>
       </c>
       <c r="N145" s="15">
         <v>8</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E146" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H146" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>3000</v>
       </c>
       <c r="K146" s="15">
         <v>0.86198</v>
       </c>
       <c r="L146" s="15">
         <v>0.72295</v>
       </c>
       <c r="M146" s="15">
         <v>0.69515</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E147" s="15">
         <v>10080052956</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>3000</v>
       </c>
       <c r="K147" s="15">
         <v>0.0717</v>
       </c>
       <c r="L147" s="15">
         <v>0.04889</v>
       </c>
       <c r="M147" s="15">
         <v>0.04235</v>
       </c>
       <c r="N147" s="15">
         <v>8</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E148" s="15">
         <v>10080034574</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>3000</v>
       </c>
       <c r="K148" s="15">
         <v>0.10827</v>
       </c>
       <c r="L148" s="15">
         <v>0.05752</v>
       </c>
       <c r="M148" s="15">
         <v>0.04905</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E149" s="15">
         <v>10080039991</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>3000</v>
       </c>
       <c r="K149" s="15">
         <v>0.05958</v>
       </c>
       <c r="L149" s="15">
         <v>0.04062</v>
       </c>
       <c r="M149" s="15">
         <v>0.0352</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E150" s="15">
         <v>10080042671</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>3000</v>
       </c>
       <c r="K150" s="15">
         <v>0.04076</v>
       </c>
       <c r="L150" s="15">
         <v>0.02922</v>
       </c>
       <c r="M150" s="15">
         <v>0.02537</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E151" s="15">
         <v>10080076290</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>5000</v>
       </c>
       <c r="K151" s="15">
         <v>0.04531</v>
       </c>
       <c r="L151" s="15">
         <v>0.03249</v>
       </c>
       <c r="M151" s="15">
         <v>0.02821</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E152" s="15">
         <v>10080076312</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>3000</v>
       </c>
       <c r="K152" s="15">
         <v>0.06125</v>
       </c>
       <c r="L152" s="15">
         <v>0.0439</v>
       </c>
       <c r="M152" s="15">
         <v>0.03813</v>
       </c>
       <c r="N152" s="15">
-        <v>2340</v>
+        <v>2220</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>3000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.05138</v>
+        <v>0.0278</v>
       </c>
       <c r="L153" s="15">
-        <v>0.04309</v>
+        <v>0.0278</v>
       </c>
       <c r="M153" s="15">
-        <v>0.04143</v>
+        <v>0.0278</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E154" s="15">
         <v>10080052932</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H154" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.06644</v>
       </c>
       <c r="L154" s="15">
         <v>0.04419</v>
       </c>
       <c r="M154" s="15">
         <v>0.03994</v>
       </c>
       <c r="N154" s="15">
         <v>50</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E155" s="15">
         <v>10080008622</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.17653</v>
       </c>
       <c r="L155" s="15">
         <v>0.17111</v>
       </c>
       <c r="M155" s="15">
         <v>0.1643</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E156" s="15">
         <v>10080052799</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>3000</v>
       </c>
       <c r="K156" s="15">
         <v>0.04731</v>
       </c>
       <c r="L156" s="15">
         <v>0.03968</v>
       </c>
       <c r="M156" s="15">
         <v>0.03815</v>
       </c>
       <c r="N156" s="15">
-        <v>24991</v>
+        <v>27602</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E157" s="15">
         <v>10080056018</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>3000</v>
       </c>
       <c r="K157" s="15">
         <v>0.12203</v>
       </c>
       <c r="L157" s="15">
         <v>0.08749</v>
       </c>
       <c r="M157" s="15">
         <v>0.07599</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E158" s="15">
         <v>10080032865</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>3000</v>
       </c>
       <c r="K158" s="15">
         <v>0.18308</v>
       </c>
       <c r="L158" s="15">
         <v>0.09726</v>
       </c>
       <c r="M158" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E159" s="15">
         <v>10080042672</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>3000</v>
       </c>
       <c r="K159" s="15">
         <v>0.03735</v>
       </c>
       <c r="L159" s="15">
         <v>0.03448</v>
       </c>
       <c r="M159" s="15">
         <v>0.03448</v>
       </c>
       <c r="N159" s="15">
-        <v>34429</v>
+        <v>41423</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H160" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>3000</v>
       </c>
       <c r="K160" s="15">
         <v>0.05238</v>
       </c>
       <c r="L160" s="15">
         <v>0.0379</v>
       </c>
       <c r="M160" s="15">
         <v>0.03307</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E161" s="15">
         <v>10080018927</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>3000</v>
       </c>
       <c r="K161" s="15">
         <v>0.06351999999999999</v>
       </c>
       <c r="L161" s="15">
         <v>0.04595</v>
       </c>
       <c r="M161" s="15">
         <v>0.0401</v>
       </c>
       <c r="N161" s="15">
-        <v>33300</v>
+        <v>34650</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>50</v>
       </c>
       <c r="K162" s="15">
         <v>1.59</v>
       </c>
       <c r="L162" s="15">
         <v>1.34</v>
       </c>
       <c r="M162" s="15">
         <v>1.29</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14"/>
@@ -7874,317 +7879,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>