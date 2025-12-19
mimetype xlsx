--- v1 (2025-12-14)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1733,51 +1733,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080064140</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1500</v>
       </c>
       <c r="K11" s="15">
         <v>0.20782</v>
       </c>
       <c r="L11" s="15">
         <v>0.1743</v>
       </c>
       <c r="M11" s="15">
         <v>0.1676</v>
       </c>
       <c r="N11" s="15">
-        <v>325</v>
+        <v>292</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1852,51 +1852,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080039971</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01081</v>
       </c>
       <c r="L14" s="15">
         <v>0.01081</v>
       </c>
       <c r="M14" s="15">
         <v>0.01081</v>
       </c>
       <c r="N14" s="15">
-        <v>2886</v>
+        <v>3293</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080047707</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>48</v>
@@ -1962,57 +1962,57 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>5000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.01651</v>
+        <v>0.009379999999999999</v>
       </c>
       <c r="L17" s="15">
-        <v>0.01094</v>
+        <v>0.00813</v>
       </c>
       <c r="M17" s="15">
-        <v>0.009549999999999999</v>
+        <v>0.00781</v>
       </c>
       <c r="N17" s="15">
         <v>66</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="15">
         <v>10080007053</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>43</v>
@@ -2174,51 +2174,51 @@
       </c>
       <c r="E22" s="15">
         <v>10080050100</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02428</v>
       </c>
       <c r="L22" s="15">
         <v>0.01757</v>
       </c>
       <c r="M22" s="15">
         <v>0.01533</v>
       </c>
       <c r="N22" s="15">
-        <v>1416</v>
+        <v>1273</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15">
         <v>10080057796</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I23" s="15"/>
@@ -2252,51 +2252,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080034673</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02307</v>
       </c>
       <c r="L24" s="15">
         <v>0.01669</v>
       </c>
       <c r="M24" s="15">
         <v>0.01456</v>
       </c>
       <c r="N24" s="15">
-        <v>5376</v>
+        <v>7308</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10080067480</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>48</v>
@@ -2362,57 +2362,57 @@
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="15">
         <v>10080075797</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.02769</v>
+        <v>0.01538</v>
       </c>
       <c r="L27" s="15">
-        <v>0.01985</v>
+        <v>0.01333</v>
       </c>
       <c r="M27" s="15">
-        <v>0.01724</v>
+        <v>0.01281</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H28" s="15" t="s">
@@ -2449,51 +2449,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04513</v>
       </c>
       <c r="L29" s="15">
         <v>0.03009</v>
       </c>
       <c r="M29" s="15">
         <v>0.02739</v>
       </c>
       <c r="N29" s="15">
-        <v>264</v>
+        <v>236</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="15">
         <v>10000004673</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>52</v>
@@ -2607,51 +2607,51 @@
       </c>
       <c r="E33" s="15">
         <v>10080076309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>3000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0496</v>
       </c>
       <c r="L33" s="15">
         <v>0.03558</v>
       </c>
       <c r="M33" s="15">
         <v>0.03089</v>
       </c>
       <c r="N33" s="15">
-        <v>219</v>
+        <v>206</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>75</v>
@@ -2687,51 +2687,51 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.02686</v>
       </c>
       <c r="L35" s="15">
         <v>0.01944</v>
       </c>
       <c r="M35" s="15">
         <v>0.01696</v>
       </c>
       <c r="N35" s="15">
-        <v>1323</v>
+        <v>1056</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E36" s="15">
         <v>10000008320</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>52</v>
@@ -2845,51 +2845,51 @@
       </c>
       <c r="E39" s="15">
         <v>10080051605</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>250</v>
       </c>
       <c r="K39" s="15">
         <v>0.09522</v>
       </c>
       <c r="L39" s="15">
         <v>0.06801</v>
       </c>
       <c r="M39" s="15">
         <v>0.05894</v>
       </c>
       <c r="N39" s="15">
-        <v>638</v>
+        <v>601</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="15">
         <v>10080027929</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>44</v>
@@ -3005,92 +3005,92 @@
       </c>
       <c r="E43" s="15">
         <v>10000004711</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.09167</v>
       </c>
       <c r="L43" s="15">
         <v>0.08555</v>
       </c>
       <c r="M43" s="15">
         <v>0.08309999999999999</v>
       </c>
       <c r="N43" s="15">
-        <v>520</v>
+        <v>347</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E44" s="15">
         <v>10000021087</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1250</v>
       </c>
       <c r="K44" s="15">
         <v>0.09370000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.09099</v>
       </c>
       <c r="M44" s="15">
         <v>0.08691</v>
       </c>
       <c r="N44" s="15">
-        <v>225</v>
+        <v>244</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>44</v>
@@ -3170,51 +3170,51 @@
       <c r="E47" s="15">
         <v>10080051606</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1250</v>
       </c>
       <c r="K47" s="15">
         <v>0.08681</v>
       </c>
       <c r="L47" s="15">
         <v>0.06281</v>
       </c>
       <c r="M47" s="15">
         <v>0.05481</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15">
-        <v>4100</v>
+        <v>4300</v>
       </c>
       <c r="P47" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E48" s="15">
         <v>10080056074</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H48" s="15" t="s">
@@ -3242,135 +3242,135 @@
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E49" s="15">
         <v>10080027930</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>
       </c>
       <c r="K49" s="15">
-        <v>0.10877</v>
+        <v>0.05813</v>
       </c>
       <c r="L49" s="15">
-        <v>0.07799</v>
+        <v>0.05038</v>
       </c>
       <c r="M49" s="15">
-        <v>0.06771000000000001</v>
+        <v>0.04844</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>250</v>
       </c>
       <c r="K50" s="15">
-        <v>0.09999</v>
+        <v>0.05529</v>
       </c>
       <c r="L50" s="15">
-        <v>0.07169</v>
+        <v>0.04792</v>
       </c>
       <c r="M50" s="15">
-        <v>0.06227</v>
+        <v>0.04608</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
-        <v>0.08346000000000001</v>
+        <v>0.04689</v>
       </c>
       <c r="L51" s="15">
-        <v>0.05528</v>
+        <v>0.04064</v>
       </c>
       <c r="M51" s="15">
-        <v>0.04824</v>
+        <v>0.03908</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E52" s="15">
         <v>10000004632</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H52" s="15" t="s">
@@ -3437,99 +3437,99 @@
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E54" s="15">
         <v>10080050185</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>250</v>
       </c>
       <c r="K54" s="15">
-        <v>0.1121</v>
+        <v>0.06173</v>
       </c>
       <c r="L54" s="15">
-        <v>0.08037</v>
+        <v>0.0535</v>
       </c>
       <c r="M54" s="15">
-        <v>0.06979</v>
+        <v>0.05144</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E55" s="15">
         <v>10080028159</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1250</v>
       </c>
       <c r="K55" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="L55" s="15">
         <v>0.06002</v>
       </c>
       <c r="M55" s="15">
         <v>0.05238</v>
       </c>
       <c r="N55" s="15">
-        <v>5320</v>
+        <v>5810</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D56" s="15"/>
       <c r="E56" s="15">
         <v>10080057966</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I56" s="15"/>
@@ -3643,51 +3643,51 @@
       </c>
       <c r="E59" s="15">
         <v>10080046364</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
         <v>0.08230999999999999</v>
       </c>
       <c r="L59" s="15">
         <v>0.05955</v>
       </c>
       <c r="M59" s="15">
         <v>0.05196</v>
       </c>
       <c r="N59" s="15">
-        <v>91</v>
+        <v>119</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>48</v>
@@ -3762,51 +3762,51 @@
       </c>
       <c r="E62" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1250</v>
       </c>
       <c r="K62" s="15">
         <v>0.07133</v>
       </c>
       <c r="L62" s="15">
         <v>0.05161</v>
       </c>
       <c r="M62" s="15">
         <v>0.04503</v>
       </c>
       <c r="N62" s="15">
-        <v>478</v>
+        <v>693</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E63" s="15">
         <v>10080026094</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>49</v>
@@ -3844,51 +3844,51 @@
         <v>10080051531</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02434</v>
       </c>
       <c r="L64" s="15">
         <v>0.01739</v>
       </c>
       <c r="M64" s="15">
         <v>0.01565</v>
       </c>
       <c r="N64" s="15">
-        <v>3780</v>
+        <v>4500</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080028160</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>60</v>
@@ -4211,51 +4211,51 @@
         <v>125</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L73" s="15">
         <v>0.08419</v>
       </c>
       <c r="M73" s="15">
         <v>0.08147</v>
       </c>
       <c r="N73" s="15">
-        <v>173</v>
+        <v>234</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E74" s="15">
         <v>10080037400</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>60</v>
@@ -4291,92 +4291,92 @@
       </c>
       <c r="E75" s="15">
         <v>10080047227</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>2000</v>
       </c>
       <c r="K75" s="15">
         <v>0.03729</v>
       </c>
       <c r="L75" s="15">
         <v>0.02577</v>
       </c>
       <c r="M75" s="15">
         <v>0.02221</v>
       </c>
       <c r="N75" s="15">
-        <v>7255</v>
+        <v>5918</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L76" s="15">
         <v>0.00745</v>
       </c>
       <c r="M76" s="15">
         <v>0.00745</v>
       </c>
       <c r="N76" s="15">
-        <v>5095</v>
+        <v>6282</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>123</v>
@@ -4449,336 +4449,336 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>136</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
         <v>0.15994</v>
       </c>
       <c r="L79" s="15">
         <v>0.15299</v>
       </c>
       <c r="M79" s="15">
         <v>0.15299</v>
       </c>
       <c r="N79" s="15">
-        <v>1570</v>
+        <v>1398</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.06411</v>
       </c>
       <c r="L80" s="15">
         <v>0.05377</v>
       </c>
       <c r="M80" s="15">
         <v>0.0517</v>
       </c>
       <c r="N80" s="15">
-        <v>798</v>
+        <v>725</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.03626</v>
       </c>
       <c r="L81" s="15">
         <v>0.02623</v>
       </c>
       <c r="M81" s="15">
         <v>0.02289</v>
       </c>
       <c r="N81" s="15">
-        <v>8910</v>
+        <v>8360</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.0609</v>
+        <v>0.03287</v>
       </c>
       <c r="L82" s="15">
-        <v>0.04367</v>
+        <v>0.02848</v>
       </c>
       <c r="M82" s="15">
-        <v>0.03793</v>
+        <v>0.02739</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E83" s="15">
         <v>10080071896</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06806</v>
       </c>
       <c r="L83" s="15">
         <v>0.05707</v>
       </c>
       <c r="M83" s="15">
         <v>0.05489</v>
       </c>
       <c r="N83" s="15">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.0216</v>
       </c>
       <c r="L84" s="15">
         <v>0.0216</v>
       </c>
       <c r="M84" s="15">
         <v>0.0216</v>
       </c>
       <c r="N84" s="15">
-        <v>3035</v>
+        <v>2952</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04162</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02628</v>
       </c>
       <c r="N85" s="15">
-        <v>4320</v>
+        <v>3960</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.0126</v>
       </c>
       <c r="L86" s="15">
         <v>0.0126</v>
       </c>
       <c r="M86" s="15">
         <v>0.0126</v>
       </c>
       <c r="N86" s="15">
-        <v>479</v>
+        <v>567</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>48</v>
@@ -4853,51 +4853,51 @@
       </c>
       <c r="E89" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.018</v>
       </c>
       <c r="L89" s="15">
         <v>0.018</v>
       </c>
       <c r="M89" s="15">
         <v>0.018</v>
       </c>
       <c r="N89" s="15">
-        <v>1740</v>
+        <v>1480</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>49</v>
@@ -4931,51 +4931,51 @@
       </c>
       <c r="E91" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>166</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.03164</v>
       </c>
       <c r="L91" s="15">
         <v>0.02289</v>
       </c>
       <c r="M91" s="15">
         <v>0.01997</v>
       </c>
       <c r="N91" s="15">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>170</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>159</v>
@@ -5160,101 +5160,101 @@
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.08673</v>
+        <v>0.04647</v>
       </c>
       <c r="L97" s="15">
-        <v>0.06219</v>
+        <v>0.04027</v>
       </c>
       <c r="M97" s="15">
-        <v>0.054</v>
+        <v>0.03873</v>
       </c>
       <c r="N97" s="15">
-        <v>636</v>
+        <v>591</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05642</v>
       </c>
       <c r="L98" s="15">
         <v>0.036</v>
       </c>
       <c r="M98" s="15">
         <v>0.032</v>
       </c>
       <c r="N98" s="15">
-        <v>3960</v>
+        <v>5340</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E99" s="15">
         <v>10080017577</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>49</v>
@@ -5331,96 +5331,96 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.01573</v>
       </c>
       <c r="L101" s="15">
         <v>0.01124</v>
       </c>
       <c r="M101" s="15">
         <v>0.009889999999999999</v>
       </c>
       <c r="N101" s="15">
-        <v>2000</v>
+        <v>1725</v>
       </c>
       <c r="O101" s="15">
-        <v>4000</v>
+        <v>3450</v>
       </c>
       <c r="P101" s="15" t="s">
         <v>186</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.02472</v>
       </c>
       <c r="L102" s="15">
         <v>0.02074</v>
       </c>
       <c r="M102" s="15">
         <v>0.01994</v>
       </c>
       <c r="N102" s="15">
-        <v>781</v>
+        <v>745</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E103" s="15">
         <v>10080002333</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>52</v>
@@ -5495,89 +5495,89 @@
       </c>
       <c r="E105" s="15">
         <v>10080067488</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>5000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02146</v>
       </c>
       <c r="L105" s="15">
         <v>0.01539</v>
       </c>
       <c r="M105" s="15">
         <v>0.01335</v>
       </c>
       <c r="N105" s="15">
-        <v>758</v>
+        <v>624</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>5000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.01944</v>
+        <v>0.01098</v>
       </c>
       <c r="L106" s="15">
-        <v>0.01287</v>
+        <v>0.009520000000000001</v>
       </c>
       <c r="M106" s="15">
-        <v>0.01124</v>
+        <v>0.00915</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E107" s="15">
         <v>10080027224</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="15" t="s">
@@ -5614,51 +5614,51 @@
       </c>
       <c r="E108" s="15">
         <v>10080054445</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.04905</v>
       </c>
       <c r="L108" s="15">
         <v>0.04088</v>
       </c>
       <c r="M108" s="15">
         <v>0.04088</v>
       </c>
       <c r="N108" s="15">
-        <v>1178</v>
+        <v>1489</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E109" s="15">
         <v>10080054466</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>58</v>
@@ -5802,99 +5802,99 @@
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1250</v>
       </c>
       <c r="K113" s="15">
-        <v>0.07078</v>
+        <v>0.0399</v>
       </c>
       <c r="L113" s="15">
-        <v>0.04689</v>
+        <v>0.03458</v>
       </c>
       <c r="M113" s="15">
-        <v>0.046</v>
+        <v>0.03325</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>250</v>
       </c>
       <c r="K114" s="15">
         <v>0.07523000000000001</v>
       </c>
       <c r="L114" s="15">
         <v>0.048</v>
       </c>
       <c r="M114" s="15">
         <v>0.044</v>
       </c>
       <c r="N114" s="15">
-        <v>10220</v>
+        <v>9380</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E115" s="15">
         <v>10080018929</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>49</v>
@@ -6090,172 +6090,172 @@
         <v>10080009809</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>173</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J120" s="15">
         <v>1800</v>
       </c>
       <c r="K120" s="15">
         <v>0.07142999999999999</v>
       </c>
       <c r="L120" s="15">
         <v>0.05351</v>
       </c>
       <c r="M120" s="15">
         <v>0.05173</v>
       </c>
       <c r="N120" s="15">
-        <v>355</v>
+        <v>410</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D121" s="15"/>
       <c r="E121" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>5000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.01259</v>
+        <v>0.00707</v>
       </c>
       <c r="L121" s="15">
-        <v>0.00834</v>
+        <v>0.00612</v>
       </c>
       <c r="M121" s="15">
-        <v>0.00728</v>
+        <v>0.00589</v>
       </c>
       <c r="N121" s="15">
         <v>100</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00868</v>
       </c>
       <c r="L122" s="15">
         <v>0.00628</v>
       </c>
       <c r="M122" s="15">
         <v>0.00548</v>
       </c>
       <c r="N122" s="15">
-        <v>14880</v>
+        <v>20880</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D123" s="15"/>
       <c r="E123" s="15">
         <v>10080017852</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>209</v>
       </c>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.0092</v>
       </c>
       <c r="L123" s="15">
         <v>0.00666</v>
       </c>
       <c r="M123" s="15">
         <v>0.00581</v>
       </c>
       <c r="N123" s="15">
-        <v>32259</v>
+        <v>24314</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>211</v>
@@ -6332,338 +6332,338 @@
       </c>
       <c r="E126" s="15">
         <v>10000019440</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>5000</v>
       </c>
       <c r="K126" s="15">
         <v>0.04945</v>
       </c>
       <c r="L126" s="15">
         <v>0.04313</v>
       </c>
       <c r="M126" s="15">
         <v>0.0391</v>
       </c>
       <c r="N126" s="15">
-        <v>29394</v>
+        <v>27353</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E127" s="15">
         <v>10080062051</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.01584</v>
+        <v>0.008869999999999999</v>
       </c>
       <c r="L127" s="15">
-        <v>0.01049</v>
+        <v>0.00768</v>
       </c>
       <c r="M127" s="15">
-        <v>0.00915</v>
+        <v>0.00739</v>
       </c>
       <c r="N127" s="15">
         <v>892</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E128" s="15">
         <v>10080046368</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>5000</v>
       </c>
       <c r="K128" s="15">
         <v>0.00556</v>
       </c>
       <c r="L128" s="15">
         <v>0.00556</v>
       </c>
       <c r="M128" s="15">
         <v>0.00556</v>
       </c>
       <c r="N128" s="15">
-        <v>12571</v>
+        <v>16693</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E129" s="15">
         <v>10080009657</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>173</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>1800</v>
       </c>
       <c r="K129" s="15">
         <v>0.05974</v>
       </c>
       <c r="L129" s="15">
         <v>0.05269</v>
       </c>
       <c r="M129" s="15">
         <v>0.05092</v>
       </c>
       <c r="N129" s="15">
-        <v>83</v>
+        <v>69</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00814</v>
       </c>
       <c r="L130" s="15">
         <v>0.00589</v>
       </c>
       <c r="M130" s="15">
         <v>0.00514</v>
       </c>
       <c r="N130" s="15">
-        <v>26572</v>
+        <v>29989</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E131" s="15">
         <v>10000016478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>5000</v>
       </c>
       <c r="K131" s="15">
         <v>0.05929</v>
       </c>
       <c r="L131" s="15">
         <v>0.05737</v>
       </c>
       <c r="M131" s="15">
         <v>0.05548</v>
       </c>
       <c r="N131" s="15">
-        <v>1905</v>
+        <v>1349</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E132" s="15">
         <v>10000022472</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>5000</v>
       </c>
       <c r="K132" s="15">
         <v>0.04025</v>
       </c>
       <c r="L132" s="15">
         <v>0.04025</v>
       </c>
       <c r="M132" s="15">
         <v>0.04025</v>
       </c>
       <c r="N132" s="15">
-        <v>11248</v>
+        <v>10952</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E133" s="15">
         <v>10080012868</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
         <v>0.00886</v>
       </c>
       <c r="L133" s="15">
         <v>0.00633</v>
       </c>
       <c r="M133" s="15">
         <v>0.0057</v>
       </c>
       <c r="N133" s="15">
-        <v>7272</v>
+        <v>6889</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E134" s="15">
         <v>10080051495</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>48</v>
@@ -6908,180 +6908,180 @@
         <v>229</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>231</v>
       </c>
       <c r="J140" s="15">
         <v>5000</v>
       </c>
       <c r="K140" s="15">
         <v>0.02015</v>
       </c>
       <c r="L140" s="15">
         <v>0.01689</v>
       </c>
       <c r="M140" s="15">
         <v>0.01625</v>
       </c>
       <c r="N140" s="15">
-        <v>8100</v>
+        <v>6390</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>235</v>
       </c>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.01951</v>
       </c>
       <c r="L141" s="15">
         <v>0.01637</v>
       </c>
       <c r="M141" s="15">
         <v>0.01574</v>
       </c>
       <c r="N141" s="15">
-        <v>2776</v>
+        <v>3054</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J142" s="15">
         <v>2000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00814</v>
       </c>
       <c r="L142" s="15">
         <v>0.00589</v>
       </c>
       <c r="M142" s="15">
         <v>0.00514</v>
       </c>
       <c r="N142" s="15">
-        <v>1169</v>
+        <v>1420</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E143" s="15">
         <v>10080012869</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>238</v>
       </c>
       <c r="J143" s="15">
         <v>2000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00885</v>
       </c>
       <c r="L143" s="15">
         <v>0.00641</v>
       </c>
       <c r="M143" s="15">
         <v>0.00559</v>
       </c>
       <c r="N143" s="15">
-        <v>173302</v>
+        <v>152698</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E144" s="15">
         <v>10080001849</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>72</v>
@@ -7398,51 +7398,51 @@
       </c>
       <c r="E152" s="15">
         <v>10080076312</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>3000</v>
       </c>
       <c r="K152" s="15">
         <v>0.06125</v>
       </c>
       <c r="L152" s="15">
         <v>0.0439</v>
       </c>
       <c r="M152" s="15">
         <v>0.03813</v>
       </c>
       <c r="N152" s="15">
-        <v>2220</v>
+        <v>2520</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>48</v>
@@ -7554,51 +7554,51 @@
       </c>
       <c r="E156" s="15">
         <v>10080052799</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>3000</v>
       </c>
       <c r="K156" s="15">
         <v>0.04731</v>
       </c>
       <c r="L156" s="15">
         <v>0.03968</v>
       </c>
       <c r="M156" s="15">
         <v>0.03815</v>
       </c>
       <c r="N156" s="15">
-        <v>27602</v>
+        <v>24618</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E157" s="15">
         <v>10080056018</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>58</v>
@@ -7673,51 +7673,51 @@
       </c>
       <c r="E159" s="15">
         <v>10080042672</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>3000</v>
       </c>
       <c r="K159" s="15">
         <v>0.03735</v>
       </c>
       <c r="L159" s="15">
         <v>0.03448</v>
       </c>
       <c r="M159" s="15">
         <v>0.03448</v>
       </c>
       <c r="N159" s="15">
-        <v>41423</v>
+        <v>40347</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E160" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>114</v>
@@ -7753,51 +7753,51 @@
       </c>
       <c r="E161" s="15">
         <v>10080018927</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>3000</v>
       </c>
       <c r="K161" s="15">
         <v>0.06351999999999999</v>
       </c>
       <c r="L161" s="15">
         <v>0.04595</v>
       </c>
       <c r="M161" s="15">
         <v>0.0401</v>
       </c>
       <c r="N161" s="15">
-        <v>34650</v>
+        <v>40500</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E162" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>265</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>