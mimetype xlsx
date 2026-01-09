--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -574,51 +574,51 @@
   <si>
     <t>SMC (DO-214AB)</t>
   </si>
   <si>
     <t>UT-00095728</t>
   </si>
   <si>
     <t>UT-00139120</t>
   </si>
   <si>
     <t>SUNMATE</t>
   </si>
   <si>
     <t xml:space="preserve">800V 3A 50ns / UF3K </t>
   </si>
   <si>
     <t>UF4007</t>
   </si>
   <si>
     <t>Диод UF4007</t>
   </si>
   <si>
     <t>UT-00151207</t>
   </si>
   <si>
-    <t>23.03.2026</t>
+    <t>16.03.2026</t>
   </si>
   <si>
     <t>UT-00123300</t>
   </si>
   <si>
     <t>UF4007TB-(DO-41)</t>
   </si>
   <si>
     <t>UF4007TB</t>
   </si>
   <si>
     <t>Диод UF4007TB</t>
   </si>
   <si>
     <t>UT-00099945</t>
   </si>
   <si>
     <t>UF5408</t>
   </si>
   <si>
     <t>россыпь / UF5408</t>
   </si>
   <si>
     <t>лента/коробка / UF5408</t>
   </si>
@@ -1733,51 +1733,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080064140</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1500</v>
       </c>
       <c r="K11" s="15">
         <v>0.20782</v>
       </c>
       <c r="L11" s="15">
         <v>0.1743</v>
       </c>
       <c r="M11" s="15">
         <v>0.1676</v>
       </c>
       <c r="N11" s="15">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1852,51 +1852,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080039971</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01081</v>
       </c>
       <c r="L14" s="15">
         <v>0.01081</v>
       </c>
       <c r="M14" s="15">
         <v>0.01081</v>
       </c>
       <c r="N14" s="15">
-        <v>3293</v>
+        <v>1173</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080047707</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>48</v>
@@ -1923,57 +1923,57 @@
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080074731</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.02969</v>
+        <v>0.01587</v>
       </c>
       <c r="L16" s="15">
-        <v>0.02129</v>
+        <v>0.01375</v>
       </c>
       <c r="M16" s="15">
-        <v>0.01849</v>
+        <v>0.01323</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H17" s="15" t="s">
@@ -2133,92 +2133,92 @@
       </c>
       <c r="E21" s="15">
         <v>10080067479</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.02164</v>
       </c>
       <c r="L21" s="15">
         <v>0.01551</v>
       </c>
       <c r="M21" s="15">
         <v>0.01348</v>
       </c>
       <c r="N21" s="15">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="15">
         <v>10080050100</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02428</v>
       </c>
       <c r="L22" s="15">
         <v>0.01757</v>
       </c>
       <c r="M22" s="15">
         <v>0.01533</v>
       </c>
       <c r="N22" s="15">
-        <v>1273</v>
+        <v>1165</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15">
         <v>10080057796</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I23" s="15"/>
@@ -2252,51 +2252,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080034673</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02307</v>
       </c>
       <c r="L24" s="15">
         <v>0.01669</v>
       </c>
       <c r="M24" s="15">
         <v>0.01456</v>
       </c>
       <c r="N24" s="15">
-        <v>7308</v>
+        <v>6048</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10080067480</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>48</v>
@@ -2449,51 +2449,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04513</v>
       </c>
       <c r="L29" s="15">
         <v>0.03009</v>
       </c>
       <c r="M29" s="15">
         <v>0.02739</v>
       </c>
       <c r="N29" s="15">
-        <v>236</v>
+        <v>199</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="15">
         <v>10000004673</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>52</v>
@@ -2607,131 +2607,131 @@
       </c>
       <c r="E33" s="15">
         <v>10080076309</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>3000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0496</v>
       </c>
       <c r="L33" s="15">
         <v>0.03558</v>
       </c>
       <c r="M33" s="15">
         <v>0.03089</v>
       </c>
       <c r="N33" s="15">
-        <v>206</v>
+        <v>160</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>75</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.0265</v>
+        <v>0.01901</v>
       </c>
       <c r="L34" s="15">
-        <v>0.01917</v>
+        <v>0.01647</v>
       </c>
       <c r="M34" s="15">
-        <v>0.01673</v>
+        <v>0.01584</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
-        <v>0.02686</v>
+        <v>0.01856</v>
       </c>
       <c r="L35" s="15">
-        <v>0.01944</v>
+        <v>0.01608</v>
       </c>
       <c r="M35" s="15">
-        <v>0.01696</v>
+        <v>0.01546</v>
       </c>
       <c r="N35" s="15">
-        <v>1056</v>
+        <v>1152</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E36" s="15">
         <v>10000008320</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>52</v>
@@ -2845,51 +2845,51 @@
       </c>
       <c r="E39" s="15">
         <v>10080051605</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>250</v>
       </c>
       <c r="K39" s="15">
         <v>0.09522</v>
       </c>
       <c r="L39" s="15">
         <v>0.06801</v>
       </c>
       <c r="M39" s="15">
         <v>0.05894</v>
       </c>
       <c r="N39" s="15">
-        <v>601</v>
+        <v>457</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="15">
         <v>10080027929</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>44</v>
@@ -3005,133 +3005,133 @@
       </c>
       <c r="E43" s="15">
         <v>10000004711</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.09167</v>
       </c>
       <c r="L43" s="15">
         <v>0.08555</v>
       </c>
       <c r="M43" s="15">
         <v>0.08309999999999999</v>
       </c>
       <c r="N43" s="15">
-        <v>347</v>
+        <v>508</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E44" s="15">
         <v>10000021087</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1250</v>
       </c>
       <c r="K44" s="15">
         <v>0.09370000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.09099</v>
       </c>
       <c r="M44" s="15">
         <v>0.08691</v>
       </c>
       <c r="N44" s="15">
-        <v>244</v>
+        <v>255</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.10673</v>
       </c>
       <c r="L45" s="15">
         <v>0.09872</v>
       </c>
       <c r="M45" s="15">
         <v>0.09343</v>
       </c>
       <c r="N45" s="15">
-        <v>670</v>
+        <v>600</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>95</v>
@@ -3170,51 +3170,51 @@
       <c r="E47" s="15">
         <v>10080051606</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1250</v>
       </c>
       <c r="K47" s="15">
         <v>0.08681</v>
       </c>
       <c r="L47" s="15">
         <v>0.06281</v>
       </c>
       <c r="M47" s="15">
         <v>0.05481</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15">
-        <v>4300</v>
+        <v>3650</v>
       </c>
       <c r="P47" s="15" t="s">
         <v>98</v>
       </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E48" s="15">
         <v>10080056074</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H48" s="15" t="s">
@@ -3485,51 +3485,51 @@
       </c>
       <c r="E55" s="15">
         <v>10080028159</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>60</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1250</v>
       </c>
       <c r="K55" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="L55" s="15">
         <v>0.06002</v>
       </c>
       <c r="M55" s="15">
         <v>0.05238</v>
       </c>
       <c r="N55" s="15">
-        <v>5810</v>
+        <v>4690</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D56" s="15"/>
       <c r="E56" s="15">
         <v>10080057966</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I56" s="15"/>
@@ -3643,89 +3643,89 @@
       </c>
       <c r="E59" s="15">
         <v>10080046364</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
         <v>0.08230999999999999</v>
       </c>
       <c r="L59" s="15">
         <v>0.05955</v>
       </c>
       <c r="M59" s="15">
         <v>0.05196</v>
       </c>
       <c r="N59" s="15">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1250</v>
       </c>
       <c r="K60" s="15">
-        <v>0.09347999999999999</v>
+        <v>0.05676</v>
       </c>
       <c r="L60" s="15">
-        <v>0.06763</v>
+        <v>0.04919</v>
       </c>
       <c r="M60" s="15">
-        <v>0.05902</v>
+        <v>0.0473</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E61" s="15">
         <v>10080075064</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H61" s="15" t="s">
@@ -3753,57 +3753,57 @@
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1250</v>
       </c>
       <c r="K62" s="15">
-        <v>0.07133</v>
+        <v>0.05114</v>
       </c>
       <c r="L62" s="15">
-        <v>0.05161</v>
+        <v>0.04432</v>
       </c>
       <c r="M62" s="15">
-        <v>0.04503</v>
+        <v>0.04261</v>
       </c>
       <c r="N62" s="15">
         <v>693</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E63" s="15">
         <v>10080026094</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>86</v>
@@ -3835,60 +3835,60 @@
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E64" s="15">
         <v>10080051531</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.02434</v>
+        <v>0.01739</v>
       </c>
       <c r="L64" s="15">
-        <v>0.01739</v>
+        <v>0.01507</v>
       </c>
       <c r="M64" s="15">
-        <v>0.01565</v>
+        <v>0.01449</v>
       </c>
       <c r="N64" s="15">
-        <v>4500</v>
+        <v>5040</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E65" s="15">
         <v>10080028160</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>60</v>
@@ -4211,51 +4211,51 @@
         <v>125</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>126</v>
       </c>
       <c r="J73" s="15">
         <v>5000</v>
       </c>
       <c r="K73" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L73" s="15">
         <v>0.08419</v>
       </c>
       <c r="M73" s="15">
         <v>0.08147</v>
       </c>
       <c r="N73" s="15">
-        <v>234</v>
+        <v>179</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E74" s="15">
         <v>10080037400</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>60</v>
@@ -4291,92 +4291,92 @@
       </c>
       <c r="E75" s="15">
         <v>10080047227</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>2000</v>
       </c>
       <c r="K75" s="15">
         <v>0.03729</v>
       </c>
       <c r="L75" s="15">
         <v>0.02577</v>
       </c>
       <c r="M75" s="15">
         <v>0.02221</v>
       </c>
       <c r="N75" s="15">
-        <v>5918</v>
+        <v>7064</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L76" s="15">
         <v>0.00745</v>
       </c>
       <c r="M76" s="15">
         <v>0.00745</v>
       </c>
       <c r="N76" s="15">
-        <v>6282</v>
+        <v>5095</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>123</v>
@@ -4449,133 +4449,133 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>136</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
         <v>0.15994</v>
       </c>
       <c r="L79" s="15">
         <v>0.15299</v>
       </c>
       <c r="M79" s="15">
         <v>0.15299</v>
       </c>
       <c r="N79" s="15">
-        <v>1398</v>
+        <v>1871</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.06411</v>
       </c>
       <c r="L80" s="15">
         <v>0.05377</v>
       </c>
       <c r="M80" s="15">
         <v>0.0517</v>
       </c>
       <c r="N80" s="15">
-        <v>725</v>
+        <v>641</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.03626</v>
       </c>
       <c r="L81" s="15">
         <v>0.02623</v>
       </c>
       <c r="M81" s="15">
         <v>0.02289</v>
       </c>
       <c r="N81" s="15">
-        <v>8360</v>
+        <v>7481</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>48</v>
@@ -4611,174 +4611,174 @@
       </c>
       <c r="E83" s="15">
         <v>10080071896</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06806</v>
       </c>
       <c r="L83" s="15">
         <v>0.05707</v>
       </c>
       <c r="M83" s="15">
         <v>0.05489</v>
       </c>
       <c r="N83" s="15">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.0216</v>
       </c>
       <c r="L84" s="15">
         <v>0.0216</v>
       </c>
       <c r="M84" s="15">
         <v>0.0216</v>
       </c>
       <c r="N84" s="15">
-        <v>2952</v>
+        <v>3160</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>148</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.04162</v>
+        <v>0.02877</v>
       </c>
       <c r="L85" s="15">
-        <v>0.03011</v>
+        <v>0.02493</v>
       </c>
       <c r="M85" s="15">
-        <v>0.02628</v>
+        <v>0.02398</v>
       </c>
       <c r="N85" s="15">
-        <v>3960</v>
+        <v>4740</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.0126</v>
       </c>
       <c r="L86" s="15">
         <v>0.0126</v>
       </c>
       <c r="M86" s="15">
         <v>0.0126</v>
       </c>
       <c r="N86" s="15">
-        <v>567</v>
+        <v>441</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>48</v>
@@ -4853,51 +4853,51 @@
       </c>
       <c r="E89" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.018</v>
       </c>
       <c r="L89" s="15">
         <v>0.018</v>
       </c>
       <c r="M89" s="15">
         <v>0.018</v>
       </c>
       <c r="N89" s="15">
-        <v>1480</v>
+        <v>1640</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>49</v>
@@ -4922,60 +4922,60 @@
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>166</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.03164</v>
+        <v>0.02271</v>
       </c>
       <c r="L91" s="15">
-        <v>0.02289</v>
+        <v>0.01968</v>
       </c>
       <c r="M91" s="15">
-        <v>0.01997</v>
+        <v>0.01893</v>
       </c>
       <c r="N91" s="15">
-        <v>705</v>
+        <v>689</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>170</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>159</v>
@@ -5050,51 +5050,51 @@
       </c>
       <c r="E94" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.20084</v>
       </c>
       <c r="L94" s="15">
         <v>0.18901</v>
       </c>
       <c r="M94" s="15">
         <v>0.17722</v>
       </c>
       <c r="N94" s="15">
-        <v>138</v>
+        <v>166</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E95" s="15">
         <v>10080042670</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>47</v>
@@ -5169,92 +5169,92 @@
       </c>
       <c r="E97" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
         <v>0.04647</v>
       </c>
       <c r="L97" s="15">
         <v>0.04027</v>
       </c>
       <c r="M97" s="15">
         <v>0.03873</v>
       </c>
       <c r="N97" s="15">
-        <v>591</v>
+        <v>672</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.05642</v>
       </c>
       <c r="L98" s="15">
         <v>0.036</v>
       </c>
       <c r="M98" s="15">
         <v>0.032</v>
       </c>
       <c r="N98" s="15">
-        <v>5340</v>
+        <v>3840</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E99" s="15">
         <v>10080017577</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>49</v>
@@ -5322,105 +5322,105 @@
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.01573</v>
+        <v>0.01124</v>
       </c>
       <c r="L101" s="15">
-        <v>0.01124</v>
+        <v>0.00974</v>
       </c>
       <c r="M101" s="15">
-        <v>0.009889999999999999</v>
+        <v>0.00936</v>
       </c>
       <c r="N101" s="15">
-        <v>1725</v>
+        <v>1525</v>
       </c>
       <c r="O101" s="15">
-        <v>3450</v>
+        <v>3050</v>
       </c>
       <c r="P101" s="15" t="s">
         <v>186</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.02472</v>
       </c>
       <c r="L102" s="15">
         <v>0.02074</v>
       </c>
       <c r="M102" s="15">
         <v>0.01994</v>
       </c>
       <c r="N102" s="15">
-        <v>745</v>
+        <v>854</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E103" s="15">
         <v>10080002333</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>52</v>
@@ -5495,51 +5495,51 @@
       </c>
       <c r="E105" s="15">
         <v>10080067488</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>5000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02146</v>
       </c>
       <c r="L105" s="15">
         <v>0.01539</v>
       </c>
       <c r="M105" s="15">
         <v>0.01335</v>
       </c>
       <c r="N105" s="15">
-        <v>624</v>
+        <v>683</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>51</v>
@@ -5614,51 +5614,51 @@
       </c>
       <c r="E108" s="15">
         <v>10080054445</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.04905</v>
       </c>
       <c r="L108" s="15">
         <v>0.04088</v>
       </c>
       <c r="M108" s="15">
         <v>0.04088</v>
       </c>
       <c r="N108" s="15">
-        <v>1489</v>
+        <v>1212</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E109" s="15">
         <v>10080054466</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>58</v>
@@ -5850,51 +5850,51 @@
       </c>
       <c r="E114" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>250</v>
       </c>
       <c r="K114" s="15">
         <v>0.07523000000000001</v>
       </c>
       <c r="L114" s="15">
         <v>0.048</v>
       </c>
       <c r="M114" s="15">
         <v>0.044</v>
       </c>
       <c r="N114" s="15">
-        <v>9380</v>
+        <v>8400</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E115" s="15">
         <v>10080018929</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>86</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>49</v>
@@ -6090,51 +6090,51 @@
         <v>10080009809</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>173</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J120" s="15">
         <v>1800</v>
       </c>
       <c r="K120" s="15">
         <v>0.07142999999999999</v>
       </c>
       <c r="L120" s="15">
         <v>0.05351</v>
       </c>
       <c r="M120" s="15">
         <v>0.05173</v>
       </c>
       <c r="N120" s="15">
-        <v>410</v>
+        <v>310</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D121" s="15"/>
       <c r="E121" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I121" s="15"/>
@@ -6161,101 +6161,101 @@
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>208</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
-        <v>0.00868</v>
+        <v>0.006</v>
       </c>
       <c r="L122" s="15">
-        <v>0.00628</v>
+        <v>0.0052</v>
       </c>
       <c r="M122" s="15">
-        <v>0.00548</v>
+        <v>0.005</v>
       </c>
       <c r="N122" s="15">
-        <v>20880</v>
+        <v>15120</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D123" s="15"/>
       <c r="E123" s="15">
         <v>10080017852</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>209</v>
       </c>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.0092</v>
       </c>
       <c r="L123" s="15">
         <v>0.00666</v>
       </c>
       <c r="M123" s="15">
         <v>0.00581</v>
       </c>
       <c r="N123" s="15">
-        <v>24314</v>
+        <v>30821</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>211</v>
@@ -6332,338 +6332,338 @@
       </c>
       <c r="E126" s="15">
         <v>10000019440</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>5000</v>
       </c>
       <c r="K126" s="15">
         <v>0.04945</v>
       </c>
       <c r="L126" s="15">
         <v>0.04313</v>
       </c>
       <c r="M126" s="15">
         <v>0.0391</v>
       </c>
       <c r="N126" s="15">
-        <v>27353</v>
+        <v>36335</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E127" s="15">
         <v>10080062051</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L127" s="15">
         <v>0.00768</v>
       </c>
       <c r="M127" s="15">
         <v>0.00739</v>
       </c>
       <c r="N127" s="15">
-        <v>892</v>
+        <v>946</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E128" s="15">
         <v>10080046368</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>5000</v>
       </c>
       <c r="K128" s="15">
         <v>0.00556</v>
       </c>
       <c r="L128" s="15">
         <v>0.00556</v>
       </c>
       <c r="M128" s="15">
         <v>0.00556</v>
       </c>
       <c r="N128" s="15">
-        <v>16693</v>
+        <v>14220</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E129" s="15">
         <v>10080009657</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>173</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>1800</v>
       </c>
       <c r="K129" s="15">
         <v>0.05974</v>
       </c>
       <c r="L129" s="15">
         <v>0.05269</v>
       </c>
       <c r="M129" s="15">
         <v>0.05092</v>
       </c>
       <c r="N129" s="15">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.00814</v>
+        <v>0.00563</v>
       </c>
       <c r="L130" s="15">
-        <v>0.00589</v>
+        <v>0.00488</v>
       </c>
       <c r="M130" s="15">
-        <v>0.00514</v>
+        <v>0.00469</v>
       </c>
       <c r="N130" s="15">
-        <v>29989</v>
+        <v>23915</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E131" s="15">
         <v>10000016478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>5000</v>
       </c>
       <c r="K131" s="15">
         <v>0.05929</v>
       </c>
       <c r="L131" s="15">
         <v>0.05737</v>
       </c>
       <c r="M131" s="15">
         <v>0.05548</v>
       </c>
       <c r="N131" s="15">
-        <v>1349</v>
+        <v>1563</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E132" s="15">
         <v>10000022472</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>5000</v>
       </c>
       <c r="K132" s="15">
         <v>0.04025</v>
       </c>
       <c r="L132" s="15">
         <v>0.04025</v>
       </c>
       <c r="M132" s="15">
         <v>0.04025</v>
       </c>
       <c r="N132" s="15">
-        <v>10952</v>
+        <v>9176</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E133" s="15">
         <v>10080012868</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.00886</v>
+        <v>0.00633</v>
       </c>
       <c r="L133" s="15">
-        <v>0.00633</v>
+        <v>0.00549</v>
       </c>
       <c r="M133" s="15">
-        <v>0.0057</v>
+        <v>0.00528</v>
       </c>
       <c r="N133" s="15">
-        <v>6889</v>
+        <v>8133</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E134" s="15">
         <v>10080051495</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>48</v>
@@ -6908,180 +6908,180 @@
         <v>229</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>230</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>231</v>
       </c>
       <c r="J140" s="15">
         <v>5000</v>
       </c>
       <c r="K140" s="15">
         <v>0.02015</v>
       </c>
       <c r="L140" s="15">
         <v>0.01689</v>
       </c>
       <c r="M140" s="15">
         <v>0.01625</v>
       </c>
       <c r="N140" s="15">
-        <v>6390</v>
+        <v>5670</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>234</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>235</v>
       </c>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.01951</v>
       </c>
       <c r="L141" s="15">
         <v>0.01637</v>
       </c>
       <c r="M141" s="15">
         <v>0.01574</v>
       </c>
       <c r="N141" s="15">
-        <v>3054</v>
+        <v>3019</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J142" s="15">
         <v>2000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.00814</v>
+        <v>0.00563</v>
       </c>
       <c r="L142" s="15">
-        <v>0.00589</v>
+        <v>0.00488</v>
       </c>
       <c r="M142" s="15">
-        <v>0.00514</v>
+        <v>0.00469</v>
       </c>
       <c r="N142" s="15">
-        <v>1420</v>
+        <v>1053</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E143" s="15">
         <v>10080012869</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>238</v>
       </c>
       <c r="J143" s="15">
         <v>2000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.00885</v>
+        <v>0.00615</v>
       </c>
       <c r="L143" s="15">
-        <v>0.00641</v>
+        <v>0.00533</v>
       </c>
       <c r="M143" s="15">
-        <v>0.00559</v>
+        <v>0.00513</v>
       </c>
       <c r="N143" s="15">
-        <v>152698</v>
+        <v>163583</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E144" s="15">
         <v>10080001849</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>119</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>72</v>
@@ -7398,51 +7398,51 @@
       </c>
       <c r="E152" s="15">
         <v>10080076312</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>3000</v>
       </c>
       <c r="K152" s="15">
         <v>0.06125</v>
       </c>
       <c r="L152" s="15">
         <v>0.0439</v>
       </c>
       <c r="M152" s="15">
         <v>0.03813</v>
       </c>
       <c r="N152" s="15">
-        <v>2520</v>
+        <v>2220</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>48</v>
@@ -7554,51 +7554,51 @@
       </c>
       <c r="E156" s="15">
         <v>10080052799</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>3000</v>
       </c>
       <c r="K156" s="15">
         <v>0.04731</v>
       </c>
       <c r="L156" s="15">
         <v>0.03968</v>
       </c>
       <c r="M156" s="15">
         <v>0.03815</v>
       </c>
       <c r="N156" s="15">
-        <v>24618</v>
+        <v>33570</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E157" s="15">
         <v>10080056018</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>58</v>
@@ -7673,131 +7673,131 @@
       </c>
       <c r="E159" s="15">
         <v>10080042672</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>3000</v>
       </c>
       <c r="K159" s="15">
         <v>0.03735</v>
       </c>
       <c r="L159" s="15">
         <v>0.03448</v>
       </c>
       <c r="M159" s="15">
         <v>0.03448</v>
       </c>
       <c r="N159" s="15">
-        <v>40347</v>
+        <v>41423</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E160" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>3000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.05238</v>
+        <v>0.03761</v>
       </c>
       <c r="L160" s="15">
-        <v>0.0379</v>
+        <v>0.03259</v>
       </c>
       <c r="M160" s="15">
-        <v>0.03307</v>
+        <v>0.03134</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E161" s="15">
         <v>10080018927</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>178</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>3000</v>
       </c>
       <c r="K161" s="15">
-        <v>0.06351999999999999</v>
+        <v>0.04218</v>
       </c>
       <c r="L161" s="15">
-        <v>0.04595</v>
+        <v>0.03656</v>
       </c>
       <c r="M161" s="15">
-        <v>0.0401</v>
+        <v>0.03515</v>
       </c>
       <c r="N161" s="15">
-        <v>40500</v>
+        <v>33300</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E162" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>265</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>