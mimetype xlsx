--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -187,95 +187,110 @@
   <si>
     <t>HOTTECH</t>
   </si>
   <si>
     <t>UT-00099960</t>
   </si>
   <si>
     <t>ASEMI</t>
   </si>
   <si>
     <t>WUXI XUYANG</t>
   </si>
   <si>
     <t>HER107</t>
   </si>
   <si>
     <t>800V 1A / HER107</t>
   </si>
   <si>
     <t>HER108</t>
   </si>
   <si>
     <t>Диод HER108</t>
   </si>
   <si>
+    <t xml:space="preserve">HER108 SUNTAN, </t>
+  </si>
+  <si>
     <t xml:space="preserve">HER108 </t>
   </si>
   <si>
     <t>LGE</t>
   </si>
   <si>
     <t>1000V 1A 75ns лента/коробка / HER108</t>
   </si>
   <si>
     <t>KOME</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1A 75ns / HER108 </t>
   </si>
   <si>
     <t>10-00005861</t>
   </si>
   <si>
     <t>1000V 1A 75ns / HER108</t>
   </si>
   <si>
     <t>UT-00116423</t>
   </si>
   <si>
     <t>1000V 1A / HER108</t>
   </si>
   <si>
     <t>UT-00139939</t>
   </si>
   <si>
     <t>CTK</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1A 75ns лента/коробка / HER108 </t>
   </si>
   <si>
+    <t>HER202</t>
+  </si>
+  <si>
+    <t>100V 2A / HER202</t>
+  </si>
+  <si>
+    <t>UT-00155744</t>
+  </si>
+  <si>
+    <t>DO-15 (DO-204AC)</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
     <t>HER208</t>
   </si>
   <si>
     <t xml:space="preserve">(1000V 2A) / HER208 </t>
   </si>
   <si>
-    <t>DO-15 (DO-204AC)</t>
-[...1 lines deleted...]
-  <si>
     <t>SEMTECH</t>
   </si>
   <si>
     <t>(1000V 2A) / HER208</t>
   </si>
   <si>
     <t>UT-00139104</t>
   </si>
   <si>
     <t>TRR Electronics</t>
   </si>
   <si>
     <t>UT-00148582</t>
   </si>
   <si>
     <t>GOODWORK</t>
   </si>
   <si>
     <t xml:space="preserve">HER208 </t>
   </si>
   <si>
     <t xml:space="preserve">1000V 2A 75ns лента/коробка / HER208 </t>
   </si>
   <si>
     <t xml:space="preserve">(1000V 2A 75ns) / HER208 </t>
@@ -310,80 +325,89 @@
   <si>
     <t>300V 3A 50ns лента/коробка / HER304</t>
   </si>
   <si>
     <t>10-00005898</t>
   </si>
   <si>
     <t>HER305</t>
   </si>
   <si>
     <t>400V 3A 30ns / HER305</t>
   </si>
   <si>
     <t>UT-00091400</t>
   </si>
   <si>
     <t>MDD</t>
   </si>
   <si>
     <t>HER308</t>
   </si>
   <si>
     <t>1000V 3A 75ns россыпь / HER308</t>
   </si>
   <si>
-    <t>21.04.2026</t>
+    <t>23.04.2026</t>
   </si>
   <si>
     <t>1000V 3A / HER308</t>
   </si>
   <si>
+    <t xml:space="preserve">HER308 MIC, </t>
+  </si>
+  <si>
     <t>UT-00093419</t>
   </si>
   <si>
     <t>UT-00099961</t>
   </si>
   <si>
     <t>1000V 3A 75ns лента/коробка / HER308</t>
   </si>
   <si>
     <t xml:space="preserve">HER508 </t>
   </si>
   <si>
     <t xml:space="preserve">лента/коробка / HER508 </t>
   </si>
   <si>
     <t>HER508</t>
   </si>
   <si>
     <t xml:space="preserve">россыпь / HER508 </t>
   </si>
   <si>
+    <t xml:space="preserve">HER508 MIC, </t>
+  </si>
+  <si>
     <t>Диод HER508</t>
   </si>
   <si>
+    <t xml:space="preserve">HER508 KOME, </t>
+  </si>
+  <si>
     <t>10-00005814</t>
   </si>
   <si>
     <t>YANGJIE</t>
   </si>
   <si>
     <t>HER508-(DO-27)</t>
   </si>
   <si>
     <t>10-00005867</t>
   </si>
   <si>
     <t>россыпь / HER508</t>
   </si>
   <si>
     <t>UT-00139145</t>
   </si>
   <si>
     <t>XSEMI</t>
   </si>
   <si>
     <t>HER508 TB</t>
   </si>
   <si>
     <t>лента/коробка / HER508 TB</t>
@@ -547,110 +571,113 @@
   <si>
     <t>UT-00106495</t>
   </si>
   <si>
     <t>DO-247</t>
   </si>
   <si>
     <t>UF2010</t>
   </si>
   <si>
     <t>Diode, 1 Phase, 1 Element, 2A, 1000V V(RRM) / UF2010</t>
   </si>
   <si>
     <t>PANJIT</t>
   </si>
   <si>
     <t>UF3K</t>
   </si>
   <si>
     <t>(400V 3A 50ns) / UF3K</t>
   </si>
   <si>
     <t>10-00005771</t>
   </si>
   <si>
+    <t xml:space="preserve">UF3K HOTTECH, </t>
+  </si>
+  <si>
     <t>800V 3A 50ns / UF3K</t>
   </si>
   <si>
     <t>SMC (DO-214AB)</t>
   </si>
   <si>
     <t>UT-00095728</t>
   </si>
   <si>
     <t>UT-00139120</t>
   </si>
   <si>
     <t>SUNMATE</t>
   </si>
   <si>
     <t xml:space="preserve">800V 3A 50ns / UF3K </t>
   </si>
   <si>
     <t>UF4007</t>
   </si>
   <si>
     <t>Диод UF4007</t>
   </si>
   <si>
     <t>UT-00151207</t>
   </si>
   <si>
-    <t>16.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>UT-00123300</t>
   </si>
   <si>
     <t>UF4007TB-(DO-41)</t>
   </si>
   <si>
     <t>UF4007TB</t>
   </si>
   <si>
     <t>Диод UF4007TB</t>
   </si>
   <si>
     <t>UT-00099945</t>
   </si>
   <si>
     <t>UF5408</t>
   </si>
   <si>
     <t>россыпь / UF5408</t>
   </si>
   <si>
     <t>лента/коробка / UF5408</t>
   </si>
   <si>
     <t>Диод UF5408</t>
   </si>
   <si>
     <t>UF5408-(DO-27)</t>
   </si>
   <si>
+    <t xml:space="preserve">UF5408-(DO-27) KLS, </t>
+  </si>
+  <si>
     <t>UT-00095729</t>
   </si>
   <si>
     <t>UT-00144707</t>
   </si>
   <si>
     <t>US1002FL</t>
   </si>
   <si>
     <t>200V 1A 50ns / US1002FL</t>
   </si>
   <si>
     <t>SOD-123FL</t>
   </si>
   <si>
     <t>US1D</t>
   </si>
   <si>
     <t>Диод US1D</t>
   </si>
   <si>
     <t>DIODES</t>
   </si>
   <si>
     <t xml:space="preserve">US1D PANJIT, HS1D SEMTECH, US1D HOTTECH, HS1D WUXI XUYANG, US1D TAYCHIPS, </t>
@@ -767,50 +794,53 @@
     <t>Диод US1M TR</t>
   </si>
   <si>
     <t>TY</t>
   </si>
   <si>
     <t xml:space="preserve">US1M KLS, RS1M HOTTECH, US1M KOME, US1M SUNTAN, US1M PANJIT, US1M WUXI XUYANG, US1M GALAXY, US1M TRR Electronics, US1M MDD, US1M CJ, US1M Jingdao, US1M SUNMATE, US1M SEMTECH, US1M YANGJIE, US1M EXCEL, US1M HOTTECH, US1M MIC, </t>
   </si>
   <si>
     <t>US1MFA</t>
   </si>
   <si>
     <t>1000V 1A / US1MFA</t>
   </si>
   <si>
     <t>UT-00104795</t>
   </si>
   <si>
     <t>ON</t>
   </si>
   <si>
     <t>US2M</t>
   </si>
   <si>
     <t>Диод US2M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US2M SUNTAN, </t>
   </si>
   <si>
     <t>US2M-SMB</t>
   </si>
   <si>
     <t>UT-00105363</t>
   </si>
   <si>
     <t>US2M TR</t>
   </si>
   <si>
     <t>Диод US2M TR</t>
   </si>
   <si>
     <t>US3K</t>
   </si>
   <si>
     <t>Диод US3K</t>
   </si>
   <si>
     <t>US3M-SMC</t>
   </si>
   <si>
     <t>US3M</t>
   </si>
@@ -1401,51 +1431,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R163"/>
+  <dimension ref="A1:R164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1733,51 +1763,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080064140</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1500</v>
       </c>
       <c r="K11" s="15">
         <v>0.20782</v>
       </c>
       <c r="L11" s="15">
         <v>0.1743</v>
       </c>
       <c r="M11" s="15">
         <v>0.1676</v>
       </c>
       <c r="N11" s="15">
-        <v>297</v>
+        <v>343</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1852,51 +1882,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080039971</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01081</v>
       </c>
       <c r="L14" s="15">
         <v>0.01081</v>
       </c>
       <c r="M14" s="15">
         <v>0.01081</v>
       </c>
       <c r="N14" s="15">
-        <v>1173</v>
+        <v>1513</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080047707</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>48</v>
@@ -2133,5733 +2163,5798 @@
       </c>
       <c r="E21" s="15">
         <v>10080067479</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.02164</v>
       </c>
       <c r="L21" s="15">
         <v>0.01551</v>
       </c>
       <c r="M21" s="15">
         <v>0.01348</v>
       </c>
       <c r="N21" s="15">
-        <v>105</v>
+        <v>80</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="15">
         <v>10080050100</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="I22" s="15"/>
+      <c r="I22" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02428</v>
       </c>
       <c r="L22" s="15">
         <v>0.01757</v>
       </c>
       <c r="M22" s="15">
         <v>0.01533</v>
       </c>
       <c r="N22" s="15">
-        <v>1165</v>
+        <v>1362</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15">
         <v>10080057796</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>5000</v>
       </c>
       <c r="K23" s="15">
         <v>0.02481</v>
       </c>
       <c r="L23" s="15">
         <v>0.01779</v>
       </c>
       <c r="M23" s="15">
         <v>0.01544</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E24" s="15">
         <v>10080034673</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02307</v>
       </c>
       <c r="L24" s="15">
         <v>0.01669</v>
       </c>
       <c r="M24" s="15">
         <v>0.01456</v>
       </c>
       <c r="N24" s="15">
-        <v>6048</v>
+        <v>6586</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10080067480</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.02179</v>
       </c>
       <c r="L25" s="15">
         <v>0.01563</v>
       </c>
       <c r="M25" s="15">
         <v>0.01357</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>5000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01319</v>
       </c>
       <c r="L26" s="15">
         <v>0.01186</v>
       </c>
       <c r="M26" s="15">
         <v>0.01032</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E27" s="15">
         <v>10080075797</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.01538</v>
       </c>
       <c r="L27" s="15">
         <v>0.01333</v>
       </c>
       <c r="M27" s="15">
         <v>0.01281</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="I28" s="15"/>
+      <c r="I28" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="J28" s="15">
         <v>5000</v>
       </c>
       <c r="K28" s="15">
         <v>0.02248</v>
       </c>
       <c r="L28" s="15">
         <v>0.01627</v>
       </c>
       <c r="M28" s="15">
         <v>0.01419</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04513</v>
       </c>
       <c r="L29" s="15">
         <v>0.03009</v>
       </c>
       <c r="M29" s="15">
         <v>0.02739</v>
       </c>
       <c r="N29" s="15">
-        <v>199</v>
+        <v>227</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E30" s="15">
         <v>10000004673</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>5000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01617</v>
       </c>
       <c r="L30" s="15">
         <v>0.01617</v>
       </c>
       <c r="M30" s="15">
         <v>0.01617</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>10080056073</v>
+        <v>71</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>72</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H31" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="I31" s="15"/>
-      <c r="J31" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J31" s="15"/>
       <c r="K31" s="15">
-        <v>0.02562</v>
+        <v>0.03788</v>
       </c>
       <c r="L31" s="15">
-        <v>0.01837</v>
+        <v>0.03283</v>
       </c>
       <c r="M31" s="15">
-        <v>0.01596</v>
+        <v>0.03156</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
-      <c r="P31" s="15"/>
+      <c r="P31" s="15" t="s">
+        <v>74</v>
+      </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E32" s="15">
-        <v>10080057599</v>
+        <v>10080056073</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H32" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
-        <v>0.04702</v>
+        <v>0.02562</v>
       </c>
       <c r="L32" s="15">
-        <v>0.03372</v>
+        <v>0.01837</v>
       </c>
       <c r="M32" s="15">
-        <v>0.02927</v>
+        <v>0.01596</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E33" s="15">
-        <v>10080076309</v>
+        <v>10080057599</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H33" s="15" t="s">
-        <v>72</v>
+        <v>47</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.0496</v>
+        <v>0.04702</v>
       </c>
       <c r="L33" s="15">
-        <v>0.03558</v>
+        <v>0.03372</v>
       </c>
       <c r="M33" s="15">
-        <v>0.03089</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02927</v>
+      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>76</v>
+      </c>
+      <c r="E34" s="15">
+        <v>10080076309</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H34" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.01901</v>
+        <v>0.0496</v>
       </c>
       <c r="L34" s="15">
-        <v>0.01647</v>
+        <v>0.03558</v>
       </c>
       <c r="M34" s="15">
-        <v>0.01584</v>
-[...1 lines deleted...]
-      <c r="N34" s="15"/>
+        <v>0.03089</v>
+      </c>
+      <c r="N34" s="15">
+        <v>194</v>
+      </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H35" s="15" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.01856</v>
+        <v>0.01901</v>
       </c>
       <c r="L35" s="15">
-        <v>0.01608</v>
+        <v>0.01647</v>
       </c>
       <c r="M35" s="15">
-        <v>0.01546</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01584</v>
+      </c>
+      <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D36" s="15" t="s">
-[...3 lines deleted...]
-        <v>10000008320</v>
+      <c r="E36" s="15" t="s">
+        <v>81</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H36" s="15" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K36" s="15">
-        <v>0.03788</v>
+        <v>0.01856</v>
       </c>
       <c r="L36" s="15">
-        <v>0.03149</v>
+        <v>0.01608</v>
       </c>
       <c r="M36" s="15">
-        <v>0.03028</v>
-[...1 lines deleted...]
-      <c r="N36" s="15"/>
+        <v>0.01546</v>
+      </c>
+      <c r="N36" s="15">
+        <v>1056</v>
+      </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E37" s="15">
-        <v>10000030018</v>
+        <v>10000008320</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H37" s="15" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.04074</v>
+        <v>0.03788</v>
       </c>
       <c r="L37" s="15">
-        <v>0</v>
+        <v>0.03149</v>
       </c>
       <c r="M37" s="15">
-        <v>0</v>
+        <v>0.03028</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>85</v>
+      </c>
+      <c r="E38" s="15">
+        <v>10000030018</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K38" s="15">
-        <v>0.05609</v>
+        <v>0.04074</v>
       </c>
       <c r="L38" s="15">
-        <v>0.03232</v>
+        <v>0</v>
       </c>
       <c r="M38" s="15">
-        <v>0.02974</v>
+        <v>0</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>10080051605</v>
+        <v>87</v>
+      </c>
+      <c r="E39" s="15" t="s">
+        <v>88</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="H39" s="15" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
-        <v>250</v>
+        <v>3000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.09522</v>
+        <v>0.05609</v>
       </c>
       <c r="L39" s="15">
-        <v>0.06801</v>
+        <v>0.03232</v>
       </c>
       <c r="M39" s="15">
-        <v>0.05894</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02974</v>
+      </c>
+      <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E40" s="15">
-        <v>10080027929</v>
+        <v>10080051605</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>250</v>
       </c>
       <c r="K40" s="15">
-        <v>0.14479</v>
+        <v>0.09522</v>
       </c>
       <c r="L40" s="15">
-        <v>0.0769</v>
+        <v>0.06801</v>
       </c>
       <c r="M40" s="15">
-        <v>0.06561</v>
-[...1 lines deleted...]
-      <c r="N40" s="15"/>
+        <v>0.05894</v>
+      </c>
+      <c r="N40" s="15">
+        <v>601</v>
+      </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>90</v>
+      </c>
+      <c r="E41" s="15">
+        <v>10080027929</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H41" s="15" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K41" s="15">
-        <v>0.10375</v>
+        <v>0.14479</v>
       </c>
       <c r="L41" s="15">
-        <v>0.09601</v>
+        <v>0.0769</v>
       </c>
       <c r="M41" s="15">
-        <v>0.09072</v>
+        <v>0.06561</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>10000017037</v>
+        <v>90</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>92</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H42" s="15" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
-        <v>0.06722</v>
+        <v>0.10375</v>
       </c>
       <c r="L42" s="15">
-        <v>0.06111</v>
+        <v>0.09601</v>
       </c>
       <c r="M42" s="15">
-        <v>0.057</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09072</v>
+      </c>
+      <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E43" s="15">
-        <v>10000004711</v>
+        <v>10000017037</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
-        <v>0.09167</v>
+        <v>0.06722</v>
       </c>
       <c r="L43" s="15">
-        <v>0.08555</v>
+        <v>0.06111</v>
       </c>
       <c r="M43" s="15">
-        <v>0.08309999999999999</v>
+        <v>0.057</v>
       </c>
       <c r="N43" s="15">
-        <v>508</v>
+        <v>3</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E44" s="15">
-        <v>10000021087</v>
+        <v>10000004711</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H44" s="15" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
-        <v>1250</v>
+        <v>500</v>
       </c>
       <c r="K44" s="15">
-        <v>0.09370000000000001</v>
+        <v>0.09167</v>
       </c>
       <c r="L44" s="15">
-        <v>0.09099</v>
+        <v>0.08555</v>
       </c>
       <c r="M44" s="15">
-        <v>0.08691</v>
+        <v>0.08309999999999999</v>
       </c>
       <c r="N44" s="15">
-        <v>255</v>
+        <v>422</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>95</v>
+      </c>
+      <c r="E45" s="15">
+        <v>10000021087</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H45" s="15" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K45" s="15">
-        <v>0.10673</v>
+        <v>0.09370000000000001</v>
       </c>
       <c r="L45" s="15">
-        <v>0.09872</v>
+        <v>0.09099</v>
       </c>
       <c r="M45" s="15">
-        <v>0.09343</v>
+        <v>0.08691</v>
       </c>
       <c r="N45" s="15">
-        <v>600</v>
+        <v>237</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H46" s="15" t="s">
-        <v>95</v>
+        <v>44</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="K46" s="15">
-        <v>0.05861</v>
+        <v>0.10673</v>
       </c>
       <c r="L46" s="15">
-        <v>0.05861</v>
+        <v>0.09872</v>
       </c>
       <c r="M46" s="15">
-        <v>0.05861</v>
+        <v>0.09343</v>
       </c>
       <c r="N46" s="15">
-        <v>38</v>
+        <v>710</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>10080051606</v>
+        <v>98</v>
+      </c>
+      <c r="E47" s="15" t="s">
+        <v>99</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H47" s="15" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
-        <v>1250</v>
+        <v>200</v>
       </c>
       <c r="K47" s="15">
-        <v>0.08681</v>
+        <v>0.05861</v>
       </c>
       <c r="L47" s="15">
-        <v>0.06281</v>
+        <v>0.05861</v>
       </c>
       <c r="M47" s="15">
-        <v>0.05481</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.05861</v>
+      </c>
+      <c r="N47" s="15">
+        <v>38</v>
+      </c>
+      <c r="O47" s="15"/>
+      <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E48" s="15">
-        <v>10080056074</v>
+        <v>10080051606</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H48" s="15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1250</v>
       </c>
       <c r="K48" s="15">
-        <v>0.09475</v>
+        <v>0.08681</v>
       </c>
       <c r="L48" s="15">
-        <v>0.06793</v>
+        <v>0.06281</v>
       </c>
       <c r="M48" s="15">
-        <v>0.059</v>
+        <v>0.05481</v>
       </c>
       <c r="N48" s="15"/>
-      <c r="O48" s="15"/>
-      <c r="P48" s="15"/>
+      <c r="O48" s="15">
+        <v>3600</v>
+      </c>
+      <c r="P48" s="15" t="s">
+        <v>103</v>
+      </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="E49" s="15">
-        <v>10080027930</v>
+        <v>10080056074</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H49" s="15" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K49" s="15">
-        <v>0.05813</v>
+        <v>0.09475</v>
       </c>
       <c r="L49" s="15">
-        <v>0.05038</v>
+        <v>0.06793</v>
       </c>
       <c r="M49" s="15">
-        <v>0.04844</v>
+        <v>0.059</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="E50" s="15">
+        <v>10080027930</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="I50" s="15"/>
+      <c r="I50" s="15" t="s">
+        <v>105</v>
+      </c>
       <c r="J50" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K50" s="15">
-        <v>0.05529</v>
+        <v>0.05813</v>
       </c>
       <c r="L50" s="15">
-        <v>0.04792</v>
+        <v>0.05038</v>
       </c>
       <c r="M50" s="15">
-        <v>0.04608</v>
+        <v>0.04844</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H51" s="15" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="I51" s="15"/>
+        <v>44</v>
+      </c>
+      <c r="I51" s="15" t="s">
+        <v>105</v>
+      </c>
       <c r="J51" s="15">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K51" s="15">
-        <v>0.04689</v>
+        <v>0.05529</v>
       </c>
       <c r="L51" s="15">
-        <v>0.04064</v>
+        <v>0.04792</v>
       </c>
       <c r="M51" s="15">
-        <v>0.03908</v>
+        <v>0.04608</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>10000004632</v>
+        <v>104</v>
+      </c>
+      <c r="E52" s="15" t="s">
+        <v>107</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H52" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1250</v>
       </c>
       <c r="K52" s="15">
-        <v>0.08962000000000001</v>
+        <v>0.04689</v>
       </c>
       <c r="L52" s="15">
-        <v>0.0717</v>
+        <v>0.04064</v>
       </c>
       <c r="M52" s="15">
-        <v>0.06870999999999999</v>
+        <v>0.03908</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E53" s="15">
-        <v>10080016002</v>
+        <v>10000004632</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H53" s="15" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1250</v>
       </c>
       <c r="K53" s="15">
-        <v>0.09148000000000001</v>
+        <v>0.08962000000000001</v>
       </c>
       <c r="L53" s="15">
-        <v>0.06558</v>
+        <v>0.0717</v>
       </c>
       <c r="M53" s="15">
-        <v>0.05696</v>
+        <v>0.06870999999999999</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E54" s="15">
-        <v>10080050185</v>
+        <v>10080016002</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>250</v>
+        <v>1250</v>
       </c>
       <c r="K54" s="15">
-        <v>0.06173</v>
+        <v>0.09148000000000001</v>
       </c>
       <c r="L54" s="15">
-        <v>0.0535</v>
+        <v>0.06558</v>
       </c>
       <c r="M54" s="15">
-        <v>0.05144</v>
+        <v>0.05696</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="E55" s="15">
-        <v>10080028159</v>
+        <v>10080050185</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H55" s="15" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I55" s="15"/>
+        <v>44</v>
+      </c>
+      <c r="I55" s="15" t="s">
+        <v>113</v>
+      </c>
       <c r="J55" s="15">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K55" s="15">
-        <v>0.08296000000000001</v>
+        <v>0.06173</v>
       </c>
       <c r="L55" s="15">
-        <v>0.06002</v>
+        <v>0.0535</v>
       </c>
       <c r="M55" s="15">
-        <v>0.05238</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05144</v>
+      </c>
+      <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D56" s="15"/>
+        <v>111</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>114</v>
+      </c>
       <c r="E56" s="15">
-        <v>10080057966</v>
+        <v>10080028159</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H56" s="15" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="I56" s="15"/>
+        <v>61</v>
+      </c>
+      <c r="I56" s="15" t="s">
+        <v>115</v>
+      </c>
       <c r="J56" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K56" s="15">
-        <v>0.09268999999999999</v>
+        <v>0.08296000000000001</v>
       </c>
       <c r="L56" s="15">
-        <v>0.06646000000000001</v>
+        <v>0.06002</v>
       </c>
       <c r="M56" s="15">
-        <v>0.05772</v>
-[...1 lines deleted...]
-      <c r="N56" s="15"/>
+        <v>0.05238</v>
+      </c>
+      <c r="N56" s="15">
+        <v>4760</v>
+      </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>108</v>
+        <v>111</v>
+      </c>
+      <c r="D57" s="15"/>
+      <c r="E57" s="15">
+        <v>10080057966</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H57" s="15" t="s">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>2500</v>
+        <v>500</v>
       </c>
       <c r="K57" s="15">
-        <v>0.0713</v>
+        <v>0.09268999999999999</v>
       </c>
       <c r="L57" s="15">
-        <v>0.0516</v>
+        <v>0.06646000000000001</v>
       </c>
       <c r="M57" s="15">
-        <v>0.045</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05772</v>
+      </c>
+      <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>10080039020</v>
+        <v>114</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>116</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H58" s="15" t="s">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K58" s="15">
-        <v>0.18167</v>
+        <v>0.0713</v>
       </c>
       <c r="L58" s="15">
-        <v>0.09653</v>
+        <v>0.0516</v>
       </c>
       <c r="M58" s="15">
-        <v>0.08232</v>
-[...1 lines deleted...]
-      <c r="N58" s="15"/>
+        <v>0.045</v>
+      </c>
+      <c r="N58" s="15">
+        <v>4</v>
+      </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="E59" s="15">
-        <v>10080046364</v>
+        <v>10080039020</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H59" s="15" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="I59" s="15"/>
+        <v>61</v>
+      </c>
+      <c r="I59" s="15" t="s">
+        <v>115</v>
+      </c>
       <c r="J59" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.08230999999999999</v>
+        <v>0.18167</v>
       </c>
       <c r="L59" s="15">
-        <v>0.05955</v>
+        <v>0.09653</v>
       </c>
       <c r="M59" s="15">
-        <v>0.05196</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08232</v>
+      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>114</v>
+      </c>
+      <c r="E60" s="15">
+        <v>10080046364</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H60" s="15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K60" s="15">
-        <v>0.05676</v>
+        <v>0.08230999999999999</v>
       </c>
       <c r="L60" s="15">
-        <v>0.04919</v>
+        <v>0.05955</v>
       </c>
       <c r="M60" s="15">
-        <v>0.0473</v>
-[...1 lines deleted...]
-      <c r="N60" s="15"/>
+        <v>0.05196</v>
+      </c>
+      <c r="N60" s="15">
+        <v>83</v>
+      </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>10080075064</v>
+        <v>111</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>119</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H61" s="15" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K61" s="15">
-        <v>0.09148000000000001</v>
+        <v>0.05676</v>
       </c>
       <c r="L61" s="15">
-        <v>0.06558</v>
+        <v>0.04919</v>
       </c>
       <c r="M61" s="15">
-        <v>0.05696</v>
+        <v>0.0473</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>120</v>
+      </c>
+      <c r="E62" s="15">
+        <v>10080075064</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="I62" s="15"/>
+        <v>44</v>
+      </c>
+      <c r="I62" s="15" t="s">
+        <v>113</v>
+      </c>
       <c r="J62" s="15">
-        <v>1250</v>
+        <v>500</v>
       </c>
       <c r="K62" s="15">
-        <v>0.05114</v>
+        <v>0.09148000000000001</v>
       </c>
       <c r="L62" s="15">
-        <v>0.04432</v>
+        <v>0.06558</v>
       </c>
       <c r="M62" s="15">
-        <v>0.04261</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05696</v>
+      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>10080026094</v>
+        <v>114</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>121</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1250</v>
       </c>
       <c r="K63" s="15">
-        <v>0.09789</v>
+        <v>0.05114</v>
       </c>
       <c r="L63" s="15">
-        <v>0.08026</v>
+        <v>0.04432</v>
       </c>
       <c r="M63" s="15">
-        <v>0.077</v>
-[...1 lines deleted...]
-      <c r="N63" s="15"/>
+        <v>0.04261</v>
+      </c>
+      <c r="N63" s="15">
+        <v>465</v>
+      </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="E64" s="15">
-        <v>10080051531</v>
+        <v>10080026094</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="I64" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>2000</v>
+        <v>1250</v>
       </c>
       <c r="K64" s="15">
-        <v>0.01739</v>
+        <v>0.09789</v>
       </c>
       <c r="L64" s="15">
-        <v>0.01507</v>
+        <v>0.08026</v>
       </c>
       <c r="M64" s="15">
-        <v>0.01449</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.077</v>
+      </c>
+      <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E65" s="15">
-        <v>10080028160</v>
+        <v>10080051531</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H65" s="15" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I65" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I65" s="15" t="s">
+        <v>128</v>
+      </c>
       <c r="J65" s="15">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.05714</v>
+        <v>0.01739</v>
       </c>
       <c r="L65" s="15">
-        <v>0.03037</v>
+        <v>0.01507</v>
       </c>
       <c r="M65" s="15">
-        <v>0.02589</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>0.01449</v>
+      </c>
+      <c r="N65" s="15">
+        <v>4081</v>
+      </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E66" s="15">
-        <v>10080061915</v>
+        <v>10080028160</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H66" s="15" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="K66" s="15">
-        <v>0.0236</v>
+        <v>0.05714</v>
       </c>
       <c r="L66" s="15">
-        <v>0.01902</v>
+        <v>0.03037</v>
       </c>
       <c r="M66" s="15">
-        <v>0.01827</v>
+        <v>0.02589</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E67" s="15">
-        <v>10080065234</v>
+        <v>10080061915</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H67" s="15" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.01297</v>
+        <v>0.0236</v>
       </c>
       <c r="L67" s="15">
-        <v>0.009379999999999999</v>
+        <v>0.01902</v>
       </c>
       <c r="M67" s="15">
-        <v>0.008189999999999999</v>
+        <v>0.01827</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E68" s="15">
-        <v>10080039022</v>
+        <v>10080065234</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H68" s="15" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.06395000000000001</v>
+        <v>0.01297</v>
       </c>
       <c r="L68" s="15">
-        <v>0.03398</v>
+        <v>0.009379999999999999</v>
       </c>
       <c r="M68" s="15">
-        <v>0.02898</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.008189999999999999</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E69" s="15">
-        <v>10080010895</v>
+        <v>10080039022</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H69" s="15" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.03108</v>
+        <v>0.06395000000000001</v>
       </c>
       <c r="L69" s="15">
-        <v>0.02229</v>
+        <v>0.03398</v>
       </c>
       <c r="M69" s="15">
-        <v>0.01934</v>
+        <v>0.02898</v>
       </c>
       <c r="N69" s="15">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E70" s="15">
-        <v>10080009572</v>
+        <v>10080010895</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H70" s="15" t="s">
-        <v>72</v>
+        <v>59</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.06611</v>
+        <v>0.03108</v>
       </c>
       <c r="L70" s="15">
-        <v>0.06404</v>
+        <v>0.02229</v>
       </c>
       <c r="M70" s="15">
-        <v>0.06184</v>
-[...1 lines deleted...]
-      <c r="N70" s="15"/>
+        <v>0.01934</v>
+      </c>
+      <c r="N70" s="15">
+        <v>5</v>
+      </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E71" s="15">
-        <v>10080003247</v>
+        <v>10080009572</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H71" s="15" t="s">
-        <v>123</v>
+        <v>77</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="J71" s="15">
-        <v>7500</v>
+        <v>5000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.05431</v>
+        <v>0.06611</v>
       </c>
       <c r="L71" s="15">
-        <v>0.05024</v>
+        <v>0.06404</v>
       </c>
       <c r="M71" s="15">
-        <v>0.04889</v>
+        <v>0.06184</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>126</v>
+      </c>
+      <c r="E72" s="15">
+        <v>10080003247</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>49</v>
+        <v>131</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="J72" s="15">
-        <v>1800</v>
+        <v>7500</v>
       </c>
       <c r="K72" s="15">
-        <v>0.07743</v>
+        <v>0.05431</v>
       </c>
       <c r="L72" s="15">
-        <v>0.07160999999999999</v>
+        <v>0.05024</v>
       </c>
       <c r="M72" s="15">
-        <v>0.06775</v>
+        <v>0.04889</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H73" s="15" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="J73" s="15">
-        <v>5000</v>
+        <v>1800</v>
       </c>
       <c r="K73" s="15">
-        <v>0.08962000000000001</v>
+        <v>0.07743</v>
       </c>
       <c r="L73" s="15">
-        <v>0.08419</v>
+        <v>0.07160999999999999</v>
       </c>
       <c r="M73" s="15">
-        <v>0.08147</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06775</v>
+      </c>
+      <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>10080037400</v>
+        <v>126</v>
+      </c>
+      <c r="E74" s="15" t="s">
+        <v>133</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H74" s="15" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="I74" s="15"/>
+        <v>52</v>
+      </c>
+      <c r="I74" s="15" t="s">
+        <v>134</v>
+      </c>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.04705</v>
+        <v>0.08962000000000001</v>
       </c>
       <c r="L74" s="15">
-        <v>0.03294</v>
+        <v>0.08419</v>
       </c>
       <c r="M74" s="15">
-        <v>0.03059</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.08147</v>
+      </c>
+      <c r="N74" s="15">
+        <v>228</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="E75" s="15">
-        <v>10080047227</v>
+        <v>10080037400</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H75" s="15" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.03729</v>
+        <v>0.04705</v>
       </c>
       <c r="L75" s="15">
-        <v>0.02577</v>
+        <v>0.03294</v>
       </c>
       <c r="M75" s="15">
-        <v>0.02221</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03059</v>
+      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>136</v>
+      </c>
+      <c r="E76" s="15">
+        <v>10080047227</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H76" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.008070000000000001</v>
+        <v>0.03729</v>
       </c>
       <c r="L76" s="15">
-        <v>0.00745</v>
+        <v>0.02577</v>
       </c>
       <c r="M76" s="15">
-        <v>0.00745</v>
+        <v>0.02221</v>
       </c>
       <c r="N76" s="15">
-        <v>5095</v>
+        <v>6682</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H77" s="15" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="I77" s="15"/>
-      <c r="J77" s="15"/>
+      <c r="J77" s="15">
+        <v>5000</v>
+      </c>
       <c r="K77" s="15">
-        <v>0.07469000000000001</v>
+        <v>0.008070000000000001</v>
       </c>
       <c r="L77" s="15">
-        <v>0</v>
+        <v>0.00745</v>
       </c>
       <c r="M77" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N77" s="15"/>
+        <v>0.00745</v>
+      </c>
+      <c r="N77" s="15">
+        <v>5165</v>
+      </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.26735</v>
+        <v>0.07469000000000001</v>
       </c>
       <c r="L78" s="15">
-        <v>0.26735</v>
+        <v>0</v>
       </c>
       <c r="M78" s="15">
-        <v>0.26735</v>
+        <v>0</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="H79" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
-        <v>0.15994</v>
+        <v>0.26735</v>
       </c>
       <c r="L79" s="15">
-        <v>0.15299</v>
+        <v>0.26735</v>
       </c>
       <c r="M79" s="15">
-        <v>0.15299</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26735</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="H80" s="15" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="K80" s="15">
-        <v>0.06411</v>
+        <v>0.15994</v>
       </c>
       <c r="L80" s="15">
-        <v>0.05377</v>
+        <v>0.15299</v>
       </c>
       <c r="M80" s="15">
-        <v>0.0517</v>
+        <v>0.15299</v>
       </c>
       <c r="N80" s="15">
-        <v>641</v>
+        <v>1699</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.03626</v>
+        <v>0.06411</v>
       </c>
       <c r="L81" s="15">
-        <v>0.02623</v>
+        <v>0.05377</v>
       </c>
       <c r="M81" s="15">
-        <v>0.02289</v>
+        <v>0.0517</v>
       </c>
       <c r="N81" s="15">
-        <v>7481</v>
+        <v>903</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H82" s="15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.03287</v>
+        <v>0.03626</v>
       </c>
       <c r="L82" s="15">
-        <v>0.02848</v>
+        <v>0.02623</v>
       </c>
       <c r="M82" s="15">
-        <v>0.02739</v>
-[...1 lines deleted...]
-      <c r="N82" s="15"/>
+        <v>0.02289</v>
+      </c>
+      <c r="N82" s="15">
+        <v>9790</v>
+      </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>10080071896</v>
+        <v>152</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>153</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H83" s="15" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.06806</v>
+        <v>0.03287</v>
       </c>
       <c r="L83" s="15">
-        <v>0.05707</v>
+        <v>0.02848</v>
       </c>
       <c r="M83" s="15">
-        <v>0.05489</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02739</v>
+      </c>
+      <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>152</v>
+      </c>
+      <c r="E84" s="15">
+        <v>10080071896</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H84" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.0216</v>
+        <v>0.06806</v>
       </c>
       <c r="L84" s="15">
-        <v>0.0216</v>
+        <v>0.05707</v>
       </c>
       <c r="M84" s="15">
-        <v>0.0216</v>
+        <v>0.05489</v>
       </c>
       <c r="N84" s="15">
-        <v>3160</v>
+        <v>96</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.02877</v>
+        <v>0.0216</v>
       </c>
       <c r="L85" s="15">
-        <v>0.02493</v>
+        <v>0.0216</v>
       </c>
       <c r="M85" s="15">
-        <v>0.02398</v>
+        <v>0.0216</v>
       </c>
       <c r="N85" s="15">
-        <v>4740</v>
+        <v>3326</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="H86" s="15" t="s">
-        <v>72</v>
+        <v>156</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.0126</v>
+        <v>0.02877</v>
       </c>
       <c r="L86" s="15">
-        <v>0.0126</v>
+        <v>0.02493</v>
       </c>
       <c r="M86" s="15">
-        <v>0.0126</v>
+        <v>0.02398</v>
       </c>
       <c r="N86" s="15">
-        <v>441</v>
+        <v>3960</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H87" s="15" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.04263</v>
+        <v>0.0126</v>
       </c>
       <c r="L87" s="15">
-        <v>0.03575</v>
+        <v>0.0126</v>
       </c>
       <c r="M87" s="15">
-        <v>0.03437</v>
-[...1 lines deleted...]
-      <c r="N87" s="15"/>
+        <v>0.0126</v>
+      </c>
+      <c r="N87" s="15">
+        <v>567</v>
+      </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="H88" s="15" t="s">
-        <v>159</v>
+        <v>48</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.54391</v>
+        <v>0.04263</v>
       </c>
       <c r="L88" s="15">
-        <v>0.45618</v>
+        <v>0.03575</v>
       </c>
       <c r="M88" s="15">
-        <v>0.43864</v>
+        <v>0.03437</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>119</v>
+        <v>166</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>48</v>
+        <v>167</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.018</v>
+        <v>0.54391</v>
       </c>
       <c r="L89" s="15">
-        <v>0.018</v>
+        <v>0.45618</v>
       </c>
       <c r="M89" s="15">
-        <v>0.018</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.43864</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="I90" s="15"/>
-      <c r="J90" s="15"/>
+      <c r="J90" s="15">
+        <v>5000</v>
+      </c>
       <c r="K90" s="15">
-        <v>0.01848</v>
+        <v>0.018</v>
       </c>
       <c r="L90" s="15">
-        <v>0.01848</v>
+        <v>0.018</v>
       </c>
       <c r="M90" s="15">
-        <v>0.01848</v>
-[...1 lines deleted...]
-      <c r="N90" s="15"/>
+        <v>0.018</v>
+      </c>
+      <c r="N90" s="15">
+        <v>1540</v>
+      </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>166</v>
+        <v>49</v>
       </c>
       <c r="I91" s="15"/>
-      <c r="J91" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J91" s="15"/>
       <c r="K91" s="15">
-        <v>0.02271</v>
+        <v>0.01848</v>
       </c>
       <c r="L91" s="15">
-        <v>0.01968</v>
+        <v>0.01848</v>
       </c>
       <c r="M91" s="15">
-        <v>0.01893</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01848</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>170</v>
+        <v>127</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>30</v>
+        <v>5000</v>
       </c>
       <c r="K92" s="15">
-        <v>5.65</v>
+        <v>0.02271</v>
       </c>
       <c r="L92" s="15">
-        <v>4.74</v>
+        <v>0.01968</v>
       </c>
       <c r="M92" s="15">
-        <v>4.56</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.01893</v>
+      </c>
+      <c r="N92" s="15">
+        <v>551</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>10080057055</v>
+        <v>176</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>177</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>71</v>
+        <v>178</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>500</v>
+        <v>30</v>
       </c>
       <c r="K93" s="15">
-        <v>0.21428</v>
+        <v>5.65</v>
       </c>
       <c r="L93" s="15">
-        <v>0</v>
+        <v>4.74</v>
       </c>
       <c r="M93" s="15">
-        <v>0</v>
+        <v>4.56</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>180</v>
+      </c>
+      <c r="E94" s="15">
+        <v>10080057055</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>141</v>
+        <v>73</v>
       </c>
       <c r="H94" s="15" t="s">
-        <v>49</v>
+        <v>181</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K94" s="15">
-        <v>0.20084</v>
+        <v>0.21428</v>
       </c>
       <c r="L94" s="15">
-        <v>0.18901</v>
+        <v>0</v>
       </c>
       <c r="M94" s="15">
-        <v>0.17722</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>10080042670</v>
+        <v>183</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>184</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>178</v>
+        <v>149</v>
       </c>
       <c r="H95" s="15" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="I95" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I95" s="15" t="s">
+        <v>185</v>
+      </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.04139</v>
+        <v>0.20084</v>
       </c>
       <c r="L95" s="15">
-        <v>0.03449</v>
+        <v>0.18901</v>
       </c>
       <c r="M95" s="15">
-        <v>0.03449</v>
-[...1 lines deleted...]
-      <c r="N95" s="15"/>
+        <v>0.17722</v>
+      </c>
+      <c r="N95" s="15">
+        <v>118</v>
+      </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="E96" s="15">
-        <v>10080007297</v>
+        <v>10080042670</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.22541</v>
+        <v>0.04139</v>
       </c>
       <c r="L96" s="15">
-        <v>0.21048</v>
+        <v>0.03449</v>
       </c>
       <c r="M96" s="15">
-        <v>0.20368</v>
+        <v>0.03449</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>179</v>
+        <v>186</v>
+      </c>
+      <c r="E97" s="15">
+        <v>10080007297</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.04647</v>
+        <v>0.22541</v>
       </c>
       <c r="L97" s="15">
-        <v>0.04027</v>
+        <v>0.21048</v>
       </c>
       <c r="M97" s="15">
-        <v>0.03873</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.20368</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>181</v>
+        <v>48</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.05642</v>
+        <v>0.04647</v>
       </c>
       <c r="L98" s="15">
-        <v>0.036</v>
+        <v>0.04027</v>
       </c>
       <c r="M98" s="15">
-        <v>0.032</v>
+        <v>0.03873</v>
       </c>
       <c r="N98" s="15">
-        <v>3840</v>
+        <v>699</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>10080017577</v>
+        <v>186</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>189</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>178</v>
+        <v>149</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>49</v>
+        <v>190</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.11916</v>
+        <v>0.05642</v>
       </c>
       <c r="L99" s="15">
-        <v>0.0993</v>
+        <v>0.036</v>
       </c>
       <c r="M99" s="15">
-        <v>0.09532</v>
-[...1 lines deleted...]
-      <c r="N99" s="15"/>
+        <v>0.032</v>
+      </c>
+      <c r="N99" s="15">
+        <v>4200</v>
+      </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="E100" s="15">
-        <v>10080054444</v>
+        <v>10080017577</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>43</v>
+        <v>187</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="I100" s="15"/>
+        <v>49</v>
+      </c>
+      <c r="I100" s="15" t="s">
+        <v>185</v>
+      </c>
       <c r="J100" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.0159</v>
+        <v>0.11916</v>
       </c>
       <c r="L100" s="15">
-        <v>0.01325</v>
+        <v>0.0993</v>
       </c>
       <c r="M100" s="15">
-        <v>0.01325</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09532</v>
+      </c>
+      <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>193</v>
+      </c>
+      <c r="E101" s="15">
+        <v>10080054444</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="15" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.01124</v>
+        <v>0.0159</v>
       </c>
       <c r="L101" s="15">
-        <v>0.00974</v>
+        <v>0.01325</v>
       </c>
       <c r="M101" s="15">
-        <v>0.00936</v>
+        <v>0.01325</v>
       </c>
       <c r="N101" s="15">
-        <v>1525</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="O101" s="15"/>
+      <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="15" t="s">
-        <v>95</v>
+        <v>51</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.02472</v>
+        <v>0.01133</v>
       </c>
       <c r="L102" s="15">
-        <v>0.02074</v>
+        <v>0.009820000000000001</v>
       </c>
       <c r="M102" s="15">
-        <v>0.01994</v>
+        <v>0.00944</v>
       </c>
       <c r="N102" s="15">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="O102" s="15"/>
+        <v>325</v>
+      </c>
+      <c r="O102" s="15">
+        <v>3250</v>
+      </c>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>10080002333</v>
+        <v>193</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>195</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="15" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>5000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.02915</v>
+        <v>0.02472</v>
       </c>
       <c r="L103" s="15">
-        <v>0.02445</v>
+        <v>0.02074</v>
       </c>
       <c r="M103" s="15">
-        <v>0.02352</v>
-[...1 lines deleted...]
-      <c r="N103" s="15"/>
+        <v>0.01994</v>
+      </c>
+      <c r="N103" s="15">
+        <v>781</v>
+      </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="E104" s="15">
-        <v>10080027935</v>
+        <v>10080002333</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>5000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.02297</v>
+        <v>0.02915</v>
       </c>
       <c r="L104" s="15">
-        <v>0.01641</v>
+        <v>0.02445</v>
       </c>
       <c r="M104" s="15">
-        <v>0.01421</v>
+        <v>0.02352</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="E105" s="15">
-        <v>10080067488</v>
+        <v>10080027935</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>5000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.02146</v>
+        <v>0.02297</v>
       </c>
       <c r="L105" s="15">
-        <v>0.01539</v>
+        <v>0.01641</v>
       </c>
       <c r="M105" s="15">
-        <v>0.01335</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01421</v>
+      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>197</v>
+      </c>
+      <c r="E106" s="15">
+        <v>10080067488</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>5000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.01098</v>
+        <v>0.02146</v>
       </c>
       <c r="L106" s="15">
-        <v>0.009520000000000001</v>
+        <v>0.01539</v>
       </c>
       <c r="M106" s="15">
-        <v>0.00915</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.01335</v>
+      </c>
+      <c r="N106" s="15">
+        <v>615</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>10080027224</v>
+        <v>198</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>199</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.02615</v>
+        <v>0.01098</v>
       </c>
       <c r="L107" s="15">
-        <v>0.01876</v>
+        <v>0.009520000000000001</v>
       </c>
       <c r="M107" s="15">
-        <v>0.01628</v>
+        <v>0.00915</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E108" s="15">
-        <v>10080054445</v>
+        <v>10080027224</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>86</v>
+        <v>43</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="K108" s="15">
-        <v>0.04905</v>
+        <v>0.02615</v>
       </c>
       <c r="L108" s="15">
-        <v>0.04088</v>
+        <v>0.01876</v>
       </c>
       <c r="M108" s="15">
-        <v>0.04088</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01628</v>
+      </c>
+      <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="E109" s="15">
-        <v>10080054466</v>
+        <v>10080054445</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K109" s="15">
-        <v>0.09074</v>
+        <v>0.04905</v>
       </c>
       <c r="L109" s="15">
-        <v>0.07317</v>
+        <v>0.04088</v>
       </c>
       <c r="M109" s="15">
-        <v>0.07024</v>
-[...1 lines deleted...]
-      <c r="N109" s="15"/>
+        <v>0.04088</v>
+      </c>
+      <c r="N109" s="15">
+        <v>1558</v>
+      </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>193</v>
+        <v>202</v>
       </c>
       <c r="E110" s="15">
-        <v>10080027936</v>
+        <v>10080054466</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K110" s="15">
-        <v>0.08334</v>
+        <v>0.09074</v>
       </c>
       <c r="L110" s="15">
-        <v>0.05975</v>
+        <v>0.07317</v>
       </c>
       <c r="M110" s="15">
-        <v>0.0519</v>
+        <v>0.07024</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="E111" s="15">
-        <v>10080028876</v>
+        <v>10080027936</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
-        <v>0.19296</v>
+        <v>0.08334</v>
       </c>
       <c r="L111" s="15">
-        <v>0.10252</v>
+        <v>0.05975</v>
       </c>
       <c r="M111" s="15">
-        <v>0.08745</v>
+        <v>0.0519</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="E112" s="15">
-        <v>10080069761</v>
+        <v>10080028876</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H112" s="15" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
-        <v>0.07530000000000001</v>
+        <v>0.19296</v>
       </c>
       <c r="L112" s="15">
-        <v>0.05399</v>
+        <v>0.10252</v>
       </c>
       <c r="M112" s="15">
-        <v>0.04689</v>
+        <v>0.08745</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>200</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080069761</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="I113" s="15"/>
+      <c r="I113" s="15" t="s">
+        <v>205</v>
+      </c>
       <c r="J113" s="15">
-        <v>1250</v>
+        <v>500</v>
       </c>
       <c r="K113" s="15">
-        <v>0.0399</v>
+        <v>0.07530000000000001</v>
       </c>
       <c r="L113" s="15">
-        <v>0.03458</v>
+        <v>0.05399</v>
       </c>
       <c r="M113" s="15">
-        <v>0.03325</v>
+        <v>0.04689</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="I114" s="15"/>
+        <v>48</v>
+      </c>
+      <c r="I114" s="15" t="s">
+        <v>205</v>
+      </c>
       <c r="J114" s="15">
-        <v>250</v>
+        <v>1250</v>
       </c>
       <c r="K114" s="15">
-        <v>0.07523000000000001</v>
+        <v>0.0399</v>
       </c>
       <c r="L114" s="15">
-        <v>0.048</v>
+        <v>0.03458</v>
       </c>
       <c r="M114" s="15">
-        <v>0.044</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03325</v>
+      </c>
+      <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>10080018929</v>
+        <v>203</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H115" s="15" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
-        <v>1250</v>
+        <v>250</v>
       </c>
       <c r="K115" s="15">
-        <v>0.10751</v>
+        <v>0.07523000000000001</v>
       </c>
       <c r="L115" s="15">
-        <v>0.0896</v>
+        <v>0.048</v>
       </c>
       <c r="M115" s="15">
-        <v>0.08601</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.044</v>
+      </c>
+      <c r="N115" s="15">
+        <v>11340</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E116" s="15">
-        <v>10080064574</v>
+        <v>10080018929</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>201</v>
+        <v>91</v>
       </c>
       <c r="H116" s="15" t="s">
-        <v>173</v>
+        <v>49</v>
       </c>
       <c r="I116" s="15"/>
-      <c r="J116" s="15"/>
+      <c r="J116" s="15">
+        <v>1250</v>
+      </c>
       <c r="K116" s="15">
-        <v>0.12491</v>
+        <v>0.10751</v>
       </c>
       <c r="L116" s="15">
-        <v>0.1041</v>
+        <v>0.0896</v>
       </c>
       <c r="M116" s="15">
-        <v>0.09991999999999999</v>
+        <v>0.08601</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="E117" s="15">
-        <v>10080038717</v>
+        <v>10080064574</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>119</v>
+        <v>210</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>60</v>
+        <v>181</v>
       </c>
       <c r="I117" s="15"/>
-      <c r="J117" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J117" s="15"/>
       <c r="K117" s="15">
-        <v>0.02819</v>
+        <v>0.12491</v>
       </c>
       <c r="L117" s="15">
-        <v>0.01562</v>
+        <v>0.1041</v>
       </c>
       <c r="M117" s="15">
-        <v>0.01358</v>
+        <v>0.09991999999999999</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="E118" s="15">
-        <v>10080026104</v>
+        <v>10080038717</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.01631</v>
+        <v>0.02819</v>
       </c>
       <c r="L118" s="15">
-        <v>0.01112</v>
+        <v>0.01562</v>
       </c>
       <c r="M118" s="15">
-        <v>0.009639999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01358</v>
+      </c>
+      <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="E119" s="15">
-        <v>10080009766</v>
+        <v>10080026104</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>5000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.05431</v>
+        <v>0.01631</v>
       </c>
       <c r="L119" s="15">
-        <v>0.05161</v>
+        <v>0.01112</v>
       </c>
       <c r="M119" s="15">
-        <v>0.04889</v>
-[...1 lines deleted...]
-      <c r="N119" s="15"/>
+        <v>0.009639999999999999</v>
+      </c>
+      <c r="N119" s="15">
+        <v>61</v>
+      </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="E120" s="15">
-        <v>10080009809</v>
+        <v>10080009766</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>173</v>
+        <v>213</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="J120" s="15">
-        <v>1800</v>
+        <v>5000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.07142999999999999</v>
+        <v>0.05431</v>
       </c>
       <c r="L120" s="15">
-        <v>0.05351</v>
+        <v>0.05161</v>
       </c>
       <c r="M120" s="15">
-        <v>0.05173</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04889</v>
+      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-        <v>207</v>
+        <v>211</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="E121" s="15">
+        <v>10080009809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="I121" s="15"/>
+        <v>181</v>
+      </c>
+      <c r="I121" s="15" t="s">
+        <v>215</v>
+      </c>
       <c r="J121" s="15">
-        <v>5000</v>
+        <v>1800</v>
       </c>
       <c r="K121" s="15">
-        <v>0.00707</v>
+        <v>0.07142999999999999</v>
       </c>
       <c r="L121" s="15">
-        <v>0.00612</v>
+        <v>0.05351</v>
       </c>
       <c r="M121" s="15">
-        <v>0.00589</v>
+        <v>0.05173</v>
       </c>
       <c r="N121" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="D122" s="15"/>
       <c r="E122" s="15" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>181</v>
+        <v>51</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K122" s="15">
-        <v>0.006</v>
+        <v>0.00707</v>
       </c>
       <c r="L122" s="15">
-        <v>0.0052</v>
+        <v>0.00612</v>
       </c>
       <c r="M122" s="15">
-        <v>0.005</v>
+        <v>0.00589</v>
       </c>
       <c r="N122" s="15">
-        <v>15120</v>
+        <v>100</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-        <v>10080017852</v>
+        <v>211</v>
+      </c>
+      <c r="D123" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="E123" s="15" t="s">
+        <v>217</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H123" s="15" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.0092</v>
+        <v>0.006</v>
       </c>
       <c r="L123" s="15">
-        <v>0.00666</v>
+        <v>0.0052</v>
       </c>
       <c r="M123" s="15">
-        <v>0.00581</v>
+        <v>0.005</v>
       </c>
       <c r="N123" s="15">
-        <v>30821</v>
+        <v>5670</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>210</v>
+        <v>211</v>
+      </c>
+      <c r="D124" s="15"/>
+      <c r="E124" s="15">
+        <v>10080017852</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H124" s="15" t="s">
-        <v>211</v>
+        <v>49</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
-        <v>0.04209</v>
+        <v>0.0092</v>
       </c>
       <c r="L124" s="15">
-        <v>0.02851</v>
+        <v>0.00666</v>
       </c>
       <c r="M124" s="15">
-        <v>0.02715</v>
-[...1 lines deleted...]
-      <c r="N124" s="15"/>
+        <v>0.00581</v>
+      </c>
+      <c r="N124" s="15">
+        <v>22260</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H125" s="15" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="I125" s="15"/>
+        <v>220</v>
+      </c>
+      <c r="I125" s="15" t="s">
+        <v>221</v>
+      </c>
       <c r="J125" s="15">
-        <v>6000</v>
+        <v>2000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.04451</v>
+        <v>0.04209</v>
       </c>
       <c r="L125" s="15">
-        <v>0.0383</v>
+        <v>0.02851</v>
       </c>
       <c r="M125" s="15">
-        <v>0.03519</v>
+        <v>0.02715</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>10000019440</v>
+        <v>223</v>
+      </c>
+      <c r="E126" s="15" t="s">
+        <v>224</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H126" s="15" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.04945</v>
+        <v>0.04451</v>
       </c>
       <c r="L126" s="15">
-        <v>0.04313</v>
+        <v>0.0383</v>
       </c>
       <c r="M126" s="15">
-        <v>0.0391</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03519</v>
+      </c>
+      <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="E127" s="15">
-        <v>10080062051</v>
+        <v>10000019440</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H127" s="15" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.008869999999999999</v>
+        <v>0.04945</v>
       </c>
       <c r="L127" s="15">
-        <v>0.00768</v>
+        <v>0.04313</v>
       </c>
       <c r="M127" s="15">
-        <v>0.00739</v>
+        <v>0.0391</v>
       </c>
       <c r="N127" s="15">
-        <v>946</v>
+        <v>34293</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="E128" s="15">
-        <v>10080046368</v>
+        <v>10080062051</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H128" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.00556</v>
+        <v>0.008869999999999999</v>
       </c>
       <c r="L128" s="15">
-        <v>0.00556</v>
+        <v>0.00768</v>
       </c>
       <c r="M128" s="15">
-        <v>0.00556</v>
+        <v>0.00739</v>
       </c>
       <c r="N128" s="15">
-        <v>14220</v>
+        <v>880</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="E129" s="15">
-        <v>10080009657</v>
+        <v>10080046368</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H129" s="15" t="s">
-        <v>173</v>
+        <v>47</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>1800</v>
+        <v>5000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.05974</v>
+        <v>0.00556</v>
       </c>
       <c r="L129" s="15">
-        <v>0.05269</v>
+        <v>0.00556</v>
       </c>
       <c r="M129" s="15">
-        <v>0.05092</v>
+        <v>0.00556</v>
       </c>
       <c r="N129" s="15">
-        <v>73</v>
+        <v>15663</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>227</v>
+      </c>
+      <c r="E130" s="15">
+        <v>10080009657</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>181</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>2000</v>
+        <v>1800</v>
       </c>
       <c r="K130" s="15">
-        <v>0.00563</v>
+        <v>0.05974</v>
       </c>
       <c r="L130" s="15">
-        <v>0.00488</v>
+        <v>0.05269</v>
       </c>
       <c r="M130" s="15">
-        <v>0.00469</v>
+        <v>0.05092</v>
       </c>
       <c r="N130" s="15">
-        <v>23915</v>
+        <v>97</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>10000016478</v>
+        <v>227</v>
+      </c>
+      <c r="E131" s="15" t="s">
+        <v>228</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H131" s="15" t="s">
-        <v>72</v>
+        <v>190</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.05929</v>
+        <v>0.00563</v>
       </c>
       <c r="L131" s="15">
-        <v>0.05737</v>
+        <v>0.00488</v>
       </c>
       <c r="M131" s="15">
-        <v>0.05548</v>
+        <v>0.00469</v>
       </c>
       <c r="N131" s="15">
-        <v>1563</v>
+        <v>29230</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="E132" s="15">
-        <v>10000022472</v>
+        <v>10000016478</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H132" s="15" t="s">
-        <v>52</v>
+        <v>77</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>5000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.04025</v>
+        <v>0.05929</v>
       </c>
       <c r="L132" s="15">
-        <v>0.04025</v>
+        <v>0.05737</v>
       </c>
       <c r="M132" s="15">
-        <v>0.04025</v>
+        <v>0.05548</v>
       </c>
       <c r="N132" s="15">
-        <v>9176</v>
+        <v>1755</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>216</v>
+        <v>225</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>218</v>
+        <v>227</v>
       </c>
       <c r="E133" s="15">
-        <v>10080012868</v>
+        <v>10000022472</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H133" s="15" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.00633</v>
+        <v>0.04025</v>
       </c>
       <c r="L133" s="15">
-        <v>0.00549</v>
+        <v>0.04025</v>
       </c>
       <c r="M133" s="15">
-        <v>0.00528</v>
+        <v>0.04025</v>
       </c>
       <c r="N133" s="15">
-        <v>8133</v>
+        <v>9324</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="E134" s="15">
-        <v>10080051495</v>
+        <v>10080012868</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H134" s="15" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.01465</v>
+        <v>0.00633</v>
       </c>
       <c r="L134" s="15">
-        <v>0.01049</v>
+        <v>0.00549</v>
       </c>
       <c r="M134" s="15">
-        <v>0.00912</v>
-[...1 lines deleted...]
-      <c r="N134" s="15"/>
+        <v>0.00528</v>
+      </c>
+      <c r="N134" s="15">
+        <v>6411</v>
+      </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="E135" s="15">
-        <v>10080028877</v>
+        <v>10080051495</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H135" s="15" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="J135" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.04019</v>
+        <v>0.01465</v>
       </c>
       <c r="L135" s="15">
-        <v>0.02131</v>
+        <v>0.01049</v>
       </c>
       <c r="M135" s="15">
-        <v>0.01819</v>
+        <v>0.00912</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="E136" s="15">
-        <v>10080039931</v>
+        <v>10080028877</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H136" s="15" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="J136" s="15">
         <v>5000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.01842</v>
+        <v>0.04019</v>
       </c>
       <c r="L136" s="15">
-        <v>0.01258</v>
+        <v>0.02131</v>
       </c>
       <c r="M136" s="15">
-        <v>0.01089</v>
+        <v>0.01819</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="E137" s="15">
-        <v>10080009659</v>
+        <v>10080039931</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H137" s="15" t="s">
-        <v>173</v>
+        <v>47</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="J137" s="15">
-        <v>1800</v>
+        <v>5000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.05609</v>
+        <v>0.01842</v>
       </c>
       <c r="L137" s="15">
-        <v>0.05254</v>
+        <v>0.01258</v>
       </c>
       <c r="M137" s="15">
-        <v>0.05078</v>
+        <v>0.01089</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="E138" s="15">
-        <v>10080008594</v>
+        <v>10080009659</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H138" s="15" t="s">
-        <v>52</v>
+        <v>181</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="J138" s="15">
-        <v>5000</v>
+        <v>1800</v>
       </c>
       <c r="K138" s="15">
-        <v>0.06518</v>
+        <v>0.05609</v>
       </c>
       <c r="L138" s="15">
-        <v>0.06383</v>
+        <v>0.05254</v>
       </c>
       <c r="M138" s="15">
-        <v>0.06111</v>
+        <v>0.05078</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="E139" s="15">
-        <v>10080008340</v>
+        <v>10080008594</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H139" s="15" t="s">
-        <v>227</v>
+        <v>52</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="J139" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.05431</v>
+        <v>0.06518</v>
       </c>
       <c r="L139" s="15">
-        <v>0</v>
+        <v>0.06383</v>
       </c>
       <c r="M139" s="15">
-        <v>0</v>
+        <v>0.06111</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="E140" s="15">
+        <v>10080008340</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H140" s="15" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="J140" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K140" s="15">
-        <v>0.02015</v>
+        <v>0.05431</v>
       </c>
       <c r="L140" s="15">
-        <v>0.01689</v>
+        <v>0</v>
       </c>
       <c r="M140" s="15">
-        <v>0.01625</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H141" s="15" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.01951</v>
+        <v>0.02015</v>
       </c>
       <c r="L141" s="15">
-        <v>0.01637</v>
+        <v>0.01689</v>
       </c>
       <c r="M141" s="15">
-        <v>0.01574</v>
+        <v>0.01625</v>
       </c>
       <c r="N141" s="15">
-        <v>3019</v>
+        <v>6930</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>221</v>
+        <v>241</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H142" s="15" t="s">
-        <v>181</v>
+        <v>243</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
       <c r="J142" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.00563</v>
+        <v>0.01951</v>
       </c>
       <c r="L142" s="15">
-        <v>0.00488</v>
+        <v>0.01637</v>
       </c>
       <c r="M142" s="15">
-        <v>0.00469</v>
+        <v>0.01574</v>
       </c>
       <c r="N142" s="15">
-        <v>1053</v>
+        <v>3054</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>10080012869</v>
+        <v>230</v>
+      </c>
+      <c r="E143" s="15" t="s">
+        <v>245</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H143" s="15" t="s">
-        <v>49</v>
+        <v>190</v>
       </c>
       <c r="I143" s="15" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="J143" s="15">
         <v>2000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.00615</v>
+        <v>0.00563</v>
       </c>
       <c r="L143" s="15">
-        <v>0.00533</v>
+        <v>0.00488</v>
       </c>
       <c r="M143" s="15">
-        <v>0.00513</v>
+        <v>0.00469</v>
       </c>
       <c r="N143" s="15">
-        <v>163583</v>
+        <v>1119</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>239</v>
+        <v>230</v>
       </c>
       <c r="E144" s="15">
-        <v>10080001849</v>
+        <v>10080012869</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H144" s="15" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="J144" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.0699</v>
+        <v>0.00615</v>
       </c>
       <c r="L144" s="15">
-        <v>0.06772</v>
+        <v>0.00533</v>
       </c>
       <c r="M144" s="15">
-        <v>0.06539</v>
+        <v>0.00513</v>
       </c>
       <c r="N144" s="15">
-        <v>10</v>
+        <v>122475</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="E145" s="15">
-        <v>10080052931</v>
+        <v>10080001849</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H145" s="15" t="s">
-        <v>243</v>
+        <v>77</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="J145" s="15"/>
+        <v>249</v>
+      </c>
+      <c r="J145" s="15">
+        <v>5000</v>
+      </c>
       <c r="K145" s="15">
-        <v>0.02796</v>
+        <v>0.0699</v>
       </c>
       <c r="L145" s="15">
-        <v>0.01864</v>
+        <v>0.06772</v>
       </c>
       <c r="M145" s="15">
-        <v>0.01718</v>
+        <v>0.06539</v>
       </c>
       <c r="N145" s="15">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>251</v>
+      </c>
+      <c r="E146" s="15">
+        <v>10080052931</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>201</v>
+        <v>127</v>
       </c>
       <c r="H146" s="15" t="s">
-        <v>248</v>
-[...4 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="I146" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="J146" s="15"/>
       <c r="K146" s="15">
-        <v>0.86198</v>
+        <v>0.02796</v>
       </c>
       <c r="L146" s="15">
-        <v>0.72295</v>
+        <v>0.01864</v>
       </c>
       <c r="M146" s="15">
-        <v>0.69515</v>
-[...1 lines deleted...]
-      <c r="N146" s="15"/>
+        <v>0.01718</v>
+      </c>
+      <c r="N146" s="15">
+        <v>8</v>
+      </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>10080052956</v>
+        <v>255</v>
+      </c>
+      <c r="E147" s="15" t="s">
+        <v>256</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>141</v>
+        <v>210</v>
       </c>
       <c r="H147" s="15" t="s">
-        <v>52</v>
+        <v>257</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>3000</v>
       </c>
       <c r="K147" s="15">
-        <v>0.0717</v>
+        <v>0.86198</v>
       </c>
       <c r="L147" s="15">
-        <v>0.04889</v>
+        <v>0.72295</v>
       </c>
       <c r="M147" s="15">
-        <v>0.04235</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.69515</v>
+      </c>
+      <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="E148" s="15">
-        <v>10080034574</v>
+        <v>10080052956</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H148" s="15" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>3000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.10827</v>
+        <v>0.0717</v>
       </c>
       <c r="L148" s="15">
-        <v>0.05752</v>
+        <v>0.04889</v>
       </c>
       <c r="M148" s="15">
-        <v>0.04905</v>
-[...1 lines deleted...]
-      <c r="N148" s="15"/>
+        <v>0.04235</v>
+      </c>
+      <c r="N148" s="15">
+        <v>8</v>
+      </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="E149" s="15">
-        <v>10080039991</v>
+        <v>10080034574</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H149" s="15" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>3000</v>
       </c>
       <c r="K149" s="15">
-        <v>0.05958</v>
+        <v>0.10827</v>
       </c>
       <c r="L149" s="15">
-        <v>0.04062</v>
+        <v>0.05752</v>
       </c>
       <c r="M149" s="15">
-        <v>0.0352</v>
+        <v>0.04905</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="E150" s="15">
-        <v>10080042671</v>
+        <v>10080039991</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H150" s="15" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>3000</v>
       </c>
       <c r="K150" s="15">
-        <v>0.04076</v>
+        <v>0.05958</v>
       </c>
       <c r="L150" s="15">
-        <v>0.02922</v>
+        <v>0.04062</v>
       </c>
       <c r="M150" s="15">
-        <v>0.02537</v>
+        <v>0.0352</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="E151" s="15">
-        <v>10080076290</v>
+        <v>10080042671</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="I151" s="15"/>
+      <c r="I151" s="15" t="s">
+        <v>260</v>
+      </c>
       <c r="J151" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K151" s="15">
-        <v>0.04531</v>
+        <v>0.04076</v>
       </c>
       <c r="L151" s="15">
-        <v>0.03249</v>
+        <v>0.02922</v>
       </c>
       <c r="M151" s="15">
-        <v>0.02821</v>
+        <v>0.02537</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="E152" s="15">
-        <v>10080076312</v>
+        <v>10080076290</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H152" s="15" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="I152" s="15"/>
+        <v>47</v>
+      </c>
+      <c r="I152" s="15" t="s">
+        <v>260</v>
+      </c>
       <c r="J152" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K152" s="15">
-        <v>0.06125</v>
+        <v>0.04531</v>
       </c>
       <c r="L152" s="15">
-        <v>0.0439</v>
+        <v>0.03249</v>
       </c>
       <c r="M152" s="15">
-        <v>0.03813</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02821</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>259</v>
+      </c>
+      <c r="E153" s="15">
+        <v>10080076312</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H153" s="15" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>3000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.0278</v>
+        <v>0.06125</v>
       </c>
       <c r="L153" s="15">
-        <v>0.0278</v>
+        <v>0.0439</v>
       </c>
       <c r="M153" s="15">
-        <v>0.0278</v>
-[...1 lines deleted...]
-      <c r="N153" s="15"/>
+        <v>0.03813</v>
+      </c>
+      <c r="N153" s="15">
+        <v>2520</v>
+      </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>10080052932</v>
+        <v>258</v>
+      </c>
+      <c r="E154" s="15" t="s">
+        <v>262</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H154" s="15" t="s">
-        <v>243</v>
+        <v>48</v>
       </c>
       <c r="I154" s="15"/>
-      <c r="J154" s="15"/>
+      <c r="J154" s="15">
+        <v>3000</v>
+      </c>
       <c r="K154" s="15">
-        <v>0.06644</v>
+        <v>0.0278</v>
       </c>
       <c r="L154" s="15">
-        <v>0.04419</v>
+        <v>0.0278</v>
       </c>
       <c r="M154" s="15">
-        <v>0.03994</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0278</v>
+      </c>
+      <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="E155" s="15">
-        <v>10080008622</v>
+        <v>10080052932</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>119</v>
+        <v>149</v>
       </c>
       <c r="H155" s="15" t="s">
-        <v>44</v>
+        <v>252</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
-        <v>0.17653</v>
+        <v>0.06644</v>
       </c>
       <c r="L155" s="15">
-        <v>0.17111</v>
+        <v>0.04419</v>
       </c>
       <c r="M155" s="15">
-        <v>0.1643</v>
-[...1 lines deleted...]
-      <c r="N155" s="15"/>
+        <v>0.03994</v>
+      </c>
+      <c r="N155" s="15">
+        <v>50</v>
+      </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="E156" s="15">
-        <v>10080052799</v>
+        <v>10080008622</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>178</v>
+        <v>127</v>
       </c>
       <c r="H156" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="I156" s="15"/>
-      <c r="J156" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J156" s="15"/>
       <c r="K156" s="15">
-        <v>0.04731</v>
+        <v>0.17653</v>
       </c>
       <c r="L156" s="15">
-        <v>0.03968</v>
+        <v>0.17111</v>
       </c>
       <c r="M156" s="15">
-        <v>0.03815</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1643</v>
+      </c>
+      <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="E157" s="15">
-        <v>10080056018</v>
+        <v>10080052799</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H157" s="15" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>3000</v>
       </c>
       <c r="K157" s="15">
-        <v>0.12203</v>
+        <v>0.04731</v>
       </c>
       <c r="L157" s="15">
-        <v>0.08749</v>
+        <v>0.03968</v>
       </c>
       <c r="M157" s="15">
-        <v>0.07599</v>
-[...1 lines deleted...]
-      <c r="N157" s="15"/>
+        <v>0.03815</v>
+      </c>
+      <c r="N157" s="15">
+        <v>26856</v>
+      </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="E158" s="15">
-        <v>10080032865</v>
+        <v>10080056018</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H158" s="15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>3000</v>
       </c>
       <c r="K158" s="15">
-        <v>0.18308</v>
+        <v>0.12203</v>
       </c>
       <c r="L158" s="15">
-        <v>0.09726</v>
+        <v>0.08749</v>
       </c>
       <c r="M158" s="15">
-        <v>0.08296000000000001</v>
+        <v>0.07599</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="E159" s="15">
-        <v>10080042672</v>
+        <v>10080032865</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H159" s="15" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>3000</v>
       </c>
       <c r="K159" s="15">
-        <v>0.03735</v>
+        <v>0.18308</v>
       </c>
       <c r="L159" s="15">
-        <v>0.03448</v>
+        <v>0.09726</v>
       </c>
       <c r="M159" s="15">
-        <v>0.03448</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08296000000000001</v>
+      </c>
+      <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>269</v>
+      </c>
+      <c r="E160" s="15">
+        <v>10080042672</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H160" s="15" t="s">
-        <v>114</v>
+        <v>47</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>3000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.03761</v>
+        <v>0.03735</v>
       </c>
       <c r="L160" s="15">
-        <v>0.03259</v>
+        <v>0.03448</v>
       </c>
       <c r="M160" s="15">
-        <v>0.03134</v>
-[...1 lines deleted...]
-      <c r="N160" s="15"/>
+        <v>0.03448</v>
+      </c>
+      <c r="N160" s="15">
+        <v>36043</v>
+      </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>10080018927</v>
+        <v>268</v>
+      </c>
+      <c r="E161" s="15" t="s">
+        <v>271</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>49</v>
+        <v>122</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>3000</v>
       </c>
       <c r="K161" s="15">
-        <v>0.04218</v>
+        <v>0.03761</v>
       </c>
       <c r="L161" s="15">
-        <v>0.03656</v>
+        <v>0.03259</v>
       </c>
       <c r="M161" s="15">
-        <v>0.03515</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03134</v>
+      </c>
+      <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>269</v>
+      </c>
+      <c r="E162" s="15">
+        <v>10080018927</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>265</v>
+        <v>187</v>
       </c>
       <c r="H162" s="15" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
-        <v>50</v>
+        <v>3000</v>
       </c>
       <c r="K162" s="15">
-        <v>1.59</v>
+        <v>0.04218</v>
       </c>
       <c r="L162" s="15">
-        <v>1.34</v>
+        <v>0.03656</v>
       </c>
       <c r="M162" s="15">
-        <v>1.29</v>
-[...1 lines deleted...]
-      <c r="N162" s="15"/>
+        <v>0.03515</v>
+      </c>
+      <c r="N162" s="15">
+        <v>27450</v>
+      </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
-      <c r="B163" s="14"/>
-[...2 lines deleted...]
-      <c r="E163" s="15"/>
+      <c r="B163" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C163" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D163" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="E163" s="15" t="s">
+        <v>274</v>
+      </c>
       <c r="F163" s="15"/>
-      <c r="G163" s="15"/>
-      <c r="H163" s="15"/>
+      <c r="G163" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="H163" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I163" s="15"/>
-      <c r="J163" s="15"/>
-[...2 lines deleted...]
-      <c r="M163" s="15"/>
+      <c r="J163" s="15">
+        <v>50</v>
+      </c>
+      <c r="K163" s="15">
+        <v>1.59</v>
+      </c>
+      <c r="L163" s="15">
+        <v>1.34</v>
+      </c>
+      <c r="M163" s="15">
+        <v>1.29</v>
+      </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
+      <c r="R163"/>
+    </row>
+    <row r="164" spans="1:18">
+      <c r="B164" s="14"/>
+      <c r="C164" s="15"/>
+      <c r="D164" s="15"/>
+      <c r="E164" s="15"/>
+      <c r="F164" s="15"/>
+      <c r="G164" s="15"/>
+      <c r="H164" s="15"/>
+      <c r="I164" s="15"/>
+      <c r="J164" s="15"/>
+      <c r="K164" s="15"/>
+      <c r="L164" s="15"/>
+      <c r="M164" s="15"/>
+      <c r="N164" s="15"/>
+      <c r="O164" s="15"/>
+      <c r="P164" s="15"/>
+      <c r="Q164" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -7879,317 +7974,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>