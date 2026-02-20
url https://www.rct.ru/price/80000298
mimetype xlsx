--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -238,53 +238,50 @@
   <si>
     <t>1000V 1A / HER108</t>
   </si>
   <si>
     <t>UT-00139939</t>
   </si>
   <si>
     <t>CTK</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1A 75ns лента/коробка / HER108 </t>
   </si>
   <si>
     <t>HER202</t>
   </si>
   <si>
     <t>100V 2A / HER202</t>
   </si>
   <si>
     <t>UT-00155744</t>
   </si>
   <si>
     <t>DO-15 (DO-204AC)</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>HER208</t>
   </si>
   <si>
     <t xml:space="preserve">(1000V 2A) / HER208 </t>
   </si>
   <si>
     <t>SEMTECH</t>
   </si>
   <si>
     <t>(1000V 2A) / HER208</t>
   </si>
   <si>
     <t>UT-00139104</t>
   </si>
   <si>
     <t>TRR Electronics</t>
   </si>
   <si>
     <t>UT-00148582</t>
   </si>
   <si>
     <t>GOODWORK</t>
   </si>
   <si>
     <t xml:space="preserve">HER208 </t>
@@ -325,51 +322,51 @@
   <si>
     <t>300V 3A 50ns лента/коробка / HER304</t>
   </si>
   <si>
     <t>10-00005898</t>
   </si>
   <si>
     <t>HER305</t>
   </si>
   <si>
     <t>400V 3A 30ns / HER305</t>
   </si>
   <si>
     <t>UT-00091400</t>
   </si>
   <si>
     <t>MDD</t>
   </si>
   <si>
     <t>HER308</t>
   </si>
   <si>
     <t>1000V 3A 75ns россыпь / HER308</t>
   </si>
   <si>
-    <t>23.04.2026</t>
+    <t>10.04.2026</t>
   </si>
   <si>
     <t>1000V 3A / HER308</t>
   </si>
   <si>
     <t xml:space="preserve">HER308 MIC, </t>
   </si>
   <si>
     <t>UT-00093419</t>
   </si>
   <si>
     <t>UT-00099961</t>
   </si>
   <si>
     <t>1000V 3A 75ns лента/коробка / HER308</t>
   </si>
   <si>
     <t xml:space="preserve">HER508 </t>
   </si>
   <si>
     <t xml:space="preserve">лента/коробка / HER508 </t>
   </si>
   <si>
     <t>HER508</t>
   </si>
@@ -1763,51 +1760,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080064140</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1500</v>
       </c>
       <c r="K11" s="15">
         <v>0.20782</v>
       </c>
       <c r="L11" s="15">
         <v>0.1743</v>
       </c>
       <c r="M11" s="15">
         <v>0.1676</v>
       </c>
       <c r="N11" s="15">
-        <v>343</v>
+        <v>320</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1882,51 +1879,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080039971</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01081</v>
       </c>
       <c r="L14" s="15">
         <v>0.01081</v>
       </c>
       <c r="M14" s="15">
         <v>0.01081</v>
       </c>
       <c r="N14" s="15">
-        <v>1513</v>
+        <v>1309</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080047707</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>48</v>
@@ -2163,94 +2160,94 @@
       </c>
       <c r="E21" s="15">
         <v>10080067479</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.02164</v>
       </c>
       <c r="L21" s="15">
         <v>0.01551</v>
       </c>
       <c r="M21" s="15">
         <v>0.01348</v>
       </c>
       <c r="N21" s="15">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="15">
         <v>10080050100</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02428</v>
       </c>
       <c r="L22" s="15">
         <v>0.01757</v>
       </c>
       <c r="M22" s="15">
         <v>0.01533</v>
       </c>
       <c r="N22" s="15">
-        <v>1362</v>
+        <v>1398</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15">
         <v>10080057796</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I23" s="15"/>
@@ -2284,51 +2281,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080034673</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02307</v>
       </c>
       <c r="L24" s="15">
         <v>0.01669</v>
       </c>
       <c r="M24" s="15">
         <v>0.01456</v>
       </c>
       <c r="N24" s="15">
-        <v>6586</v>
+        <v>5328</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10080067480</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>48</v>
@@ -2483,51 +2480,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04513</v>
       </c>
       <c r="L29" s="15">
         <v>0.03009</v>
       </c>
       <c r="M29" s="15">
         <v>0.02739</v>
       </c>
       <c r="N29" s="15">
-        <v>227</v>
+        <v>214</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E30" s="15">
         <v>10000004673</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>52</v>
@@ -2552,5369 +2549,5365 @@
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
-        <v>0.03788</v>
+        <v>0.04425</v>
       </c>
       <c r="L31" s="15">
-        <v>0.03283</v>
+        <v>0.03835</v>
       </c>
       <c r="M31" s="15">
-        <v>0.03156</v>
+        <v>0.03688</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
-      <c r="P31" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E32" s="15">
         <v>10080056073</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.02562</v>
       </c>
       <c r="L32" s="15">
         <v>0.01837</v>
       </c>
       <c r="M32" s="15">
         <v>0.01596</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E33" s="15">
         <v>10080057599</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.04702</v>
       </c>
       <c r="L33" s="15">
         <v>0.03372</v>
       </c>
       <c r="M33" s="15">
         <v>0.02927</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E34" s="15">
         <v>10080076309</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H34" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.0496</v>
       </c>
       <c r="L34" s="15">
         <v>0.03558</v>
       </c>
       <c r="M34" s="15">
         <v>0.03089</v>
       </c>
       <c r="N34" s="15">
-        <v>194</v>
+        <v>221</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D35" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="E35" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H35" s="15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>3000</v>
       </c>
       <c r="K35" s="15">
         <v>0.01901</v>
       </c>
       <c r="L35" s="15">
         <v>0.01647</v>
       </c>
       <c r="M35" s="15">
         <v>0.01584</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H36" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.01856</v>
       </c>
       <c r="L36" s="15">
         <v>0.01608</v>
       </c>
       <c r="M36" s="15">
         <v>0.01546</v>
       </c>
       <c r="N36" s="15">
         <v>1056</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E37" s="15">
         <v>10000008320</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>3000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03788</v>
       </c>
       <c r="L37" s="15">
         <v>0.03149</v>
       </c>
       <c r="M37" s="15">
         <v>0.03028</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E38" s="15">
         <v>10000030018</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.04074</v>
       </c>
       <c r="L38" s="15">
         <v>0</v>
       </c>
       <c r="M38" s="15">
         <v>0</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>3000</v>
       </c>
       <c r="K39" s="15">
         <v>0.05609</v>
       </c>
       <c r="L39" s="15">
         <v>0.03232</v>
       </c>
       <c r="M39" s="15">
         <v>0.02974</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E40" s="15">
         <v>10080051605</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>250</v>
       </c>
       <c r="K40" s="15">
         <v>0.09522</v>
       </c>
       <c r="L40" s="15">
         <v>0.06801</v>
       </c>
       <c r="M40" s="15">
         <v>0.05894</v>
       </c>
       <c r="N40" s="15">
-        <v>601</v>
+        <v>551</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E41" s="15">
         <v>10080027929</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>250</v>
       </c>
       <c r="K41" s="15">
         <v>0.14479</v>
       </c>
       <c r="L41" s="15">
         <v>0.0769</v>
       </c>
       <c r="M41" s="15">
         <v>0.06561</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D42" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.10375</v>
       </c>
       <c r="L42" s="15">
         <v>0.09601</v>
       </c>
       <c r="M42" s="15">
         <v>0.09072</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E43" s="15">
         <v>10000017037</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.06722</v>
       </c>
       <c r="L43" s="15">
         <v>0.06111</v>
       </c>
       <c r="M43" s="15">
         <v>0.057</v>
       </c>
       <c r="N43" s="15">
         <v>3</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E44" s="15">
         <v>10000004711</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H44" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.09167</v>
       </c>
       <c r="L44" s="15">
         <v>0.08555</v>
       </c>
       <c r="M44" s="15">
         <v>0.08309999999999999</v>
       </c>
       <c r="N44" s="15">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E45" s="15">
         <v>10000021087</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1250</v>
       </c>
       <c r="K45" s="15">
         <v>0.09370000000000001</v>
       </c>
       <c r="L45" s="15">
         <v>0.09099</v>
       </c>
       <c r="M45" s="15">
         <v>0.08691</v>
       </c>
       <c r="N45" s="15">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D46" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.10673</v>
       </c>
       <c r="L46" s="15">
         <v>0.09872</v>
       </c>
       <c r="M46" s="15">
         <v>0.09343</v>
       </c>
       <c r="N46" s="15">
-        <v>710</v>
+        <v>880</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H47" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
       </c>
       <c r="K47" s="15">
         <v>0.05861</v>
       </c>
       <c r="L47" s="15">
         <v>0.05861</v>
       </c>
       <c r="M47" s="15">
         <v>0.05861</v>
       </c>
       <c r="N47" s="15">
         <v>38</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E48" s="15">
         <v>10080051606</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1250</v>
       </c>
       <c r="K48" s="15">
-        <v>0.08681</v>
+        <v>0.05571</v>
       </c>
       <c r="L48" s="15">
-        <v>0.06281</v>
+        <v>0.04916</v>
       </c>
       <c r="M48" s="15">
-        <v>0.05481</v>
+        <v>0.04424</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>3600</v>
+        <v>4250</v>
       </c>
       <c r="P48" s="15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E49" s="15">
         <v>10080056074</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1250</v>
       </c>
       <c r="K49" s="15">
         <v>0.09475</v>
       </c>
       <c r="L49" s="15">
         <v>0.06793</v>
       </c>
       <c r="M49" s="15">
         <v>0.059</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E50" s="15">
         <v>10080027930</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J50" s="15">
         <v>500</v>
       </c>
       <c r="K50" s="15">
         <v>0.05813</v>
       </c>
       <c r="L50" s="15">
         <v>0.05038</v>
       </c>
       <c r="M50" s="15">
         <v>0.04844</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D51" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J51" s="15">
         <v>250</v>
       </c>
       <c r="K51" s="15">
         <v>0.05529</v>
       </c>
       <c r="L51" s="15">
         <v>0.04792</v>
       </c>
       <c r="M51" s="15">
         <v>0.04608</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1250</v>
       </c>
       <c r="K52" s="15">
         <v>0.04689</v>
       </c>
       <c r="L52" s="15">
         <v>0.04064</v>
       </c>
       <c r="M52" s="15">
         <v>0.03908</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="E53" s="15">
         <v>10000004632</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1250</v>
       </c>
       <c r="K53" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L53" s="15">
         <v>0.0717</v>
       </c>
       <c r="M53" s="15">
         <v>0.06870999999999999</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E54" s="15">
         <v>10080016002</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1250</v>
       </c>
       <c r="K54" s="15">
         <v>0.09148000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.06558</v>
       </c>
       <c r="M54" s="15">
         <v>0.05696</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E55" s="15">
         <v>10080050185</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J55" s="15">
         <v>250</v>
       </c>
       <c r="K55" s="15">
         <v>0.06173</v>
       </c>
       <c r="L55" s="15">
         <v>0.0535</v>
       </c>
       <c r="M55" s="15">
         <v>0.05144</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E56" s="15">
         <v>10080028159</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J56" s="15">
         <v>1250</v>
       </c>
       <c r="K56" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="L56" s="15">
         <v>0.06002</v>
       </c>
       <c r="M56" s="15">
         <v>0.05238</v>
       </c>
       <c r="N56" s="15">
-        <v>4760</v>
+        <v>3250</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D57" s="15"/>
       <c r="E57" s="15">
         <v>10080057966</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>500</v>
       </c>
       <c r="K57" s="15">
         <v>0.09268999999999999</v>
       </c>
       <c r="L57" s="15">
         <v>0.06646000000000001</v>
       </c>
       <c r="M57" s="15">
         <v>0.05772</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H58" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.0713</v>
       </c>
       <c r="L58" s="15">
         <v>0.0516</v>
       </c>
       <c r="M58" s="15">
         <v>0.045</v>
       </c>
       <c r="N58" s="15">
         <v>4</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E59" s="15">
         <v>10080039020</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.18167</v>
       </c>
       <c r="L59" s="15">
         <v>0.09653</v>
       </c>
       <c r="M59" s="15">
         <v>0.08232</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E60" s="15">
         <v>10080046364</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>250</v>
       </c>
       <c r="K60" s="15">
         <v>0.08230999999999999</v>
       </c>
       <c r="L60" s="15">
         <v>0.05955</v>
       </c>
       <c r="M60" s="15">
         <v>0.05196</v>
       </c>
       <c r="N60" s="15">
         <v>83</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E61" s="15" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1250</v>
       </c>
       <c r="K61" s="15">
         <v>0.05676</v>
       </c>
       <c r="L61" s="15">
         <v>0.04919</v>
       </c>
       <c r="M61" s="15">
         <v>0.0473</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E62" s="15">
         <v>10080075064</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.09148000000000001</v>
       </c>
       <c r="L62" s="15">
         <v>0.06558</v>
       </c>
       <c r="M62" s="15">
         <v>0.05696</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H63" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1250</v>
       </c>
       <c r="K63" s="15">
         <v>0.05114</v>
       </c>
       <c r="L63" s="15">
         <v>0.04432</v>
       </c>
       <c r="M63" s="15">
         <v>0.04261</v>
       </c>
       <c r="N63" s="15">
-        <v>465</v>
+        <v>540</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E64" s="15">
         <v>10080026094</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1250</v>
       </c>
       <c r="K64" s="15">
         <v>0.09789</v>
       </c>
       <c r="L64" s="15">
         <v>0.08026</v>
       </c>
       <c r="M64" s="15">
         <v>0.077</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E65" s="15">
         <v>10080051531</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01739</v>
       </c>
       <c r="L65" s="15">
         <v>0.01507</v>
       </c>
       <c r="M65" s="15">
         <v>0.01449</v>
       </c>
       <c r="N65" s="15">
-        <v>4081</v>
+        <v>5160</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E66" s="15">
         <v>10080028160</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2500</v>
       </c>
       <c r="K66" s="15">
         <v>0.05714</v>
       </c>
       <c r="L66" s="15">
         <v>0.03037</v>
       </c>
       <c r="M66" s="15">
         <v>0.02589</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E67" s="15">
         <v>10080061915</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
         <v>0.0236</v>
       </c>
       <c r="L67" s="15">
         <v>0.01902</v>
       </c>
       <c r="M67" s="15">
         <v>0.01827</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E68" s="15">
         <v>10080065234</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.01297</v>
       </c>
       <c r="L68" s="15">
         <v>0.009379999999999999</v>
       </c>
       <c r="M68" s="15">
         <v>0.008189999999999999</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E69" s="15">
         <v>10080039022</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.06395000000000001</v>
       </c>
       <c r="L69" s="15">
         <v>0.03398</v>
       </c>
       <c r="M69" s="15">
         <v>0.02898</v>
       </c>
       <c r="N69" s="15">
         <v>7</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E70" s="15">
         <v>10080010895</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.03108</v>
       </c>
       <c r="L70" s="15">
         <v>0.02229</v>
       </c>
       <c r="M70" s="15">
         <v>0.01934</v>
       </c>
       <c r="N70" s="15">
         <v>5</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E71" s="15">
         <v>10080009572</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H71" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
         <v>0.06611</v>
       </c>
       <c r="L71" s="15">
         <v>0.06404</v>
       </c>
       <c r="M71" s="15">
         <v>0.06184</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E72" s="15">
         <v>10080003247</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J72" s="15">
         <v>7500</v>
       </c>
       <c r="K72" s="15">
         <v>0.05431</v>
       </c>
       <c r="L72" s="15">
         <v>0.05024</v>
       </c>
       <c r="M72" s="15">
         <v>0.04889</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D73" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J73" s="15">
         <v>1800</v>
       </c>
       <c r="K73" s="15">
         <v>0.07743</v>
       </c>
       <c r="L73" s="15">
         <v>0.07160999999999999</v>
       </c>
       <c r="M73" s="15">
         <v>0.06775</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D74" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="15" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.08419</v>
       </c>
       <c r="M74" s="15">
         <v>0.08147</v>
       </c>
       <c r="N74" s="15">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E75" s="15">
         <v>10080037400</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04705</v>
       </c>
       <c r="L75" s="15">
         <v>0.03294</v>
       </c>
       <c r="M75" s="15">
         <v>0.03059</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E76" s="15">
         <v>10080047227</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>2000</v>
       </c>
       <c r="K76" s="15">
         <v>0.03729</v>
       </c>
       <c r="L76" s="15">
         <v>0.02577</v>
       </c>
       <c r="M76" s="15">
         <v>0.02221</v>
       </c>
       <c r="N76" s="15">
-        <v>6682</v>
+        <v>6968</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L77" s="15">
         <v>0.00745</v>
       </c>
       <c r="M77" s="15">
         <v>0.00745</v>
       </c>
       <c r="N77" s="15">
-        <v>5165</v>
+        <v>6072</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.07469000000000001</v>
       </c>
       <c r="L78" s="15">
         <v>0</v>
       </c>
       <c r="M78" s="15">
         <v>0</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
         <v>0.26735</v>
       </c>
       <c r="L79" s="15">
         <v>0.26735</v>
       </c>
       <c r="M79" s="15">
         <v>0.26735</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D80" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="15" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.15994</v>
       </c>
       <c r="L80" s="15">
         <v>0.15299</v>
       </c>
       <c r="M80" s="15">
         <v>0.15299</v>
       </c>
       <c r="N80" s="15">
-        <v>1699</v>
+        <v>1190</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06411</v>
       </c>
       <c r="L81" s="15">
         <v>0.05377</v>
       </c>
       <c r="M81" s="15">
         <v>0.0517</v>
       </c>
       <c r="N81" s="15">
-        <v>903</v>
+        <v>641</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D82" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.03626</v>
       </c>
       <c r="L82" s="15">
         <v>0.02623</v>
       </c>
       <c r="M82" s="15">
         <v>0.02289</v>
       </c>
       <c r="N82" s="15">
-        <v>9790</v>
+        <v>9081</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.03287</v>
       </c>
       <c r="L83" s="15">
         <v>0.02848</v>
       </c>
       <c r="M83" s="15">
         <v>0.02739</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E84" s="15">
         <v>10080071896</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.06806</v>
       </c>
       <c r="L84" s="15">
         <v>0.05707</v>
       </c>
       <c r="M84" s="15">
         <v>0.05489</v>
       </c>
       <c r="N84" s="15">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D85" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0216</v>
       </c>
       <c r="L85" s="15">
         <v>0.0216</v>
       </c>
       <c r="M85" s="15">
         <v>0.0216</v>
       </c>
       <c r="N85" s="15">
-        <v>3326</v>
+        <v>822</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D86" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="15" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H86" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.02877</v>
       </c>
       <c r="L86" s="15">
         <v>0.02493</v>
       </c>
       <c r="M86" s="15">
         <v>0.02398</v>
       </c>
       <c r="N86" s="15">
-        <v>3960</v>
+        <v>5160</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H87" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.0126</v>
       </c>
       <c r="L87" s="15">
         <v>0.0126</v>
       </c>
       <c r="M87" s="15">
         <v>0.0126</v>
       </c>
       <c r="N87" s="15">
-        <v>567</v>
+        <v>429</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.04263</v>
       </c>
       <c r="L88" s="15">
         <v>0.03575</v>
       </c>
       <c r="M88" s="15">
         <v>0.03437</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="H89" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.54391</v>
       </c>
       <c r="L89" s="15">
         <v>0.45618</v>
       </c>
       <c r="M89" s="15">
         <v>0.43864</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>5000</v>
       </c>
       <c r="K90" s="15">
         <v>0.018</v>
       </c>
       <c r="L90" s="15">
         <v>0.018</v>
       </c>
       <c r="M90" s="15">
         <v>0.018</v>
       </c>
       <c r="N90" s="15">
-        <v>1540</v>
+        <v>1520</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D91" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="E91" s="15" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.01848</v>
       </c>
       <c r="L91" s="15">
         <v>0.01848</v>
       </c>
       <c r="M91" s="15">
         <v>0.01848</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.02271</v>
       </c>
       <c r="L92" s="15">
         <v>0.01968</v>
       </c>
       <c r="M92" s="15">
         <v>0.01893</v>
       </c>
       <c r="N92" s="15">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>30</v>
       </c>
       <c r="K93" s="15">
         <v>5.65</v>
       </c>
       <c r="L93" s="15">
         <v>4.74</v>
       </c>
       <c r="M93" s="15">
         <v>4.56</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E94" s="15">
         <v>10080057055</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H94" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.21428</v>
       </c>
       <c r="L94" s="15">
         <v>0</v>
       </c>
       <c r="M94" s="15">
         <v>0</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.20084</v>
       </c>
       <c r="L95" s="15">
         <v>0.18901</v>
       </c>
       <c r="M95" s="15">
         <v>0.17722</v>
       </c>
       <c r="N95" s="15">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E96" s="15">
         <v>10080042670</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04139</v>
       </c>
       <c r="L96" s="15">
         <v>0.03449</v>
       </c>
       <c r="M96" s="15">
         <v>0.03449</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E97" s="15">
         <v>10080007297</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.22541</v>
       </c>
       <c r="L97" s="15">
         <v>0.21048</v>
       </c>
       <c r="M97" s="15">
         <v>0.20368</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04647</v>
       </c>
       <c r="L98" s="15">
         <v>0.04027</v>
       </c>
       <c r="M98" s="15">
         <v>0.03873</v>
       </c>
       <c r="N98" s="15">
-        <v>699</v>
+        <v>564</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.05642</v>
       </c>
       <c r="L99" s="15">
         <v>0.036</v>
       </c>
       <c r="M99" s="15">
         <v>0.032</v>
       </c>
       <c r="N99" s="15">
-        <v>4200</v>
+        <v>4380</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E100" s="15">
         <v>10080017577</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.11916</v>
       </c>
       <c r="L100" s="15">
         <v>0.0993</v>
       </c>
       <c r="M100" s="15">
         <v>0.09532</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E101" s="15">
         <v>10080054444</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.0159</v>
       </c>
       <c r="L101" s="15">
         <v>0.01325</v>
       </c>
       <c r="M101" s="15">
         <v>0.01325</v>
       </c>
       <c r="N101" s="15">
         <v>15</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>192</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.01133</v>
       </c>
       <c r="L102" s="15">
         <v>0.009820000000000001</v>
       </c>
       <c r="M102" s="15">
         <v>0.00944</v>
       </c>
-      <c r="N102" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15">
-        <v>3250</v>
+        <v>1899</v>
       </c>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>192</v>
       </c>
-      <c r="D103" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>5000</v>
       </c>
       <c r="K103" s="15">
         <v>0.02472</v>
       </c>
       <c r="L103" s="15">
         <v>0.02074</v>
       </c>
       <c r="M103" s="15">
         <v>0.01994</v>
       </c>
       <c r="N103" s="15">
-        <v>781</v>
+        <v>1013</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E104" s="15">
         <v>10080002333</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>5000</v>
       </c>
       <c r="K104" s="15">
         <v>0.02915</v>
       </c>
       <c r="L104" s="15">
         <v>0.02445</v>
       </c>
       <c r="M104" s="15">
         <v>0.02352</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E105" s="15">
         <v>10080027935</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>5000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02297</v>
       </c>
       <c r="L105" s="15">
         <v>0.01641</v>
       </c>
       <c r="M105" s="15">
         <v>0.01421</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E106" s="15">
         <v>10080067488</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>5000</v>
       </c>
       <c r="K106" s="15">
         <v>0.02146</v>
       </c>
       <c r="L106" s="15">
         <v>0.01539</v>
       </c>
       <c r="M106" s="15">
         <v>0.01335</v>
       </c>
       <c r="N106" s="15">
-        <v>615</v>
+        <v>537</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
         <v>0.01098</v>
       </c>
       <c r="L107" s="15">
         <v>0.009520000000000001</v>
       </c>
       <c r="M107" s="15">
         <v>0.00915</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E108" s="15">
         <v>10080027224</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>5000</v>
       </c>
       <c r="K108" s="15">
         <v>0.02615</v>
       </c>
       <c r="L108" s="15">
         <v>0.01876</v>
       </c>
       <c r="M108" s="15">
         <v>0.01628</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E109" s="15">
         <v>10080054445</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.04905</v>
       </c>
       <c r="L109" s="15">
         <v>0.04088</v>
       </c>
       <c r="M109" s="15">
         <v>0.04088</v>
       </c>
       <c r="N109" s="15">
-        <v>1558</v>
+        <v>933</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E110" s="15">
         <v>10080054466</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1250</v>
       </c>
       <c r="K110" s="15">
         <v>0.09074</v>
       </c>
       <c r="L110" s="15">
         <v>0.07317</v>
       </c>
       <c r="M110" s="15">
         <v>0.07024</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E111" s="15">
         <v>10080027936</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.08334</v>
       </c>
       <c r="L111" s="15">
         <v>0.05975</v>
       </c>
       <c r="M111" s="15">
         <v>0.0519</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E112" s="15">
         <v>10080028876</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.19296</v>
       </c>
       <c r="L112" s="15">
         <v>0.10252</v>
       </c>
       <c r="M112" s="15">
         <v>0.08745</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="E113" s="15">
         <v>10080069761</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="L113" s="15">
         <v>0.05399</v>
       </c>
       <c r="M113" s="15">
         <v>0.04689</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J114" s="15">
         <v>1250</v>
       </c>
       <c r="K114" s="15">
         <v>0.0399</v>
       </c>
       <c r="L114" s="15">
         <v>0.03458</v>
       </c>
       <c r="M114" s="15">
         <v>0.03325</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H115" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>250</v>
       </c>
       <c r="K115" s="15">
         <v>0.07523000000000001</v>
       </c>
       <c r="L115" s="15">
         <v>0.048</v>
       </c>
       <c r="M115" s="15">
         <v>0.044</v>
       </c>
       <c r="N115" s="15">
-        <v>11340</v>
+        <v>10780</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="E116" s="15">
         <v>10080018929</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1250</v>
       </c>
       <c r="K116" s="15">
         <v>0.10751</v>
       </c>
       <c r="L116" s="15">
         <v>0.0896</v>
       </c>
       <c r="M116" s="15">
         <v>0.08601</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E117" s="15">
         <v>10080064574</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15"/>
       <c r="K117" s="15">
         <v>0.12491</v>
       </c>
       <c r="L117" s="15">
         <v>0.1041</v>
       </c>
       <c r="M117" s="15">
         <v>0.09991999999999999</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E118" s="15">
         <v>10080038717</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2000</v>
       </c>
       <c r="K118" s="15">
         <v>0.02819</v>
       </c>
       <c r="L118" s="15">
         <v>0.01562</v>
       </c>
       <c r="M118" s="15">
         <v>0.01358</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E119" s="15">
         <v>10080026104</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>5000</v>
       </c>
       <c r="K119" s="15">
         <v>0.01631</v>
       </c>
       <c r="L119" s="15">
         <v>0.01112</v>
       </c>
       <c r="M119" s="15">
         <v>0.009639999999999999</v>
       </c>
       <c r="N119" s="15">
         <v>61</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E120" s="15">
         <v>10080009766</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H120" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="I120" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="J120" s="15">
         <v>5000</v>
       </c>
       <c r="K120" s="15">
         <v>0.05431</v>
       </c>
       <c r="L120" s="15">
         <v>0.05161</v>
       </c>
       <c r="M120" s="15">
         <v>0.04889</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E121" s="15">
         <v>10080009809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J121" s="15">
         <v>1800</v>
       </c>
       <c r="K121" s="15">
         <v>0.07142999999999999</v>
       </c>
       <c r="L121" s="15">
         <v>0.05351</v>
       </c>
       <c r="M121" s="15">
         <v>0.05173</v>
       </c>
       <c r="N121" s="15">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D122" s="15"/>
       <c r="E122" s="15" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>5000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00707</v>
       </c>
       <c r="L122" s="15">
         <v>0.00612</v>
       </c>
       <c r="M122" s="15">
         <v>0.00589</v>
       </c>
       <c r="N122" s="15">
         <v>100</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D123" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="15" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H123" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.006</v>
       </c>
       <c r="L123" s="15">
         <v>0.0052</v>
       </c>
       <c r="M123" s="15">
         <v>0.005</v>
       </c>
       <c r="N123" s="15">
-        <v>5670</v>
+        <v>6210</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D124" s="15"/>
       <c r="E124" s="15">
         <v>10080017852</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.0092</v>
       </c>
       <c r="L124" s="15">
         <v>0.00666</v>
       </c>
       <c r="M124" s="15">
         <v>0.00581</v>
       </c>
       <c r="N124" s="15">
-        <v>22260</v>
+        <v>24999</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D125" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125" s="15" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H125" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="I125" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
         <v>0.04209</v>
       </c>
       <c r="L125" s="15">
         <v>0.02851</v>
       </c>
       <c r="M125" s="15">
         <v>0.02715</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H126" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>6000</v>
       </c>
       <c r="K126" s="15">
         <v>0.04451</v>
       </c>
       <c r="L126" s="15">
         <v>0.0383</v>
       </c>
       <c r="M126" s="15">
         <v>0.03519</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E127" s="15">
         <v>10000019440</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>5000</v>
       </c>
       <c r="K127" s="15">
         <v>0.04945</v>
       </c>
       <c r="L127" s="15">
         <v>0.04313</v>
       </c>
       <c r="M127" s="15">
         <v>0.0391</v>
       </c>
       <c r="N127" s="15">
         <v>34293</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E128" s="15">
         <v>10080062051</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2000</v>
       </c>
       <c r="K128" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L128" s="15">
         <v>0.00768</v>
       </c>
       <c r="M128" s="15">
         <v>0.00739</v>
       </c>
       <c r="N128" s="15">
-        <v>880</v>
+        <v>869</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E129" s="15">
         <v>10080046368</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>5000</v>
       </c>
       <c r="K129" s="15">
         <v>0.00556</v>
       </c>
       <c r="L129" s="15">
         <v>0.00556</v>
       </c>
       <c r="M129" s="15">
         <v>0.00556</v>
       </c>
       <c r="N129" s="15">
-        <v>15663</v>
+        <v>18342</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E130" s="15">
         <v>10080009657</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1800</v>
       </c>
       <c r="K130" s="15">
         <v>0.05974</v>
       </c>
       <c r="L130" s="15">
         <v>0.05269</v>
       </c>
       <c r="M130" s="15">
         <v>0.05092</v>
       </c>
       <c r="N130" s="15">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D131" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="E131" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H131" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.00563</v>
       </c>
       <c r="L131" s="15">
         <v>0.00488</v>
       </c>
       <c r="M131" s="15">
         <v>0.00469</v>
       </c>
       <c r="N131" s="15">
-        <v>29230</v>
+        <v>30748</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E132" s="15">
         <v>10000016478</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H132" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>5000</v>
       </c>
       <c r="K132" s="15">
         <v>0.05929</v>
       </c>
       <c r="L132" s="15">
         <v>0.05737</v>
       </c>
       <c r="M132" s="15">
         <v>0.05548</v>
       </c>
       <c r="N132" s="15">
-        <v>1755</v>
+        <v>1370</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E133" s="15">
         <v>10000022472</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>5000</v>
       </c>
       <c r="K133" s="15">
         <v>0.04025</v>
       </c>
       <c r="L133" s="15">
         <v>0.04025</v>
       </c>
       <c r="M133" s="15">
         <v>0.04025</v>
       </c>
       <c r="N133" s="15">
-        <v>9324</v>
+        <v>9176</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="E134" s="15">
         <v>10080012868</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00633</v>
       </c>
       <c r="L134" s="15">
         <v>0.00549</v>
       </c>
       <c r="M134" s="15">
         <v>0.00528</v>
       </c>
       <c r="N134" s="15">
-        <v>6411</v>
+        <v>4075</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E135" s="15">
         <v>10080051495</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J135" s="15">
         <v>2000</v>
       </c>
       <c r="K135" s="15">
         <v>0.01465</v>
       </c>
       <c r="L135" s="15">
         <v>0.01049</v>
       </c>
       <c r="M135" s="15">
         <v>0.00912</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E136" s="15">
         <v>10080028877</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="J136" s="15">
         <v>5000</v>
       </c>
       <c r="K136" s="15">
         <v>0.04019</v>
       </c>
       <c r="L136" s="15">
         <v>0.02131</v>
       </c>
       <c r="M136" s="15">
         <v>0.01819</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E137" s="15">
         <v>10080039931</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J137" s="15">
         <v>5000</v>
       </c>
       <c r="K137" s="15">
         <v>0.01842</v>
       </c>
       <c r="L137" s="15">
         <v>0.01258</v>
       </c>
       <c r="M137" s="15">
         <v>0.01089</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E138" s="15">
         <v>10080009659</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H138" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="J138" s="15">
         <v>1800</v>
       </c>
       <c r="K138" s="15">
         <v>0.05609</v>
       </c>
       <c r="L138" s="15">
         <v>0.05254</v>
       </c>
       <c r="M138" s="15">
         <v>0.05078</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E139" s="15">
         <v>10080008594</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J139" s="15">
         <v>5000</v>
       </c>
       <c r="K139" s="15">
         <v>0.06518</v>
       </c>
       <c r="L139" s="15">
         <v>0.06383</v>
       </c>
       <c r="M139" s="15">
         <v>0.06111</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E140" s="15">
         <v>10080008340</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H140" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="I140" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="J140" s="15">
         <v>2000</v>
       </c>
       <c r="K140" s="15">
         <v>0.05431</v>
       </c>
       <c r="L140" s="15">
         <v>0</v>
       </c>
       <c r="M140" s="15">
         <v>0</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D141" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="15" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H141" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="I141" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.02015</v>
       </c>
       <c r="L141" s="15">
         <v>0.01689</v>
       </c>
       <c r="M141" s="15">
         <v>0.01625</v>
       </c>
       <c r="N141" s="15">
-        <v>6930</v>
+        <v>3120</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D142" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="E142" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H142" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="I142" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J142" s="15">
         <v>5000</v>
       </c>
       <c r="K142" s="15">
         <v>0.01951</v>
       </c>
       <c r="L142" s="15">
         <v>0.01637</v>
       </c>
       <c r="M142" s="15">
         <v>0.01574</v>
       </c>
       <c r="N142" s="15">
-        <v>3054</v>
+        <v>2395</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D143" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H143" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I143" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J143" s="15">
         <v>2000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00563</v>
       </c>
       <c r="L143" s="15">
         <v>0.00488</v>
       </c>
       <c r="M143" s="15">
         <v>0.00469</v>
       </c>
       <c r="N143" s="15">
-        <v>1119</v>
+        <v>449</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E144" s="15">
         <v>10080012869</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J144" s="15">
         <v>2000</v>
       </c>
       <c r="K144" s="15">
         <v>0.00615</v>
       </c>
       <c r="L144" s="15">
         <v>0.00533</v>
       </c>
       <c r="M144" s="15">
         <v>0.00513</v>
       </c>
       <c r="N144" s="15">
-        <v>122475</v>
+        <v>122270</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E145" s="15">
         <v>10080001849</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H145" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J145" s="15">
         <v>5000</v>
       </c>
       <c r="K145" s="15">
         <v>0.0699</v>
       </c>
       <c r="L145" s="15">
         <v>0.06772</v>
       </c>
       <c r="M145" s="15">
         <v>0.06539</v>
       </c>
       <c r="N145" s="15">
         <v>10</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E146" s="15">
         <v>10080052931</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H146" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="I146" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.02796</v>
       </c>
       <c r="L146" s="15">
         <v>0.01864</v>
       </c>
       <c r="M146" s="15">
         <v>0.01718</v>
       </c>
       <c r="N146" s="15">
         <v>8</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H147" s="15" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>3000</v>
       </c>
       <c r="K147" s="15">
         <v>0.86198</v>
       </c>
       <c r="L147" s="15">
         <v>0.72295</v>
       </c>
       <c r="M147" s="15">
         <v>0.69515</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E148" s="15">
         <v>10080052956</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>3000</v>
       </c>
       <c r="K148" s="15">
         <v>0.0717</v>
       </c>
       <c r="L148" s="15">
         <v>0.04889</v>
       </c>
       <c r="M148" s="15">
         <v>0.04235</v>
       </c>
       <c r="N148" s="15">
         <v>8</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E149" s="15">
         <v>10080034574</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>3000</v>
       </c>
       <c r="K149" s="15">
         <v>0.10827</v>
       </c>
       <c r="L149" s="15">
         <v>0.05752</v>
       </c>
       <c r="M149" s="15">
         <v>0.04905</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E150" s="15">
         <v>10080039991</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>3000</v>
       </c>
       <c r="K150" s="15">
         <v>0.05958</v>
       </c>
       <c r="L150" s="15">
         <v>0.04062</v>
       </c>
       <c r="M150" s="15">
         <v>0.0352</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E151" s="15">
         <v>10080042671</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J151" s="15">
         <v>3000</v>
       </c>
       <c r="K151" s="15">
         <v>0.04076</v>
       </c>
       <c r="L151" s="15">
         <v>0.02922</v>
       </c>
       <c r="M151" s="15">
         <v>0.02537</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E152" s="15">
         <v>10080076290</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J152" s="15">
         <v>5000</v>
       </c>
       <c r="K152" s="15">
         <v>0.04531</v>
       </c>
       <c r="L152" s="15">
         <v>0.03249</v>
       </c>
       <c r="M152" s="15">
         <v>0.02821</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E153" s="15">
         <v>10080076312</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H153" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>3000</v>
       </c>
       <c r="K153" s="15">
         <v>0.06125</v>
       </c>
       <c r="L153" s="15">
         <v>0.0439</v>
       </c>
       <c r="M153" s="15">
         <v>0.03813</v>
       </c>
       <c r="N153" s="15">
-        <v>2520</v>
+        <v>2430</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D154" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="E154" s="15" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>3000</v>
       </c>
       <c r="K154" s="15">
         <v>0.0278</v>
       </c>
       <c r="L154" s="15">
         <v>0.0278</v>
       </c>
       <c r="M154" s="15">
         <v>0.0278</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E155" s="15">
         <v>10080052932</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H155" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.06644</v>
       </c>
       <c r="L155" s="15">
         <v>0.04419</v>
       </c>
       <c r="M155" s="15">
         <v>0.03994</v>
       </c>
       <c r="N155" s="15">
         <v>50</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E156" s="15">
         <v>10080008622</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.17653</v>
       </c>
       <c r="L156" s="15">
         <v>0.17111</v>
       </c>
       <c r="M156" s="15">
         <v>0.1643</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="E157" s="15">
         <v>10080052799</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>3000</v>
       </c>
       <c r="K157" s="15">
         <v>0.04731</v>
       </c>
       <c r="L157" s="15">
         <v>0.03968</v>
       </c>
       <c r="M157" s="15">
         <v>0.03815</v>
       </c>
       <c r="N157" s="15">
-        <v>26856</v>
+        <v>28348</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E158" s="15">
         <v>10080056018</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>3000</v>
       </c>
       <c r="K158" s="15">
         <v>0.12203</v>
       </c>
       <c r="L158" s="15">
         <v>0.08749</v>
       </c>
       <c r="M158" s="15">
         <v>0.07599</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E159" s="15">
         <v>10080032865</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>3000</v>
       </c>
       <c r="K159" s="15">
         <v>0.18308</v>
       </c>
       <c r="L159" s="15">
         <v>0.09726</v>
       </c>
       <c r="M159" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E160" s="15">
         <v>10080042672</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>3000</v>
       </c>
       <c r="K160" s="15">
         <v>0.03735</v>
       </c>
       <c r="L160" s="15">
         <v>0.03448</v>
       </c>
       <c r="M160" s="15">
         <v>0.03448</v>
       </c>
       <c r="N160" s="15">
-        <v>36043</v>
+        <v>32509</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D161" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="E161" s="15" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>3000</v>
       </c>
       <c r="K161" s="15">
         <v>0.03761</v>
       </c>
       <c r="L161" s="15">
         <v>0.03259</v>
       </c>
       <c r="M161" s="15">
         <v>0.03134</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="E162" s="15">
         <v>10080018927</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>3000</v>
       </c>
       <c r="K162" s="15">
         <v>0.04218</v>
       </c>
       <c r="L162" s="15">
         <v>0.03656</v>
       </c>
       <c r="M162" s="15">
         <v>0.03515</v>
       </c>
       <c r="N162" s="15">
-        <v>27450</v>
+        <v>35550</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>272</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>50</v>
       </c>
       <c r="K163" s="15">
         <v>1.59</v>
       </c>
       <c r="L163" s="15">
         <v>1.34</v>
       </c>
       <c r="M163" s="15">
         <v>1.29</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14"/>
@@ -7974,317 +7967,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>284</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>298</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>