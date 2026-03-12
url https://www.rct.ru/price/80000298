--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -322,51 +322,51 @@
   <si>
     <t>300V 3A 50ns лента/коробка / HER304</t>
   </si>
   <si>
     <t>10-00005898</t>
   </si>
   <si>
     <t>HER305</t>
   </si>
   <si>
     <t>400V 3A 30ns / HER305</t>
   </si>
   <si>
     <t>UT-00091400</t>
   </si>
   <si>
     <t>MDD</t>
   </si>
   <si>
     <t>HER308</t>
   </si>
   <si>
     <t>1000V 3A 75ns россыпь / HER308</t>
   </si>
   <si>
-    <t>10.04.2026</t>
+    <t>19.04.2026</t>
   </si>
   <si>
     <t>1000V 3A / HER308</t>
   </si>
   <si>
     <t xml:space="preserve">HER308 MIC, </t>
   </si>
   <si>
     <t>UT-00093419</t>
   </si>
   <si>
     <t>UT-00099961</t>
   </si>
   <si>
     <t>1000V 3A 75ns лента/коробка / HER308</t>
   </si>
   <si>
     <t xml:space="preserve">HER508 </t>
   </si>
   <si>
     <t xml:space="preserve">лента/коробка / HER508 </t>
   </si>
   <si>
     <t>HER508</t>
   </si>
@@ -1760,51 +1760,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080064140</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1500</v>
       </c>
       <c r="K11" s="15">
         <v>0.20782</v>
       </c>
       <c r="L11" s="15">
         <v>0.1743</v>
       </c>
       <c r="M11" s="15">
         <v>0.1676</v>
       </c>
       <c r="N11" s="15">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
@@ -1879,51 +1879,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080039971</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01081</v>
       </c>
       <c r="L14" s="15">
         <v>0.01081</v>
       </c>
       <c r="M14" s="15">
         <v>0.01081</v>
       </c>
       <c r="N14" s="15">
-        <v>1309</v>
+        <v>1462</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080047707</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>48</v>
@@ -2160,94 +2160,94 @@
       </c>
       <c r="E21" s="15">
         <v>10080067479</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.02164</v>
       </c>
       <c r="L21" s="15">
         <v>0.01551</v>
       </c>
       <c r="M21" s="15">
         <v>0.01348</v>
       </c>
       <c r="N21" s="15">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="15">
         <v>10080050100</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02428</v>
       </c>
       <c r="L22" s="15">
         <v>0.01757</v>
       </c>
       <c r="M22" s="15">
         <v>0.01533</v>
       </c>
       <c r="N22" s="15">
-        <v>1398</v>
+        <v>1129</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15"/>
       <c r="E23" s="15">
         <v>10080057796</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I23" s="15"/>
@@ -2281,51 +2281,51 @@
       </c>
       <c r="E24" s="15">
         <v>10080034673</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02307</v>
       </c>
       <c r="L24" s="15">
         <v>0.01669</v>
       </c>
       <c r="M24" s="15">
         <v>0.01456</v>
       </c>
       <c r="N24" s="15">
-        <v>5328</v>
+        <v>4536</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10080067480</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>48</v>
@@ -2480,51 +2480,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04513</v>
       </c>
       <c r="L29" s="15">
         <v>0.03009</v>
       </c>
       <c r="M29" s="15">
         <v>0.02739</v>
       </c>
       <c r="N29" s="15">
-        <v>214</v>
+        <v>186</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E30" s="15">
         <v>10000004673</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>52</v>
@@ -2755,51 +2755,51 @@
       </c>
       <c r="E36" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.01856</v>
       </c>
       <c r="L36" s="15">
         <v>0.01608</v>
       </c>
       <c r="M36" s="15">
         <v>0.01546</v>
       </c>
       <c r="N36" s="15">
-        <v>1056</v>
+        <v>1248</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E37" s="15">
         <v>10000008320</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>52</v>
@@ -2913,51 +2913,51 @@
       </c>
       <c r="E40" s="15">
         <v>10080051605</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>250</v>
       </c>
       <c r="K40" s="15">
         <v>0.09522</v>
       </c>
       <c r="L40" s="15">
         <v>0.06801</v>
       </c>
       <c r="M40" s="15">
         <v>0.05894</v>
       </c>
       <c r="N40" s="15">
-        <v>551</v>
+        <v>630</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E41" s="15">
         <v>10080027929</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>44</v>
@@ -3114,92 +3114,92 @@
       </c>
       <c r="E45" s="15">
         <v>10000021087</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1250</v>
       </c>
       <c r="K45" s="15">
         <v>0.09370000000000001</v>
       </c>
       <c r="L45" s="15">
         <v>0.09099</v>
       </c>
       <c r="M45" s="15">
         <v>0.08691</v>
       </c>
       <c r="N45" s="15">
-        <v>228</v>
+        <v>213</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.10673</v>
       </c>
       <c r="L46" s="15">
         <v>0.09872</v>
       </c>
       <c r="M46" s="15">
         <v>0.09343</v>
       </c>
       <c r="N46" s="15">
-        <v>880</v>
+        <v>710</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>99</v>
@@ -3238,51 +3238,51 @@
       <c r="E48" s="15">
         <v>10080051606</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1250</v>
       </c>
       <c r="K48" s="15">
         <v>0.05571</v>
       </c>
       <c r="L48" s="15">
         <v>0.04916</v>
       </c>
       <c r="M48" s="15">
         <v>0.04424</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>4250</v>
+        <v>4000</v>
       </c>
       <c r="P48" s="15" t="s">
         <v>102</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E49" s="15">
         <v>10080056074</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H49" s="15" t="s">
@@ -3561,51 +3561,51 @@
         <v>10080028159</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J56" s="15">
         <v>1250</v>
       </c>
       <c r="K56" s="15">
         <v>0.08296000000000001</v>
       </c>
       <c r="L56" s="15">
         <v>0.06002</v>
       </c>
       <c r="M56" s="15">
         <v>0.05238</v>
       </c>
       <c r="N56" s="15">
-        <v>3250</v>
+        <v>3200</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D57" s="15"/>
       <c r="E57" s="15">
         <v>10080057966</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I57" s="15"/>
@@ -3842,51 +3842,51 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1250</v>
       </c>
       <c r="K63" s="15">
         <v>0.05114</v>
       </c>
       <c r="L63" s="15">
         <v>0.04432</v>
       </c>
       <c r="M63" s="15">
         <v>0.04261</v>
       </c>
       <c r="N63" s="15">
-        <v>540</v>
+        <v>638</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E64" s="15">
         <v>10080026094</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>49</v>
@@ -3924,51 +3924,51 @@
         <v>10080051531</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>127</v>
       </c>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01739</v>
       </c>
       <c r="L65" s="15">
         <v>0.01507</v>
       </c>
       <c r="M65" s="15">
         <v>0.01449</v>
       </c>
       <c r="N65" s="15">
-        <v>5160</v>
+        <v>5400</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E66" s="15">
         <v>10080028160</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>61</v>
@@ -4291,51 +4291,51 @@
         <v>132</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08962000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.08419</v>
       </c>
       <c r="M74" s="15">
         <v>0.08147</v>
       </c>
       <c r="N74" s="15">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E75" s="15">
         <v>10080037400</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>61</v>
@@ -4371,92 +4371,92 @@
       </c>
       <c r="E76" s="15">
         <v>10080047227</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>2000</v>
       </c>
       <c r="K76" s="15">
         <v>0.03729</v>
       </c>
       <c r="L76" s="15">
         <v>0.02577</v>
       </c>
       <c r="M76" s="15">
         <v>0.02221</v>
       </c>
       <c r="N76" s="15">
-        <v>6968</v>
+        <v>5727</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L77" s="15">
         <v>0.00745</v>
       </c>
       <c r="M77" s="15">
         <v>0.00745</v>
       </c>
       <c r="N77" s="15">
-        <v>6072</v>
+        <v>4397</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>130</v>
@@ -4529,133 +4529,133 @@
       </c>
       <c r="E80" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.15994</v>
       </c>
       <c r="L80" s="15">
         <v>0.15299</v>
       </c>
       <c r="M80" s="15">
         <v>0.15299</v>
       </c>
       <c r="N80" s="15">
-        <v>1190</v>
+        <v>1638</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06411</v>
       </c>
       <c r="L81" s="15">
         <v>0.05377</v>
       </c>
       <c r="M81" s="15">
         <v>0.0517</v>
       </c>
       <c r="N81" s="15">
-        <v>641</v>
+        <v>851</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.03626</v>
       </c>
       <c r="L82" s="15">
         <v>0.02623</v>
       </c>
       <c r="M82" s="15">
         <v>0.02289</v>
       </c>
       <c r="N82" s="15">
-        <v>9081</v>
+        <v>7877</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>48</v>
@@ -4691,174 +4691,174 @@
       </c>
       <c r="E84" s="15">
         <v>10080071896</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.06806</v>
       </c>
       <c r="L84" s="15">
         <v>0.05707</v>
       </c>
       <c r="M84" s="15">
         <v>0.05489</v>
       </c>
       <c r="N84" s="15">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0216</v>
       </c>
       <c r="L85" s="15">
         <v>0.0216</v>
       </c>
       <c r="M85" s="15">
         <v>0.0216</v>
       </c>
       <c r="N85" s="15">
-        <v>822</v>
+        <v>845</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>155</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.02877</v>
       </c>
       <c r="L86" s="15">
         <v>0.02493</v>
       </c>
       <c r="M86" s="15">
         <v>0.02398</v>
       </c>
       <c r="N86" s="15">
-        <v>5160</v>
+        <v>4010</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.0126</v>
       </c>
       <c r="L87" s="15">
         <v>0.0126</v>
       </c>
       <c r="M87" s="15">
         <v>0.0126</v>
       </c>
       <c r="N87" s="15">
-        <v>429</v>
+        <v>378</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>48</v>
@@ -4933,51 +4933,51 @@
       </c>
       <c r="E90" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>5000</v>
       </c>
       <c r="K90" s="15">
         <v>0.018</v>
       </c>
       <c r="L90" s="15">
         <v>0.018</v>
       </c>
       <c r="M90" s="15">
         <v>0.018</v>
       </c>
       <c r="N90" s="15">
-        <v>1520</v>
+        <v>1362</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>49</v>
@@ -5011,51 +5011,51 @@
       </c>
       <c r="E92" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>173</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.02271</v>
       </c>
       <c r="L92" s="15">
         <v>0.01968</v>
       </c>
       <c r="M92" s="15">
         <v>0.01893</v>
       </c>
       <c r="N92" s="15">
-        <v>543</v>
+        <v>729</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>177</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>166</v>
@@ -5132,51 +5132,51 @@
         <v>183</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>184</v>
       </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.20084</v>
       </c>
       <c r="L95" s="15">
         <v>0.18901</v>
       </c>
       <c r="M95" s="15">
         <v>0.17722</v>
       </c>
       <c r="N95" s="15">
-        <v>161</v>
+        <v>147</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E96" s="15">
         <v>10080042670</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>47</v>
@@ -5251,92 +5251,92 @@
       </c>
       <c r="E98" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04647</v>
       </c>
       <c r="L98" s="15">
         <v>0.04027</v>
       </c>
       <c r="M98" s="15">
         <v>0.03873</v>
       </c>
       <c r="N98" s="15">
-        <v>564</v>
+        <v>645</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>189</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.05642</v>
       </c>
       <c r="L99" s="15">
         <v>0.036</v>
       </c>
       <c r="M99" s="15">
         <v>0.032</v>
       </c>
       <c r="N99" s="15">
-        <v>4380</v>
+        <v>5160</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E100" s="15">
         <v>10080017577</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>49</v>
@@ -5414,93 +5414,93 @@
         <v>192</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.01133</v>
       </c>
       <c r="L102" s="15">
         <v>0.009820000000000001</v>
       </c>
       <c r="M102" s="15">
         <v>0.00944</v>
       </c>
-      <c r="N102" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N102" s="15">
+        <v>1591</v>
+      </c>
+      <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>5000</v>
       </c>
       <c r="K103" s="15">
         <v>0.02472</v>
       </c>
       <c r="L103" s="15">
         <v>0.02074</v>
       </c>
       <c r="M103" s="15">
         <v>0.01994</v>
       </c>
       <c r="N103" s="15">
-        <v>1013</v>
+        <v>989</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E104" s="15">
         <v>10080002333</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>52</v>
@@ -5575,51 +5575,51 @@
       </c>
       <c r="E106" s="15">
         <v>10080067488</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>5000</v>
       </c>
       <c r="K106" s="15">
         <v>0.02146</v>
       </c>
       <c r="L106" s="15">
         <v>0.01539</v>
       </c>
       <c r="M106" s="15">
         <v>0.01335</v>
       </c>
       <c r="N106" s="15">
-        <v>537</v>
+        <v>676</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>51</v>
@@ -5694,51 +5694,51 @@
       </c>
       <c r="E109" s="15">
         <v>10080054445</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.04905</v>
       </c>
       <c r="L109" s="15">
         <v>0.04088</v>
       </c>
       <c r="M109" s="15">
         <v>0.04088</v>
       </c>
       <c r="N109" s="15">
-        <v>933</v>
+        <v>804</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E110" s="15">
         <v>10080054466</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>59</v>
@@ -5934,51 +5934,51 @@
       </c>
       <c r="E115" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>250</v>
       </c>
       <c r="K115" s="15">
         <v>0.07523000000000001</v>
       </c>
       <c r="L115" s="15">
         <v>0.048</v>
       </c>
       <c r="M115" s="15">
         <v>0.044</v>
       </c>
       <c r="N115" s="15">
-        <v>10780</v>
+        <v>10920</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E116" s="15">
         <v>10080018929</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>49</v>
@@ -6174,51 +6174,51 @@
         <v>10080009809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>180</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J121" s="15">
         <v>1800</v>
       </c>
       <c r="K121" s="15">
         <v>0.07142999999999999</v>
       </c>
       <c r="L121" s="15">
         <v>0.05351</v>
       </c>
       <c r="M121" s="15">
         <v>0.05173</v>
       </c>
       <c r="N121" s="15">
-        <v>350</v>
+        <v>410</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D122" s="15"/>
       <c r="E122" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I122" s="15"/>
@@ -6254,92 +6254,92 @@
       </c>
       <c r="E123" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>189</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.006</v>
       </c>
       <c r="L123" s="15">
         <v>0.0052</v>
       </c>
       <c r="M123" s="15">
         <v>0.005</v>
       </c>
       <c r="N123" s="15">
-        <v>6210</v>
+        <v>7740</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D124" s="15"/>
       <c r="E124" s="15">
         <v>10080017852</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>217</v>
       </c>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.0092</v>
       </c>
       <c r="L124" s="15">
         <v>0.00666</v>
       </c>
       <c r="M124" s="15">
         <v>0.00581</v>
       </c>
       <c r="N124" s="15">
-        <v>24999</v>
+        <v>26369</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>219</v>
@@ -6416,338 +6416,338 @@
       </c>
       <c r="E127" s="15">
         <v>10000019440</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>5000</v>
       </c>
       <c r="K127" s="15">
         <v>0.04945</v>
       </c>
       <c r="L127" s="15">
         <v>0.04313</v>
       </c>
       <c r="M127" s="15">
         <v>0.0391</v>
       </c>
       <c r="N127" s="15">
-        <v>34293</v>
+        <v>28986</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E128" s="15">
         <v>10080062051</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2000</v>
       </c>
       <c r="K128" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L128" s="15">
         <v>0.00768</v>
       </c>
       <c r="M128" s="15">
         <v>0.00739</v>
       </c>
       <c r="N128" s="15">
-        <v>869</v>
+        <v>504</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E129" s="15">
         <v>10080046368</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>5000</v>
       </c>
       <c r="K129" s="15">
         <v>0.00556</v>
       </c>
       <c r="L129" s="15">
         <v>0.00556</v>
       </c>
       <c r="M129" s="15">
         <v>0.00556</v>
       </c>
       <c r="N129" s="15">
-        <v>18342</v>
+        <v>4206</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E130" s="15">
         <v>10080009657</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>180</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1800</v>
       </c>
       <c r="K130" s="15">
         <v>0.05974</v>
       </c>
       <c r="L130" s="15">
         <v>0.05269</v>
       </c>
       <c r="M130" s="15">
         <v>0.05092</v>
       </c>
       <c r="N130" s="15">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>189</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.00563</v>
       </c>
       <c r="L131" s="15">
         <v>0.00488</v>
       </c>
       <c r="M131" s="15">
         <v>0.00469</v>
       </c>
       <c r="N131" s="15">
-        <v>30748</v>
+        <v>6050</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E132" s="15">
         <v>10000016478</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>5000</v>
       </c>
       <c r="K132" s="15">
         <v>0.05929</v>
       </c>
       <c r="L132" s="15">
         <v>0.05737</v>
       </c>
       <c r="M132" s="15">
         <v>0.05548</v>
       </c>
       <c r="N132" s="15">
-        <v>1370</v>
+        <v>1391</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E133" s="15">
         <v>10000022472</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>5000</v>
       </c>
       <c r="K133" s="15">
         <v>0.04025</v>
       </c>
       <c r="L133" s="15">
         <v>0.04025</v>
       </c>
       <c r="M133" s="15">
         <v>0.04025</v>
       </c>
       <c r="N133" s="15">
-        <v>9176</v>
+        <v>12432</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E134" s="15">
         <v>10080012868</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00633</v>
       </c>
       <c r="L134" s="15">
         <v>0.00549</v>
       </c>
       <c r="M134" s="15">
         <v>0.00528</v>
       </c>
       <c r="N134" s="15">
-        <v>4075</v>
+        <v>1588</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E135" s="15">
         <v>10080051495</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>48</v>
@@ -6992,180 +6992,180 @@
         <v>237</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>238</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>239</v>
       </c>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.02015</v>
       </c>
       <c r="L141" s="15">
         <v>0.01689</v>
       </c>
       <c r="M141" s="15">
         <v>0.01625</v>
       </c>
       <c r="N141" s="15">
-        <v>3120</v>
+        <v>2560</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>242</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J142" s="15">
         <v>5000</v>
       </c>
       <c r="K142" s="15">
         <v>0.01951</v>
       </c>
       <c r="L142" s="15">
         <v>0.01637</v>
       </c>
       <c r="M142" s="15">
         <v>0.01574</v>
       </c>
       <c r="N142" s="15">
-        <v>2395</v>
+        <v>2776</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>189</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J143" s="15">
         <v>2000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00563</v>
       </c>
       <c r="L143" s="15">
         <v>0.00488</v>
       </c>
       <c r="M143" s="15">
         <v>0.00469</v>
       </c>
       <c r="N143" s="15">
-        <v>449</v>
+        <v>561</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E144" s="15">
         <v>10080012869</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>246</v>
       </c>
       <c r="J144" s="15">
         <v>2000</v>
       </c>
       <c r="K144" s="15">
         <v>0.00615</v>
       </c>
       <c r="L144" s="15">
         <v>0.00533</v>
       </c>
       <c r="M144" s="15">
         <v>0.00513</v>
       </c>
       <c r="N144" s="15">
-        <v>122270</v>
+        <v>127663</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E145" s="15">
         <v>10080001849</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>126</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>76</v>
@@ -7486,51 +7486,51 @@
       </c>
       <c r="E153" s="15">
         <v>10080076312</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>76</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>3000</v>
       </c>
       <c r="K153" s="15">
         <v>0.06125</v>
       </c>
       <c r="L153" s="15">
         <v>0.0439</v>
       </c>
       <c r="M153" s="15">
         <v>0.03813</v>
       </c>
       <c r="N153" s="15">
-        <v>2430</v>
+        <v>2310</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>48</v>
@@ -7642,51 +7642,51 @@
       </c>
       <c r="E157" s="15">
         <v>10080052799</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>48</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>3000</v>
       </c>
       <c r="K157" s="15">
         <v>0.04731</v>
       </c>
       <c r="L157" s="15">
         <v>0.03968</v>
       </c>
       <c r="M157" s="15">
         <v>0.03815</v>
       </c>
       <c r="N157" s="15">
-        <v>28348</v>
+        <v>26856</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E158" s="15">
         <v>10080056018</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>59</v>
@@ -7761,51 +7761,51 @@
       </c>
       <c r="E160" s="15">
         <v>10080042672</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>3000</v>
       </c>
       <c r="K160" s="15">
         <v>0.03735</v>
       </c>
       <c r="L160" s="15">
         <v>0.03448</v>
       </c>
       <c r="M160" s="15">
         <v>0.03448</v>
       </c>
       <c r="N160" s="15">
-        <v>32509</v>
+        <v>30968</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>269</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E161" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>121</v>
@@ -7841,51 +7841,51 @@
       </c>
       <c r="E162" s="15">
         <v>10080018927</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>186</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>3000</v>
       </c>
       <c r="K162" s="15">
         <v>0.04218</v>
       </c>
       <c r="L162" s="15">
         <v>0.03656</v>
       </c>
       <c r="M162" s="15">
         <v>0.03515</v>
       </c>
       <c r="N162" s="15">
-        <v>35550</v>
+        <v>27450</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>274</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>