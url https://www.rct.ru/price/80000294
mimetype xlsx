--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.03264</v>
+        <v>0.01716</v>
       </c>
       <c r="L10" s="15">
-        <v>0.0272</v>
+        <v>0.01716</v>
       </c>
       <c r="M10" s="15">
-        <v>0.02611</v>
+        <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>3428</v>
+        <v>3149</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>2160</v>
+        <v>2357</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,136 +1679,136 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>6560</v>
+        <v>7380</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.02463</v>
+        <v>0.01297</v>
       </c>
       <c r="L18" s="15">
-        <v>0.02052</v>
+        <v>0.01297</v>
       </c>
       <c r="M18" s="15">
-        <v>0.01971</v>
+        <v>0.01297</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01488</v>
       </c>
       <c r="L19" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.0086</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>8400</v>
+        <v>6801</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -1966,92 +1966,92 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>3431</v>
+        <v>3995</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.03136</v>
+        <v>0.01649</v>
       </c>
       <c r="L25" s="15">
-        <v>0.02613</v>
+        <v>0.01649</v>
       </c>
       <c r="M25" s="15">
-        <v>0.02508</v>
+        <v>0.01649</v>
       </c>
       <c r="N25" s="15">
-        <v>680</v>
+        <v>616</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15">
         <v>10080056071</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
@@ -2154,60 +2154,60 @@
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.02439</v>
+        <v>0.01283</v>
       </c>
       <c r="L29" s="15">
-        <v>0.02031</v>
+        <v>0.01283</v>
       </c>
       <c r="M29" s="15">
-        <v>0.0195</v>
+        <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1338</v>
+        <v>1590</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2243,92 +2243,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>336</v>
+        <v>268</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>151539</v>
+        <v>144323</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2355,57 +2355,57 @@
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E34" s="15">
         <v>10000019867</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.02946</v>
+        <v>0.01551</v>
       </c>
       <c r="L34" s="15">
-        <v>0.02455</v>
+        <v>0.01551</v>
       </c>
       <c r="M34" s="15">
-        <v>0.02358</v>
+        <v>0.01551</v>
       </c>
       <c r="N34" s="15">
         <v>56</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E35" s="15">
         <v>10000009919</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>81</v>
@@ -2444,51 +2444,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>36069</v>
+        <v>34145</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2563,51 +2563,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>4200</v>
+        <v>3450</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2682,51 +2682,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>1954</v>
+        <v>1120</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2840,51 +2840,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>6101</v>
+        <v>7872</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -3039,51 +3039,51 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
         <v>0.06056</v>
       </c>
       <c r="L51" s="15">
         <v>0.04382</v>
       </c>
       <c r="M51" s="15">
         <v>0.03824</v>
       </c>
       <c r="N51" s="15">
-        <v>23130</v>
+        <v>22102</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="15">
         <v>10000022161</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>39</v>
@@ -3199,51 +3199,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>1694</v>
+        <v>2210</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
@@ -3279,51 +3279,51 @@
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3482,92 +3482,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>13012</v>
+        <v>13318</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>32861</v>
+        <v>38794</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3642,92 +3642,92 @@
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>96486</v>
+        <v>101434</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
         <v>0.01111</v>
       </c>
       <c r="L67" s="15">
         <v>0.00804</v>
       </c>
       <c r="M67" s="15">
         <v>0.00701</v>
       </c>
       <c r="N67" s="15">
-        <v>13000</v>
+        <v>17600</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3763,51 +3763,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080027350</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.01322</v>
       </c>
       <c r="L69" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.00834</v>
       </c>
       <c r="N69" s="15">
-        <v>16000</v>
+        <v>12400</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E70" s="15">
         <v>10080059818</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
@@ -3882,51 +3882,51 @@
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.0155</v>
       </c>
       <c r="L72" s="15">
         <v>0.01107</v>
       </c>
       <c r="M72" s="15">
         <v>0.00974</v>
       </c>
       <c r="N72" s="15">
-        <v>2610</v>
+        <v>1800</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>