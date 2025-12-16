--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01716</v>
       </c>
       <c r="L10" s="15">
         <v>0.01716</v>
       </c>
       <c r="M10" s="15">
         <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>3149</v>
+        <v>2511</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>2357</v>
+        <v>2188</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,51 +1679,51 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>7380</v>
+        <v>6888</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
@@ -1764,51 +1764,51 @@
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01488</v>
       </c>
       <c r="L19" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.0086</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>6801</v>
+        <v>6300</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -1966,51 +1966,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>3995</v>
+        <v>2961</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
@@ -2163,51 +2163,51 @@
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01283</v>
       </c>
       <c r="L29" s="15">
         <v>0.01283</v>
       </c>
       <c r="M29" s="15">
         <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1590</v>
+        <v>1338</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2243,92 +2243,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>268</v>
+        <v>328</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>144323</v>
+        <v>126283</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2444,51 +2444,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>34145</v>
+        <v>39435</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2563,51 +2563,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>3450</v>
+        <v>3700</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2682,51 +2682,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>1120</v>
+        <v>891</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2840,51 +2840,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>7872</v>
+        <v>6298</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -3039,51 +3039,51 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
         <v>0.06056</v>
       </c>
       <c r="L51" s="15">
         <v>0.04382</v>
       </c>
       <c r="M51" s="15">
         <v>0.03824</v>
       </c>
       <c r="N51" s="15">
-        <v>22102</v>
+        <v>23130</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="15">
         <v>10000022161</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>39</v>
@@ -3199,131 +3199,131 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>2210</v>
+        <v>2185</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.11848</v>
       </c>
       <c r="L56" s="15">
         <v>0.11848</v>
       </c>
       <c r="M56" s="15">
         <v>0.11848</v>
       </c>
       <c r="N56" s="15">
-        <v>1925</v>
+        <v>1975</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>304</v>
+        <v>385</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3482,92 +3482,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>13318</v>
+        <v>9491</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>38794</v>
+        <v>29210</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3642,92 +3642,92 @@
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>101434</v>
+        <v>108856</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
         <v>0.01111</v>
       </c>
       <c r="L67" s="15">
         <v>0.00804</v>
       </c>
       <c r="M67" s="15">
         <v>0.00701</v>
       </c>
       <c r="N67" s="15">
-        <v>17600</v>
+        <v>12400</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3763,51 +3763,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080027350</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.01322</v>
       </c>
       <c r="L69" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.00834</v>
       </c>
       <c r="N69" s="15">
-        <v>12400</v>
+        <v>12600</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E70" s="15">
         <v>10080059818</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
@@ -3882,51 +3882,51 @@
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.0155</v>
       </c>
       <c r="L72" s="15">
         <v>0.01107</v>
       </c>
       <c r="M72" s="15">
         <v>0.00974</v>
       </c>
       <c r="N72" s="15">
-        <v>1800</v>
+        <v>2340</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>