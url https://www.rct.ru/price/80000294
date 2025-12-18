--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>202</v>
+        <v>154</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01716</v>
       </c>
       <c r="L10" s="15">
         <v>0.01716</v>
       </c>
       <c r="M10" s="15">
         <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>2511</v>
+        <v>2750</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>2188</v>
+        <v>1880</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,51 +1679,51 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>6888</v>
+        <v>6970</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
@@ -1764,51 +1764,51 @@
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01488</v>
       </c>
       <c r="L19" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.0086</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>6300</v>
+        <v>6700</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -1966,92 +1966,92 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>2961</v>
+        <v>3243</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01649</v>
       </c>
       <c r="L25" s="15">
         <v>0.01649</v>
       </c>
       <c r="M25" s="15">
         <v>0.01649</v>
       </c>
       <c r="N25" s="15">
-        <v>616</v>
+        <v>696</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15">
         <v>10080056071</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
@@ -2163,51 +2163,51 @@
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01283</v>
       </c>
       <c r="L29" s="15">
         <v>0.01283</v>
       </c>
       <c r="M29" s="15">
         <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1338</v>
+        <v>1745</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2243,92 +2243,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>328</v>
+        <v>344</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>126283</v>
+        <v>146127</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2444,51 +2444,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>39435</v>
+        <v>36550</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2563,51 +2563,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>3700</v>
+        <v>4250</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2682,51 +2682,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>891</v>
+        <v>1120</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2840,51 +2840,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>6298</v>
+        <v>7380</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -3199,131 +3199,131 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>2185</v>
+        <v>1596</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.11848</v>
       </c>
       <c r="L56" s="15">
         <v>0.11848</v>
       </c>
       <c r="M56" s="15">
         <v>0.11848</v>
       </c>
       <c r="N56" s="15">
-        <v>1975</v>
+        <v>1525</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>385</v>
+        <v>314</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3482,92 +3482,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>9491</v>
+        <v>12553</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>29210</v>
+        <v>39707</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3642,92 +3642,92 @@
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>108856</v>
+        <v>107619</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
         <v>0.01111</v>
       </c>
       <c r="L67" s="15">
         <v>0.00804</v>
       </c>
       <c r="M67" s="15">
         <v>0.00701</v>
       </c>
       <c r="N67" s="15">
-        <v>12400</v>
+        <v>12000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3763,51 +3763,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080027350</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.01322</v>
       </c>
       <c r="L69" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.00834</v>
       </c>
       <c r="N69" s="15">
-        <v>12600</v>
+        <v>16400</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E70" s="15">
         <v>10080059818</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
@@ -3882,51 +3882,51 @@
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.0155</v>
       </c>
       <c r="L72" s="15">
         <v>0.01107</v>
       </c>
       <c r="M72" s="15">
         <v>0.00974</v>
       </c>
       <c r="N72" s="15">
-        <v>2340</v>
+        <v>2490</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>