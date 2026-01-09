--- v3 (2025-12-18)
+++ v4 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -175,51 +175,51 @@
   <si>
     <t xml:space="preserve">BA159 SUNMATE, BA159 WUXI XUYANG, BA159 ASEMI, </t>
   </si>
   <si>
     <t>UT-00154268</t>
   </si>
   <si>
     <t>SUNMATE</t>
   </si>
   <si>
     <t xml:space="preserve">BA159 SUNTAN, BA159 WUXI XUYANG, BA159 ASEMI, </t>
   </si>
   <si>
     <t xml:space="preserve">BA159 SUNTAN, BA159 SUNMATE, BA159 ASEMI, </t>
   </si>
   <si>
     <t>UT-00099907</t>
   </si>
   <si>
     <t>ASEMI</t>
   </si>
   <si>
     <t xml:space="preserve">BA159 SUNTAN, BA159 SUNMATE, BA159 WUXI XUYANG, </t>
   </si>
   <si>
-    <t>23.03.2026</t>
+    <t>16.03.2026</t>
   </si>
   <si>
     <t>10-00005455</t>
   </si>
   <si>
     <t>GOOD-ARK</t>
   </si>
   <si>
     <t>10-00005456</t>
   </si>
   <si>
     <t>JINAN GU</t>
   </si>
   <si>
     <t>FR104W</t>
   </si>
   <si>
     <t>Диод FR104W</t>
   </si>
   <si>
     <t>SOD-123FL</t>
   </si>
   <si>
     <t xml:space="preserve">FR105 </t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>154</v>
+        <v>168</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01716</v>
       </c>
       <c r="L10" s="15">
         <v>0.01716</v>
       </c>
       <c r="M10" s="15">
         <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>2750</v>
+        <v>3388</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>1880</v>
+        <v>2048</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,51 +1679,51 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>6970</v>
+        <v>5396</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
@@ -1754,61 +1754,61 @@
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.01488</v>
+        <v>0.00848</v>
       </c>
       <c r="L19" s="15">
-        <v>0.009860000000000001</v>
+        <v>0.00735</v>
       </c>
       <c r="M19" s="15">
-        <v>0.0086</v>
+        <v>0.00706</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>6700</v>
+        <v>7000</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -1966,92 +1966,92 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>3243</v>
+        <v>3149</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01649</v>
       </c>
       <c r="L25" s="15">
         <v>0.01649</v>
       </c>
       <c r="M25" s="15">
         <v>0.01649</v>
       </c>
       <c r="N25" s="15">
-        <v>696</v>
+        <v>552</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15">
         <v>10080056071</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
@@ -2163,51 +2163,51 @@
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01283</v>
       </c>
       <c r="L29" s="15">
         <v>0.01283</v>
       </c>
       <c r="M29" s="15">
         <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1745</v>
+        <v>1202</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2243,92 +2243,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>344</v>
+        <v>324</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>146127</v>
+        <v>122675</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2444,51 +2444,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>36550</v>
+        <v>40878</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2563,51 +2563,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>4250</v>
+        <v>4500</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2682,51 +2682,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>1120</v>
+        <v>865</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2840,51 +2840,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>7380</v>
+        <v>6298</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -2952,57 +2952,57 @@
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1250</v>
       </c>
       <c r="K49" s="15">
-        <v>0.06332</v>
+        <v>0.03578</v>
       </c>
       <c r="L49" s="15">
-        <v>0.04194</v>
+        <v>0.03101</v>
       </c>
       <c r="M49" s="15">
-        <v>0.0366</v>
+        <v>0.02981</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H50" s="15" t="s">
@@ -3030,60 +3030,60 @@
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
-        <v>0.06056</v>
+        <v>0.04184</v>
       </c>
       <c r="L51" s="15">
-        <v>0.04382</v>
+        <v>0.03626</v>
       </c>
       <c r="M51" s="15">
-        <v>0.03824</v>
+        <v>0.03486</v>
       </c>
       <c r="N51" s="15">
-        <v>23130</v>
+        <v>19532</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="15">
         <v>10000022161</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>39</v>
@@ -3151,179 +3151,179 @@
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>500</v>
       </c>
       <c r="K54" s="15">
-        <v>0.09999</v>
+        <v>0.05922</v>
       </c>
       <c r="L54" s="15">
-        <v>0.07235</v>
+        <v>0.05132</v>
       </c>
       <c r="M54" s="15">
-        <v>0.06314</v>
+        <v>0.04935</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>1596</v>
+        <v>1768</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.11848</v>
       </c>
       <c r="L56" s="15">
         <v>0.11848</v>
       </c>
       <c r="M56" s="15">
         <v>0.11848</v>
       </c>
       <c r="N56" s="15">
-        <v>1525</v>
+        <v>1925</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3482,92 +3482,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>12553</v>
+        <v>13778</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>39707</v>
+        <v>41076</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3594,140 +3594,140 @@
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E65" s="15">
         <v>10080054364</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.01456</v>
+        <v>0.008149999999999999</v>
       </c>
       <c r="L65" s="15">
-        <v>0.009639999999999999</v>
+        <v>0.00706</v>
       </c>
       <c r="M65" s="15">
-        <v>0.00842</v>
+        <v>0.00679</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>107619</v>
+        <v>82212</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.01111</v>
+        <v>0.00768</v>
       </c>
       <c r="L67" s="15">
-        <v>0.00804</v>
+        <v>0.00666</v>
       </c>
       <c r="M67" s="15">
-        <v>0.00701</v>
+        <v>0.0064</v>
       </c>
       <c r="N67" s="15">
-        <v>12000</v>
+        <v>15400</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3763,51 +3763,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080027350</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.01322</v>
       </c>
       <c r="L69" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.00834</v>
       </c>
       <c r="N69" s="15">
-        <v>16400</v>
+        <v>16800</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E70" s="15">
         <v>10080059818</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
@@ -3873,98 +3873,98 @@
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.0155</v>
+        <v>0.01107</v>
       </c>
       <c r="L72" s="15">
-        <v>0.01107</v>
+        <v>0.00959</v>
       </c>
       <c r="M72" s="15">
-        <v>0.00974</v>
+        <v>0.00923</v>
       </c>
       <c r="N72" s="15">
-        <v>2490</v>
+        <v>2520</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>3000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.04194</v>
+        <v>0.02258</v>
       </c>
       <c r="L73" s="15">
-        <v>0.03008</v>
+        <v>0.01957</v>
       </c>
       <c r="M73" s="15">
-        <v>0.02612</v>
+        <v>0.01881</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E74" s="15">
         <v>10080005595</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H74" s="15" t="s">