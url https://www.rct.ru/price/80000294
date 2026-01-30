--- v4 (2026-01-09)
+++ v5 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -175,87 +175,87 @@
   <si>
     <t xml:space="preserve">BA159 SUNMATE, BA159 WUXI XUYANG, BA159 ASEMI, </t>
   </si>
   <si>
     <t>UT-00154268</t>
   </si>
   <si>
     <t>SUNMATE</t>
   </si>
   <si>
     <t xml:space="preserve">BA159 SUNTAN, BA159 WUXI XUYANG, BA159 ASEMI, </t>
   </si>
   <si>
     <t xml:space="preserve">BA159 SUNTAN, BA159 SUNMATE, BA159 ASEMI, </t>
   </si>
   <si>
     <t>UT-00099907</t>
   </si>
   <si>
     <t>ASEMI</t>
   </si>
   <si>
     <t xml:space="preserve">BA159 SUNTAN, BA159 SUNMATE, BA159 WUXI XUYANG, </t>
   </si>
   <si>
-    <t>16.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>10-00005455</t>
   </si>
   <si>
     <t>GOOD-ARK</t>
   </si>
   <si>
     <t>10-00005456</t>
   </si>
   <si>
     <t>JINAN GU</t>
   </si>
   <si>
     <t>FR104W</t>
   </si>
   <si>
     <t>Диод FR104W</t>
   </si>
   <si>
     <t>SOD-123FL</t>
   </si>
   <si>
     <t xml:space="preserve">FR105 </t>
   </si>
   <si>
     <t xml:space="preserve">600V 1A 250ns россыпь / FR105 </t>
   </si>
   <si>
     <t>FR105</t>
   </si>
   <si>
     <t>600V 1A 250ns россыпь / FR105</t>
   </si>
   <si>
     <t>UT-00136657</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FR105 WUXI XUYANG, </t>
   </si>
   <si>
     <t>FR107</t>
   </si>
   <si>
     <t>Диод FR107</t>
   </si>
   <si>
     <t xml:space="preserve">FR107 </t>
   </si>
   <si>
     <t xml:space="preserve">россыпь / FR107 </t>
   </si>
   <si>
     <t>MIC</t>
   </si>
   <si>
     <t>лента / FR107</t>
   </si>
   <si>
     <t xml:space="preserve">лента / FR107 </t>
   </si>
   <si>
     <t>10-00005481</t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01716</v>
       </c>
       <c r="L10" s="15">
         <v>0.01716</v>
       </c>
       <c r="M10" s="15">
         <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>3388</v>
+        <v>3428</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>2048</v>
+        <v>1908</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,51 +1679,51 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>5396</v>
+        <v>4615</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
@@ -1754,304 +1754,306 @@
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.00848</v>
+        <v>0.00716</v>
       </c>
       <c r="L19" s="15">
-        <v>0.00735</v>
+        <v>0.0062</v>
       </c>
       <c r="M19" s="15">
-        <v>0.00706</v>
+        <v>0.00596</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>7000</v>
-[...3 lines deleted...]
-      </c>
+        <v>7200</v>
+      </c>
+      <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02715</v>
       </c>
       <c r="L20" s="15">
         <v>0.0171</v>
       </c>
       <c r="M20" s="15">
         <v>0.01574</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.0148</v>
       </c>
       <c r="L21" s="15">
         <v>0.01332</v>
       </c>
       <c r="M21" s="15">
         <v>0</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080060981</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>3000</v>
       </c>
       <c r="K22" s="15">
         <v>0.029</v>
       </c>
       <c r="L22" s="15">
         <v>0.02417</v>
       </c>
       <c r="M22" s="15">
         <v>0.02321</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10080071676</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.02148</v>
       </c>
       <c r="L23" s="15">
         <v>0.01541</v>
       </c>
       <c r="M23" s="15">
         <v>0.01337</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I24" s="15"/>
+      <c r="I24" s="15" t="s">
+        <v>65</v>
+      </c>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>3149</v>
+        <v>3995</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I25" s="15"/>
+      <c r="I25" s="15" t="s">
+        <v>65</v>
+      </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01649</v>
       </c>
       <c r="L25" s="15">
         <v>0.01649</v>
       </c>
       <c r="M25" s="15">
         <v>0.01649</v>
       </c>
       <c r="N25" s="15">
-        <v>552</v>
+        <v>600</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15">
         <v>10080056071</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
@@ -2163,51 +2165,51 @@
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01283</v>
       </c>
       <c r="L29" s="15">
         <v>0.01283</v>
       </c>
       <c r="M29" s="15">
         <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1202</v>
+        <v>1396</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2243,92 +2245,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>324</v>
+        <v>256</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>122675</v>
+        <v>128087</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2444,51 +2446,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>40878</v>
+        <v>36550</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2563,51 +2565,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>4500</v>
+        <v>4150</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2682,51 +2684,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>865</v>
+        <v>1133</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2840,51 +2842,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>6298</v>
+        <v>8364</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -3039,51 +3041,51 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
         <v>0.04184</v>
       </c>
       <c r="L51" s="15">
         <v>0.03626</v>
       </c>
       <c r="M51" s="15">
         <v>0.03486</v>
       </c>
       <c r="N51" s="15">
-        <v>19532</v>
+        <v>22572</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="15">
         <v>10000022161</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>39</v>
@@ -3199,131 +3201,131 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>1768</v>
+        <v>1347</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.11848</v>
       </c>
       <c r="L56" s="15">
         <v>0.11848</v>
       </c>
       <c r="M56" s="15">
         <v>0.11848</v>
       </c>
       <c r="N56" s="15">
-        <v>1925</v>
+        <v>1775</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>304</v>
+        <v>333</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3482,92 +3484,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>13778</v>
+        <v>13165</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>41076</v>
+        <v>35600</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3642,92 +3644,92 @@
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>82212</v>
+        <v>27501</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00768</v>
       </c>
       <c r="L67" s="15">
         <v>0.00666</v>
       </c>
       <c r="M67" s="15">
         <v>0.0064</v>
       </c>
       <c r="N67" s="15">
-        <v>15400</v>
+        <v>16201</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3763,51 +3765,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080027350</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.01322</v>
       </c>
       <c r="L69" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.00834</v>
       </c>
       <c r="N69" s="15">
-        <v>16800</v>
+        <v>17600</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E70" s="15">
         <v>10080059818</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
@@ -3881,53 +3883,51 @@
         <v>161</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.01107</v>
       </c>
       <c r="L72" s="15">
         <v>0.00959</v>
       </c>
       <c r="M72" s="15">
         <v>0.00923</v>
       </c>
-      <c r="N72" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>
       </c>