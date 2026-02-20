--- v5 (2026-01-30)
+++ v6 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01716</v>
       </c>
       <c r="L10" s="15">
         <v>0.01716</v>
       </c>
       <c r="M10" s="15">
         <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>3428</v>
+        <v>2511</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>1908</v>
+        <v>1796</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,51 +1679,51 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>4615</v>
+        <v>5680</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
@@ -1764,51 +1764,51 @@
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.00716</v>
       </c>
       <c r="L19" s="15">
         <v>0.0062</v>
       </c>
       <c r="M19" s="15">
         <v>0.00596</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>7200</v>
+        <v>8600</v>
       </c>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>54</v>
       </c>
@@ -1966,94 +1966,94 @@
         <v>64</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>3995</v>
+        <v>2867</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01649</v>
       </c>
       <c r="L25" s="15">
         <v>0.01649</v>
       </c>
       <c r="M25" s="15">
         <v>0.01649</v>
       </c>
       <c r="N25" s="15">
-        <v>600</v>
+        <v>520</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15">
         <v>10080056071</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
@@ -2165,51 +2165,51 @@
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01283</v>
       </c>
       <c r="L29" s="15">
         <v>0.01283</v>
       </c>
       <c r="M29" s="15">
         <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1396</v>
+        <v>1530</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2245,92 +2245,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>256</v>
+        <v>328</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>128087</v>
+        <v>160559</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2446,51 +2446,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>36550</v>
+        <v>34127</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2565,51 +2565,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>4150</v>
+        <v>3800</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2684,51 +2684,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>1133</v>
+        <v>789</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2842,51 +2842,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>8364</v>
+        <v>7872</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -3041,51 +3041,51 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
         <v>0.04184</v>
       </c>
       <c r="L51" s="15">
         <v>0.03626</v>
       </c>
       <c r="M51" s="15">
         <v>0.03486</v>
       </c>
       <c r="N51" s="15">
-        <v>22572</v>
+        <v>19750</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="15">
         <v>10000022161</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>39</v>
@@ -3201,131 +3201,131 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>1347</v>
+        <v>811</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.11848</v>
       </c>
       <c r="L56" s="15">
         <v>0.11848</v>
       </c>
       <c r="M56" s="15">
         <v>0.11848</v>
       </c>
       <c r="N56" s="15">
-        <v>1775</v>
+        <v>1975</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>333</v>
+        <v>352</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3484,92 +3484,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>13165</v>
+        <v>6907</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>35600</v>
+        <v>36969</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3644,92 +3644,92 @@
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>27501</v>
+        <v>18540</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00768</v>
       </c>
       <c r="L67" s="15">
         <v>0.00666</v>
       </c>
       <c r="M67" s="15">
         <v>0.0064</v>
       </c>
       <c r="N67" s="15">
-        <v>16201</v>
+        <v>13200</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3883,51 +3883,53 @@
         <v>161</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.01107</v>
       </c>
       <c r="L72" s="15">
         <v>0.00959</v>
       </c>
       <c r="M72" s="15">
         <v>0.00923</v>
       </c>
-      <c r="N72" s="15"/>
+      <c r="N72" s="15">
+        <v>1830</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>
       </c>