--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="191">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1351,133 +1351,133 @@
       </c>
       <c r="E9" s="15">
         <v>10080032803</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>5000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02111</v>
       </c>
       <c r="L9" s="15">
         <v>0.01527</v>
       </c>
       <c r="M9" s="15">
         <v>0.01333</v>
       </c>
       <c r="N9" s="15">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052948</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01716</v>
       </c>
       <c r="L10" s="15">
         <v>0.01716</v>
       </c>
       <c r="M10" s="15">
         <v>0.01716</v>
       </c>
       <c r="N10" s="15">
-        <v>2511</v>
+        <v>3029</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080047692</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03437</v>
       </c>
       <c r="L11" s="15">
         <v>0.02464</v>
       </c>
       <c r="M11" s="15">
         <v>0.0214</v>
       </c>
       <c r="N11" s="15">
-        <v>1796</v>
+        <v>2132</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -1679,51 +1679,51 @@
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0447</v>
       </c>
       <c r="L17" s="15">
         <v>0.03874</v>
       </c>
       <c r="M17" s="15">
         <v>0.03725</v>
       </c>
       <c r="N17" s="15">
-        <v>5680</v>
+        <v>5467</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="15">
         <v>10080073229</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
@@ -1762,54 +1762,54 @@
       <c r="E19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J19" s="15">
         <v>5000</v>
       </c>
       <c r="K19" s="15">
         <v>0.00716</v>
       </c>
       <c r="L19" s="15">
         <v>0.0062</v>
       </c>
       <c r="M19" s="15">
         <v>0.00596</v>
       </c>
-      <c r="N19" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N19" s="15">
+        <v>8400</v>
+      </c>
+      <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1966,94 +1966,94 @@
         <v>64</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02218</v>
       </c>
       <c r="L24" s="15">
         <v>0.0186</v>
       </c>
       <c r="M24" s="15">
         <v>0.01789</v>
       </c>
       <c r="N24" s="15">
-        <v>2867</v>
+        <v>2961</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E25" s="15">
         <v>10000013078</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01649</v>
       </c>
       <c r="L25" s="15">
         <v>0.01649</v>
       </c>
       <c r="M25" s="15">
         <v>0.01649</v>
       </c>
       <c r="N25" s="15">
-        <v>520</v>
+        <v>680</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15"/>
       <c r="E26" s="15">
         <v>10080056071</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I26" s="15"/>
@@ -2165,51 +2165,51 @@
       </c>
       <c r="E29" s="15">
         <v>10000017243</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01283</v>
       </c>
       <c r="L29" s="15">
         <v>0.01283</v>
       </c>
       <c r="M29" s="15">
         <v>0.01283</v>
       </c>
       <c r="N29" s="15">
-        <v>1530</v>
+        <v>1473</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>74</v>
@@ -2245,92 +2245,92 @@
       </c>
       <c r="E31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2500</v>
       </c>
       <c r="K31" s="15">
         <v>0.03555</v>
       </c>
       <c r="L31" s="15">
         <v>0.02369</v>
       </c>
       <c r="M31" s="15">
         <v>0.02156</v>
       </c>
       <c r="N31" s="15">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.0101</v>
       </c>
       <c r="L32" s="15">
         <v>0.0101</v>
       </c>
       <c r="M32" s="15">
         <v>0.0101</v>
       </c>
       <c r="N32" s="15">
-        <v>160559</v>
+        <v>126283</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E33" s="15">
         <v>10080059816</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>34</v>
@@ -2365,53 +2365,51 @@
         <v>85</v>
       </c>
       <c r="E34" s="15">
         <v>10000019867</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.01551</v>
       </c>
       <c r="L34" s="15">
         <v>0.01551</v>
       </c>
       <c r="M34" s="15">
         <v>0.01551</v>
       </c>
-      <c r="N34" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E35" s="15">
         <v>10000009919</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
@@ -2446,51 +2444,51 @@
       </c>
       <c r="E36" s="15">
         <v>10000030270</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>3000</v>
       </c>
       <c r="K36" s="15">
         <v>0.019</v>
       </c>
       <c r="L36" s="15">
         <v>0.019</v>
       </c>
       <c r="M36" s="15">
         <v>0.019</v>
       </c>
       <c r="N36" s="15">
-        <v>34127</v>
+        <v>32204</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080035593</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>74</v>
@@ -2565,51 +2563,51 @@
       </c>
       <c r="E39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0055</v>
       </c>
       <c r="L39" s="15">
         <v>0.0055</v>
       </c>
       <c r="M39" s="15">
         <v>0.0055</v>
       </c>
       <c r="N39" s="15">
-        <v>3800</v>
+        <v>3100</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2684,51 +2682,51 @@
       </c>
       <c r="E42" s="15">
         <v>10080071749</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>3000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06826</v>
       </c>
       <c r="L42" s="15">
         <v>0.06826</v>
       </c>
       <c r="M42" s="15">
         <v>0.06826</v>
       </c>
       <c r="N42" s="15">
-        <v>789</v>
+        <v>1005</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15">
         <v>10000019868</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2842,51 +2840,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080052845</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>250</v>
       </c>
       <c r="K46" s="15">
         <v>0.031</v>
       </c>
       <c r="L46" s="15">
         <v>0.031</v>
       </c>
       <c r="M46" s="15">
         <v>0.031</v>
       </c>
       <c r="N46" s="15">
-        <v>7872</v>
+        <v>7577</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E47" s="15">
         <v>10080052954</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
@@ -3041,51 +3039,51 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1250</v>
       </c>
       <c r="K51" s="15">
         <v>0.04184</v>
       </c>
       <c r="L51" s="15">
         <v>0.03626</v>
       </c>
       <c r="M51" s="15">
         <v>0.03486</v>
       </c>
       <c r="N51" s="15">
-        <v>19750</v>
+        <v>19237</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E52" s="15">
         <v>10000022161</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>39</v>
@@ -3201,131 +3199,131 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>500</v>
       </c>
       <c r="K55" s="15">
         <v>0.05192</v>
       </c>
       <c r="L55" s="15">
         <v>0.04976</v>
       </c>
       <c r="M55" s="15">
         <v>0.0476</v>
       </c>
       <c r="N55" s="15">
-        <v>811</v>
+        <v>800</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E56" s="15">
         <v>10080002330</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>122</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>500</v>
       </c>
       <c r="K56" s="15">
         <v>0.11848</v>
       </c>
       <c r="L56" s="15">
         <v>0.11848</v>
       </c>
       <c r="M56" s="15">
         <v>0.11848</v>
       </c>
       <c r="N56" s="15">
-        <v>1975</v>
+        <v>2050</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>129</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>240</v>
       </c>
       <c r="K57" s="15">
         <v>3.26</v>
       </c>
       <c r="L57" s="15">
         <v>1.73</v>
       </c>
       <c r="M57" s="15">
         <v>1.48</v>
       </c>
       <c r="N57" s="15">
-        <v>352</v>
+        <v>380</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>129</v>
@@ -3484,92 +3482,92 @@
         <v>147</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02347</v>
       </c>
       <c r="L62" s="15">
         <v>0.02347</v>
       </c>
       <c r="M62" s="15">
         <v>0.02347</v>
       </c>
       <c r="N62" s="15">
-        <v>6907</v>
+        <v>7422</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.02608</v>
       </c>
       <c r="L63" s="15">
         <v>0.02608</v>
       </c>
       <c r="M63" s="15">
         <v>0.02608</v>
       </c>
       <c r="N63" s="15">
-        <v>36969</v>
+        <v>32405</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>154</v>
@@ -3644,92 +3642,92 @@
       </c>
       <c r="E66" s="15">
         <v>10080017110</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00746</v>
       </c>
       <c r="L66" s="15">
         <v>0.0054</v>
       </c>
       <c r="M66" s="15">
         <v>0.00471</v>
       </c>
       <c r="N66" s="15">
-        <v>18540</v>
+        <v>25721</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>2000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00768</v>
       </c>
       <c r="L67" s="15">
         <v>0.00666</v>
       </c>
       <c r="M67" s="15">
         <v>0.0064</v>
       </c>
       <c r="N67" s="15">
-        <v>13200</v>
+        <v>13601</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E68" s="15">
         <v>10080005599</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -3765,51 +3763,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080027350</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>91</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.01322</v>
       </c>
       <c r="L69" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.00834</v>
       </c>
       <c r="N69" s="15">
-        <v>17600</v>
+        <v>17000</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E70" s="15">
         <v>10080059818</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
@@ -3884,51 +3882,51 @@
       </c>
       <c r="E72" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>51</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.01107</v>
       </c>
       <c r="L72" s="15">
         <v>0.00959</v>
       </c>
       <c r="M72" s="15">
         <v>0.00923</v>
       </c>
       <c r="N72" s="15">
-        <v>1830</v>
+        <v>2303</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>44</v>