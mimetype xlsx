--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1645,51 +1645,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.022</v>
       </c>
       <c r="L10" s="15">
         <v>0.0153</v>
       </c>
       <c r="M10" s="15">
         <v>0.014</v>
       </c>
       <c r="N10" s="15">
-        <v>6171</v>
+        <v>5877</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080056009</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>39</v>
@@ -1919,57 +1919,57 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>3000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.07245</v>
+        <v>0.03809</v>
       </c>
       <c r="L17" s="15">
-        <v>0.06038</v>
+        <v>0.03809</v>
       </c>
       <c r="M17" s="15">
-        <v>0.05797</v>
+        <v>0.03809</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="H18" s="15" t="s">
@@ -2086,92 +2086,92 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1500</v>
       </c>
       <c r="K21" s="15">
         <v>0.03363</v>
       </c>
       <c r="L21" s="15">
         <v>0.02803</v>
       </c>
       <c r="M21" s="15">
         <v>0.02803</v>
       </c>
       <c r="N21" s="15">
-        <v>11910</v>
+        <v>14326</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1500</v>
       </c>
       <c r="K22" s="15">
         <v>0.048</v>
       </c>
       <c r="L22" s="15">
         <v>0.03473</v>
       </c>
       <c r="M22" s="15">
         <v>0.0303</v>
       </c>
       <c r="N22" s="15">
-        <v>136</v>
+        <v>158</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E23" s="15">
         <v>10080034956</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
@@ -2250,51 +2250,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080046093</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>0.14906</v>
       </c>
       <c r="L25" s="15">
         <v>0.10163</v>
       </c>
       <c r="M25" s="15">
         <v>0.08808000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>2556</v>
+        <v>2421</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080046444</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>35</v>
@@ -2646,51 +2646,51 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.03363</v>
       </c>
       <c r="L35" s="15">
         <v>0.02803</v>
       </c>
       <c r="M35" s="15">
         <v>0.02803</v>
       </c>
       <c r="N35" s="15">
-        <v>28027</v>
+        <v>34719</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E36" s="15">
         <v>10080071905</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>35</v>
@@ -2726,51 +2726,51 @@
       </c>
       <c r="E37" s="15">
         <v>10080015984</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.05668</v>
       </c>
       <c r="L37" s="15">
         <v>0.04101</v>
       </c>
       <c r="M37" s="15">
         <v>0.03578</v>
       </c>
       <c r="N37" s="15">
-        <v>14095</v>
+        <v>14814</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="15">
         <v>10080062040</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>42</v>
@@ -2806,51 +2806,51 @@
       </c>
       <c r="E39" s="15">
         <v>10080032849</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>50</v>
       </c>
       <c r="K39" s="15">
         <v>0.04603</v>
       </c>
       <c r="L39" s="15">
         <v>0.0333</v>
       </c>
       <c r="M39" s="15">
         <v>0.02906</v>
       </c>
       <c r="N39" s="15">
-        <v>6248</v>
+        <v>7245</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E40" s="15">
         <v>10080046360</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>63</v>
@@ -3087,51 +3087,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080034977</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1500</v>
       </c>
       <c r="K46" s="15">
         <v>0.04652</v>
       </c>
       <c r="L46" s="15">
         <v>0.03366</v>
       </c>
       <c r="M46" s="15">
         <v>0.02937</v>
       </c>
       <c r="N46" s="15">
-        <v>533</v>
+        <v>496</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>80</v>
@@ -3368,54 +3368,54 @@
         <v>10080012863</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J53" s="15">
         <v>1500</v>
       </c>
       <c r="K53" s="15">
         <v>0.03587</v>
       </c>
       <c r="L53" s="15">
         <v>0.02595</v>
       </c>
       <c r="M53" s="15">
         <v>0.02265</v>
       </c>
       <c r="N53" s="15">
-        <v>26668</v>
+        <v>18307</v>
       </c>
       <c r="O53" s="15">
-        <v>79200</v>
+        <v>57600</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>103</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E54" s="15">
         <v>10080038669</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H54" s="15" t="s">
@@ -3452,51 +3452,51 @@
       </c>
       <c r="E55" s="15">
         <v>10080042655</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>50</v>
       </c>
       <c r="K55" s="15">
         <v>0.10118</v>
       </c>
       <c r="L55" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="M55" s="15">
         <v>0.0598</v>
       </c>
       <c r="N55" s="15">
-        <v>12025</v>
+        <v>12975</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E56" s="15">
         <v>10080047706</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>35</v>
@@ -3532,92 +3532,92 @@
       </c>
       <c r="E57" s="15">
         <v>10000011401</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.1326</v>
       </c>
       <c r="L57" s="15">
         <v>0.12832</v>
       </c>
       <c r="M57" s="15">
         <v>0.12405</v>
       </c>
       <c r="N57" s="15">
-        <v>903</v>
+        <v>1189</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1500</v>
       </c>
       <c r="K58" s="15">
         <v>0.04399</v>
       </c>
       <c r="L58" s="15">
         <v>0.03182</v>
       </c>
       <c r="M58" s="15">
         <v>0.02777</v>
       </c>
       <c r="N58" s="15">
-        <v>22480</v>
+        <v>30559</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>35</v>
@@ -3811,92 +3811,92 @@
       </c>
       <c r="E64" s="15">
         <v>10000020649</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="L64" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="M64" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="N64" s="15">
-        <v>294</v>
+        <v>387</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1</v>
       </c>
       <c r="K65" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L65" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M65" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="N65" s="15">
-        <v>25490</v>
+        <v>27311</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E66" s="15">
         <v>10080060804</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>39</v>
@@ -3932,51 +3932,51 @@
       </c>
       <c r="E67" s="15">
         <v>10080033873</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
         <v>0.25047</v>
       </c>
       <c r="L67" s="15">
         <v>0.13307</v>
       </c>
       <c r="M67" s="15">
         <v>0.11349</v>
       </c>
       <c r="N67" s="15">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>80</v>
@@ -4053,51 +4053,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080017840</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1500</v>
       </c>
       <c r="K70" s="15">
         <v>0.03726</v>
       </c>
       <c r="L70" s="15">
         <v>0.02696</v>
       </c>
       <c r="M70" s="15">
         <v>0.02352</v>
       </c>
       <c r="N70" s="15">
-        <v>11741</v>
+        <v>10615</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>134</v>
@@ -4172,51 +4172,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1500</v>
       </c>
       <c r="K73" s="15">
         <v>0.22621</v>
       </c>
       <c r="L73" s="15">
         <v>0.22621</v>
       </c>
       <c r="M73" s="15">
         <v>0.22621</v>
       </c>
       <c r="N73" s="15">
-        <v>373</v>
+        <v>285</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>134</v>
@@ -4406,51 +4406,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
         <v>0.0378</v>
       </c>
       <c r="L79" s="15">
         <v>0.02735</v>
       </c>
       <c r="M79" s="15">
         <v>0.02387</v>
       </c>
       <c r="N79" s="15">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>40</v>
@@ -4527,133 +4527,133 @@
         <v>162</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>150</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J82" s="15">
         <v>1500</v>
       </c>
       <c r="K82" s="15">
         <v>0.0485</v>
       </c>
       <c r="L82" s="15">
         <v>0.03509</v>
       </c>
       <c r="M82" s="15">
         <v>0.03062</v>
       </c>
       <c r="N82" s="15">
-        <v>223</v>
+        <v>191</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>150</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1500</v>
       </c>
       <c r="K83" s="15">
         <v>0.03917</v>
       </c>
       <c r="L83" s="15">
         <v>0.02798</v>
       </c>
       <c r="M83" s="15">
         <v>0.02462</v>
       </c>
       <c r="N83" s="15">
-        <v>6930</v>
+        <v>6237</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>150</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1500</v>
       </c>
       <c r="K84" s="15">
         <v>0.03207</v>
       </c>
       <c r="L84" s="15">
         <v>0.02673</v>
       </c>
       <c r="M84" s="15">
         <v>0.02673</v>
       </c>
       <c r="N84" s="15">
-        <v>2034</v>
+        <v>1882</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E85" s="15">
         <v>10080015985</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>150</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>35</v>
@@ -4695,51 +4695,51 @@
         <v>10080054455</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>150</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J86" s="15">
         <v>1500</v>
       </c>
       <c r="K86" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="L86" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="M86" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="N86" s="15">
-        <v>4744</v>
+        <v>3664</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E87" s="15">
         <v>10080039658</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>150</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>40</v>
@@ -5097,51 +5097,51 @@
       </c>
       <c r="E96" s="15">
         <v>10080037334</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.0151</v>
       </c>
       <c r="L96" s="15">
         <v>0.01093</v>
       </c>
       <c r="M96" s="15">
         <v>0.00954</v>
       </c>
       <c r="N96" s="15">
-        <v>600</v>
+        <v>576</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E97" s="15">
         <v>10080046448</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>42</v>
@@ -5216,51 +5216,51 @@
       </c>
       <c r="E99" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.01281</v>
       </c>
       <c r="L99" s="15">
         <v>0.00915</v>
       </c>
       <c r="M99" s="15">
         <v>0.00805</v>
       </c>
       <c r="N99" s="15">
-        <v>24892</v>
+        <v>23393</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E100" s="15">
         <v>10080054440</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>63</v>
@@ -5417,51 +5417,51 @@
       </c>
       <c r="E104" s="15">
         <v>10080018919</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
         <v>0.0151</v>
       </c>
       <c r="L104" s="15">
         <v>0.01093</v>
       </c>
       <c r="M104" s="15">
         <v>0.00954</v>
       </c>
       <c r="N104" s="15">
-        <v>22136</v>
+        <v>21676</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E105" s="15">
         <v>10080056087</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>63</v>
@@ -5698,94 +5698,94 @@
         <v>10080027352</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>200</v>
       </c>
       <c r="J111" s="15">
         <v>3000</v>
       </c>
       <c r="K111" s="15">
         <v>0.02867</v>
       </c>
       <c r="L111" s="15">
         <v>0.02075</v>
       </c>
       <c r="M111" s="15">
         <v>0.0181</v>
       </c>
       <c r="N111" s="15">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E112" s="15">
         <v>10080018920</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>201</v>
       </c>
       <c r="J112" s="15">
         <v>3000</v>
       </c>
       <c r="K112" s="15">
         <v>0.01502</v>
       </c>
       <c r="L112" s="15">
         <v>0.01086</v>
       </c>
       <c r="M112" s="15">
         <v>0.009480000000000001</v>
       </c>
       <c r="N112" s="15">
-        <v>235167</v>
+        <v>206488</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>205</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>206</v>
@@ -5819,51 +5819,51 @@
       <c r="D114" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
         <v>0.105</v>
       </c>
       <c r="L114" s="15">
         <v>0.105</v>
       </c>
       <c r="M114" s="15">
         <v>0.105</v>
       </c>
       <c r="N114" s="15">
-        <v>448</v>
+        <v>576</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E115" s="15">
         <v>10080053459</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>137</v>
       </c>
       <c r="I115" s="15"/>
@@ -5899,135 +5899,135 @@
         <v>10080032074</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J116" s="15">
         <v>3000</v>
       </c>
       <c r="K116" s="15">
         <v>0.14373</v>
       </c>
       <c r="L116" s="15">
         <v>0.08212</v>
       </c>
       <c r="M116" s="15">
         <v>0.07185999999999999</v>
       </c>
       <c r="N116" s="15">
-        <v>9614</v>
+        <v>6707</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E117" s="15">
         <v>10080039988</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J117" s="15">
         <v>3000</v>
       </c>
       <c r="K117" s="15">
         <v>0.04426</v>
       </c>
       <c r="L117" s="15">
         <v>0.03018</v>
       </c>
       <c r="M117" s="15">
         <v>0.02616</v>
       </c>
       <c r="N117" s="15">
-        <v>582</v>
+        <v>551</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E118" s="15">
         <v>10080046455</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>3000</v>
       </c>
       <c r="K118" s="15">
         <v>0.12881</v>
       </c>
       <c r="L118" s="15">
         <v>0.08783000000000001</v>
       </c>
       <c r="M118" s="15">
         <v>0.07611999999999999</v>
       </c>
       <c r="N118" s="15">
-        <v>7040</v>
+        <v>7920</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E119" s="15">
         <v>10000021269</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>72</v>
@@ -6221,51 +6221,51 @@
       </c>
       <c r="E124" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>229</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>232</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>3000</v>
       </c>
       <c r="K124" s="15">
         <v>0.15195</v>
       </c>
       <c r="L124" s="15">
         <v>0.15195</v>
       </c>
       <c r="M124" s="15">
         <v>0.15195</v>
       </c>
       <c r="N124" s="15">
-        <v>1320</v>
+        <v>1275</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E125" s="15">
         <v>10080051139</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>238</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>72</v>
@@ -6500,92 +6500,92 @@
       </c>
       <c r="E131" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>241</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>250</v>
       </c>
       <c r="K131" s="15">
         <v>0.12671</v>
       </c>
       <c r="L131" s="15">
         <v>0.09167</v>
       </c>
       <c r="M131" s="15">
         <v>0.07999000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>4544</v>
+        <v>5376</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>247</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>241</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.11145</v>
       </c>
       <c r="L132" s="15">
         <v>0.08064</v>
       </c>
       <c r="M132" s="15">
         <v>0.07036000000000001</v>
       </c>
       <c r="N132" s="15">
-        <v>973</v>
+        <v>959</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E133" s="15">
         <v>10000021965</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>241</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>40</v>