--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -328,50 +328,68 @@
   <si>
     <t>JSMICRO</t>
   </si>
   <si>
     <t xml:space="preserve">DB107S-TR </t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1A / DB107S-TR </t>
   </si>
   <si>
     <t xml:space="preserve">DB107S-DBS KLS, DB107S HOTTECH, </t>
   </si>
   <si>
     <t>DB107S-TR</t>
   </si>
   <si>
     <t>1000V 1A / DB107S-TR</t>
   </si>
   <si>
     <t xml:space="preserve">DB107S-DBS KLS, </t>
   </si>
   <si>
     <t>15.03.2026</t>
   </si>
   <si>
+    <t>DB156S</t>
+  </si>
+  <si>
+    <t>800V 1.5A мост / DB156S</t>
+  </si>
+  <si>
+    <t>UT-00154264</t>
+  </si>
+  <si>
+    <t>YANGJIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB156S YANGJIE, </t>
+  </si>
+  <si>
+    <t>31.12.2025</t>
+  </si>
+  <si>
     <t xml:space="preserve">DB157 </t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1.5A / DB157 </t>
   </si>
   <si>
     <t>DB157</t>
   </si>
   <si>
     <t>DB157S</t>
   </si>
   <si>
     <t>Диод DB157S</t>
   </si>
   <si>
     <t>10-00005370</t>
   </si>
   <si>
     <t>(в линейках) / DB157S</t>
   </si>
   <si>
     <t>10-00005405</t>
   </si>
   <si>
     <t xml:space="preserve">DB157S ASEMI, </t>
@@ -689,53 +707,50 @@
     <t xml:space="preserve">(1000V 0.5A ) / MD7S </t>
   </si>
   <si>
     <t>RB151</t>
   </si>
   <si>
     <t>50V 1.5A / RB151</t>
   </si>
   <si>
     <t>RB15</t>
   </si>
   <si>
     <t>RB157</t>
   </si>
   <si>
     <t>1000V 1.5A мост / RB157</t>
   </si>
   <si>
     <t>UT-00132043</t>
   </si>
   <si>
     <t>WOB</t>
   </si>
   <si>
     <t>KINGTRONICS</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.12.2025</t>
   </si>
   <si>
     <t>RMB4S-E3/80</t>
   </si>
   <si>
     <t>0.5A 400V / RMB4S-E3/80</t>
   </si>
   <si>
     <t>10-00005375</t>
   </si>
   <si>
     <t>TO-269AA</t>
   </si>
   <si>
     <t>S1ZB60-7062</t>
   </si>
   <si>
     <t>600V 0.8A SMD / S1ZB60-7062</t>
   </si>
   <si>
     <t>SHINDENGEN</t>
   </si>
   <si>
     <t>S1ZB60-7072</t>
   </si>
@@ -1350,51 +1365,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R134"/>
+  <dimension ref="A1:R135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1645,51 +1660,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.022</v>
       </c>
       <c r="L10" s="15">
         <v>0.0153</v>
       </c>
       <c r="M10" s="15">
         <v>0.014</v>
       </c>
       <c r="N10" s="15">
-        <v>5877</v>
+        <v>7836</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080056009</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>39</v>
@@ -2127,51 +2142,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1500</v>
       </c>
       <c r="K22" s="15">
         <v>0.048</v>
       </c>
       <c r="L22" s="15">
         <v>0.03473</v>
       </c>
       <c r="M22" s="15">
         <v>0.0303</v>
       </c>
       <c r="N22" s="15">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E23" s="15">
         <v>10080034956</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
@@ -2250,51 +2265,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080046093</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>0.14906</v>
       </c>
       <c r="L25" s="15">
         <v>0.10163</v>
       </c>
       <c r="M25" s="15">
         <v>0.08808000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>2421</v>
+        <v>2825</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080046444</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>35</v>
@@ -2646,51 +2661,51 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.03363</v>
       </c>
       <c r="L35" s="15">
         <v>0.02803</v>
       </c>
       <c r="M35" s="15">
         <v>0.02803</v>
       </c>
       <c r="N35" s="15">
-        <v>34719</v>
+        <v>37229</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E36" s="15">
         <v>10080071905</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>35</v>
@@ -2726,51 +2741,51 @@
       </c>
       <c r="E37" s="15">
         <v>10080015984</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.05668</v>
       </c>
       <c r="L37" s="15">
         <v>0.04101</v>
       </c>
       <c r="M37" s="15">
         <v>0.03578</v>
       </c>
       <c r="N37" s="15">
-        <v>14814</v>
+        <v>14457</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="15">
         <v>10080062040</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>42</v>
@@ -2806,51 +2821,51 @@
       </c>
       <c r="E39" s="15">
         <v>10080032849</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>50</v>
       </c>
       <c r="K39" s="15">
         <v>0.04603</v>
       </c>
       <c r="L39" s="15">
         <v>0.0333</v>
       </c>
       <c r="M39" s="15">
         <v>0.02906</v>
       </c>
       <c r="N39" s="15">
-        <v>7245</v>
+        <v>6210</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E40" s="15">
         <v>10080046360</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>63</v>
@@ -3087,51 +3102,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080034977</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1500</v>
       </c>
       <c r="K46" s="15">
         <v>0.04652</v>
       </c>
       <c r="L46" s="15">
         <v>0.03366</v>
       </c>
       <c r="M46" s="15">
         <v>0.02937</v>
       </c>
       <c r="N46" s="15">
-        <v>496</v>
+        <v>419</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>80</v>
@@ -3368,3288 +3383,3329 @@
         <v>10080012863</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J53" s="15">
         <v>1500</v>
       </c>
       <c r="K53" s="15">
         <v>0.03587</v>
       </c>
       <c r="L53" s="15">
         <v>0.02595</v>
       </c>
       <c r="M53" s="15">
         <v>0.02265</v>
       </c>
       <c r="N53" s="15">
-        <v>18307</v>
+        <v>18021</v>
       </c>
       <c r="O53" s="15">
-        <v>57600</v>
+        <v>56700</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>103</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="E54" s="15">
-        <v>10080038669</v>
+      <c r="E54" s="15" t="s">
+        <v>106</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="H54" s="15" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="I54" s="15"/>
+        <v>107</v>
+      </c>
+      <c r="I54" s="15" t="s">
+        <v>108</v>
+      </c>
       <c r="J54" s="15">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="K54" s="15">
-        <v>0.16116</v>
+        <v>0.08559</v>
       </c>
       <c r="L54" s="15">
-        <v>0.08921</v>
+        <v>0.07418</v>
       </c>
       <c r="M54" s="15">
-        <v>0.07771</v>
+        <v>0.07133</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
-      <c r="P54" s="15"/>
+      <c r="P54" s="15" t="s">
+        <v>109</v>
+      </c>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="E55" s="15">
-        <v>10080042655</v>
+        <v>10080038669</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H55" s="15" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>50</v>
       </c>
       <c r="K55" s="15">
-        <v>0.10118</v>
+        <v>0.16116</v>
       </c>
       <c r="L55" s="15">
-        <v>0.06900000000000001</v>
+        <v>0.08921</v>
       </c>
       <c r="M55" s="15">
-        <v>0.0598</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07771</v>
+      </c>
+      <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="E56" s="15">
-        <v>10080047706</v>
+        <v>10080042655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H56" s="15" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>50</v>
       </c>
       <c r="K56" s="15">
-        <v>0.09929</v>
+        <v>0.10118</v>
       </c>
       <c r="L56" s="15">
-        <v>0.06856</v>
+        <v>0.06900000000000001</v>
       </c>
       <c r="M56" s="15">
-        <v>0.05911</v>
-[...1 lines deleted...]
-      <c r="N56" s="15"/>
+        <v>0.0598</v>
+      </c>
+      <c r="N56" s="15">
+        <v>12342</v>
+      </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="E57" s="15">
-        <v>10000011401</v>
+        <v>10080047706</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H57" s="15" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
-        <v>0.1326</v>
+        <v>0.09929</v>
       </c>
       <c r="L57" s="15">
-        <v>0.12832</v>
+        <v>0.06856</v>
       </c>
       <c r="M57" s="15">
-        <v>0.12405</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05911</v>
+      </c>
+      <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>109</v>
+        <v>111</v>
+      </c>
+      <c r="E58" s="15">
+        <v>10000011401</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="H58" s="15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K58" s="15">
-        <v>0.04399</v>
+        <v>0.1326</v>
       </c>
       <c r="L58" s="15">
-        <v>0.03182</v>
+        <v>0.12832</v>
       </c>
       <c r="M58" s="15">
-        <v>0.02777</v>
+        <v>0.12405</v>
       </c>
       <c r="N58" s="15">
-        <v>30559</v>
+        <v>1074</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="I59" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="K59" s="15">
-        <v>0.14775</v>
+        <v>0.04399</v>
       </c>
       <c r="L59" s="15">
-        <v>0.13851</v>
+        <v>0.03182</v>
       </c>
       <c r="M59" s="15">
-        <v>0.13388</v>
-[...1 lines deleted...]
-      <c r="N59" s="15"/>
+        <v>0.02777</v>
+      </c>
+      <c r="N59" s="15">
+        <v>25642</v>
+      </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>10080067541</v>
+        <v>116</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>117</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H60" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I60" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I60" s="15" t="s">
+        <v>118</v>
+      </c>
       <c r="J60" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K60" s="15">
-        <v>0.05665</v>
+        <v>0.14775</v>
       </c>
       <c r="L60" s="15">
-        <v>0.04099</v>
+        <v>0.13851</v>
       </c>
       <c r="M60" s="15">
-        <v>0.03577</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13388</v>
+      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-        <v>116</v>
+        <v>119</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E61" s="15">
+        <v>10080067541</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H61" s="15" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="K61" s="15">
-        <v>0.11664</v>
+        <v>0.05665</v>
       </c>
       <c r="L61" s="15">
-        <v>0.10932</v>
+        <v>0.04099</v>
       </c>
       <c r="M61" s="15">
-        <v>0.10566</v>
-[...1 lines deleted...]
-      <c r="N61" s="15"/>
+        <v>0.03577</v>
+      </c>
+      <c r="N61" s="15">
+        <v>12</v>
+      </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="D62" s="15"/>
       <c r="E62" s="15" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H62" s="15" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.11664</v>
       </c>
       <c r="L62" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.10932</v>
       </c>
       <c r="M62" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.10566</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H63" s="15" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K63" s="15">
-        <v>0.13199</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="L63" s="15">
-        <v>0.12466</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="M63" s="15">
-        <v>0.11611</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>10000020649</v>
+        <v>125</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H64" s="15" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.13199</v>
       </c>
       <c r="L64" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.12466</v>
       </c>
       <c r="M64" s="15">
-        <v>0.09320000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11611</v>
+      </c>
+      <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>125</v>
+      </c>
+      <c r="E65" s="15">
+        <v>10000020649</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H65" s="15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.07099999999999999</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="L65" s="15">
-        <v>0.07099999999999999</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="M65" s="15">
-        <v>0.07099999999999999</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>27311</v>
+        <v>411</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>10080060804</v>
+        <v>127</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>128</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H66" s="15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I66" s="15"/>
-      <c r="J66" s="15"/>
+      <c r="J66" s="15">
+        <v>1</v>
+      </c>
       <c r="K66" s="15">
-        <v>0.1096</v>
+        <v>0.07099999999999999</v>
       </c>
       <c r="L66" s="15">
-        <v>0.1096</v>
+        <v>0.07099999999999999</v>
       </c>
       <c r="M66" s="15">
-        <v>0.1096</v>
+        <v>0.07099999999999999</v>
       </c>
       <c r="N66" s="15">
-        <v>9</v>
+        <v>18207</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="E67" s="15">
-        <v>10080033873</v>
+        <v>10080060804</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H67" s="15" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="I67" s="15"/>
-      <c r="J67" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J67" s="15"/>
       <c r="K67" s="15">
-        <v>0.25047</v>
+        <v>0.1096</v>
       </c>
       <c r="L67" s="15">
-        <v>0.13307</v>
+        <v>0.1096</v>
       </c>
       <c r="M67" s="15">
-        <v>0.11349</v>
+        <v>0.1096</v>
       </c>
       <c r="N67" s="15">
-        <v>111</v>
+        <v>9</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>130</v>
+      </c>
+      <c r="E68" s="15">
+        <v>10080033873</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H68" s="15" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K68" s="15">
-        <v>0.03025</v>
+        <v>0.25047</v>
       </c>
       <c r="L68" s="15">
-        <v>0.02189</v>
+        <v>0.13307</v>
       </c>
       <c r="M68" s="15">
-        <v>0.0191</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.11349</v>
+      </c>
+      <c r="N68" s="15">
+        <v>105</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>10080008994</v>
+        <v>130</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>131</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H69" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K69" s="15">
-        <v>0.1643</v>
+        <v>0.03025</v>
       </c>
       <c r="L69" s="15">
-        <v>0.15343</v>
+        <v>0.02189</v>
       </c>
       <c r="M69" s="15">
-        <v>0.14802</v>
+        <v>0.0191</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E70" s="15">
-        <v>10080017840</v>
+        <v>10080008994</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H70" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I70" s="15"/>
+        <v>40</v>
+      </c>
+      <c r="I70" s="15" t="s">
+        <v>134</v>
+      </c>
       <c r="J70" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.03726</v>
+        <v>0.1643</v>
       </c>
       <c r="L70" s="15">
-        <v>0.02696</v>
+        <v>0.15343</v>
       </c>
       <c r="M70" s="15">
-        <v>0.02352</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14802</v>
+      </c>
+      <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>135</v>
+      </c>
+      <c r="E71" s="15">
+        <v>10080017840</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>133</v>
+        <v>47</v>
       </c>
       <c r="H71" s="15" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="K71" s="15">
-        <v>0.31499</v>
+        <v>0.03726</v>
       </c>
       <c r="L71" s="15">
-        <v>0.26419</v>
+        <v>0.02696</v>
       </c>
       <c r="M71" s="15">
-        <v>0.25403</v>
-[...1 lines deleted...]
-      <c r="N71" s="15"/>
+        <v>0.02352</v>
+      </c>
+      <c r="N71" s="15">
+        <v>9811</v>
+      </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>10080007081</v>
+        <v>137</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>138</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>47</v>
+        <v>139</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.23491</v>
+        <v>0.31499</v>
       </c>
       <c r="L72" s="15">
-        <v>0.20368</v>
+        <v>0.26419</v>
       </c>
       <c r="M72" s="15">
-        <v>0.1969</v>
+        <v>0.25403</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>142</v>
+      </c>
+      <c r="E73" s="15">
+        <v>10080007081</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>141</v>
+        <v>47</v>
       </c>
       <c r="H73" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1500</v>
       </c>
       <c r="K73" s="15">
-        <v>0.22621</v>
+        <v>0.23491</v>
       </c>
       <c r="L73" s="15">
-        <v>0.22621</v>
+        <v>0.20368</v>
       </c>
       <c r="M73" s="15">
-        <v>0.22621</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1969</v>
+      </c>
+      <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H74" s="15" t="s">
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1500</v>
       </c>
       <c r="K74" s="15">
-        <v>0.32918</v>
+        <v>0.22621</v>
       </c>
       <c r="L74" s="15">
-        <v>0.27609</v>
+        <v>0.22621</v>
       </c>
       <c r="M74" s="15">
-        <v>0.26546</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.22621</v>
+      </c>
+      <c r="N74" s="15">
+        <v>263</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H75" s="15" t="s">
-        <v>35</v>
+        <v>140</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1500</v>
       </c>
       <c r="K75" s="15">
-        <v>0.03356</v>
+        <v>0.32918</v>
       </c>
       <c r="L75" s="15">
-        <v>0.03356</v>
+        <v>0.27609</v>
       </c>
       <c r="M75" s="15">
-        <v>0.03356</v>
+        <v>0.26546</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H76" s="15" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1500</v>
       </c>
       <c r="K76" s="15">
-        <v>0.05405</v>
+        <v>0.03356</v>
       </c>
       <c r="L76" s="15">
-        <v>0.03911</v>
+        <v>0.03356</v>
       </c>
       <c r="M76" s="15">
-        <v>0.03412</v>
+        <v>0.03356</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>10080072129</v>
+        <v>154</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>157</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H77" s="15" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
       <c r="I77" s="15"/>
-      <c r="J77" s="15"/>
+      <c r="J77" s="15">
+        <v>1500</v>
+      </c>
       <c r="K77" s="15">
-        <v>0.29634</v>
+        <v>0.05405</v>
       </c>
       <c r="L77" s="15">
-        <v>0.24696</v>
+        <v>0.03911</v>
       </c>
       <c r="M77" s="15">
-        <v>0.23707</v>
+        <v>0.03412</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>159</v>
+      </c>
+      <c r="E78" s="15">
+        <v>10080072129</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>35</v>
+        <v>140</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.06015</v>
+        <v>0.29634</v>
       </c>
       <c r="L78" s="15">
-        <v>0.04352</v>
+        <v>0.24696</v>
       </c>
       <c r="M78" s="15">
-        <v>0.03798</v>
+        <v>0.23707</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="H79" s="15" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
-        <v>0.0378</v>
+        <v>0.06015</v>
       </c>
       <c r="L79" s="15">
-        <v>0.02735</v>
+        <v>0.04352</v>
       </c>
       <c r="M79" s="15">
-        <v>0.02387</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03798</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="H80" s="15" t="s">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
-        <v>0.13579</v>
+        <v>0.0378</v>
       </c>
       <c r="L80" s="15">
-        <v>0.12221</v>
+        <v>0.02735</v>
       </c>
       <c r="M80" s="15">
-        <v>0.10863</v>
-[...1 lines deleted...]
-      <c r="N80" s="15"/>
+        <v>0.02387</v>
+      </c>
+      <c r="N80" s="15">
+        <v>119</v>
+      </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>161</v>
       </c>
-      <c r="E81" s="15">
-        <v>10080061224</v>
+      <c r="E81" s="15" t="s">
+        <v>165</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>150</v>
+        <v>163</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
-        <v>0.28107</v>
+        <v>0.13579</v>
       </c>
       <c r="L81" s="15">
-        <v>0.22667</v>
+        <v>0.12221</v>
       </c>
       <c r="M81" s="15">
-        <v>0.21759</v>
+        <v>0.10863</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>167</v>
+      </c>
+      <c r="E82" s="15">
+        <v>10080061224</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H82" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K82" s="15">
-        <v>0.0485</v>
+        <v>0.28107</v>
       </c>
       <c r="L82" s="15">
-        <v>0.03509</v>
+        <v>0.22667</v>
       </c>
       <c r="M82" s="15">
-        <v>0.03062</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21759</v>
+      </c>
+      <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H83" s="15" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I83" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I83" s="15" t="s">
+        <v>169</v>
+      </c>
       <c r="J83" s="15">
         <v>1500</v>
       </c>
       <c r="K83" s="15">
-        <v>0.03917</v>
+        <v>0.0485</v>
       </c>
       <c r="L83" s="15">
-        <v>0.02798</v>
+        <v>0.03509</v>
       </c>
       <c r="M83" s="15">
-        <v>0.02462</v>
+        <v>0.03062</v>
       </c>
       <c r="N83" s="15">
-        <v>6237</v>
+        <v>220</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H84" s="15" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.03207</v>
+        <v>0.03917</v>
       </c>
       <c r="L84" s="15">
-        <v>0.02673</v>
+        <v>0.02798</v>
       </c>
       <c r="M84" s="15">
-        <v>0.02673</v>
+        <v>0.02462</v>
       </c>
       <c r="N84" s="15">
-        <v>1882</v>
+        <v>6132</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>167</v>
       </c>
-      <c r="E85" s="15">
-        <v>10080015985</v>
+      <c r="E85" s="15" t="s">
+        <v>171</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1500</v>
       </c>
       <c r="K85" s="15">
-        <v>0.08114</v>
+        <v>0.03207</v>
       </c>
       <c r="L85" s="15">
-        <v>0.05818</v>
+        <v>0.02673</v>
       </c>
       <c r="M85" s="15">
-        <v>0.05052</v>
+        <v>0.02673</v>
       </c>
       <c r="N85" s="15">
-        <v>62</v>
+        <v>2520</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E86" s="15">
-        <v>10080054455</v>
+        <v>10080015985</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H86" s="15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="J86" s="15">
         <v>1500</v>
       </c>
       <c r="K86" s="15">
-        <v>0.07641000000000001</v>
+        <v>0.08114</v>
       </c>
       <c r="L86" s="15">
-        <v>0.07641000000000001</v>
+        <v>0.05818</v>
       </c>
       <c r="M86" s="15">
-        <v>0.07641000000000001</v>
+        <v>0.05052</v>
       </c>
       <c r="N86" s="15">
-        <v>3664</v>
+        <v>62</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="E87" s="15">
-        <v>10080039658</v>
+        <v>10080054455</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H87" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="J87" s="15">
         <v>1500</v>
       </c>
       <c r="K87" s="15">
-        <v>0.16396</v>
+        <v>0.07641000000000001</v>
       </c>
       <c r="L87" s="15">
-        <v>0.09368</v>
+        <v>0.07641000000000001</v>
       </c>
       <c r="M87" s="15">
-        <v>0.08197</v>
-[...1 lines deleted...]
-      <c r="N87" s="15"/>
+        <v>0.07641000000000001</v>
+      </c>
+      <c r="N87" s="15">
+        <v>4804</v>
+      </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="E88" s="15">
-        <v>10080046445</v>
+        <v>10080039658</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H88" s="15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="J88" s="15">
         <v>1500</v>
       </c>
       <c r="K88" s="15">
-        <v>0.07828</v>
+        <v>0.16396</v>
       </c>
       <c r="L88" s="15">
-        <v>0.06566</v>
+        <v>0.09368</v>
       </c>
       <c r="M88" s="15">
-        <v>0.06314</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08197</v>
+      </c>
+      <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="E89" s="15">
-        <v>10000006328</v>
+        <v>10080046445</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="J89" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K89" s="15">
-        <v>0.11955</v>
+        <v>0.07828</v>
       </c>
       <c r="L89" s="15">
-        <v>0.11567</v>
+        <v>0.06566</v>
       </c>
       <c r="M89" s="15">
-        <v>0.11183</v>
-[...1 lines deleted...]
-      <c r="N89" s="15"/>
+        <v>0.06314</v>
+      </c>
+      <c r="N89" s="15">
+        <v>278</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>170</v>
+        <v>180</v>
       </c>
       <c r="E90" s="15">
-        <v>10000021549</v>
+        <v>10000006328</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.13444</v>
+        <v>0.11955</v>
       </c>
       <c r="L90" s="15">
-        <v>0.13036</v>
+        <v>0.11567</v>
       </c>
       <c r="M90" s="15">
-        <v>0.12628</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11183</v>
+      </c>
+      <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E91" s="15">
-        <v>10080075880</v>
+        <v>10000021549</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="I91" s="15"/>
+        <v>40</v>
+      </c>
+      <c r="I91" s="15" t="s">
+        <v>182</v>
+      </c>
       <c r="J91" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.43643</v>
+        <v>0.13444</v>
       </c>
       <c r="L91" s="15">
-        <v>0.36603</v>
+        <v>0.13036</v>
       </c>
       <c r="M91" s="15">
-        <v>0.35196</v>
-[...1 lines deleted...]
-      <c r="N91" s="15"/>
+        <v>0.12628</v>
+      </c>
+      <c r="N91" s="15">
+        <v>11</v>
+      </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E92" s="15">
-        <v>10000022264</v>
+        <v>10080075880</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>47</v>
+        <v>156</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>44</v>
+        <v>140</v>
       </c>
       <c r="I92" s="15"/>
-      <c r="J92" s="15"/>
+      <c r="J92" s="15">
+        <v>50</v>
+      </c>
       <c r="K92" s="15">
-        <v>0.10152</v>
+        <v>0.43643</v>
       </c>
       <c r="L92" s="15">
-        <v>0.09711</v>
+        <v>0.36603</v>
       </c>
       <c r="M92" s="15">
-        <v>0.09268999999999999</v>
+        <v>0.35196</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E93" s="15">
-        <v>10080056085</v>
+        <v>10000022264</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="I93" s="15"/>
-      <c r="J93" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J93" s="15"/>
       <c r="K93" s="15">
-        <v>0.02987</v>
+        <v>0.10152</v>
       </c>
       <c r="L93" s="15">
-        <v>0.0214</v>
+        <v>0.09711</v>
       </c>
       <c r="M93" s="15">
-        <v>0.0186</v>
+        <v>0.09268999999999999</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E94" s="15">
-        <v>10080060829</v>
+        <v>10080056085</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K94" s="15">
-        <v>0.03558</v>
+        <v>0.02987</v>
       </c>
       <c r="L94" s="15">
-        <v>0.02553</v>
+        <v>0.0214</v>
       </c>
       <c r="M94" s="15">
-        <v>0.02216</v>
+        <v>0.0186</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E95" s="15">
-        <v>10080036558</v>
+        <v>10080060829</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H95" s="15" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.06401</v>
+        <v>0.03558</v>
       </c>
       <c r="L95" s="15">
-        <v>0.04365</v>
+        <v>0.02553</v>
       </c>
       <c r="M95" s="15">
-        <v>0.03784</v>
+        <v>0.02216</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E96" s="15">
-        <v>10080037334</v>
+        <v>10080036558</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.0151</v>
+        <v>0.06401</v>
       </c>
       <c r="L96" s="15">
-        <v>0.01093</v>
+        <v>0.04365</v>
       </c>
       <c r="M96" s="15">
-        <v>0.00954</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03784</v>
+      </c>
+      <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E97" s="15">
-        <v>10080046448</v>
+        <v>10080037334</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.03113</v>
+        <v>0.0151</v>
       </c>
       <c r="L97" s="15">
-        <v>0.02232</v>
+        <v>0.01093</v>
       </c>
       <c r="M97" s="15">
-        <v>0.01938</v>
-[...1 lines deleted...]
-      <c r="N97" s="15"/>
+        <v>0.00954</v>
+      </c>
+      <c r="N97" s="15">
+        <v>680</v>
+      </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>188</v>
+      </c>
+      <c r="E98" s="15">
+        <v>10080046448</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.01423</v>
+        <v>0.03113</v>
       </c>
       <c r="L98" s="15">
-        <v>0.01332</v>
+        <v>0.02232</v>
       </c>
       <c r="M98" s="15">
-        <v>0.01242</v>
+        <v>0.01938</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.01281</v>
+        <v>0.01423</v>
       </c>
       <c r="L99" s="15">
-        <v>0.00915</v>
+        <v>0.01332</v>
       </c>
       <c r="M99" s="15">
-        <v>0.00805</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01242</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="E100" s="15">
-        <v>10080054440</v>
+      <c r="E100" s="15" t="s">
+        <v>192</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.03144</v>
+        <v>0.01281</v>
       </c>
       <c r="L100" s="15">
-        <v>0.02254</v>
+        <v>0.00915</v>
       </c>
       <c r="M100" s="15">
-        <v>0.01957</v>
-[...1 lines deleted...]
-      <c r="N100" s="15"/>
+        <v>0.00805</v>
+      </c>
+      <c r="N100" s="15">
+        <v>26392</v>
+      </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="E101" s="15">
-        <v>10080056086</v>
+        <v>10080054440</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.02987</v>
+        <v>0.03144</v>
       </c>
       <c r="L101" s="15">
-        <v>0.0214</v>
+        <v>0.02254</v>
       </c>
       <c r="M101" s="15">
-        <v>0.0186</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01957</v>
+      </c>
+      <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="E102" s="15">
-        <v>10080046449</v>
+        <v>10080056086</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H102" s="15" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K102" s="15">
-        <v>0.01397</v>
+        <v>0.02987</v>
       </c>
       <c r="L102" s="15">
-        <v>0.01309</v>
+        <v>0.0214</v>
       </c>
       <c r="M102" s="15">
-        <v>0.01219</v>
+        <v>0.0186</v>
       </c>
       <c r="N102" s="15">
-        <v>86</v>
+        <v>5</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>193</v>
+      </c>
+      <c r="E103" s="15">
+        <v>10080046449</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H103" s="15" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.02041</v>
+        <v>0.01397</v>
       </c>
       <c r="L103" s="15">
-        <v>0.01352</v>
+        <v>0.01309</v>
       </c>
       <c r="M103" s="15">
-        <v>0.0118</v>
-[...1 lines deleted...]
-      <c r="N103" s="15"/>
+        <v>0.01219</v>
+      </c>
+      <c r="N103" s="15">
+        <v>86</v>
+      </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>10080018919</v>
+        <v>197</v>
+      </c>
+      <c r="E104" s="15" t="s">
+        <v>198</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.0151</v>
+        <v>0.02041</v>
       </c>
       <c r="L104" s="15">
-        <v>0.01093</v>
+        <v>0.01352</v>
       </c>
       <c r="M104" s="15">
-        <v>0.00954</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0118</v>
+      </c>
+      <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E105" s="15">
-        <v>10080056087</v>
+        <v>10080018919</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.02936</v>
+        <v>0.0151</v>
       </c>
       <c r="L105" s="15">
-        <v>0.02105</v>
+        <v>0.01093</v>
       </c>
       <c r="M105" s="15">
-        <v>0.01829</v>
-[...1 lines deleted...]
-      <c r="N105" s="15"/>
+        <v>0.00954</v>
+      </c>
+      <c r="N105" s="15">
+        <v>16911</v>
+      </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="E106" s="15">
-        <v>10080034886</v>
+        <v>10080056087</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K106" s="15">
-        <v>0.13162</v>
+        <v>0.02936</v>
       </c>
       <c r="L106" s="15">
-        <v>0.06993000000000001</v>
+        <v>0.02105</v>
       </c>
       <c r="M106" s="15">
-        <v>0.05964</v>
+        <v>0.01829</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="E107" s="15">
-        <v>10080034979</v>
+        <v>10080034886</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J107" s="15">
         <v>3000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.04426</v>
+        <v>0.13162</v>
       </c>
       <c r="L107" s="15">
-        <v>0.03018</v>
+        <v>0.06993000000000001</v>
       </c>
       <c r="M107" s="15">
-        <v>0.02616</v>
+        <v>0.05964</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="E108" s="15">
-        <v>10080046450</v>
+        <v>10080034979</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I108" s="15"/>
+        <v>87</v>
+      </c>
+      <c r="I108" s="15" t="s">
+        <v>41</v>
+      </c>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
-        <v>0.02645</v>
+        <v>0.04426</v>
       </c>
       <c r="L108" s="15">
-        <v>0.01829</v>
+        <v>0.03018</v>
       </c>
       <c r="M108" s="15">
-        <v>0.01668</v>
+        <v>0.02616</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="E109" s="15">
-        <v>10080047540</v>
+        <v>10080046450</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>196</v>
+        <v>42</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>3000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.03169</v>
+        <v>0.02645</v>
       </c>
       <c r="L109" s="15">
-        <v>0.02162</v>
+        <v>0.01829</v>
       </c>
       <c r="M109" s="15">
-        <v>0.01873</v>
+        <v>0.01668</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>200</v>
+      </c>
+      <c r="E110" s="15">
+        <v>10080047540</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>3000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.03765</v>
+        <v>0.03169</v>
       </c>
       <c r="L110" s="15">
-        <v>0.03158</v>
+        <v>0.02162</v>
       </c>
       <c r="M110" s="15">
-        <v>0.03036</v>
+        <v>0.01873</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>10080027352</v>
+        <v>203</v>
+      </c>
+      <c r="E111" s="15" t="s">
+        <v>204</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>3000</v>
       </c>
       <c r="K111" s="15">
-        <v>0.02867</v>
+        <v>0.03765</v>
       </c>
       <c r="L111" s="15">
-        <v>0.02075</v>
+        <v>0.03158</v>
       </c>
       <c r="M111" s="15">
-        <v>0.0181</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03036</v>
+      </c>
+      <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="E112" s="15">
-        <v>10080018920</v>
+        <v>10080027352</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H112" s="15" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="J112" s="15">
         <v>3000</v>
       </c>
       <c r="K112" s="15">
-        <v>0.01502</v>
+        <v>0.02867</v>
       </c>
       <c r="L112" s="15">
-        <v>0.01086</v>
+        <v>0.02075</v>
       </c>
       <c r="M112" s="15">
-        <v>0.009480000000000001</v>
+        <v>0.0181</v>
       </c>
       <c r="N112" s="15">
-        <v>206488</v>
+        <v>80</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>200</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080018920</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>205</v>
+        <v>38</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="I113" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I113" s="15" t="s">
+        <v>207</v>
+      </c>
       <c r="J113" s="15">
         <v>3000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.09621</v>
+        <v>0.01502</v>
       </c>
       <c r="L113" s="15">
-        <v>0.08338</v>
+        <v>0.01086</v>
       </c>
       <c r="M113" s="15">
-        <v>0.08018</v>
-[...1 lines deleted...]
-      <c r="N113" s="15"/>
+        <v>0.009480000000000001</v>
+      </c>
+      <c r="N113" s="15">
+        <v>170153</v>
+      </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F114" s="15"/>
-      <c r="G114" s="15"/>
+      <c r="G114" s="15" t="s">
+        <v>211</v>
+      </c>
       <c r="H114" s="15" t="s">
-        <v>137</v>
+        <v>212</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.105</v>
+        <v>0.09621</v>
       </c>
       <c r="L114" s="15">
-        <v>0.105</v>
+        <v>0.08338</v>
       </c>
       <c r="M114" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08018</v>
+      </c>
+      <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>10080053459</v>
+        <v>214</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>215</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>3000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.14945</v>
+        <v>0.105</v>
       </c>
       <c r="L115" s="15">
-        <v>0.12053</v>
+        <v>0.105</v>
       </c>
       <c r="M115" s="15">
-        <v>0.11571</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.105</v>
+      </c>
+      <c r="N115" s="15">
+        <v>568</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E116" s="15">
-        <v>10080032074</v>
+        <v>10080053459</v>
       </c>
       <c r="F116" s="15"/>
-      <c r="G116" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>3000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.14373</v>
+        <v>0.14945</v>
       </c>
       <c r="L116" s="15">
-        <v>0.08212</v>
+        <v>0.12053</v>
       </c>
       <c r="M116" s="15">
-        <v>0.07185999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11571</v>
+      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E117" s="15">
-        <v>10080039988</v>
+        <v>10080032074</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>41</v>
+        <v>220</v>
       </c>
       <c r="J117" s="15">
         <v>3000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.04426</v>
+        <v>0.14373</v>
       </c>
       <c r="L117" s="15">
-        <v>0.03018</v>
+        <v>0.08212</v>
       </c>
       <c r="M117" s="15">
-        <v>0.02616</v>
+        <v>0.07185999999999999</v>
       </c>
       <c r="N117" s="15">
-        <v>551</v>
+        <v>9837</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="E118" s="15">
-        <v>10080046455</v>
+        <v>10080039988</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I118" s="15"/>
+        <v>87</v>
+      </c>
+      <c r="I118" s="15" t="s">
+        <v>41</v>
+      </c>
       <c r="J118" s="15">
         <v>3000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.12881</v>
+        <v>0.04426</v>
       </c>
       <c r="L118" s="15">
-        <v>0.08783000000000001</v>
+        <v>0.03018</v>
       </c>
       <c r="M118" s="15">
-        <v>0.07611999999999999</v>
+        <v>0.02616</v>
       </c>
       <c r="N118" s="15">
-        <v>7920</v>
+        <v>651</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E119" s="15">
-        <v>10000021269</v>
+        <v>10080046455</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>3000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.1177</v>
+        <v>0.12881</v>
       </c>
       <c r="L119" s="15">
-        <v>0.1139</v>
+        <v>0.08783000000000001</v>
       </c>
       <c r="M119" s="15">
-        <v>0.11012</v>
-[...1 lines deleted...]
-      <c r="N119" s="15"/>
+        <v>0.07611999999999999</v>
+      </c>
+      <c r="N119" s="15">
+        <v>9460</v>
+      </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E120" s="15">
-        <v>10080060811</v>
+        <v>10000021269</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>219</v>
+        <v>38</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="J120" s="15"/>
+        <v>72</v>
+      </c>
+      <c r="I120" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="J120" s="15">
+        <v>3000</v>
+      </c>
       <c r="K120" s="15">
-        <v>0.06</v>
+        <v>0.1177</v>
       </c>
       <c r="L120" s="15">
-        <v>0.06</v>
+        <v>0.1139</v>
       </c>
       <c r="M120" s="15">
-        <v>0.06</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11012</v>
+      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>224</v>
+      </c>
+      <c r="E121" s="15">
+        <v>10080060811</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>224</v>
+        <v>39</v>
       </c>
       <c r="I121" s="15"/>
-      <c r="J121" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J121" s="15"/>
       <c r="K121" s="15">
-        <v>0.196</v>
+        <v>0.06</v>
       </c>
       <c r="L121" s="15">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="M121" s="15">
-        <v>0.1188</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.06</v>
+      </c>
+      <c r="N121" s="15">
+        <v>2</v>
+      </c>
+      <c r="O121" s="15"/>
+      <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>229</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>142</v>
+        <v>230</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="K122" s="15">
-        <v>0.3769</v>
+        <v>0.196</v>
       </c>
       <c r="L122" s="15">
-        <v>0.31611</v>
+        <v>0.13</v>
       </c>
       <c r="M122" s="15">
-        <v>0.30396</v>
-[...1 lines deleted...]
-      <c r="N122" s="15"/>
+        <v>0.1188</v>
+      </c>
+      <c r="N122" s="15">
+        <v>20</v>
+      </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>10080051074</v>
+        <v>232</v>
+      </c>
+      <c r="E123" s="15" t="s">
+        <v>233</v>
       </c>
       <c r="F123" s="15"/>
-      <c r="G123" s="15"/>
+      <c r="G123" s="15" t="s">
+        <v>234</v>
+      </c>
       <c r="H123" s="15" t="s">
-        <v>232</v>
+        <v>148</v>
       </c>
       <c r="I123" s="15"/>
-      <c r="J123" s="15"/>
+      <c r="J123" s="15">
+        <v>3000</v>
+      </c>
       <c r="K123" s="15">
-        <v>0.49467</v>
+        <v>0.3769</v>
       </c>
       <c r="L123" s="15">
-        <v>0.41223</v>
+        <v>0.31611</v>
       </c>
       <c r="M123" s="15">
-        <v>0.39574</v>
+        <v>0.30396</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>236</v>
+      </c>
+      <c r="E124" s="15">
+        <v>10080051074</v>
       </c>
       <c r="F124" s="15"/>
-      <c r="G124" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="I124" s="15"/>
-      <c r="J124" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J124" s="15"/>
       <c r="K124" s="15">
-        <v>0.15195</v>
+        <v>0.49467</v>
       </c>
       <c r="L124" s="15">
-        <v>0.15195</v>
+        <v>0.41223</v>
       </c>
       <c r="M124" s="15">
-        <v>0.15195</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.39574</v>
+      </c>
+      <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>10080051139</v>
+        <v>239</v>
+      </c>
+      <c r="E125" s="15" t="s">
+        <v>240</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="H125" s="15" t="s">
-        <v>72</v>
+        <v>237</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.08749999999999999</v>
+        <v>0.15195</v>
       </c>
       <c r="L125" s="15">
-        <v>0</v>
+        <v>0.15195</v>
       </c>
       <c r="M125" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N125" s="15"/>
+        <v>0.15195</v>
+      </c>
+      <c r="N125" s="15">
+        <v>915</v>
+      </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E126" s="15">
-        <v>10080051519</v>
+        <v>10080051139</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="I126" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.21154</v>
+        <v>0.08749999999999999</v>
       </c>
       <c r="L126" s="15">
-        <v>0.15168</v>
+        <v>0</v>
       </c>
       <c r="M126" s="15">
-        <v>0.13172</v>
+        <v>0</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E127" s="15">
-        <v>10080057976</v>
+        <v>10080051519</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H127" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I127" s="15"/>
+        <v>72</v>
+      </c>
+      <c r="I127" s="15" t="s">
+        <v>247</v>
+      </c>
       <c r="J127" s="15">
         <v>250</v>
       </c>
       <c r="K127" s="15">
-        <v>0.09576</v>
+        <v>0.21154</v>
       </c>
       <c r="L127" s="15">
-        <v>0.08967</v>
+        <v>0.15168</v>
       </c>
       <c r="M127" s="15">
-        <v>0.08356</v>
+        <v>0.13172</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E128" s="15">
-        <v>10080067367</v>
+        <v>10080057976</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H128" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K128" s="15">
-        <v>0.15351</v>
+        <v>0.09576</v>
       </c>
       <c r="L128" s="15">
-        <v>0.11006</v>
+        <v>0.08967</v>
       </c>
       <c r="M128" s="15">
-        <v>0.09558</v>
+        <v>0.08356</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E129" s="15">
-        <v>10080011403</v>
+        <v>10080067367</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H129" s="15" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="I129" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I129" s="15" t="s">
+        <v>249</v>
+      </c>
       <c r="J129" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.27023</v>
+        <v>0.15351</v>
       </c>
       <c r="L129" s="15">
-        <v>0.14958</v>
+        <v>0.11006</v>
       </c>
       <c r="M129" s="15">
-        <v>0.13027</v>
+        <v>0.09558</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="E130" s="15" t="s">
         <v>245</v>
+      </c>
+      <c r="E130" s="15">
+        <v>10080011403</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K130" s="15">
-        <v>0.15332</v>
+        <v>0.27023</v>
       </c>
       <c r="L130" s="15">
-        <v>0.10993</v>
+        <v>0.14958</v>
       </c>
       <c r="M130" s="15">
-        <v>0.09544999999999999</v>
+        <v>0.13027</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H131" s="15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="K131" s="15">
-        <v>0.12671</v>
+        <v>0.15332</v>
       </c>
       <c r="L131" s="15">
-        <v>0.09167</v>
+        <v>0.10993</v>
       </c>
       <c r="M131" s="15">
-        <v>0.07999000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09544999999999999</v>
+      </c>
+      <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H132" s="15" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K132" s="15">
-        <v>0.11145</v>
+        <v>0.12671</v>
       </c>
       <c r="L132" s="15">
-        <v>0.08064</v>
+        <v>0.09167</v>
       </c>
       <c r="M132" s="15">
-        <v>0.07036000000000001</v>
+        <v>0.07999000000000001</v>
       </c>
       <c r="N132" s="15">
-        <v>959</v>
+        <v>4672</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>10000021965</v>
+        <v>245</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>252</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H133" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I133" s="15"/>
       <c r="J133" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.14916</v>
+        <v>0.11145</v>
       </c>
       <c r="L133" s="15">
-        <v>0.12429</v>
+        <v>0.08064</v>
       </c>
       <c r="M133" s="15">
-        <v>0.11932</v>
-[...1 lines deleted...]
-      <c r="N133" s="15"/>
+        <v>0.07036000000000001</v>
+      </c>
+      <c r="N133" s="15">
+        <v>1030</v>
+      </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
-      <c r="B134" s="14"/>
-[...2 lines deleted...]
-      <c r="E134" s="15"/>
+      <c r="B134" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D134" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="E134" s="15">
+        <v>10000021965</v>
+      </c>
       <c r="F134" s="15"/>
-      <c r="G134" s="15"/>
-[...5 lines deleted...]
-      <c r="M134" s="15"/>
+      <c r="G134" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="H134" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="I134" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="J134" s="15">
+        <v>250</v>
+      </c>
+      <c r="K134" s="15">
+        <v>0.14916</v>
+      </c>
+      <c r="L134" s="15">
+        <v>0.12429</v>
+      </c>
+      <c r="M134" s="15">
+        <v>0.11932</v>
+      </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
+      <c r="R134"/>
+    </row>
+    <row r="135" spans="1:18">
+      <c r="B135" s="14"/>
+      <c r="C135" s="15"/>
+      <c r="D135" s="15"/>
+      <c r="E135" s="15"/>
+      <c r="F135" s="15"/>
+      <c r="G135" s="15"/>
+      <c r="H135" s="15"/>
+      <c r="I135" s="15"/>
+      <c r="J135" s="15"/>
+      <c r="K135" s="15"/>
+      <c r="L135" s="15"/>
+      <c r="M135" s="15"/>
+      <c r="N135" s="15"/>
+      <c r="O135" s="15"/>
+      <c r="P135" s="15"/>
+      <c r="Q135" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6669,317 +6725,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>