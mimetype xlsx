--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -325,71 +325,68 @@
   <si>
     <t>UT-00144697</t>
   </si>
   <si>
     <t>JSMICRO</t>
   </si>
   <si>
     <t xml:space="preserve">DB107S-TR </t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1A / DB107S-TR </t>
   </si>
   <si>
     <t xml:space="preserve">DB107S-DBS KLS, DB107S HOTTECH, </t>
   </si>
   <si>
     <t>DB107S-TR</t>
   </si>
   <si>
     <t>1000V 1A / DB107S-TR</t>
   </si>
   <si>
     <t xml:space="preserve">DB107S-DBS KLS, </t>
   </si>
   <si>
-    <t>15.03.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>DB156S</t>
   </si>
   <si>
     <t>800V 1.5A мост / DB156S</t>
   </si>
   <si>
     <t>UT-00154264</t>
   </si>
   <si>
     <t>YANGJIE</t>
   </si>
   <si>
     <t xml:space="preserve">DB156S YANGJIE, </t>
   </si>
   <si>
-    <t>31.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">DB157 </t>
   </si>
   <si>
     <t xml:space="preserve">1000V 1.5A / DB157 </t>
   </si>
   <si>
     <t>DB157</t>
   </si>
   <si>
     <t>DB157S</t>
   </si>
   <si>
     <t>Диод DB157S</t>
   </si>
   <si>
     <t>10-00005370</t>
   </si>
   <si>
     <t>(в линейках) / DB157S</t>
   </si>
   <si>
     <t>10-00005405</t>
   </si>
   <si>
     <t xml:space="preserve">DB157S ASEMI, </t>
@@ -611,50 +608,59 @@
     <t>MB6S-MBS</t>
   </si>
   <si>
     <t>UT-00103883</t>
   </si>
   <si>
     <t>UT-00146684</t>
   </si>
   <si>
     <t>MB08S</t>
   </si>
   <si>
     <t>800V 0.5A / MB08S</t>
   </si>
   <si>
     <t>MB8S</t>
   </si>
   <si>
     <t>MB8S-MBS</t>
   </si>
   <si>
     <t>Диод MB08S</t>
   </si>
   <si>
     <t>UT-00099965</t>
+  </si>
+  <si>
+    <t>MB10F</t>
+  </si>
+  <si>
+    <t>Диодный мост однофазный 1000V 1A / MB10F</t>
+  </si>
+  <si>
+    <t>UT-00153422</t>
   </si>
   <si>
     <t>MB10S</t>
   </si>
   <si>
     <t>1000V 0.5A / MB10S</t>
   </si>
   <si>
     <t>MB10S-MBS</t>
   </si>
   <si>
     <t>TY</t>
   </si>
   <si>
     <t>1000V 0.5A мост / MB10S</t>
   </si>
   <si>
     <t>UT-00139696</t>
   </si>
   <si>
     <t>MDD</t>
   </si>
   <si>
     <t xml:space="preserve">MD7S WUXI XUYANG, MB10S HOTTECH, </t>
   </si>
@@ -1365,51 +1371,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R135"/>
+  <dimension ref="A1:R136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1660,51 +1666,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.022</v>
       </c>
       <c r="L10" s="15">
         <v>0.0153</v>
       </c>
       <c r="M10" s="15">
         <v>0.014</v>
       </c>
       <c r="N10" s="15">
-        <v>7836</v>
+        <v>6171</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080056009</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>39</v>
@@ -2051,142 +2057,142 @@
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1500</v>
       </c>
       <c r="K20" s="15">
-        <v>0.03819</v>
+        <v>0.03126</v>
       </c>
       <c r="L20" s="15">
-        <v>0.03575</v>
+        <v>0.02709</v>
       </c>
       <c r="M20" s="15">
-        <v>0.03333</v>
+        <v>0.02605</v>
       </c>
       <c r="N20" s="15">
         <v>88</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1500</v>
       </c>
       <c r="K21" s="15">
         <v>0.03363</v>
       </c>
       <c r="L21" s="15">
         <v>0.02803</v>
       </c>
       <c r="M21" s="15">
         <v>0.02803</v>
       </c>
       <c r="N21" s="15">
-        <v>14326</v>
+        <v>11910</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1500</v>
       </c>
       <c r="K22" s="15">
-        <v>0.048</v>
+        <v>0.03312</v>
       </c>
       <c r="L22" s="15">
-        <v>0.03473</v>
+        <v>0.0287</v>
       </c>
       <c r="M22" s="15">
-        <v>0.0303</v>
+        <v>0.0276</v>
       </c>
       <c r="N22" s="15">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E23" s="15">
         <v>10080034956</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
@@ -2265,51 +2271,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080046093</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>0.14906</v>
       </c>
       <c r="L25" s="15">
         <v>0.10163</v>
       </c>
       <c r="M25" s="15">
         <v>0.08808000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>2825</v>
+        <v>2219</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10080046444</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>35</v>
@@ -2574,138 +2580,138 @@
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.03855</v>
+        <v>0.03185</v>
       </c>
       <c r="L33" s="15">
-        <v>0.03609</v>
+        <v>0.0276</v>
       </c>
       <c r="M33" s="15">
-        <v>0.03364</v>
+        <v>0.02654</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1500</v>
       </c>
       <c r="K34" s="15">
-        <v>0.06004</v>
+        <v>0.03369</v>
       </c>
       <c r="L34" s="15">
-        <v>0.03978</v>
+        <v>0.0292</v>
       </c>
       <c r="M34" s="15">
-        <v>0.03471</v>
+        <v>0.02808</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.03363</v>
       </c>
       <c r="L35" s="15">
         <v>0.02803</v>
       </c>
       <c r="M35" s="15">
         <v>0.02803</v>
       </c>
       <c r="N35" s="15">
-        <v>37229</v>
+        <v>27190</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E36" s="15">
         <v>10080071905</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>35</v>
@@ -2732,140 +2738,140 @@
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E37" s="15">
         <v>10080015984</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05668</v>
+        <v>0.03762</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04101</v>
+        <v>0.0326</v>
       </c>
       <c r="M37" s="15">
-        <v>0.03578</v>
+        <v>0.03135</v>
       </c>
       <c r="N37" s="15">
-        <v>14457</v>
+        <v>14814</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E38" s="15">
         <v>10080062040</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>50</v>
       </c>
       <c r="K38" s="15">
-        <v>0.05988</v>
+        <v>0.03354</v>
       </c>
       <c r="L38" s="15">
-        <v>0.03966</v>
+        <v>0.02907</v>
       </c>
       <c r="M38" s="15">
-        <v>0.03462</v>
+        <v>0.02795</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E39" s="15">
         <v>10080032849</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>50</v>
       </c>
       <c r="K39" s="15">
         <v>0.04603</v>
       </c>
       <c r="L39" s="15">
         <v>0.0333</v>
       </c>
       <c r="M39" s="15">
         <v>0.02906</v>
       </c>
       <c r="N39" s="15">
-        <v>6210</v>
+        <v>5561</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E40" s="15">
         <v>10080046360</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>63</v>
@@ -3102,130 +3108,130 @@
       </c>
       <c r="E46" s="15">
         <v>10080034977</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1500</v>
       </c>
       <c r="K46" s="15">
         <v>0.04652</v>
       </c>
       <c r="L46" s="15">
         <v>0.03366</v>
       </c>
       <c r="M46" s="15">
         <v>0.02937</v>
       </c>
       <c r="N46" s="15">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1500</v>
       </c>
       <c r="K47" s="15">
-        <v>0.05648</v>
+        <v>0.03171</v>
       </c>
       <c r="L47" s="15">
-        <v>0.03741</v>
+        <v>0.02748</v>
       </c>
       <c r="M47" s="15">
-        <v>0.03265</v>
+        <v>0.02643</v>
       </c>
       <c r="N47" s="15">
         <v>8</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1500</v>
       </c>
       <c r="K48" s="15">
-        <v>0.0316</v>
+        <v>0.02253</v>
       </c>
       <c r="L48" s="15">
-        <v>0.02286</v>
+        <v>0.01953</v>
       </c>
       <c r="M48" s="15">
-        <v>0.01995</v>
+        <v>0.01878</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E49" s="15">
         <v>10080056012</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H49" s="15" t="s">
@@ -3374,3338 +3380,3381 @@
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E53" s="15">
         <v>10080012863</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J53" s="15">
         <v>1500</v>
       </c>
       <c r="K53" s="15">
-        <v>0.03587</v>
+        <v>0.02441</v>
       </c>
       <c r="L53" s="15">
-        <v>0.02595</v>
+        <v>0.02115</v>
       </c>
       <c r="M53" s="15">
-        <v>0.02265</v>
+        <v>0.02034</v>
       </c>
       <c r="N53" s="15">
-        <v>18021</v>
+        <v>21922</v>
       </c>
       <c r="O53" s="15">
-        <v>56700</v>
+        <v>70200</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>103</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J54" s="15">
         <v>1500</v>
       </c>
       <c r="K54" s="15">
-        <v>0.08559</v>
+        <v>0.09809</v>
       </c>
       <c r="L54" s="15">
-        <v>0.07418</v>
+        <v>0.08501</v>
       </c>
       <c r="M54" s="15">
-        <v>0.07133</v>
+        <v>0.08173999999999999</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
-      <c r="P54" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E55" s="15">
         <v>10080038669</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>50</v>
       </c>
       <c r="K55" s="15">
         <v>0.16116</v>
       </c>
       <c r="L55" s="15">
         <v>0.08921</v>
       </c>
       <c r="M55" s="15">
         <v>0.07771</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E56" s="15">
         <v>10080042655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>50</v>
       </c>
       <c r="K56" s="15">
         <v>0.10118</v>
       </c>
       <c r="L56" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="M56" s="15">
         <v>0.0598</v>
       </c>
       <c r="N56" s="15">
-        <v>12342</v>
+        <v>12183</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E57" s="15">
         <v>10080047706</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.09929</v>
       </c>
       <c r="L57" s="15">
         <v>0.06856</v>
       </c>
       <c r="M57" s="15">
         <v>0.05911</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E58" s="15">
         <v>10000011401</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>50</v>
       </c>
       <c r="K58" s="15">
         <v>0.1326</v>
       </c>
       <c r="L58" s="15">
         <v>0.12832</v>
       </c>
       <c r="M58" s="15">
         <v>0.12405</v>
       </c>
       <c r="N58" s="15">
-        <v>1074</v>
+        <v>931</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1500</v>
       </c>
       <c r="K59" s="15">
         <v>0.04399</v>
       </c>
       <c r="L59" s="15">
         <v>0.03182</v>
       </c>
       <c r="M59" s="15">
         <v>0.02777</v>
       </c>
       <c r="N59" s="15">
-        <v>25642</v>
+        <v>26695</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D60" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J60" s="15">
         <v>50</v>
       </c>
       <c r="K60" s="15">
         <v>0.14775</v>
       </c>
       <c r="L60" s="15">
         <v>0.13851</v>
       </c>
       <c r="M60" s="15">
         <v>0.13388</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E61" s="15">
         <v>10080067541</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1500</v>
       </c>
       <c r="K61" s="15">
-        <v>0.05665</v>
+        <v>0.03417</v>
       </c>
       <c r="L61" s="15">
-        <v>0.04099</v>
+        <v>0.02961</v>
       </c>
       <c r="M61" s="15">
-        <v>0.03577</v>
+        <v>0.02848</v>
       </c>
       <c r="N61" s="15">
         <v>12</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D62" s="15"/>
       <c r="E62" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>3000</v>
       </c>
       <c r="K62" s="15">
         <v>0.11664</v>
       </c>
       <c r="L62" s="15">
         <v>0.10932</v>
       </c>
       <c r="M62" s="15">
         <v>0.10566</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1500</v>
       </c>
       <c r="K63" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="L63" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="M63" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D64" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.13199</v>
       </c>
       <c r="L64" s="15">
         <v>0.12466</v>
       </c>
       <c r="M64" s="15">
         <v>0.11611</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E65" s="15">
         <v>10000020649</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="L65" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>411</v>
+        <v>383</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D66" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1</v>
       </c>
       <c r="K66" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L66" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M66" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="N66" s="15">
-        <v>18207</v>
+        <v>21849</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E67" s="15">
         <v>10080060804</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.1096</v>
       </c>
       <c r="L67" s="15">
         <v>0.1096</v>
       </c>
       <c r="M67" s="15">
         <v>0.1096</v>
       </c>
       <c r="N67" s="15">
         <v>9</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E68" s="15">
         <v>10080033873</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>87</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.25047</v>
       </c>
       <c r="L68" s="15">
         <v>0.13307</v>
       </c>
       <c r="M68" s="15">
         <v>0.11349</v>
       </c>
       <c r="N68" s="15">
-        <v>105</v>
+        <v>79</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1500</v>
       </c>
       <c r="K69" s="15">
-        <v>0.03025</v>
+        <v>0.0209</v>
       </c>
       <c r="L69" s="15">
-        <v>0.02189</v>
+        <v>0.01811</v>
       </c>
       <c r="M69" s="15">
-        <v>0.0191</v>
+        <v>0.01741</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E70" s="15">
         <v>10080008994</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.1643</v>
       </c>
       <c r="L70" s="15">
         <v>0.15343</v>
       </c>
       <c r="M70" s="15">
         <v>0.14802</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E71" s="15">
         <v>10080017840</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1500</v>
       </c>
       <c r="K71" s="15">
-        <v>0.03726</v>
+        <v>0.02568</v>
       </c>
       <c r="L71" s="15">
-        <v>0.02696</v>
+        <v>0.02226</v>
       </c>
       <c r="M71" s="15">
-        <v>0.02352</v>
+        <v>0.0214</v>
       </c>
       <c r="N71" s="15">
-        <v>9811</v>
+        <v>7091</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="H72" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.31499</v>
       </c>
       <c r="L72" s="15">
         <v>0.26419</v>
       </c>
       <c r="M72" s="15">
         <v>0.25403</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E73" s="15">
         <v>10080007081</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H73" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1500</v>
       </c>
       <c r="K73" s="15">
         <v>0.23491</v>
       </c>
       <c r="L73" s="15">
         <v>0.20368</v>
       </c>
       <c r="M73" s="15">
         <v>0.1969</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="H74" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1500</v>
       </c>
       <c r="K74" s="15">
         <v>0.22621</v>
       </c>
       <c r="L74" s="15">
         <v>0.22621</v>
       </c>
       <c r="M74" s="15">
         <v>0.22621</v>
       </c>
       <c r="N74" s="15">
-        <v>263</v>
+        <v>373</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="H75" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1500</v>
       </c>
       <c r="K75" s="15">
         <v>0.32918</v>
       </c>
       <c r="L75" s="15">
         <v>0.27609</v>
       </c>
       <c r="M75" s="15">
         <v>0.26546</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1500</v>
       </c>
       <c r="K76" s="15">
         <v>0.03356</v>
       </c>
       <c r="L76" s="15">
         <v>0.03356</v>
       </c>
       <c r="M76" s="15">
         <v>0.03356</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D77" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77" s="15" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1500</v>
       </c>
       <c r="K77" s="15">
         <v>0.05405</v>
       </c>
       <c r="L77" s="15">
         <v>0.03911</v>
       </c>
       <c r="M77" s="15">
         <v>0.03412</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E78" s="15">
         <v>10080072129</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.29634</v>
       </c>
       <c r="L78" s="15">
         <v>0.24696</v>
       </c>
       <c r="M78" s="15">
         <v>0.23707</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>50</v>
       </c>
       <c r="K79" s="15">
         <v>0.06015</v>
       </c>
       <c r="L79" s="15">
         <v>0.04352</v>
       </c>
       <c r="M79" s="15">
         <v>0.03798</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D80" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="15" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
-        <v>0.0378</v>
+        <v>0.02613</v>
       </c>
       <c r="L80" s="15">
-        <v>0.02735</v>
+        <v>0.02265</v>
       </c>
       <c r="M80" s="15">
-        <v>0.02387</v>
+        <v>0.02178</v>
       </c>
       <c r="N80" s="15">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D81" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="15" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
         <v>0.13579</v>
       </c>
       <c r="L81" s="15">
         <v>0.12221</v>
       </c>
       <c r="M81" s="15">
         <v>0.10863</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E82" s="15">
         <v>10080061224</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H82" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
         <v>0.28107</v>
       </c>
       <c r="L82" s="15">
         <v>0.22667</v>
       </c>
       <c r="M82" s="15">
         <v>0.21759</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J83" s="15">
         <v>1500</v>
       </c>
       <c r="K83" s="15">
         <v>0.0485</v>
       </c>
       <c r="L83" s="15">
         <v>0.03509</v>
       </c>
       <c r="M83" s="15">
         <v>0.03062</v>
       </c>
       <c r="N83" s="15">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D84" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="15" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.03917</v>
+        <v>0.02798</v>
       </c>
       <c r="L84" s="15">
-        <v>0.02798</v>
+        <v>0.02425</v>
       </c>
       <c r="M84" s="15">
-        <v>0.02462</v>
+        <v>0.02331</v>
       </c>
       <c r="N84" s="15">
-        <v>6132</v>
+        <v>5124</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D85" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="15" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1500</v>
       </c>
       <c r="K85" s="15">
         <v>0.03207</v>
       </c>
       <c r="L85" s="15">
         <v>0.02673</v>
       </c>
       <c r="M85" s="15">
         <v>0.02673</v>
       </c>
       <c r="N85" s="15">
-        <v>2520</v>
+        <v>2064</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E86" s="15">
         <v>10080015985</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J86" s="15">
         <v>1500</v>
       </c>
       <c r="K86" s="15">
-        <v>0.08114</v>
+        <v>0.0437</v>
       </c>
       <c r="L86" s="15">
-        <v>0.05818</v>
+        <v>0.03787</v>
       </c>
       <c r="M86" s="15">
-        <v>0.05052</v>
+        <v>0.03641</v>
       </c>
       <c r="N86" s="15">
         <v>62</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E87" s="15">
         <v>10080054455</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J87" s="15">
         <v>1500</v>
       </c>
       <c r="K87" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="L87" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="M87" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="N87" s="15">
-        <v>4804</v>
+        <v>4744</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E88" s="15">
         <v>10080039658</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J88" s="15">
         <v>1500</v>
       </c>
       <c r="K88" s="15">
         <v>0.16396</v>
       </c>
       <c r="L88" s="15">
         <v>0.09368</v>
       </c>
       <c r="M88" s="15">
         <v>0.08197</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="E89" s="15">
         <v>10080046445</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J89" s="15">
         <v>1500</v>
       </c>
       <c r="K89" s="15">
         <v>0.07828</v>
       </c>
       <c r="L89" s="15">
         <v>0.06566</v>
       </c>
       <c r="M89" s="15">
         <v>0.06314</v>
       </c>
       <c r="N89" s="15">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="E90" s="15">
         <v>10000006328</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>72</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.11955</v>
       </c>
       <c r="L90" s="15">
         <v>0.11567</v>
       </c>
       <c r="M90" s="15">
         <v>0.11183</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E91" s="15">
         <v>10000021549</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.13444</v>
       </c>
       <c r="L91" s="15">
         <v>0.13036</v>
       </c>
       <c r="M91" s="15">
         <v>0.12628</v>
       </c>
       <c r="N91" s="15">
         <v>11</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E92" s="15">
         <v>10080075880</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>50</v>
       </c>
       <c r="K92" s="15">
         <v>0.43643</v>
       </c>
       <c r="L92" s="15">
         <v>0.36603</v>
       </c>
       <c r="M92" s="15">
         <v>0.35196</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E93" s="15">
         <v>10000022264</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.10152</v>
       </c>
       <c r="L93" s="15">
         <v>0.09711</v>
       </c>
       <c r="M93" s="15">
         <v>0.09268999999999999</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E94" s="15">
         <v>10080056085</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>2500</v>
       </c>
       <c r="K94" s="15">
         <v>0.02987</v>
       </c>
       <c r="L94" s="15">
         <v>0.0214</v>
       </c>
       <c r="M94" s="15">
         <v>0.0186</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E95" s="15">
         <v>10080060829</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.03558</v>
       </c>
       <c r="L95" s="15">
         <v>0.02553</v>
       </c>
       <c r="M95" s="15">
         <v>0.02216</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E96" s="15">
         <v>10080036558</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.06401</v>
       </c>
       <c r="L96" s="15">
         <v>0.04365</v>
       </c>
       <c r="M96" s="15">
         <v>0.03784</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E97" s="15">
         <v>10080037334</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.0151</v>
+        <v>0.00704</v>
       </c>
       <c r="L97" s="15">
-        <v>0.01093</v>
+        <v>0.00704</v>
       </c>
       <c r="M97" s="15">
-        <v>0.00954</v>
+        <v>0.00704</v>
       </c>
       <c r="N97" s="15">
-        <v>680</v>
+        <v>616</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E98" s="15">
         <v>10080046448</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.03113</v>
       </c>
       <c r="L98" s="15">
         <v>0.02232</v>
       </c>
       <c r="M98" s="15">
         <v>0.01938</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D99" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="E99" s="15" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.01423</v>
+        <v>0.01205</v>
       </c>
       <c r="L99" s="15">
-        <v>0.01332</v>
+        <v>0.01044</v>
       </c>
       <c r="M99" s="15">
-        <v>0.01242</v>
+        <v>0.01004</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.01281</v>
+        <v>0.00915</v>
       </c>
       <c r="L100" s="15">
-        <v>0.00915</v>
+        <v>0.00793</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00805</v>
+        <v>0.00763</v>
       </c>
       <c r="N100" s="15">
-        <v>26392</v>
+        <v>21893</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E101" s="15">
         <v>10080054440</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.03144</v>
       </c>
       <c r="L101" s="15">
         <v>0.02254</v>
       </c>
       <c r="M101" s="15">
         <v>0.01957</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E102" s="15">
         <v>10080056086</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2500</v>
       </c>
       <c r="K102" s="15">
         <v>0.02987</v>
       </c>
       <c r="L102" s="15">
         <v>0.0214</v>
       </c>
       <c r="M102" s="15">
         <v>0.0186</v>
       </c>
       <c r="N102" s="15">
         <v>5</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E103" s="15">
         <v>10080046449</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.01397</v>
+        <v>0.01164</v>
       </c>
       <c r="L103" s="15">
-        <v>0.01309</v>
+        <v>0.01009</v>
       </c>
       <c r="M103" s="15">
-        <v>0.01219</v>
+        <v>0.0097</v>
       </c>
       <c r="N103" s="15">
         <v>86</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D104" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="E104" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>80</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.02041</v>
+        <v>0.01166</v>
       </c>
       <c r="L104" s="15">
-        <v>0.01352</v>
+        <v>0.0101</v>
       </c>
       <c r="M104" s="15">
-        <v>0.0118</v>
+        <v>0.00971</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="E105" s="15">
         <v>10080018919</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.0151</v>
+        <v>0.00693</v>
       </c>
       <c r="L105" s="15">
-        <v>0.01093</v>
+        <v>0.00693</v>
       </c>
       <c r="M105" s="15">
-        <v>0.00954</v>
+        <v>0.00693</v>
       </c>
       <c r="N105" s="15">
         <v>16911</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>199</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080056087</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.02936</v>
+        <v>0.008750000000000001</v>
       </c>
       <c r="L106" s="15">
-        <v>0.02105</v>
+        <v>0.00758</v>
       </c>
       <c r="M106" s="15">
-        <v>0.01829</v>
-[...3 lines deleted...]
-      <c r="P106" s="15"/>
+        <v>0.00729</v>
+      </c>
+      <c r="N106" s="15">
+        <v>620</v>
+      </c>
+      <c r="O106" s="15">
+        <v>6200</v>
+      </c>
+      <c r="P106" s="15" t="s">
+        <v>103</v>
+      </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E107" s="15">
-        <v>10080034886</v>
+        <v>10080056087</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="I107" s="15"/>
       <c r="J107" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K107" s="15">
-        <v>0.13162</v>
+        <v>0.02936</v>
       </c>
       <c r="L107" s="15">
-        <v>0.06993000000000001</v>
+        <v>0.02105</v>
       </c>
       <c r="M107" s="15">
-        <v>0.05964</v>
+        <v>0.01829</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E108" s="15">
-        <v>10080034979</v>
+        <v>10080034886</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
-        <v>0.04426</v>
+        <v>0.13162</v>
       </c>
       <c r="L108" s="15">
-        <v>0.03018</v>
+        <v>0.06993000000000001</v>
       </c>
       <c r="M108" s="15">
-        <v>0.02616</v>
+        <v>0.05964</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E109" s="15">
-        <v>10080046450</v>
+        <v>10080034979</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I109" s="15"/>
+        <v>87</v>
+      </c>
+      <c r="I109" s="15" t="s">
+        <v>41</v>
+      </c>
       <c r="J109" s="15">
         <v>3000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.02645</v>
+        <v>0.04426</v>
       </c>
       <c r="L109" s="15">
-        <v>0.01829</v>
+        <v>0.03018</v>
       </c>
       <c r="M109" s="15">
-        <v>0.01668</v>
+        <v>0.02616</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E110" s="15">
-        <v>10080047540</v>
+        <v>10080046450</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>202</v>
+        <v>42</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>3000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.03169</v>
+        <v>0.01164</v>
       </c>
       <c r="L110" s="15">
-        <v>0.02162</v>
+        <v>0.01009</v>
       </c>
       <c r="M110" s="15">
-        <v>0.01873</v>
+        <v>0.0097</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>202</v>
+      </c>
+      <c r="E111" s="15">
+        <v>10080047540</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>3000</v>
       </c>
       <c r="K111" s="15">
-        <v>0.03765</v>
+        <v>0.03169</v>
       </c>
       <c r="L111" s="15">
-        <v>0.03158</v>
+        <v>0.02162</v>
       </c>
       <c r="M111" s="15">
-        <v>0.03036</v>
+        <v>0.01873</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>10080027352</v>
+        <v>205</v>
+      </c>
+      <c r="E112" s="15" t="s">
+        <v>206</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H112" s="15" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>3000</v>
       </c>
       <c r="K112" s="15">
-        <v>0.02867</v>
+        <v>0.03765</v>
       </c>
       <c r="L112" s="15">
-        <v>0.02075</v>
+        <v>0.03158</v>
       </c>
       <c r="M112" s="15">
-        <v>0.0181</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03036</v>
+      </c>
+      <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E113" s="15">
-        <v>10080018920</v>
+        <v>10080027352</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J113" s="15">
         <v>3000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.01502</v>
+        <v>0.02867</v>
       </c>
       <c r="L113" s="15">
-        <v>0.01086</v>
+        <v>0.02075</v>
       </c>
       <c r="M113" s="15">
-        <v>0.009480000000000001</v>
+        <v>0.0181</v>
       </c>
       <c r="N113" s="15">
-        <v>170153</v>
+        <v>75</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>202</v>
+      </c>
+      <c r="E114" s="15">
+        <v>10080018920</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>211</v>
+        <v>38</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="I114" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I114" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.09621</v>
+        <v>0.00693</v>
       </c>
       <c r="L114" s="15">
-        <v>0.08338</v>
+        <v>0.00693</v>
       </c>
       <c r="M114" s="15">
-        <v>0.08018</v>
-[...1 lines deleted...]
-      <c r="N114" s="15"/>
+        <v>0.00693</v>
+      </c>
+      <c r="N114" s="15">
+        <v>204184</v>
+      </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="F115" s="15"/>
+      <c r="G115" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="H115" s="15" t="s">
         <v>214</v>
-      </c>
-[...6 lines deleted...]
-        <v>143</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>3000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.105</v>
+        <v>0.09621</v>
       </c>
       <c r="L115" s="15">
-        <v>0.105</v>
+        <v>0.08338</v>
       </c>
       <c r="M115" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08018</v>
+      </c>
+      <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080053459</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>3000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.14945</v>
+        <v>0.105</v>
       </c>
       <c r="L116" s="15">
-        <v>0.12053</v>
+        <v>0.105</v>
       </c>
       <c r="M116" s="15">
-        <v>0.11571</v>
-[...1 lines deleted...]
-      <c r="N116" s="15"/>
+        <v>0.105</v>
+      </c>
+      <c r="N116" s="15">
+        <v>455</v>
+      </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E117" s="15">
-        <v>10080032074</v>
+        <v>10080053459</v>
       </c>
       <c r="F117" s="15"/>
-      <c r="G117" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>3000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.14373</v>
+        <v>0.14945</v>
       </c>
       <c r="L117" s="15">
-        <v>0.08212</v>
+        <v>0.12053</v>
       </c>
       <c r="M117" s="15">
-        <v>0.07185999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11571</v>
+      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="D118" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E118" s="15">
-        <v>10080039988</v>
+        <v>10080032074</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>41</v>
+        <v>222</v>
       </c>
       <c r="J118" s="15">
         <v>3000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.04426</v>
+        <v>0.14373</v>
       </c>
       <c r="L118" s="15">
-        <v>0.03018</v>
+        <v>0.08212</v>
       </c>
       <c r="M118" s="15">
-        <v>0.02616</v>
+        <v>0.07185999999999999</v>
       </c>
       <c r="N118" s="15">
-        <v>651</v>
+        <v>8384</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="D119" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E119" s="15">
-        <v>10080046455</v>
+        <v>10080039988</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I119" s="15"/>
+        <v>87</v>
+      </c>
+      <c r="I119" s="15" t="s">
+        <v>41</v>
+      </c>
       <c r="J119" s="15">
         <v>3000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.12881</v>
+        <v>0.04426</v>
       </c>
       <c r="L119" s="15">
-        <v>0.08783000000000001</v>
+        <v>0.03018</v>
       </c>
       <c r="M119" s="15">
-        <v>0.07611999999999999</v>
+        <v>0.02616</v>
       </c>
       <c r="N119" s="15">
-        <v>9460</v>
+        <v>582</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="D120" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E120" s="15">
-        <v>10000021269</v>
+        <v>10080046455</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>3000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.1177</v>
+        <v>0.12881</v>
       </c>
       <c r="L120" s="15">
-        <v>0.1139</v>
+        <v>0.08783000000000001</v>
       </c>
       <c r="M120" s="15">
-        <v>0.11012</v>
-[...1 lines deleted...]
-      <c r="N120" s="15"/>
+        <v>0.07611999999999999</v>
+      </c>
+      <c r="N120" s="15">
+        <v>9900</v>
+      </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E121" s="15">
-        <v>10080060811</v>
+        <v>10000021269</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>225</v>
+        <v>38</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="J121" s="15"/>
+        <v>72</v>
+      </c>
+      <c r="I121" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="J121" s="15">
+        <v>3000</v>
+      </c>
       <c r="K121" s="15">
-        <v>0.06</v>
+        <v>0.1177</v>
       </c>
       <c r="L121" s="15">
-        <v>0.06</v>
+        <v>0.1139</v>
       </c>
       <c r="M121" s="15">
-        <v>0.06</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11012</v>
+      </c>
+      <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D122" s="15" t="s">
-[...3 lines deleted...]
-        <v>228</v>
+      <c r="E122" s="15">
+        <v>10080060811</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>230</v>
+        <v>39</v>
       </c>
       <c r="I122" s="15"/>
-      <c r="J122" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J122" s="15"/>
       <c r="K122" s="15">
-        <v>0.196</v>
+        <v>0.06</v>
       </c>
       <c r="L122" s="15">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="M122" s="15">
-        <v>0.1188</v>
+        <v>0.06</v>
       </c>
       <c r="N122" s="15">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H123" s="15" t="s">
-        <v>148</v>
+        <v>232</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="K123" s="15">
-        <v>0.3769</v>
+        <v>0.196</v>
       </c>
       <c r="L123" s="15">
-        <v>0.31611</v>
+        <v>0.13</v>
       </c>
       <c r="M123" s="15">
-        <v>0.30396</v>
-[...1 lines deleted...]
-      <c r="N123" s="15"/>
+        <v>0.1188</v>
+      </c>
+      <c r="N123" s="15">
+        <v>20</v>
+      </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="E124" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="F124" s="15"/>
+      <c r="G124" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="E124" s="15">
-[...3 lines deleted...]
-      <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>237</v>
+        <v>147</v>
       </c>
       <c r="I124" s="15"/>
-      <c r="J124" s="15"/>
+      <c r="J124" s="15">
+        <v>3000</v>
+      </c>
       <c r="K124" s="15">
-        <v>0.49467</v>
+        <v>0.3769</v>
       </c>
       <c r="L124" s="15">
-        <v>0.41223</v>
+        <v>0.31611</v>
       </c>
       <c r="M124" s="15">
-        <v>0.39574</v>
+        <v>0.30396</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15">
+        <v>10080051074</v>
+      </c>
+      <c r="F125" s="15"/>
+      <c r="G125" s="15"/>
+      <c r="H125" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="E125" s="15" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="I125" s="15"/>
-      <c r="J125" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J125" s="15"/>
       <c r="K125" s="15">
-        <v>0.15195</v>
+        <v>0.49467</v>
       </c>
       <c r="L125" s="15">
-        <v>0.15195</v>
+        <v>0.41223</v>
       </c>
       <c r="M125" s="15">
-        <v>0.15195</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.39574</v>
+      </c>
+      <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080051139</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>243</v>
+        <v>236</v>
       </c>
       <c r="H126" s="15" t="s">
-        <v>72</v>
+        <v>239</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.08749999999999999</v>
+        <v>0.15195</v>
       </c>
       <c r="L126" s="15">
-        <v>0</v>
+        <v>0.15195</v>
       </c>
       <c r="M126" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N126" s="15"/>
+        <v>0.15195</v>
+      </c>
+      <c r="N126" s="15">
+        <v>1080</v>
+      </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D127" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="15">
-        <v>10080051519</v>
+        <v>10080051139</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="I127" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.21154</v>
+        <v>0.08749999999999999</v>
       </c>
       <c r="L127" s="15">
-        <v>0.15168</v>
+        <v>0</v>
       </c>
       <c r="M127" s="15">
-        <v>0.13172</v>
+        <v>0</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E128" s="15">
-        <v>10080057976</v>
+        <v>10080051519</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H128" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I128" s="15"/>
+        <v>72</v>
+      </c>
+      <c r="I128" s="15" t="s">
+        <v>249</v>
+      </c>
       <c r="J128" s="15">
         <v>250</v>
       </c>
       <c r="K128" s="15">
-        <v>0.09576</v>
+        <v>0.21154</v>
       </c>
       <c r="L128" s="15">
-        <v>0.08967</v>
+        <v>0.15168</v>
       </c>
       <c r="M128" s="15">
-        <v>0.08356</v>
+        <v>0.13172</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E129" s="15">
-        <v>10080067367</v>
+        <v>10080057976</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H129" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K129" s="15">
-        <v>0.15351</v>
+        <v>0.07847</v>
       </c>
       <c r="L129" s="15">
-        <v>0.11006</v>
+        <v>0.068</v>
       </c>
       <c r="M129" s="15">
-        <v>0.09558</v>
+        <v>0.06539</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E130" s="15">
-        <v>10080011403</v>
+        <v>10080067367</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="I130" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I130" s="15" t="s">
+        <v>251</v>
+      </c>
       <c r="J130" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.27023</v>
+        <v>0.08377999999999999</v>
       </c>
       <c r="L130" s="15">
-        <v>0.14958</v>
+        <v>0.07260999999999999</v>
       </c>
       <c r="M130" s="15">
-        <v>0.13027</v>
+        <v>0.06981</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>247</v>
+      </c>
+      <c r="E131" s="15">
+        <v>10080011403</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H131" s="15" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K131" s="15">
-        <v>0.15332</v>
+        <v>0.27023</v>
       </c>
       <c r="L131" s="15">
-        <v>0.10993</v>
+        <v>0.14958</v>
       </c>
       <c r="M131" s="15">
-        <v>0.09544999999999999</v>
+        <v>0.13027</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H132" s="15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="K132" s="15">
-        <v>0.12671</v>
+        <v>0.15332</v>
       </c>
       <c r="L132" s="15">
-        <v>0.09167</v>
+        <v>0.10993</v>
       </c>
       <c r="M132" s="15">
-        <v>0.07999000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09544999999999999</v>
+      </c>
+      <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H133" s="15" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K133" s="15">
-        <v>0.11145</v>
+        <v>0.08505</v>
       </c>
       <c r="L133" s="15">
-        <v>0.08064</v>
+        <v>0.07371</v>
       </c>
       <c r="M133" s="15">
-        <v>0.07036000000000001</v>
+        <v>0.07088</v>
       </c>
       <c r="N133" s="15">
-        <v>1030</v>
+        <v>4416</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>10000021965</v>
+        <v>247</v>
+      </c>
+      <c r="E134" s="15" t="s">
+        <v>254</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H134" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I134" s="15"/>
       <c r="J134" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.14916</v>
+        <v>0.07692</v>
       </c>
       <c r="L134" s="15">
-        <v>0.12429</v>
+        <v>0.06666</v>
       </c>
       <c r="M134" s="15">
-        <v>0.11932</v>
-[...1 lines deleted...]
-      <c r="N134" s="15"/>
+        <v>0.0641</v>
+      </c>
+      <c r="N134" s="15">
+        <v>689</v>
+      </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
-      <c r="B135" s="14"/>
-[...2 lines deleted...]
-      <c r="E135" s="15"/>
+      <c r="B135" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C135" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D135" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="E135" s="15">
+        <v>10000021965</v>
+      </c>
       <c r="F135" s="15"/>
-      <c r="G135" s="15"/>
-[...5 lines deleted...]
-      <c r="M135" s="15"/>
+      <c r="G135" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="H135" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="I135" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="J135" s="15">
+        <v>250</v>
+      </c>
+      <c r="K135" s="15">
+        <v>0.14916</v>
+      </c>
+      <c r="L135" s="15">
+        <v>0.12429</v>
+      </c>
+      <c r="M135" s="15">
+        <v>0.11932</v>
+      </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
+      <c r="R135"/>
+    </row>
+    <row r="136" spans="1:18">
+      <c r="B136" s="14"/>
+      <c r="C136" s="15"/>
+      <c r="D136" s="15"/>
+      <c r="E136" s="15"/>
+      <c r="F136" s="15"/>
+      <c r="G136" s="15"/>
+      <c r="H136" s="15"/>
+      <c r="I136" s="15"/>
+      <c r="J136" s="15"/>
+      <c r="K136" s="15"/>
+      <c r="L136" s="15"/>
+      <c r="M136" s="15"/>
+      <c r="N136" s="15"/>
+      <c r="O136" s="15"/>
+      <c r="P136" s="15"/>
+      <c r="Q136" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6725,317 +6774,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>