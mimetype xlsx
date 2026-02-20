--- v3 (2026-01-10)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -139,594 +139,606 @@
   <si>
     <t>800V 1A, мост / ABS8</t>
   </si>
   <si>
     <t>UT-00098124</t>
   </si>
   <si>
     <t>HOTTECH</t>
   </si>
   <si>
     <t>B10S</t>
   </si>
   <si>
     <t>1000V 0.5A / B10S</t>
   </si>
   <si>
     <t>SO4-170-2.54</t>
   </si>
   <si>
     <t>LGE</t>
   </si>
   <si>
     <t>WUXI XUYANG</t>
   </si>
   <si>
+    <t xml:space="preserve">MB10S SUNTAN, MD7S WUXI XUYANG, MB10S SUNTAN, MB10S HOTTECH, </t>
+  </si>
+  <si>
+    <t>KLS</t>
+  </si>
+  <si>
+    <t>10-00005401</t>
+  </si>
+  <si>
+    <t>PANJIT</t>
+  </si>
+  <si>
+    <t>B6S-MBS</t>
+  </si>
+  <si>
+    <t>600V 0.5A / B6S</t>
+  </si>
+  <si>
+    <t>DB1S</t>
+  </si>
+  <si>
+    <t>B6S</t>
+  </si>
+  <si>
+    <t>UT-00093295</t>
+  </si>
+  <si>
+    <t>BAS4002ARPPE6327HTSA1</t>
+  </si>
+  <si>
+    <t>40V 200mA мост / BAS4002ARPPE6327HTSA1</t>
+  </si>
+  <si>
+    <t>UT-00103684</t>
+  </si>
+  <si>
+    <t>SOT-143</t>
+  </si>
+  <si>
+    <t>INFINEON</t>
+  </si>
+  <si>
+    <t>BGX50AE6327</t>
+  </si>
+  <si>
+    <t>70V 140mA, мост / BGX50AE6327</t>
+  </si>
+  <si>
+    <t>UT-00098799</t>
+  </si>
+  <si>
+    <t>DB102S-DBS</t>
+  </si>
+  <si>
+    <t>100V 1A SMD / DB102S</t>
+  </si>
+  <si>
+    <t>UT-00094912</t>
+  </si>
+  <si>
+    <t>DB102S</t>
+  </si>
+  <si>
+    <t>UT-00120263</t>
+  </si>
+  <si>
+    <t>SUNTAN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB102S SUNTAN, </t>
+  </si>
+  <si>
+    <t>DB104S</t>
+  </si>
+  <si>
+    <t>400V 1A мост / DB104S</t>
+  </si>
+  <si>
+    <t>UT-00148217</t>
+  </si>
+  <si>
+    <t>DB105</t>
+  </si>
+  <si>
+    <t>600V 1A / DB105</t>
+  </si>
+  <si>
+    <t>DB1</t>
+  </si>
+  <si>
+    <t>SEP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB105 SEMTECH, </t>
+  </si>
+  <si>
+    <t>SEMTECH</t>
+  </si>
+  <si>
+    <t>DB105S</t>
+  </si>
+  <si>
+    <t>600V 1A SMD / DB105S</t>
+  </si>
+  <si>
+    <t>DB105S&amp;1500</t>
+  </si>
+  <si>
+    <t>UT-00090627</t>
+  </si>
+  <si>
+    <t>DB105S-DBS</t>
+  </si>
+  <si>
+    <t>UT-00095723</t>
+  </si>
+  <si>
+    <t>UT-00099946</t>
+  </si>
+  <si>
+    <t>ASEMI</t>
+  </si>
+  <si>
+    <t>UT-00120265</t>
+  </si>
+  <si>
+    <t>DB106S</t>
+  </si>
+  <si>
+    <t>800V 1A SMD / DB106S</t>
+  </si>
+  <si>
+    <t>DB107</t>
+  </si>
+  <si>
+    <t>1000V 1A / DB107</t>
+  </si>
+  <si>
+    <t>DB107-DB1</t>
+  </si>
+  <si>
+    <t>KOME</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB107 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000V 1A / DB107 </t>
+  </si>
+  <si>
+    <t>DB107S</t>
+  </si>
+  <si>
+    <t>1000V 1A / DB107S</t>
+  </si>
+  <si>
+    <t>DB107S-DBS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB107S HOTTECH, </t>
+  </si>
+  <si>
+    <t>UT-00099947</t>
+  </si>
+  <si>
+    <t>UT-00144697</t>
+  </si>
+  <si>
+    <t>JSMICRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB107S-TR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000V 1A / DB107S-TR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB107S-DBS KLS, DB107S HOTTECH, </t>
+  </si>
+  <si>
+    <t>DB107S-TR</t>
+  </si>
+  <si>
+    <t>1000V 1A / DB107S-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB107S-DBS KLS, </t>
+  </si>
+  <si>
+    <t>DB156S</t>
+  </si>
+  <si>
+    <t>800V 1.5A мост / DB156S</t>
+  </si>
+  <si>
+    <t>UT-00154264</t>
+  </si>
+  <si>
+    <t>YANGJIE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB156S YANGJIE, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB157 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000V 1.5A / DB157 </t>
+  </si>
+  <si>
+    <t>DB157</t>
+  </si>
+  <si>
+    <t>DB157S</t>
+  </si>
+  <si>
+    <t>Диод DB157S</t>
+  </si>
+  <si>
+    <t>UT-00154855</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB157S HOTTECH, DB157S HOTTECH, </t>
+  </si>
+  <si>
+    <t>10-00005370</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB157S ASEMI, DB157S HOTTECH, </t>
+  </si>
+  <si>
+    <t>(в линейках) / DB157S</t>
+  </si>
+  <si>
+    <t>10-00005405</t>
+  </si>
+  <si>
+    <t>DB157S-DBS</t>
+  </si>
+  <si>
+    <t>1000V 1.5A / DB157S-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB157S-TR </t>
+  </si>
+  <si>
+    <t>10-00005366</t>
+  </si>
+  <si>
+    <t>DB157S-TR</t>
+  </si>
+  <si>
+    <t>10-00005382</t>
+  </si>
+  <si>
+    <t>Диод DB157S-TR</t>
+  </si>
+  <si>
+    <t>10-00005386</t>
+  </si>
+  <si>
+    <t xml:space="preserve">россыпь / DB157S-TR россыпь </t>
+  </si>
+  <si>
+    <t>10-00005381</t>
+  </si>
+  <si>
+    <t>DB207S</t>
+  </si>
+  <si>
+    <t>1000V 2A / DB207S</t>
+  </si>
+  <si>
+    <t>UT-00148580</t>
+  </si>
+  <si>
+    <t>DB207S-TR</t>
+  </si>
+  <si>
+    <t>1000V 2A / DB207S-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DB207S KOME, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000V 2A / DB207S-TR </t>
+  </si>
+  <si>
+    <t>DBF310-13</t>
+  </si>
+  <si>
+    <t>1000V 3A мост / DBF310-13</t>
+  </si>
+  <si>
+    <t>UT-00138523</t>
+  </si>
+  <si>
+    <t>DBF-4</t>
+  </si>
+  <si>
+    <t>DIODES</t>
+  </si>
+  <si>
+    <t>DBS107G</t>
+  </si>
+  <si>
+    <t>Диод DBS107G</t>
+  </si>
+  <si>
+    <t>TSC</t>
+  </si>
+  <si>
+    <t>DF02S-E3/77</t>
+  </si>
+  <si>
+    <t>200V 1A мост / DF02S-E3/77</t>
+  </si>
+  <si>
+    <t>UT-00123274</t>
+  </si>
+  <si>
+    <t>DF-S</t>
+  </si>
+  <si>
+    <t>VISHAY</t>
+  </si>
+  <si>
+    <t>DF02S-T</t>
+  </si>
+  <si>
+    <t>200V 1A мост / DF02S-T</t>
+  </si>
+  <si>
+    <t>UT-00117531</t>
+  </si>
+  <si>
+    <t>DFS-4</t>
+  </si>
+  <si>
+    <t>DF04S</t>
+  </si>
+  <si>
+    <t>400V 1A мост / DF04S</t>
+  </si>
+  <si>
+    <t>UT-00116351</t>
+  </si>
+  <si>
+    <t>DFS</t>
+  </si>
+  <si>
+    <t>UT-00129400</t>
+  </si>
+  <si>
+    <t>DF04S-T</t>
+  </si>
+  <si>
+    <t>400V 1A / DF04S-T</t>
+  </si>
+  <si>
+    <t>DF10</t>
+  </si>
+  <si>
+    <t>1000V 1A / DF10</t>
+  </si>
+  <si>
+    <t>UT-00120190</t>
+  </si>
+  <si>
+    <t>DIP4</t>
+  </si>
+  <si>
+    <t>UT-00148581</t>
+  </si>
+  <si>
+    <t>10-00005393</t>
+  </si>
+  <si>
+    <t>DF10S</t>
+  </si>
+  <si>
+    <t>1000V 1A / DF10S</t>
+  </si>
+  <si>
+    <t>10-00005374</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S-TR HOTTECH, DF10S LGE, DF10S-TR WUXI XUYANG, DF10S-DFS KLS, DF10S-TR WUXI XUYANG, </t>
+  </si>
+  <si>
+    <t>UT-00099949</t>
+  </si>
+  <si>
+    <t>UT-00106641</t>
+  </si>
+  <si>
+    <t>DF10S-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1000V 1A / DF10S-TR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S LGE, DF10S-TR WUXI XUYANG, DF10S-DFS KLS, DF10S HOTTECH, DF10S-TR WUXI XUYANG, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S-TR HOTTECH, DF10S-TR WUXI XUYANG, DF10S-DFS KLS, DF10S HOTTECH, DF10S-TR WUXI XUYANG, </t>
+  </si>
+  <si>
+    <t>Диод DF10S-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S-TR HOTTECH, DF10S LGE, DF10S-DFS KLS, DF10S HOTTECH, DF10S-TR WUXI XUYANG, </t>
+  </si>
+  <si>
+    <t>DF10S-DFS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S-TR HOTTECH, DF10S LGE, DF10S-TR WUXI XUYANG, DF10S HOTTECH, DF10S-TR WUXI XUYANG, </t>
+  </si>
+  <si>
+    <t>1000V 1A / DF10S-TR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S-TR HOTTECH, DF10S LGE, DF10S-TR WUXI XUYANG, DF10S-DFS KLS, DF10S HOTTECH, DF10S-TR WUXI XUYANG, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DF10S-TR HOTTECH, DF10S LGE, DF10S-TR WUXI XUYANG, DF10S-DFS KLS, DF10S HOTTECH, </t>
+  </si>
+  <si>
+    <t>DF1510S</t>
+  </si>
+  <si>
+    <t>1000V 1.5A / DF1510S</t>
+  </si>
+  <si>
+    <t>DI158S</t>
+  </si>
+  <si>
+    <t>800V 1.5A / DI158S</t>
+  </si>
+  <si>
+    <t>MB6S</t>
+  </si>
+  <si>
+    <t>600V 0.5A / MB06S</t>
+  </si>
+  <si>
+    <t>MB06S</t>
+  </si>
+  <si>
+    <t>MB6S-MBS</t>
+  </si>
+  <si>
+    <t>UT-00103883</t>
+  </si>
+  <si>
+    <t>UT-00146684</t>
+  </si>
+  <si>
+    <t>MB08S</t>
+  </si>
+  <si>
+    <t>800V 0.5A / MB08S</t>
+  </si>
+  <si>
+    <t>MB8S</t>
+  </si>
+  <si>
+    <t>MB8S-MBS</t>
+  </si>
+  <si>
+    <t>Диод MB08S</t>
+  </si>
+  <si>
+    <t>UT-00099965</t>
+  </si>
+  <si>
+    <t>MB10F</t>
+  </si>
+  <si>
+    <t>Диодный мост однофазный 1000V 1A / MB10F</t>
+  </si>
+  <si>
+    <t>UT-00153422</t>
+  </si>
+  <si>
+    <t>MB10S</t>
+  </si>
+  <si>
+    <t>1000V 0.5A / MB10S</t>
+  </si>
+  <si>
     <t xml:space="preserve">MD7S WUXI XUYANG, MB10S SUNTAN, MB10S HOTTECH, </t>
   </si>
   <si>
-    <t>KLS</t>
-[...481 lines deleted...]
-  <si>
     <t>MB10S-MBS</t>
   </si>
   <si>
+    <t xml:space="preserve">MB10S-MBS KLS, </t>
+  </si>
+  <si>
     <t>TY</t>
   </si>
   <si>
     <t>1000V 0.5A мост / MB10S</t>
   </si>
   <si>
     <t>UT-00139696</t>
   </si>
   <si>
     <t>MDD</t>
   </si>
   <si>
-    <t xml:space="preserve">MD7S WUXI XUYANG, MB10S HOTTECH, </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">MD7S WUXI XUYANG, MB10S SUNTAN, </t>
+    <t xml:space="preserve">MB10S SUNTAN, MD7S WUXI XUYANG, MB10S HOTTECH, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MB10S SUNTAN, MD7S WUXI XUYANG, MB10S SUNTAN, </t>
   </si>
   <si>
     <t>MB210S</t>
   </si>
   <si>
     <t>100V 2A мост / MB210S</t>
   </si>
   <si>
     <t>UT-00154047</t>
   </si>
   <si>
     <t>MBS</t>
   </si>
   <si>
     <t>JINGDAO</t>
   </si>
   <si>
     <t>MBS10</t>
   </si>
   <si>
     <t>1000V 0.8A / MBS10</t>
   </si>
   <si>
     <t>10-00005318</t>
   </si>
   <si>
     <t>MBS8</t>
   </si>
   <si>
     <t>800V 0.8A / MBS8</t>
   </si>
   <si>
     <t>MD7S</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 0.5A / MD7S </t>
   </si>
   <si>
-    <t xml:space="preserve">MB10S SUNTAN, MB10S HOTTECH, </t>
+    <t xml:space="preserve">MB10S SUNTAN, MB10S SUNTAN, MB10S HOTTECH, </t>
   </si>
   <si>
     <t xml:space="preserve">MD7S </t>
   </si>
   <si>
     <t xml:space="preserve">(1000V 0.5A ) / MD7S </t>
   </si>
   <si>
     <t>RB151</t>
   </si>
   <si>
     <t>50V 1.5A / RB151</t>
   </si>
   <si>
     <t>RB15</t>
   </si>
   <si>
     <t>RB157</t>
   </si>
   <si>
     <t>1000V 1.5A мост / RB157</t>
   </si>
   <si>
     <t>UT-00132043</t>
   </si>
@@ -763,69 +775,69 @@
   <si>
     <t>600V 0.8A мост / S1ZB60-7072</t>
   </si>
   <si>
     <t>UT-00132091</t>
   </si>
   <si>
     <t>TB1M T/R</t>
   </si>
   <si>
     <t>100V 1A / TB1M T/R</t>
   </si>
   <si>
     <t>LBF</t>
   </si>
   <si>
     <t>W10M</t>
   </si>
   <si>
     <t>1000V 1.5A / W10M</t>
   </si>
   <si>
     <t>WOM</t>
   </si>
   <si>
-    <t xml:space="preserve">W10M HOTTECH, W10M WUXI XUYANG, </t>
+    <t xml:space="preserve">W10M HOTTECH, W10M HOTTECH, W10M WUXI XUYANG, </t>
   </si>
   <si>
     <t>W10M-WOM</t>
   </si>
   <si>
-    <t xml:space="preserve">W10M SEMTECH, W10M WUXI XUYANG, </t>
+    <t xml:space="preserve">W10M SEMTECH, W10M HOTTECH, W10M WUXI XUYANG, </t>
   </si>
   <si>
     <t>UT-00093504</t>
   </si>
   <si>
     <t>UT-00136541</t>
   </si>
   <si>
     <t>UT-00144712</t>
   </si>
   <si>
-    <t xml:space="preserve">W10M SEMTECH, W10M HOTTECH, </t>
+    <t xml:space="preserve">W10M SEMTECH, W10M HOTTECH, W10M HOTTECH, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -1371,51 +1383,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R136"/>
+  <dimension ref="A1:R137"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1666,51 +1678,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.022</v>
       </c>
       <c r="L10" s="15">
         <v>0.0153</v>
       </c>
       <c r="M10" s="15">
         <v>0.014</v>
       </c>
       <c r="N10" s="15">
-        <v>6171</v>
+        <v>6608</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080056009</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>39</v>
@@ -2093,1354 +2105,1354 @@
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="I21" s="15"/>
+      <c r="I21" s="15" t="s">
+        <v>64</v>
+      </c>
       <c r="J21" s="15">
         <v>1500</v>
       </c>
       <c r="K21" s="15">
         <v>0.03363</v>
       </c>
       <c r="L21" s="15">
         <v>0.02803</v>
       </c>
       <c r="M21" s="15">
         <v>0.02803</v>
       </c>
       <c r="N21" s="15">
-        <v>11910</v>
+        <v>13463</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1500</v>
       </c>
       <c r="K22" s="15">
         <v>0.03312</v>
       </c>
       <c r="L22" s="15">
         <v>0.0287</v>
       </c>
       <c r="M22" s="15">
         <v>0.0276</v>
       </c>
       <c r="N22" s="15">
-        <v>142</v>
+        <v>125</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E23" s="15">
         <v>10080034956</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H23" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J23" s="15">
         <v>50</v>
       </c>
       <c r="K23" s="15">
         <v>0.14543</v>
       </c>
       <c r="L23" s="15">
         <v>0.07727000000000001</v>
       </c>
       <c r="M23" s="15">
         <v>0.06591</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10080042653</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J24" s="15">
         <v>50</v>
       </c>
       <c r="K24" s="15">
         <v>0.08777</v>
       </c>
       <c r="L24" s="15">
         <v>0.06184</v>
       </c>
       <c r="M24" s="15">
         <v>0.05384</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080046093</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H25" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>0.14906</v>
       </c>
       <c r="L25" s="15">
         <v>0.10163</v>
       </c>
       <c r="M25" s="15">
         <v>0.08808000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>2219</v>
+        <v>2724</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10080046444</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.10809</v>
       </c>
       <c r="L26" s="15">
         <v>0.0737</v>
       </c>
       <c r="M26" s="15">
         <v>0.06386</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080008899</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J27" s="15">
         <v>50</v>
       </c>
       <c r="K27" s="15">
         <v>0.14372</v>
       </c>
       <c r="L27" s="15">
         <v>0.08909</v>
       </c>
       <c r="M27" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E28" s="15">
         <v>10080051690</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H28" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
         <v>0.09055000000000001</v>
       </c>
       <c r="L28" s="15">
         <v>0.07427</v>
       </c>
       <c r="M28" s="15">
         <v>0.07124</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080056010</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1500</v>
       </c>
       <c r="K29" s="15">
         <v>0.09130000000000001</v>
       </c>
       <c r="L29" s="15">
         <v>0.06546</v>
       </c>
       <c r="M29" s="15">
         <v>0.05684</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E30" s="15">
         <v>10080057964</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.08408</v>
       </c>
       <c r="L30" s="15">
         <v>0.06028</v>
       </c>
       <c r="M30" s="15">
         <v>0.05235</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E31" s="15">
         <v>10080067366</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1500</v>
       </c>
       <c r="K31" s="15">
         <v>0.06841</v>
       </c>
       <c r="L31" s="15">
         <v>0.04904</v>
       </c>
       <c r="M31" s="15">
         <v>0.0426</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.09726</v>
       </c>
       <c r="L32" s="15">
         <v>0.08105</v>
       </c>
       <c r="M32" s="15">
         <v>0.07779999999999999</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1500</v>
       </c>
       <c r="K33" s="15">
         <v>0.03185</v>
       </c>
       <c r="L33" s="15">
         <v>0.0276</v>
       </c>
       <c r="M33" s="15">
         <v>0.02654</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H34" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1500</v>
       </c>
       <c r="K34" s="15">
         <v>0.03369</v>
       </c>
       <c r="L34" s="15">
         <v>0.0292</v>
       </c>
       <c r="M34" s="15">
         <v>0.02808</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.03363</v>
       </c>
       <c r="L35" s="15">
         <v>0.02803</v>
       </c>
       <c r="M35" s="15">
         <v>0.02803</v>
       </c>
       <c r="N35" s="15">
-        <v>27190</v>
+        <v>31298</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E36" s="15">
         <v>10080071905</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1500</v>
       </c>
       <c r="K36" s="15">
         <v>0.07938000000000001</v>
       </c>
       <c r="L36" s="15">
         <v>0.06615</v>
       </c>
       <c r="M36" s="15">
         <v>0.0635</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E37" s="15">
         <v>10080015984</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.03762</v>
       </c>
       <c r="L37" s="15">
         <v>0.0326</v>
       </c>
       <c r="M37" s="15">
         <v>0.03135</v>
       </c>
       <c r="N37" s="15">
-        <v>14814</v>
+        <v>10139</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E38" s="15">
         <v>10080062040</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>50</v>
       </c>
       <c r="K38" s="15">
         <v>0.03354</v>
       </c>
       <c r="L38" s="15">
         <v>0.02907</v>
       </c>
       <c r="M38" s="15">
         <v>0.02795</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E39" s="15">
         <v>10080032849</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H39" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>50</v>
       </c>
       <c r="K39" s="15">
         <v>0.04603</v>
       </c>
       <c r="L39" s="15">
         <v>0.0333</v>
       </c>
       <c r="M39" s="15">
         <v>0.02906</v>
       </c>
       <c r="N39" s="15">
-        <v>5561</v>
+        <v>6286</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E40" s="15">
         <v>10080046360</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>50</v>
       </c>
       <c r="K40" s="15">
         <v>0.08846999999999999</v>
       </c>
       <c r="L40" s="15">
         <v>0.06343</v>
       </c>
       <c r="M40" s="15">
         <v>0.05509</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E41" s="15">
         <v>10000003060</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
         <v>0.11543</v>
       </c>
       <c r="L41" s="15">
         <v>0.11134</v>
       </c>
       <c r="M41" s="15">
         <v>0.10727</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E42" s="15">
         <v>10000021974</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>50</v>
       </c>
       <c r="K42" s="15">
         <v>0.08739</v>
       </c>
       <c r="L42" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="M42" s="15">
         <v>0.06992</v>
       </c>
       <c r="N42" s="15">
         <v>4</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E43" s="15">
         <v>10080017550</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>50</v>
       </c>
       <c r="K43" s="15">
         <v>0.15265</v>
       </c>
       <c r="L43" s="15">
         <v>0.08110000000000001</v>
       </c>
       <c r="M43" s="15">
         <v>0.06917</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E44" s="15">
         <v>10080054454</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1500</v>
       </c>
       <c r="K44" s="15">
         <v>0.09343</v>
       </c>
       <c r="L44" s="15">
         <v>0.06672</v>
       </c>
       <c r="M44" s="15">
         <v>0.05782</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E45" s="15">
         <v>10080062041</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J45" s="15">
         <v>1500</v>
       </c>
       <c r="K45" s="15">
         <v>0.02942</v>
       </c>
       <c r="L45" s="15">
         <v>0.02814</v>
       </c>
       <c r="M45" s="15">
         <v>0.02814</v>
       </c>
       <c r="N45" s="15">
         <v>25</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E46" s="15">
         <v>10080034977</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H46" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1500</v>
       </c>
       <c r="K46" s="15">
         <v>0.04652</v>
       </c>
       <c r="L46" s="15">
         <v>0.03366</v>
       </c>
       <c r="M46" s="15">
         <v>0.02937</v>
       </c>
       <c r="N46" s="15">
-        <v>461</v>
+        <v>366</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H47" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1500</v>
       </c>
       <c r="K47" s="15">
         <v>0.03171</v>
       </c>
       <c r="L47" s="15">
         <v>0.02748</v>
       </c>
       <c r="M47" s="15">
         <v>0.02643</v>
       </c>
       <c r="N47" s="15">
         <v>8</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H48" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1500</v>
       </c>
       <c r="K48" s="15">
         <v>0.02253</v>
       </c>
       <c r="L48" s="15">
         <v>0.01953</v>
       </c>
       <c r="M48" s="15">
         <v>0.01878</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E49" s="15">
         <v>10080056012</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1500</v>
       </c>
       <c r="K49" s="15">
         <v>0.09150999999999999</v>
       </c>
       <c r="L49" s="15">
         <v>0.06561</v>
       </c>
       <c r="M49" s="15">
         <v>0.05697</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E50" s="15">
         <v>10080042654</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J50" s="15">
         <v>1500</v>
       </c>
       <c r="K50" s="15">
         <v>0.09882000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07058</v>
       </c>
       <c r="M50" s="15">
         <v>0.06117</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E51" s="15">
         <v>10000009018</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H51" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.18263</v>
       </c>
       <c r="L51" s="15">
         <v>0.09702</v>
       </c>
       <c r="M51" s="15">
         <v>0.08276</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E52" s="15">
         <v>10000019469</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.13131</v>
       </c>
       <c r="L52" s="15">
         <v>0.12709</v>
       </c>
       <c r="M52" s="15">
         <v>0.1229</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E53" s="15">
         <v>10080012863</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J53" s="15">
         <v>1500</v>
       </c>
       <c r="K53" s="15">
         <v>0.02441</v>
       </c>
       <c r="L53" s="15">
         <v>0.02115</v>
       </c>
       <c r="M53" s="15">
         <v>0.02034</v>
       </c>
       <c r="N53" s="15">
-        <v>21922</v>
+        <v>20631</v>
       </c>
       <c r="O53" s="15">
-        <v>70200</v>
-[...3 lines deleted...]
-      </c>
+        <v>79200</v>
+      </c>
+      <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>108</v>
@@ -3456,3305 +3468,3350 @@
       </c>
       <c r="M54" s="15">
         <v>0.08173999999999999</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E55" s="15">
         <v>10080038669</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H55" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>50</v>
       </c>
       <c r="K55" s="15">
         <v>0.16116</v>
       </c>
       <c r="L55" s="15">
         <v>0.08921</v>
       </c>
       <c r="M55" s="15">
         <v>0.07771</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E56" s="15">
         <v>10080042655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>50</v>
       </c>
       <c r="K56" s="15">
         <v>0.10118</v>
       </c>
       <c r="L56" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="M56" s="15">
         <v>0.0598</v>
       </c>
       <c r="N56" s="15">
-        <v>12183</v>
+        <v>9494</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E57" s="15">
         <v>10080047706</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.09929</v>
       </c>
       <c r="L57" s="15">
         <v>0.06856</v>
       </c>
       <c r="M57" s="15">
         <v>0.05911</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E58" s="15">
         <v>10000011401</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>50</v>
       </c>
       <c r="K58" s="15">
         <v>0.1326</v>
       </c>
       <c r="L58" s="15">
         <v>0.12832</v>
       </c>
       <c r="M58" s="15">
         <v>0.12405</v>
       </c>
       <c r="N58" s="15">
-        <v>931</v>
+        <v>1203</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H59" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I59" s="15"/>
+        <v>81</v>
+      </c>
+      <c r="I59" s="15" t="s">
+        <v>115</v>
+      </c>
       <c r="J59" s="15">
         <v>1500</v>
       </c>
       <c r="K59" s="15">
-        <v>0.04399</v>
+        <v>0.02721</v>
       </c>
       <c r="L59" s="15">
-        <v>0.03182</v>
+        <v>0.02358</v>
       </c>
       <c r="M59" s="15">
-        <v>0.02777</v>
-[...4 lines deleted...]
-      <c r="O59" s="15"/>
+        <v>0.02268</v>
+      </c>
+      <c r="N59" s="15"/>
+      <c r="O59" s="15">
+        <v>51000</v>
+      </c>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J60" s="15">
-        <v>50</v>
+        <v>1500</v>
       </c>
       <c r="K60" s="15">
-        <v>0.14775</v>
+        <v>0.04399</v>
       </c>
       <c r="L60" s="15">
-        <v>0.13851</v>
+        <v>0.03182</v>
       </c>
       <c r="M60" s="15">
-        <v>0.13388</v>
-[...1 lines deleted...]
-      <c r="N60" s="15"/>
+        <v>0.02777</v>
+      </c>
+      <c r="N60" s="15">
+        <v>22206</v>
+      </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080067541</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H61" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I61" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I61" s="15" t="s">
+        <v>117</v>
+      </c>
       <c r="J61" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K61" s="15">
-        <v>0.03417</v>
+        <v>0.14775</v>
       </c>
       <c r="L61" s="15">
-        <v>0.02961</v>
+        <v>0.13851</v>
       </c>
       <c r="M61" s="15">
-        <v>0.02848</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13388</v>
+      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="D62" s="15"/>
-      <c r="E62" s="15" t="s">
+      <c r="D62" s="15" t="s">
         <v>121</v>
+      </c>
+      <c r="E62" s="15">
+        <v>10080067541</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H62" s="15" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="K62" s="15">
-        <v>0.11664</v>
+        <v>0.03417</v>
       </c>
       <c r="L62" s="15">
-        <v>0.10932</v>
+        <v>0.02961</v>
       </c>
       <c r="M62" s="15">
-        <v>0.10566</v>
-[...1 lines deleted...]
-      <c r="N62" s="15"/>
+        <v>0.02848</v>
+      </c>
+      <c r="N62" s="15">
+        <v>12</v>
+      </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="D63" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D63" s="15"/>
       <c r="E63" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H63" s="15" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.11664</v>
       </c>
       <c r="L63" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.10932</v>
       </c>
       <c r="M63" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.10566</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H64" s="15" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K64" s="15">
-        <v>0.13199</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="L64" s="15">
-        <v>0.12466</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="M64" s="15">
-        <v>0.11611</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>10000020649</v>
+        <v>126</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>127</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H65" s="15" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.13199</v>
       </c>
       <c r="L65" s="15">
-        <v>0.09320000000000001</v>
+        <v>0.12466</v>
       </c>
       <c r="M65" s="15">
-        <v>0.09320000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11611</v>
+      </c>
+      <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="E66" s="15" t="s">
-        <v>127</v>
+      <c r="E66" s="15">
+        <v>10000020649</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H66" s="15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.07099999999999999</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="L66" s="15">
-        <v>0.07099999999999999</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="M66" s="15">
-        <v>0.07099999999999999</v>
+        <v>0.09320000000000001</v>
       </c>
       <c r="N66" s="15">
-        <v>21849</v>
+        <v>327</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080060804</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H67" s="15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I67" s="15"/>
-      <c r="J67" s="15"/>
+      <c r="J67" s="15">
+        <v>1</v>
+      </c>
       <c r="K67" s="15">
-        <v>0.1096</v>
+        <v>0.07099999999999999</v>
       </c>
       <c r="L67" s="15">
-        <v>0.1096</v>
+        <v>0.07099999999999999</v>
       </c>
       <c r="M67" s="15">
-        <v>0.1096</v>
+        <v>0.07099999999999999</v>
       </c>
       <c r="N67" s="15">
-        <v>9</v>
+        <v>22152</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E68" s="15">
-        <v>10080033873</v>
+        <v>10080060804</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H68" s="15" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="I68" s="15"/>
-      <c r="J68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>0.25047</v>
+        <v>0.1096</v>
       </c>
       <c r="L68" s="15">
-        <v>0.13307</v>
+        <v>0.1096</v>
       </c>
       <c r="M68" s="15">
-        <v>0.11349</v>
+        <v>0.1096</v>
       </c>
       <c r="N68" s="15">
-        <v>79</v>
+        <v>9</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="E69" s="15">
+        <v>10080033873</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H69" s="15" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K69" s="15">
-        <v>0.0209</v>
+        <v>0.25047</v>
       </c>
       <c r="L69" s="15">
-        <v>0.01811</v>
+        <v>0.13307</v>
       </c>
       <c r="M69" s="15">
-        <v>0.01741</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.11349</v>
+      </c>
+      <c r="N69" s="15">
+        <v>113</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080008994</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H70" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K70" s="15">
-        <v>0.1643</v>
+        <v>0.0209</v>
       </c>
       <c r="L70" s="15">
-        <v>0.15343</v>
+        <v>0.01811</v>
       </c>
       <c r="M70" s="15">
-        <v>0.14802</v>
+        <v>0.01741</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E71" s="15">
-        <v>10080017840</v>
+        <v>10080008994</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H71" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I71" s="15"/>
+        <v>40</v>
+      </c>
+      <c r="I71" s="15" t="s">
+        <v>135</v>
+      </c>
       <c r="J71" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.02568</v>
+        <v>0.1643</v>
       </c>
       <c r="L71" s="15">
-        <v>0.02226</v>
+        <v>0.15343</v>
       </c>
       <c r="M71" s="15">
-        <v>0.0214</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14802</v>
+      </c>
+      <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="E72" s="15" t="s">
-        <v>137</v>
+      <c r="E72" s="15">
+        <v>10080017840</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>138</v>
+        <v>47</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>3000</v>
+        <v>1500</v>
       </c>
       <c r="K72" s="15">
-        <v>0.31499</v>
+        <v>0.02568</v>
       </c>
       <c r="L72" s="15">
-        <v>0.26419</v>
+        <v>0.02226</v>
       </c>
       <c r="M72" s="15">
-        <v>0.25403</v>
-[...1 lines deleted...]
-      <c r="N72" s="15"/>
+        <v>0.0214</v>
+      </c>
+      <c r="N72" s="15">
+        <v>5235</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>10080007081</v>
+        <v>138</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>139</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>47</v>
+        <v>140</v>
       </c>
       <c r="H73" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>1500</v>
+        <v>3000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.23491</v>
+        <v>0.31499</v>
       </c>
       <c r="L73" s="15">
-        <v>0.20368</v>
+        <v>0.26419</v>
       </c>
       <c r="M73" s="15">
-        <v>0.1969</v>
+        <v>0.25403</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D74" s="15" t="s">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="E74" s="15">
+        <v>10080007081</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="H74" s="15" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1500</v>
       </c>
       <c r="K74" s="15">
-        <v>0.22621</v>
+        <v>0.23491</v>
       </c>
       <c r="L74" s="15">
-        <v>0.22621</v>
+        <v>0.20368</v>
       </c>
       <c r="M74" s="15">
-        <v>0.22621</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1969</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="H75" s="15" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1500</v>
       </c>
       <c r="K75" s="15">
-        <v>0.32918</v>
+        <v>0.22621</v>
       </c>
       <c r="L75" s="15">
-        <v>0.27609</v>
+        <v>0.22621</v>
       </c>
       <c r="M75" s="15">
-        <v>0.26546</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>0.22621</v>
+      </c>
+      <c r="N75" s="15">
+        <v>329</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D76" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="E76" s="15" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="H76" s="15" t="s">
-        <v>35</v>
+        <v>141</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1500</v>
       </c>
       <c r="K76" s="15">
-        <v>0.03356</v>
+        <v>0.32918</v>
       </c>
       <c r="L76" s="15">
-        <v>0.03356</v>
+        <v>0.27609</v>
       </c>
       <c r="M76" s="15">
-        <v>0.03356</v>
+        <v>0.26546</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H77" s="15" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1500</v>
       </c>
       <c r="K77" s="15">
-        <v>0.05405</v>
+        <v>0.03356</v>
       </c>
       <c r="L77" s="15">
-        <v>0.03911</v>
+        <v>0.03356</v>
       </c>
       <c r="M77" s="15">
-        <v>0.03412</v>
+        <v>0.03356</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D78" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="E78" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080072129</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>139</v>
+        <v>63</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15"/>
+      <c r="J78" s="15">
+        <v>1500</v>
+      </c>
       <c r="K78" s="15">
-        <v>0.29634</v>
+        <v>0.05405</v>
       </c>
       <c r="L78" s="15">
-        <v>0.24696</v>
+        <v>0.03911</v>
       </c>
       <c r="M78" s="15">
-        <v>0.23707</v>
+        <v>0.03412</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="E79" s="15" t="s">
-        <v>161</v>
+      <c r="E79" s="15">
+        <v>10080072129</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="H79" s="15" t="s">
-        <v>35</v>
+        <v>141</v>
       </c>
       <c r="I79" s="15"/>
-      <c r="J79" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.06015</v>
+        <v>0.29634</v>
       </c>
       <c r="L79" s="15">
-        <v>0.04352</v>
+        <v>0.24696</v>
       </c>
       <c r="M79" s="15">
-        <v>0.03798</v>
+        <v>0.23707</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H80" s="15" t="s">
-        <v>80</v>
+        <v>35</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
-        <v>0.02613</v>
+        <v>0.06015</v>
       </c>
       <c r="L80" s="15">
-        <v>0.02265</v>
+        <v>0.04352</v>
       </c>
       <c r="M80" s="15">
-        <v>0.02178</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03798</v>
+      </c>
+      <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>40</v>
+        <v>81</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
-        <v>0.13579</v>
+        <v>0.02613</v>
       </c>
       <c r="L81" s="15">
-        <v>0.12221</v>
+        <v>0.02265</v>
       </c>
       <c r="M81" s="15">
-        <v>0.10863</v>
+        <v>0.02178</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D82" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="E82" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080061224</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="H82" s="15" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
-        <v>0.28107</v>
+        <v>0.13579</v>
       </c>
       <c r="L82" s="15">
-        <v>0.22667</v>
+        <v>0.12221</v>
       </c>
       <c r="M82" s="15">
-        <v>0.21759</v>
+        <v>0.10863</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>168</v>
+      </c>
+      <c r="E83" s="15">
+        <v>10080061224</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H83" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>1500</v>
+        <v>50</v>
       </c>
       <c r="K83" s="15">
-        <v>0.0485</v>
+        <v>0.28107</v>
       </c>
       <c r="L83" s="15">
-        <v>0.03509</v>
+        <v>0.22667</v>
       </c>
       <c r="M83" s="15">
-        <v>0.03062</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21759</v>
+      </c>
+      <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H84" s="15" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="I84" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I84" s="15" t="s">
+        <v>170</v>
+      </c>
       <c r="J84" s="15">
         <v>1500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.02798</v>
+        <v>0.0485</v>
       </c>
       <c r="L84" s="15">
-        <v>0.02425</v>
+        <v>0.03509</v>
       </c>
       <c r="M84" s="15">
-        <v>0.02331</v>
+        <v>0.03062</v>
       </c>
       <c r="N84" s="15">
-        <v>5124</v>
+        <v>259</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1500</v>
       </c>
       <c r="K85" s="15">
-        <v>0.03207</v>
+        <v>0.02798</v>
       </c>
       <c r="L85" s="15">
-        <v>0.02673</v>
+        <v>0.02425</v>
       </c>
       <c r="M85" s="15">
-        <v>0.02673</v>
+        <v>0.02331</v>
       </c>
       <c r="N85" s="15">
-        <v>2064</v>
+        <v>6557</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D86" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="E86" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015985</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H86" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1500</v>
       </c>
       <c r="K86" s="15">
-        <v>0.0437</v>
+        <v>0.03207</v>
       </c>
       <c r="L86" s="15">
-        <v>0.03787</v>
+        <v>0.02673</v>
       </c>
       <c r="M86" s="15">
-        <v>0.03641</v>
+        <v>0.02673</v>
       </c>
       <c r="N86" s="15">
-        <v>62</v>
+        <v>1882</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E87" s="15">
-        <v>10080054455</v>
+        <v>10080015985</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H87" s="15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J87" s="15">
         <v>1500</v>
       </c>
       <c r="K87" s="15">
-        <v>0.07641000000000001</v>
+        <v>0.0437</v>
       </c>
       <c r="L87" s="15">
-        <v>0.07641000000000001</v>
+        <v>0.03787</v>
       </c>
       <c r="M87" s="15">
-        <v>0.07641000000000001</v>
+        <v>0.03641</v>
       </c>
       <c r="N87" s="15">
-        <v>4744</v>
+        <v>62</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E88" s="15">
-        <v>10080039658</v>
+        <v>10080054455</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H88" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J88" s="15">
         <v>1500</v>
       </c>
       <c r="K88" s="15">
-        <v>0.16396</v>
+        <v>0.07641000000000001</v>
       </c>
       <c r="L88" s="15">
-        <v>0.09368</v>
+        <v>0.07641000000000001</v>
       </c>
       <c r="M88" s="15">
-        <v>0.08197</v>
-[...1 lines deleted...]
-      <c r="N88" s="15"/>
+        <v>0.07641000000000001</v>
+      </c>
+      <c r="N88" s="15">
+        <v>5285</v>
+      </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>177</v>
       </c>
-      <c r="D89" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="15">
-        <v>10080046445</v>
+        <v>10080039658</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>178</v>
       </c>
       <c r="J89" s="15">
         <v>1500</v>
       </c>
       <c r="K89" s="15">
-        <v>0.07828</v>
+        <v>0.16396</v>
       </c>
       <c r="L89" s="15">
-        <v>0.06566</v>
+        <v>0.09368</v>
       </c>
       <c r="M89" s="15">
-        <v>0.06314</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08197</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="E90" s="15">
-        <v>10000006328</v>
+        <v>10080046445</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>72</v>
+        <v>42</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J90" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K90" s="15">
-        <v>0.11955</v>
+        <v>0.07828</v>
       </c>
       <c r="L90" s="15">
-        <v>0.11567</v>
+        <v>0.06566</v>
       </c>
       <c r="M90" s="15">
-        <v>0.11183</v>
-[...1 lines deleted...]
-      <c r="N90" s="15"/>
+        <v>0.06314</v>
+      </c>
+      <c r="N90" s="15">
+        <v>224</v>
+      </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="E91" s="15">
-        <v>10000021549</v>
+        <v>10000006328</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.13444</v>
+        <v>0.11955</v>
       </c>
       <c r="L91" s="15">
-        <v>0.13036</v>
+        <v>0.11567</v>
       </c>
       <c r="M91" s="15">
-        <v>0.12628</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11183</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="E92" s="15">
-        <v>10080075880</v>
+        <v>10000021549</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="I92" s="15"/>
+        <v>40</v>
+      </c>
+      <c r="I92" s="15" t="s">
+        <v>183</v>
+      </c>
       <c r="J92" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.43643</v>
+        <v>0.13444</v>
       </c>
       <c r="L92" s="15">
-        <v>0.36603</v>
+        <v>0.13036</v>
       </c>
       <c r="M92" s="15">
-        <v>0.35196</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.12628</v>
+      </c>
+      <c r="N92" s="15">
+        <v>11</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E93" s="15">
-        <v>10000022264</v>
+        <v>10080075880</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>44</v>
+        <v>141</v>
       </c>
       <c r="I93" s="15"/>
-      <c r="J93" s="15"/>
+      <c r="J93" s="15">
+        <v>50</v>
+      </c>
       <c r="K93" s="15">
-        <v>0.10152</v>
+        <v>0.43643</v>
       </c>
       <c r="L93" s="15">
-        <v>0.09711</v>
+        <v>0.36603</v>
       </c>
       <c r="M93" s="15">
-        <v>0.09268999999999999</v>
+        <v>0.35196</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E94" s="15">
-        <v>10080056085</v>
+        <v>10000022264</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="H94" s="15" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="I94" s="15"/>
-      <c r="J94" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J94" s="15"/>
       <c r="K94" s="15">
-        <v>0.02987</v>
+        <v>0.10152</v>
       </c>
       <c r="L94" s="15">
-        <v>0.0214</v>
+        <v>0.09711</v>
       </c>
       <c r="M94" s="15">
-        <v>0.0186</v>
+        <v>0.09268999999999999</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E95" s="15">
-        <v>10080060829</v>
+        <v>10080056085</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K95" s="15">
-        <v>0.03558</v>
+        <v>0.02987</v>
       </c>
       <c r="L95" s="15">
-        <v>0.02553</v>
+        <v>0.0214</v>
       </c>
       <c r="M95" s="15">
-        <v>0.02216</v>
+        <v>0.0186</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E96" s="15">
-        <v>10080036558</v>
+        <v>10080060829</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.06401</v>
+        <v>0.03558</v>
       </c>
       <c r="L96" s="15">
-        <v>0.04365</v>
+        <v>0.02553</v>
       </c>
       <c r="M96" s="15">
-        <v>0.03784</v>
+        <v>0.02216</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E97" s="15">
-        <v>10080037334</v>
+        <v>10080036558</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.00704</v>
+        <v>0.06401</v>
       </c>
       <c r="L97" s="15">
-        <v>0.00704</v>
+        <v>0.04365</v>
       </c>
       <c r="M97" s="15">
-        <v>0.00704</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03784</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E98" s="15">
-        <v>10080046448</v>
+        <v>10080037334</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.03113</v>
+        <v>0.00704</v>
       </c>
       <c r="L98" s="15">
-        <v>0.02232</v>
+        <v>0.00704</v>
       </c>
       <c r="M98" s="15">
-        <v>0.01938</v>
-[...1 lines deleted...]
-      <c r="N98" s="15"/>
+        <v>0.00704</v>
+      </c>
+      <c r="N98" s="15">
+        <v>608</v>
+      </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D99" s="15" t="s">
-[...3 lines deleted...]
-        <v>190</v>
+      <c r="E99" s="15">
+        <v>10080046448</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.01205</v>
+        <v>0.03113</v>
       </c>
       <c r="L99" s="15">
-        <v>0.01044</v>
+        <v>0.02232</v>
       </c>
       <c r="M99" s="15">
-        <v>0.01004</v>
+        <v>0.01938</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.00915</v>
+        <v>0.01205</v>
       </c>
       <c r="L100" s="15">
-        <v>0.00793</v>
+        <v>0.01044</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00763</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01004</v>
+      </c>
+      <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="D101" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="E101" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080054440</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H101" s="15" t="s">
-        <v>63</v>
+        <v>81</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.03144</v>
+        <v>0.00915</v>
       </c>
       <c r="L101" s="15">
-        <v>0.02254</v>
+        <v>0.00793</v>
       </c>
       <c r="M101" s="15">
-        <v>0.01957</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>0.00763</v>
+      </c>
+      <c r="N101" s="15">
+        <v>6833</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E102" s="15">
-        <v>10080056086</v>
+        <v>10080054440</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.02987</v>
+        <v>0.03144</v>
       </c>
       <c r="L102" s="15">
-        <v>0.0214</v>
+        <v>0.02254</v>
       </c>
       <c r="M102" s="15">
-        <v>0.0186</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01957</v>
+      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="D103" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" s="15">
-        <v>10080046449</v>
+        <v>10080056086</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H103" s="15" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K103" s="15">
-        <v>0.01164</v>
+        <v>0.02987</v>
       </c>
       <c r="L103" s="15">
-        <v>0.01009</v>
+        <v>0.0214</v>
       </c>
       <c r="M103" s="15">
-        <v>0.0097</v>
+        <v>0.0186</v>
       </c>
       <c r="N103" s="15">
-        <v>86</v>
+        <v>5</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>194</v>
+      </c>
+      <c r="E104" s="15">
+        <v>10080046449</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>80</v>
+        <v>42</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.01166</v>
+        <v>0.01164</v>
       </c>
       <c r="L104" s="15">
-        <v>0.0101</v>
+        <v>0.01009</v>
       </c>
       <c r="M104" s="15">
-        <v>0.00971</v>
-[...1 lines deleted...]
-      <c r="N104" s="15"/>
+        <v>0.0097</v>
+      </c>
+      <c r="N104" s="15">
+        <v>86</v>
+      </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>10080018919</v>
+        <v>198</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>199</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.00693</v>
+        <v>0.01166</v>
       </c>
       <c r="L105" s="15">
-        <v>0.00693</v>
+        <v>0.0101</v>
       </c>
       <c r="M105" s="15">
-        <v>0.00693</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00971</v>
+      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>195</v>
+      </c>
+      <c r="E106" s="15">
+        <v>10080018919</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.008750000000000001</v>
+        <v>0.00714</v>
       </c>
       <c r="L106" s="15">
-        <v>0.00758</v>
+        <v>0.00714</v>
       </c>
       <c r="M106" s="15">
-        <v>0.00729</v>
+        <v>0.00714</v>
       </c>
       <c r="N106" s="15">
-        <v>620</v>
-[...6 lines deleted...]
-      </c>
+        <v>17732</v>
+      </c>
+      <c r="O106" s="15"/>
+      <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080056087</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.02936</v>
+        <v>0.008750000000000001</v>
       </c>
       <c r="L107" s="15">
-        <v>0.02105</v>
+        <v>0.00758</v>
       </c>
       <c r="M107" s="15">
-        <v>0.01829</v>
+        <v>0.00729</v>
       </c>
       <c r="N107" s="15"/>
-      <c r="O107" s="15"/>
+      <c r="O107" s="15">
+        <v>9000</v>
+      </c>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E108" s="15">
-        <v>10080034886</v>
+        <v>10080056087</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>41</v>
+        <v>205</v>
       </c>
       <c r="J108" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K108" s="15">
-        <v>0.13162</v>
+        <v>0.02936</v>
       </c>
       <c r="L108" s="15">
-        <v>0.06993000000000001</v>
+        <v>0.02105</v>
       </c>
       <c r="M108" s="15">
-        <v>0.05964</v>
+        <v>0.01829</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E109" s="15">
-        <v>10080034979</v>
+        <v>10080034886</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J109" s="15">
         <v>3000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.04426</v>
+        <v>0.13162</v>
       </c>
       <c r="L109" s="15">
-        <v>0.03018</v>
+        <v>0.06993000000000001</v>
       </c>
       <c r="M109" s="15">
-        <v>0.02616</v>
+        <v>0.05964</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E110" s="15">
-        <v>10080046450</v>
+        <v>10080034979</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I110" s="15"/>
+        <v>88</v>
+      </c>
+      <c r="I110" s="15" t="s">
+        <v>41</v>
+      </c>
       <c r="J110" s="15">
         <v>3000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.01164</v>
+        <v>0.04426</v>
       </c>
       <c r="L110" s="15">
-        <v>0.01009</v>
+        <v>0.03018</v>
       </c>
       <c r="M110" s="15">
-        <v>0.0097</v>
+        <v>0.02616</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E111" s="15">
-        <v>10080047540</v>
+        <v>10080046450</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="I111" s="15"/>
+        <v>42</v>
+      </c>
+      <c r="I111" s="15" t="s">
+        <v>207</v>
+      </c>
       <c r="J111" s="15">
         <v>3000</v>
       </c>
       <c r="K111" s="15">
-        <v>0.03169</v>
+        <v>0.01164</v>
       </c>
       <c r="L111" s="15">
-        <v>0.02162</v>
+        <v>0.01009</v>
       </c>
       <c r="M111" s="15">
-        <v>0.01873</v>
+        <v>0.0097</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>204</v>
+      </c>
+      <c r="E112" s="15">
+        <v>10080047540</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H112" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>3000</v>
       </c>
       <c r="K112" s="15">
-        <v>0.03765</v>
+        <v>0.03169</v>
       </c>
       <c r="L112" s="15">
-        <v>0.03158</v>
+        <v>0.02162</v>
       </c>
       <c r="M112" s="15">
-        <v>0.03036</v>
+        <v>0.01873</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>10080027352</v>
+        <v>209</v>
+      </c>
+      <c r="E113" s="15" t="s">
+        <v>210</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>3000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.02867</v>
+        <v>0.03765</v>
       </c>
       <c r="L113" s="15">
-        <v>0.02075</v>
+        <v>0.03158</v>
       </c>
       <c r="M113" s="15">
-        <v>0.0181</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03036</v>
+      </c>
+      <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E114" s="15">
-        <v>10080018920</v>
+        <v>10080027352</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.00693</v>
+        <v>0.02867</v>
       </c>
       <c r="L114" s="15">
-        <v>0.00693</v>
+        <v>0.02075</v>
       </c>
       <c r="M114" s="15">
-        <v>0.00693</v>
+        <v>0.0181</v>
       </c>
       <c r="N114" s="15">
-        <v>204184</v>
+        <v>88</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>204</v>
+      </c>
+      <c r="E115" s="15">
+        <v>10080018920</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
+        <v>38</v>
+      </c>
+      <c r="H115" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="I115" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="H115" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>3000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.09621</v>
+        <v>0.00762</v>
       </c>
       <c r="L115" s="15">
-        <v>0.08338</v>
+        <v>0.00762</v>
       </c>
       <c r="M115" s="15">
-        <v>0.08018</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.00762</v>
+      </c>
+      <c r="N115" s="15">
+        <v>30369</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="E116" s="15" t="s">
+      <c r="F116" s="15"/>
+      <c r="G116" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="F116" s="15"/>
-      <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>142</v>
+        <v>218</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>3000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.105</v>
+        <v>0.09621</v>
       </c>
       <c r="L116" s="15">
-        <v>0.105</v>
+        <v>0.08338</v>
       </c>
       <c r="M116" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08018</v>
+      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>10080053459</v>
+        <v>220</v>
+      </c>
+      <c r="E117" s="15" t="s">
+        <v>221</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>3000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.14945</v>
+        <v>0.105</v>
       </c>
       <c r="L117" s="15">
-        <v>0.12053</v>
+        <v>0.105</v>
       </c>
       <c r="M117" s="15">
-        <v>0.11571</v>
-[...1 lines deleted...]
-      <c r="N117" s="15"/>
+        <v>0.105</v>
+      </c>
+      <c r="N117" s="15">
+        <v>576</v>
+      </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="E118" s="15">
-        <v>10080032074</v>
+        <v>10080053459</v>
       </c>
       <c r="F118" s="15"/>
-      <c r="G118" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>3000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.14373</v>
+        <v>0.14945</v>
       </c>
       <c r="L118" s="15">
-        <v>0.08212</v>
+        <v>0.12053</v>
       </c>
       <c r="M118" s="15">
-        <v>0.07185999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11571</v>
+      </c>
+      <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E119" s="15">
-        <v>10080039988</v>
+        <v>10080032074</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>41</v>
+        <v>226</v>
       </c>
       <c r="J119" s="15">
         <v>3000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.04426</v>
+        <v>0.14373</v>
       </c>
       <c r="L119" s="15">
-        <v>0.03018</v>
+        <v>0.08212</v>
       </c>
       <c r="M119" s="15">
-        <v>0.02616</v>
+        <v>0.07185999999999999</v>
       </c>
       <c r="N119" s="15">
-        <v>582</v>
+        <v>10061</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E120" s="15">
-        <v>10080046455</v>
+        <v>10080039988</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I120" s="15"/>
+        <v>88</v>
+      </c>
+      <c r="I120" s="15" t="s">
+        <v>41</v>
+      </c>
       <c r="J120" s="15">
         <v>3000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.12881</v>
+        <v>0.04426</v>
       </c>
       <c r="L120" s="15">
-        <v>0.08783000000000001</v>
+        <v>0.03018</v>
       </c>
       <c r="M120" s="15">
-        <v>0.07611999999999999</v>
+        <v>0.02616</v>
       </c>
       <c r="N120" s="15">
-        <v>9900</v>
+        <v>589</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E121" s="15">
-        <v>10000021269</v>
+        <v>10080046455</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>3000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.1177</v>
+        <v>0.12881</v>
       </c>
       <c r="L121" s="15">
-        <v>0.1139</v>
+        <v>0.08783000000000001</v>
       </c>
       <c r="M121" s="15">
-        <v>0.11012</v>
-[...1 lines deleted...]
-      <c r="N121" s="15"/>
+        <v>0.07611999999999999</v>
+      </c>
+      <c r="N121" s="15">
+        <v>8910</v>
+      </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="E122" s="15">
-        <v>10080060811</v>
+        <v>10000021269</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>227</v>
+        <v>38</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-      <c r="J122" s="15"/>
+        <v>73</v>
+      </c>
+      <c r="I122" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="J122" s="15">
+        <v>3000</v>
+      </c>
       <c r="K122" s="15">
-        <v>0.06</v>
+        <v>0.1177</v>
       </c>
       <c r="L122" s="15">
-        <v>0.06</v>
+        <v>0.1139</v>
       </c>
       <c r="M122" s="15">
-        <v>0.06</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11012</v>
+      </c>
+      <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="E123" s="15" t="s">
         <v>230</v>
+      </c>
+      <c r="E123" s="15">
+        <v>10080060811</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>231</v>
       </c>
       <c r="H123" s="15" t="s">
-        <v>232</v>
+        <v>39</v>
       </c>
       <c r="I123" s="15"/>
-      <c r="J123" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J123" s="15"/>
       <c r="K123" s="15">
-        <v>0.196</v>
+        <v>0.06</v>
       </c>
       <c r="L123" s="15">
-        <v>0.13</v>
+        <v>0.06</v>
       </c>
       <c r="M123" s="15">
-        <v>0.1188</v>
+        <v>0.06</v>
       </c>
       <c r="N123" s="15">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="E124" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="H124" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>3000</v>
+        <v>50</v>
       </c>
       <c r="K124" s="15">
-        <v>0.3769</v>
+        <v>0.196</v>
       </c>
       <c r="L124" s="15">
-        <v>0.31611</v>
+        <v>0.13</v>
       </c>
       <c r="M124" s="15">
-        <v>0.30396</v>
-[...1 lines deleted...]
-      <c r="N124" s="15"/>
+        <v>0.1188</v>
+      </c>
+      <c r="N124" s="15">
+        <v>20</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="E125" s="15">
-        <v>10080051074</v>
+      <c r="E125" s="15" t="s">
+        <v>239</v>
       </c>
       <c r="F125" s="15"/>
-      <c r="G125" s="15"/>
+      <c r="G125" s="15" t="s">
+        <v>240</v>
+      </c>
       <c r="H125" s="15" t="s">
-        <v>239</v>
+        <v>149</v>
       </c>
       <c r="I125" s="15"/>
-      <c r="J125" s="15"/>
+      <c r="J125" s="15">
+        <v>3000</v>
+      </c>
       <c r="K125" s="15">
-        <v>0.49467</v>
+        <v>0.3769</v>
       </c>
       <c r="L125" s="15">
-        <v>0.41223</v>
+        <v>0.31611</v>
       </c>
       <c r="M125" s="15">
-        <v>0.39574</v>
+        <v>0.30396</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="E126" s="15" t="s">
         <v>242</v>
       </c>
+      <c r="E126" s="15">
+        <v>10080051074</v>
+      </c>
       <c r="F126" s="15"/>
-      <c r="G126" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="I126" s="15"/>
-      <c r="J126" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J126" s="15"/>
       <c r="K126" s="15">
-        <v>0.15195</v>
+        <v>0.49467</v>
       </c>
       <c r="L126" s="15">
-        <v>0.15195</v>
+        <v>0.41223</v>
       </c>
       <c r="M126" s="15">
-        <v>0.15195</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.39574</v>
+      </c>
+      <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>10080051139</v>
+        <v>245</v>
+      </c>
+      <c r="E127" s="15" t="s">
+        <v>246</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="H127" s="15" t="s">
-        <v>72</v>
+        <v>243</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.08749999999999999</v>
+        <v>0.15195</v>
       </c>
       <c r="L127" s="15">
-        <v>0</v>
+        <v>0.15195</v>
       </c>
       <c r="M127" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N127" s="15"/>
+        <v>0.15195</v>
+      </c>
+      <c r="N127" s="15">
+        <v>1125</v>
+      </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E128" s="15">
-        <v>10080051519</v>
+        <v>10080051139</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H128" s="15" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>250</v>
+        <v>5000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.21154</v>
+        <v>0.08749999999999999</v>
       </c>
       <c r="L128" s="15">
-        <v>0.15168</v>
+        <v>0</v>
       </c>
       <c r="M128" s="15">
-        <v>0.13172</v>
+        <v>0</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E129" s="15">
-        <v>10080057976</v>
+        <v>10080051519</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H129" s="15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="I129" s="15"/>
+        <v>73</v>
+      </c>
+      <c r="I129" s="15" t="s">
+        <v>253</v>
+      </c>
       <c r="J129" s="15">
         <v>250</v>
       </c>
       <c r="K129" s="15">
-        <v>0.07847</v>
+        <v>0.21154</v>
       </c>
       <c r="L129" s="15">
-        <v>0.068</v>
+        <v>0.15168</v>
       </c>
       <c r="M129" s="15">
-        <v>0.06539</v>
+        <v>0.13172</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E130" s="15">
-        <v>10080067367</v>
+        <v>10080057976</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K130" s="15">
-        <v>0.08377999999999999</v>
+        <v>0.07847</v>
       </c>
       <c r="L130" s="15">
-        <v>0.07260999999999999</v>
+        <v>0.068</v>
       </c>
       <c r="M130" s="15">
-        <v>0.06981</v>
+        <v>0.06539</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E131" s="15">
-        <v>10080011403</v>
+        <v>10080067367</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H131" s="15" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="I131" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I131" s="15" t="s">
+        <v>255</v>
+      </c>
       <c r="J131" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.27023</v>
+        <v>0.08377999999999999</v>
       </c>
       <c r="L131" s="15">
-        <v>0.14958</v>
+        <v>0.07260999999999999</v>
       </c>
       <c r="M131" s="15">
-        <v>0.13027</v>
+        <v>0.06981</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>251</v>
+      </c>
+      <c r="E132" s="15">
+        <v>10080011403</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H132" s="15" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K132" s="15">
-        <v>0.15332</v>
+        <v>0.27023</v>
       </c>
       <c r="L132" s="15">
-        <v>0.10993</v>
+        <v>0.14958</v>
       </c>
       <c r="M132" s="15">
-        <v>0.09544999999999999</v>
+        <v>0.13027</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H133" s="15" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="I133" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="I133" s="15" t="s">
+        <v>255</v>
+      </c>
       <c r="J133" s="15">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="K133" s="15">
-        <v>0.08505</v>
+        <v>0.15332</v>
       </c>
       <c r="L133" s="15">
-        <v>0.07371</v>
+        <v>0.10993</v>
       </c>
       <c r="M133" s="15">
-        <v>0.07088</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09544999999999999</v>
+      </c>
+      <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H134" s="15" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K134" s="15">
-        <v>0.07692</v>
+        <v>0.08505</v>
       </c>
       <c r="L134" s="15">
-        <v>0.06666</v>
+        <v>0.07371</v>
       </c>
       <c r="M134" s="15">
-        <v>0.0641</v>
+        <v>0.07088</v>
       </c>
       <c r="N134" s="15">
-        <v>689</v>
+        <v>5056</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>10000021965</v>
+        <v>251</v>
+      </c>
+      <c r="E135" s="15" t="s">
+        <v>258</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H135" s="15" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.14916</v>
+        <v>0.07692</v>
       </c>
       <c r="L135" s="15">
-        <v>0.12429</v>
+        <v>0.06666</v>
       </c>
       <c r="M135" s="15">
-        <v>0.11932</v>
-[...1 lines deleted...]
-      <c r="N135" s="15"/>
+        <v>0.0641</v>
+      </c>
+      <c r="N135" s="15">
+        <v>636</v>
+      </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
-      <c r="B136" s="14"/>
-[...2 lines deleted...]
-      <c r="E136" s="15"/>
+      <c r="B136" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C136" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D136" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="E136" s="15">
+        <v>10000021965</v>
+      </c>
       <c r="F136" s="15"/>
-      <c r="G136" s="15"/>
-[...5 lines deleted...]
-      <c r="M136" s="15"/>
+      <c r="G136" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="H136" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="I136" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="J136" s="15">
+        <v>250</v>
+      </c>
+      <c r="K136" s="15">
+        <v>0.14916</v>
+      </c>
+      <c r="L136" s="15">
+        <v>0.12429</v>
+      </c>
+      <c r="M136" s="15">
+        <v>0.11932</v>
+      </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
+      <c r="R136"/>
+    </row>
+    <row r="137" spans="1:18">
+      <c r="B137" s="14"/>
+      <c r="C137" s="15"/>
+      <c r="D137" s="15"/>
+      <c r="E137" s="15"/>
+      <c r="F137" s="15"/>
+      <c r="G137" s="15"/>
+      <c r="H137" s="15"/>
+      <c r="I137" s="15"/>
+      <c r="J137" s="15"/>
+      <c r="K137" s="15"/>
+      <c r="L137" s="15"/>
+      <c r="M137" s="15"/>
+      <c r="N137" s="15"/>
+      <c r="O137" s="15"/>
+      <c r="P137" s="15"/>
+      <c r="Q137" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6774,317 +6831,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>