--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1678,51 +1678,51 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.022</v>
       </c>
       <c r="L10" s="15">
         <v>0.0153</v>
       </c>
       <c r="M10" s="15">
         <v>0.014</v>
       </c>
       <c r="N10" s="15">
-        <v>6608</v>
+        <v>6684</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080056009</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>39</v>
@@ -2121,92 +2121,92 @@
         <v>62</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J21" s="15">
         <v>1500</v>
       </c>
       <c r="K21" s="15">
         <v>0.03363</v>
       </c>
       <c r="L21" s="15">
         <v>0.02803</v>
       </c>
       <c r="M21" s="15">
         <v>0.02803</v>
       </c>
       <c r="N21" s="15">
-        <v>13463</v>
+        <v>11392</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1500</v>
       </c>
       <c r="K22" s="15">
         <v>0.03312</v>
       </c>
       <c r="L22" s="15">
         <v>0.0287</v>
       </c>
       <c r="M22" s="15">
         <v>0.0276</v>
       </c>
       <c r="N22" s="15">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="15">
         <v>10080034956</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>71</v>
@@ -2285,51 +2285,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080046093</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>0.14906</v>
       </c>
       <c r="L25" s="15">
         <v>0.10163</v>
       </c>
       <c r="M25" s="15">
         <v>0.08808000000000001</v>
       </c>
       <c r="N25" s="15">
-        <v>2724</v>
+        <v>2556</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10080046444</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>35</v>
@@ -2681,51 +2681,51 @@
       </c>
       <c r="E35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.03363</v>
       </c>
       <c r="L35" s="15">
         <v>0.02803</v>
       </c>
       <c r="M35" s="15">
         <v>0.02803</v>
       </c>
       <c r="N35" s="15">
-        <v>31298</v>
+        <v>29629</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E36" s="15">
         <v>10080071905</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>35</v>
@@ -2761,51 +2761,51 @@
       </c>
       <c r="E37" s="15">
         <v>10080015984</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.03762</v>
       </c>
       <c r="L37" s="15">
         <v>0.0326</v>
       </c>
       <c r="M37" s="15">
         <v>0.03135</v>
       </c>
       <c r="N37" s="15">
-        <v>10139</v>
+        <v>11542</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E38" s="15">
         <v>10080062040</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>42</v>
@@ -2841,51 +2841,51 @@
       </c>
       <c r="E39" s="15">
         <v>10080032849</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>50</v>
       </c>
       <c r="K39" s="15">
         <v>0.04603</v>
       </c>
       <c r="L39" s="15">
         <v>0.0333</v>
       </c>
       <c r="M39" s="15">
         <v>0.02906</v>
       </c>
       <c r="N39" s="15">
-        <v>6286</v>
+        <v>4624</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E40" s="15">
         <v>10080046360</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>63</v>
@@ -3122,51 +3122,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080034977</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1500</v>
       </c>
       <c r="K46" s="15">
         <v>0.04652</v>
       </c>
       <c r="L46" s="15">
         <v>0.03366</v>
       </c>
       <c r="M46" s="15">
         <v>0.02937</v>
       </c>
       <c r="N46" s="15">
-        <v>366</v>
+        <v>449</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>81</v>
@@ -3403,55 +3403,53 @@
         <v>10080012863</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J53" s="15">
         <v>1500</v>
       </c>
       <c r="K53" s="15">
         <v>0.02441</v>
       </c>
       <c r="L53" s="15">
         <v>0.02115</v>
       </c>
       <c r="M53" s="15">
         <v>0.02034</v>
       </c>
       <c r="N53" s="15">
-        <v>20631</v>
-[...3 lines deleted...]
-      </c>
+        <v>89321</v>
+      </c>
+      <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3526,51 +3524,51 @@
       </c>
       <c r="E56" s="15">
         <v>10080042655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>50</v>
       </c>
       <c r="K56" s="15">
         <v>0.10118</v>
       </c>
       <c r="L56" s="15">
         <v>0.06900000000000001</v>
       </c>
       <c r="M56" s="15">
         <v>0.0598</v>
       </c>
       <c r="N56" s="15">
-        <v>9494</v>
+        <v>14240</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E57" s="15">
         <v>10080047706</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>35</v>
@@ -3606,137 +3604,137 @@
       </c>
       <c r="E58" s="15">
         <v>10000011401</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>70</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>50</v>
       </c>
       <c r="K58" s="15">
         <v>0.1326</v>
       </c>
       <c r="L58" s="15">
         <v>0.12832</v>
       </c>
       <c r="M58" s="15">
         <v>0.12405</v>
       </c>
       <c r="N58" s="15">
-        <v>1203</v>
+        <v>1232</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J59" s="15">
         <v>1500</v>
       </c>
       <c r="K59" s="15">
         <v>0.02721</v>
       </c>
       <c r="L59" s="15">
         <v>0.02358</v>
       </c>
       <c r="M59" s="15">
         <v>0.02268</v>
       </c>
-      <c r="N59" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N59" s="15">
+        <v>48600</v>
+      </c>
+      <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J60" s="15">
         <v>1500</v>
       </c>
       <c r="K60" s="15">
         <v>0.04399</v>
       </c>
       <c r="L60" s="15">
         <v>0.03182</v>
       </c>
       <c r="M60" s="15">
         <v>0.02777</v>
       </c>
       <c r="N60" s="15">
-        <v>22206</v>
+        <v>6507</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>35</v>
@@ -3930,92 +3928,92 @@
       </c>
       <c r="E66" s="15">
         <v>10000020649</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="L66" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="M66" s="15">
         <v>0.09320000000000001</v>
       </c>
       <c r="N66" s="15">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1</v>
       </c>
       <c r="K67" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L67" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M67" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="N67" s="15">
-        <v>22152</v>
+        <v>20635</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E68" s="15">
         <v>10080060804</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>39</v>
@@ -4051,51 +4049,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080033873</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>50</v>
       </c>
       <c r="K69" s="15">
         <v>0.25047</v>
       </c>
       <c r="L69" s="15">
         <v>0.13307</v>
       </c>
       <c r="M69" s="15">
         <v>0.11349</v>
       </c>
       <c r="N69" s="15">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>81</v>
@@ -4172,51 +4170,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080017840</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>47</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1500</v>
       </c>
       <c r="K72" s="15">
         <v>0.02568</v>
       </c>
       <c r="L72" s="15">
         <v>0.02226</v>
       </c>
       <c r="M72" s="15">
         <v>0.0214</v>
       </c>
       <c r="N72" s="15">
-        <v>5235</v>
+        <v>2415</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>140</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>141</v>
@@ -4291,51 +4289,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>149</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1500</v>
       </c>
       <c r="K75" s="15">
         <v>0.22621</v>
       </c>
       <c r="L75" s="15">
         <v>0.22621</v>
       </c>
       <c r="M75" s="15">
         <v>0.22621</v>
       </c>
       <c r="N75" s="15">
-        <v>329</v>
+        <v>263</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>153</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>141</v>
@@ -4644,133 +4642,133 @@
         <v>169</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>170</v>
       </c>
       <c r="J84" s="15">
         <v>1500</v>
       </c>
       <c r="K84" s="15">
         <v>0.0485</v>
       </c>
       <c r="L84" s="15">
         <v>0.03509</v>
       </c>
       <c r="M84" s="15">
         <v>0.03062</v>
       </c>
       <c r="N84" s="15">
-        <v>259</v>
+        <v>235</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1500</v>
       </c>
       <c r="K85" s="15">
         <v>0.02798</v>
       </c>
       <c r="L85" s="15">
         <v>0.02425</v>
       </c>
       <c r="M85" s="15">
         <v>0.02331</v>
       </c>
       <c r="N85" s="15">
-        <v>6557</v>
+        <v>7221</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1500</v>
       </c>
       <c r="K86" s="15">
         <v>0.03207</v>
       </c>
       <c r="L86" s="15">
         <v>0.02673</v>
       </c>
       <c r="M86" s="15">
         <v>0.02673</v>
       </c>
       <c r="N86" s="15">
-        <v>1882</v>
+        <v>2702</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E87" s="15">
         <v>10080015985</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>35</v>
@@ -4812,51 +4810,51 @@
         <v>10080054455</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J88" s="15">
         <v>1500</v>
       </c>
       <c r="K88" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="M88" s="15">
         <v>0.07641000000000001</v>
       </c>
       <c r="N88" s="15">
-        <v>5285</v>
+        <v>4744</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E89" s="15">
         <v>10080039658</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>40</v>
@@ -4896,51 +4894,51 @@
         <v>10080046445</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J90" s="15">
         <v>1500</v>
       </c>
       <c r="K90" s="15">
         <v>0.07828</v>
       </c>
       <c r="L90" s="15">
         <v>0.06566</v>
       </c>
       <c r="M90" s="15">
         <v>0.06314</v>
       </c>
       <c r="N90" s="15">
-        <v>224</v>
+        <v>278</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E91" s="15">
         <v>10000006328</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>157</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>73</v>
@@ -5214,51 +5212,51 @@
       </c>
       <c r="E98" s="15">
         <v>10080037334</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00704</v>
       </c>
       <c r="L98" s="15">
         <v>0.00704</v>
       </c>
       <c r="M98" s="15">
         <v>0.00704</v>
       </c>
       <c r="N98" s="15">
-        <v>608</v>
+        <v>578</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E99" s="15">
         <v>10080046448</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>42</v>
@@ -5333,51 +5331,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00915</v>
       </c>
       <c r="L101" s="15">
         <v>0.00793</v>
       </c>
       <c r="M101" s="15">
         <v>0.00763</v>
       </c>
       <c r="N101" s="15">
-        <v>6833</v>
+        <v>5890</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E102" s="15">
         <v>10080054440</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>63</v>
@@ -5534,94 +5532,94 @@
       </c>
       <c r="E106" s="15">
         <v>10080018919</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00714</v>
       </c>
       <c r="L106" s="15">
         <v>0.00714</v>
       </c>
       <c r="M106" s="15">
         <v>0.00714</v>
       </c>
       <c r="N106" s="15">
-        <v>17732</v>
+        <v>19586</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
         <v>0.008750000000000001</v>
       </c>
       <c r="L107" s="15">
         <v>0.00758</v>
       </c>
       <c r="M107" s="15">
         <v>0.00729</v>
       </c>
-      <c r="N107" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N107" s="15">
+        <v>8500</v>
+      </c>
+      <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E108" s="15">
         <v>10080056087</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I108" s="15" t="s">
@@ -5860,94 +5858,94 @@
         <v>10080027352</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>63</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>212</v>
       </c>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
         <v>0.02867</v>
       </c>
       <c r="L114" s="15">
         <v>0.02075</v>
       </c>
       <c r="M114" s="15">
         <v>0.0181</v>
       </c>
       <c r="N114" s="15">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E115" s="15">
         <v>10080018920</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>213</v>
       </c>
       <c r="J115" s="15">
         <v>3000</v>
       </c>
       <c r="K115" s="15">
         <v>0.00762</v>
       </c>
       <c r="L115" s="15">
         <v>0.00762</v>
       </c>
       <c r="M115" s="15">
         <v>0.00762</v>
       </c>
       <c r="N115" s="15">
-        <v>30369</v>
+        <v>21526</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>217</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>218</v>
@@ -5981,51 +5979,51 @@
       <c r="D117" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>144</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>3000</v>
       </c>
       <c r="K117" s="15">
         <v>0.105</v>
       </c>
       <c r="L117" s="15">
         <v>0.105</v>
       </c>
       <c r="M117" s="15">
         <v>0.105</v>
       </c>
       <c r="N117" s="15">
-        <v>576</v>
+        <v>533</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E118" s="15">
         <v>10080053459</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>144</v>
       </c>
       <c r="I118" s="15"/>
@@ -6061,135 +6059,135 @@
         <v>10080032074</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>226</v>
       </c>
       <c r="J119" s="15">
         <v>3000</v>
       </c>
       <c r="K119" s="15">
         <v>0.14373</v>
       </c>
       <c r="L119" s="15">
         <v>0.08212</v>
       </c>
       <c r="M119" s="15">
         <v>0.07185999999999999</v>
       </c>
       <c r="N119" s="15">
-        <v>10061</v>
+        <v>8160</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E120" s="15">
         <v>10080039988</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J120" s="15">
         <v>3000</v>
       </c>
       <c r="K120" s="15">
         <v>0.04426</v>
       </c>
       <c r="L120" s="15">
         <v>0.03018</v>
       </c>
       <c r="M120" s="15">
         <v>0.02616</v>
       </c>
       <c r="N120" s="15">
-        <v>589</v>
+        <v>605</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E121" s="15">
         <v>10080046455</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>3000</v>
       </c>
       <c r="K121" s="15">
         <v>0.12881</v>
       </c>
       <c r="L121" s="15">
         <v>0.08783000000000001</v>
       </c>
       <c r="M121" s="15">
         <v>0.07611999999999999</v>
       </c>
       <c r="N121" s="15">
-        <v>8910</v>
+        <v>7040</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E122" s="15">
         <v>10000021269</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>38</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>73</v>
@@ -6381,51 +6379,51 @@
       </c>
       <c r="E127" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>240</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>243</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>3000</v>
       </c>
       <c r="K127" s="15">
         <v>0.15195</v>
       </c>
       <c r="L127" s="15">
         <v>0.15195</v>
       </c>
       <c r="M127" s="15">
         <v>0.15195</v>
       </c>
       <c r="N127" s="15">
-        <v>1125</v>
+        <v>990</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E128" s="15">
         <v>10080051139</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>249</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>73</v>
@@ -6662,92 +6660,92 @@
       </c>
       <c r="E134" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>250</v>
       </c>
       <c r="K134" s="15">
         <v>0.08505</v>
       </c>
       <c r="L134" s="15">
         <v>0.07371</v>
       </c>
       <c r="M134" s="15">
         <v>0.07088</v>
       </c>
       <c r="N134" s="15">
-        <v>5056</v>
+        <v>4378</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
         <v>0.07692</v>
       </c>
       <c r="L135" s="15">
         <v>0.06666</v>
       </c>
       <c r="M135" s="15">
         <v>0.0641</v>
       </c>
       <c r="N135" s="15">
-        <v>636</v>
+        <v>556</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E136" s="15">
         <v>10000021965</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>40</v>