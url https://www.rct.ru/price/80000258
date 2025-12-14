--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -427,51 +427,51 @@
   <si>
     <t>UT-00099962</t>
   </si>
   <si>
     <t>KBPC3510</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 35A / KBPC3510 </t>
   </si>
   <si>
     <t>KBPC3510W</t>
   </si>
   <si>
     <t>1000V 35A / KBPC3510W</t>
   </si>
   <si>
     <t>UT-00092983</t>
   </si>
   <si>
     <t>YANGJIE</t>
   </si>
   <si>
     <t>UT-00095042</t>
   </si>
   <si>
-    <t>03.03.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>KBPC5010</t>
   </si>
   <si>
     <t>(1000V 50A) / KBPC5010</t>
   </si>
   <si>
     <t>(PBF, 1000V 50A) / KBPC5010</t>
   </si>
   <si>
     <t xml:space="preserve">KBPC3510 WUXI XUYANG, </t>
   </si>
   <si>
     <t>KBPC5010-MB25</t>
   </si>
   <si>
     <t>1000V 50A / KBPC5010</t>
   </si>
   <si>
     <t xml:space="preserve">KBPC604 </t>
   </si>
   <si>
     <t xml:space="preserve">6A, 400B / KBPC604 </t>
   </si>
@@ -1492,63 +1492,63 @@
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.13144</v>
       </c>
       <c r="L9" s="15">
         <v>0.09508999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.08298</v>
       </c>
       <c r="N9" s="15">
-        <v>9336</v>
+        <v>7346</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1666,51 +1666,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.11479</v>
       </c>
       <c r="L13" s="15">
         <v>0.08305</v>
       </c>
       <c r="M13" s="15">
         <v>0.07247000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1820,51 +1820,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.47455</v>
       </c>
       <c r="L17" s="15">
         <v>0.34333</v>
       </c>
       <c r="M17" s="15">
         <v>0.2996</v>
       </c>
       <c r="N17" s="15">
-        <v>224</v>
+        <v>305</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2136,51 +2136,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2561,51 +2561,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.09929</v>
       </c>
       <c r="L36" s="15">
         <v>0.07092</v>
       </c>
       <c r="M36" s="15">
         <v>0.06383</v>
       </c>
       <c r="N36" s="15">
-        <v>365</v>
+        <v>252</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2842,133 +2842,133 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.42827</v>
       </c>
       <c r="L43" s="15">
         <v>0.30986</v>
       </c>
       <c r="M43" s="15">
         <v>0.27038</v>
       </c>
       <c r="N43" s="15">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.38422</v>
       </c>
       <c r="L44" s="15">
         <v>0.27444</v>
       </c>
       <c r="M44" s="15">
         <v>0.24151</v>
       </c>
       <c r="N44" s="15">
-        <v>420</v>
+        <v>435</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.88284</v>
       </c>
       <c r="L45" s="15">
         <v>0.63874</v>
       </c>
       <c r="M45" s="15">
         <v>0.55737</v>
       </c>
       <c r="N45" s="15">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080054456</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>78</v>
@@ -3162,92 +3162,92 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>415</v>
+        <v>400</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.49116</v>
       </c>
       <c r="L52" s="15">
         <v>0.4707</v>
       </c>
       <c r="M52" s="15">
         <v>0.45023</v>
       </c>
       <c r="N52" s="15">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E53" s="15">
         <v>10080076242</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>34</v>
@@ -3482,51 +3482,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2429</v>
+        <v>2937</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3641,93 +3641,93 @@
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>1.15</v>
       </c>
       <c r="L63" s="15">
         <v>0.81854</v>
       </c>
       <c r="M63" s="15">
         <v>0.73668</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>6783</v>
+        <v>7103</v>
       </c>
       <c r="P63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>1880</v>
+        <v>1774</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
@@ -3804,51 +3804,51 @@
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>8395</v>
+        <v>8299</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
@@ -3923,51 +3923,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.34052</v>
       </c>
       <c r="L70" s="15">
         <v>0.24636</v>
       </c>
       <c r="M70" s="15">
         <v>0.21498</v>
       </c>
       <c r="N70" s="15">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
@@ -4042,51 +4042,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.35912</v>
       </c>
       <c r="L73" s="15">
         <v>0.25983</v>
       </c>
       <c r="M73" s="15">
         <v>0.22673</v>
       </c>
       <c r="N73" s="15">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
@@ -4122,51 +4122,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>168</v>
+        <v>117</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4276,92 +4276,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>346</v>
+        <v>284</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2520</v>
+        <v>2400</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4399,51 +4399,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>3106</v>
+        <v>2142</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4518,51 +4518,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>621</v>
+        <v>549</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4680,54 +4680,54 @@
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.34238</v>
       </c>
       <c r="L89" s="15">
         <v>0.24771</v>
       </c>
       <c r="M89" s="15">
         <v>0.21616</v>
       </c>
       <c r="N89" s="15">
-        <v>2331</v>
+        <v>2923</v>
       </c>
       <c r="O89" s="15">
-        <v>756</v>
+        <v>948</v>
       </c>
       <c r="P89" s="15" t="s">
         <v>176</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H90" s="15" t="s">
@@ -5496,51 +5496,51 @@
       </c>
       <c r="E109" s="15">
         <v>10080048704</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>202</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.15</v>
       </c>
       <c r="L109" s="15">
         <v>0.13</v>
       </c>
       <c r="M109" s="15">
         <v>0.11</v>
       </c>
       <c r="N109" s="15">
-        <v>2445</v>
+        <v>2427</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E110" s="15">
         <v>10080062046</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>202</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>