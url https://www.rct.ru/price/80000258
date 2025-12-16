--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1504,51 +1504,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.13144</v>
       </c>
       <c r="L9" s="15">
         <v>0.09508999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.08298</v>
       </c>
       <c r="N9" s="15">
-        <v>7346</v>
+        <v>9911</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1666,51 +1666,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.11479</v>
       </c>
       <c r="L13" s="15">
         <v>0.08305</v>
       </c>
       <c r="M13" s="15">
         <v>0.07247000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>105</v>
+        <v>86</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1820,51 +1820,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.47455</v>
       </c>
       <c r="L17" s="15">
         <v>0.34333</v>
       </c>
       <c r="M17" s="15">
         <v>0.2996</v>
       </c>
       <c r="N17" s="15">
-        <v>305</v>
+        <v>271</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2136,51 +2136,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>650</v>
+        <v>747</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2561,51 +2561,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.09929</v>
       </c>
       <c r="L36" s="15">
         <v>0.07092</v>
       </c>
       <c r="M36" s="15">
         <v>0.06383</v>
       </c>
       <c r="N36" s="15">
-        <v>252</v>
+        <v>340</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2842,133 +2842,133 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.42827</v>
       </c>
       <c r="L43" s="15">
         <v>0.30986</v>
       </c>
       <c r="M43" s="15">
         <v>0.27038</v>
       </c>
       <c r="N43" s="15">
-        <v>212</v>
+        <v>197</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.38422</v>
       </c>
       <c r="L44" s="15">
         <v>0.27444</v>
       </c>
       <c r="M44" s="15">
         <v>0.24151</v>
       </c>
       <c r="N44" s="15">
-        <v>435</v>
+        <v>393</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.88284</v>
       </c>
       <c r="L45" s="15">
         <v>0.63874</v>
       </c>
       <c r="M45" s="15">
         <v>0.55737</v>
       </c>
       <c r="N45" s="15">
-        <v>73</v>
+        <v>87</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080054456</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>78</v>
@@ -3162,92 +3162,92 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>400</v>
+        <v>335</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.49116</v>
       </c>
       <c r="L52" s="15">
         <v>0.4707</v>
       </c>
       <c r="M52" s="15">
         <v>0.45023</v>
       </c>
       <c r="N52" s="15">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E53" s="15">
         <v>10080076242</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>34</v>
@@ -3482,51 +3482,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2937</v>
+        <v>3118</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3641,93 +3641,93 @@
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>1.15</v>
       </c>
       <c r="L63" s="15">
         <v>0.81854</v>
       </c>
       <c r="M63" s="15">
         <v>0.73668</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>7103</v>
+        <v>7182</v>
       </c>
       <c r="P63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>1774</v>
+        <v>2250</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
@@ -3804,51 +3804,51 @@
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>8299</v>
+        <v>6948</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
@@ -3923,51 +3923,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.34052</v>
       </c>
       <c r="L70" s="15">
         <v>0.24636</v>
       </c>
       <c r="M70" s="15">
         <v>0.21498</v>
       </c>
       <c r="N70" s="15">
-        <v>185</v>
+        <v>158</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
@@ -4042,51 +4042,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.35912</v>
       </c>
       <c r="L73" s="15">
         <v>0.25983</v>
       </c>
       <c r="M73" s="15">
         <v>0.22673</v>
       </c>
       <c r="N73" s="15">
-        <v>127</v>
+        <v>171</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
@@ -4122,51 +4122,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>117</v>
+        <v>170</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4276,92 +4276,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>284</v>
+        <v>272</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2400</v>
+        <v>2340</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4399,51 +4399,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2142</v>
+        <v>2463</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4518,51 +4518,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>549</v>
+        <v>801</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4680,54 +4680,54 @@
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.34238</v>
       </c>
       <c r="L89" s="15">
         <v>0.24771</v>
       </c>
       <c r="M89" s="15">
         <v>0.21616</v>
       </c>
       <c r="N89" s="15">
-        <v>2923</v>
+        <v>3330</v>
       </c>
       <c r="O89" s="15">
-        <v>948</v>
+        <v>1080</v>
       </c>
       <c r="P89" s="15" t="s">
         <v>176</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H90" s="15" t="s">
@@ -5496,51 +5496,51 @@
       </c>
       <c r="E109" s="15">
         <v>10080048704</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>202</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.15</v>
       </c>
       <c r="L109" s="15">
         <v>0.13</v>
       </c>
       <c r="M109" s="15">
         <v>0.11</v>
       </c>
       <c r="N109" s="15">
-        <v>2427</v>
+        <v>2889</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E110" s="15">
         <v>10080062046</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>202</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>