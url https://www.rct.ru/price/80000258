--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1504,51 +1504,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.13144</v>
       </c>
       <c r="L9" s="15">
         <v>0.09508999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.08298</v>
       </c>
       <c r="N9" s="15">
-        <v>9911</v>
+        <v>7113</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1666,51 +1666,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.11479</v>
       </c>
       <c r="L13" s="15">
         <v>0.08305</v>
       </c>
       <c r="M13" s="15">
         <v>0.07247000000000001</v>
       </c>
       <c r="N13" s="15">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1820,51 +1820,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.47455</v>
       </c>
       <c r="L17" s="15">
         <v>0.34333</v>
       </c>
       <c r="M17" s="15">
         <v>0.2996</v>
       </c>
       <c r="N17" s="15">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2136,51 +2136,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>747</v>
+        <v>844</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2561,51 +2561,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.09929</v>
       </c>
       <c r="L36" s="15">
         <v>0.07092</v>
       </c>
       <c r="M36" s="15">
         <v>0.06383</v>
       </c>
       <c r="N36" s="15">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2842,133 +2842,133 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.42827</v>
       </c>
       <c r="L43" s="15">
         <v>0.30986</v>
       </c>
       <c r="M43" s="15">
         <v>0.27038</v>
       </c>
       <c r="N43" s="15">
-        <v>197</v>
+        <v>207</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.38422</v>
       </c>
       <c r="L44" s="15">
         <v>0.27444</v>
       </c>
       <c r="M44" s="15">
         <v>0.24151</v>
       </c>
       <c r="N44" s="15">
-        <v>393</v>
+        <v>411</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.88284</v>
       </c>
       <c r="L45" s="15">
         <v>0.63874</v>
       </c>
       <c r="M45" s="15">
         <v>0.55737</v>
       </c>
       <c r="N45" s="15">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080054456</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>78</v>
@@ -3162,93 +3162,91 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>335</v>
+        <v>370</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.49116</v>
       </c>
       <c r="L52" s="15">
         <v>0.4707</v>
       </c>
       <c r="M52" s="15">
         <v>0.45023</v>
       </c>
-      <c r="N52" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E53" s="15">
         <v>10080076242</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
@@ -3482,51 +3480,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>3118</v>
+        <v>2683</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3641,93 +3639,93 @@
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>1.15</v>
       </c>
       <c r="L63" s="15">
         <v>0.81854</v>
       </c>
       <c r="M63" s="15">
         <v>0.73668</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>7182</v>
+        <v>6624</v>
       </c>
       <c r="P63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>2250</v>
+        <v>1827</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
@@ -3804,89 +3802,89 @@
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>6948</v>
+        <v>6369</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>200</v>
       </c>
       <c r="K68" s="15">
-        <v>0.4004</v>
+        <v>0.21128</v>
       </c>
       <c r="L68" s="15">
-        <v>0.28707</v>
+        <v>0.18311</v>
       </c>
       <c r="M68" s="15">
-        <v>0.2493</v>
+        <v>0.17606</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H69" s="15" t="s">
@@ -3923,51 +3921,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.34052</v>
       </c>
       <c r="L70" s="15">
         <v>0.24636</v>
       </c>
       <c r="M70" s="15">
         <v>0.21498</v>
       </c>
       <c r="N70" s="15">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
@@ -4042,51 +4040,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.35912</v>
       </c>
       <c r="L73" s="15">
         <v>0.25983</v>
       </c>
       <c r="M73" s="15">
         <v>0.22673</v>
       </c>
       <c r="N73" s="15">
-        <v>171</v>
+        <v>148</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
@@ -4122,51 +4120,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>170</v>
+        <v>121</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4276,92 +4274,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>272</v>
+        <v>346</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2340</v>
+        <v>2100</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4399,51 +4397,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2463</v>
+        <v>2142</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4518,51 +4516,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4680,54 +4678,54 @@
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.34238</v>
       </c>
       <c r="L89" s="15">
         <v>0.24771</v>
       </c>
       <c r="M89" s="15">
         <v>0.21616</v>
       </c>
       <c r="N89" s="15">
-        <v>3330</v>
+        <v>3108</v>
       </c>
       <c r="O89" s="15">
-        <v>1080</v>
+        <v>1008</v>
       </c>
       <c r="P89" s="15" t="s">
         <v>176</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H90" s="15" t="s">
@@ -5496,51 +5494,51 @@
       </c>
       <c r="E109" s="15">
         <v>10080048704</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>202</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.15</v>
       </c>
       <c r="L109" s="15">
         <v>0.13</v>
       </c>
       <c r="M109" s="15">
         <v>0.11</v>
       </c>
       <c r="N109" s="15">
-        <v>2889</v>
+        <v>3081</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E110" s="15">
         <v>10080062046</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>202</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>