--- v3 (2025-12-18)
+++ v4 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -427,51 +427,51 @@
   <si>
     <t>UT-00099962</t>
   </si>
   <si>
     <t>KBPC3510</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 35A / KBPC3510 </t>
   </si>
   <si>
     <t>KBPC3510W</t>
   </si>
   <si>
     <t>1000V 35A / KBPC3510W</t>
   </si>
   <si>
     <t>UT-00092983</t>
   </si>
   <si>
     <t>YANGJIE</t>
   </si>
   <si>
     <t>UT-00095042</t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>KBPC5010</t>
   </si>
   <si>
     <t>(1000V 50A) / KBPC5010</t>
   </si>
   <si>
     <t>(PBF, 1000V 50A) / KBPC5010</t>
   </si>
   <si>
     <t xml:space="preserve">KBPC3510 WUXI XUYANG, </t>
   </si>
   <si>
     <t>KBPC5010-MB25</t>
   </si>
   <si>
     <t>1000V 50A / KBPC5010</t>
   </si>
   <si>
     <t xml:space="preserve">KBPC604 </t>
   </si>
   <si>
     <t xml:space="preserve">6A, 400B / KBPC604 </t>
   </si>
@@ -542,53 +542,50 @@
     <t>UT-00106647</t>
   </si>
   <si>
     <t>UT-00137652</t>
   </si>
   <si>
     <t xml:space="preserve">RS607 WUXI XUYANG, </t>
   </si>
   <si>
     <t>10-00004690</t>
   </si>
   <si>
     <t>KBU6M</t>
   </si>
   <si>
     <t>1000V 6A / KBU6M</t>
   </si>
   <si>
     <t>10-00004688</t>
   </si>
   <si>
     <t>KBU810</t>
   </si>
   <si>
     <t>1000V 8A / KBU810</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.03.2026</t>
   </si>
   <si>
     <t xml:space="preserve">KBU810 SEP, </t>
   </si>
   <si>
     <t>TY</t>
   </si>
   <si>
     <t>1000V 8A россыпь / KBU810</t>
   </si>
   <si>
     <t>UT-00093449</t>
   </si>
   <si>
     <t>KBU810 BP</t>
   </si>
   <si>
     <t>1000V 8A россыпь / KBU810 BP</t>
   </si>
   <si>
     <t>KBU8M</t>
   </si>
   <si>
     <t>1000V 8A / KBU8M</t>
   </si>
@@ -1495,60 +1492,60 @@
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
-        <v>0.13144</v>
+        <v>0.08828</v>
       </c>
       <c r="L9" s="15">
-        <v>0.09508999999999999</v>
+        <v>0.07650999999999999</v>
       </c>
       <c r="M9" s="15">
-        <v>0.08298</v>
+        <v>0.07356</v>
       </c>
       <c r="N9" s="15">
-        <v>7113</v>
+        <v>9445</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1618,99 +1615,99 @@
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.17095</v>
+        <v>0.09311999999999999</v>
       </c>
       <c r="L12" s="15">
-        <v>0.12257</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="M12" s="15">
-        <v>0.10644</v>
+        <v>0.0776</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
-        <v>0.11479</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L13" s="15">
-        <v>0.08305</v>
+        <v>0.07137</v>
       </c>
       <c r="M13" s="15">
-        <v>0.07247000000000001</v>
+        <v>0.06863</v>
       </c>
       <c r="N13" s="15">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1811,60 +1808,60 @@
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
-        <v>0.47455</v>
+        <v>0.28965</v>
       </c>
       <c r="L17" s="15">
-        <v>0.34333</v>
+        <v>0.25103</v>
       </c>
       <c r="M17" s="15">
-        <v>0.2996</v>
+        <v>0.24138</v>
       </c>
       <c r="N17" s="15">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2136,51 +2133,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2552,60 +2549,60 @@
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
-        <v>0.09929</v>
+        <v>0.07092</v>
       </c>
       <c r="L36" s="15">
-        <v>0.07092</v>
+        <v>0.06146</v>
       </c>
       <c r="M36" s="15">
-        <v>0.06383</v>
+        <v>0.0591</v>
       </c>
       <c r="N36" s="15">
-        <v>332</v>
+        <v>296</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2634,57 +2631,57 @@
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E38" s="15">
         <v>10080062045</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
-        <v>0.14162</v>
+        <v>0.07706</v>
       </c>
       <c r="L38" s="15">
-        <v>0.10152</v>
+        <v>0.06678000000000001</v>
       </c>
       <c r="M38" s="15">
-        <v>0.08817999999999999</v>
+        <v>0.06421</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E39" s="15">
         <v>10080047696</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H39" s="15" t="s">
@@ -2833,142 +2830,142 @@
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
-        <v>0.42827</v>
+        <v>0.29046</v>
       </c>
       <c r="L43" s="15">
-        <v>0.30986</v>
+        <v>0.25173</v>
       </c>
       <c r="M43" s="15">
-        <v>0.27038</v>
+        <v>0.24205</v>
       </c>
       <c r="N43" s="15">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
-        <v>0.38422</v>
+        <v>0.27291</v>
       </c>
       <c r="L44" s="15">
-        <v>0.27444</v>
+        <v>0.23652</v>
       </c>
       <c r="M44" s="15">
-        <v>0.24151</v>
+        <v>0.22743</v>
       </c>
       <c r="N44" s="15">
-        <v>411</v>
+        <v>429</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.88284</v>
       </c>
       <c r="L45" s="15">
         <v>0.63874</v>
       </c>
       <c r="M45" s="15">
         <v>0.55737</v>
       </c>
       <c r="N45" s="15">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080054456</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>78</v>
@@ -3162,51 +3159,51 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>370</v>
+        <v>355</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3233,57 +3230,57 @@
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E53" s="15">
         <v>10080076242</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
-        <v>1.1</v>
+        <v>0.6158400000000001</v>
       </c>
       <c r="L53" s="15">
-        <v>0.7299099999999999</v>
+        <v>0.53373</v>
       </c>
       <c r="M53" s="15">
-        <v>0.63693</v>
+        <v>0.5132</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E54" s="15">
         <v>10000009924</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H54" s="15" t="s">
@@ -3432,99 +3429,99 @@
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>50</v>
       </c>
       <c r="K58" s="15">
-        <v>0.98464</v>
+        <v>0.56525</v>
       </c>
       <c r="L58" s="15">
-        <v>0.65227</v>
+        <v>0.48988</v>
       </c>
       <c r="M58" s="15">
-        <v>0.56918</v>
+        <v>0.47104</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2683</v>
+        <v>2320</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3629,103 +3626,103 @@
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
-        <v>1.15</v>
+        <v>0.68918</v>
       </c>
       <c r="L63" s="15">
-        <v>0.81854</v>
+        <v>0.59729</v>
       </c>
       <c r="M63" s="15">
-        <v>0.73668</v>
+        <v>0.57431</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>6624</v>
+        <v>5666</v>
       </c>
       <c r="P63" s="15" t="s">
         <v>137</v>
       </c>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>1827</v>
+        <v>1642</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
@@ -3754,99 +3751,99 @@
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E66" s="15">
         <v>10080067481</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>50</v>
       </c>
       <c r="K66" s="15">
-        <v>1.17</v>
+        <v>0.66183</v>
       </c>
       <c r="L66" s="15">
-        <v>0.77593</v>
+        <v>0.57359</v>
       </c>
       <c r="M66" s="15">
-        <v>0.67709</v>
+        <v>0.55153</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>6369</v>
+        <v>6272</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
@@ -3912,60 +3909,60 @@
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
-        <v>0.34052</v>
+        <v>0.13576</v>
       </c>
       <c r="L70" s="15">
-        <v>0.24636</v>
+        <v>0.13576</v>
       </c>
       <c r="M70" s="15">
-        <v>0.21498</v>
+        <v>0.13576</v>
       </c>
       <c r="N70" s="15">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
@@ -4031,140 +4028,140 @@
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
-        <v>0.35912</v>
+        <v>0.21743</v>
       </c>
       <c r="L73" s="15">
-        <v>0.25983</v>
+        <v>0.18844</v>
       </c>
       <c r="M73" s="15">
-        <v>0.22673</v>
+        <v>0.18119</v>
       </c>
       <c r="N73" s="15">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
-        <v>0.35773</v>
+        <v>0.19856</v>
       </c>
       <c r="L74" s="15">
-        <v>0.25647</v>
+        <v>0.17208</v>
       </c>
       <c r="M74" s="15">
-        <v>0.22273</v>
+        <v>0.16546</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>121</v>
+        <v>149</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4274,92 +4271,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>346</v>
+        <v>330</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2100</v>
+        <v>2310</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4397,51 +4394,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2142</v>
+        <v>2534</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4516,51 +4513,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>792</v>
+        <v>612</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4628,1137 +4625,1137 @@
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E88" s="15">
         <v>10080018928</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>400</v>
       </c>
       <c r="K88" s="15">
-        <v>0.37663</v>
+        <v>0.2297</v>
       </c>
       <c r="L88" s="15">
-        <v>0.27248</v>
+        <v>0.19907</v>
       </c>
       <c r="M88" s="15">
-        <v>0.23777</v>
+        <v>0.19141</v>
       </c>
       <c r="N88" s="15">
         <v>2</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
-        <v>0.34238</v>
+        <v>0.22332</v>
       </c>
       <c r="L89" s="15">
-        <v>0.24771</v>
+        <v>0.19354</v>
       </c>
       <c r="M89" s="15">
-        <v>0.21616</v>
+        <v>0.1861</v>
       </c>
       <c r="N89" s="15">
-        <v>3108</v>
+        <v>2627</v>
       </c>
       <c r="O89" s="15">
-        <v>1008</v>
+        <v>852</v>
       </c>
       <c r="P89" s="15" t="s">
-        <v>176</v>
+        <v>137</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J90" s="15">
         <v>400</v>
       </c>
       <c r="K90" s="15">
         <v>1.02</v>
       </c>
       <c r="L90" s="15">
         <v>0.5659999999999999</v>
       </c>
       <c r="M90" s="15">
         <v>0.40059</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E91" s="15">
         <v>10080039985</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J91" s="15">
         <v>400</v>
       </c>
       <c r="K91" s="15">
         <v>0.62124</v>
       </c>
       <c r="L91" s="15">
         <v>0.42358</v>
       </c>
       <c r="M91" s="15">
         <v>0.38124</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E92" s="15">
         <v>10080042749</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J92" s="15">
         <v>400</v>
       </c>
       <c r="K92" s="15">
         <v>0.60881</v>
       </c>
       <c r="L92" s="15">
         <v>0.42893</v>
       </c>
       <c r="M92" s="15">
         <v>0.37358</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E93" s="15">
         <v>10080010888</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>400</v>
       </c>
       <c r="K93" s="15">
-        <v>0.31552</v>
+        <v>0.21746</v>
       </c>
       <c r="L93" s="15">
-        <v>0.22828</v>
+        <v>0.18846</v>
       </c>
       <c r="M93" s="15">
-        <v>0.1992</v>
+        <v>0.18121</v>
       </c>
       <c r="N93" s="15">
         <v>100</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
-        <v>0.44847</v>
+        <v>0.25122</v>
       </c>
       <c r="L94" s="15">
-        <v>0.32154</v>
+        <v>0.21772</v>
       </c>
       <c r="M94" s="15">
-        <v>0.27923</v>
+        <v>0.20935</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E95" s="15">
         <v>10000017242</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J95" s="15">
         <v>400</v>
       </c>
       <c r="K95" s="15">
         <v>0.52822</v>
       </c>
       <c r="L95" s="15">
         <v>0.51193</v>
       </c>
       <c r="M95" s="15">
         <v>0.49427</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E96" s="15">
         <v>10080054505</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>400</v>
       </c>
       <c r="K96" s="15">
-        <v>0.44836</v>
+        <v>0.27827</v>
       </c>
       <c r="L96" s="15">
-        <v>0.32439</v>
+        <v>0.24116</v>
       </c>
       <c r="M96" s="15">
-        <v>0.28307</v>
+        <v>0.23189</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E97" s="15">
         <v>10080038820</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.95281</v>
       </c>
       <c r="L97" s="15">
         <v>0.52745</v>
       </c>
       <c r="M97" s="15">
         <v>0.45939</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E98" s="15">
         <v>10080007265</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J98" s="15">
         <v>400</v>
       </c>
       <c r="K98" s="15">
         <v>0.48884</v>
       </c>
       <c r="L98" s="15">
         <v>0</v>
       </c>
       <c r="M98" s="15">
         <v>0</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E99" s="15">
         <v>10080004789</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>159</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.54044</v>
       </c>
       <c r="L99" s="15">
         <v>0.52415</v>
       </c>
       <c r="M99" s="15">
         <v>0.50648</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E100" s="15">
         <v>10080060812</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>0.125</v>
       </c>
       <c r="L100" s="15">
         <v>0.125</v>
       </c>
       <c r="M100" s="15">
         <v>0.125</v>
       </c>
       <c r="N100" s="15">
         <v>3</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E101" s="15">
         <v>10080051518</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="J101" s="15">
         <v>600</v>
       </c>
       <c r="K101" s="15">
         <v>0.22264</v>
       </c>
       <c r="L101" s="15">
         <v>0.15904</v>
       </c>
       <c r="M101" s="15">
         <v>0.13784</v>
       </c>
       <c r="N101" s="15">
         <v>10</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E102" s="15">
         <v>10080065226</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
-        <v>0.07779999999999999</v>
+        <v>0.06464</v>
       </c>
       <c r="L102" s="15">
-        <v>0.07284</v>
+        <v>0.05602</v>
       </c>
       <c r="M102" s="15">
-        <v>0.06788</v>
+        <v>0.05386</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E103" s="15">
         <v>10080032858</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.27889</v>
       </c>
       <c r="L103" s="15">
         <v>0.14814</v>
       </c>
       <c r="M103" s="15">
         <v>0.12636</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E104" s="15">
         <v>10080047709</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
-        <v>0.08795</v>
+        <v>0.06282</v>
       </c>
       <c r="L104" s="15">
-        <v>0.06282</v>
+        <v>0.05444</v>
       </c>
       <c r="M104" s="15">
-        <v>0.05654</v>
+        <v>0.05235</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E105" s="15">
         <v>10080003427</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.16837</v>
       </c>
       <c r="L105" s="15">
         <v>0.16296</v>
       </c>
       <c r="M105" s="15">
         <v>0</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D106" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="E106" s="15" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>500</v>
       </c>
       <c r="K106" s="15">
-        <v>0.1051</v>
+        <v>0.05936</v>
       </c>
       <c r="L106" s="15">
-        <v>0.06962</v>
+        <v>0.05144</v>
       </c>
       <c r="M106" s="15">
-        <v>0.06075</v>
+        <v>0.04946</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E107" s="15">
         <v>10000016372</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.20609</v>
       </c>
       <c r="L107" s="15">
         <v>0.16899</v>
       </c>
       <c r="M107" s="15">
         <v>0.16212</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E108" s="15">
         <v>10080018930</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
-        <v>0.08119999999999999</v>
+        <v>0.05595</v>
       </c>
       <c r="L108" s="15">
-        <v>0.05875</v>
+        <v>0.04849</v>
       </c>
       <c r="M108" s="15">
-        <v>0.05127</v>
+        <v>0.04663</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E109" s="15">
         <v>10080048704</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.15</v>
       </c>
       <c r="L109" s="15">
         <v>0.13</v>
       </c>
       <c r="M109" s="15">
         <v>0.11</v>
       </c>
       <c r="N109" s="15">
-        <v>3081</v>
+        <v>1389</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E110" s="15">
         <v>10080062046</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
-        <v>0.21327</v>
+        <v>0.12155</v>
       </c>
       <c r="L110" s="15">
-        <v>0.14128</v>
+        <v>0.10534</v>
       </c>
       <c r="M110" s="15">
-        <v>0.12328</v>
+        <v>0.10129</v>
       </c>
       <c r="N110" s="15">
         <v>11</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D111" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="E111" s="15" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
         <v>0.40329</v>
       </c>
       <c r="L111" s="15">
         <v>0.3775</v>
       </c>
       <c r="M111" s="15">
         <v>0.36529</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E112" s="15">
         <v>10000030271</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>400</v>
       </c>
       <c r="K112" s="15">
         <v>0.40059</v>
       </c>
       <c r="L112" s="15">
         <v>0.37479</v>
       </c>
       <c r="M112" s="15">
         <v>0.36256</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E113" s="15">
         <v>10080018916</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
         <v>0.22366</v>
       </c>
       <c r="L113" s="15">
         <v>0.16036</v>
       </c>
       <c r="M113" s="15">
         <v>0.13927</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>50</v>
       </c>
       <c r="K114" s="15">
         <v>6.49</v>
       </c>
       <c r="L114" s="15">
         <v>5.44</v>
       </c>
       <c r="M114" s="15">
         <v>5.23</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>26.06</v>
       </c>
       <c r="L115" s="15">
         <v>21.86</v>
       </c>
       <c r="M115" s="15">
         <v>21.02</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14"/>
       <c r="C116" s="15"/>
       <c r="D116" s="15"/>
       <c r="E116" s="15"/>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
@@ -5813,317 +5810,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>223</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>229</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>