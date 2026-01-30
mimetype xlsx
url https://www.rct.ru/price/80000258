--- v4 (2026-01-09)
+++ v5 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -427,104 +427,107 @@
   <si>
     <t>UT-00099962</t>
   </si>
   <si>
     <t>KBPC3510</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 35A / KBPC3510 </t>
   </si>
   <si>
     <t>KBPC3510W</t>
   </si>
   <si>
     <t>1000V 35A / KBPC3510W</t>
   </si>
   <si>
     <t>UT-00092983</t>
   </si>
   <si>
     <t>YANGJIE</t>
   </si>
   <si>
     <t>UT-00095042</t>
   </si>
   <si>
-    <t>04.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>KBPC5010</t>
   </si>
   <si>
     <t>(1000V 50A) / KBPC5010</t>
   </si>
   <si>
     <t>(PBF, 1000V 50A) / KBPC5010</t>
   </si>
   <si>
     <t xml:space="preserve">KBPC3510 WUXI XUYANG, </t>
   </si>
   <si>
     <t>KBPC5010-MB25</t>
   </si>
   <si>
     <t>1000V 50A / KBPC5010</t>
   </si>
   <si>
     <t xml:space="preserve">KBPC604 </t>
   </si>
   <si>
     <t xml:space="preserve">6A, 400B / KBPC604 </t>
   </si>
   <si>
     <t>BR6=KBPC6</t>
   </si>
   <si>
     <t>KBPC606</t>
   </si>
   <si>
     <t>6A 600V / KBPC606</t>
   </si>
   <si>
     <t>10-00004617</t>
   </si>
   <si>
     <t>UT-00129360</t>
   </si>
   <si>
     <t>KBPC610</t>
   </si>
   <si>
     <t>Диод KBPC610</t>
   </si>
   <si>
+    <t xml:space="preserve">KBPC610 KLS, </t>
+  </si>
+  <si>
     <t>6A 1000V / KBPC610</t>
   </si>
   <si>
     <t>UT-00090514</t>
   </si>
   <si>
+    <t xml:space="preserve">KBPC610 SEP, </t>
+  </si>
+  <si>
     <t>UT-00093448</t>
   </si>
   <si>
     <t>KBU410 (промаркированы как RS407)</t>
   </si>
   <si>
     <t>1000V 4A / KBU410 (промаркированы как RS407)</t>
   </si>
   <si>
     <t>10-00004632</t>
   </si>
   <si>
     <t>RS6</t>
   </si>
   <si>
     <t>KBU4J</t>
   </si>
   <si>
     <t>600V 4A / KBU4J</t>
   </si>
   <si>
     <t xml:space="preserve">KBU610 </t>
   </si>
   <si>
     <t xml:space="preserve">(1000V 6A) / KBU610 </t>
@@ -598,60 +601,63 @@
   <si>
     <t>600V 4A / LG406 (LGE406)</t>
   </si>
   <si>
     <t>RS207</t>
   </si>
   <si>
     <t>Диод RS207</t>
   </si>
   <si>
     <t xml:space="preserve">RS207-KBP KLS, RS207 HOTTECH, RS207 SEP, </t>
   </si>
   <si>
     <t>RS207-KBP</t>
   </si>
   <si>
     <t>1000V 2A / RS207</t>
   </si>
   <si>
     <t xml:space="preserve">RS207 SEMTECH, RS207 HOTTECH, RS207 SEP, </t>
   </si>
   <si>
     <t xml:space="preserve">RS207 SEMTECH, RS207-KBP KLS, RS207 SEP, </t>
   </si>
   <si>
+    <t>UT-00154928</t>
+  </si>
+  <si>
+    <t>ASEMI</t>
+  </si>
+  <si>
     <t>GALAXY</t>
   </si>
   <si>
     <t>RS207-RS2</t>
   </si>
   <si>
     <t>UT-00099975</t>
-  </si>
-[...1 lines deleted...]
-    <t>ASEMI</t>
   </si>
   <si>
     <t xml:space="preserve">RS207 SEMTECH, RS207-KBP KLS, RS207 HOTTECH, </t>
   </si>
   <si>
     <t>RS407</t>
   </si>
   <si>
     <t xml:space="preserve">1000V 4A / RS407 </t>
   </si>
   <si>
     <t>RS4</t>
   </si>
   <si>
     <t>RS407-RS4</t>
   </si>
   <si>
     <t xml:space="preserve">RS407 </t>
   </si>
   <si>
     <t>10-00004633</t>
   </si>
   <si>
     <t>1000V 4A / RS407</t>
   </si>
@@ -1245,51 +1251,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R116"/>
+  <dimension ref="A1:R117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1501,51 +1507,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.08828</v>
       </c>
       <c r="L9" s="15">
         <v>0.07650999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.07356</v>
       </c>
       <c r="N9" s="15">
-        <v>9445</v>
+        <v>7106</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1663,51 +1669,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.08235000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.07137</v>
       </c>
       <c r="M13" s="15">
         <v>0.06863</v>
       </c>
       <c r="N13" s="15">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -2133,51 +2139,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2558,51 +2564,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.07092</v>
       </c>
       <c r="L36" s="15">
         <v>0.06146</v>
       </c>
       <c r="M36" s="15">
         <v>0.0591</v>
       </c>
       <c r="N36" s="15">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2839,133 +2845,133 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.29046</v>
       </c>
       <c r="L43" s="15">
         <v>0.25173</v>
       </c>
       <c r="M43" s="15">
         <v>0.24205</v>
       </c>
       <c r="N43" s="15">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.27291</v>
       </c>
       <c r="L44" s="15">
         <v>0.23652</v>
       </c>
       <c r="M44" s="15">
         <v>0.22743</v>
       </c>
       <c r="N44" s="15">
-        <v>429</v>
+        <v>393</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.88284</v>
       </c>
       <c r="L45" s="15">
         <v>0.63874</v>
       </c>
       <c r="M45" s="15">
         <v>0.55737</v>
       </c>
       <c r="N45" s="15">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080054456</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>78</v>
@@ -3159,51 +3165,51 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3477,51 +3483,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2320</v>
+        <v>2937</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3638,2159 +3644,2202 @@
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>0.68918</v>
       </c>
       <c r="L63" s="15">
         <v>0.59729</v>
       </c>
       <c r="M63" s="15">
         <v>0.57431</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
         <v>5666</v>
       </c>
-      <c r="P63" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>1642</v>
+        <v>1718</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J65" s="15">
         <v>50</v>
       </c>
       <c r="K65" s="15">
         <v>1.66</v>
       </c>
       <c r="L65" s="15">
         <v>1.19</v>
       </c>
       <c r="M65" s="15">
         <v>1.04</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E66" s="15">
         <v>10080067481</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>50</v>
       </c>
       <c r="K66" s="15">
         <v>0.66183</v>
       </c>
       <c r="L66" s="15">
         <v>0.57359</v>
       </c>
       <c r="M66" s="15">
         <v>0.55153</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>6272</v>
+        <v>8492</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>200</v>
       </c>
       <c r="K68" s="15">
         <v>0.21128</v>
       </c>
       <c r="L68" s="15">
         <v>0.18311</v>
       </c>
       <c r="M68" s="15">
         <v>0.17606</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="D69" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.37804</v>
       </c>
       <c r="L69" s="15">
         <v>0.27352</v>
       </c>
       <c r="M69" s="15">
         <v>0.23867</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.13576</v>
       </c>
       <c r="L70" s="15">
         <v>0.13576</v>
       </c>
       <c r="M70" s="15">
         <v>0.13576</v>
       </c>
       <c r="N70" s="15">
-        <v>131</v>
+        <v>145</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="I71" s="15"/>
+      <c r="I71" s="15" t="s">
+        <v>152</v>
+      </c>
       <c r="J71" s="15">
         <v>200</v>
       </c>
       <c r="K71" s="15">
         <v>0.3572</v>
       </c>
       <c r="L71" s="15">
         <v>0.25609</v>
       </c>
       <c r="M71" s="15">
         <v>0.2224</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E72" s="15">
         <v>10080042657</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.46454</v>
       </c>
       <c r="L72" s="15">
         <v>0.32729</v>
       </c>
       <c r="M72" s="15">
         <v>0.28506</v>
       </c>
       <c r="N72" s="15">
         <v>9</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="I73" s="15"/>
+      <c r="I73" s="15" t="s">
+        <v>155</v>
+      </c>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.21743</v>
       </c>
       <c r="L73" s="15">
         <v>0.18844</v>
       </c>
       <c r="M73" s="15">
         <v>0.18119</v>
       </c>
       <c r="N73" s="15">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D74" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E74" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
       </c>
-      <c r="I74" s="15"/>
+      <c r="I74" s="15" t="s">
+        <v>152</v>
+      </c>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>0.19856</v>
       </c>
       <c r="L74" s="15">
         <v>0.17208</v>
       </c>
       <c r="M74" s="15">
         <v>0.16546</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>149</v>
+        <v>123</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>0.125</v>
       </c>
       <c r="L76" s="15">
         <v>0.125</v>
       </c>
       <c r="M76" s="15">
         <v>0.125</v>
       </c>
       <c r="N76" s="15">
         <v>1</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E77" s="15">
         <v>10080054457</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>400</v>
       </c>
       <c r="K77" s="15">
         <v>0.46161</v>
       </c>
       <c r="L77" s="15">
         <v>0.33096</v>
       </c>
       <c r="M77" s="15">
         <v>0.28743</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E78" s="15">
         <v>10080069756</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.38756</v>
       </c>
       <c r="L78" s="15">
         <v>0.27789</v>
       </c>
       <c r="M78" s="15">
         <v>0.2413</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2310</v>
+        <v>2070</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J81" s="15">
         <v>400</v>
       </c>
       <c r="K81" s="15">
         <v>0.54587</v>
       </c>
       <c r="L81" s="15">
         <v>0.51193</v>
       </c>
       <c r="M81" s="15">
         <v>0.49427</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2534</v>
+        <v>2606</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>400</v>
       </c>
       <c r="K83" s="15">
         <v>0.497</v>
       </c>
       <c r="L83" s="15">
         <v>0.46576</v>
       </c>
       <c r="M83" s="15">
         <v>0.33404</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E84" s="15">
         <v>10080050110</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>400</v>
       </c>
       <c r="K84" s="15">
         <v>0.51727</v>
       </c>
       <c r="L84" s="15">
         <v>0.35268</v>
       </c>
       <c r="M84" s="15">
         <v>0.30566</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
         <v>612</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J86" s="15">
         <v>400</v>
       </c>
       <c r="K86" s="15">
         <v>0.50378</v>
       </c>
       <c r="L86" s="15">
         <v>0.47256</v>
       </c>
       <c r="M86" s="15">
         <v>0.45625</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
         <v>0.66782</v>
       </c>
       <c r="L87" s="15">
         <v>0.39379</v>
       </c>
       <c r="M87" s="15">
         <v>0.3802</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E88" s="15">
         <v>10080018928</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>400</v>
       </c>
       <c r="K88" s="15">
         <v>0.2297</v>
       </c>
       <c r="L88" s="15">
         <v>0.19907</v>
       </c>
       <c r="M88" s="15">
         <v>0.19141</v>
       </c>
       <c r="N88" s="15">
         <v>2</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.22332</v>
       </c>
       <c r="L89" s="15">
         <v>0.19354</v>
       </c>
       <c r="M89" s="15">
         <v>0.1861</v>
       </c>
       <c r="N89" s="15">
-        <v>2627</v>
+        <v>2812</v>
       </c>
       <c r="O89" s="15">
-        <v>852</v>
-[...3 lines deleted...]
-      </c>
+        <v>912</v>
+      </c>
+      <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J90" s="15">
         <v>400</v>
       </c>
       <c r="K90" s="15">
         <v>1.02</v>
       </c>
       <c r="L90" s="15">
         <v>0.5659999999999999</v>
       </c>
       <c r="M90" s="15">
         <v>0.40059</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E91" s="15">
         <v>10080039985</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J91" s="15">
         <v>400</v>
       </c>
       <c r="K91" s="15">
         <v>0.62124</v>
       </c>
       <c r="L91" s="15">
         <v>0.42358</v>
       </c>
       <c r="M91" s="15">
         <v>0.38124</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E92" s="15">
         <v>10080042749</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H92" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="I92" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="J92" s="15">
         <v>400</v>
       </c>
       <c r="K92" s="15">
         <v>0.60881</v>
       </c>
       <c r="L92" s="15">
         <v>0.42893</v>
       </c>
       <c r="M92" s="15">
         <v>0.37358</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E93" s="15">
         <v>10080010888</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>400</v>
       </c>
       <c r="K93" s="15">
         <v>0.21746</v>
       </c>
       <c r="L93" s="15">
         <v>0.18846</v>
       </c>
       <c r="M93" s="15">
         <v>0.18121</v>
       </c>
       <c r="N93" s="15">
         <v>100</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>0.25122</v>
       </c>
       <c r="L94" s="15">
         <v>0.21772</v>
       </c>
       <c r="M94" s="15">
         <v>0.20935</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E95" s="15">
         <v>10000017242</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J95" s="15">
         <v>400</v>
       </c>
       <c r="K95" s="15">
         <v>0.52822</v>
       </c>
       <c r="L95" s="15">
         <v>0.51193</v>
       </c>
       <c r="M95" s="15">
         <v>0.49427</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E96" s="15">
         <v>10080054505</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>400</v>
       </c>
       <c r="K96" s="15">
         <v>0.27827</v>
       </c>
       <c r="L96" s="15">
         <v>0.24116</v>
       </c>
       <c r="M96" s="15">
         <v>0.23189</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E97" s="15">
         <v>10080038820</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.95281</v>
       </c>
       <c r="L97" s="15">
         <v>0.52745</v>
       </c>
       <c r="M97" s="15">
         <v>0.45939</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E98" s="15">
         <v>10080007265</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J98" s="15">
         <v>400</v>
       </c>
       <c r="K98" s="15">
         <v>0.48884</v>
       </c>
       <c r="L98" s="15">
         <v>0</v>
       </c>
       <c r="M98" s="15">
         <v>0</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E99" s="15">
         <v>10080004789</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.54044</v>
       </c>
       <c r="L99" s="15">
         <v>0.52415</v>
       </c>
       <c r="M99" s="15">
         <v>0.50648</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E100" s="15">
         <v>10080060812</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>0.125</v>
       </c>
       <c r="L100" s="15">
         <v>0.125</v>
       </c>
       <c r="M100" s="15">
         <v>0.125</v>
       </c>
       <c r="N100" s="15">
         <v>3</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E101" s="15">
         <v>10080051518</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J101" s="15">
         <v>600</v>
       </c>
       <c r="K101" s="15">
         <v>0.22264</v>
       </c>
       <c r="L101" s="15">
         <v>0.15904</v>
       </c>
       <c r="M101" s="15">
         <v>0.13784</v>
       </c>
       <c r="N101" s="15">
         <v>10</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E102" s="15">
         <v>10080065226</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.06464</v>
       </c>
       <c r="L102" s="15">
         <v>0.05602</v>
       </c>
       <c r="M102" s="15">
         <v>0.05386</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E103" s="15">
         <v>10080032858</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>90</v>
       </c>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.27889</v>
       </c>
       <c r="L103" s="15">
         <v>0.14814</v>
       </c>
       <c r="M103" s="15">
         <v>0.12636</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E104" s="15">
         <v>10080047709</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.06282</v>
       </c>
       <c r="L104" s="15">
         <v>0.05444</v>
       </c>
       <c r="M104" s="15">
         <v>0.05235</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>10080003427</v>
+        <v>189</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>195</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
-        <v>0.16837</v>
+        <v>0.05681</v>
       </c>
       <c r="L105" s="15">
-        <v>0.16296</v>
+        <v>0.04923</v>
       </c>
       <c r="M105" s="15">
-        <v>0</v>
+        <v>0.04734</v>
       </c>
       <c r="N105" s="15"/>
-      <c r="O105" s="15"/>
+      <c r="O105" s="15">
+        <v>17400</v>
+      </c>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>189</v>
+      </c>
+      <c r="E106" s="15">
+        <v>10080003427</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="I106" s="15"/>
+      <c r="I106" s="15" t="s">
+        <v>90</v>
+      </c>
       <c r="J106" s="15">
         <v>500</v>
       </c>
       <c r="K106" s="15">
-        <v>0.05936</v>
+        <v>0.16837</v>
       </c>
       <c r="L106" s="15">
-        <v>0.05144</v>
+        <v>0.16296</v>
       </c>
       <c r="M106" s="15">
-        <v>0.04946</v>
+        <v>0</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>187</v>
+        <v>198</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="E107" s="15">
-        <v>10000016372</v>
+      <c r="E107" s="15" t="s">
+        <v>199</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
-        <v>0.20609</v>
+        <v>0.05936</v>
       </c>
       <c r="L107" s="15">
-        <v>0.16899</v>
+        <v>0.05144</v>
       </c>
       <c r="M107" s="15">
-        <v>0.16212</v>
+        <v>0.04946</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E108" s="15">
-        <v>10080018930</v>
+        <v>10000016372</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>198</v>
+        <v>90</v>
       </c>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
-        <v>0.05595</v>
+        <v>0.20609</v>
       </c>
       <c r="L108" s="15">
-        <v>0.04849</v>
+        <v>0.16899</v>
       </c>
       <c r="M108" s="15">
-        <v>0.04663</v>
+        <v>0.16212</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>199</v>
+        <v>188</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>200</v>
+        <v>189</v>
       </c>
       <c r="E109" s="15">
-        <v>10080048704</v>
+        <v>10080018930</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>201</v>
+        <v>89</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I109" s="15"/>
+        <v>96</v>
+      </c>
+      <c r="I109" s="15" t="s">
+        <v>200</v>
+      </c>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
-        <v>0.15</v>
+        <v>0.05595</v>
       </c>
       <c r="L109" s="15">
-        <v>0.13</v>
+        <v>0.04849</v>
       </c>
       <c r="M109" s="15">
-        <v>0.11</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04663</v>
+      </c>
+      <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D110" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="15">
-        <v>10080062046</v>
+        <v>10080048704</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
-        <v>0.12155</v>
+        <v>0.15</v>
       </c>
       <c r="L110" s="15">
-        <v>0.10534</v>
+        <v>0.13</v>
       </c>
       <c r="M110" s="15">
-        <v>0.10129</v>
+        <v>0.11</v>
       </c>
       <c r="N110" s="15">
-        <v>11</v>
+        <v>962</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>202</v>
+      </c>
+      <c r="E111" s="15">
+        <v>10080062046</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>500</v>
       </c>
       <c r="K111" s="15">
-        <v>0.40329</v>
+        <v>0.12155</v>
       </c>
       <c r="L111" s="15">
-        <v>0.3775</v>
+        <v>0.10534</v>
       </c>
       <c r="M111" s="15">
-        <v>0.36529</v>
-[...1 lines deleted...]
-      <c r="N111" s="15"/>
+        <v>0.10129</v>
+      </c>
+      <c r="N111" s="15">
+        <v>11</v>
+      </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>10000030271</v>
+        <v>202</v>
+      </c>
+      <c r="E112" s="15" t="s">
+        <v>206</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K112" s="15">
-        <v>0.40059</v>
+        <v>0.40329</v>
       </c>
       <c r="L112" s="15">
-        <v>0.37479</v>
+        <v>0.3775</v>
       </c>
       <c r="M112" s="15">
-        <v>0.36256</v>
+        <v>0.36529</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="E113" s="15">
-        <v>10080018916</v>
+        <v>10000030271</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>96</v>
+        <v>31</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K113" s="15">
-        <v>0.22366</v>
+        <v>0.40059</v>
       </c>
       <c r="L113" s="15">
-        <v>0.16036</v>
+        <v>0.37479</v>
       </c>
       <c r="M113" s="15">
-        <v>0.13927</v>
+        <v>0.36256</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="E114" s="15" t="s">
-        <v>208</v>
+      <c r="E114" s="15">
+        <v>10080018916</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>135</v>
+        <v>96</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="K114" s="15">
-        <v>6.49</v>
+        <v>0.22366</v>
       </c>
       <c r="L114" s="15">
-        <v>5.44</v>
+        <v>0.16036</v>
       </c>
       <c r="M114" s="15">
-        <v>5.23</v>
+        <v>0.13927</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="E115" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="F115" s="15"/>
+      <c r="G115" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="E115" s="15" t="s">
-[...3 lines deleted...]
-      <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>213</v>
+        <v>135</v>
       </c>
       <c r="I115" s="15"/>
-      <c r="J115" s="15"/>
+      <c r="J115" s="15">
+        <v>50</v>
+      </c>
       <c r="K115" s="15">
-        <v>26.06</v>
+        <v>6.49</v>
       </c>
       <c r="L115" s="15">
-        <v>21.86</v>
+        <v>5.44</v>
       </c>
       <c r="M115" s="15">
-        <v>21.02</v>
+        <v>5.23</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
-      <c r="B116" s="14"/>
-[...2 lines deleted...]
-      <c r="E116" s="15"/>
+      <c r="B116" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C116" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D116" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="E116" s="15" t="s">
+        <v>214</v>
+      </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
-      <c r="H116" s="15"/>
+      <c r="H116" s="15" t="s">
+        <v>215</v>
+      </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
-      <c r="K116" s="15"/>
-[...1 lines deleted...]
-      <c r="M116" s="15"/>
+      <c r="K116" s="15">
+        <v>26.06</v>
+      </c>
+      <c r="L116" s="15">
+        <v>21.86</v>
+      </c>
+      <c r="M116" s="15">
+        <v>21.02</v>
+      </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
+      <c r="R116"/>
+    </row>
+    <row r="117" spans="1:18">
+      <c r="B117" s="14"/>
+      <c r="C117" s="15"/>
+      <c r="D117" s="15"/>
+      <c r="E117" s="15"/>
+      <c r="F117" s="15"/>
+      <c r="G117" s="15"/>
+      <c r="H117" s="15"/>
+      <c r="I117" s="15"/>
+      <c r="J117" s="15"/>
+      <c r="K117" s="15"/>
+      <c r="L117" s="15"/>
+      <c r="M117" s="15"/>
+      <c r="N117" s="15"/>
+      <c r="O117" s="15"/>
+      <c r="P117" s="15"/>
+      <c r="Q117" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -5810,317 +5859,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>