--- v5 (2026-01-30)
+++ v6 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1507,51 +1507,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.08828</v>
       </c>
       <c r="L9" s="15">
         <v>0.07650999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.07356</v>
       </c>
       <c r="N9" s="15">
-        <v>7106</v>
+        <v>9512</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1669,51 +1669,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.08235000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.07137</v>
       </c>
       <c r="M13" s="15">
         <v>0.06863</v>
       </c>
       <c r="N13" s="15">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1823,51 +1823,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.28965</v>
       </c>
       <c r="L17" s="15">
         <v>0.25103</v>
       </c>
       <c r="M17" s="15">
         <v>0.24138</v>
       </c>
       <c r="N17" s="15">
-        <v>271</v>
+        <v>237</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2139,51 +2139,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>863</v>
+        <v>737</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2564,51 +2564,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.07092</v>
       </c>
       <c r="L36" s="15">
         <v>0.06146</v>
       </c>
       <c r="M36" s="15">
         <v>0.0591</v>
       </c>
       <c r="N36" s="15">
-        <v>304</v>
+        <v>264</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2845,92 +2845,92 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.29046</v>
       </c>
       <c r="L43" s="15">
         <v>0.25173</v>
       </c>
       <c r="M43" s="15">
         <v>0.24205</v>
       </c>
       <c r="N43" s="15">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.27291</v>
       </c>
       <c r="L44" s="15">
         <v>0.23652</v>
       </c>
       <c r="M44" s="15">
         <v>0.22743</v>
       </c>
       <c r="N44" s="15">
-        <v>393</v>
+        <v>266</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3165,51 +3165,51 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>345</v>
+        <v>425</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3483,51 +3483,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2937</v>
+        <v>2212</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3642,51 +3642,51 @@
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>0.68918</v>
       </c>
       <c r="L63" s="15">
         <v>0.59729</v>
       </c>
       <c r="M63" s="15">
         <v>0.57431</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>5666</v>
+        <v>5586</v>
       </c>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
@@ -3803,51 +3803,51 @@
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>8492</v>
+        <v>7816</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
@@ -4045,51 +4045,51 @@
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.21743</v>
       </c>
       <c r="L73" s="15">
         <v>0.18844</v>
       </c>
       <c r="M73" s="15">
         <v>0.18119</v>
       </c>
       <c r="N73" s="15">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
@@ -4127,51 +4127,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>123</v>
+        <v>141</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4281,92 +4281,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>342</v>
+        <v>260</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2070</v>
+        <v>2610</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4404,51 +4404,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2606</v>
+        <v>2392</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4523,51 +4523,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>612</v>
+        <v>810</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4685,54 +4685,54 @@
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.22332</v>
       </c>
       <c r="L89" s="15">
         <v>0.19354</v>
       </c>
       <c r="M89" s="15">
         <v>0.1861</v>
       </c>
       <c r="N89" s="15">
-        <v>2812</v>
+        <v>2775</v>
       </c>
       <c r="O89" s="15">
-        <v>912</v>
+        <v>900</v>
       </c>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>97</v>
       </c>
@@ -5338,51 +5338,51 @@
       <c r="E105" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>196</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.05681</v>
       </c>
       <c r="L105" s="15">
         <v>0.04923</v>
       </c>
       <c r="M105" s="15">
         <v>0.04734</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15">
-        <v>17400</v>
+        <v>15000</v>
       </c>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E106" s="15">
         <v>10080003427</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>197</v>
       </c>
@@ -5540,51 +5540,51 @@
       </c>
       <c r="E110" s="15">
         <v>10080048704</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.15</v>
       </c>
       <c r="L110" s="15">
         <v>0.13</v>
       </c>
       <c r="M110" s="15">
         <v>0.11</v>
       </c>
       <c r="N110" s="15">
-        <v>962</v>
+        <v>1396</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E111" s="15">
         <v>10080062046</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>34</v>