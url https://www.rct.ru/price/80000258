--- v6 (2026-01-30)
+++ v7 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1507,51 +1507,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.08828</v>
       </c>
       <c r="L9" s="15">
         <v>0.07650999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.07356</v>
       </c>
       <c r="N9" s="15">
-        <v>9512</v>
+        <v>4113</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1669,51 +1669,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.08235000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.07137</v>
       </c>
       <c r="M13" s="15">
         <v>0.06863</v>
       </c>
       <c r="N13" s="15">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1823,51 +1823,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.28965</v>
       </c>
       <c r="L17" s="15">
         <v>0.25103</v>
       </c>
       <c r="M17" s="15">
         <v>0.24138</v>
       </c>
       <c r="N17" s="15">
-        <v>237</v>
+        <v>251</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2139,51 +2139,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>737</v>
+        <v>844</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2564,51 +2564,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.07092</v>
       </c>
       <c r="L36" s="15">
         <v>0.06146</v>
       </c>
       <c r="M36" s="15">
         <v>0.0591</v>
       </c>
       <c r="N36" s="15">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2845,133 +2845,133 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.29046</v>
       </c>
       <c r="L43" s="15">
         <v>0.25173</v>
       </c>
       <c r="M43" s="15">
         <v>0.24205</v>
       </c>
       <c r="N43" s="15">
-        <v>210</v>
+        <v>195</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.27291</v>
       </c>
       <c r="L44" s="15">
         <v>0.23652</v>
       </c>
       <c r="M44" s="15">
         <v>0.22743</v>
       </c>
       <c r="N44" s="15">
-        <v>266</v>
+        <v>256</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.88284</v>
       </c>
       <c r="L45" s="15">
         <v>0.63874</v>
       </c>
       <c r="M45" s="15">
         <v>0.55737</v>
       </c>
       <c r="N45" s="15">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080054456</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>78</v>
@@ -3165,51 +3165,51 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>425</v>
+        <v>325</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3483,51 +3483,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2212</v>
+        <v>2389</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3642,91 +3642,91 @@
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>0.68918</v>
       </c>
       <c r="L63" s="15">
         <v>0.59729</v>
       </c>
       <c r="M63" s="15">
         <v>0.57431</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>5586</v>
+        <v>4788</v>
       </c>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>1718</v>
+        <v>1874</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
@@ -3803,51 +3803,51 @@
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>7816</v>
+        <v>8202</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
@@ -3922,51 +3922,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.13576</v>
       </c>
       <c r="L70" s="15">
         <v>0.13576</v>
       </c>
       <c r="M70" s="15">
         <v>0.13576</v>
       </c>
       <c r="N70" s="15">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
@@ -4045,51 +4045,51 @@
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.21743</v>
       </c>
       <c r="L73" s="15">
         <v>0.18844</v>
       </c>
       <c r="M73" s="15">
         <v>0.18119</v>
       </c>
       <c r="N73" s="15">
-        <v>162</v>
+        <v>130</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
@@ -4127,51 +4127,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>141</v>
+        <v>125</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4281,92 +4281,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>2610</v>
+        <v>1890</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4404,51 +4404,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2392</v>
+        <v>2820</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4523,51 +4523,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>810</v>
+        <v>729</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4685,54 +4685,54 @@
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.22332</v>
       </c>
       <c r="L89" s="15">
         <v>0.19354</v>
       </c>
       <c r="M89" s="15">
         <v>0.1861</v>
       </c>
       <c r="N89" s="15">
-        <v>2775</v>
+        <v>2086</v>
       </c>
       <c r="O89" s="15">
-        <v>900</v>
+        <v>780</v>
       </c>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>97</v>
       </c>
@@ -4850,53 +4850,51 @@
         <v>179</v>
       </c>
       <c r="E93" s="15">
         <v>10080010888</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>400</v>
       </c>
       <c r="K93" s="15">
         <v>0.21746</v>
       </c>
       <c r="L93" s="15">
         <v>0.18846</v>
       </c>
       <c r="M93" s="15">
         <v>0.18121</v>
       </c>
-      <c r="N93" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>34</v>
       </c>
@@ -5338,51 +5336,51 @@
       <c r="E105" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>196</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.05681</v>
       </c>
       <c r="L105" s="15">
         <v>0.04923</v>
       </c>
       <c r="M105" s="15">
         <v>0.04734</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15">
-        <v>15000</v>
+        <v>17400</v>
       </c>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E106" s="15">
         <v>10080003427</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>197</v>
       </c>
@@ -5540,51 +5538,51 @@
       </c>
       <c r="E110" s="15">
         <v>10080048704</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.15</v>
       </c>
       <c r="L110" s="15">
         <v>0.13</v>
       </c>
       <c r="M110" s="15">
         <v>0.11</v>
       </c>
       <c r="N110" s="15">
-        <v>1396</v>
+        <v>1084</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E111" s="15">
         <v>10080062046</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>34</v>