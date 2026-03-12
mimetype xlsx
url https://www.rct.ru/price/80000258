--- v7 (2026-02-20)
+++ v8 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="243">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1507,51 +1507,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080057993</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.08828</v>
       </c>
       <c r="L9" s="15">
         <v>0.07650999999999999</v>
       </c>
       <c r="M9" s="15">
         <v>0.07356</v>
       </c>
       <c r="N9" s="15">
-        <v>4113</v>
+        <v>2437</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15">
         <v>10080037339</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1669,51 +1669,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>200</v>
       </c>
       <c r="K13" s="15">
         <v>0.08235000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.07137</v>
       </c>
       <c r="M13" s="15">
         <v>0.06863</v>
       </c>
       <c r="N13" s="15">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15">
         <v>10000023461</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>39</v>
@@ -1823,51 +1823,51 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.28965</v>
       </c>
       <c r="L17" s="15">
         <v>0.25103</v>
       </c>
       <c r="M17" s="15">
         <v>0.24138</v>
       </c>
       <c r="N17" s="15">
-        <v>251</v>
+        <v>284</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E18" s="15">
         <v>10080003271</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>39</v>
@@ -2139,51 +2139,51 @@
       <c r="D25" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E25" s="15">
         <v>10080052906</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.28908</v>
       </c>
       <c r="L25" s="15">
         <v>0.23704</v>
       </c>
       <c r="M25" s="15">
         <v>0.22741</v>
       </c>
       <c r="N25" s="15">
-        <v>844</v>
+        <v>621</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>66</v>
@@ -2564,51 +2564,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080049017</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.07092</v>
       </c>
       <c r="L36" s="15">
         <v>0.06146</v>
       </c>
       <c r="M36" s="15">
         <v>0.0591</v>
       </c>
       <c r="N36" s="15">
-        <v>280</v>
+        <v>340</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080029045</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>96</v>
@@ -2886,51 +2886,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.27291</v>
       </c>
       <c r="L44" s="15">
         <v>0.23652</v>
       </c>
       <c r="M44" s="15">
         <v>0.22743</v>
       </c>
       <c r="N44" s="15">
-        <v>256</v>
+        <v>207</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E45" s="15">
         <v>10080052830</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3165,51 +3165,51 @@
       </c>
       <c r="E51" s="15">
         <v>10080028161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.57318</v>
       </c>
       <c r="L51" s="15">
         <v>0.5493</v>
       </c>
       <c r="M51" s="15">
         <v>0.5493</v>
       </c>
       <c r="N51" s="15">
-        <v>325</v>
+        <v>307</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E52" s="15">
         <v>10080074732</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3483,51 +3483,51 @@
       </c>
       <c r="E59" s="15">
         <v>10000009925</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>50</v>
       </c>
       <c r="K59" s="15">
         <v>0.65</v>
       </c>
       <c r="L59" s="15">
         <v>0.65</v>
       </c>
       <c r="M59" s="15">
         <v>0.65</v>
       </c>
       <c r="N59" s="15">
-        <v>2389</v>
+        <v>1645</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E60" s="15">
         <v>10080027759</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
@@ -3640,93 +3640,93 @@
         <v>133</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>124</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>50</v>
       </c>
       <c r="K63" s="15">
         <v>0.68918</v>
       </c>
       <c r="L63" s="15">
         <v>0.59729</v>
       </c>
       <c r="M63" s="15">
         <v>0.57431</v>
       </c>
-      <c r="N63" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N63" s="15">
+        <v>5654</v>
+      </c>
+      <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E64" s="15">
         <v>10080050312</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>50</v>
       </c>
       <c r="K64" s="15">
         <v>1.19</v>
       </c>
       <c r="L64" s="15">
         <v>0.86278</v>
       </c>
       <c r="M64" s="15">
         <v>0.75287</v>
       </c>
       <c r="N64" s="15">
-        <v>1874</v>
+        <v>2017</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E65" s="15">
         <v>10080029110</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
@@ -3803,51 +3803,51 @@
       </c>
       <c r="E67" s="15">
         <v>10080002323</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>200</v>
       </c>
       <c r="K67" s="15">
         <v>0.19</v>
       </c>
       <c r="L67" s="15">
         <v>0.19</v>
       </c>
       <c r="M67" s="15">
         <v>0.19</v>
       </c>
       <c r="N67" s="15">
-        <v>8202</v>
+        <v>8492</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>96</v>
@@ -3922,51 +3922,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080059869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.13576</v>
       </c>
       <c r="L70" s="15">
         <v>0.13576</v>
       </c>
       <c r="M70" s="15">
         <v>0.13576</v>
       </c>
       <c r="N70" s="15">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E71" s="15">
         <v>10080067482</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>34</v>
@@ -4045,51 +4045,51 @@
         <v>154</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J73" s="15">
         <v>200</v>
       </c>
       <c r="K73" s="15">
         <v>0.21743</v>
       </c>
       <c r="L73" s="15">
         <v>0.18844</v>
       </c>
       <c r="M73" s="15">
         <v>0.18119</v>
       </c>
       <c r="N73" s="15">
-        <v>130</v>
+        <v>162</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>34</v>
@@ -4127,51 +4127,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>135</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>400</v>
       </c>
       <c r="K75" s="15">
         <v>0.49258</v>
       </c>
       <c r="L75" s="15">
         <v>0.3195</v>
       </c>
       <c r="M75" s="15">
         <v>0.29288</v>
       </c>
       <c r="N75" s="15">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E76" s="15">
         <v>10080060814</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I76" s="15"/>
@@ -4281,92 +4281,92 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>400</v>
       </c>
       <c r="K79" s="15">
         <v>0.34724</v>
       </c>
       <c r="L79" s="15">
         <v>0.25123</v>
       </c>
       <c r="M79" s="15">
         <v>0.21923</v>
       </c>
       <c r="N79" s="15">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>100</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>400</v>
       </c>
       <c r="K80" s="15">
         <v>0.36222</v>
       </c>
       <c r="L80" s="15">
         <v>0.26206</v>
       </c>
       <c r="M80" s="15">
         <v>0.22868</v>
       </c>
       <c r="N80" s="15">
-        <v>1890</v>
+        <v>2490</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E81" s="15">
         <v>10000019569</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
@@ -4404,51 +4404,51 @@
       </c>
       <c r="E82" s="15">
         <v>10080018968</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>400</v>
       </c>
       <c r="K82" s="15">
         <v>0.35404</v>
       </c>
       <c r="L82" s="15">
         <v>0.25615</v>
       </c>
       <c r="M82" s="15">
         <v>0.22352</v>
       </c>
       <c r="N82" s="15">
-        <v>2820</v>
+        <v>2149</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>96</v>
@@ -4523,51 +4523,51 @@
       </c>
       <c r="E85" s="15">
         <v>10080054458</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>400</v>
       </c>
       <c r="K85" s="15">
         <v>0.39049</v>
       </c>
       <c r="L85" s="15">
         <v>0.28252</v>
       </c>
       <c r="M85" s="15">
         <v>0.24654</v>
       </c>
       <c r="N85" s="15">
-        <v>729</v>
+        <v>630</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E86" s="15">
         <v>10000030272</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
@@ -4685,55 +4685,53 @@
       </c>
       <c r="E89" s="15">
         <v>10080059618</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>400</v>
       </c>
       <c r="K89" s="15">
         <v>0.22332</v>
       </c>
       <c r="L89" s="15">
         <v>0.19354</v>
       </c>
       <c r="M89" s="15">
         <v>0.1861</v>
       </c>
       <c r="N89" s="15">
-        <v>2086</v>
-[...3 lines deleted...]
-      </c>
+        <v>3969</v>
+      </c>
+      <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E90" s="15">
         <v>10080034929</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>160</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>97</v>
       </c>
       <c r="I90" s="15" t="s">
@@ -5334,54 +5332,54 @@
         <v>189</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>196</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.05681</v>
       </c>
       <c r="L105" s="15">
         <v>0.04923</v>
       </c>
       <c r="M105" s="15">
         <v>0.04734</v>
       </c>
-      <c r="N105" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N105" s="15">
+        <v>12400</v>
+      </c>
+      <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E106" s="15">
         <v>10080003427</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>197</v>
       </c>
       <c r="I106" s="15" t="s">
@@ -5538,51 +5536,51 @@
       </c>
       <c r="E110" s="15">
         <v>10080048704</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.15</v>
       </c>
       <c r="L110" s="15">
         <v>0.13</v>
       </c>
       <c r="M110" s="15">
         <v>0.11</v>
       </c>
       <c r="N110" s="15">
-        <v>1084</v>
+        <v>1193</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E111" s="15">
         <v>10080062046</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>34</v>