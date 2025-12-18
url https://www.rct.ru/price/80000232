--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1157,51 +1157,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>48</v>
       </c>
       <c r="K12" s="15">
         <v>0.13651</v>
       </c>
       <c r="L12" s="15">
         <v>0.13651</v>
       </c>
       <c r="M12" s="15">
         <v>0.13651</v>
       </c>
       <c r="N12" s="15">
-        <v>1404</v>
+        <v>1204</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>49</v>