--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1157,51 +1157,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>48</v>
       </c>
       <c r="K12" s="15">
         <v>0.13651</v>
       </c>
       <c r="L12" s="15">
         <v>0.13651</v>
       </c>
       <c r="M12" s="15">
         <v>0.13651</v>
       </c>
       <c r="N12" s="15">
-        <v>1204</v>
+        <v>1167</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>49</v>