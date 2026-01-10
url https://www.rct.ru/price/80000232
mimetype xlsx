--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1157,51 +1157,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>48</v>
       </c>
       <c r="K12" s="15">
         <v>0.13651</v>
       </c>
       <c r="L12" s="15">
         <v>0.13651</v>
       </c>
       <c r="M12" s="15">
         <v>0.13651</v>
       </c>
       <c r="N12" s="15">
-        <v>1167</v>
+        <v>1295</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>49</v>