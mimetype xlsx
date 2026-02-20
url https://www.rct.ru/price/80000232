--- v3 (2026-01-10)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1157,51 +1157,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>48</v>
       </c>
       <c r="K12" s="15">
         <v>0.13651</v>
       </c>
       <c r="L12" s="15">
         <v>0.13651</v>
       </c>
       <c r="M12" s="15">
         <v>0.13651</v>
       </c>
       <c r="N12" s="15">
-        <v>1295</v>
+        <v>1623</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>49</v>