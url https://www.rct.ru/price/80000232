--- v4 (2026-02-20)
+++ v5 (2026-03-15)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="88">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,54 +136,54 @@
   <si>
     <t>74LS06DR</t>
   </si>
   <si>
     <t>Микросхема 74LS06DR</t>
   </si>
   <si>
     <t>SO14-150</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>74LS145N (К555ИД10)</t>
   </si>
   <si>
     <t>Микросхема 74LS145N (К555ИД10)</t>
   </si>
   <si>
     <t>10-00048218</t>
   </si>
   <si>
     <t>DIP16</t>
   </si>
   <si>
+    <t>DM74LS157M</t>
+  </si>
+  <si>
     <t>74LS157M</t>
-  </si>
-[...1 lines deleted...]
-    <t>Микросхема 74LS157M</t>
   </si>
   <si>
     <t>10-00048215</t>
   </si>
   <si>
     <t>SO16-150</t>
   </si>
   <si>
     <t>FAIR</t>
   </si>
   <si>
     <t>74LS373N (к555ир22)</t>
   </si>
   <si>
     <t>Микросхема 74LS373N (к555ир22)</t>
   </si>
   <si>
     <t>10-00048204</t>
   </si>
   <si>
     <t>DIP20</t>
   </si>
   <si>
     <t>NS</t>
   </si>
@@ -1157,51 +1157,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>48</v>
       </c>
       <c r="K12" s="15">
         <v>0.13651</v>
       </c>
       <c r="L12" s="15">
         <v>0.13651</v>
       </c>
       <c r="M12" s="15">
         <v>0.13651</v>
       </c>
       <c r="N12" s="15">
-        <v>1623</v>
+        <v>1386</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>49</v>