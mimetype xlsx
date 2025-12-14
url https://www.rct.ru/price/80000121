--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1632,51 +1632,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.91</v>
       </c>
       <c r="L11" s="15">
         <v>0.91</v>
       </c>
       <c r="M11" s="15">
         <v>0.91</v>
       </c>
       <c r="N11" s="15">
-        <v>7787</v>
+        <v>5549</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
@@ -2249,51 +2249,51 @@
       <c r="D28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>100</v>
       </c>
       <c r="K28" s="15">
         <v>0.051</v>
       </c>
       <c r="L28" s="15">
         <v>0.051</v>
       </c>
       <c r="M28" s="15">
         <v>0.051</v>
       </c>
       <c r="N28" s="15">
-        <v>528</v>
+        <v>433</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2504,51 +2504,51 @@
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>70</v>
       </c>
       <c r="K35" s="15">
         <v>0.051</v>
       </c>
       <c r="L35" s="15">
         <v>0.051</v>
       </c>
       <c r="M35" s="15">
         <v>0.051</v>
       </c>
       <c r="N35" s="15">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2841,51 +2841,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N44" s="15">
-        <v>347</v>
+        <v>318</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3215,51 +3215,51 @@
         <v>172</v>
       </c>
       <c r="D54" s="15"/>
       <c r="E54" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.061</v>
       </c>
       <c r="L54" s="15">
         <v>0.061</v>
       </c>
       <c r="M54" s="15">
         <v>0.061</v>
       </c>
       <c r="N54" s="15">
-        <v>1433</v>
+        <v>1166</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10000000355</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3391,57 +3391,57 @@
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
-        <v>0.09057999999999999</v>
+        <v>0.025</v>
       </c>
       <c r="L59" s="15">
-        <v>0.08695</v>
+        <v>0.025</v>
       </c>
       <c r="M59" s="15">
-        <v>0.08333</v>
+        <v>0.025</v>
       </c>
       <c r="N59" s="15">
         <v>30</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
@@ -3961,51 +3961,51 @@
       <c r="D74" s="15"/>
       <c r="E74" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>234</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>190</v>
       </c>
       <c r="K74" s="15">
         <v>0.26</v>
       </c>
       <c r="L74" s="15">
         <v>0.26</v>
       </c>
       <c r="M74" s="15">
         <v>0.26</v>
       </c>
       <c r="N74" s="15">
-        <v>246</v>
+        <v>279</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
     </row>
   </sheetData>