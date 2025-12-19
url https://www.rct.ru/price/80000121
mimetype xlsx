--- v1 (2025-12-14)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1632,51 +1632,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.91</v>
       </c>
       <c r="L11" s="15">
         <v>0.91</v>
       </c>
       <c r="M11" s="15">
         <v>0.91</v>
       </c>
       <c r="N11" s="15">
-        <v>5549</v>
+        <v>5460</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
@@ -2249,51 +2249,51 @@
       <c r="D28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>100</v>
       </c>
       <c r="K28" s="15">
         <v>0.051</v>
       </c>
       <c r="L28" s="15">
         <v>0.051</v>
       </c>
       <c r="M28" s="15">
         <v>0.051</v>
       </c>
       <c r="N28" s="15">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2504,51 +2504,51 @@
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>70</v>
       </c>
       <c r="K35" s="15">
         <v>0.051</v>
       </c>
       <c r="L35" s="15">
         <v>0.051</v>
       </c>
       <c r="M35" s="15">
         <v>0.051</v>
       </c>
       <c r="N35" s="15">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2841,51 +2841,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N44" s="15">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3961,51 +3961,51 @@
       <c r="D74" s="15"/>
       <c r="E74" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>234</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>190</v>
       </c>
       <c r="K74" s="15">
         <v>0.26</v>
       </c>
       <c r="L74" s="15">
         <v>0.26</v>
       </c>
       <c r="M74" s="15">
         <v>0.26</v>
       </c>
       <c r="N74" s="15">
-        <v>279</v>
+        <v>235</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
     </row>
   </sheetData>