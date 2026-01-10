--- v2 (2025-12-19)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1632,51 +1632,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.91</v>
       </c>
       <c r="L11" s="15">
         <v>0.91</v>
       </c>
       <c r="M11" s="15">
         <v>0.91</v>
       </c>
       <c r="N11" s="15">
-        <v>5460</v>
+        <v>6623</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
@@ -2249,51 +2249,51 @@
       <c r="D28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>100</v>
       </c>
       <c r="K28" s="15">
         <v>0.051</v>
       </c>
       <c r="L28" s="15">
         <v>0.051</v>
       </c>
       <c r="M28" s="15">
         <v>0.051</v>
       </c>
       <c r="N28" s="15">
-        <v>440</v>
+        <v>605</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2504,51 +2504,51 @@
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>70</v>
       </c>
       <c r="K35" s="15">
         <v>0.051</v>
       </c>
       <c r="L35" s="15">
         <v>0.051</v>
       </c>
       <c r="M35" s="15">
         <v>0.051</v>
       </c>
       <c r="N35" s="15">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2841,51 +2841,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N44" s="15">
-        <v>306</v>
+        <v>373</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3215,51 +3215,51 @@
         <v>172</v>
       </c>
       <c r="D54" s="15"/>
       <c r="E54" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.061</v>
       </c>
       <c r="L54" s="15">
         <v>0.061</v>
       </c>
       <c r="M54" s="15">
         <v>0.061</v>
       </c>
       <c r="N54" s="15">
-        <v>1166</v>
+        <v>1452</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10000000355</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3961,51 +3961,51 @@
       <c r="D74" s="15"/>
       <c r="E74" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>234</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>190</v>
       </c>
       <c r="K74" s="15">
         <v>0.26</v>
       </c>
       <c r="L74" s="15">
         <v>0.26</v>
       </c>
       <c r="M74" s="15">
         <v>0.26</v>
       </c>
       <c r="N74" s="15">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
     </row>
   </sheetData>