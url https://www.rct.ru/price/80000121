--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -710,50 +710,53 @@
     <t>кр588вг2</t>
   </si>
   <si>
     <t>Микросхема кр588вг2</t>
   </si>
   <si>
     <t>10-00000545</t>
   </si>
   <si>
     <t>кр588вс2б</t>
   </si>
   <si>
     <t>Микросхема кр588вс2б</t>
   </si>
   <si>
     <t>10-00000546</t>
   </si>
   <si>
     <t>КФ1158ЕН5В</t>
   </si>
   <si>
     <t>Микросхема КФ1158ЕН5В</t>
   </si>
   <si>
     <t>TO-263-5 D2PAK</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LM2937L-5.0V-TQ2-R UTC, </t>
   </si>
   <si>
     <t xml:space="preserve">ЭКР1087ЕУ1 (аналог КР1033ЕУ5)ТРАНЗИСТОР минск </t>
   </si>
   <si>
     <t>10-00000603</t>
   </si>
   <si>
     <t>DIP8-150</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
@@ -1632,51 +1635,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.91</v>
       </c>
       <c r="L11" s="15">
         <v>0.91</v>
       </c>
       <c r="M11" s="15">
         <v>0.91</v>
       </c>
       <c r="N11" s="15">
-        <v>6623</v>
+        <v>6981</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
@@ -2249,51 +2252,51 @@
       <c r="D28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>100</v>
       </c>
       <c r="K28" s="15">
         <v>0.051</v>
       </c>
       <c r="L28" s="15">
         <v>0.051</v>
       </c>
       <c r="M28" s="15">
         <v>0.051</v>
       </c>
       <c r="N28" s="15">
-        <v>605</v>
+        <v>509</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2504,51 +2507,51 @@
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>70</v>
       </c>
       <c r="K35" s="15">
         <v>0.051</v>
       </c>
       <c r="L35" s="15">
         <v>0.051</v>
       </c>
       <c r="M35" s="15">
         <v>0.051</v>
       </c>
       <c r="N35" s="15">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2841,51 +2844,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N44" s="15">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3215,51 +3218,51 @@
         <v>172</v>
       </c>
       <c r="D54" s="15"/>
       <c r="E54" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.061</v>
       </c>
       <c r="L54" s="15">
         <v>0.061</v>
       </c>
       <c r="M54" s="15">
         <v>0.061</v>
       </c>
       <c r="N54" s="15">
-        <v>1452</v>
+        <v>1605</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10000000355</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3912,100 +3915,102 @@
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E73" s="15">
         <v>10080000139</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>231</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I73" s="15"/>
+      <c r="I73" s="15" t="s">
+        <v>232</v>
+      </c>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.93113</v>
       </c>
       <c r="L73" s="15">
         <v>0.7449</v>
       </c>
       <c r="M73" s="15">
         <v>0.6750699999999999</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D74" s="15"/>
       <c r="E74" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>190</v>
       </c>
       <c r="K74" s="15">
         <v>0.26</v>
       </c>
       <c r="L74" s="15">
         <v>0.26</v>
       </c>
       <c r="M74" s="15">
         <v>0.26</v>
       </c>
       <c r="N74" s="15">
-        <v>242</v>
+        <v>265</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
     </row>
   </sheetData>
@@ -4048,317 +4053,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>