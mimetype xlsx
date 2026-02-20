--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1635,51 +1635,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.91</v>
       </c>
       <c r="L11" s="15">
         <v>0.91</v>
       </c>
       <c r="M11" s="15">
         <v>0.91</v>
       </c>
       <c r="N11" s="15">
-        <v>6981</v>
+        <v>6802</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
@@ -2507,51 +2507,51 @@
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>70</v>
       </c>
       <c r="K35" s="15">
         <v>0.051</v>
       </c>
       <c r="L35" s="15">
         <v>0.051</v>
       </c>
       <c r="M35" s="15">
         <v>0.051</v>
       </c>
       <c r="N35" s="15">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2844,51 +2844,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N44" s="15">
-        <v>377</v>
+        <v>335</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3218,51 +3218,51 @@
         <v>172</v>
       </c>
       <c r="D54" s="15"/>
       <c r="E54" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.061</v>
       </c>
       <c r="L54" s="15">
         <v>0.061</v>
       </c>
       <c r="M54" s="15">
         <v>0.061</v>
       </c>
       <c r="N54" s="15">
-        <v>1605</v>
+        <v>1337</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10000000355</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3966,51 +3966,51 @@
       <c r="D74" s="15"/>
       <c r="E74" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>235</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>190</v>
       </c>
       <c r="K74" s="15">
         <v>0.26</v>
       </c>
       <c r="L74" s="15">
         <v>0.26</v>
       </c>
       <c r="M74" s="15">
         <v>0.26</v>
       </c>
       <c r="N74" s="15">
-        <v>265</v>
+        <v>276</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
     </row>
   </sheetData>