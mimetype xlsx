--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1635,51 +1635,51 @@
         <v>34</v>
       </c>
       <c r="D11" s="15"/>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.91</v>
       </c>
       <c r="L11" s="15">
         <v>0.91</v>
       </c>
       <c r="M11" s="15">
         <v>0.91</v>
       </c>
       <c r="N11" s="15">
-        <v>6802</v>
+        <v>7518</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
@@ -2252,51 +2252,51 @@
       <c r="D28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>100</v>
       </c>
       <c r="K28" s="15">
         <v>0.051</v>
       </c>
       <c r="L28" s="15">
         <v>0.051</v>
       </c>
       <c r="M28" s="15">
         <v>0.051</v>
       </c>
       <c r="N28" s="15">
-        <v>509</v>
+        <v>578</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>42</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2507,51 +2507,51 @@
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>70</v>
       </c>
       <c r="K35" s="15">
         <v>0.051</v>
       </c>
       <c r="L35" s="15">
         <v>0.051</v>
       </c>
       <c r="M35" s="15">
         <v>0.051</v>
       </c>
       <c r="N35" s="15">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>96</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2844,51 +2844,51 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>141</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1</v>
       </c>
       <c r="K44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N44" s="15">
-        <v>335</v>
+        <v>285</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>145</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
@@ -3218,51 +3218,51 @@
         <v>172</v>
       </c>
       <c r="D54" s="15"/>
       <c r="E54" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.061</v>
       </c>
       <c r="L54" s="15">
         <v>0.061</v>
       </c>
       <c r="M54" s="15">
         <v>0.061</v>
       </c>
       <c r="N54" s="15">
-        <v>1337</v>
+        <v>1509</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10000000355</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3966,51 +3966,51 @@
       <c r="D74" s="15"/>
       <c r="E74" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>235</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>190</v>
       </c>
       <c r="K74" s="15">
         <v>0.26</v>
       </c>
       <c r="L74" s="15">
         <v>0.26</v>
       </c>
       <c r="M74" s="15">
         <v>0.26</v>
       </c>
       <c r="N74" s="15">
-        <v>276</v>
+        <v>261</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
     </row>
   </sheetData>