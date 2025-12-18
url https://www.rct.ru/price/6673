--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1921,57 +1921,57 @@
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>84</v>
       </c>
       <c r="K19" s="15">
-        <v>173.42</v>
+        <v>105.32</v>
       </c>
       <c r="L19" s="15">
-        <v>144.52</v>
+        <v>105.32</v>
       </c>
       <c r="M19" s="15">
-        <v>138.74</v>
+        <v>105.32</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E20" s="15">
         <v>10000022913</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -2449,51 +2449,53 @@
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E33" s="15">
         <v>10080064420</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>73</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15"/>
-      <c r="J33" s="15"/>
+      <c r="J33" s="15">
+        <v>60</v>
+      </c>
       <c r="K33" s="15">
         <v>19.79</v>
       </c>
       <c r="L33" s="15">
         <v>16.49</v>
       </c>
       <c r="M33" s="15">
         <v>15.83</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>107</v>
       </c>
@@ -2798,57 +2800,57 @@
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>60</v>
       </c>
       <c r="K42" s="15">
-        <v>481.74</v>
+        <v>279.27</v>
       </c>
       <c r="L42" s="15">
-        <v>401.45</v>
+        <v>279.27</v>
       </c>
       <c r="M42" s="15">
-        <v>385.39</v>
+        <v>279.27</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E43" s="15">
         <v>10080060934</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>135</v>
       </c>
       <c r="H43" s="15" t="s">