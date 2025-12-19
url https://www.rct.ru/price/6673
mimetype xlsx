--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>