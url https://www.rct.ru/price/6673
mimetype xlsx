--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>