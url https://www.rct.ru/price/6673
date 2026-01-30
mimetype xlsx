--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>