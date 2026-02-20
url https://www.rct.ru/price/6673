--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>