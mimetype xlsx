--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>