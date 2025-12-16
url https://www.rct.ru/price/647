--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1033,51 +1033,51 @@
   <si>
     <t>HGSEMI</t>
   </si>
   <si>
     <t>HG24C08M/TR</t>
   </si>
   <si>
     <t>Микросхема HG24C08M/TR</t>
   </si>
   <si>
     <t>UT-00099507</t>
   </si>
   <si>
     <t xml:space="preserve">ZD24C08A-SSGMB Zetta, ZD24C08A-SSGMT Zetta, </t>
   </si>
   <si>
     <t>M24128-BRMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24128-BRMN6TP</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
-    <t>13.01.2026</t>
+    <t>06.01.2026</t>
   </si>
   <si>
     <t>M24128-BWMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24128-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00129693</t>
   </si>
   <si>
     <t>M24256-BWMN6TP</t>
   </si>
   <si>
     <t>EEPROM 256K (32Kx8) / M24256-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00106770</t>
   </si>
   <si>
     <t>M24512-RMN6TP</t>
   </si>
   <si>
     <t>M24512-WDW6TP</t>
   </si>
@@ -2226,51 +2226,51 @@
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10000021833</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3300</v>
       </c>
       <c r="K15" s="15">
         <v>0.836</v>
       </c>
       <c r="L15" s="15">
         <v>0.645</v>
       </c>
       <c r="M15" s="15">
         <v>0.585</v>
       </c>
       <c r="N15" s="15">
-        <v>469</v>
+        <v>625</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
@@ -2714,57 +2714,57 @@
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>100</v>
       </c>
       <c r="K28" s="15">
-        <v>1.22</v>
+        <v>0.70694</v>
       </c>
       <c r="L28" s="15">
-        <v>1.02</v>
+        <v>0.70694</v>
       </c>
       <c r="M28" s="15">
-        <v>0.97557</v>
+        <v>0.70694</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15">
         <v>10080034386</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
@@ -3098,57 +3098,57 @@
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E38" s="15">
         <v>10000021143</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>3300</v>
       </c>
       <c r="K38" s="15">
-        <v>0.66113</v>
+        <v>0.44357</v>
       </c>
       <c r="L38" s="15">
-        <v>0.5545</v>
+        <v>0.38442</v>
       </c>
       <c r="M38" s="15">
-        <v>0.53317</v>
+        <v>0.36964</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>69</v>
       </c>
       <c r="H39" s="15" t="s">
@@ -3565,51 +3565,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09451</v>
       </c>
       <c r="L50" s="15">
         <v>0.09451</v>
       </c>
       <c r="M50" s="15">
         <v>0.09451</v>
       </c>
       <c r="N50" s="15">
-        <v>782</v>
+        <v>726</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080036536</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>150</v>
@@ -3645,51 +3645,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.17887</v>
       </c>
       <c r="L52" s="15">
         <v>0.15002</v>
       </c>
       <c r="M52" s="15">
         <v>0.14425</v>
       </c>
       <c r="N52" s="15">
-        <v>995</v>
+        <v>1023</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>150</v>
@@ -3840,51 +3840,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.2086</v>
       </c>
       <c r="L57" s="15">
         <v>0.1391</v>
       </c>
       <c r="M57" s="15">
         <v>0.1265</v>
       </c>
       <c r="N57" s="15">
-        <v>157</v>
+        <v>195</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>150</v>
@@ -4195,51 +4195,51 @@
         <v>10080061314</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.27345</v>
       </c>
       <c r="L66" s="15">
         <v>0.22935</v>
       </c>
       <c r="M66" s="15">
         <v>0.22053</v>
       </c>
       <c r="N66" s="15">
-        <v>3338</v>
+        <v>3233</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="15">
         <v>10080004300</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>150</v>
@@ -4714,51 +4714,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.19142</v>
       </c>
       <c r="L79" s="15">
         <v>0.19142</v>
       </c>
       <c r="M79" s="15">
         <v>0.19142</v>
       </c>
       <c r="N79" s="15">
-        <v>1351</v>
+        <v>1558</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15">
         <v>10080044759</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I80" s="15"/>
@@ -4906,51 +4906,53 @@
         <v>240</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>242</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.6441</v>
       </c>
       <c r="L84" s="15">
         <v>0.6441</v>
       </c>
       <c r="M84" s="15">
         <v>0.6441</v>
       </c>
-      <c r="N84" s="15"/>
+      <c r="N84" s="15">
+        <v>5</v>
+      </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>244</v>
       </c>
       <c r="E85" s="15">
         <v>10080035235</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>245</v>
       </c>