--- v1 (2025-12-16)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1033,51 +1033,51 @@
   <si>
     <t>HGSEMI</t>
   </si>
   <si>
     <t>HG24C08M/TR</t>
   </si>
   <si>
     <t>Микросхема HG24C08M/TR</t>
   </si>
   <si>
     <t>UT-00099507</t>
   </si>
   <si>
     <t xml:space="preserve">ZD24C08A-SSGMB Zetta, ZD24C08A-SSGMT Zetta, </t>
   </si>
   <si>
     <t>M24128-BRMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24128-BRMN6TP</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
-    <t>06.01.2026</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>M24128-BWMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24128-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00129693</t>
   </si>
   <si>
     <t>M24256-BWMN6TP</t>
   </si>
   <si>
     <t>EEPROM 256K (32Kx8) / M24256-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00106770</t>
   </si>
   <si>
     <t>M24512-RMN6TP</t>
   </si>
   <si>
     <t>M24512-WDW6TP</t>
   </si>
@@ -2226,51 +2226,51 @@
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10000021833</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3300</v>
       </c>
       <c r="K15" s="15">
         <v>0.836</v>
       </c>
       <c r="L15" s="15">
         <v>0.645</v>
       </c>
       <c r="M15" s="15">
         <v>0.585</v>
       </c>
       <c r="N15" s="15">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
@@ -3565,51 +3565,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09451</v>
       </c>
       <c r="L50" s="15">
         <v>0.09451</v>
       </c>
       <c r="M50" s="15">
         <v>0.09451</v>
       </c>
       <c r="N50" s="15">
-        <v>726</v>
+        <v>998</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080036536</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>150</v>
@@ -3645,51 +3645,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.17887</v>
       </c>
       <c r="L52" s="15">
         <v>0.15002</v>
       </c>
       <c r="M52" s="15">
         <v>0.14425</v>
       </c>
       <c r="N52" s="15">
-        <v>1023</v>
+        <v>1009</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>150</v>
@@ -3840,51 +3840,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.2086</v>
       </c>
       <c r="L57" s="15">
         <v>0.1391</v>
       </c>
       <c r="M57" s="15">
         <v>0.1265</v>
       </c>
       <c r="N57" s="15">
-        <v>195</v>
+        <v>137</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>150</v>
@@ -4195,51 +4195,51 @@
         <v>10080061314</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.27345</v>
       </c>
       <c r="L66" s="15">
         <v>0.22935</v>
       </c>
       <c r="M66" s="15">
         <v>0.22053</v>
       </c>
       <c r="N66" s="15">
-        <v>3233</v>
+        <v>3012</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="15">
         <v>10080004300</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>150</v>
@@ -4714,51 +4714,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.19142</v>
       </c>
       <c r="L79" s="15">
         <v>0.19142</v>
       </c>
       <c r="M79" s="15">
         <v>0.19142</v>
       </c>
       <c r="N79" s="15">
-        <v>1558</v>
+        <v>1309</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15">
         <v>10080044759</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I80" s="15"/>
@@ -4906,53 +4906,51 @@
         <v>240</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>242</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.6441</v>
       </c>
       <c r="L84" s="15">
         <v>0.6441</v>
       </c>
       <c r="M84" s="15">
         <v>0.6441</v>
       </c>
-      <c r="N84" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>244</v>
       </c>
       <c r="E85" s="15">
         <v>10080035235</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>245</v>
       </c>