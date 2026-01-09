--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -745,50 +745,53 @@
   <si>
     <t>SOIC-8</t>
   </si>
   <si>
     <t>AT24MAC402-SSHM-T</t>
   </si>
   <si>
     <t>Микросхема AT24MAC402-SSHM-T</t>
   </si>
   <si>
     <t>UT-00107230</t>
   </si>
   <si>
     <t>AT24MAC602-MAHM-T</t>
   </si>
   <si>
     <t>Микросхема AT24MAC602-MAHM-T</t>
   </si>
   <si>
     <t>UT-00107386</t>
   </si>
   <si>
     <t>uDFN8</t>
   </si>
   <si>
+    <t>03.02.2026</t>
+  </si>
+  <si>
     <t>AT25DF321A-SH-T</t>
   </si>
   <si>
     <t>Корпус SOIC-8-3.9 / AT25DF321A-SH-T</t>
   </si>
   <si>
     <t>ADESTO</t>
   </si>
   <si>
     <t>AT93C46-10SU-2.7</t>
   </si>
   <si>
     <t>Микросхема AT93C46-10SU-2.7</t>
   </si>
   <si>
     <t>BL24C128A-PARC</t>
   </si>
   <si>
     <t>Микросхема BL24C128A-PARC</t>
   </si>
   <si>
     <t>UT-00098597</t>
   </si>
   <si>
     <t>SOP8-150</t>
@@ -1031,53 +1034,50 @@
     <t>UT-00149454</t>
   </si>
   <si>
     <t>HGSEMI</t>
   </si>
   <si>
     <t>HG24C08M/TR</t>
   </si>
   <si>
     <t>Микросхема HG24C08M/TR</t>
   </si>
   <si>
     <t>UT-00099507</t>
   </si>
   <si>
     <t xml:space="preserve">ZD24C08A-SSGMB Zetta, ZD24C08A-SSGMT Zetta, </t>
   </si>
   <si>
     <t>M24128-BRMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24128-BRMN6TP</t>
   </si>
   <si>
     <t>ST</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.01.2026</t>
   </si>
   <si>
     <t>M24128-BWMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24128-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00129693</t>
   </si>
   <si>
     <t>M24256-BWMN6TP</t>
   </si>
   <si>
     <t>EEPROM 256K (32Kx8) / M24256-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00106770</t>
   </si>
   <si>
     <t>M24512-RMN6TP</t>
   </si>
   <si>
     <t>M24512-WDW6TP</t>
   </si>
@@ -2226,51 +2226,51 @@
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10000021833</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3300</v>
       </c>
       <c r="K15" s="15">
         <v>0.836</v>
       </c>
       <c r="L15" s="15">
         <v>0.645</v>
       </c>
       <c r="M15" s="15">
         <v>0.585</v>
       </c>
       <c r="N15" s="15">
-        <v>640</v>
+        <v>544</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
@@ -3565,51 +3565,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09451</v>
       </c>
       <c r="L50" s="15">
         <v>0.09451</v>
       </c>
       <c r="M50" s="15">
         <v>0.09451</v>
       </c>
       <c r="N50" s="15">
-        <v>998</v>
+        <v>714</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080036536</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>150</v>
@@ -3645,51 +3645,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.17887</v>
       </c>
       <c r="L52" s="15">
         <v>0.15002</v>
       </c>
       <c r="M52" s="15">
         <v>0.14425</v>
       </c>
       <c r="N52" s="15">
-        <v>1009</v>
+        <v>1077</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>150</v>
@@ -3840,51 +3840,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.2086</v>
       </c>
       <c r="L57" s="15">
         <v>0.1391</v>
       </c>
       <c r="M57" s="15">
         <v>0.1265</v>
       </c>
       <c r="N57" s="15">
-        <v>137</v>
+        <v>175</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>150</v>
@@ -4195,51 +4195,51 @@
         <v>10080061314</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.27345</v>
       </c>
       <c r="L66" s="15">
         <v>0.22935</v>
       </c>
       <c r="M66" s="15">
         <v>0.22053</v>
       </c>
       <c r="N66" s="15">
-        <v>3012</v>
+        <v>2871</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="15">
         <v>10080004300</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>150</v>
@@ -4714,51 +4714,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.19142</v>
       </c>
       <c r="L79" s="15">
         <v>0.19142</v>
       </c>
       <c r="M79" s="15">
         <v>0.19142</v>
       </c>
       <c r="N79" s="15">
-        <v>1309</v>
+        <v>1296</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15">
         <v>10080044759</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I80" s="15"/>
@@ -4908,1479 +4908,1479 @@
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>242</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.6441</v>
       </c>
       <c r="L84" s="15">
         <v>0.6441</v>
       </c>
       <c r="M84" s="15">
         <v>0.6441</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
-      <c r="P84" s="15"/>
+      <c r="P84" s="15" t="s">
+        <v>243</v>
+      </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E85" s="15">
         <v>10080035235</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>2000</v>
       </c>
       <c r="K85" s="15">
         <v>1.83</v>
       </c>
       <c r="L85" s="15">
         <v>1.54</v>
       </c>
       <c r="M85" s="15">
         <v>1.48</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080017746</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>1.2</v>
       </c>
       <c r="L86" s="15">
         <v>0.98002</v>
       </c>
       <c r="M86" s="15">
         <v>0.94018</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E87" s="15">
         <v>10000004892</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.30791</v>
       </c>
       <c r="L87" s="15">
         <v>0.19706</v>
       </c>
       <c r="M87" s="15">
         <v>0.16011</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H88" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J88" s="15">
         <v>2500</v>
       </c>
       <c r="K88" s="15">
         <v>0.1011</v>
       </c>
       <c r="L88" s="15">
         <v>0.1011</v>
       </c>
       <c r="M88" s="15">
         <v>0.1011</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J89" s="15">
         <v>2500</v>
       </c>
       <c r="K89" s="15">
         <v>0.19125</v>
       </c>
       <c r="L89" s="15">
         <v>0.16041</v>
       </c>
       <c r="M89" s="15">
         <v>0.15424</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J90" s="15">
         <v>2500</v>
       </c>
       <c r="K90" s="15">
         <v>0.21009</v>
       </c>
       <c r="L90" s="15">
         <v>0.21009</v>
       </c>
       <c r="M90" s="15">
         <v>0.21009</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>1.33</v>
       </c>
       <c r="L91" s="15">
         <v>1.12</v>
       </c>
       <c r="M91" s="15">
         <v>1.08</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D92" s="15"/>
       <c r="E92" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>3000</v>
       </c>
       <c r="K92" s="15">
         <v>0.61598</v>
       </c>
       <c r="L92" s="15">
         <v>0.51662</v>
       </c>
       <c r="M92" s="15">
         <v>0.49676</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>3000</v>
       </c>
       <c r="K93" s="15">
         <v>0.50453</v>
       </c>
       <c r="L93" s="15">
         <v>0.42315</v>
       </c>
       <c r="M93" s="15">
         <v>0.40688</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H94" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.66333</v>
       </c>
       <c r="L94" s="15">
         <v>0.66333</v>
       </c>
       <c r="M94" s="15">
         <v>0.66333</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H95" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>2500</v>
       </c>
       <c r="K95" s="15">
         <v>2.75</v>
       </c>
       <c r="L95" s="15">
         <v>2.3</v>
       </c>
       <c r="M95" s="15">
         <v>2.21</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J96" s="15">
         <v>4000</v>
       </c>
       <c r="K96" s="15">
         <v>1.71</v>
       </c>
       <c r="L96" s="15">
         <v>1.43</v>
       </c>
       <c r="M96" s="15">
         <v>1.38</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J97" s="15">
         <v>4000</v>
       </c>
       <c r="K97" s="15">
         <v>0.23175</v>
       </c>
       <c r="L97" s="15">
         <v>0.19436</v>
       </c>
       <c r="M97" s="15">
         <v>0.18689</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="J98" s="15">
         <v>4000</v>
       </c>
       <c r="K98" s="15">
         <v>0.34774</v>
       </c>
       <c r="L98" s="15">
         <v>0.29166</v>
       </c>
       <c r="M98" s="15">
         <v>0.28042</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J99" s="15">
         <v>4000</v>
       </c>
       <c r="K99" s="15">
         <v>1.03</v>
       </c>
       <c r="L99" s="15">
         <v>0.86121</v>
       </c>
       <c r="M99" s="15">
         <v>0.82809</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E100" s="15">
         <v>10080058849</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>2500</v>
       </c>
       <c r="K100" s="15">
         <v>0.9626400000000001</v>
       </c>
       <c r="L100" s="15">
         <v>0.83429</v>
       </c>
       <c r="M100" s="15">
         <v>0.8022</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2500</v>
       </c>
       <c r="K101" s="15">
         <v>0.8486</v>
       </c>
       <c r="L101" s="15">
         <v>0.73545</v>
       </c>
       <c r="M101" s="15">
         <v>0.70716</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E102" s="15">
         <v>10080064007</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>235</v>
       </c>
       <c r="H102" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>100</v>
       </c>
       <c r="K102" s="15">
         <v>1.2</v>
       </c>
       <c r="L102" s="15">
         <v>0.99769</v>
       </c>
       <c r="M102" s="15">
         <v>0.95779</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E103" s="15">
         <v>10080053495</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>1.19</v>
       </c>
       <c r="L103" s="15">
         <v>1.03</v>
       </c>
       <c r="M103" s="15">
         <v>0.9878</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>3.71</v>
       </c>
       <c r="L104" s="15">
         <v>3.71</v>
       </c>
       <c r="M104" s="15">
         <v>3.71</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E105" s="15">
         <v>10080012557</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>3.45</v>
       </c>
       <c r="L105" s="15">
         <v>3.2</v>
       </c>
       <c r="M105" s="15">
         <v>3.02</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E106" s="15">
         <v>10080031538</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>16.61</v>
       </c>
       <c r="L106" s="15">
         <v>13.84</v>
       </c>
       <c r="M106" s="15">
         <v>13.29</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E107" s="15">
         <v>10080036859</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>4.61</v>
       </c>
       <c r="L107" s="15">
         <v>4.61</v>
       </c>
       <c r="M107" s="15">
         <v>4.61</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="L108" s="15">
         <v>7.27</v>
       </c>
       <c r="M108" s="15">
         <v>6.99</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>6.86</v>
       </c>
       <c r="L109" s="15">
         <v>5.75</v>
       </c>
       <c r="M109" s="15">
         <v>5.53</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E110" s="15">
         <v>10000022804</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>4.68</v>
       </c>
       <c r="L110" s="15">
         <v>4.31</v>
       </c>
       <c r="M110" s="15">
         <v>4.13</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E111" s="15">
         <v>10080041177</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>8.18</v>
       </c>
       <c r="L111" s="15">
         <v>6.71</v>
       </c>
       <c r="M111" s="15">
         <v>6.43</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H112" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>2500</v>
       </c>
       <c r="K112" s="15">
         <v>0.07285</v>
       </c>
       <c r="L112" s="15">
         <v>0.0611</v>
       </c>
       <c r="M112" s="15">
         <v>0.05875</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2500</v>
       </c>
       <c r="K113" s="15">
         <v>0.07166</v>
       </c>
       <c r="L113" s="15">
         <v>0.0601</v>
       </c>
       <c r="M113" s="15">
         <v>0.05779</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J114" s="15">
         <v>2500</v>
       </c>
       <c r="K114" s="15">
         <v>0.14538</v>
       </c>
       <c r="L114" s="15">
         <v>0.12192</v>
       </c>
       <c r="M114" s="15">
         <v>0.11724</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E115" s="15">
         <v>10080028257</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2500</v>
       </c>
       <c r="K115" s="15">
         <v>0.26111</v>
       </c>
       <c r="L115" s="15">
         <v>0.21412</v>
       </c>
       <c r="M115" s="15">
         <v>0.20541</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
-      <c r="P115" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H116" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.23808</v>
       </c>
       <c r="L116" s="15">
         <v>0.19969</v>
       </c>
       <c r="M116" s="15">
         <v>0.192</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>1.29</v>
       </c>
       <c r="L117" s="15">
         <v>1.29</v>
       </c>
       <c r="M117" s="15">
         <v>1.29</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D118" s="15"/>
       <c r="E118" s="15">
         <v>10000022749</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.27869</v>
       </c>
       <c r="L118" s="15">
         <v>0.23374</v>
       </c>
       <c r="M118" s="15">
         <v>0.22475</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E119" s="15">
         <v>10080060897</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>349</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2500</v>
       </c>
       <c r="K119" s="15">
         <v>0.7721</v>
       </c>
       <c r="L119" s="15">
         <v>0.64757</v>
       </c>
       <c r="M119" s="15">
         <v>0.62266</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>353</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>5000</v>
       </c>
       <c r="K120" s="15">
         <v>0.37073</v>
       </c>
       <c r="L120" s="15">
         <v>0.30894</v>
       </c>
       <c r="M120" s="15">
         <v>0.29659</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>356</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2500</v>
       </c>
       <c r="K121" s="15">
         <v>3.53</v>
       </c>
       <c r="L121" s="15">
         <v>2.96</v>
       </c>
       <c r="M121" s="15">
         <v>2.84</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">