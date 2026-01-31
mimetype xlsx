--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="406">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -745,53 +745,50 @@
   <si>
     <t>SOIC-8</t>
   </si>
   <si>
     <t>AT24MAC402-SSHM-T</t>
   </si>
   <si>
     <t>Микросхема AT24MAC402-SSHM-T</t>
   </si>
   <si>
     <t>UT-00107230</t>
   </si>
   <si>
     <t>AT24MAC602-MAHM-T</t>
   </si>
   <si>
     <t>Микросхема AT24MAC602-MAHM-T</t>
   </si>
   <si>
     <t>UT-00107386</t>
   </si>
   <si>
     <t>uDFN8</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>AT25DF321A-SH-T</t>
   </si>
   <si>
     <t>Корпус SOIC-8-3.9 / AT25DF321A-SH-T</t>
   </si>
   <si>
     <t>ADESTO</t>
   </si>
   <si>
     <t>AT93C46-10SU-2.7</t>
   </si>
   <si>
     <t>Микросхема AT93C46-10SU-2.7</t>
   </si>
   <si>
     <t>BL24C128A-PARC</t>
   </si>
   <si>
     <t>Микросхема BL24C128A-PARC</t>
   </si>
   <si>
     <t>UT-00098597</t>
   </si>
   <si>
     <t>SOP8-150</t>
@@ -1064,50 +1061,59 @@
     <t>Микросхема M24128-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00129693</t>
   </si>
   <si>
     <t>M24256-BWMN6TP</t>
   </si>
   <si>
     <t>EEPROM 256K (32Kx8) / M24256-BWMN6TP</t>
   </si>
   <si>
     <t>UT-00106770</t>
   </si>
   <si>
     <t>M24512-RMN6TP</t>
   </si>
   <si>
     <t>M24512-WDW6TP</t>
   </si>
   <si>
     <t>Микросхема M24512-WDW6TP</t>
   </si>
   <si>
     <t>TSSOP8</t>
+  </si>
+  <si>
+    <t>M24C02-WMN6TP</t>
+  </si>
+  <si>
+    <t>Микросхема M24C02-WMN6TP</t>
+  </si>
+  <si>
+    <t>UT-00140823</t>
   </si>
   <si>
     <t>M24C32-FMC6TG</t>
   </si>
   <si>
     <t>EEPROM 32KBIT I2C / M24C32-FMC6TG</t>
   </si>
   <si>
     <t>UT-00090471</t>
   </si>
   <si>
     <t>DFN-8</t>
   </si>
   <si>
     <t>M24M01-DFMN6TP</t>
   </si>
   <si>
     <t>Микросхема M24M01-DFMN6TP</t>
   </si>
   <si>
     <t>UT-00096409</t>
   </si>
   <si>
     <t>M25P16-VMN6P</t>
   </si>
@@ -1740,51 +1746,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R129"/>
+  <dimension ref="A1:R130"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2226,51 +2232,51 @@
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10000021833</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3300</v>
       </c>
       <c r="K15" s="15">
         <v>0.836</v>
       </c>
       <c r="L15" s="15">
         <v>0.645</v>
       </c>
       <c r="M15" s="15">
         <v>0.585</v>
       </c>
       <c r="N15" s="15">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
@@ -3565,51 +3571,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09451</v>
       </c>
       <c r="L50" s="15">
         <v>0.09451</v>
       </c>
       <c r="M50" s="15">
         <v>0.09451</v>
       </c>
       <c r="N50" s="15">
-        <v>714</v>
+        <v>975</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080036536</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>150</v>
@@ -3645,51 +3651,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.17887</v>
       </c>
       <c r="L52" s="15">
         <v>0.15002</v>
       </c>
       <c r="M52" s="15">
         <v>0.14425</v>
       </c>
       <c r="N52" s="15">
-        <v>1077</v>
+        <v>1159</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>150</v>
@@ -3840,51 +3846,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.2086</v>
       </c>
       <c r="L57" s="15">
         <v>0.1391</v>
       </c>
       <c r="M57" s="15">
         <v>0.1265</v>
       </c>
       <c r="N57" s="15">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>150</v>
@@ -4195,51 +4201,51 @@
         <v>10080061314</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.27345</v>
       </c>
       <c r="L66" s="15">
         <v>0.22935</v>
       </c>
       <c r="M66" s="15">
         <v>0.22053</v>
       </c>
       <c r="N66" s="15">
-        <v>2871</v>
+        <v>3089</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="15">
         <v>10080004300</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>150</v>
@@ -4714,51 +4720,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.19142</v>
       </c>
       <c r="L79" s="15">
         <v>0.19142</v>
       </c>
       <c r="M79" s="15">
         <v>0.19142</v>
       </c>
       <c r="N79" s="15">
-        <v>1296</v>
+        <v>1446</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15">
         <v>10080044759</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I80" s="15"/>
@@ -4898,1795 +4904,1832 @@
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>242</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.6441</v>
+        <v>0.83471</v>
       </c>
       <c r="L84" s="15">
-        <v>0.6441</v>
+        <v>0.72341</v>
       </c>
       <c r="M84" s="15">
-        <v>0.6441</v>
+        <v>0.69559</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
-      <c r="P84" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E85" s="15">
         <v>10080035235</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>2000</v>
       </c>
       <c r="K85" s="15">
         <v>1.83</v>
       </c>
       <c r="L85" s="15">
         <v>1.54</v>
       </c>
       <c r="M85" s="15">
         <v>1.48</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080017746</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>1.2</v>
       </c>
       <c r="L86" s="15">
         <v>0.98002</v>
       </c>
       <c r="M86" s="15">
         <v>0.94018</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E87" s="15">
         <v>10000004892</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.30791</v>
       </c>
       <c r="L87" s="15">
         <v>0.19706</v>
       </c>
       <c r="M87" s="15">
         <v>0.16011</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="H88" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="H88" s="15" t="s">
+      <c r="I88" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="J88" s="15">
         <v>2500</v>
       </c>
       <c r="K88" s="15">
         <v>0.1011</v>
       </c>
       <c r="L88" s="15">
         <v>0.1011</v>
       </c>
       <c r="M88" s="15">
         <v>0.1011</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="H89" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="H89" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I89" s="15" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J89" s="15">
         <v>2500</v>
       </c>
       <c r="K89" s="15">
         <v>0.19125</v>
       </c>
       <c r="L89" s="15">
         <v>0.16041</v>
       </c>
       <c r="M89" s="15">
         <v>0.15424</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="H90" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="H90" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I90" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J90" s="15">
         <v>2500</v>
       </c>
       <c r="K90" s="15">
         <v>0.21009</v>
       </c>
       <c r="L90" s="15">
         <v>0.21009</v>
       </c>
       <c r="M90" s="15">
         <v>0.21009</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>1.33</v>
       </c>
       <c r="L91" s="15">
         <v>1.12</v>
       </c>
       <c r="M91" s="15">
         <v>1.08</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="D92" s="15"/>
       <c r="E92" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>3000</v>
       </c>
       <c r="K92" s="15">
         <v>0.61598</v>
       </c>
       <c r="L92" s="15">
         <v>0.51662</v>
       </c>
       <c r="M92" s="15">
         <v>0.49676</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>3000</v>
       </c>
       <c r="K93" s="15">
         <v>0.50453</v>
       </c>
       <c r="L93" s="15">
         <v>0.42315</v>
       </c>
       <c r="M93" s="15">
         <v>0.40688</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>272</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H94" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.66333</v>
       </c>
       <c r="L94" s="15">
         <v>0.66333</v>
       </c>
       <c r="M94" s="15">
         <v>0.66333</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="H95" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>2500</v>
       </c>
       <c r="K95" s="15">
         <v>2.75</v>
       </c>
       <c r="L95" s="15">
         <v>2.3</v>
       </c>
       <c r="M95" s="15">
         <v>2.21</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H96" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="I96" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="J96" s="15">
         <v>4000</v>
       </c>
       <c r="K96" s="15">
         <v>1.71</v>
       </c>
       <c r="L96" s="15">
         <v>1.43</v>
       </c>
       <c r="M96" s="15">
         <v>1.38</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J97" s="15">
         <v>4000</v>
       </c>
       <c r="K97" s="15">
         <v>0.23175</v>
       </c>
       <c r="L97" s="15">
         <v>0.19436</v>
       </c>
       <c r="M97" s="15">
         <v>0.18689</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H98" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J98" s="15">
         <v>4000</v>
       </c>
       <c r="K98" s="15">
         <v>0.34774</v>
       </c>
       <c r="L98" s="15">
         <v>0.29166</v>
       </c>
       <c r="M98" s="15">
         <v>0.28042</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J99" s="15">
         <v>4000</v>
       </c>
       <c r="K99" s="15">
         <v>1.03</v>
       </c>
       <c r="L99" s="15">
         <v>0.86121</v>
       </c>
       <c r="M99" s="15">
         <v>0.82809</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E100" s="15">
         <v>10080058849</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>2500</v>
       </c>
       <c r="K100" s="15">
         <v>0.9626400000000001</v>
       </c>
       <c r="L100" s="15">
         <v>0.83429</v>
       </c>
       <c r="M100" s="15">
         <v>0.8022</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D101" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="15" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2500</v>
       </c>
       <c r="K101" s="15">
         <v>0.8486</v>
       </c>
       <c r="L101" s="15">
         <v>0.73545</v>
       </c>
       <c r="M101" s="15">
         <v>0.70716</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="E102" s="15">
         <v>10080064007</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>235</v>
       </c>
       <c r="H102" s="15" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>100</v>
       </c>
       <c r="K102" s="15">
         <v>1.2</v>
       </c>
       <c r="L102" s="15">
         <v>0.99769</v>
       </c>
       <c r="M102" s="15">
         <v>0.95779</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="E103" s="15">
         <v>10080053495</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>1.19</v>
       </c>
       <c r="L103" s="15">
         <v>1.03</v>
       </c>
       <c r="M103" s="15">
         <v>0.9878</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>3.71</v>
       </c>
       <c r="L104" s="15">
         <v>3.71</v>
       </c>
       <c r="M104" s="15">
         <v>3.71</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E105" s="15">
         <v>10080012557</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>3.45</v>
       </c>
       <c r="L105" s="15">
         <v>3.2</v>
       </c>
       <c r="M105" s="15">
         <v>3.02</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E106" s="15">
         <v>10080031538</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>16.61</v>
       </c>
       <c r="L106" s="15">
         <v>13.84</v>
       </c>
       <c r="M106" s="15">
         <v>13.29</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="E107" s="15">
         <v>10080036859</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>4.61</v>
       </c>
       <c r="L107" s="15">
         <v>4.61</v>
       </c>
       <c r="M107" s="15">
         <v>4.61</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D108" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" s="15" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="L108" s="15">
         <v>7.27</v>
       </c>
       <c r="M108" s="15">
         <v>6.99</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D109" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="15" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H109" s="15" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>6.86</v>
       </c>
       <c r="L109" s="15">
         <v>5.75</v>
       </c>
       <c r="M109" s="15">
         <v>5.53</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E110" s="15">
         <v>10000022804</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H110" s="15" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>4.68</v>
       </c>
       <c r="L110" s="15">
         <v>4.31</v>
       </c>
       <c r="M110" s="15">
         <v>4.13</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E111" s="15">
         <v>10080041177</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>8.18</v>
       </c>
       <c r="L111" s="15">
         <v>6.71</v>
       </c>
       <c r="M111" s="15">
         <v>6.43</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H112" s="15" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>2500</v>
       </c>
       <c r="K112" s="15">
         <v>0.07285</v>
       </c>
       <c r="L112" s="15">
         <v>0.0611</v>
       </c>
       <c r="M112" s="15">
         <v>0.05875</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2500</v>
       </c>
       <c r="K113" s="15">
         <v>0.07166</v>
       </c>
       <c r="L113" s="15">
         <v>0.0601</v>
       </c>
       <c r="M113" s="15">
         <v>0.05779</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J114" s="15">
         <v>2500</v>
       </c>
       <c r="K114" s="15">
         <v>0.14538</v>
       </c>
       <c r="L114" s="15">
         <v>0.12192</v>
       </c>
       <c r="M114" s="15">
         <v>0.11724</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E115" s="15">
         <v>10080028257</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2500</v>
       </c>
       <c r="K115" s="15">
-        <v>0.26111</v>
+        <v>0.13677</v>
       </c>
       <c r="L115" s="15">
-        <v>0.21412</v>
+        <v>0.11853</v>
       </c>
       <c r="M115" s="15">
-        <v>0.20541</v>
+        <v>0.11398</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>340</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>39</v>
       </c>
       <c r="H116" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.23808</v>
       </c>
       <c r="L116" s="15">
         <v>0.19969</v>
       </c>
       <c r="M116" s="15">
         <v>0.192</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>343</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>1.29</v>
       </c>
       <c r="L117" s="15">
         <v>1.29</v>
       </c>
       <c r="M117" s="15">
         <v>1.29</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="D118" s="15"/>
       <c r="E118" s="15">
         <v>10000022749</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.27869</v>
       </c>
       <c r="L118" s="15">
         <v>0.23374</v>
       </c>
       <c r="M118" s="15">
         <v>0.22475</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="E119" s="15">
         <v>10080060897</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2500</v>
       </c>
       <c r="K119" s="15">
         <v>0.7721</v>
       </c>
       <c r="L119" s="15">
         <v>0.64757</v>
       </c>
       <c r="M119" s="15">
         <v>0.62266</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>350</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>353</v>
+        <v>30</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>5000</v>
+        <v>2500</v>
       </c>
       <c r="K120" s="15">
-        <v>0.37073</v>
+        <v>0.11853</v>
       </c>
       <c r="L120" s="15">
-        <v>0.30894</v>
+        <v>0.10273</v>
       </c>
       <c r="M120" s="15">
-        <v>0.29659</v>
+        <v>0.09878000000000001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="E121" s="15" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>30</v>
+        <v>355</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="K121" s="15">
-        <v>3.53</v>
+        <v>0.37073</v>
       </c>
       <c r="L121" s="15">
-        <v>2.96</v>
+        <v>0.30894</v>
       </c>
       <c r="M121" s="15">
-        <v>2.84</v>
+        <v>0.29659</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>357</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>360</v>
+        <v>338</v>
       </c>
       <c r="I122" s="15"/>
-      <c r="J122" s="15"/>
+      <c r="J122" s="15">
+        <v>2500</v>
+      </c>
       <c r="K122" s="15">
-        <v>2.6</v>
+        <v>3.53</v>
       </c>
       <c r="L122" s="15">
-        <v>2.18</v>
+        <v>2.96</v>
       </c>
       <c r="M122" s="15">
-        <v>2.1</v>
+        <v>2.84</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D123" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="E123" s="15" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080039780</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H123" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15"/>
       <c r="K123" s="15">
-        <v>0.55864</v>
+        <v>2.6</v>
       </c>
       <c r="L123" s="15">
-        <v>0.45809</v>
+        <v>2.18</v>
       </c>
       <c r="M123" s="15">
-        <v>0.43947</v>
+        <v>2.1</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>363</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>364</v>
       </c>
       <c r="E124" s="15">
-        <v>10080009166</v>
+        <v>10080039780</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H124" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I124" s="15"/>
-      <c r="J124" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J124" s="15"/>
       <c r="K124" s="15">
-        <v>2.8</v>
+        <v>0.55864</v>
       </c>
       <c r="L124" s="15">
-        <v>2.35</v>
+        <v>0.45809</v>
       </c>
       <c r="M124" s="15">
-        <v>2.26</v>
+        <v>0.43947</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>365</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="E125" s="15" t="s">
-        <v>367</v>
+      <c r="E125" s="15">
+        <v>10080009166</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H125" s="15" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>4000</v>
+        <v>1500</v>
       </c>
       <c r="K125" s="15">
-        <v>0.06882000000000001</v>
+        <v>2.8</v>
       </c>
       <c r="L125" s="15">
-        <v>0.05772</v>
+        <v>2.35</v>
       </c>
       <c r="M125" s="15">
-        <v>0.0555</v>
+        <v>2.26</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D126" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="E126" s="15" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="H126" s="15" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.15982</v>
+        <v>0.06882000000000001</v>
       </c>
       <c r="L126" s="15">
-        <v>0.13404</v>
+        <v>0.05772</v>
       </c>
       <c r="M126" s="15">
-        <v>0.12889</v>
+        <v>0.0555</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>372</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="H127" s="15" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="K127" s="15">
-        <v>13.68</v>
+        <v>0.15982</v>
       </c>
       <c r="L127" s="15">
-        <v>13.68</v>
+        <v>0.13404</v>
       </c>
       <c r="M127" s="15">
-        <v>13.68</v>
+        <v>0.12889</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="E128" s="15" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="H128" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="H128" s="15" t="s">
+        <v>377</v>
+      </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="K128" s="15">
-        <v>0.36754</v>
+        <v>13.68</v>
       </c>
       <c r="L128" s="15">
-        <v>0.36754</v>
+        <v>13.68</v>
       </c>
       <c r="M128" s="15">
-        <v>0.36754</v>
-[...3 lines deleted...]
-      </c>
+        <v>13.68</v>
+      </c>
+      <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
-      <c r="B129" s="14"/>
-[...2 lines deleted...]
-      <c r="E129" s="15"/>
+      <c r="B129" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="D129" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="E129" s="15" t="s">
+        <v>380</v>
+      </c>
       <c r="F129" s="15"/>
-      <c r="G129" s="15"/>
+      <c r="G129" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
-      <c r="J129" s="15"/>
-[...3 lines deleted...]
-      <c r="N129" s="15"/>
+      <c r="J129" s="15">
+        <v>1</v>
+      </c>
+      <c r="K129" s="15">
+        <v>0.36754</v>
+      </c>
+      <c r="L129" s="15">
+        <v>0.36754</v>
+      </c>
+      <c r="M129" s="15">
+        <v>0.36754</v>
+      </c>
+      <c r="N129" s="15">
+        <v>10</v>
+      </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
+      <c r="R129"/>
+    </row>
+    <row r="130" spans="1:18">
+      <c r="B130" s="14"/>
+      <c r="C130" s="15"/>
+      <c r="D130" s="15"/>
+      <c r="E130" s="15"/>
+      <c r="F130" s="15"/>
+      <c r="G130" s="15"/>
+      <c r="H130" s="15"/>
+      <c r="I130" s="15"/>
+      <c r="J130" s="15"/>
+      <c r="K130" s="15"/>
+      <c r="L130" s="15"/>
+      <c r="M130" s="15"/>
+      <c r="N130" s="15"/>
+      <c r="O130" s="15"/>
+      <c r="P130" s="15"/>
+      <c r="Q130" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6706,317 +6749,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>