--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2232,51 +2232,51 @@
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10000021833</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3300</v>
       </c>
       <c r="K15" s="15">
         <v>0.836</v>
       </c>
       <c r="L15" s="15">
         <v>0.645</v>
       </c>
       <c r="M15" s="15">
         <v>0.585</v>
       </c>
       <c r="N15" s="15">
-        <v>551</v>
+        <v>462</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
@@ -3571,51 +3571,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09451</v>
       </c>
       <c r="L50" s="15">
         <v>0.09451</v>
       </c>
       <c r="M50" s="15">
         <v>0.09451</v>
       </c>
       <c r="N50" s="15">
-        <v>975</v>
+        <v>737</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080036536</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>150</v>
@@ -3651,51 +3651,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.17887</v>
       </c>
       <c r="L52" s="15">
         <v>0.15002</v>
       </c>
       <c r="M52" s="15">
         <v>0.14425</v>
       </c>
       <c r="N52" s="15">
-        <v>1159</v>
+        <v>1090</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>150</v>
@@ -3846,51 +3846,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.2086</v>
       </c>
       <c r="L57" s="15">
         <v>0.1391</v>
       </c>
       <c r="M57" s="15">
         <v>0.1265</v>
       </c>
       <c r="N57" s="15">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>150</v>
@@ -4201,51 +4201,51 @@
         <v>10080061314</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.27345</v>
       </c>
       <c r="L66" s="15">
         <v>0.22935</v>
       </c>
       <c r="M66" s="15">
         <v>0.22053</v>
       </c>
       <c r="N66" s="15">
-        <v>3089</v>
+        <v>2385</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="15">
         <v>10080004300</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>150</v>
@@ -4720,51 +4720,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.19142</v>
       </c>
       <c r="L79" s="15">
         <v>0.19142</v>
       </c>
       <c r="M79" s="15">
         <v>0.19142</v>
       </c>
       <c r="N79" s="15">
-        <v>1446</v>
+        <v>1268</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15">
         <v>10080044759</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I80" s="15"/>
@@ -6308,57 +6308,57 @@
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>349</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>350</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>351</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>338</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2500</v>
       </c>
       <c r="K120" s="15">
-        <v>0.11853</v>
+        <v>0.11124</v>
       </c>
       <c r="L120" s="15">
-        <v>0.10273</v>
+        <v>0.09641</v>
       </c>
       <c r="M120" s="15">
-        <v>0.09878000000000001</v>
+        <v>0.0927</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>352</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>353</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>354</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>355</v>
       </c>
       <c r="H121" s="15" t="s">