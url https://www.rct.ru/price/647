--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2232,51 +2232,51 @@
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10000021833</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3300</v>
       </c>
       <c r="K15" s="15">
         <v>0.836</v>
       </c>
       <c r="L15" s="15">
         <v>0.645</v>
       </c>
       <c r="M15" s="15">
         <v>0.585</v>
       </c>
       <c r="N15" s="15">
-        <v>462</v>
+        <v>514</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
@@ -3571,51 +3571,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.09451</v>
       </c>
       <c r="L50" s="15">
         <v>0.09451</v>
       </c>
       <c r="M50" s="15">
         <v>0.09451</v>
       </c>
       <c r="N50" s="15">
-        <v>737</v>
+        <v>839</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080036536</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>150</v>
@@ -3651,51 +3651,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.17887</v>
       </c>
       <c r="L52" s="15">
         <v>0.15002</v>
       </c>
       <c r="M52" s="15">
         <v>0.14425</v>
       </c>
       <c r="N52" s="15">
-        <v>1090</v>
+        <v>985</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>150</v>
@@ -3846,51 +3846,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.2086</v>
       </c>
       <c r="L57" s="15">
         <v>0.1391</v>
       </c>
       <c r="M57" s="15">
         <v>0.1265</v>
       </c>
       <c r="N57" s="15">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>150</v>
@@ -4201,51 +4201,51 @@
         <v>10080061314</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.27345</v>
       </c>
       <c r="L66" s="15">
         <v>0.22935</v>
       </c>
       <c r="M66" s="15">
         <v>0.22053</v>
       </c>
       <c r="N66" s="15">
-        <v>2385</v>
+        <v>2670</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E67" s="15">
         <v>10080004300</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>150</v>
@@ -4720,51 +4720,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.19142</v>
       </c>
       <c r="L79" s="15">
         <v>0.19142</v>
       </c>
       <c r="M79" s="15">
         <v>0.19142</v>
       </c>
       <c r="N79" s="15">
-        <v>1268</v>
+        <v>1119</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15">
         <v>10080044759</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>150</v>
       </c>
       <c r="I80" s="15"/>