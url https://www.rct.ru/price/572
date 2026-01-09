--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="727">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1102,53 +1102,50 @@
   <si>
     <t>Микросхема ATMEGA168-20PU</t>
   </si>
   <si>
     <t>UT-00149134</t>
   </si>
   <si>
     <t>ATMEGA168A-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA168A-AU</t>
   </si>
   <si>
     <t>UT-00094264</t>
   </si>
   <si>
     <t>UT-00128404</t>
   </si>
   <si>
     <t>ATMEGA168PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA168PA-AU</t>
   </si>
   <si>
-    <t>30.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>ATMEGA168PA-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA168PA-AUR</t>
   </si>
   <si>
     <t>UT-00090675</t>
   </si>
   <si>
     <t>ATMEGA168PA-MU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA168PA-MU</t>
   </si>
   <si>
     <t>UT-00097823</t>
   </si>
   <si>
     <t>VQFN32</t>
   </si>
   <si>
     <t>ATMEGA168PA-MUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA168PA-MUR</t>
@@ -1609,51 +1606,51 @@
   <si>
     <t>10-00038757</t>
   </si>
   <si>
     <t>VQFN28</t>
   </si>
   <si>
     <t>ATmega88PA-MU</t>
   </si>
   <si>
     <t>Микросхема ATmega88PA-MU</t>
   </si>
   <si>
     <t>UT-00105805</t>
   </si>
   <si>
     <t>ATMEGA8A-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8A-AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8-16AU MICROCHIP, ATMEGA8A-AUR ATMEL, ATMEGA8A-AU ATMEL, </t>
   </si>
   <si>
-    <t>10.01.2026</t>
+    <t>03.02.2026</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8A-AU MICROCHIP, ATMEGA8-16AU MICROCHIP, ATMEGA8A-AUR ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA8A-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8A-AUR</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8A-AU MICROCHIP, ATMEGA8-16AU MICROCHIP, ATMEGA8A-AU ATMEL, </t>
   </si>
   <si>
     <t>UT-00095004</t>
   </si>
   <si>
     <t>ATMEGA8A-PU</t>
   </si>
   <si>
     <t>ATMEGA8L-8AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8L-8AU</t>
   </si>
@@ -1973,53 +1970,50 @@
     <t>ATTINY406-MFR</t>
   </si>
   <si>
     <t>Микросхема ATTINY406-MFR</t>
   </si>
   <si>
     <t>UT-00098024</t>
   </si>
   <si>
     <t>ATtiny441-SSU</t>
   </si>
   <si>
     <t>Микросхема ATtiny441-SSU</t>
   </si>
   <si>
     <t>10-00038797</t>
   </si>
   <si>
     <t>ATTINY44A-SSU</t>
   </si>
   <si>
     <t>линейка / ATTINY44A-SSU</t>
   </si>
   <si>
     <t>UT-00089269</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.12.2025</t>
   </si>
   <si>
     <t>ATTINY44A-SSUR</t>
   </si>
   <si>
     <t>лента / ATTINY44A-SSUR</t>
   </si>
   <si>
     <t>UT-00091159</t>
   </si>
   <si>
     <t>ATTINY45-20SU</t>
   </si>
   <si>
     <t>Микросхема ATTINY45-20SU</t>
   </si>
   <si>
     <t>ATTINY45-20SUR</t>
   </si>
   <si>
     <t>Микросхема ATTINY45-20SUR</t>
   </si>
   <si>
     <t>Attiny461-20PU</t>
   </si>
@@ -3966,57 +3960,57 @@
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10080039708</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>101</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.85073</v>
+        <v>0.62531</v>
       </c>
       <c r="L35" s="15">
-        <v>0.71352</v>
+        <v>0.62531</v>
       </c>
       <c r="M35" s="15">
-        <v>0.68608</v>
+        <v>0.62531</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H36" s="15" t="s">
@@ -4348,57 +4342,57 @@
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E45" s="15">
         <v>10080055573</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>2000</v>
       </c>
       <c r="K45" s="15">
-        <v>2.67</v>
+        <v>1.66</v>
       </c>
       <c r="L45" s="15">
-        <v>2.24</v>
+        <v>1.66</v>
       </c>
       <c r="M45" s="15">
-        <v>2.16</v>
+        <v>1.66</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15">
         <v>10080075908</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H46" s="15" t="s">
@@ -5010,51 +5004,51 @@
       </c>
       <c r="E62" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>169</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>37</v>
       </c>
       <c r="K62" s="15">
         <v>6.09</v>
       </c>
       <c r="L62" s="15">
         <v>6.09</v>
       </c>
       <c r="M62" s="15">
         <v>6.09</v>
       </c>
       <c r="N62" s="15">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>173</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>58</v>
@@ -5661,51 +5655,51 @@
       </c>
       <c r="E79" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>162</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>27</v>
       </c>
       <c r="K79" s="15">
         <v>0.74557</v>
       </c>
       <c r="L79" s="15">
         <v>0.74557</v>
       </c>
       <c r="M79" s="15">
         <v>0.74557</v>
       </c>
       <c r="N79" s="15">
-        <v>365</v>
+        <v>391</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>58</v>
@@ -6049,51 +6043,51 @@
       <c r="D89" s="15"/>
       <c r="E89" s="15">
         <v>10080060172</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>160</v>
       </c>
       <c r="K89" s="15">
         <v>4.43</v>
       </c>
       <c r="L89" s="15">
         <v>3.72</v>
       </c>
       <c r="M89" s="15">
         <v>3.58</v>
       </c>
       <c r="N89" s="15">
-        <v>188</v>
+        <v>59</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D90" s="15"/>
       <c r="E90" s="15">
         <v>10000017806</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I90" s="15"/>
@@ -6476,51 +6470,51 @@
       </c>
       <c r="E100" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>259</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>260</v>
       </c>
       <c r="K100" s="15">
         <v>5.35</v>
       </c>
       <c r="L100" s="15">
         <v>4.49</v>
       </c>
       <c r="M100" s="15">
         <v>4.31</v>
       </c>
       <c r="N100" s="15">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>259</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>26</v>
@@ -7013,57 +7007,57 @@
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>294</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E114" s="15">
         <v>10080068701</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>296</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
-        <v>22.69</v>
+        <v>13.78</v>
       </c>
       <c r="L114" s="15">
-        <v>18.91</v>
+        <v>13.78</v>
       </c>
       <c r="M114" s="15">
-        <v>18.15</v>
+        <v>13.78</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E115" s="15">
         <v>10080053094</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>299</v>
       </c>
       <c r="H115" s="15" t="s">
@@ -7796,51 +7790,51 @@
       <c r="D134" s="15"/>
       <c r="E134" s="15">
         <v>10080060173</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>160</v>
       </c>
       <c r="K134" s="15">
         <v>7.46</v>
       </c>
       <c r="L134" s="15">
         <v>7.46</v>
       </c>
       <c r="M134" s="15">
         <v>7.46</v>
       </c>
       <c r="N134" s="15">
-        <v>605</v>
+        <v>877</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>341</v>
       </c>
       <c r="D135" s="15"/>
       <c r="E135" s="15">
         <v>10080018060</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I135" s="15"/>
@@ -8097,57 +8091,57 @@
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>356</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>357</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>358</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>250</v>
       </c>
       <c r="K142" s="15">
-        <v>5.9</v>
+        <v>2.94</v>
       </c>
       <c r="L142" s="15">
-        <v>4.95</v>
+        <v>2.94</v>
       </c>
       <c r="M142" s="15">
-        <v>4.76</v>
+        <v>2.94</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>356</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>357</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>359</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H143" s="15" t="s">
@@ -8214,5914 +8208,5908 @@
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E145" s="15">
         <v>10080066237</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>250</v>
       </c>
       <c r="K145" s="15">
-        <v>2.11</v>
+        <v>1.89</v>
       </c>
       <c r="L145" s="15">
-        <v>1.83</v>
+        <v>1.64</v>
       </c>
       <c r="M145" s="15">
-        <v>1.76</v>
+        <v>1.58</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
-      <c r="P145" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E146" s="15">
         <v>10080061719</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>2000</v>
       </c>
       <c r="K146" s="15">
         <v>1.74</v>
       </c>
       <c r="L146" s="15">
         <v>1.45</v>
       </c>
       <c r="M146" s="15">
         <v>1.39</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2000</v>
       </c>
       <c r="K147" s="15">
         <v>1.87</v>
       </c>
       <c r="L147" s="15">
         <v>1.57</v>
       </c>
       <c r="M147" s="15">
         <v>1.51</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
         <v>2.45</v>
       </c>
       <c r="L148" s="15">
         <v>2.06</v>
       </c>
       <c r="M148" s="15">
         <v>1.98</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E149" s="15">
         <v>10080053021</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>6000</v>
       </c>
       <c r="K149" s="15">
         <v>1.43</v>
       </c>
       <c r="L149" s="15">
         <v>1.19</v>
       </c>
       <c r="M149" s="15">
         <v>1.14</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>372</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>5.59</v>
       </c>
       <c r="L150" s="15">
         <v>4.66</v>
       </c>
       <c r="M150" s="15">
         <v>4.47</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="E151" s="15">
         <v>10080060234</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>160</v>
       </c>
       <c r="K151" s="15">
-        <v>2.05</v>
+        <v>2.06</v>
       </c>
       <c r="L151" s="15">
+        <v>1.79</v>
+      </c>
+      <c r="M151" s="15">
         <v>1.72</v>
       </c>
-      <c r="M151" s="15">
-[...2 lines deleted...]
-      <c r="N151" s="15"/>
+      <c r="N151" s="15">
+        <v>410</v>
+      </c>
       <c r="O151" s="15"/>
-      <c r="P151" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="E152" s="15">
         <v>10080027105</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="J152" s="15">
         <v>160</v>
       </c>
       <c r="K152" s="15">
         <v>6.3</v>
       </c>
       <c r="L152" s="15">
         <v>5.25</v>
       </c>
       <c r="M152" s="15">
         <v>5.04</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E153" s="15">
         <v>10080041612</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>2000</v>
       </c>
       <c r="K153" s="15">
         <v>2.12</v>
       </c>
       <c r="L153" s="15">
         <v>1.74</v>
       </c>
       <c r="M153" s="15">
         <v>1.67</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="E154" s="15">
         <v>10080007459</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>131</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>10</v>
       </c>
       <c r="K154" s="15">
         <v>4.67</v>
       </c>
       <c r="L154" s="15">
         <v>3.89</v>
       </c>
       <c r="M154" s="15">
         <v>3.74</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="E155" s="15">
         <v>10080048158</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>418</v>
       </c>
       <c r="K155" s="15">
         <v>5.17</v>
       </c>
       <c r="L155" s="15">
         <v>4.24</v>
       </c>
       <c r="M155" s="15">
         <v>4.07</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="E156" s="15">
         <v>10080050063</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>2000</v>
       </c>
       <c r="K156" s="15">
         <v>5.6</v>
       </c>
       <c r="L156" s="15">
         <v>4.59</v>
       </c>
       <c r="M156" s="15">
         <v>4.4</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E157" s="15">
         <v>10080040502</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>321</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>90</v>
       </c>
       <c r="K157" s="15">
         <v>10.49</v>
       </c>
       <c r="L157" s="15">
         <v>8.74</v>
       </c>
       <c r="M157" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E158" s="15">
         <v>10080071331</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>321</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>90</v>
       </c>
       <c r="K158" s="15">
         <v>22.93</v>
       </c>
       <c r="L158" s="15">
         <v>19.23</v>
       </c>
       <c r="M158" s="15">
         <v>18.49</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>388</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="E159" s="15">
         <v>10080069613</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>90</v>
       </c>
       <c r="K159" s="15">
         <v>11.1</v>
       </c>
       <c r="L159" s="15">
         <v>9.31</v>
       </c>
       <c r="M159" s="15">
         <v>8.960000000000001</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="E160" s="15">
         <v>10080074637</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15">
         <v>16.65</v>
       </c>
       <c r="L160" s="15">
         <v>13.88</v>
       </c>
       <c r="M160" s="15">
         <v>13.32</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E161" s="15">
         <v>10080045460</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>8.890000000000001</v>
       </c>
       <c r="L161" s="15">
         <v>7.41</v>
       </c>
       <c r="M161" s="15">
         <v>7.11</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15"/>
       <c r="K162" s="15">
         <v>6.85</v>
       </c>
       <c r="L162" s="15">
         <v>6.85</v>
       </c>
       <c r="M162" s="15">
         <v>6.85</v>
       </c>
       <c r="N162" s="15">
-        <v>1114</v>
+        <v>1007</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E163" s="15">
         <v>10000018040</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15"/>
       <c r="K163" s="15">
         <v>3.64</v>
       </c>
       <c r="L163" s="15">
         <v>2.93</v>
       </c>
       <c r="M163" s="15">
         <v>2.82</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="E164" s="15">
         <v>10080031954</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="J164" s="15">
         <v>160</v>
       </c>
       <c r="K164" s="15">
         <v>3.25</v>
       </c>
       <c r="L164" s="15">
         <v>2.66</v>
       </c>
       <c r="M164" s="15">
         <v>2.55</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>398</v>
       </c>
-      <c r="D165" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="15" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>160</v>
       </c>
       <c r="K165" s="15">
         <v>3.27</v>
       </c>
       <c r="L165" s="15">
         <v>3.27</v>
       </c>
       <c r="M165" s="15">
         <v>3.27</v>
       </c>
       <c r="N165" s="15">
-        <v>207</v>
+        <v>256</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>402</v>
       </c>
-      <c r="D166" s="15" t="s">
+      <c r="E166" s="15" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>2000</v>
       </c>
       <c r="K166" s="15">
         <v>3.95</v>
       </c>
       <c r="L166" s="15">
         <v>3.95</v>
       </c>
       <c r="M166" s="15">
         <v>3.95</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="E167" s="15">
         <v>10080039621</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H167" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>90</v>
       </c>
       <c r="K167" s="15">
         <v>6.38</v>
       </c>
       <c r="L167" s="15">
         <v>5.32</v>
       </c>
       <c r="M167" s="15">
         <v>5.1</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>405</v>
       </c>
-      <c r="D168" s="15" t="s">
+      <c r="E168" s="15" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>90</v>
       </c>
       <c r="K168" s="15">
         <v>9.73</v>
       </c>
       <c r="L168" s="15">
         <v>9.73</v>
       </c>
       <c r="M168" s="15">
         <v>9.73</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>408</v>
       </c>
-      <c r="D169" s="15" t="s">
+      <c r="E169" s="15" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>352</v>
       </c>
       <c r="H169" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>14</v>
       </c>
       <c r="K169" s="15">
         <v>3.48</v>
       </c>
       <c r="L169" s="15">
         <v>2.91</v>
       </c>
       <c r="M169" s="15">
         <v>2.8</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="E170" s="15">
         <v>10080057448</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>250</v>
       </c>
       <c r="K170" s="15">
         <v>6.69</v>
       </c>
       <c r="L170" s="15">
         <v>5.57</v>
       </c>
       <c r="M170" s="15">
         <v>5.35</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E171" s="15">
         <v>10080060175</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>250</v>
       </c>
       <c r="K171" s="15">
         <v>2.6</v>
       </c>
       <c r="L171" s="15">
         <v>2.6</v>
       </c>
       <c r="M171" s="15">
         <v>2.6</v>
       </c>
       <c r="N171" s="15">
-        <v>3386</v>
+        <v>4063</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="E172" s="15">
         <v>10080038600</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>250</v>
       </c>
       <c r="K172" s="15">
         <v>5.89</v>
       </c>
       <c r="L172" s="15">
         <v>4.94</v>
       </c>
       <c r="M172" s="15">
         <v>4.75</v>
       </c>
       <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>413</v>
       </c>
-      <c r="D173" s="15" t="s">
+      <c r="E173" s="15" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>250</v>
       </c>
       <c r="K173" s="15">
         <v>1.45</v>
       </c>
       <c r="L173" s="15">
         <v>1.45</v>
       </c>
       <c r="M173" s="15">
         <v>1.45</v>
       </c>
       <c r="N173" s="15">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="E174" s="15">
         <v>10080027771</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>1500</v>
       </c>
       <c r="K174" s="15">
         <v>2.26</v>
       </c>
       <c r="L174" s="15">
         <v>1.88</v>
       </c>
       <c r="M174" s="15">
         <v>1.8</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
       <c r="E175" s="15">
         <v>10080054179</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15"/>
       <c r="K175" s="15">
         <v>4.3</v>
       </c>
       <c r="L175" s="15">
         <v>3.58</v>
       </c>
       <c r="M175" s="15">
         <v>3.44</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>418</v>
       </c>
-      <c r="D176" s="15" t="s">
+      <c r="E176" s="15" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>2.61</v>
       </c>
       <c r="L176" s="15">
         <v>2.26</v>
       </c>
       <c r="M176" s="15">
         <v>2.17</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E177" s="15">
         <v>10080059106</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>90</v>
       </c>
       <c r="K177" s="15">
         <v>20.9</v>
       </c>
       <c r="L177" s="15">
         <v>20.9</v>
       </c>
       <c r="M177" s="15">
         <v>20.9</v>
       </c>
       <c r="N177" s="15">
         <v>50</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="D178" s="15" t="s">
+      <c r="E178" s="15" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>1000</v>
       </c>
       <c r="K178" s="15">
         <v>7.4</v>
       </c>
       <c r="L178" s="15">
         <v>6.21</v>
       </c>
       <c r="M178" s="15">
         <v>5.97</v>
       </c>
       <c r="N178" s="15"/>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="E179" s="15">
         <v>10080066490</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J179" s="15">
         <v>160</v>
       </c>
       <c r="K179" s="15">
-        <v>2.59</v>
+        <v>2.37</v>
       </c>
       <c r="L179" s="15">
-        <v>2.25</v>
+        <v>2.05</v>
       </c>
       <c r="M179" s="15">
-        <v>2.16</v>
+        <v>1.97</v>
       </c>
       <c r="N179" s="15">
-        <v>1620</v>
+        <v>298</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="E180" s="15">
         <v>10080010736</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="J180" s="15">
         <v>160</v>
       </c>
       <c r="K180" s="15">
         <v>1.84</v>
       </c>
       <c r="L180" s="15">
         <v>1.84</v>
       </c>
       <c r="M180" s="15">
         <v>1.84</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="E181" s="15">
         <v>10080031297</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="J181" s="15">
         <v>2000</v>
       </c>
       <c r="K181" s="15">
         <v>3.97</v>
       </c>
       <c r="L181" s="15">
         <v>1.74</v>
       </c>
       <c r="M181" s="15">
         <v>1.61</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="E182" s="15">
         <v>10080034697</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
         <v>131</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>10</v>
       </c>
       <c r="K182" s="15">
         <v>4.53</v>
       </c>
       <c r="L182" s="15">
         <v>3.78</v>
       </c>
       <c r="M182" s="15">
         <v>3.63</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>436</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>160</v>
       </c>
       <c r="K183" s="15">
         <v>10.26</v>
       </c>
       <c r="L183" s="15">
         <v>8.6</v>
       </c>
       <c r="M183" s="15">
         <v>8.27</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="E184" s="15">
         <v>10000022583</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>160</v>
       </c>
       <c r="K184" s="15">
         <v>3.59</v>
       </c>
       <c r="L184" s="15">
         <v>2.51</v>
       </c>
       <c r="M184" s="15">
         <v>2.33</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="D185" s="15" t="s">
+      <c r="E185" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>250</v>
       </c>
       <c r="K185" s="15">
         <v>12.7</v>
       </c>
       <c r="L185" s="15">
         <v>10.65</v>
       </c>
       <c r="M185" s="15">
         <v>10.24</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="E186" s="15">
         <v>10000021890</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H186" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
         <v>3.63</v>
       </c>
       <c r="L186" s="15">
         <v>3.14</v>
       </c>
       <c r="M186" s="15">
         <v>3.02</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="E187" s="15">
         <v>10080007458</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
         <v>352</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
         <v>560</v>
       </c>
       <c r="K187" s="15">
         <v>2.53</v>
       </c>
       <c r="L187" s="15">
         <v>2.44</v>
       </c>
       <c r="M187" s="15">
         <v>2.35</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="E188" s="15">
         <v>10080060174</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>250</v>
       </c>
       <c r="K188" s="15">
         <v>1.39</v>
       </c>
       <c r="L188" s="15">
         <v>1.21</v>
       </c>
       <c r="M188" s="15">
         <v>1.16</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="E189" s="15">
         <v>10080008326</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="J189" s="15">
         <v>250</v>
       </c>
       <c r="K189" s="15">
         <v>1.4</v>
       </c>
       <c r="L189" s="15">
         <v>1.17</v>
       </c>
       <c r="M189" s="15">
         <v>1.13</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>450</v>
       </c>
-      <c r="D190" s="15" t="s">
+      <c r="E190" s="15" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>2000</v>
       </c>
       <c r="K190" s="15">
         <v>1</v>
       </c>
       <c r="L190" s="15">
         <v>1</v>
       </c>
       <c r="M190" s="15">
         <v>1</v>
       </c>
       <c r="N190" s="15">
         <v>42</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D191" s="15" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="E191" s="15">
         <v>10080010834</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
         <v>352</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>14</v>
       </c>
       <c r="K191" s="15">
         <v>2.22</v>
       </c>
       <c r="L191" s="15">
         <v>1.82</v>
       </c>
       <c r="M191" s="15">
         <v>1.75</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>455</v>
       </c>
-      <c r="D192" s="15" t="s">
+      <c r="E192" s="15" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>2000</v>
       </c>
       <c r="K192" s="15">
         <v>3.39</v>
       </c>
       <c r="L192" s="15">
         <v>2.85</v>
       </c>
       <c r="M192" s="15">
         <v>2.74</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="E193" s="15">
         <v>10080002780</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>90</v>
       </c>
       <c r="K193" s="15">
         <v>7.21</v>
       </c>
       <c r="L193" s="15">
         <v>5.05</v>
       </c>
       <c r="M193" s="15">
         <v>4.69</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="E194" s="15">
         <v>10080028397</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="J194" s="15">
         <v>160</v>
       </c>
       <c r="K194" s="15">
         <v>11.3</v>
       </c>
       <c r="L194" s="15">
         <v>9.48</v>
       </c>
       <c r="M194" s="15">
         <v>9.109999999999999</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="D195" s="15" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="E195" s="15">
         <v>10080060176</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>463</v>
+        <v>462</v>
       </c>
       <c r="J195" s="15"/>
       <c r="K195" s="15">
         <v>16.85</v>
       </c>
       <c r="L195" s="15">
         <v>16.85</v>
       </c>
       <c r="M195" s="15">
         <v>16.85</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="E196" s="15">
         <v>10080039276</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="J196" s="15">
         <v>2000</v>
       </c>
       <c r="K196" s="15">
         <v>2.38</v>
       </c>
       <c r="L196" s="15">
         <v>1.92</v>
       </c>
       <c r="M196" s="15">
         <v>1.84</v>
       </c>
       <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>464</v>
       </c>
-      <c r="D197" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E197" s="15" t="s">
-        <v>467</v>
+        <v>466</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>2000</v>
       </c>
       <c r="K197" s="15">
         <v>10.3</v>
       </c>
       <c r="L197" s="15">
         <v>8.58</v>
       </c>
       <c r="M197" s="15">
         <v>8.24</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="E198" s="15">
         <v>10080060177</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>90</v>
       </c>
       <c r="K198" s="15">
         <v>3.42</v>
       </c>
       <c r="L198" s="15">
         <v>2.87</v>
       </c>
       <c r="M198" s="15">
         <v>2.76</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="E199" s="15">
         <v>10080008893</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>90</v>
       </c>
       <c r="K199" s="15">
         <v>2.92</v>
       </c>
       <c r="L199" s="15">
         <v>2.43</v>
       </c>
       <c r="M199" s="15">
         <v>2.33</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E200" s="15">
         <v>10080058730</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1000</v>
       </c>
       <c r="K200" s="15">
         <v>2.72</v>
       </c>
       <c r="L200" s="15">
         <v>2.2</v>
       </c>
       <c r="M200" s="15">
         <v>2.11</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="D201" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="E201" s="15" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
         <v>5.69</v>
       </c>
       <c r="L201" s="15">
         <v>4.77</v>
       </c>
       <c r="M201" s="15">
         <v>4.59</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>474</v>
       </c>
-      <c r="D202" s="15" t="s">
+      <c r="E202" s="15" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
         <v>3.49</v>
       </c>
       <c r="L202" s="15">
         <v>2.93</v>
       </c>
       <c r="M202" s="15">
         <v>2.81</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="E203" s="15">
         <v>10000018039</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>250</v>
       </c>
       <c r="K203" s="15">
         <v>1.85</v>
       </c>
       <c r="L203" s="15">
         <v>1.66</v>
       </c>
       <c r="M203" s="15">
         <v>1.54</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="D204" s="15" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="E204" s="15">
         <v>10080039588</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>160</v>
       </c>
       <c r="K204" s="15">
         <v>9.32</v>
       </c>
       <c r="L204" s="15">
         <v>9.32</v>
       </c>
       <c r="M204" s="15">
         <v>9.32</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>480</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>160</v>
       </c>
       <c r="K205" s="15">
         <v>3.69</v>
       </c>
       <c r="L205" s="15">
         <v>3.26</v>
       </c>
       <c r="M205" s="15">
         <v>2.89</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>482</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="E206" s="15">
         <v>10080032252</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>160</v>
       </c>
       <c r="K206" s="15">
         <v>2.89</v>
       </c>
       <c r="L206" s="15">
         <v>2.41</v>
       </c>
       <c r="M206" s="15">
         <v>2.31</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>485</v>
       </c>
-      <c r="D207" s="15" t="s">
+      <c r="E207" s="15" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
         <v>162</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>27</v>
       </c>
       <c r="K207" s="15">
         <v>4.31</v>
       </c>
       <c r="L207" s="15">
         <v>3.63</v>
       </c>
       <c r="M207" s="15">
         <v>3.26</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>488</v>
       </c>
-      <c r="D208" s="15" t="s">
+      <c r="E208" s="15" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
         <v>131</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>10</v>
       </c>
       <c r="K208" s="15">
         <v>3.94</v>
       </c>
       <c r="L208" s="15">
         <v>3.51</v>
       </c>
       <c r="M208" s="15">
         <v>3.02</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="E209" s="15">
         <v>10000016765</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>160</v>
       </c>
       <c r="K209" s="15">
         <v>3.12</v>
       </c>
       <c r="L209" s="15">
         <v>2.19</v>
       </c>
       <c r="M209" s="15">
         <v>2.03</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>493</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>160</v>
       </c>
       <c r="K210" s="15">
         <v>4.43</v>
       </c>
       <c r="L210" s="15">
         <v>3.94</v>
       </c>
       <c r="M210" s="15">
         <v>3.57</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="E211" s="15">
         <v>10080003475</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>160</v>
       </c>
       <c r="K211" s="15">
         <v>2.97</v>
       </c>
       <c r="L211" s="15">
         <v>2.47</v>
       </c>
       <c r="M211" s="15">
         <v>2.37</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D212" s="15" t="s">
         <v>498</v>
       </c>
-      <c r="D212" s="15" t="s">
+      <c r="E212" s="15" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>162</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>27</v>
       </c>
       <c r="K212" s="15">
         <v>1.74</v>
       </c>
       <c r="L212" s="15">
         <v>1.74</v>
       </c>
       <c r="M212" s="15">
         <v>1.74</v>
       </c>
       <c r="N212" s="15">
         <v>230</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>501</v>
       </c>
-      <c r="D213" s="15" t="s">
+      <c r="E213" s="15" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>131</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>10</v>
       </c>
       <c r="K213" s="15">
         <v>5.54</v>
       </c>
       <c r="L213" s="15">
         <v>5.05</v>
       </c>
       <c r="M213" s="15">
         <v>4.74</v>
       </c>
       <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>504</v>
       </c>
-      <c r="D214" s="15" t="s">
+      <c r="E214" s="15" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
         <v>197</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>10</v>
       </c>
       <c r="K214" s="15">
         <v>6.7</v>
       </c>
       <c r="L214" s="15">
         <v>5.62</v>
       </c>
       <c r="M214" s="15">
         <v>5.41</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>507</v>
       </c>
-      <c r="D215" s="15" t="s">
+      <c r="E215" s="15" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>2000</v>
       </c>
       <c r="K215" s="15">
         <v>3.63</v>
       </c>
       <c r="L215" s="15">
         <v>3.05</v>
       </c>
       <c r="M215" s="15">
         <v>2.93</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D216" s="15"/>
       <c r="E216" s="15" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>5.31</v>
       </c>
       <c r="L216" s="15">
         <v>4.45</v>
       </c>
       <c r="M216" s="15">
         <v>4.28</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D217" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="E217" s="15" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
         <v>3.6</v>
       </c>
       <c r="L217" s="15">
         <v>3.02</v>
       </c>
       <c r="M217" s="15">
         <v>2.91</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E218" s="15">
         <v>10080051096</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J218" s="15">
         <v>250</v>
       </c>
       <c r="K218" s="15">
         <v>1.32</v>
       </c>
       <c r="L218" s="15">
         <v>1.1</v>
       </c>
       <c r="M218" s="15">
         <v>1.06</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E219" s="15">
         <v>10080028259</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>2.55</v>
       </c>
       <c r="L219" s="15">
         <v>2.13</v>
       </c>
       <c r="M219" s="15">
         <v>2.05</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>517</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="E220" s="15">
         <v>10080053885</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J220" s="15">
         <v>2000</v>
       </c>
       <c r="K220" s="15">
         <v>2.39</v>
       </c>
       <c r="L220" s="15">
         <v>2</v>
       </c>
       <c r="M220" s="15">
         <v>1.92</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D221" s="15" t="s">
+      <c r="E221" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15"/>
       <c r="K221" s="15">
         <v>5.79</v>
       </c>
       <c r="L221" s="15">
         <v>4.86</v>
       </c>
       <c r="M221" s="15">
         <v>4.67</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>525</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>490</v>
       </c>
       <c r="K222" s="15">
         <v>1.9</v>
       </c>
       <c r="L222" s="15">
         <v>1.9</v>
       </c>
       <c r="M222" s="15">
         <v>1.9</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E223" s="15">
         <v>10080060231</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>1.53</v>
       </c>
       <c r="L223" s="15">
         <v>1.28</v>
       </c>
       <c r="M223" s="15">
         <v>1.24</v>
       </c>
-      <c r="N223" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N223" s="15"/>
       <c r="O223" s="15">
-        <v>1050</v>
+        <v>1500</v>
       </c>
       <c r="P223" s="15" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E224" s="15">
         <v>10080003401</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="J224" s="15">
         <v>250</v>
       </c>
       <c r="K224" s="15">
         <v>1.29</v>
       </c>
       <c r="L224" s="15">
         <v>1.29</v>
       </c>
       <c r="M224" s="15">
         <v>1.29</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="E225" s="15">
         <v>10080066018</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="J225" s="15">
         <v>2000</v>
       </c>
       <c r="K225" s="15">
         <v>1.56</v>
       </c>
       <c r="L225" s="15">
         <v>1.3</v>
       </c>
       <c r="M225" s="15">
         <v>1.25</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>533</v>
       </c>
-      <c r="D226" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E226" s="15" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>2000</v>
       </c>
       <c r="K226" s="15">
         <v>3.85</v>
       </c>
       <c r="L226" s="15">
         <v>3.21</v>
       </c>
       <c r="M226" s="15">
         <v>3.08</v>
       </c>
       <c r="N226" s="15"/>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D227" s="15"/>
       <c r="E227" s="15">
         <v>10080060178</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
         <v>352</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>14</v>
       </c>
       <c r="K227" s="15">
-        <v>4.42</v>
+        <v>2.29</v>
       </c>
       <c r="L227" s="15">
-        <v>3.68</v>
+        <v>2.29</v>
       </c>
       <c r="M227" s="15">
-        <v>3.53</v>
+        <v>2.29</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="D228" s="15"/>
       <c r="E228" s="15">
         <v>10080024305</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
         <v>352</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>14</v>
       </c>
       <c r="K228" s="15">
         <v>1.98</v>
       </c>
       <c r="L228" s="15">
         <v>1.65</v>
       </c>
       <c r="M228" s="15">
         <v>1.58</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>538</v>
       </c>
-      <c r="D229" s="15" t="s">
+      <c r="E229" s="15" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>1.66</v>
       </c>
       <c r="L229" s="15">
         <v>1.39</v>
       </c>
       <c r="M229" s="15">
         <v>1.34</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="E230" s="15">
         <v>10080000702</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>267</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
         <v>2000</v>
       </c>
       <c r="K230" s="15">
         <v>1.18</v>
       </c>
       <c r="L230" s="15">
         <v>1.18</v>
       </c>
       <c r="M230" s="15">
         <v>1.18</v>
       </c>
       <c r="N230" s="15">
         <v>5</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>543</v>
       </c>
-      <c r="D231" s="15" t="s">
+      <c r="E231" s="15" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
         <v>352</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>1.74</v>
       </c>
       <c r="L231" s="15">
         <v>1.62</v>
       </c>
       <c r="M231" s="15">
         <v>1.56</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>546</v>
       </c>
-      <c r="D232" s="15" t="s">
+      <c r="E232" s="15" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>160</v>
       </c>
       <c r="K232" s="15">
         <v>16.04</v>
       </c>
       <c r="L232" s="15">
         <v>16.04</v>
       </c>
       <c r="M232" s="15">
         <v>16.04</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>550</v>
       </c>
-      <c r="D233" s="15" t="s">
+      <c r="E233" s="15" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
         <v>286</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>90</v>
       </c>
       <c r="K233" s="15">
         <v>62.54</v>
       </c>
       <c r="L233" s="15">
         <v>52.46</v>
       </c>
       <c r="M233" s="15">
         <v>50.44</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>553</v>
       </c>
-      <c r="D234" s="15" t="s">
+      <c r="E234" s="15" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
         <v>259</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15"/>
       <c r="K234" s="15">
         <v>2.51</v>
       </c>
       <c r="L234" s="15">
         <v>2.51</v>
       </c>
       <c r="M234" s="15">
         <v>2.51</v>
       </c>
       <c r="N234" s="15">
         <v>18</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>553</v>
       </c>
-      <c r="D235" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E235" s="15" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
         <v>259</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15"/>
       <c r="K235" s="15">
         <v>2.52</v>
       </c>
       <c r="L235" s="15">
         <v>2.52</v>
       </c>
       <c r="M235" s="15">
         <v>2.52</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>557</v>
       </c>
-      <c r="D236" s="15" t="s">
+      <c r="E236" s="15" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15"/>
       <c r="K236" s="15">
         <v>3.79</v>
       </c>
       <c r="L236" s="15">
         <v>3.18</v>
       </c>
       <c r="M236" s="15">
         <v>3.06</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>561</v>
       </c>
-      <c r="D237" s="15" t="s">
+      <c r="E237" s="15" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H237" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>50</v>
       </c>
       <c r="K237" s="15">
         <v>1.05</v>
       </c>
       <c r="L237" s="15">
         <v>0.73899</v>
       </c>
       <c r="M237" s="15">
         <v>0.73899</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>564</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="E238" s="15">
         <v>10080000037</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>50</v>
       </c>
       <c r="K238" s="15">
         <v>1.07</v>
       </c>
       <c r="L238" s="15">
         <v>0.8940900000000001</v>
       </c>
       <c r="M238" s="15">
         <v>0.85833</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>567</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>100</v>
       </c>
       <c r="K239" s="15">
         <v>1.87</v>
       </c>
       <c r="L239" s="15">
         <v>1.32</v>
       </c>
       <c r="M239" s="15">
         <v>1.22</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="E240" s="15">
         <v>10080003587</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>100</v>
       </c>
       <c r="K240" s="15">
         <v>0.68624</v>
       </c>
       <c r="L240" s="15">
         <v>0.57186</v>
       </c>
       <c r="M240" s="15">
         <v>0.54898</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="E241" s="15">
         <v>10080039902</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>4000</v>
       </c>
       <c r="K241" s="15">
         <v>0.68516</v>
       </c>
       <c r="L241" s="15">
         <v>0.57096</v>
       </c>
       <c r="M241" s="15">
         <v>0.54814</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="E242" s="15">
         <v>10080071228</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>4000</v>
       </c>
       <c r="K242" s="15">
         <v>0.76248</v>
       </c>
       <c r="L242" s="15">
         <v>0.6395</v>
       </c>
       <c r="M242" s="15">
         <v>0.6149</v>
       </c>
       <c r="N242" s="15">
         <v>8</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="E243" s="15">
         <v>10080016084</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>90</v>
       </c>
       <c r="K243" s="15">
-        <v>1.95</v>
+        <v>0.97211</v>
       </c>
       <c r="L243" s="15">
-        <v>1.64</v>
+        <v>0.97211</v>
       </c>
       <c r="M243" s="15">
-        <v>1.57</v>
+        <v>0.97211</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="D244" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="E244" s="15">
         <v>10080060232</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>90</v>
       </c>
       <c r="K244" s="15">
         <v>1.41</v>
       </c>
       <c r="L244" s="15">
         <v>1.18</v>
       </c>
       <c r="M244" s="15">
         <v>1.14</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="E245" s="15">
         <v>10080066460</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>2000</v>
       </c>
       <c r="K245" s="15">
         <v>0.75195</v>
       </c>
       <c r="L245" s="15">
         <v>0.62662</v>
       </c>
       <c r="M245" s="15">
         <v>0.60155</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="E246" s="15">
         <v>10080003079</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15"/>
       <c r="K246" s="15">
         <v>0.58011</v>
       </c>
       <c r="L246" s="15">
         <v>0.55793</v>
       </c>
       <c r="M246" s="15">
         <v>0.537</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
+        <v>579</v>
+      </c>
+      <c r="D247" s="15" t="s">
         <v>580</v>
       </c>
-      <c r="D247" s="15" t="s">
+      <c r="E247" s="15" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15">
         <v>6000</v>
       </c>
       <c r="K247" s="15">
         <v>3.26</v>
       </c>
       <c r="L247" s="15">
         <v>2.74</v>
       </c>
       <c r="M247" s="15">
         <v>2.63</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>583</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>584</v>
       </c>
-      <c r="D248" s="15" t="s">
+      <c r="E248" s="15" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>6000</v>
       </c>
       <c r="K248" s="15">
         <v>1.71</v>
       </c>
       <c r="L248" s="15">
         <v>1.43</v>
       </c>
       <c r="M248" s="15">
         <v>1.38</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>587</v>
       </c>
-      <c r="D249" s="15" t="s">
+      <c r="E249" s="15" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>490</v>
       </c>
       <c r="K249" s="15">
         <v>1.42</v>
       </c>
       <c r="L249" s="15">
         <v>1.42</v>
       </c>
       <c r="M249" s="15">
         <v>1.42</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>590</v>
       </c>
-      <c r="D250" s="15" t="s">
+      <c r="E250" s="15" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>6000</v>
       </c>
       <c r="K250" s="15">
         <v>2.76</v>
       </c>
       <c r="L250" s="15">
         <v>2.31</v>
       </c>
       <c r="M250" s="15">
         <v>2.22</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="D251" s="15" t="s">
         <v>593</v>
       </c>
-      <c r="D251" s="15" t="s">
+      <c r="E251" s="15" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>4000</v>
       </c>
       <c r="K251" s="15">
         <v>4.08</v>
       </c>
       <c r="L251" s="15">
         <v>3.91</v>
       </c>
       <c r="M251" s="15">
         <v>3.73</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="D252" s="15" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="E252" s="15">
         <v>10000018211</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
         <v>135</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
         <v>18</v>
       </c>
       <c r="K252" s="15">
         <v>1.54</v>
       </c>
       <c r="L252" s="15">
         <v>1.42</v>
       </c>
       <c r="M252" s="15">
         <v>0</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="E253" s="15">
         <v>10080065207</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>37</v>
       </c>
       <c r="K253" s="15">
         <v>2.67</v>
       </c>
       <c r="L253" s="15">
         <v>2.24</v>
       </c>
       <c r="M253" s="15">
         <v>2.15</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="E254" s="15">
         <v>10000030472</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
         <v>1.4</v>
       </c>
       <c r="L254" s="15">
         <v>1.16</v>
       </c>
       <c r="M254" s="15">
         <v>1.12</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="E255" s="15">
         <v>10080015750</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
         <v>135</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>18</v>
       </c>
       <c r="K255" s="15">
         <v>2.95</v>
       </c>
       <c r="L255" s="15">
         <v>2.48</v>
       </c>
       <c r="M255" s="15">
         <v>2.38</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>604</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>605</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>37</v>
       </c>
       <c r="K256" s="15">
         <v>2.23</v>
       </c>
       <c r="L256" s="15">
         <v>2.13</v>
       </c>
       <c r="M256" s="15">
         <v>2.13</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15">
-        <v>597</v>
+        <v>836</v>
       </c>
       <c r="P256" s="15" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E257" s="15">
         <v>10080052017</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="J257" s="15">
         <v>1000</v>
       </c>
       <c r="K257" s="15">
         <v>2.53</v>
       </c>
       <c r="L257" s="15">
         <v>2.19</v>
       </c>
       <c r="M257" s="15">
         <v>2.11</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D258" s="15" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E258" s="15">
         <v>10080005951</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="J258" s="15">
         <v>1000</v>
       </c>
       <c r="K258" s="15">
         <v>1.36</v>
       </c>
       <c r="L258" s="15">
         <v>1.13</v>
       </c>
       <c r="M258" s="15">
         <v>1.09</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="E259" s="15">
         <v>10000018165</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
         <v>135</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15">
         <v>18</v>
       </c>
       <c r="K259" s="15">
         <v>1.48</v>
       </c>
       <c r="L259" s="15">
         <v>1.35</v>
       </c>
       <c r="M259" s="15">
         <v>0</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="E260" s="15">
         <v>10000020057</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
         <v>37</v>
       </c>
       <c r="K260" s="15">
         <v>1.35</v>
       </c>
       <c r="L260" s="15">
         <v>1.23</v>
       </c>
       <c r="M260" s="15">
         <v>0.91882</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>617</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
         <v>490</v>
       </c>
       <c r="K261" s="15">
         <v>1.65</v>
       </c>
       <c r="L261" s="15">
         <v>1.37</v>
       </c>
       <c r="M261" s="15">
         <v>1.32</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>620</v>
+      </c>
+      <c r="D262" s="15" t="s">
         <v>621</v>
       </c>
-      <c r="D262" s="15" t="s">
+      <c r="E262" s="15" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>57</v>
       </c>
       <c r="K262" s="15">
         <v>1.68</v>
       </c>
       <c r="L262" s="15">
         <v>1.4</v>
       </c>
       <c r="M262" s="15">
         <v>1.34</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>620</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="E263" s="15">
         <v>10080003588</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15"/>
       <c r="K263" s="15">
         <v>0.98291</v>
       </c>
       <c r="L263" s="15">
         <v>0.98291</v>
       </c>
       <c r="M263" s="15">
         <v>0.98291</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="D264" s="15" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="E264" s="15">
         <v>10000021893</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15"/>
       <c r="K264" s="15">
         <v>2.34</v>
       </c>
       <c r="L264" s="15">
         <v>1.95</v>
       </c>
       <c r="M264" s="15">
         <v>1.87</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>627</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
+        <v>629</v>
+      </c>
+      <c r="H265" s="15" t="s">
+        <v>26</v>
+      </c>
+      <c r="I265" s="15" t="s">
         <v>630</v>
-      </c>
-[...4 lines deleted...]
-        <v>631</v>
       </c>
       <c r="J265" s="15">
         <v>100</v>
       </c>
       <c r="K265" s="15">
         <v>1.76</v>
       </c>
       <c r="L265" s="15">
         <v>1.48</v>
       </c>
       <c r="M265" s="15">
         <v>1.42</v>
       </c>
       <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>627</v>
       </c>
-      <c r="D266" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E266" s="15" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>633</v>
+        <v>632</v>
       </c>
       <c r="J266" s="15">
         <v>100</v>
       </c>
       <c r="K266" s="15">
         <v>1.76</v>
       </c>
       <c r="L266" s="15">
         <v>1.48</v>
       </c>
       <c r="M266" s="15">
         <v>1.42</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="E267" s="15">
         <v>10080008021</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>95</v>
       </c>
       <c r="K267" s="15">
         <v>3.42</v>
       </c>
       <c r="L267" s="15">
         <v>2.87</v>
       </c>
       <c r="M267" s="15">
         <v>2.76</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>635</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
       <c r="E268" s="15">
         <v>10080031506</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15"/>
       <c r="K268" s="15">
         <v>1.26</v>
       </c>
       <c r="L268" s="15">
         <v>1.03</v>
       </c>
       <c r="M268" s="15">
         <v>0.98738</v>
       </c>
       <c r="N268" s="15"/>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>637</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>638</v>
       </c>
-      <c r="D269" s="15" t="s">
+      <c r="E269" s="15" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>95</v>
       </c>
       <c r="K269" s="15">
         <v>1.38</v>
       </c>
       <c r="L269" s="15">
         <v>1.38</v>
       </c>
       <c r="M269" s="15">
         <v>1.38</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>640</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>641</v>
       </c>
-      <c r="D270" s="15" t="s">
+      <c r="E270" s="15" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
         <v>144</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15"/>
       <c r="K270" s="15">
         <v>3.77</v>
       </c>
       <c r="L270" s="15">
         <v>3.77</v>
       </c>
       <c r="M270" s="15">
         <v>3.77</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>643</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>644</v>
       </c>
-      <c r="D271" s="15" t="s">
+      <c r="E271" s="15" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>6000</v>
       </c>
       <c r="K271" s="15">
         <v>0.67735</v>
       </c>
       <c r="L271" s="15">
         <v>0.5681</v>
       </c>
       <c r="M271" s="15">
         <v>0.54625</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>647</v>
       </c>
-      <c r="D272" s="15" t="s">
+      <c r="E272" s="15" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>50</v>
       </c>
       <c r="K272" s="15">
         <v>3.6</v>
       </c>
       <c r="L272" s="15">
         <v>3.02</v>
       </c>
       <c r="M272" s="15">
         <v>2.91</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
       <c r="E273" s="15">
         <v>10080018063</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>57</v>
       </c>
       <c r="K273" s="15">
         <v>1.14</v>
       </c>
       <c r="L273" s="15">
         <v>1.14</v>
       </c>
       <c r="M273" s="15">
         <v>1.14</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>650</v>
       </c>
-      <c r="D274" s="15" t="s">
+      <c r="E274" s="15" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>57</v>
       </c>
       <c r="K274" s="15">
-        <v>1.53</v>
+        <v>1.97</v>
       </c>
       <c r="L274" s="15">
-        <v>1.33</v>
+        <v>1.48</v>
       </c>
       <c r="M274" s="15">
-        <v>1.27</v>
+        <v>1.37</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
-      <c r="P274" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="E275" s="15">
         <v>10080032384</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>3000</v>
       </c>
       <c r="K275" s="15">
         <v>1.03</v>
       </c>
       <c r="L275" s="15">
         <v>1.03</v>
       </c>
       <c r="M275" s="15">
         <v>1.03</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="D276" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="E276" s="15" t="s">
         <v>654</v>
-      </c>
-[...4 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>3000</v>
       </c>
       <c r="K276" s="15">
         <v>1.31</v>
       </c>
       <c r="L276" s="15">
         <v>1.1</v>
       </c>
       <c r="M276" s="15">
         <v>1.06</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="E277" s="15">
         <v>10080018062</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>95</v>
       </c>
       <c r="K277" s="15">
         <v>1.31</v>
       </c>
       <c r="L277" s="15">
         <v>1.31</v>
       </c>
       <c r="M277" s="15">
         <v>1.31</v>
       </c>
       <c r="N277" s="15"/>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="E278" s="15">
         <v>10080065045</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>95</v>
       </c>
       <c r="K278" s="15">
         <v>2.06</v>
       </c>
       <c r="L278" s="15">
         <v>1.73</v>
       </c>
       <c r="M278" s="15">
         <v>1.66</v>
       </c>
       <c r="N278" s="15">
-        <v>93</v>
+        <v>83</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="E279" s="15">
         <v>10080060233</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>2000</v>
       </c>
       <c r="K279" s="15">
         <v>1.28</v>
       </c>
       <c r="L279" s="15">
         <v>1.03</v>
       </c>
       <c r="M279" s="15">
         <v>0.99189</v>
       </c>
       <c r="N279" s="15"/>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D280" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="E280" s="15" t="s">
         <v>661</v>
-      </c>
-[...4 lines deleted...]
-        <v>663</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15" t="s">
         <v>135</v>
       </c>
       <c r="H280" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>18</v>
       </c>
       <c r="K280" s="15">
         <v>4.93</v>
       </c>
       <c r="L280" s="15">
         <v>4.13</v>
       </c>
       <c r="M280" s="15">
         <v>3.97</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="E281" s="15">
         <v>10080018061</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="H281" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>560</v>
       </c>
       <c r="K281" s="15">
         <v>2.76</v>
       </c>
       <c r="L281" s="15">
         <v>1.93</v>
       </c>
       <c r="M281" s="15">
         <v>1.8</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>664</v>
+      </c>
+      <c r="D282" s="15" t="s">
+        <v>665</v>
+      </c>
+      <c r="E282" s="15" t="s">
         <v>666</v>
-      </c>
-[...4 lines deleted...]
-        <v>668</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H282" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>6000</v>
       </c>
       <c r="K282" s="15">
         <v>2.72</v>
       </c>
       <c r="L282" s="15">
         <v>2.28</v>
       </c>
       <c r="M282" s="15">
         <v>2.2</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
+        <v>667</v>
+      </c>
+      <c r="D283" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="E283" s="15" t="s">
         <v>669</v>
-      </c>
-[...4 lines deleted...]
-        <v>671</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H283" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>57</v>
       </c>
       <c r="K283" s="15">
         <v>4.83</v>
       </c>
       <c r="L283" s="15">
         <v>4.05</v>
       </c>
       <c r="M283" s="15">
         <v>3.89</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>670</v>
+      </c>
+      <c r="D284" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="E284" s="15" t="s">
         <v>672</v>
-      </c>
-[...4 lines deleted...]
-        <v>674</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H284" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
-        <v>8.289999999999999</v>
+        <v>4.49</v>
       </c>
       <c r="L284" s="15">
-        <v>6.96</v>
+        <v>4.49</v>
       </c>
       <c r="M284" s="15">
-        <v>6.69</v>
+        <v>4.49</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D285" s="15" t="s">
+        <v>674</v>
+      </c>
+      <c r="E285" s="15" t="s">
         <v>675</v>
-      </c>
-[...4 lines deleted...]
-        <v>677</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H285" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>3000</v>
       </c>
       <c r="K285" s="15">
         <v>0.86979</v>
       </c>
       <c r="L285" s="15">
         <v>0.75382</v>
       </c>
       <c r="M285" s="15">
         <v>0.72483</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
+        <v>676</v>
+      </c>
+      <c r="D286" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="E286" s="15" t="s">
         <v>678</v>
-      </c>
-[...4 lines deleted...]
-        <v>680</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="H286" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>57</v>
       </c>
       <c r="K286" s="15">
         <v>1.31</v>
       </c>
       <c r="L286" s="15">
         <v>1.31</v>
       </c>
       <c r="M286" s="15">
         <v>1.31</v>
       </c>
       <c r="N286" s="15">
-        <v>1371</v>
+        <v>1667</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>680</v>
+      </c>
+      <c r="D287" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="E287" s="15" t="s">
         <v>682</v>
-      </c>
-[...4 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="H287" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>3000</v>
       </c>
       <c r="K287" s="15">
         <v>1.5</v>
       </c>
       <c r="L287" s="15">
         <v>1.5</v>
       </c>
       <c r="M287" s="15">
         <v>1.5</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="E288" s="15">
         <v>10080032066</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H288" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>90</v>
       </c>
       <c r="K288" s="15">
         <v>2.28</v>
       </c>
       <c r="L288" s="15">
         <v>1.91</v>
       </c>
       <c r="M288" s="15">
         <v>1.84</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
+        <v>683</v>
+      </c>
+      <c r="D289" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="E289" s="15" t="s">
         <v>685</v>
-      </c>
-[...4 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H289" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>90</v>
       </c>
       <c r="K289" s="15">
         <v>2.06</v>
       </c>
       <c r="L289" s="15">
         <v>1.73</v>
       </c>
       <c r="M289" s="15">
         <v>1.66</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="E290" s="15">
         <v>10080066008</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="H290" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
         <v>2.28</v>
       </c>
       <c r="L290" s="15">
         <v>1.9</v>
       </c>
       <c r="M290" s="15">
         <v>1.82</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="D291" s="15" t="s">
+        <v>689</v>
+      </c>
+      <c r="E291" s="15" t="s">
         <v>690</v>
-      </c>
-[...4 lines deleted...]
-        <v>692</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
         <v>250</v>
       </c>
       <c r="H291" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>90</v>
       </c>
       <c r="K291" s="15">
         <v>13.64</v>
       </c>
       <c r="L291" s="15">
         <v>11.44</v>
       </c>
       <c r="M291" s="15">
         <v>11</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="E292" s="15">
         <v>10080058592</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H292" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15"/>
       <c r="K292" s="15">
         <v>6</v>
       </c>
       <c r="L292" s="15">
         <v>4.84</v>
       </c>
       <c r="M292" s="15">
         <v>4.64</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>695</v>
+        <v>693</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="E293" s="15">
         <v>10080026977</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H293" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
         <v>160</v>
       </c>
       <c r="K293" s="15">
         <v>2.6</v>
       </c>
       <c r="L293" s="15">
         <v>1.82</v>
       </c>
       <c r="M293" s="15">
         <v>1.69</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
+        <v>695</v>
+      </c>
+      <c r="D294" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="E294" s="15" t="s">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>699</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H294" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15"/>
       <c r="K294" s="15">
         <v>75.95</v>
       </c>
       <c r="L294" s="15">
         <v>63.7</v>
       </c>
       <c r="M294" s="15">
         <v>61.25</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="E295" s="15">
         <v>10080053346</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15" t="s">
         <v>201</v>
       </c>
       <c r="H295" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
         <v>3.67</v>
       </c>
       <c r="L295" s="15">
         <v>3.01</v>
       </c>
       <c r="M295" s="15">
         <v>2.88</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
@@ -14186,317 +14174,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>708</v>
+        <v>706</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>709</v>
+        <v>707</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>710</v>
+        <v>708</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>