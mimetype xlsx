--- v1 (2026-01-09)
+++ v2 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="727">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="731">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -322,50 +322,56 @@
   <si>
     <t>Микросхема AT45DB161D-TU</t>
   </si>
   <si>
     <t>10-00038910</t>
   </si>
   <si>
     <t>TSOP28</t>
   </si>
   <si>
     <t xml:space="preserve">AT45DB161E-SHD-T </t>
   </si>
   <si>
     <t>Микросхема AT45DB161E-SHD-T</t>
   </si>
   <si>
     <t>AT45DB161E-SHD-T</t>
   </si>
   <si>
     <t>SPI Flash Memory 16 Мбит (528 Bytes x 4096 pages), 85МГц / AT45DB161E-SHD-T</t>
   </si>
   <si>
     <t xml:space="preserve">AT45DB161D-SU ATMEL, AT45DB161D-SU ADESTO, </t>
   </si>
   <si>
+    <t>UT-00155841</t>
+  </si>
+  <si>
+    <t>RENESAS</t>
+  </si>
+  <si>
     <t>UT-00098902</t>
   </si>
   <si>
     <t>UT-00104264</t>
   </si>
   <si>
     <t>AT45DB321B-TU</t>
   </si>
   <si>
     <t>Микросхема AT45DB321B-TU</t>
   </si>
   <si>
     <t>UT-00089733</t>
   </si>
   <si>
     <t>TSOP32</t>
   </si>
   <si>
     <t>AT45DB321D-SU</t>
   </si>
   <si>
     <t>Микросхема AT45DB321D-SU</t>
   </si>
   <si>
     <t>AT45DB321E-SHF-B</t>
@@ -1258,50 +1264,53 @@
   <si>
     <t>UT-00134353</t>
   </si>
   <si>
     <t>ATmega328-PU</t>
   </si>
   <si>
     <t>Микросхема ATmega328-PU</t>
   </si>
   <si>
     <t>UT-00146719</t>
   </si>
   <si>
     <t>ATmega328p-ANR</t>
   </si>
   <si>
     <t>Микросхема ATmega328p-ANR</t>
   </si>
   <si>
     <t>ATMEGA328P-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328P-AU</t>
   </si>
   <si>
+    <t xml:space="preserve">ATMEGA328P-AU MICROCHIP, </t>
+  </si>
+  <si>
     <t>UT-00141041</t>
   </si>
   <si>
     <t>ATMEGA328P-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328P-AUR</t>
   </si>
   <si>
     <t>ATMEGA328PB-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328PB-AU</t>
   </si>
   <si>
     <t>UT-00089751</t>
   </si>
   <si>
     <t>ATMEGA329PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA329PA-AU</t>
   </si>
   <si>
     <t>ATMEGA329PA-AUR</t>
@@ -1360,50 +1369,53 @@
   <si>
     <t>10-00038818</t>
   </si>
   <si>
     <t>ATMEGA48-20AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48-20AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA48PA-AU ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA48-20PU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48-20PU</t>
   </si>
   <si>
     <t>ATMEGA48PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48PA-AU</t>
   </si>
   <si>
+    <t>15.02.2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">ATMEGA48-20AU ATMEL, </t>
   </si>
   <si>
     <t>ATmega48PA-AUR</t>
   </si>
   <si>
     <t>Микросхема ATmega48PA-AUR</t>
   </si>
   <si>
     <t>UT-00123342</t>
   </si>
   <si>
     <t>ATMEGA48PA-PU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48PA-PU</t>
   </si>
   <si>
     <t>ATMEGA48V-10AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48V-10AU</t>
   </si>
   <si>
     <t>10-00038748</t>
@@ -1606,51 +1618,51 @@
   <si>
     <t>10-00038757</t>
   </si>
   <si>
     <t>VQFN28</t>
   </si>
   <si>
     <t>ATmega88PA-MU</t>
   </si>
   <si>
     <t>Микросхема ATmega88PA-MU</t>
   </si>
   <si>
     <t>UT-00105805</t>
   </si>
   <si>
     <t>ATMEGA8A-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8A-AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8-16AU MICROCHIP, ATMEGA8A-AUR ATMEL, ATMEGA8A-AU ATMEL, </t>
   </si>
   <si>
-    <t>03.02.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8A-AU MICROCHIP, ATMEGA8-16AU MICROCHIP, ATMEGA8A-AUR ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA8A-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8A-AUR</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8A-AU MICROCHIP, ATMEGA8-16AU MICROCHIP, ATMEGA8A-AU ATMEL, </t>
   </si>
   <si>
     <t>UT-00095004</t>
   </si>
   <si>
     <t>ATMEGA8A-PU</t>
   </si>
   <si>
     <t>ATMEGA8L-8AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8L-8AU</t>
   </si>
@@ -2703,51 +2715,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R296"/>
+  <dimension ref="A1:R297"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -3979,10182 +3991,10225 @@
         <v>101</v>
       </c>
       <c r="J35" s="15">
         <v>2000</v>
       </c>
       <c r="K35" s="15">
         <v>0.62531</v>
       </c>
       <c r="L35" s="15">
         <v>0.62531</v>
       </c>
       <c r="M35" s="15">
         <v>0.62531</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H36" s="15" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>2000</v>
       </c>
       <c r="K36" s="15">
-        <v>2.41</v>
+        <v>0.96335</v>
       </c>
       <c r="L36" s="15">
-        <v>2.03</v>
+        <v>0.8349</v>
       </c>
       <c r="M36" s="15">
-        <v>1.95</v>
+        <v>0.80279</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H37" s="15" t="s">
-        <v>71</v>
+        <v>58</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>2000</v>
       </c>
       <c r="K37" s="15">
-        <v>1.45</v>
+        <v>2.41</v>
       </c>
       <c r="L37" s="15">
-        <v>1.22</v>
+        <v>2.03</v>
       </c>
       <c r="M37" s="15">
-        <v>1.17</v>
+        <v>1.95</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D38" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E38" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>107</v>
+        <v>66</v>
       </c>
       <c r="H38" s="15" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="I38" s="15"/>
-      <c r="J38" s="15"/>
+      <c r="J38" s="15">
+        <v>2000</v>
+      </c>
       <c r="K38" s="15">
-        <v>8.119999999999999</v>
+        <v>1.45</v>
       </c>
       <c r="L38" s="15">
-        <v>6.77</v>
+        <v>1.22</v>
       </c>
       <c r="M38" s="15">
-        <v>6.5</v>
+        <v>1.17</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D39" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="E39" s="15" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>10000022486</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
-        <v>14.72</v>
+        <v>8.119999999999999</v>
       </c>
       <c r="L39" s="15">
-        <v>12.35</v>
+        <v>6.77</v>
       </c>
       <c r="M39" s="15">
-        <v>11.87</v>
+        <v>6.5</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="E40" s="15" t="s">
-        <v>112</v>
+      <c r="E40" s="15">
+        <v>10000022486</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H40" s="15" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
-        <v>1.66</v>
+        <v>14.72</v>
       </c>
       <c r="L40" s="15">
-        <v>1.34</v>
+        <v>12.35</v>
       </c>
       <c r="M40" s="15">
-        <v>1.29</v>
+        <v>11.87</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="I41" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I41" s="15"/>
+      <c r="J41" s="15"/>
       <c r="K41" s="15">
-        <v>1.54</v>
+        <v>1.66</v>
       </c>
       <c r="L41" s="15">
+        <v>1.34</v>
+      </c>
+      <c r="M41" s="15">
         <v>1.29</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.24</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H42" s="15" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="I42" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I42" s="15" t="s">
+        <v>118</v>
+      </c>
       <c r="J42" s="15">
         <v>2000</v>
       </c>
       <c r="K42" s="15">
-        <v>1.82</v>
+        <v>1.54</v>
       </c>
       <c r="L42" s="15">
-        <v>1.53</v>
+        <v>1.29</v>
       </c>
       <c r="M42" s="15">
-        <v>1.47</v>
+        <v>1.24</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E43" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="I43" s="15"/>
-      <c r="J43" s="15"/>
+      <c r="J43" s="15">
+        <v>2000</v>
+      </c>
       <c r="K43" s="15">
-        <v>24.35</v>
+        <v>1.82</v>
       </c>
       <c r="L43" s="15">
-        <v>20.43</v>
+        <v>1.53</v>
       </c>
       <c r="M43" s="15">
-        <v>19.64</v>
+        <v>1.47</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="E44" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="15"/>
-      <c r="G44" s="15"/>
+      <c r="G44" s="15" t="s">
+        <v>66</v>
+      </c>
       <c r="H44" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I44" s="15"/>
-      <c r="J44" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J44" s="15"/>
       <c r="K44" s="15">
-        <v>1.09</v>
+        <v>24.35</v>
       </c>
       <c r="L44" s="15">
-        <v>0.89385</v>
+        <v>20.43</v>
       </c>
       <c r="M44" s="15">
-        <v>0.8575199999999999</v>
+        <v>19.64</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E45" s="15">
-        <v>10080055573</v>
+        <v>10080035869</v>
       </c>
       <c r="F45" s="15"/>
-      <c r="G45" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>71</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
-        <v>2000</v>
+        <v>90</v>
       </c>
       <c r="K45" s="15">
-        <v>1.66</v>
+        <v>1.09</v>
       </c>
       <c r="L45" s="15">
-        <v>1.66</v>
+        <v>0.89385</v>
       </c>
       <c r="M45" s="15">
-        <v>1.66</v>
+        <v>0.8575199999999999</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E46" s="15">
-        <v>10080075908</v>
+        <v>10080055573</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H46" s="15" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>2000</v>
       </c>
       <c r="K46" s="15">
-        <v>4.74</v>
+        <v>1.66</v>
       </c>
       <c r="L46" s="15">
-        <v>3.95</v>
+        <v>1.66</v>
       </c>
       <c r="M46" s="15">
-        <v>3.79</v>
+        <v>1.66</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>126</v>
+      </c>
+      <c r="E47" s="15">
+        <v>10080075908</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H47" s="15" t="s">
-        <v>81</v>
+        <v>26</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
-        <v>3.19</v>
+        <v>4.74</v>
       </c>
       <c r="L47" s="15">
-        <v>2.68</v>
+        <v>3.95</v>
       </c>
       <c r="M47" s="15">
-        <v>2.58</v>
+        <v>3.79</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000019551</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
       <c r="H48" s="15" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="I48" s="15"/>
-      <c r="J48" s="15"/>
+      <c r="J48" s="15">
+        <v>2000</v>
+      </c>
       <c r="K48" s="15">
-        <v>259.52</v>
+        <v>3.19</v>
       </c>
       <c r="L48" s="15">
-        <v>216.27</v>
+        <v>2.68</v>
       </c>
       <c r="M48" s="15">
-        <v>207.61</v>
+        <v>2.58</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="E49" s="15" t="s">
-        <v>130</v>
+      <c r="E49" s="15">
+        <v>10000019551</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>131</v>
+        <v>96</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
-      <c r="J49" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J49" s="15"/>
       <c r="K49" s="15">
-        <v>1.15</v>
+        <v>259.52</v>
       </c>
       <c r="L49" s="15">
-        <v>0.83752</v>
+        <v>216.27</v>
       </c>
       <c r="M49" s="15">
-        <v>0.73899</v>
+        <v>207.61</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D50" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="E50" s="15" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I50" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J50" s="15"/>
+      <c r="I50" s="15"/>
+      <c r="J50" s="15">
+        <v>10</v>
+      </c>
       <c r="K50" s="15">
-        <v>1.11</v>
+        <v>1.15</v>
       </c>
       <c r="L50" s="15">
-        <v>1.05</v>
+        <v>0.83752</v>
       </c>
       <c r="M50" s="15">
-        <v>0.96069</v>
+        <v>0.73899</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>137</v>
-[...3 lines deleted...]
-        <v>10080058660</v>
+        <v>134</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>136</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H51" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="J51" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J51" s="15"/>
       <c r="K51" s="15">
-        <v>3.23</v>
+        <v>1.11</v>
       </c>
       <c r="L51" s="15">
-        <v>2.71</v>
+        <v>1.05</v>
       </c>
       <c r="M51" s="15">
-        <v>2.61</v>
+        <v>0.96069</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D52" s="15" t="s">
         <v>139</v>
       </c>
+      <c r="D52" s="15"/>
       <c r="E52" s="15">
-        <v>10000018857</v>
+        <v>10080058660</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H52" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="J52" s="15">
         <v>18</v>
       </c>
       <c r="K52" s="15">
-        <v>4.05</v>
+        <v>3.23</v>
       </c>
       <c r="L52" s="15">
-        <v>3.4</v>
+        <v>2.71</v>
       </c>
       <c r="M52" s="15">
-        <v>3.27</v>
+        <v>2.61</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D53" s="15" t="s">
-[...3 lines deleted...]
-        <v>143</v>
+      <c r="E53" s="15">
+        <v>10000018857</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I53" s="15"/>
+      <c r="I53" s="15" t="s">
+        <v>142</v>
+      </c>
       <c r="J53" s="15">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="K53" s="15">
-        <v>1.17</v>
+        <v>4.05</v>
       </c>
       <c r="L53" s="15">
-        <v>1.02</v>
+        <v>3.4</v>
       </c>
       <c r="M53" s="15">
-        <v>0.96069</v>
+        <v>3.27</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="E54" s="15" t="s">
         <v>145</v>
-      </c>
-[...4 lines deleted...]
-        <v>10000021418</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>37</v>
       </c>
       <c r="K54" s="15">
-        <v>1.89</v>
+        <v>1.17</v>
       </c>
       <c r="L54" s="15">
-        <v>1.58</v>
+        <v>1.02</v>
       </c>
       <c r="M54" s="15">
-        <v>1.51</v>
+        <v>0.96069</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="E55" s="15" t="s">
-        <v>149</v>
+      <c r="E55" s="15">
+        <v>10000021418</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I55" s="15"/>
-      <c r="J55" s="15"/>
+      <c r="J55" s="15">
+        <v>37</v>
+      </c>
       <c r="K55" s="15">
-        <v>1.85</v>
+        <v>1.89</v>
       </c>
       <c r="L55" s="15">
-        <v>1.54</v>
+        <v>1.58</v>
       </c>
       <c r="M55" s="15">
-        <v>1.42</v>
+        <v>1.51</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="D56" s="15"/>
-[...1 lines deleted...]
-        <v>10000019290</v>
+      <c r="E56" s="15" t="s">
+        <v>151</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I56" s="15"/>
-      <c r="J56" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J56" s="15"/>
       <c r="K56" s="15">
-        <v>4.52</v>
+        <v>1.85</v>
       </c>
       <c r="L56" s="15">
-        <v>3.77</v>
+        <v>1.54</v>
       </c>
       <c r="M56" s="15">
-        <v>3.61</v>
+        <v>1.42</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="D57" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="E57" s="15" t="s">
-        <v>153</v>
+      <c r="D57" s="15"/>
+      <c r="E57" s="15">
+        <v>10000019290</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="K57" s="15">
-        <v>1.85</v>
+        <v>4.52</v>
       </c>
       <c r="L57" s="15">
-        <v>1.54</v>
+        <v>3.77</v>
       </c>
       <c r="M57" s="15">
-        <v>1.42</v>
+        <v>3.61</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000020055</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H58" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>37</v>
       </c>
       <c r="K58" s="15">
-        <v>3.46</v>
+        <v>1.85</v>
       </c>
       <c r="L58" s="15">
-        <v>2.9</v>
+        <v>1.54</v>
       </c>
       <c r="M58" s="15">
-        <v>2.79</v>
+        <v>1.42</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="E59" s="15" t="s">
-        <v>158</v>
+      <c r="E59" s="15">
+        <v>10000020055</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>131</v>
+        <v>146</v>
       </c>
       <c r="H59" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I59" s="15"/>
-      <c r="J59" s="15"/>
+      <c r="J59" s="15">
+        <v>37</v>
+      </c>
       <c r="K59" s="15">
-        <v>2.03</v>
+        <v>3.46</v>
       </c>
       <c r="L59" s="15">
-        <v>1.66</v>
+        <v>2.9</v>
       </c>
       <c r="M59" s="15">
-        <v>1.42</v>
+        <v>2.79</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15">
-        <v>2.22</v>
+        <v>2.03</v>
       </c>
       <c r="L60" s="15">
-        <v>1.97</v>
+        <v>1.66</v>
       </c>
       <c r="M60" s="15">
-        <v>1.91</v>
+        <v>1.42</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="E61" s="15" t="s">
         <v>163</v>
-      </c>
-[...4 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15"/>
       <c r="K61" s="15">
+        <v>2.22</v>
+      </c>
+      <c r="L61" s="15">
         <v>1.97</v>
       </c>
-      <c r="L61" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="M61" s="15">
-        <v>1.42</v>
+        <v>1.91</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I62" s="15"/>
-      <c r="J62" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J62" s="15"/>
       <c r="K62" s="15">
-        <v>6.09</v>
+        <v>1.97</v>
       </c>
       <c r="L62" s="15">
-        <v>6.09</v>
+        <v>1.66</v>
       </c>
       <c r="M62" s="15">
-        <v>6.09</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.42</v>
+      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="H63" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>160</v>
+        <v>37</v>
       </c>
       <c r="K63" s="15">
-        <v>21.41</v>
+        <v>6.09</v>
       </c>
       <c r="L63" s="15">
-        <v>17.95</v>
+        <v>6.09</v>
       </c>
       <c r="M63" s="15">
-        <v>17.26</v>
-[...1 lines deleted...]
-      <c r="N63" s="15"/>
+        <v>6.09</v>
+      </c>
+      <c r="N63" s="15">
+        <v>358</v>
+      </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="K64" s="15">
-        <v>11.83</v>
+        <v>21.41</v>
       </c>
       <c r="L64" s="15">
-        <v>9.92</v>
+        <v>17.95</v>
       </c>
       <c r="M64" s="15">
-        <v>9.539999999999999</v>
+        <v>17.26</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>177</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H65" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="K65" s="15">
-        <v>3.26</v>
+        <v>11.83</v>
       </c>
       <c r="L65" s="15">
-        <v>2.96</v>
+        <v>9.92</v>
       </c>
       <c r="M65" s="15">
-        <v>2.65</v>
+        <v>9.539999999999999</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H66" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>10</v>
       </c>
       <c r="K66" s="15">
-        <v>13.95</v>
+        <v>3.26</v>
       </c>
       <c r="L66" s="15">
-        <v>11.7</v>
+        <v>2.96</v>
       </c>
       <c r="M66" s="15">
-        <v>11.25</v>
+        <v>2.65</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>10000022322</v>
+        <v>183</v>
+      </c>
+      <c r="E67" s="15" t="s">
+        <v>184</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H67" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>10</v>
       </c>
       <c r="K67" s="15">
-        <v>4.62</v>
+        <v>13.95</v>
       </c>
       <c r="L67" s="15">
-        <v>3.85</v>
+        <v>11.7</v>
       </c>
       <c r="M67" s="15">
-        <v>3.7</v>
+        <v>11.25</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="D68" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="15">
-        <v>10080049140</v>
+        <v>10000022322</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>185</v>
+        <v>133</v>
       </c>
       <c r="H68" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="K68" s="15">
-        <v>23.75</v>
+        <v>4.62</v>
       </c>
       <c r="L68" s="15">
-        <v>23.75</v>
+        <v>3.85</v>
       </c>
       <c r="M68" s="15">
-        <v>23.75</v>
+        <v>3.7</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="D69" s="15" t="s">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="E69" s="15">
+        <v>10080049140</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>162</v>
+        <v>187</v>
       </c>
       <c r="H69" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>1</v>
+        <v>160</v>
       </c>
       <c r="K69" s="15">
-        <v>2.19</v>
+        <v>23.75</v>
       </c>
       <c r="L69" s="15">
-        <v>1.63</v>
+        <v>23.75</v>
       </c>
       <c r="M69" s="15">
-        <v>1.48</v>
+        <v>23.75</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I70" s="15"/>
-      <c r="J70" s="15"/>
+      <c r="J70" s="15">
+        <v>1</v>
+      </c>
       <c r="K70" s="15">
-        <v>2.46</v>
+        <v>2.19</v>
       </c>
       <c r="L70" s="15">
-        <v>2.03</v>
+        <v>1.63</v>
       </c>
       <c r="M70" s="15">
-        <v>1.97</v>
+        <v>1.48</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>192</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000003075</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I71" s="15"/>
-      <c r="J71" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J71" s="15"/>
       <c r="K71" s="15">
-        <v>4.2</v>
+        <v>2.46</v>
       </c>
       <c r="L71" s="15">
-        <v>3.45</v>
+        <v>2.03</v>
       </c>
       <c r="M71" s="15">
-        <v>3.31</v>
+        <v>1.97</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="E72" s="15" t="s">
-        <v>196</v>
+      <c r="E72" s="15">
+        <v>10000003075</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I72" s="15"/>
-      <c r="J72" s="15"/>
+      <c r="J72" s="15">
+        <v>27</v>
+      </c>
       <c r="K72" s="15">
-        <v>1.21</v>
+        <v>4.2</v>
       </c>
       <c r="L72" s="15">
-        <v>1.21</v>
+        <v>3.45</v>
       </c>
       <c r="M72" s="15">
-        <v>1.21</v>
+        <v>3.31</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>198</v>
-      </c>
-[...2 lines deleted...]
-        <v>10000002338</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>131</v>
+        <v>199</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
-        <v>2.46</v>
+        <v>1.21</v>
       </c>
       <c r="L73" s="15">
-        <v>1.97</v>
+        <v>1.21</v>
       </c>
       <c r="M73" s="15">
-        <v>1.72</v>
+        <v>1.21</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="D74" s="15" t="s">
         <v>200</v>
       </c>
+      <c r="D74" s="15"/>
       <c r="E74" s="15">
-        <v>10080065049</v>
+        <v>10000002338</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>201</v>
+        <v>133</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I74" s="15"/>
-      <c r="J74" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J74" s="15"/>
       <c r="K74" s="15">
-        <v>4.09</v>
+        <v>2.46</v>
       </c>
       <c r="L74" s="15">
-        <v>3.41</v>
+        <v>1.97</v>
       </c>
       <c r="M74" s="15">
-        <v>3.27</v>
+        <v>1.72</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D75" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E75" s="15">
-        <v>10000001603</v>
+        <v>10080065049</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="K75" s="15">
-        <v>2.46</v>
+        <v>4.09</v>
       </c>
       <c r="L75" s="15">
-        <v>1.97</v>
+        <v>3.41</v>
       </c>
       <c r="M75" s="15">
-        <v>1.6</v>
+        <v>3.27</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="E76" s="15" t="s">
-        <v>206</v>
+      <c r="E76" s="15">
+        <v>10000001603</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="15"/>
-      <c r="J76" s="15"/>
+      <c r="J76" s="15">
+        <v>27</v>
+      </c>
       <c r="K76" s="15">
         <v>2.46</v>
       </c>
       <c r="L76" s="15">
         <v>1.97</v>
       </c>
       <c r="M76" s="15">
-        <v>1.66</v>
+        <v>1.6</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080036593</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>3.35</v>
+        <v>2.46</v>
       </c>
       <c r="L77" s="15">
-        <v>2.75</v>
+        <v>1.97</v>
       </c>
       <c r="M77" s="15">
-        <v>2.64</v>
+        <v>1.66</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D78" s="15"/>
+      <c r="D78" s="15" t="s">
+        <v>210</v>
+      </c>
       <c r="E78" s="15">
-        <v>10000017898</v>
+        <v>10080036593</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>4.61</v>
+        <v>3.35</v>
       </c>
       <c r="L78" s="15">
-        <v>3.78</v>
+        <v>2.75</v>
       </c>
       <c r="M78" s="15">
-        <v>3.63</v>
+        <v>2.64</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="D79" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="E79" s="15" t="s">
-        <v>212</v>
+      <c r="D79" s="15"/>
+      <c r="E79" s="15">
+        <v>10000017898</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="K79" s="15">
-        <v>0.74557</v>
+        <v>4.61</v>
       </c>
       <c r="L79" s="15">
-        <v>0.74557</v>
+        <v>3.78</v>
       </c>
       <c r="M79" s="15">
-        <v>0.74557</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.63</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>201</v>
+        <v>164</v>
       </c>
       <c r="H80" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="K80" s="15">
-        <v>4.38</v>
+        <v>0.74557</v>
       </c>
       <c r="L80" s="15">
-        <v>3.67</v>
+        <v>0.74557</v>
       </c>
       <c r="M80" s="15">
-        <v>3.53</v>
-[...1 lines deleted...]
-      <c r="N80" s="15"/>
+        <v>0.74557</v>
+      </c>
+      <c r="N80" s="15">
+        <v>376</v>
+      </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>10000019000</v>
+        <v>216</v>
+      </c>
+      <c r="E81" s="15" t="s">
+        <v>217</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>160</v>
       </c>
       <c r="K81" s="15">
-        <v>2.65</v>
+        <v>4.38</v>
       </c>
       <c r="L81" s="15">
-        <v>1.76</v>
+        <v>3.67</v>
       </c>
       <c r="M81" s="15">
-        <v>1.68</v>
+        <v>3.53</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D82" s="15" t="s">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="E82" s="15">
+        <v>10000019000</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="K82" s="15">
-        <v>1.48</v>
+        <v>2.65</v>
       </c>
       <c r="L82" s="15">
-        <v>1.29</v>
+        <v>1.76</v>
       </c>
       <c r="M82" s="15">
-        <v>1.23</v>
+        <v>1.68</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000020321</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>27</v>
       </c>
       <c r="K83" s="15">
-        <v>1.93</v>
+        <v>1.48</v>
       </c>
       <c r="L83" s="15">
-        <v>1.35</v>
+        <v>1.29</v>
       </c>
       <c r="M83" s="15">
-        <v>1.26</v>
+        <v>1.23</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="E84" s="15" t="s">
-        <v>223</v>
+      <c r="E84" s="15">
+        <v>10000020321</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="K84" s="15">
-        <v>1.48</v>
+        <v>1.93</v>
       </c>
       <c r="L84" s="15">
         <v>1.35</v>
       </c>
       <c r="M84" s="15">
-        <v>1.29</v>
+        <v>1.26</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>224</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>10</v>
       </c>
       <c r="K85" s="15">
-        <v>1.6</v>
+        <v>1.48</v>
       </c>
       <c r="L85" s="15">
         <v>1.35</v>
       </c>
       <c r="M85" s="15">
         <v>1.29</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080009393</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>10</v>
       </c>
       <c r="K86" s="15">
-        <v>5.05</v>
+        <v>1.6</v>
       </c>
       <c r="L86" s="15">
-        <v>4.23</v>
+        <v>1.35</v>
       </c>
       <c r="M86" s="15">
-        <v>4.07</v>
+        <v>1.29</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="E87" s="15" t="s">
-        <v>231</v>
+      <c r="E87" s="15">
+        <v>10080009393</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>162</v>
+        <v>133</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="15"/>
-      <c r="J87" s="15"/>
+      <c r="J87" s="15">
+        <v>10</v>
+      </c>
       <c r="K87" s="15">
-        <v>4.43</v>
+        <v>5.05</v>
       </c>
       <c r="L87" s="15">
-        <v>3.94</v>
+        <v>4.23</v>
       </c>
       <c r="M87" s="15">
-        <v>3.45</v>
+        <v>4.07</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I88" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>4.43</v>
       </c>
       <c r="L88" s="15">
         <v>3.94</v>
       </c>
       <c r="M88" s="15">
         <v>3.45</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D89" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>236</v>
-      </c>
-[...2 lines deleted...]
-        <v>10080060172</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>201</v>
+        <v>133</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I89" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>4.43</v>
       </c>
       <c r="L89" s="15">
-        <v>3.72</v>
+        <v>3.94</v>
       </c>
       <c r="M89" s="15">
-        <v>3.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.45</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D90" s="15"/>
       <c r="E90" s="15">
-        <v>10000017806</v>
+        <v>10080060172</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>160</v>
       </c>
       <c r="K90" s="15">
-        <v>4.91</v>
+        <v>4.43</v>
       </c>
       <c r="L90" s="15">
-        <v>4.12</v>
+        <v>3.72</v>
       </c>
       <c r="M90" s="15">
-        <v>3.96</v>
-[...1 lines deleted...]
-      <c r="N90" s="15"/>
+        <v>3.58</v>
+      </c>
+      <c r="N90" s="15">
+        <v>55</v>
+      </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D91" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="E91" s="15" t="s">
-        <v>239</v>
+      <c r="D91" s="15"/>
+      <c r="E91" s="15">
+        <v>10000017806</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="H91" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="K91" s="15">
-        <v>6.92</v>
+        <v>4.91</v>
       </c>
       <c r="L91" s="15">
-        <v>6.62</v>
+        <v>4.12</v>
       </c>
       <c r="M91" s="15">
-        <v>6.62</v>
+        <v>3.96</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>10000017593</v>
+        <v>240</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>241</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H92" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>27</v>
       </c>
       <c r="K92" s="15">
-        <v>6.25</v>
+        <v>6.92</v>
       </c>
       <c r="L92" s="15">
-        <v>5.25</v>
+        <v>6.62</v>
       </c>
       <c r="M92" s="15">
-        <v>5.04</v>
+        <v>6.62</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
-      <c r="D93" s="15" t="s">
-[...3 lines deleted...]
-        <v>242</v>
+      <c r="E93" s="15">
+        <v>10000017593</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H93" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>500</v>
+        <v>27</v>
       </c>
       <c r="K93" s="15">
-        <v>15.03</v>
+        <v>6.25</v>
       </c>
       <c r="L93" s="15">
-        <v>12.61</v>
+        <v>5.25</v>
       </c>
       <c r="M93" s="15">
-        <v>12.12</v>
+        <v>5.04</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="K94" s="15">
-        <v>4.74</v>
+        <v>15.03</v>
       </c>
       <c r="L94" s="15">
-        <v>4.74</v>
+        <v>12.61</v>
       </c>
       <c r="M94" s="15">
-        <v>4.74</v>
+        <v>12.12</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="H95" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>10</v>
       </c>
       <c r="K95" s="15">
-        <v>4.31</v>
+        <v>4.74</v>
       </c>
       <c r="L95" s="15">
-        <v>3.69</v>
+        <v>4.74</v>
       </c>
       <c r="M95" s="15">
-        <v>3.45</v>
+        <v>4.74</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D96" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="E96" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>250</v>
+        <v>133</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I96" s="15"/>
-      <c r="J96" s="15"/>
+      <c r="J96" s="15">
+        <v>10</v>
+      </c>
       <c r="K96" s="15">
-        <v>12.03</v>
+        <v>4.31</v>
       </c>
       <c r="L96" s="15">
-        <v>10.09</v>
+        <v>3.69</v>
       </c>
       <c r="M96" s="15">
-        <v>9.699999999999999</v>
+        <v>3.45</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>248</v>
-[...2 lines deleted...]
-        <v>10080034384</v>
+        <v>250</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>251</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H97" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
-        <v>8.92</v>
+        <v>12.03</v>
       </c>
       <c r="L97" s="15">
-        <v>7.43</v>
+        <v>10.09</v>
       </c>
       <c r="M97" s="15">
-        <v>7.14</v>
+        <v>9.699999999999999</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E98" s="15">
-        <v>10080017960</v>
+        <v>10080034384</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I98" s="15"/>
-      <c r="J98" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J98" s="15"/>
       <c r="K98" s="15">
-        <v>6.78</v>
+        <v>8.92</v>
       </c>
       <c r="L98" s="15">
-        <v>4.75</v>
+        <v>7.43</v>
       </c>
       <c r="M98" s="15">
-        <v>4.41</v>
+        <v>7.14</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="E99" s="15" t="s">
-        <v>255</v>
+      <c r="E99" s="15">
+        <v>10080017960</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H99" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>90</v>
       </c>
       <c r="K99" s="15">
-        <v>10.02</v>
+        <v>6.78</v>
       </c>
       <c r="L99" s="15">
-        <v>10.02</v>
+        <v>4.75</v>
       </c>
       <c r="M99" s="15">
-        <v>10.02</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.41</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>260</v>
+        <v>90</v>
       </c>
       <c r="K100" s="15">
-        <v>5.35</v>
+        <v>10.02</v>
       </c>
       <c r="L100" s="15">
-        <v>4.49</v>
+        <v>10.02</v>
       </c>
       <c r="M100" s="15">
-        <v>4.31</v>
+        <v>10.02</v>
       </c>
       <c r="N100" s="15">
-        <v>145</v>
+        <v>4</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H101" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>260</v>
       </c>
       <c r="K101" s="15">
-        <v>5.18</v>
+        <v>5.35</v>
       </c>
       <c r="L101" s="15">
-        <v>4.35</v>
+        <v>4.49</v>
       </c>
       <c r="M101" s="15">
-        <v>4.18</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>4.31</v>
+      </c>
+      <c r="N101" s="15">
+        <v>174</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="D102" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="E102" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H102" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>4000</v>
+        <v>260</v>
       </c>
       <c r="K102" s="15">
-        <v>9.380000000000001</v>
+        <v>5.18</v>
       </c>
       <c r="L102" s="15">
-        <v>7.87</v>
+        <v>4.35</v>
       </c>
       <c r="M102" s="15">
-        <v>7.57</v>
+        <v>4.18</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>264</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>250</v>
+        <v>4000</v>
       </c>
       <c r="K103" s="15">
-        <v>6.61</v>
+        <v>9.380000000000001</v>
       </c>
       <c r="L103" s="15">
-        <v>5.55</v>
+        <v>7.87</v>
       </c>
       <c r="M103" s="15">
-        <v>5.33</v>
+        <v>7.57</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D104" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="E104" s="15" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080002354</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="K104" s="15">
-        <v>9.75</v>
+        <v>6.61</v>
       </c>
       <c r="L104" s="15">
-        <v>8.119999999999999</v>
+        <v>5.55</v>
       </c>
       <c r="M104" s="15">
-        <v>7.8</v>
+        <v>5.33</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D105" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="15">
-        <v>10080068736</v>
+        <v>10080002354</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="15"/>
-      <c r="J105" s="15"/>
+      <c r="J105" s="15">
+        <v>160</v>
+      </c>
       <c r="K105" s="15">
-        <v>7.44</v>
+        <v>9.75</v>
       </c>
       <c r="L105" s="15">
-        <v>6.2</v>
+        <v>8.119999999999999</v>
       </c>
       <c r="M105" s="15">
-        <v>5.95</v>
+        <v>7.8</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E106" s="15">
-        <v>10080034497</v>
+        <v>10080068736</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I106" s="15"/>
-      <c r="J106" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>7.73</v>
+        <v>7.44</v>
       </c>
       <c r="L106" s="15">
-        <v>6.44</v>
+        <v>6.2</v>
       </c>
       <c r="M106" s="15">
-        <v>6.18</v>
+        <v>5.95</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>276</v>
+      </c>
+      <c r="E107" s="15">
+        <v>10080034497</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>160</v>
       </c>
       <c r="K107" s="15">
-        <v>29.23</v>
+        <v>7.73</v>
       </c>
       <c r="L107" s="15">
-        <v>24.51</v>
+        <v>6.44</v>
       </c>
       <c r="M107" s="15">
-        <v>23.57</v>
+        <v>6.18</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>270</v>
+        <v>252</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15"/>
+      <c r="J108" s="15">
+        <v>160</v>
+      </c>
       <c r="K108" s="15">
-        <v>12.91</v>
+        <v>29.23</v>
       </c>
       <c r="L108" s="15">
-        <v>12.91</v>
+        <v>24.51</v>
       </c>
       <c r="M108" s="15">
-        <v>12.91</v>
+        <v>23.57</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I109" s="15"/>
-      <c r="J109" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>8.56</v>
+        <v>12.91</v>
       </c>
       <c r="L109" s="15">
-        <v>7.18</v>
+        <v>12.91</v>
       </c>
       <c r="M109" s="15">
-        <v>6.91</v>
+        <v>12.91</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>282</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080042601</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>160</v>
+        <v>1500</v>
       </c>
       <c r="K110" s="15">
-        <v>15.73</v>
+        <v>8.56</v>
       </c>
       <c r="L110" s="15">
-        <v>15.73</v>
+        <v>7.18</v>
       </c>
       <c r="M110" s="15">
-        <v>15.73</v>
+        <v>6.91</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E111" s="15">
-        <v>10080008008</v>
+        <v>10080042601</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I111" s="15"/>
       <c r="J111" s="15">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="K111" s="15">
-        <v>8.82</v>
+        <v>15.73</v>
       </c>
       <c r="L111" s="15">
-        <v>6.18</v>
+        <v>15.73</v>
       </c>
       <c r="M111" s="15">
-        <v>5.74</v>
+        <v>15.73</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="E112" s="15">
-        <v>10080034304</v>
+        <v>10080008008</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J112" s="15">
         <v>90</v>
       </c>
       <c r="K112" s="15">
-        <v>9.779999999999999</v>
+        <v>8.82</v>
       </c>
       <c r="L112" s="15">
-        <v>8.02</v>
+        <v>6.18</v>
       </c>
       <c r="M112" s="15">
-        <v>7.7</v>
+        <v>5.74</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="D113" s="15" t="s">
-[...3 lines deleted...]
-        <v>293</v>
+      <c r="E113" s="15">
+        <v>10080034304</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I113" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I113" s="15" t="s">
+        <v>292</v>
+      </c>
       <c r="J113" s="15">
         <v>90</v>
       </c>
       <c r="K113" s="15">
-        <v>27.87</v>
+        <v>9.779999999999999</v>
       </c>
       <c r="L113" s="15">
-        <v>27.87</v>
+        <v>8.02</v>
       </c>
       <c r="M113" s="15">
-        <v>27.87</v>
+        <v>7.7</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080068701</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
       <c r="H114" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I114" s="15"/>
-      <c r="J114" s="15"/>
+      <c r="J114" s="15">
+        <v>90</v>
+      </c>
       <c r="K114" s="15">
-        <v>13.78</v>
+        <v>27.87</v>
       </c>
       <c r="L114" s="15">
-        <v>13.78</v>
+        <v>27.87</v>
       </c>
       <c r="M114" s="15">
-        <v>13.78</v>
+        <v>27.87</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D115" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E115" s="15">
-        <v>10080053094</v>
+        <v>10080068701</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
-        <v>9.16</v>
+        <v>13.78</v>
       </c>
       <c r="L115" s="15">
-        <v>7.39</v>
+        <v>13.78</v>
       </c>
       <c r="M115" s="15">
-        <v>7.09</v>
+        <v>13.78</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D116" s="15" t="s">
-[...3 lines deleted...]
-        <v>302</v>
+      <c r="E116" s="15">
+        <v>10080053094</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H116" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I116" s="15"/>
-      <c r="J116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J116" s="15"/>
       <c r="K116" s="15">
-        <v>9.56</v>
+        <v>9.16</v>
       </c>
       <c r="L116" s="15">
-        <v>8.02</v>
+        <v>7.39</v>
       </c>
       <c r="M116" s="15">
-        <v>7.71</v>
+        <v>7.09</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039781</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>42</v>
+        <v>301</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>4000</v>
+        <v>126</v>
       </c>
       <c r="K117" s="15">
-        <v>0.18647</v>
+        <v>9.56</v>
       </c>
       <c r="L117" s="15">
-        <v>0.15289</v>
+        <v>8.02</v>
       </c>
       <c r="M117" s="15">
-        <v>0.14668</v>
+        <v>7.71</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E118" s="15">
-        <v>10080007517</v>
+        <v>10080039781</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>4000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.86063</v>
+        <v>0.18647</v>
       </c>
       <c r="L118" s="15">
-        <v>0.72182</v>
+        <v>0.15289</v>
       </c>
       <c r="M118" s="15">
-        <v>0.69406</v>
+        <v>0.14668</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="E119" s="15" t="s">
-        <v>309</v>
+      <c r="E119" s="15">
+        <v>10080007517</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>162</v>
+        <v>42</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>27</v>
+        <v>4000</v>
       </c>
       <c r="K119" s="15">
-        <v>8.67</v>
+        <v>0.86063</v>
       </c>
       <c r="L119" s="15">
-        <v>7.22</v>
+        <v>0.72182</v>
       </c>
       <c r="M119" s="15">
-        <v>6.93</v>
+        <v>0.69406</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>310</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>250</v>
+        <v>164</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>90</v>
+        <v>27</v>
       </c>
       <c r="K120" s="15">
-        <v>10.35</v>
+        <v>8.67</v>
       </c>
       <c r="L120" s="15">
-        <v>10.16</v>
+        <v>7.22</v>
       </c>
       <c r="M120" s="15">
-        <v>9.359999999999999</v>
+        <v>6.93</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>90</v>
       </c>
       <c r="K121" s="15">
-        <v>48.42</v>
+        <v>10.35</v>
       </c>
       <c r="L121" s="15">
-        <v>40.61</v>
+        <v>10.16</v>
       </c>
       <c r="M121" s="15">
-        <v>39.05</v>
+        <v>9.359999999999999</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>316</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000018166</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>90</v>
       </c>
       <c r="K122" s="15">
-        <v>9.640000000000001</v>
+        <v>48.42</v>
       </c>
       <c r="L122" s="15">
-        <v>8.029999999999999</v>
+        <v>40.61</v>
       </c>
       <c r="M122" s="15">
-        <v>7.71</v>
+        <v>39.05</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="E123" s="15" t="s">
-        <v>320</v>
+      <c r="E123" s="15">
+        <v>10000018166</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>321</v>
+        <v>252</v>
       </c>
       <c r="H123" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>90</v>
       </c>
       <c r="K123" s="15">
-        <v>18.41</v>
+        <v>9.640000000000001</v>
       </c>
       <c r="L123" s="15">
-        <v>18.41</v>
+        <v>8.029999999999999</v>
       </c>
       <c r="M123" s="15">
-        <v>18.41</v>
+        <v>7.71</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="E124" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="F124" s="15"/>
+      <c r="G124" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="E124" s="15">
-[...3 lines deleted...]
-      <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>90</v>
       </c>
       <c r="K124" s="15">
-        <v>14.18</v>
+        <v>18.41</v>
       </c>
       <c r="L124" s="15">
-        <v>11.63</v>
+        <v>18.41</v>
       </c>
       <c r="M124" s="15">
-        <v>11.15</v>
+        <v>18.41</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E125" s="15">
-        <v>10080039407</v>
+        <v>10080038618</v>
       </c>
       <c r="F125" s="15"/>
-      <c r="G125" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I125" s="15"/>
-      <c r="J125" s="15"/>
+      <c r="J125" s="15">
+        <v>90</v>
+      </c>
       <c r="K125" s="15">
-        <v>5.64</v>
+        <v>14.18</v>
       </c>
       <c r="L125" s="15">
-        <v>4.7</v>
+        <v>11.63</v>
       </c>
       <c r="M125" s="15">
-        <v>4.52</v>
+        <v>11.15</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>325</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>327</v>
+      </c>
+      <c r="E126" s="15">
+        <v>10080039407</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H126" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15"/>
       <c r="K126" s="15">
-        <v>6.28</v>
+        <v>5.64</v>
       </c>
       <c r="L126" s="15">
-        <v>5.27</v>
+        <v>4.7</v>
       </c>
       <c r="M126" s="15">
-        <v>5.06</v>
+        <v>4.52</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="D127" s="15"/>
-[...1 lines deleted...]
-        <v>10080066489</v>
+      <c r="E127" s="15" t="s">
+        <v>328</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I127" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I127" s="15"/>
+      <c r="J127" s="15"/>
       <c r="K127" s="15">
-        <v>4.85</v>
+        <v>6.28</v>
       </c>
       <c r="L127" s="15">
-        <v>3.88</v>
+        <v>5.27</v>
       </c>
       <c r="M127" s="15">
-        <v>3.53</v>
+        <v>5.06</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D128" s="15"/>
       <c r="E128" s="15">
-        <v>10080007698</v>
+        <v>10080066489</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H128" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J128" s="15">
         <v>90</v>
       </c>
       <c r="K128" s="15">
-        <v>4.52</v>
+        <v>4.85</v>
       </c>
       <c r="L128" s="15">
-        <v>3.64</v>
+        <v>3.88</v>
       </c>
       <c r="M128" s="15">
-        <v>3.3</v>
+        <v>3.53</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="D129" s="15"/>
       <c r="E129" s="15">
-        <v>10080037122</v>
+        <v>10080007698</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J129" s="15">
-        <v>1000</v>
+        <v>90</v>
       </c>
       <c r="K129" s="15">
-        <v>4.5</v>
+        <v>4.52</v>
       </c>
       <c r="L129" s="15">
-        <v>3.62</v>
+        <v>3.64</v>
       </c>
       <c r="M129" s="15">
-        <v>3.53</v>
+        <v>3.3</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="E130" s="15" t="s">
-        <v>334</v>
+      <c r="E130" s="15">
+        <v>10080037122</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I130" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I130" s="15" t="s">
+        <v>334</v>
+      </c>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
-        <v>4.78</v>
+        <v>4.5</v>
       </c>
       <c r="L130" s="15">
-        <v>4.01</v>
+        <v>3.62</v>
       </c>
       <c r="M130" s="15">
-        <v>3.86</v>
+        <v>3.53</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>335</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034416</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H131" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>90</v>
+        <v>1000</v>
       </c>
       <c r="K131" s="15">
-        <v>9.01</v>
+        <v>4.78</v>
       </c>
       <c r="L131" s="15">
-        <v>7.39</v>
+        <v>4.01</v>
       </c>
       <c r="M131" s="15">
-        <v>7.09</v>
+        <v>3.86</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>337</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>338</v>
       </c>
-      <c r="E132" s="15" t="s">
-        <v>339</v>
+      <c r="E132" s="15">
+        <v>10080034416</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
       <c r="H132" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="K132" s="15">
-        <v>18.46</v>
+        <v>9.01</v>
       </c>
       <c r="L132" s="15">
-        <v>15.49</v>
+        <v>7.39</v>
       </c>
       <c r="M132" s="15">
-        <v>14.89</v>
+        <v>7.09</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>10000020343</v>
+        <v>340</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>341</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H133" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>160</v>
       </c>
       <c r="K133" s="15">
-        <v>3.3</v>
+        <v>18.46</v>
       </c>
       <c r="L133" s="15">
-        <v>2.66</v>
+        <v>15.49</v>
       </c>
       <c r="M133" s="15">
-        <v>2.56</v>
+        <v>14.89</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="D134" s="15"/>
+        <v>339</v>
+      </c>
+      <c r="D134" s="15" t="s">
+        <v>340</v>
+      </c>
       <c r="E134" s="15">
-        <v>10080060173</v>
+        <v>10000020343</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H134" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I134" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I134" s="15" t="s">
+        <v>342</v>
+      </c>
       <c r="J134" s="15">
         <v>160</v>
       </c>
       <c r="K134" s="15">
-        <v>7.46</v>
+        <v>3.3</v>
       </c>
       <c r="L134" s="15">
-        <v>7.46</v>
+        <v>2.66</v>
       </c>
       <c r="M134" s="15">
-        <v>7.46</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.56</v>
+      </c>
+      <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D135" s="15"/>
       <c r="E135" s="15">
-        <v>10080018060</v>
+        <v>10080060173</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H135" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>160</v>
       </c>
       <c r="K135" s="15">
-        <v>3.93</v>
+        <v>7.46</v>
       </c>
       <c r="L135" s="15">
-        <v>3.93</v>
+        <v>7.46</v>
       </c>
       <c r="M135" s="15">
-        <v>3.93</v>
-[...1 lines deleted...]
-      <c r="N135" s="15"/>
+        <v>7.46</v>
+      </c>
+      <c r="N135" s="15">
+        <v>776</v>
+      </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="D136" s="15" t="s">
         <v>343</v>
       </c>
+      <c r="D136" s="15"/>
       <c r="E136" s="15">
-        <v>10080073570</v>
+        <v>10080018060</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>131</v>
+        <v>203</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="15"/>
-      <c r="J136" s="15"/>
+      <c r="J136" s="15">
+        <v>160</v>
+      </c>
       <c r="K136" s="15">
-        <v>6.37</v>
+        <v>3.93</v>
       </c>
       <c r="L136" s="15">
-        <v>5.31</v>
+        <v>3.93</v>
       </c>
       <c r="M136" s="15">
-        <v>5.09</v>
+        <v>3.93</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>345</v>
       </c>
       <c r="E137" s="15">
-        <v>10080018239</v>
+        <v>10080073570</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>201</v>
+        <v>133</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="15"/>
-      <c r="J137" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J137" s="15"/>
       <c r="K137" s="15">
-        <v>9.02</v>
+        <v>6.37</v>
       </c>
       <c r="L137" s="15">
-        <v>7.51</v>
+        <v>5.31</v>
       </c>
       <c r="M137" s="15">
-        <v>7.21</v>
+        <v>5.09</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E138" s="15">
-        <v>10080028411</v>
+        <v>10080018239</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>267</v>
+        <v>203</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="K138" s="15">
-        <v>5.25</v>
+        <v>9.02</v>
       </c>
       <c r="L138" s="15">
-        <v>4.37</v>
+        <v>7.51</v>
       </c>
       <c r="M138" s="15">
-        <v>4.2</v>
+        <v>7.21</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>349</v>
+      </c>
+      <c r="E139" s="15">
+        <v>10080028411</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H139" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>250</v>
       </c>
       <c r="K139" s="15">
-        <v>3.79</v>
+        <v>5.25</v>
       </c>
       <c r="L139" s="15">
-        <v>3.79</v>
+        <v>4.37</v>
       </c>
       <c r="M139" s="15">
-        <v>3.79</v>
+        <v>4.2</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>349</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>352</v>
+        <v>269</v>
       </c>
       <c r="H140" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
-        <v>14</v>
+        <v>250</v>
       </c>
       <c r="K140" s="15">
-        <v>4.47</v>
+        <v>3.79</v>
       </c>
       <c r="L140" s="15">
-        <v>4.47</v>
+        <v>3.79</v>
       </c>
       <c r="M140" s="15">
-        <v>4.47</v>
+        <v>3.79</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D141" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="E141" s="15" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H141" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>14</v>
       </c>
       <c r="K141" s="15">
-        <v>7.53</v>
+        <v>4.47</v>
       </c>
       <c r="L141" s="15">
-        <v>6.31</v>
+        <v>4.47</v>
       </c>
       <c r="M141" s="15">
-        <v>6.07</v>
+        <v>4.47</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>267</v>
+        <v>354</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
-        <v>250</v>
+        <v>14</v>
       </c>
       <c r="K142" s="15">
-        <v>2.94</v>
+        <v>7.53</v>
       </c>
       <c r="L142" s="15">
-        <v>2.94</v>
+        <v>6.31</v>
       </c>
       <c r="M142" s="15">
-        <v>2.94</v>
+        <v>6.07</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H143" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>250</v>
       </c>
       <c r="K143" s="15">
-        <v>3.77</v>
+        <v>2.94</v>
       </c>
       <c r="L143" s="15">
-        <v>3.77</v>
+        <v>2.94</v>
       </c>
       <c r="M143" s="15">
-        <v>3.77</v>
+        <v>2.94</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="D144" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="E144" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080028364</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>250</v>
       </c>
       <c r="K144" s="15">
-        <v>1.74</v>
+        <v>3.77</v>
       </c>
       <c r="L144" s="15">
-        <v>1.4</v>
+        <v>3.77</v>
       </c>
       <c r="M144" s="15">
-        <v>1.35</v>
+        <v>3.77</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E145" s="15">
-        <v>10080066237</v>
+        <v>10080028364</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H145" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>250</v>
       </c>
       <c r="K145" s="15">
-        <v>1.89</v>
+        <v>1.74</v>
       </c>
       <c r="L145" s="15">
-        <v>1.64</v>
+        <v>1.4</v>
       </c>
       <c r="M145" s="15">
-        <v>1.58</v>
+        <v>1.35</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>362</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>363</v>
       </c>
       <c r="E146" s="15">
-        <v>10080061719</v>
+        <v>10080066237</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H146" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K146" s="15">
-        <v>1.74</v>
+        <v>1.89</v>
       </c>
       <c r="L146" s="15">
-        <v>1.45</v>
+        <v>1.64</v>
       </c>
       <c r="M146" s="15">
-        <v>1.39</v>
+        <v>1.58</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>365</v>
+      </c>
+      <c r="E147" s="15">
+        <v>10080061719</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H147" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2000</v>
       </c>
       <c r="K147" s="15">
-        <v>1.87</v>
+        <v>1.74</v>
       </c>
       <c r="L147" s="15">
-        <v>1.57</v>
+        <v>1.45</v>
       </c>
       <c r="M147" s="15">
-        <v>1.51</v>
+        <v>1.39</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>365</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>368</v>
+        <v>269</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I148" s="15"/>
-      <c r="J148" s="15"/>
+      <c r="J148" s="15">
+        <v>2000</v>
+      </c>
       <c r="K148" s="15">
-        <v>2.45</v>
+        <v>1.87</v>
       </c>
       <c r="L148" s="15">
-        <v>2.06</v>
+        <v>1.57</v>
       </c>
       <c r="M148" s="15">
-        <v>1.98</v>
+        <v>1.51</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D149" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="E149" s="15" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080053021</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H149" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I149" s="15"/>
-      <c r="J149" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J149" s="15"/>
       <c r="K149" s="15">
-        <v>1.43</v>
+        <v>2.45</v>
       </c>
       <c r="L149" s="15">
-        <v>1.19</v>
+        <v>2.06</v>
       </c>
       <c r="M149" s="15">
-        <v>1.14</v>
+        <v>1.98</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>371</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>372</v>
       </c>
-      <c r="E150" s="15" t="s">
-        <v>373</v>
+      <c r="E150" s="15">
+        <v>10080053021</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>250</v>
+        <v>370</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="15"/>
-      <c r="J150" s="15"/>
+      <c r="J150" s="15">
+        <v>6000</v>
+      </c>
       <c r="K150" s="15">
-        <v>5.59</v>
+        <v>1.43</v>
       </c>
       <c r="L150" s="15">
-        <v>4.66</v>
+        <v>1.19</v>
       </c>
       <c r="M150" s="15">
-        <v>4.47</v>
+        <v>1.14</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>374</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080060234</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
       <c r="H151" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I151" s="15"/>
-      <c r="J151" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J151" s="15"/>
       <c r="K151" s="15">
-        <v>2.06</v>
+        <v>5.59</v>
       </c>
       <c r="L151" s="15">
-        <v>1.79</v>
+        <v>4.66</v>
       </c>
       <c r="M151" s="15">
-        <v>1.72</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.47</v>
+      </c>
+      <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E152" s="15">
-        <v>10080027105</v>
+        <v>10080060234</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H152" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>160</v>
       </c>
       <c r="K152" s="15">
-        <v>6.3</v>
+        <v>1.9</v>
       </c>
       <c r="L152" s="15">
-        <v>5.25</v>
+        <v>1.65</v>
       </c>
       <c r="M152" s="15">
-        <v>5.04</v>
-[...2 lines deleted...]
-      <c r="O152" s="15"/>
+        <v>1.58</v>
+      </c>
+      <c r="N152" s="15">
+        <v>1</v>
+      </c>
+      <c r="O152" s="15">
+        <v>1052</v>
+      </c>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D153" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E153" s="15">
-        <v>10080041612</v>
+        <v>10080027105</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I153" s="15"/>
+      <c r="I153" s="15" t="s">
+        <v>378</v>
+      </c>
       <c r="J153" s="15">
-        <v>2000</v>
+        <v>160</v>
       </c>
       <c r="K153" s="15">
-        <v>2.12</v>
+        <v>6.3</v>
       </c>
       <c r="L153" s="15">
-        <v>1.74</v>
+        <v>5.25</v>
       </c>
       <c r="M153" s="15">
-        <v>1.67</v>
+        <v>5.04</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E154" s="15">
-        <v>10080007459</v>
+        <v>10080041612</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>131</v>
+        <v>203</v>
       </c>
       <c r="H154" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="K154" s="15">
-        <v>4.67</v>
+        <v>2.12</v>
       </c>
       <c r="L154" s="15">
-        <v>3.89</v>
+        <v>1.74</v>
       </c>
       <c r="M154" s="15">
-        <v>3.74</v>
+        <v>1.67</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>381</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>382</v>
       </c>
       <c r="E155" s="15">
-        <v>10080048158</v>
+        <v>10080007459</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>383</v>
+        <v>133</v>
       </c>
       <c r="H155" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
-        <v>418</v>
+        <v>10</v>
       </c>
       <c r="K155" s="15">
-        <v>5.17</v>
+        <v>4.67</v>
       </c>
       <c r="L155" s="15">
-        <v>4.24</v>
+        <v>3.89</v>
       </c>
       <c r="M155" s="15">
-        <v>4.07</v>
+        <v>3.74</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>384</v>
       </c>
-      <c r="D156" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" s="15">
-        <v>10080050063</v>
+        <v>10080048158</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
-        <v>2000</v>
+        <v>418</v>
       </c>
       <c r="K156" s="15">
-        <v>5.6</v>
+        <v>5.17</v>
       </c>
       <c r="L156" s="15">
-        <v>4.59</v>
+        <v>4.24</v>
       </c>
       <c r="M156" s="15">
-        <v>4.4</v>
+        <v>4.07</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>386</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>387</v>
       </c>
       <c r="E157" s="15">
-        <v>10080040502</v>
+        <v>10080050063</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>321</v>
+        <v>385</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
-        <v>90</v>
+        <v>2000</v>
       </c>
       <c r="K157" s="15">
-        <v>10.49</v>
+        <v>5.6</v>
       </c>
       <c r="L157" s="15">
-        <v>8.74</v>
+        <v>4.59</v>
       </c>
       <c r="M157" s="15">
-        <v>8.390000000000001</v>
+        <v>4.4</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="E158" s="15">
-        <v>10080071331</v>
+        <v>10080040502</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H158" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>90</v>
       </c>
       <c r="K158" s="15">
-        <v>22.93</v>
+        <v>10.49</v>
       </c>
       <c r="L158" s="15">
-        <v>19.23</v>
+        <v>8.74</v>
       </c>
       <c r="M158" s="15">
-        <v>18.49</v>
+        <v>8.390000000000001</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E159" s="15">
-        <v>10080069613</v>
+        <v>10080071331</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>250</v>
+        <v>323</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>90</v>
       </c>
       <c r="K159" s="15">
-        <v>11.1</v>
+        <v>22.93</v>
       </c>
       <c r="L159" s="15">
-        <v>9.31</v>
+        <v>19.23</v>
       </c>
       <c r="M159" s="15">
-        <v>8.960000000000001</v>
+        <v>18.49</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>390</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>391</v>
       </c>
       <c r="E160" s="15">
-        <v>10080074637</v>
+        <v>10080069613</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H160" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I160" s="15"/>
-      <c r="J160" s="15"/>
+      <c r="J160" s="15">
+        <v>90</v>
+      </c>
       <c r="K160" s="15">
-        <v>16.65</v>
+        <v>11.1</v>
       </c>
       <c r="L160" s="15">
-        <v>13.88</v>
+        <v>9.31</v>
       </c>
       <c r="M160" s="15">
-        <v>13.32</v>
+        <v>8.960000000000001</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>392</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>393</v>
       </c>
       <c r="E161" s="15">
-        <v>10080045460</v>
+        <v>10080074637</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="15"/>
-      <c r="J161" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J161" s="15"/>
       <c r="K161" s="15">
-        <v>8.890000000000001</v>
+        <v>16.65</v>
       </c>
       <c r="L161" s="15">
-        <v>7.41</v>
+        <v>13.88</v>
       </c>
       <c r="M161" s="15">
-        <v>7.11</v>
+        <v>13.32</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="E162" s="15" t="s">
-        <v>396</v>
+      <c r="E162" s="15">
+        <v>10080045460</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I162" s="15"/>
-      <c r="J162" s="15"/>
+      <c r="J162" s="15">
+        <v>1000</v>
+      </c>
       <c r="K162" s="15">
-        <v>6.85</v>
+        <v>8.890000000000001</v>
       </c>
       <c r="L162" s="15">
-        <v>6.85</v>
+        <v>7.41</v>
       </c>
       <c r="M162" s="15">
-        <v>6.85</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.11</v>
+      </c>
+      <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>10000018040</v>
+        <v>397</v>
+      </c>
+      <c r="E163" s="15" t="s">
+        <v>398</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H163" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15"/>
       <c r="K163" s="15">
-        <v>3.64</v>
+        <v>6.85</v>
       </c>
       <c r="L163" s="15">
-        <v>2.93</v>
+        <v>6.85</v>
       </c>
       <c r="M163" s="15">
-        <v>2.82</v>
-[...1 lines deleted...]
-      <c r="N163" s="15"/>
+        <v>6.85</v>
+      </c>
+      <c r="N163" s="15">
+        <v>1141</v>
+      </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>397</v>
       </c>
-      <c r="D164" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E164" s="15">
-        <v>10080031954</v>
+        <v>10000018040</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I164" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I164" s="15"/>
+      <c r="J164" s="15"/>
       <c r="K164" s="15">
-        <v>3.25</v>
+        <v>3.64</v>
       </c>
       <c r="L164" s="15">
-        <v>2.66</v>
+        <v>2.93</v>
       </c>
       <c r="M164" s="15">
-        <v>2.55</v>
+        <v>2.82</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>398</v>
-[...1 lines deleted...]
-      <c r="E165" s="15" t="s">
         <v>400</v>
+      </c>
+      <c r="E165" s="15">
+        <v>10080031954</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H165" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I165" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I165" s="15" t="s">
+        <v>401</v>
+      </c>
       <c r="J165" s="15">
         <v>160</v>
       </c>
       <c r="K165" s="15">
-        <v>3.27</v>
+        <v>3.25</v>
       </c>
       <c r="L165" s="15">
-        <v>3.27</v>
+        <v>2.66</v>
       </c>
       <c r="M165" s="15">
-        <v>3.27</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.55</v>
+      </c>
+      <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D166" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="E166" s="15" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
-        <v>2000</v>
+        <v>160</v>
       </c>
       <c r="K166" s="15">
-        <v>3.95</v>
+        <v>3.27</v>
       </c>
       <c r="L166" s="15">
-        <v>3.95</v>
+        <v>3.27</v>
       </c>
       <c r="M166" s="15">
-        <v>3.95</v>
-[...1 lines deleted...]
-      <c r="N166" s="15"/>
+        <v>3.27</v>
+      </c>
+      <c r="N166" s="15">
+        <v>230</v>
+      </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>404</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039621</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
-        <v>90</v>
+        <v>2000</v>
       </c>
       <c r="K167" s="15">
-        <v>6.38</v>
+        <v>3.95</v>
       </c>
       <c r="L167" s="15">
-        <v>5.32</v>
+        <v>3.95</v>
       </c>
       <c r="M167" s="15">
-        <v>5.1</v>
+        <v>3.95</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>407</v>
+      </c>
+      <c r="E168" s="15">
+        <v>10080039621</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H168" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>90</v>
       </c>
       <c r="K168" s="15">
-        <v>9.73</v>
+        <v>6.38</v>
       </c>
       <c r="L168" s="15">
-        <v>9.73</v>
+        <v>5.32</v>
       </c>
       <c r="M168" s="15">
-        <v>9.73</v>
+        <v>5.1</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>407</v>
       </c>
-      <c r="D169" s="15" t="s">
+      <c r="E169" s="15" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
-        <v>352</v>
+        <v>252</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="K169" s="15">
-        <v>3.48</v>
+        <v>9.73</v>
       </c>
       <c r="L169" s="15">
-        <v>2.91</v>
+        <v>9.73</v>
       </c>
       <c r="M169" s="15">
-        <v>2.8</v>
+        <v>9.73</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>410</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080057448</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
-        <v>267</v>
+        <v>354</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
-        <v>250</v>
+        <v>14</v>
       </c>
       <c r="K170" s="15">
-        <v>6.69</v>
+        <v>3.48</v>
       </c>
       <c r="L170" s="15">
-        <v>5.57</v>
+        <v>2.91</v>
       </c>
       <c r="M170" s="15">
-        <v>5.35</v>
+        <v>2.8</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E171" s="15">
-        <v>10080060175</v>
+        <v>10080057448</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H171" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>250</v>
       </c>
       <c r="K171" s="15">
-        <v>2.6</v>
+        <v>6.69</v>
       </c>
       <c r="L171" s="15">
-        <v>2.6</v>
+        <v>5.57</v>
       </c>
       <c r="M171" s="15">
-        <v>2.6</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.35</v>
+      </c>
+      <c r="N171" s="15"/>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E172" s="15">
-        <v>10080038600</v>
+        <v>10080060175</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H172" s="15" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I172" s="15"/>
+        <v>58</v>
+      </c>
+      <c r="I172" s="15" t="s">
+        <v>416</v>
+      </c>
       <c r="J172" s="15">
         <v>250</v>
       </c>
       <c r="K172" s="15">
-        <v>5.89</v>
+        <v>2.6</v>
       </c>
       <c r="L172" s="15">
-        <v>4.94</v>
+        <v>2.6</v>
       </c>
       <c r="M172" s="15">
-        <v>4.75</v>
-[...1 lines deleted...]
-      <c r="N172" s="15"/>
+        <v>2.6</v>
+      </c>
+      <c r="N172" s="15">
+        <v>2529</v>
+      </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>414</v>
+        <v>415</v>
+      </c>
+      <c r="E173" s="15">
+        <v>10080038600</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H173" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>250</v>
       </c>
       <c r="K173" s="15">
-        <v>1.45</v>
+        <v>5.89</v>
       </c>
       <c r="L173" s="15">
-        <v>1.45</v>
+        <v>4.94</v>
       </c>
       <c r="M173" s="15">
-        <v>1.45</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.75</v>
+      </c>
+      <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>415</v>
       </c>
-      <c r="D174" s="15" t="s">
-[...3 lines deleted...]
-        <v>10080027771</v>
+      <c r="E174" s="15" t="s">
+        <v>417</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I174" s="15"/>
+        <v>58</v>
+      </c>
+      <c r="I174" s="15" t="s">
+        <v>416</v>
+      </c>
       <c r="J174" s="15">
-        <v>1500</v>
+        <v>250</v>
       </c>
       <c r="K174" s="15">
-        <v>2.26</v>
+        <v>1.45</v>
       </c>
       <c r="L174" s="15">
-        <v>1.88</v>
+        <v>1.45</v>
       </c>
       <c r="M174" s="15">
-        <v>1.8</v>
+        <v>1.45</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E175" s="15">
-        <v>10080054179</v>
+        <v>10080027771</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I175" s="15"/>
-      <c r="J175" s="15"/>
+      <c r="J175" s="15">
+        <v>1500</v>
+      </c>
       <c r="K175" s="15">
-        <v>4.3</v>
+        <v>2.26</v>
       </c>
       <c r="L175" s="15">
-        <v>3.58</v>
+        <v>1.88</v>
       </c>
       <c r="M175" s="15">
-        <v>3.44</v>
+        <v>1.8</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>421</v>
+      </c>
+      <c r="E176" s="15">
+        <v>10080054179</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H176" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
-        <v>2.61</v>
+        <v>4.3</v>
       </c>
       <c r="L176" s="15">
-        <v>2.26</v>
+        <v>3.58</v>
       </c>
       <c r="M176" s="15">
-        <v>2.17</v>
+        <v>3.44</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>420</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>421</v>
       </c>
-      <c r="E177" s="15">
-        <v>10080059106</v>
+      <c r="E177" s="15" t="s">
+        <v>422</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="H177" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I177" s="15"/>
-      <c r="J177" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J177" s="15"/>
       <c r="K177" s="15">
-        <v>20.9</v>
+        <v>2.61</v>
       </c>
       <c r="L177" s="15">
-        <v>20.9</v>
+        <v>2.26</v>
       </c>
       <c r="M177" s="15">
-        <v>20.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.17</v>
+      </c>
+      <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="E178" s="15" t="s">
         <v>424</v>
+      </c>
+      <c r="E178" s="15">
+        <v>10080059106</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>425</v>
+        <v>252</v>
       </c>
       <c r="H178" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>1000</v>
+        <v>90</v>
       </c>
       <c r="K178" s="15">
-        <v>7.4</v>
+        <v>20.9</v>
       </c>
       <c r="L178" s="15">
-        <v>6.21</v>
+        <v>20.9</v>
       </c>
       <c r="M178" s="15">
-        <v>5.97</v>
-[...1 lines deleted...]
-      <c r="N178" s="15"/>
+        <v>20.9</v>
+      </c>
+      <c r="N178" s="15">
+        <v>50</v>
+      </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>426</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080066490</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
-        <v>201</v>
+        <v>428</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I179" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I179" s="15"/>
       <c r="J179" s="15">
-        <v>160</v>
+        <v>1000</v>
       </c>
       <c r="K179" s="15">
-        <v>2.37</v>
+        <v>7.4</v>
       </c>
       <c r="L179" s="15">
-        <v>2.05</v>
+        <v>6.21</v>
       </c>
       <c r="M179" s="15">
-        <v>1.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.97</v>
+      </c>
+      <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="E180" s="15">
-        <v>10080010736</v>
+        <v>10080066490</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H180" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="J180" s="15">
         <v>160</v>
       </c>
       <c r="K180" s="15">
-        <v>1.84</v>
+        <v>2.37</v>
       </c>
       <c r="L180" s="15">
-        <v>1.84</v>
+        <v>2.05</v>
       </c>
       <c r="M180" s="15">
-        <v>1.84</v>
-[...1 lines deleted...]
-      <c r="N180" s="15"/>
+        <v>1.97</v>
+      </c>
+      <c r="N180" s="15">
+        <v>29</v>
+      </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>430</v>
       </c>
-      <c r="D181" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" s="15">
-        <v>10080031297</v>
+        <v>10080010736</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="15" t="s">
         <v>432</v>
       </c>
       <c r="J181" s="15">
-        <v>2000</v>
+        <v>160</v>
       </c>
       <c r="K181" s="15">
-        <v>3.97</v>
+        <v>1.84</v>
       </c>
       <c r="L181" s="15">
-        <v>1.74</v>
+        <v>1.84</v>
       </c>
       <c r="M181" s="15">
-        <v>1.61</v>
+        <v>1.84</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>433</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>434</v>
       </c>
       <c r="E182" s="15">
-        <v>10080034697</v>
+        <v>10080031297</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
-        <v>131</v>
+        <v>203</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I182" s="15"/>
+      <c r="I182" s="15" t="s">
+        <v>435</v>
+      </c>
       <c r="J182" s="15">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="K182" s="15">
-        <v>4.53</v>
+        <v>3.97</v>
       </c>
       <c r="L182" s="15">
-        <v>3.78</v>
+        <v>1.74</v>
       </c>
       <c r="M182" s="15">
-        <v>3.63</v>
+        <v>1.61</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="E183" s="15" t="s">
         <v>437</v>
+      </c>
+      <c r="E183" s="15">
+        <v>10080034697</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
-        <v>201</v>
+        <v>133</v>
       </c>
       <c r="H183" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="K183" s="15">
-        <v>10.26</v>
+        <v>4.53</v>
       </c>
       <c r="L183" s="15">
-        <v>8.6</v>
+        <v>3.78</v>
       </c>
       <c r="M183" s="15">
-        <v>8.27</v>
+        <v>3.63</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>10000022583</v>
+        <v>439</v>
+      </c>
+      <c r="E184" s="15" t="s">
+        <v>440</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H184" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>160</v>
       </c>
       <c r="K184" s="15">
-        <v>3.59</v>
+        <v>10.26</v>
       </c>
       <c r="L184" s="15">
-        <v>2.51</v>
+        <v>8.6</v>
       </c>
       <c r="M184" s="15">
-        <v>2.33</v>
+        <v>8.27</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>438</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="E185" s="15" t="s">
-        <v>440</v>
+      <c r="E185" s="15">
+        <v>10000022583</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
-        <v>267</v>
+        <v>203</v>
       </c>
       <c r="H185" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="K185" s="15">
-        <v>12.7</v>
+        <v>3.59</v>
       </c>
       <c r="L185" s="15">
-        <v>10.65</v>
+        <v>2.51</v>
       </c>
       <c r="M185" s="15">
-        <v>10.24</v>
+        <v>2.33</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
         <v>441</v>
       </c>
       <c r="D186" s="15" t="s">
         <v>442</v>
       </c>
-      <c r="E186" s="15">
-        <v>10000021890</v>
+      <c r="E186" s="15" t="s">
+        <v>443</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H186" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
-        <v>3.63</v>
+        <v>12.7</v>
       </c>
       <c r="L186" s="15">
-        <v>3.14</v>
+        <v>10.65</v>
       </c>
       <c r="M186" s="15">
-        <v>3.02</v>
+        <v>10.24</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E187" s="15">
-        <v>10080007458</v>
+        <v>10000021890</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
-        <v>352</v>
+        <v>269</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I187" s="15"/>
+      <c r="I187" s="15" t="s">
+        <v>446</v>
+      </c>
       <c r="J187" s="15">
-        <v>560</v>
+        <v>250</v>
       </c>
       <c r="K187" s="15">
-        <v>2.53</v>
+        <v>3.63</v>
       </c>
       <c r="L187" s="15">
-        <v>2.44</v>
+        <v>3.14</v>
       </c>
       <c r="M187" s="15">
-        <v>2.35</v>
+        <v>3.02</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E188" s="15">
-        <v>10080060174</v>
+        <v>10080007458</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
-        <v>267</v>
+        <v>354</v>
       </c>
       <c r="H188" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
-        <v>250</v>
+        <v>560</v>
       </c>
       <c r="K188" s="15">
-        <v>1.39</v>
+        <v>2.53</v>
       </c>
       <c r="L188" s="15">
-        <v>1.21</v>
+        <v>2.44</v>
       </c>
       <c r="M188" s="15">
-        <v>1.16</v>
+        <v>2.35</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="E189" s="15">
-        <v>10080008326</v>
+        <v>10080060174</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H189" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I189" s="15"/>
       <c r="J189" s="15">
         <v>250</v>
       </c>
       <c r="K189" s="15">
-        <v>1.4</v>
+        <v>1.39</v>
       </c>
       <c r="L189" s="15">
-        <v>1.17</v>
+        <v>1.21</v>
       </c>
       <c r="M189" s="15">
-        <v>1.13</v>
+        <v>1.16</v>
       </c>
       <c r="N189" s="15"/>
-      <c r="O189" s="15"/>
-      <c r="P189" s="15"/>
+      <c r="O189" s="15">
+        <v>341</v>
+      </c>
+      <c r="P189" s="15" t="s">
+        <v>451</v>
+      </c>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>449</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>450</v>
       </c>
-      <c r="E190" s="15" t="s">
-        <v>451</v>
+      <c r="E190" s="15">
+        <v>10080008326</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H190" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I190" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I190" s="15" t="s">
+        <v>452</v>
+      </c>
       <c r="J190" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K190" s="15">
-        <v>1</v>
+        <v>1.4</v>
       </c>
       <c r="L190" s="15">
-        <v>1</v>
+        <v>1.17</v>
       </c>
       <c r="M190" s="15">
-        <v>1</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.13</v>
+      </c>
+      <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>10080010834</v>
+        <v>454</v>
+      </c>
+      <c r="E191" s="15" t="s">
+        <v>455</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
-        <v>352</v>
+        <v>269</v>
       </c>
       <c r="H191" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
-        <v>14</v>
+        <v>2000</v>
       </c>
       <c r="K191" s="15">
-        <v>2.22</v>
+        <v>1</v>
       </c>
       <c r="L191" s="15">
-        <v>1.82</v>
+        <v>1</v>
       </c>
       <c r="M191" s="15">
-        <v>1.75</v>
+        <v>1</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>456</v>
+        <v>457</v>
+      </c>
+      <c r="E192" s="15">
+        <v>10080010834</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
-        <v>267</v>
+        <v>354</v>
       </c>
       <c r="H192" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
-        <v>2000</v>
+        <v>14</v>
       </c>
       <c r="K192" s="15">
-        <v>3.39</v>
+        <v>2.22</v>
       </c>
       <c r="L192" s="15">
-        <v>2.85</v>
+        <v>1.82</v>
       </c>
       <c r="M192" s="15">
-        <v>2.74</v>
+        <v>1.75</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>10080002780</v>
+        <v>459</v>
+      </c>
+      <c r="E193" s="15" t="s">
+        <v>460</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="H193" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
-        <v>90</v>
+        <v>2000</v>
       </c>
       <c r="K193" s="15">
-        <v>7.21</v>
+        <v>3.39</v>
       </c>
       <c r="L193" s="15">
-        <v>5.05</v>
+        <v>2.85</v>
       </c>
       <c r="M193" s="15">
-        <v>4.69</v>
+        <v>2.74</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="E194" s="15">
-        <v>10080028397</v>
+        <v>10080002780</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I194" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I194" s="15"/>
       <c r="J194" s="15">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="K194" s="15">
-        <v>11.3</v>
+        <v>7.21</v>
       </c>
       <c r="L194" s="15">
-        <v>9.48</v>
+        <v>5.05</v>
       </c>
       <c r="M194" s="15">
-        <v>9.109999999999999</v>
+        <v>4.69</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="E195" s="15">
-        <v>10080060176</v>
+        <v>10080028397</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H195" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>462</v>
-[...1 lines deleted...]
-      <c r="J195" s="15"/>
+        <v>465</v>
+      </c>
+      <c r="J195" s="15">
+        <v>160</v>
+      </c>
       <c r="K195" s="15">
-        <v>16.85</v>
+        <v>11.3</v>
       </c>
       <c r="L195" s="15">
-        <v>16.85</v>
+        <v>9.48</v>
       </c>
       <c r="M195" s="15">
-        <v>16.85</v>
+        <v>9.109999999999999</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>463</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>464</v>
       </c>
       <c r="E196" s="15">
-        <v>10080039276</v>
+        <v>10080060176</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H196" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="J196" s="15"/>
       <c r="K196" s="15">
-        <v>2.38</v>
+        <v>16.85</v>
       </c>
       <c r="L196" s="15">
-        <v>1.92</v>
+        <v>16.85</v>
       </c>
       <c r="M196" s="15">
-        <v>1.84</v>
+        <v>16.85</v>
       </c>
       <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>468</v>
+      </c>
+      <c r="E197" s="15">
+        <v>10080039276</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H197" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I197" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I197" s="15" t="s">
+        <v>469</v>
+      </c>
       <c r="J197" s="15">
         <v>2000</v>
       </c>
       <c r="K197" s="15">
-        <v>10.3</v>
+        <v>2.38</v>
       </c>
       <c r="L197" s="15">
-        <v>8.58</v>
+        <v>1.92</v>
       </c>
       <c r="M197" s="15">
-        <v>8.24</v>
+        <v>1.84</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>468</v>
       </c>
-      <c r="E198" s="15">
-        <v>10080060177</v>
+      <c r="E198" s="15" t="s">
+        <v>470</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
-        <v>250</v>
+        <v>203</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
-        <v>90</v>
+        <v>2000</v>
       </c>
       <c r="K198" s="15">
-        <v>3.42</v>
+        <v>10.3</v>
       </c>
       <c r="L198" s="15">
-        <v>2.87</v>
+        <v>8.58</v>
       </c>
       <c r="M198" s="15">
-        <v>2.76</v>
+        <v>8.24</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="E199" s="15">
-        <v>10080008893</v>
+        <v>10080060177</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H199" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>90</v>
       </c>
       <c r="K199" s="15">
-        <v>2.92</v>
+        <v>3.42</v>
       </c>
       <c r="L199" s="15">
-        <v>2.43</v>
+        <v>2.87</v>
       </c>
       <c r="M199" s="15">
-        <v>2.33</v>
+        <v>2.76</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="E200" s="15">
-        <v>10080058730</v>
+        <v>10080008893</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
-        <v>1000</v>
+        <v>90</v>
       </c>
       <c r="K200" s="15">
-        <v>2.72</v>
+        <v>2.92</v>
       </c>
       <c r="L200" s="15">
-        <v>2.2</v>
+        <v>2.43</v>
       </c>
       <c r="M200" s="15">
-        <v>2.11</v>
+        <v>2.33</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>474</v>
+      </c>
+      <c r="E201" s="15">
+        <v>10080058730</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H201" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
-        <v>5.69</v>
+        <v>2.72</v>
       </c>
       <c r="L201" s="15">
-        <v>4.77</v>
+        <v>2.2</v>
       </c>
       <c r="M201" s="15">
-        <v>4.59</v>
+        <v>2.11</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>473</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
-        <v>267</v>
+        <v>252</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I202" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J202" s="15"/>
+      <c r="I202" s="15"/>
+      <c r="J202" s="15">
+        <v>1000</v>
+      </c>
       <c r="K202" s="15">
-        <v>3.49</v>
+        <v>5.69</v>
       </c>
       <c r="L202" s="15">
-        <v>2.93</v>
+        <v>4.77</v>
       </c>
       <c r="M202" s="15">
-        <v>2.81</v>
+        <v>4.59</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>10000018039</v>
+        <v>478</v>
+      </c>
+      <c r="E203" s="15" t="s">
+        <v>479</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H203" s="15" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I203" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="J203" s="15"/>
       <c r="K203" s="15">
-        <v>1.85</v>
+        <v>3.49</v>
       </c>
       <c r="L203" s="15">
-        <v>1.66</v>
+        <v>2.93</v>
       </c>
       <c r="M203" s="15">
-        <v>1.54</v>
+        <v>2.81</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>477</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>478</v>
       </c>
       <c r="E204" s="15">
-        <v>10080039588</v>
+        <v>10000018039</v>
       </c>
       <c r="F204" s="15"/>
-      <c r="G204" s="15"/>
+      <c r="G204" s="15" t="s">
+        <v>269</v>
+      </c>
       <c r="H204" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="K204" s="15">
-        <v>9.32</v>
+        <v>1.85</v>
       </c>
       <c r="L204" s="15">
-        <v>9.32</v>
+        <v>1.66</v>
       </c>
       <c r="M204" s="15">
-        <v>9.32</v>
+        <v>1.54</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>482</v>
+      </c>
+      <c r="E205" s="15">
+        <v>10080039588</v>
       </c>
       <c r="F205" s="15"/>
-      <c r="G205" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>160</v>
       </c>
       <c r="K205" s="15">
-        <v>3.69</v>
+        <v>9.32</v>
       </c>
       <c r="L205" s="15">
-        <v>3.26</v>
+        <v>9.32</v>
       </c>
       <c r="M205" s="15">
-        <v>2.89</v>
+        <v>9.32</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>10080032252</v>
+        <v>484</v>
+      </c>
+      <c r="E206" s="15" t="s">
+        <v>485</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>160</v>
       </c>
       <c r="K206" s="15">
+        <v>3.69</v>
+      </c>
+      <c r="L206" s="15">
+        <v>3.26</v>
+      </c>
+      <c r="M206" s="15">
         <v>2.89</v>
-      </c>
-[...4 lines deleted...]
-        <v>2.31</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>486</v>
+        <v>487</v>
+      </c>
+      <c r="E207" s="15">
+        <v>10080032252</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
-        <v>162</v>
+        <v>203</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="K207" s="15">
-        <v>4.31</v>
+        <v>2.89</v>
       </c>
       <c r="L207" s="15">
-        <v>3.63</v>
+        <v>2.41</v>
       </c>
       <c r="M207" s="15">
-        <v>3.26</v>
+        <v>2.31</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="K208" s="15">
-        <v>3.94</v>
+        <v>4.31</v>
       </c>
       <c r="L208" s="15">
-        <v>3.51</v>
+        <v>3.63</v>
       </c>
       <c r="M208" s="15">
-        <v>3.02</v>
+        <v>3.26</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>10000016765</v>
+        <v>492</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>493</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
-        <v>201</v>
+        <v>133</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
-        <v>160</v>
+        <v>10</v>
       </c>
       <c r="K209" s="15">
-        <v>3.12</v>
+        <v>3.94</v>
       </c>
       <c r="L209" s="15">
-        <v>2.19</v>
+        <v>3.51</v>
       </c>
       <c r="M209" s="15">
-        <v>2.03</v>
+        <v>3.02</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>495</v>
+      </c>
+      <c r="E210" s="15">
+        <v>10000016765</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>160</v>
       </c>
       <c r="K210" s="15">
-        <v>4.43</v>
+        <v>3.12</v>
       </c>
       <c r="L210" s="15">
-        <v>3.94</v>
+        <v>2.19</v>
       </c>
       <c r="M210" s="15">
-        <v>3.57</v>
+        <v>2.03</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>10080003475</v>
+        <v>497</v>
+      </c>
+      <c r="E211" s="15" t="s">
+        <v>498</v>
       </c>
       <c r="F211" s="15"/>
-      <c r="G211" s="15"/>
+      <c r="G211" s="15" t="s">
+        <v>203</v>
+      </c>
       <c r="H211" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>160</v>
       </c>
       <c r="K211" s="15">
-        <v>2.97</v>
+        <v>4.43</v>
       </c>
       <c r="L211" s="15">
-        <v>2.47</v>
+        <v>3.94</v>
       </c>
       <c r="M211" s="15">
-        <v>2.37</v>
+        <v>3.57</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>499</v>
+        <v>500</v>
+      </c>
+      <c r="E212" s="15">
+        <v>10080003475</v>
       </c>
       <c r="F212" s="15"/>
-      <c r="G212" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
-        <v>27</v>
+        <v>160</v>
       </c>
       <c r="K212" s="15">
-        <v>1.74</v>
+        <v>2.97</v>
       </c>
       <c r="L212" s="15">
-        <v>1.74</v>
+        <v>2.47</v>
       </c>
       <c r="M212" s="15">
-        <v>1.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.37</v>
+      </c>
+      <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="K213" s="15">
-        <v>5.54</v>
+        <v>1.74</v>
       </c>
       <c r="L213" s="15">
-        <v>5.05</v>
+        <v>1.74</v>
       </c>
       <c r="M213" s="15">
-        <v>4.74</v>
-[...1 lines deleted...]
-      <c r="N213" s="15"/>
+        <v>1.74</v>
+      </c>
+      <c r="N213" s="15">
+        <v>191</v>
+      </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E214" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
-        <v>197</v>
+        <v>133</v>
       </c>
       <c r="H214" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>10</v>
       </c>
       <c r="K214" s="15">
-        <v>6.7</v>
+        <v>5.54</v>
       </c>
       <c r="L214" s="15">
-        <v>5.62</v>
+        <v>5.05</v>
       </c>
       <c r="M214" s="15">
-        <v>5.41</v>
+        <v>4.74</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
-        <v>267</v>
+        <v>199</v>
       </c>
       <c r="H215" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="K215" s="15">
-        <v>3.63</v>
+        <v>6.7</v>
       </c>
       <c r="L215" s="15">
-        <v>3.05</v>
+        <v>5.62</v>
       </c>
       <c r="M215" s="15">
-        <v>2.93</v>
+        <v>5.41</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>509</v>
-[...1 lines deleted...]
-      <c r="D216" s="15"/>
+        <v>510</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>511</v>
+      </c>
       <c r="E216" s="15" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="K216" s="15">
-        <v>5.31</v>
+        <v>3.63</v>
       </c>
       <c r="L216" s="15">
-        <v>4.45</v>
+        <v>3.05</v>
       </c>
       <c r="M216" s="15">
-        <v>4.28</v>
+        <v>2.93</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>509</v>
-[...3 lines deleted...]
-      </c>
+        <v>513</v>
+      </c>
+      <c r="D217" s="15"/>
       <c r="E217" s="15" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H217" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
-        <v>3.6</v>
+        <v>5.31</v>
       </c>
       <c r="L217" s="15">
-        <v>3.02</v>
+        <v>4.45</v>
       </c>
       <c r="M217" s="15">
-        <v>2.91</v>
+        <v>4.28</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
         <v>513</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-        <v>10080051096</v>
+        <v>515</v>
+      </c>
+      <c r="E218" s="15" t="s">
+        <v>516</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I218" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I218" s="15"/>
       <c r="J218" s="15">
         <v>250</v>
       </c>
       <c r="K218" s="15">
-        <v>1.32</v>
+        <v>3.6</v>
       </c>
       <c r="L218" s="15">
-        <v>1.1</v>
+        <v>3.02</v>
       </c>
       <c r="M218" s="15">
-        <v>1.06</v>
+        <v>2.91</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="E219" s="15">
-        <v>10080028259</v>
+        <v>10080051096</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H219" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
-        <v>2.55</v>
+        <v>1.32</v>
       </c>
       <c r="L219" s="15">
-        <v>2.13</v>
+        <v>1.1</v>
       </c>
       <c r="M219" s="15">
-        <v>2.05</v>
+        <v>1.06</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>517</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>518</v>
       </c>
       <c r="E220" s="15">
-        <v>10080053885</v>
+        <v>10080028259</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H220" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J220" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K220" s="15">
-        <v>2.39</v>
+        <v>2.55</v>
       </c>
       <c r="L220" s="15">
-        <v>2</v>
+        <v>2.13</v>
       </c>
       <c r="M220" s="15">
-        <v>1.92</v>
+        <v>2.05</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>521</v>
-[...1 lines deleted...]
-      <c r="E221" s="15" t="s">
         <v>522</v>
+      </c>
+      <c r="E221" s="15">
+        <v>10080053885</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="H221" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="I221" s="15" t="s">
         <v>523</v>
       </c>
-      <c r="H221" s="15" t="s">
-[...3 lines deleted...]
-      <c r="J221" s="15"/>
+      <c r="J221" s="15">
+        <v>2000</v>
+      </c>
       <c r="K221" s="15">
-        <v>5.79</v>
+        <v>2.39</v>
       </c>
       <c r="L221" s="15">
-        <v>4.86</v>
+        <v>2</v>
       </c>
       <c r="M221" s="15">
-        <v>4.67</v>
+        <v>1.92</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
         <v>524</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>525</v>
       </c>
       <c r="E222" s="15" t="s">
         <v>526</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>368</v>
+        <v>527</v>
       </c>
       <c r="H222" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I222" s="15"/>
-      <c r="J222" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J222" s="15"/>
       <c r="K222" s="15">
-        <v>1.9</v>
+        <v>5.79</v>
       </c>
       <c r="L222" s="15">
-        <v>1.9</v>
+        <v>4.86</v>
       </c>
       <c r="M222" s="15">
-        <v>1.9</v>
+        <v>4.67</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-        <v>10080060231</v>
+        <v>529</v>
+      </c>
+      <c r="E223" s="15" t="s">
+        <v>530</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
-        <v>267</v>
+        <v>370</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I223" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I223" s="15"/>
       <c r="J223" s="15">
-        <v>250</v>
+        <v>490</v>
       </c>
       <c r="K223" s="15">
-        <v>1.53</v>
+        <v>1.9</v>
       </c>
       <c r="L223" s="15">
-        <v>1.28</v>
+        <v>1.9</v>
       </c>
       <c r="M223" s="15">
-        <v>1.24</v>
+        <v>1.9</v>
       </c>
       <c r="N223" s="15"/>
-      <c r="O223" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O223" s="15"/>
+      <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="E224" s="15">
-        <v>10080003401</v>
+        <v>10080060231</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H224" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="J224" s="15">
         <v>250</v>
       </c>
       <c r="K224" s="15">
-        <v>1.29</v>
+        <v>1.69</v>
       </c>
       <c r="L224" s="15">
-        <v>1.29</v>
+        <v>1.47</v>
       </c>
       <c r="M224" s="15">
-        <v>1.29</v>
+        <v>1.41</v>
       </c>
       <c r="N224" s="15"/>
-      <c r="O224" s="15"/>
-      <c r="P224" s="15"/>
+      <c r="O224" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P224" s="15" t="s">
+        <v>534</v>
+      </c>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>532</v>
       </c>
-      <c r="D225" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E225" s="15">
-        <v>10080066018</v>
+        <v>10080003401</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J225" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K225" s="15">
-        <v>1.56</v>
+        <v>1.29</v>
       </c>
       <c r="L225" s="15">
-        <v>1.3</v>
+        <v>1.29</v>
       </c>
       <c r="M225" s="15">
-        <v>1.25</v>
+        <v>1.29</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>537</v>
+      </c>
+      <c r="E226" s="15">
+        <v>10080066018</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H226" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I226" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I226" s="15" t="s">
+        <v>538</v>
+      </c>
       <c r="J226" s="15">
         <v>2000</v>
       </c>
       <c r="K226" s="15">
-        <v>3.85</v>
+        <v>1.56</v>
       </c>
       <c r="L226" s="15">
-        <v>3.21</v>
+        <v>1.3</v>
       </c>
       <c r="M226" s="15">
-        <v>3.08</v>
+        <v>1.25</v>
       </c>
       <c r="N226" s="15"/>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>536</v>
       </c>
-      <c r="D227" s="15"/>
-[...1 lines deleted...]
-        <v>10080060178</v>
+      <c r="D227" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="E227" s="15" t="s">
+        <v>539</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
-        <v>352</v>
+        <v>269</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
-        <v>14</v>
+        <v>2000</v>
       </c>
       <c r="K227" s="15">
-        <v>2.29</v>
+        <v>3.85</v>
       </c>
       <c r="L227" s="15">
-        <v>2.29</v>
+        <v>3.21</v>
       </c>
       <c r="M227" s="15">
-        <v>2.29</v>
+        <v>3.08</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="D228" s="15"/>
       <c r="E228" s="15">
-        <v>10080024305</v>
+        <v>10080060178</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H228" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>14</v>
       </c>
       <c r="K228" s="15">
-        <v>1.98</v>
+        <v>2.29</v>
       </c>
       <c r="L228" s="15">
-        <v>1.65</v>
+        <v>2.29</v>
       </c>
       <c r="M228" s="15">
-        <v>1.58</v>
+        <v>2.29</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>537</v>
-[...5 lines deleted...]
-        <v>539</v>
+        <v>540</v>
+      </c>
+      <c r="D229" s="15"/>
+      <c r="E229" s="15">
+        <v>10080024305</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
-        <v>267</v>
+        <v>354</v>
       </c>
       <c r="H229" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
-        <v>250</v>
+        <v>14</v>
       </c>
       <c r="K229" s="15">
-        <v>1.66</v>
+        <v>1.98</v>
       </c>
       <c r="L229" s="15">
-        <v>1.39</v>
+        <v>1.65</v>
       </c>
       <c r="M229" s="15">
-        <v>1.34</v>
+        <v>1.58</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-        <v>10080000702</v>
+        <v>542</v>
+      </c>
+      <c r="E230" s="15" t="s">
+        <v>543</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K230" s="15">
-        <v>1.18</v>
+        <v>1.66</v>
       </c>
       <c r="L230" s="15">
-        <v>1.18</v>
+        <v>1.39</v>
       </c>
       <c r="M230" s="15">
-        <v>1.18</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.34</v>
+      </c>
+      <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>545</v>
+      </c>
+      <c r="E231" s="15">
+        <v>10080000702</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>352</v>
+        <v>269</v>
       </c>
       <c r="H231" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I231" s="15"/>
-      <c r="J231" s="15"/>
+      <c r="J231" s="15">
+        <v>2000</v>
+      </c>
       <c r="K231" s="15">
-        <v>1.74</v>
+        <v>1.18</v>
       </c>
       <c r="L231" s="15">
-        <v>1.62</v>
+        <v>1.18</v>
       </c>
       <c r="M231" s="15">
-        <v>1.56</v>
-[...1 lines deleted...]
-      <c r="N231" s="15"/>
+        <v>1.18</v>
+      </c>
+      <c r="N231" s="15">
+        <v>5</v>
+      </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>548</v>
+        <v>354</v>
       </c>
       <c r="H232" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I232" s="15"/>
-      <c r="J232" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J232" s="15"/>
       <c r="K232" s="15">
-        <v>16.04</v>
+        <v>1.74</v>
       </c>
       <c r="L232" s="15">
-        <v>16.04</v>
+        <v>1.62</v>
       </c>
       <c r="M232" s="15">
-        <v>16.04</v>
+        <v>1.56</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
         <v>549</v>
       </c>
       <c r="D233" s="15" t="s">
         <v>550</v>
       </c>
       <c r="E233" s="15" t="s">
         <v>551</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>286</v>
+        <v>552</v>
       </c>
       <c r="H233" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="K233" s="15">
-        <v>62.54</v>
+        <v>16.04</v>
       </c>
       <c r="L233" s="15">
-        <v>52.46</v>
+        <v>16.04</v>
       </c>
       <c r="M233" s="15">
-        <v>50.44</v>
+        <v>16.04</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>259</v>
+        <v>288</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I234" s="15"/>
-      <c r="J234" s="15"/>
+      <c r="J234" s="15">
+        <v>90</v>
+      </c>
       <c r="K234" s="15">
-        <v>2.51</v>
+        <v>62.54</v>
       </c>
       <c r="L234" s="15">
-        <v>2.51</v>
+        <v>52.46</v>
       </c>
       <c r="M234" s="15">
-        <v>2.51</v>
-[...3 lines deleted...]
-      </c>
+        <v>50.44</v>
+      </c>
+      <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="E235" s="15" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="H235" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15"/>
       <c r="K235" s="15">
-        <v>2.52</v>
+        <v>2.51</v>
       </c>
       <c r="L235" s="15">
-        <v>2.52</v>
+        <v>2.51</v>
       </c>
       <c r="M235" s="15">
-        <v>2.52</v>
-[...1 lines deleted...]
-      <c r="N235" s="15"/>
+        <v>2.51</v>
+      </c>
+      <c r="N235" s="15">
+        <v>18</v>
+      </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>556</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>557</v>
       </c>
       <c r="E236" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>559</v>
+        <v>261</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15"/>
       <c r="K236" s="15">
-        <v>3.79</v>
+        <v>2.52</v>
       </c>
       <c r="L236" s="15">
-        <v>3.18</v>
+        <v>2.52</v>
       </c>
       <c r="M236" s="15">
-        <v>3.06</v>
+        <v>2.52</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>561</v>
       </c>
       <c r="E237" s="15" t="s">
         <v>562</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
         <v>563</v>
       </c>
       <c r="H237" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I237" s="15"/>
-      <c r="J237" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J237" s="15"/>
       <c r="K237" s="15">
-        <v>1.05</v>
+        <v>3.79</v>
       </c>
       <c r="L237" s="15">
-        <v>0.73899</v>
+        <v>3.18</v>
       </c>
       <c r="M237" s="15">
-        <v>0.73899</v>
+        <v>3.06</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
         <v>564</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>565</v>
       </c>
-      <c r="E238" s="15">
-        <v>10080000037</v>
+      <c r="E238" s="15" t="s">
+        <v>566</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>50</v>
       </c>
       <c r="K238" s="15">
-        <v>1.07</v>
+        <v>1.05</v>
       </c>
       <c r="L238" s="15">
-        <v>0.8940900000000001</v>
+        <v>0.73899</v>
       </c>
       <c r="M238" s="15">
-        <v>0.85833</v>
+        <v>0.73899</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>568</v>
+        <v>569</v>
+      </c>
+      <c r="E239" s="15">
+        <v>10080000037</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>42</v>
+        <v>567</v>
       </c>
       <c r="H239" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K239" s="15">
-        <v>1.87</v>
+        <v>1.07</v>
       </c>
       <c r="L239" s="15">
-        <v>1.32</v>
+        <v>0.8940900000000001</v>
       </c>
       <c r="M239" s="15">
-        <v>1.22</v>
+        <v>0.85833</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>10080003587</v>
+        <v>571</v>
+      </c>
+      <c r="E240" s="15" t="s">
+        <v>572</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H240" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>100</v>
       </c>
       <c r="K240" s="15">
-        <v>0.68624</v>
+        <v>1.87</v>
       </c>
       <c r="L240" s="15">
-        <v>0.57186</v>
+        <v>1.32</v>
       </c>
       <c r="M240" s="15">
-        <v>0.54898</v>
+        <v>1.22</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
         <v>570</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="E241" s="15">
-        <v>10080039902</v>
+        <v>10080003587</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
-        <v>4000</v>
+        <v>100</v>
       </c>
       <c r="K241" s="15">
-        <v>0.68516</v>
+        <v>0.68624</v>
       </c>
       <c r="L241" s="15">
-        <v>0.57096</v>
+        <v>0.57186</v>
       </c>
       <c r="M241" s="15">
-        <v>0.54814</v>
+        <v>0.54898</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="E242" s="15">
-        <v>10080071228</v>
+        <v>10080039902</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H242" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>4000</v>
       </c>
       <c r="K242" s="15">
-        <v>0.76248</v>
+        <v>0.68516</v>
       </c>
       <c r="L242" s="15">
-        <v>0.6395</v>
+        <v>0.57096</v>
       </c>
       <c r="M242" s="15">
-        <v>0.6149</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.54814</v>
+      </c>
+      <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="E243" s="15">
-        <v>10080016084</v>
+        <v>10080071228</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="H243" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
-        <v>90</v>
+        <v>4000</v>
       </c>
       <c r="K243" s="15">
-        <v>0.97211</v>
+        <v>0.76248</v>
       </c>
       <c r="L243" s="15">
-        <v>0.97211</v>
+        <v>0.6395</v>
       </c>
       <c r="M243" s="15">
-        <v>0.97211</v>
+        <v>0.6149</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="E244" s="15">
-        <v>10080060232</v>
+        <v>10080016084</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H244" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>90</v>
       </c>
       <c r="K244" s="15">
-        <v>1.41</v>
+        <v>0.97211</v>
       </c>
       <c r="L244" s="15">
-        <v>1.18</v>
+        <v>0.97211</v>
       </c>
       <c r="M244" s="15">
-        <v>1.14</v>
+        <v>0.97211</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E245" s="15">
-        <v>10080066460</v>
+        <v>10080060232</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H245" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
-        <v>2000</v>
+        <v>90</v>
       </c>
       <c r="K245" s="15">
-        <v>0.75195</v>
+        <v>1.41</v>
       </c>
       <c r="L245" s="15">
-        <v>0.62662</v>
+        <v>1.18</v>
       </c>
       <c r="M245" s="15">
-        <v>0.60155</v>
+        <v>1.14</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E246" s="15">
-        <v>10080003079</v>
+        <v>10080066460</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I246" s="15"/>
-      <c r="J246" s="15"/>
+      <c r="J246" s="15">
+        <v>2000</v>
+      </c>
       <c r="K246" s="15">
-        <v>0.58011</v>
+        <v>0.75195</v>
       </c>
       <c r="L246" s="15">
-        <v>0.55793</v>
+        <v>0.62662</v>
       </c>
       <c r="M246" s="15">
-        <v>0.537</v>
+        <v>0.60155</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>582</v>
+      </c>
+      <c r="E247" s="15">
+        <v>10080003079</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>582</v>
+        <v>42</v>
       </c>
       <c r="H247" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I247" s="15"/>
-      <c r="J247" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J247" s="15"/>
       <c r="K247" s="15">
-        <v>3.26</v>
+        <v>0.58011</v>
       </c>
       <c r="L247" s="15">
-        <v>2.74</v>
+        <v>0.55793</v>
       </c>
       <c r="M247" s="15">
-        <v>2.63</v>
+        <v>0.537</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>585</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>6000</v>
       </c>
       <c r="K248" s="15">
-        <v>1.71</v>
+        <v>3.26</v>
       </c>
       <c r="L248" s="15">
-        <v>1.43</v>
+        <v>2.74</v>
       </c>
       <c r="M248" s="15">
-        <v>1.38</v>
+        <v>2.63</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E249" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>62</v>
+        <v>586</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
-        <v>490</v>
+        <v>6000</v>
       </c>
       <c r="K249" s="15">
-        <v>1.42</v>
+        <v>1.71</v>
       </c>
       <c r="L249" s="15">
-        <v>1.42</v>
+        <v>1.43</v>
       </c>
       <c r="M249" s="15">
-        <v>1.42</v>
+        <v>1.38</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
-        <v>6000</v>
+        <v>490</v>
       </c>
       <c r="K250" s="15">
-        <v>2.76</v>
+        <v>1.42</v>
       </c>
       <c r="L250" s="15">
-        <v>2.31</v>
+        <v>1.42</v>
       </c>
       <c r="M250" s="15">
-        <v>2.22</v>
+        <v>1.42</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>595</v>
+        <v>62</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
-        <v>4000</v>
+        <v>6000</v>
       </c>
       <c r="K251" s="15">
-        <v>4.08</v>
+        <v>2.76</v>
       </c>
       <c r="L251" s="15">
-        <v>3.91</v>
+        <v>2.31</v>
       </c>
       <c r="M251" s="15">
-        <v>3.73</v>
+        <v>2.22</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
         <v>596</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>597</v>
       </c>
-      <c r="E252" s="15">
-        <v>10000018211</v>
+      <c r="E252" s="15" t="s">
+        <v>598</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>135</v>
+        <v>599</v>
       </c>
       <c r="H252" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>18</v>
+        <v>4000</v>
       </c>
       <c r="K252" s="15">
-        <v>1.54</v>
+        <v>4.08</v>
       </c>
       <c r="L252" s="15">
-        <v>1.42</v>
+        <v>3.91</v>
       </c>
       <c r="M252" s="15">
-        <v>0</v>
+        <v>3.73</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="E253" s="15">
-        <v>10080065207</v>
+        <v>10000018211</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H253" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="K253" s="15">
-        <v>2.67</v>
+        <v>1.54</v>
       </c>
       <c r="L253" s="15">
-        <v>2.24</v>
+        <v>1.42</v>
       </c>
       <c r="M253" s="15">
-        <v>2.15</v>
+        <v>0</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E254" s="15">
-        <v>10000030472</v>
+        <v>10080065207</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H254" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
-        <v>1000</v>
+        <v>37</v>
       </c>
       <c r="K254" s="15">
-        <v>1.4</v>
+        <v>2.67</v>
       </c>
       <c r="L254" s="15">
-        <v>1.16</v>
+        <v>2.24</v>
       </c>
       <c r="M254" s="15">
-        <v>1.12</v>
+        <v>2.15</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="E255" s="15">
-        <v>10080015750</v>
+        <v>10000030472</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
-        <v>18</v>
+        <v>1000</v>
       </c>
       <c r="K255" s="15">
-        <v>2.95</v>
+        <v>1.4</v>
       </c>
       <c r="L255" s="15">
-        <v>2.48</v>
+        <v>1.16</v>
       </c>
       <c r="M255" s="15">
-        <v>2.38</v>
+        <v>1.12</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>607</v>
+      </c>
+      <c r="E256" s="15">
+        <v>10080015750</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H256" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="K256" s="15">
-        <v>2.23</v>
+        <v>2.95</v>
       </c>
       <c r="L256" s="15">
-        <v>2.13</v>
+        <v>2.48</v>
       </c>
       <c r="M256" s="15">
-        <v>2.13</v>
+        <v>2.38</v>
       </c>
       <c r="N256" s="15"/>
-      <c r="O256" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O256" s="15"/>
+      <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>608</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>609</v>
       </c>
-      <c r="E257" s="15">
-        <v>10080052017</v>
+      <c r="E257" s="15" t="s">
+        <v>610</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I257" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I257" s="15"/>
       <c r="J257" s="15">
-        <v>1000</v>
+        <v>37</v>
       </c>
       <c r="K257" s="15">
-        <v>2.53</v>
+        <v>2.23</v>
       </c>
       <c r="L257" s="15">
-        <v>2.19</v>
+        <v>2.13</v>
       </c>
       <c r="M257" s="15">
-        <v>2.11</v>
+        <v>2.13</v>
       </c>
       <c r="N257" s="15"/>
-      <c r="O257" s="15"/>
-      <c r="P257" s="15"/>
+      <c r="O257" s="15">
+        <v>767</v>
+      </c>
+      <c r="P257" s="15" t="s">
+        <v>611</v>
+      </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="E258" s="15">
-        <v>10080005951</v>
+        <v>10080052017</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H258" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="J258" s="15">
         <v>1000</v>
       </c>
       <c r="K258" s="15">
-        <v>1.36</v>
+        <v>2.53</v>
       </c>
       <c r="L258" s="15">
-        <v>1.13</v>
+        <v>2.19</v>
       </c>
       <c r="M258" s="15">
-        <v>1.09</v>
+        <v>2.11</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>612</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>613</v>
       </c>
       <c r="E259" s="15">
-        <v>10000018165</v>
+        <v>10080005951</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I259" s="15"/>
+      <c r="I259" s="15" t="s">
+        <v>615</v>
+      </c>
       <c r="J259" s="15">
-        <v>18</v>
+        <v>1000</v>
       </c>
       <c r="K259" s="15">
-        <v>1.48</v>
+        <v>1.36</v>
       </c>
       <c r="L259" s="15">
-        <v>1.35</v>
+        <v>1.13</v>
       </c>
       <c r="M259" s="15">
-        <v>0</v>
+        <v>1.09</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="E260" s="15">
-        <v>10000020057</v>
+        <v>10000018165</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="K260" s="15">
+        <v>1.48</v>
+      </c>
+      <c r="L260" s="15">
         <v>1.35</v>
       </c>
-      <c r="L260" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="M260" s="15">
-        <v>0.91882</v>
+        <v>0</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-        <v>618</v>
+        <v>619</v>
+      </c>
+      <c r="E261" s="15">
+        <v>10000020057</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>619</v>
+        <v>146</v>
       </c>
       <c r="H261" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
-        <v>490</v>
+        <v>37</v>
       </c>
       <c r="K261" s="15">
-        <v>1.65</v>
+        <v>1.35</v>
       </c>
       <c r="L261" s="15">
-        <v>1.37</v>
+        <v>1.23</v>
       </c>
       <c r="M261" s="15">
-        <v>1.32</v>
+        <v>0.91882</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E262" s="15" t="s">
         <v>622</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
         <v>623</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
-        <v>57</v>
+        <v>490</v>
       </c>
       <c r="K262" s="15">
-        <v>1.68</v>
+        <v>1.65</v>
       </c>
       <c r="L262" s="15">
-        <v>1.4</v>
+        <v>1.37</v>
       </c>
       <c r="M262" s="15">
-        <v>1.34</v>
+        <v>1.32</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>10080003588</v>
+        <v>625</v>
+      </c>
+      <c r="E263" s="15" t="s">
+        <v>626</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H263" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I263" s="15"/>
-      <c r="J263" s="15"/>
+      <c r="J263" s="15">
+        <v>57</v>
+      </c>
       <c r="K263" s="15">
-        <v>0.98291</v>
+        <v>1.68</v>
       </c>
       <c r="L263" s="15">
-        <v>0.98291</v>
+        <v>1.4</v>
       </c>
       <c r="M263" s="15">
-        <v>0.98291</v>
+        <v>1.34</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
         <v>624</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>625</v>
       </c>
       <c r="E264" s="15">
-        <v>10000021893</v>
+        <v>10080003588</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15"/>
       <c r="K264" s="15">
-        <v>2.34</v>
+        <v>0.98291</v>
       </c>
       <c r="L264" s="15">
-        <v>1.95</v>
+        <v>0.98291</v>
       </c>
       <c r="M264" s="15">
-        <v>1.87</v>
+        <v>0.98291</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>628</v>
+        <v>629</v>
+      </c>
+      <c r="E265" s="15">
+        <v>10000021893</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="H265" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I265" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I265" s="15"/>
+      <c r="J265" s="15"/>
       <c r="K265" s="15">
-        <v>1.76</v>
+        <v>2.34</v>
       </c>
       <c r="L265" s="15">
-        <v>1.48</v>
+        <v>1.95</v>
       </c>
       <c r="M265" s="15">
-        <v>1.42</v>
+        <v>1.87</v>
       </c>
       <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="E266" s="15" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H266" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="J266" s="15">
         <v>100</v>
       </c>
       <c r="K266" s="15">
         <v>1.76</v>
       </c>
       <c r="L266" s="15">
         <v>1.48</v>
       </c>
       <c r="M266" s="15">
         <v>1.42</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>10080008021</v>
+        <v>631</v>
+      </c>
+      <c r="E267" s="15" t="s">
+        <v>635</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>42</v>
+        <v>633</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I267" s="15"/>
+      <c r="I267" s="15" t="s">
+        <v>636</v>
+      </c>
       <c r="J267" s="15">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="K267" s="15">
-        <v>3.42</v>
+        <v>1.76</v>
       </c>
       <c r="L267" s="15">
-        <v>2.87</v>
+        <v>1.48</v>
       </c>
       <c r="M267" s="15">
-        <v>2.76</v>
+        <v>1.42</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E268" s="15">
-        <v>10080031506</v>
+        <v>10080008021</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H268" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I268" s="15"/>
-      <c r="J268" s="15"/>
+      <c r="J268" s="15">
+        <v>95</v>
+      </c>
       <c r="K268" s="15">
-        <v>1.26</v>
+        <v>3.42</v>
       </c>
       <c r="L268" s="15">
-        <v>1.03</v>
+        <v>2.87</v>
       </c>
       <c r="M268" s="15">
-        <v>0.98738</v>
+        <v>2.76</v>
       </c>
       <c r="N268" s="15"/>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>639</v>
+        <v>640</v>
+      </c>
+      <c r="E269" s="15">
+        <v>10080031506</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H269" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I269" s="15"/>
-      <c r="J269" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J269" s="15"/>
       <c r="K269" s="15">
-        <v>1.38</v>
+        <v>1.26</v>
       </c>
       <c r="L269" s="15">
-        <v>1.38</v>
+        <v>1.03</v>
       </c>
       <c r="M269" s="15">
-        <v>1.38</v>
+        <v>0.98738</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E270" s="15" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I270" s="15"/>
-      <c r="J270" s="15"/>
+      <c r="J270" s="15">
+        <v>95</v>
+      </c>
       <c r="K270" s="15">
-        <v>3.77</v>
+        <v>1.38</v>
       </c>
       <c r="L270" s="15">
-        <v>3.77</v>
+        <v>1.38</v>
       </c>
       <c r="M270" s="15">
-        <v>3.77</v>
+        <v>1.38</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E271" s="15" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>62</v>
+        <v>146</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I271" s="15"/>
-      <c r="J271" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J271" s="15"/>
       <c r="K271" s="15">
-        <v>0.67735</v>
+        <v>3.77</v>
       </c>
       <c r="L271" s="15">
-        <v>0.5681</v>
+        <v>3.77</v>
       </c>
       <c r="M271" s="15">
-        <v>0.54625</v>
+        <v>3.77</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>623</v>
+        <v>62</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
-        <v>50</v>
+        <v>6000</v>
       </c>
       <c r="K272" s="15">
-        <v>3.6</v>
+        <v>0.67735</v>
       </c>
       <c r="L272" s="15">
-        <v>3.02</v>
+        <v>0.5681</v>
       </c>
       <c r="M272" s="15">
-        <v>2.91</v>
+        <v>0.54625</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>10080018063</v>
+        <v>651</v>
+      </c>
+      <c r="E273" s="15" t="s">
+        <v>652</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H273" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="K273" s="15">
-        <v>1.14</v>
+        <v>3.6</v>
       </c>
       <c r="L273" s="15">
-        <v>1.14</v>
+        <v>3.02</v>
       </c>
       <c r="M273" s="15">
-        <v>1.14</v>
+        <v>2.91</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>654</v>
+      </c>
+      <c r="E274" s="15">
+        <v>10080018063</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H274" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>57</v>
       </c>
       <c r="K274" s="15">
-        <v>1.97</v>
+        <v>1.14</v>
       </c>
       <c r="L274" s="15">
-        <v>1.48</v>
+        <v>1.14</v>
       </c>
       <c r="M274" s="15">
-        <v>1.37</v>
+        <v>1.14</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-        <v>10080032384</v>
+        <v>654</v>
+      </c>
+      <c r="E275" s="15" t="s">
+        <v>655</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H275" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
-        <v>3000</v>
+        <v>57</v>
       </c>
       <c r="K275" s="15">
-        <v>1.03</v>
+        <v>1.97</v>
       </c>
       <c r="L275" s="15">
-        <v>1.03</v>
+        <v>1.48</v>
       </c>
       <c r="M275" s="15">
-        <v>1.03</v>
+        <v>1.37</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-        <v>654</v>
+        <v>657</v>
+      </c>
+      <c r="E276" s="15">
+        <v>10080032384</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H276" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>3000</v>
       </c>
       <c r="K276" s="15">
-        <v>1.31</v>
+        <v>1.03</v>
       </c>
       <c r="L276" s="15">
-        <v>1.1</v>
+        <v>1.03</v>
       </c>
       <c r="M276" s="15">
-        <v>1.06</v>
+        <v>1.03</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-        <v>10080018062</v>
+        <v>657</v>
+      </c>
+      <c r="E277" s="15" t="s">
+        <v>658</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>66</v>
+        <v>627</v>
       </c>
       <c r="H277" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
-        <v>95</v>
+        <v>3000</v>
       </c>
       <c r="K277" s="15">
         <v>1.31</v>
       </c>
       <c r="L277" s="15">
-        <v>1.31</v>
+        <v>1.1</v>
       </c>
       <c r="M277" s="15">
-        <v>1.31</v>
+        <v>1.06</v>
       </c>
       <c r="N277" s="15"/>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="E278" s="15">
-        <v>10080065045</v>
+        <v>10080018062</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H278" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>95</v>
       </c>
       <c r="K278" s="15">
-        <v>2.06</v>
+        <v>1.31</v>
       </c>
       <c r="L278" s="15">
-        <v>1.73</v>
+        <v>1.31</v>
       </c>
       <c r="M278" s="15">
-        <v>1.66</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.31</v>
+      </c>
+      <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="E279" s="15">
-        <v>10080060233</v>
+        <v>10080065045</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
-        <v>2000</v>
+        <v>95</v>
       </c>
       <c r="K279" s="15">
-        <v>1.28</v>
+        <v>2.06</v>
       </c>
       <c r="L279" s="15">
-        <v>1.03</v>
+        <v>1.73</v>
       </c>
       <c r="M279" s="15">
-        <v>0.99189</v>
-[...1 lines deleted...]
-      <c r="N279" s="15"/>
+        <v>1.66</v>
+      </c>
+      <c r="N279" s="15">
+        <v>83</v>
+      </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>661</v>
+        <v>662</v>
+      </c>
+      <c r="E280" s="15">
+        <v>10080060233</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15" t="s">
-        <v>135</v>
+        <v>66</v>
       </c>
       <c r="H280" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
-        <v>18</v>
+        <v>2000</v>
       </c>
       <c r="K280" s="15">
-        <v>4.93</v>
+        <v>1.28</v>
       </c>
       <c r="L280" s="15">
-        <v>4.13</v>
+        <v>1.03</v>
       </c>
       <c r="M280" s="15">
-        <v>3.97</v>
+        <v>0.99189</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-        <v>10080018061</v>
+        <v>664</v>
+      </c>
+      <c r="E281" s="15" t="s">
+        <v>665</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>619</v>
+        <v>137</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>560</v>
+        <v>18</v>
       </c>
       <c r="K281" s="15">
-        <v>2.76</v>
+        <v>4.93</v>
       </c>
       <c r="L281" s="15">
-        <v>1.93</v>
+        <v>4.13</v>
       </c>
       <c r="M281" s="15">
-        <v>1.8</v>
+        <v>3.97</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>667</v>
+      </c>
+      <c r="E282" s="15">
+        <v>10080018061</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>62</v>
+        <v>623</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>6000</v>
+        <v>560</v>
       </c>
       <c r="K282" s="15">
-        <v>2.72</v>
+        <v>2.76</v>
       </c>
       <c r="L282" s="15">
-        <v>2.28</v>
+        <v>1.93</v>
       </c>
       <c r="M282" s="15">
-        <v>2.2</v>
+        <v>1.8</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15" t="s">
-        <v>623</v>
+        <v>62</v>
       </c>
       <c r="H283" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>57</v>
+        <v>6000</v>
       </c>
       <c r="K283" s="15">
-        <v>4.83</v>
+        <v>2.72</v>
       </c>
       <c r="L283" s="15">
-        <v>4.05</v>
+        <v>2.28</v>
       </c>
       <c r="M283" s="15">
-        <v>3.89</v>
+        <v>2.2</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H284" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>3000</v>
+        <v>57</v>
       </c>
       <c r="K284" s="15">
-        <v>4.49</v>
+        <v>4.83</v>
       </c>
       <c r="L284" s="15">
-        <v>4.49</v>
+        <v>4.05</v>
       </c>
       <c r="M284" s="15">
-        <v>4.49</v>
+        <v>3.89</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H285" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>3000</v>
       </c>
       <c r="K285" s="15">
-        <v>0.86979</v>
+        <v>4.49</v>
       </c>
       <c r="L285" s="15">
-        <v>0.75382</v>
+        <v>4.49</v>
       </c>
       <c r="M285" s="15">
-        <v>0.72483</v>
+        <v>4.49</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E286" s="15" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15" t="s">
-        <v>679</v>
+        <v>627</v>
       </c>
       <c r="H286" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
-        <v>57</v>
+        <v>3000</v>
       </c>
       <c r="K286" s="15">
-        <v>1.31</v>
+        <v>0.86979</v>
       </c>
       <c r="L286" s="15">
-        <v>1.31</v>
+        <v>0.75382</v>
       </c>
       <c r="M286" s="15">
-        <v>1.31</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.72483</v>
+      </c>
+      <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>680</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>681</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>682</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15" t="s">
-        <v>623</v>
+        <v>683</v>
       </c>
       <c r="H287" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
-        <v>3000</v>
+        <v>57</v>
       </c>
       <c r="K287" s="15">
-        <v>1.5</v>
+        <v>1.31</v>
       </c>
       <c r="L287" s="15">
-        <v>1.5</v>
+        <v>1.31</v>
       </c>
       <c r="M287" s="15">
-        <v>1.5</v>
-[...1 lines deleted...]
-      <c r="N287" s="15"/>
+        <v>1.31</v>
+      </c>
+      <c r="N287" s="15">
+        <v>2032</v>
+      </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>10080032066</v>
+        <v>685</v>
+      </c>
+      <c r="E288" s="15" t="s">
+        <v>686</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15" t="s">
-        <v>42</v>
+        <v>627</v>
       </c>
       <c r="H288" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
-        <v>90</v>
+        <v>3000</v>
       </c>
       <c r="K288" s="15">
-        <v>2.28</v>
+        <v>1.5</v>
       </c>
       <c r="L288" s="15">
-        <v>1.91</v>
+        <v>1.5</v>
       </c>
       <c r="M288" s="15">
-        <v>1.84</v>
+        <v>1.5</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>688</v>
+      </c>
+      <c r="E289" s="15">
+        <v>10080032066</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H289" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>90</v>
       </c>
       <c r="K289" s="15">
-        <v>2.06</v>
+        <v>2.28</v>
       </c>
       <c r="L289" s="15">
-        <v>1.73</v>
+        <v>1.91</v>
       </c>
       <c r="M289" s="15">
-        <v>1.66</v>
+        <v>1.84</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>10080066008</v>
+        <v>688</v>
+      </c>
+      <c r="E290" s="15" t="s">
+        <v>689</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15" t="s">
-        <v>368</v>
+        <v>42</v>
       </c>
       <c r="H290" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I290" s="15"/>
-      <c r="J290" s="15"/>
+      <c r="J290" s="15">
+        <v>90</v>
+      </c>
       <c r="K290" s="15">
-        <v>2.28</v>
+        <v>2.06</v>
       </c>
       <c r="L290" s="15">
-        <v>1.9</v>
+        <v>1.73</v>
       </c>
       <c r="M290" s="15">
-        <v>1.82</v>
+        <v>1.66</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>689</v>
-[...2 lines deleted...]
-        <v>690</v>
+        <v>691</v>
+      </c>
+      <c r="E291" s="15">
+        <v>10080066008</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
-        <v>250</v>
+        <v>370</v>
       </c>
       <c r="H291" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I291" s="15"/>
-      <c r="J291" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J291" s="15"/>
       <c r="K291" s="15">
-        <v>13.64</v>
+        <v>2.28</v>
       </c>
       <c r="L291" s="15">
-        <v>11.44</v>
+        <v>1.9</v>
       </c>
       <c r="M291" s="15">
-        <v>11</v>
+        <v>1.82</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>10080058592</v>
+        <v>693</v>
+      </c>
+      <c r="E292" s="15" t="s">
+        <v>694</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15" t="s">
-        <v>201</v>
+        <v>252</v>
       </c>
       <c r="H292" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I292" s="15"/>
-      <c r="J292" s="15"/>
+      <c r="J292" s="15">
+        <v>90</v>
+      </c>
       <c r="K292" s="15">
-        <v>6</v>
+        <v>13.64</v>
       </c>
       <c r="L292" s="15">
-        <v>4.84</v>
+        <v>11.44</v>
       </c>
       <c r="M292" s="15">
-        <v>4.64</v>
+        <v>11</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E293" s="15">
-        <v>10080026977</v>
+        <v>10080058592</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H293" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I293" s="15"/>
-      <c r="J293" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J293" s="15"/>
       <c r="K293" s="15">
-        <v>2.6</v>
+        <v>6</v>
       </c>
       <c r="L293" s="15">
-        <v>1.82</v>
+        <v>4.84</v>
       </c>
       <c r="M293" s="15">
-        <v>1.69</v>
+        <v>4.64</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>698</v>
+      </c>
+      <c r="E294" s="15">
+        <v>10080026977</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H294" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I294" s="15"/>
-      <c r="J294" s="15"/>
+      <c r="J294" s="15">
+        <v>160</v>
+      </c>
       <c r="K294" s="15">
-        <v>75.95</v>
+        <v>2.6</v>
       </c>
       <c r="L294" s="15">
-        <v>63.7</v>
+        <v>1.82</v>
       </c>
       <c r="M294" s="15">
-        <v>61.25</v>
+        <v>1.69</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>10080053346</v>
+        <v>700</v>
+      </c>
+      <c r="E295" s="15" t="s">
+        <v>701</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="H295" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>3.67</v>
+        <v>75.95</v>
       </c>
       <c r="L295" s="15">
-        <v>3.01</v>
+        <v>63.7</v>
       </c>
       <c r="M295" s="15">
-        <v>2.88</v>
+        <v>61.25</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
-      <c r="B296" s="14"/>
-[...2 lines deleted...]
-      <c r="E296" s="15"/>
+      <c r="B296" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C296" s="15" t="s">
+        <v>702</v>
+      </c>
+      <c r="D296" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="E296" s="15">
+        <v>10080053346</v>
+      </c>
       <c r="F296" s="15"/>
-      <c r="G296" s="15"/>
-      <c r="H296" s="15"/>
+      <c r="G296" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="H296" s="15" t="s">
+        <v>26</v>
+      </c>
       <c r="I296" s="15"/>
       <c r="J296" s="15"/>
-      <c r="K296" s="15"/>
-[...1 lines deleted...]
-      <c r="M296" s="15"/>
+      <c r="K296" s="15">
+        <v>3.67</v>
+      </c>
+      <c r="L296" s="15">
+        <v>3.01</v>
+      </c>
+      <c r="M296" s="15">
+        <v>2.88</v>
+      </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
+      <c r="R296"/>
+    </row>
+    <row r="297" spans="1:18">
+      <c r="B297" s="14"/>
+      <c r="C297" s="15"/>
+      <c r="D297" s="15"/>
+      <c r="E297" s="15"/>
+      <c r="F297" s="15"/>
+      <c r="G297" s="15"/>
+      <c r="H297" s="15"/>
+      <c r="I297" s="15"/>
+      <c r="J297" s="15"/>
+      <c r="K297" s="15"/>
+      <c r="L297" s="15"/>
+      <c r="M297" s="15"/>
+      <c r="N297" s="15"/>
+      <c r="O297" s="15"/>
+      <c r="P297" s="15"/>
+      <c r="Q297" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -14174,317 +14229,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>