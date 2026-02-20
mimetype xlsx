--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="731">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="732">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1003,50 +1003,53 @@
   <si>
     <t>Микросхема ATMEGA1280-16AU</t>
   </si>
   <si>
     <t>UT-00117793</t>
   </si>
   <si>
     <t>TQFP100</t>
   </si>
   <si>
     <t>ATMEGA1281V-8MU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA1281V-8MU</t>
   </si>
   <si>
     <t>ATMega1284P-AU</t>
   </si>
   <si>
     <t>Микросхема ATMega1284P-AU</t>
   </si>
   <si>
     <t>UT-00090228</t>
   </si>
   <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
     <t>ATMEGA128A-AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA128A-AUR ATMEL, ATMEGA128A-AU ATMEL, </t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA128A-AU MICROCHIP, ATMEGA128A-AUR ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA128A-AUR</t>
   </si>
   <si>
     <t>катушка / ATMEGA128A-AUR</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA128A-AU MICROCHIP, ATMEGA128A-AU ATMEL, </t>
   </si>
   <si>
     <t>Микросхема ATMEGA128A-AUR</t>
   </si>
   <si>
     <t>10-00038872</t>
   </si>
   <si>
     <t>ATMEGA128L-8AU</t>
@@ -1192,50 +1195,53 @@
   <si>
     <t>Микросхема ATMEGA16U4-MU</t>
   </si>
   <si>
     <t>QFN44</t>
   </si>
   <si>
     <t>ATMEGA16U4-MUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA16U4-MUR</t>
   </si>
   <si>
     <t>ATMEGA2560-16AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA2560-16AU</t>
   </si>
   <si>
     <t>Atmega2561-16AU</t>
   </si>
   <si>
     <t>Микросхема Atmega2561-16AU</t>
   </si>
   <si>
+    <t>06.03.2026</t>
+  </si>
+  <si>
     <t>ATMEGA2561-16AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA2561-16AU</t>
   </si>
   <si>
     <t>ATMEGA2561-16AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA2561-16AUR</t>
   </si>
   <si>
     <t>ATMEGA32-16AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA32-16AU</t>
   </si>
   <si>
     <t>UT-00089654</t>
   </si>
   <si>
     <t>ATMEGA324PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA324PA-AU</t>
@@ -1264,54 +1270,51 @@
   <si>
     <t>UT-00134353</t>
   </si>
   <si>
     <t>ATmega328-PU</t>
   </si>
   <si>
     <t>Микросхема ATmega328-PU</t>
   </si>
   <si>
     <t>UT-00146719</t>
   </si>
   <si>
     <t>ATmega328p-ANR</t>
   </si>
   <si>
     <t>Микросхема ATmega328p-ANR</t>
   </si>
   <si>
     <t>ATMEGA328P-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328P-AU</t>
   </si>
   <si>
-    <t xml:space="preserve">ATMEGA328P-AU MICROCHIP, </t>
-[...2 lines deleted...]
-    <t>UT-00141041</t>
+    <t>22.03.2026</t>
   </si>
   <si>
     <t>ATMEGA328P-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328P-AUR</t>
   </si>
   <si>
     <t>ATMEGA328PB-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328PB-AU</t>
   </si>
   <si>
     <t>UT-00089751</t>
   </si>
   <si>
     <t>ATMEGA329PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA329PA-AU</t>
   </si>
   <si>
     <t>ATMEGA329PA-AUR</t>
   </si>
@@ -1618,53 +1621,50 @@
   <si>
     <t>10-00038757</t>
   </si>
   <si>
     <t>VQFN28</t>
   </si>
   <si>
     <t>ATmega88PA-MU</t>
   </si>
   <si>
     <t>Микросхема ATmega88PA-MU</t>
   </si>
   <si>
     <t>UT-00105805</t>
   </si>
   <si>
     <t>ATMEGA8A-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8A-AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8-16AU MICROCHIP, ATMEGA8A-AUR ATMEL, ATMEGA8A-AU ATMEL, </t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ATMEGA8A-AU MICROCHIP, ATMEGA8-16AU MICROCHIP, ATMEGA8A-AUR ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA8A-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8A-AUR</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA8A-AU MICROCHIP, ATMEGA8-16AU MICROCHIP, ATMEGA8A-AU ATMEL, </t>
   </si>
   <si>
     <t>UT-00095004</t>
   </si>
   <si>
     <t>ATMEGA8A-PU</t>
   </si>
   <si>
     <t>ATMEGA8L-8AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA8L-8AU</t>
   </si>
   <si>
     <t>UT-00120379</t>
@@ -1982,50 +1982,53 @@
     <t>ATTINY406-MFR</t>
   </si>
   <si>
     <t>Микросхема ATTINY406-MFR</t>
   </si>
   <si>
     <t>UT-00098024</t>
   </si>
   <si>
     <t>ATtiny441-SSU</t>
   </si>
   <si>
     <t>Микросхема ATtiny441-SSU</t>
   </si>
   <si>
     <t>10-00038797</t>
   </si>
   <si>
     <t>ATTINY44A-SSU</t>
   </si>
   <si>
     <t>линейка / ATTINY44A-SSU</t>
   </si>
   <si>
     <t>UT-00089269</t>
+  </si>
+  <si>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>ATTINY44A-SSUR</t>
   </si>
   <si>
     <t>лента / ATTINY44A-SSUR</t>
   </si>
   <si>
     <t>UT-00091159</t>
   </si>
   <si>
     <t>ATTINY45-20SU</t>
   </si>
   <si>
     <t>Микросхема ATTINY45-20SU</t>
   </si>
   <si>
     <t>ATTINY45-20SUR</t>
   </si>
   <si>
     <t>Микросхема ATTINY45-20SUR</t>
   </si>
   <si>
     <t>Attiny461-20PU</t>
   </si>
@@ -2715,51 +2718,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R297"/>
+  <dimension ref="A1:R296"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -5055,51 +5058,51 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>171</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>37</v>
       </c>
       <c r="K63" s="15">
         <v>6.09</v>
       </c>
       <c r="L63" s="15">
         <v>6.09</v>
       </c>
       <c r="M63" s="15">
         <v>6.09</v>
       </c>
       <c r="N63" s="15">
-        <v>358</v>
+        <v>275</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>58</v>
@@ -5706,51 +5709,51 @@
       </c>
       <c r="E80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>164</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>27</v>
       </c>
       <c r="K80" s="15">
         <v>0.74557</v>
       </c>
       <c r="L80" s="15">
         <v>0.74557</v>
       </c>
       <c r="M80" s="15">
         <v>0.74557</v>
       </c>
       <c r="N80" s="15">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>58</v>
@@ -6521,51 +6524,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>260</v>
       </c>
       <c r="K101" s="15">
         <v>5.35</v>
       </c>
       <c r="L101" s="15">
         <v>4.49</v>
       </c>
       <c r="M101" s="15">
         <v>4.31</v>
       </c>
       <c r="N101" s="15">
-        <v>174</v>
+        <v>132</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>26</v>
@@ -7518,6698 +7521,6661 @@
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15"/>
       <c r="K127" s="15">
-        <v>6.28</v>
+        <v>8.289999999999999</v>
       </c>
       <c r="L127" s="15">
-        <v>5.27</v>
+        <v>7.19</v>
       </c>
       <c r="M127" s="15">
-        <v>5.06</v>
+        <v>6.91</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
-      <c r="P127" s="15"/>
+      <c r="P127" s="15" t="s">
+        <v>329</v>
+      </c>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D128" s="15"/>
       <c r="E128" s="15">
         <v>10080066489</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="J128" s="15">
         <v>90</v>
       </c>
       <c r="K128" s="15">
         <v>4.85</v>
       </c>
       <c r="L128" s="15">
         <v>3.88</v>
       </c>
       <c r="M128" s="15">
         <v>3.53</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D129" s="15"/>
       <c r="E129" s="15">
         <v>10080007698</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J129" s="15">
         <v>90</v>
       </c>
       <c r="K129" s="15">
         <v>4.52</v>
       </c>
       <c r="L129" s="15">
         <v>3.64</v>
       </c>
       <c r="M129" s="15">
         <v>3.3</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E130" s="15">
         <v>10080037122</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I130" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>4.5</v>
       </c>
       <c r="L130" s="15">
         <v>3.62</v>
       </c>
       <c r="M130" s="15">
         <v>3.53</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1000</v>
       </c>
       <c r="K131" s="15">
         <v>4.78</v>
       </c>
       <c r="L131" s="15">
         <v>4.01</v>
       </c>
       <c r="M131" s="15">
         <v>3.86</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E132" s="15">
         <v>10080034416</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>90</v>
       </c>
       <c r="K132" s="15">
         <v>9.01</v>
       </c>
       <c r="L132" s="15">
         <v>7.39</v>
       </c>
       <c r="M132" s="15">
         <v>7.09</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>160</v>
       </c>
       <c r="K133" s="15">
         <v>18.46</v>
       </c>
       <c r="L133" s="15">
         <v>15.49</v>
       </c>
       <c r="M133" s="15">
         <v>14.89</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E134" s="15">
         <v>10000020343</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J134" s="15">
         <v>160</v>
       </c>
       <c r="K134" s="15">
         <v>3.3</v>
       </c>
       <c r="L134" s="15">
         <v>2.66</v>
       </c>
       <c r="M134" s="15">
         <v>2.56</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D135" s="15"/>
       <c r="E135" s="15">
         <v>10080060173</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>160</v>
       </c>
       <c r="K135" s="15">
         <v>7.46</v>
       </c>
       <c r="L135" s="15">
         <v>7.46</v>
       </c>
       <c r="M135" s="15">
         <v>7.46</v>
       </c>
       <c r="N135" s="15">
-        <v>776</v>
+        <v>645</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D136" s="15"/>
       <c r="E136" s="15">
         <v>10080018060</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>160</v>
       </c>
       <c r="K136" s="15">
         <v>3.93</v>
       </c>
       <c r="L136" s="15">
         <v>3.93</v>
       </c>
       <c r="M136" s="15">
         <v>3.93</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E137" s="15">
         <v>10080073570</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15"/>
       <c r="K137" s="15">
         <v>6.37</v>
       </c>
       <c r="L137" s="15">
         <v>5.31</v>
       </c>
       <c r="M137" s="15">
         <v>5.09</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E138" s="15">
         <v>10080018239</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>160</v>
       </c>
       <c r="K138" s="15">
         <v>9.02</v>
       </c>
       <c r="L138" s="15">
         <v>7.51</v>
       </c>
       <c r="M138" s="15">
         <v>7.21</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E139" s="15">
         <v>10080028411</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>250</v>
       </c>
       <c r="K139" s="15">
         <v>5.25</v>
       </c>
       <c r="L139" s="15">
         <v>4.37</v>
       </c>
       <c r="M139" s="15">
         <v>4.2</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>250</v>
       </c>
       <c r="K140" s="15">
         <v>3.79</v>
       </c>
       <c r="L140" s="15">
         <v>3.79</v>
       </c>
       <c r="M140" s="15">
         <v>3.79</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>14</v>
       </c>
       <c r="K141" s="15">
         <v>4.47</v>
       </c>
       <c r="L141" s="15">
         <v>4.47</v>
       </c>
       <c r="M141" s="15">
         <v>4.47</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>14</v>
       </c>
       <c r="K142" s="15">
         <v>7.53</v>
       </c>
       <c r="L142" s="15">
         <v>6.31</v>
       </c>
       <c r="M142" s="15">
         <v>6.07</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>250</v>
       </c>
       <c r="K143" s="15">
         <v>2.94</v>
       </c>
       <c r="L143" s="15">
         <v>2.94</v>
       </c>
       <c r="M143" s="15">
         <v>2.94</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>250</v>
       </c>
       <c r="K144" s="15">
         <v>3.77</v>
       </c>
       <c r="L144" s="15">
         <v>3.77</v>
       </c>
       <c r="M144" s="15">
         <v>3.77</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E145" s="15">
         <v>10080028364</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>250</v>
       </c>
       <c r="K145" s="15">
         <v>1.74</v>
       </c>
       <c r="L145" s="15">
         <v>1.4</v>
       </c>
       <c r="M145" s="15">
         <v>1.35</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E146" s="15">
         <v>10080066237</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>250</v>
       </c>
       <c r="K146" s="15">
         <v>1.89</v>
       </c>
       <c r="L146" s="15">
         <v>1.64</v>
       </c>
       <c r="M146" s="15">
         <v>1.58</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E147" s="15">
         <v>10080061719</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2000</v>
       </c>
       <c r="K147" s="15">
         <v>1.74</v>
       </c>
       <c r="L147" s="15">
         <v>1.45</v>
       </c>
       <c r="M147" s="15">
         <v>1.39</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>2000</v>
       </c>
       <c r="K148" s="15">
         <v>1.87</v>
       </c>
       <c r="L148" s="15">
         <v>1.57</v>
       </c>
       <c r="M148" s="15">
         <v>1.51</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>2.45</v>
       </c>
       <c r="L149" s="15">
         <v>2.06</v>
       </c>
       <c r="M149" s="15">
         <v>1.98</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E150" s="15">
         <v>10080053021</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>6000</v>
       </c>
       <c r="K150" s="15">
         <v>1.43</v>
       </c>
       <c r="L150" s="15">
         <v>1.19</v>
       </c>
       <c r="M150" s="15">
         <v>1.14</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>5.59</v>
       </c>
       <c r="L151" s="15">
         <v>4.66</v>
       </c>
       <c r="M151" s="15">
         <v>4.47</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E152" s="15">
         <v>10080060234</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>160</v>
       </c>
       <c r="K152" s="15">
-        <v>1.9</v>
+        <v>2.74</v>
       </c>
       <c r="L152" s="15">
-        <v>1.65</v>
+        <v>2.38</v>
       </c>
       <c r="M152" s="15">
-        <v>1.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.29</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15">
-        <v>1052</v>
-[...1 lines deleted...]
-      <c r="P152" s="15"/>
+        <v>1282</v>
+      </c>
+      <c r="P152" s="15" t="s">
+        <v>329</v>
+      </c>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E153" s="15">
         <v>10080027105</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J153" s="15">
         <v>160</v>
       </c>
       <c r="K153" s="15">
         <v>6.3</v>
       </c>
       <c r="L153" s="15">
         <v>5.25</v>
       </c>
       <c r="M153" s="15">
         <v>5.04</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E154" s="15">
         <v>10080041612</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>2000</v>
       </c>
       <c r="K154" s="15">
         <v>2.12</v>
       </c>
       <c r="L154" s="15">
         <v>1.74</v>
       </c>
       <c r="M154" s="15">
         <v>1.67</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E155" s="15">
         <v>10080007459</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>10</v>
       </c>
       <c r="K155" s="15">
         <v>4.67</v>
       </c>
       <c r="L155" s="15">
         <v>3.89</v>
       </c>
       <c r="M155" s="15">
         <v>3.74</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E156" s="15">
         <v>10080048158</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>418</v>
       </c>
       <c r="K156" s="15">
         <v>5.17</v>
       </c>
       <c r="L156" s="15">
         <v>4.24</v>
       </c>
       <c r="M156" s="15">
         <v>4.07</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E157" s="15">
         <v>10080050063</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>2000</v>
       </c>
       <c r="K157" s="15">
         <v>5.6</v>
       </c>
       <c r="L157" s="15">
         <v>4.59</v>
       </c>
       <c r="M157" s="15">
         <v>4.4</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E158" s="15">
         <v>10080040502</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>323</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>90</v>
       </c>
       <c r="K158" s="15">
         <v>10.49</v>
       </c>
       <c r="L158" s="15">
         <v>8.74</v>
       </c>
       <c r="M158" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E159" s="15">
         <v>10080071331</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>323</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>90</v>
       </c>
       <c r="K159" s="15">
         <v>22.93</v>
       </c>
       <c r="L159" s="15">
         <v>19.23</v>
       </c>
       <c r="M159" s="15">
         <v>18.49</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E160" s="15">
         <v>10080069613</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>90</v>
       </c>
       <c r="K160" s="15">
         <v>11.1</v>
       </c>
       <c r="L160" s="15">
         <v>9.31</v>
       </c>
       <c r="M160" s="15">
         <v>8.960000000000001</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
-      <c r="P160" s="15"/>
+      <c r="P160" s="15" t="s">
+        <v>393</v>
+      </c>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="E161" s="15">
         <v>10080074637</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>16.65</v>
       </c>
       <c r="L161" s="15">
         <v>13.88</v>
       </c>
       <c r="M161" s="15">
         <v>13.32</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="E162" s="15">
         <v>10080045460</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
         <v>8.890000000000001</v>
       </c>
       <c r="L162" s="15">
         <v>7.41</v>
       </c>
       <c r="M162" s="15">
         <v>7.11</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15"/>
       <c r="K163" s="15">
         <v>6.85</v>
       </c>
       <c r="L163" s="15">
         <v>6.85</v>
       </c>
       <c r="M163" s="15">
         <v>6.85</v>
       </c>
       <c r="N163" s="15">
-        <v>1141</v>
+        <v>1181</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E164" s="15">
         <v>10000018040</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15"/>
       <c r="K164" s="15">
         <v>3.64</v>
       </c>
       <c r="L164" s="15">
         <v>2.93</v>
       </c>
       <c r="M164" s="15">
         <v>2.82</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E165" s="15">
         <v>10080031954</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J165" s="15">
         <v>160</v>
       </c>
       <c r="K165" s="15">
         <v>3.25</v>
       </c>
       <c r="L165" s="15">
         <v>2.66</v>
       </c>
       <c r="M165" s="15">
         <v>2.55</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>160</v>
       </c>
       <c r="K166" s="15">
         <v>3.27</v>
       </c>
       <c r="L166" s="15">
         <v>3.27</v>
       </c>
       <c r="M166" s="15">
         <v>3.27</v>
       </c>
       <c r="N166" s="15">
-        <v>230</v>
+        <v>283</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H167" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>2000</v>
       </c>
       <c r="K167" s="15">
         <v>3.95</v>
       </c>
       <c r="L167" s="15">
         <v>3.95</v>
       </c>
       <c r="M167" s="15">
         <v>3.95</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E168" s="15">
         <v>10080039621</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>90</v>
       </c>
       <c r="K168" s="15">
         <v>6.38</v>
       </c>
       <c r="L168" s="15">
         <v>5.32</v>
       </c>
       <c r="M168" s="15">
         <v>5.1</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H169" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>90</v>
       </c>
       <c r="K169" s="15">
         <v>9.73</v>
       </c>
       <c r="L169" s="15">
         <v>9.73</v>
       </c>
       <c r="M169" s="15">
         <v>9.73</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>14</v>
       </c>
       <c r="K170" s="15">
         <v>3.48</v>
       </c>
       <c r="L170" s="15">
         <v>2.91</v>
       </c>
       <c r="M170" s="15">
         <v>2.8</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E171" s="15">
         <v>10080057448</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>250</v>
       </c>
       <c r="K171" s="15">
         <v>6.69</v>
       </c>
       <c r="L171" s="15">
         <v>5.57</v>
       </c>
       <c r="M171" s="15">
         <v>5.35</v>
       </c>
       <c r="N171" s="15"/>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E172" s="15">
         <v>10080060175</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I172" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>250</v>
       </c>
       <c r="K172" s="15">
         <v>2.6</v>
       </c>
       <c r="L172" s="15">
         <v>2.6</v>
       </c>
       <c r="M172" s="15">
         <v>2.6</v>
       </c>
       <c r="N172" s="15">
-        <v>2529</v>
+        <v>3812</v>
       </c>
       <c r="O172" s="15"/>
-      <c r="P172" s="15"/>
+      <c r="P172" s="15" t="s">
+        <v>418</v>
+      </c>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E173" s="15">
         <v>10080038600</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>250</v>
       </c>
       <c r="K173" s="15">
         <v>5.89</v>
       </c>
       <c r="L173" s="15">
         <v>4.94</v>
       </c>
       <c r="M173" s="15">
         <v>4.75</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-        <v>417</v>
+        <v>420</v>
+      </c>
+      <c r="E174" s="15">
+        <v>10080027771</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I174" s="15"/>
       <c r="J174" s="15">
-        <v>250</v>
+        <v>1500</v>
       </c>
       <c r="K174" s="15">
-        <v>1.45</v>
+        <v>2.26</v>
       </c>
       <c r="L174" s="15">
-        <v>1.45</v>
+        <v>1.88</v>
       </c>
       <c r="M174" s="15">
-        <v>1.45</v>
+        <v>1.8</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="E175" s="15">
-        <v>10080027771</v>
+        <v>10080054179</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I175" s="15"/>
-      <c r="J175" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J175" s="15"/>
       <c r="K175" s="15">
-        <v>2.26</v>
+        <v>4.3</v>
       </c>
       <c r="L175" s="15">
-        <v>1.88</v>
+        <v>3.58</v>
       </c>
       <c r="M175" s="15">
-        <v>1.8</v>
+        <v>3.44</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>10080054179</v>
+        <v>422</v>
+      </c>
+      <c r="E176" s="15" t="s">
+        <v>423</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H176" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
-        <v>4.3</v>
+        <v>2.61</v>
       </c>
       <c r="L176" s="15">
-        <v>3.58</v>
+        <v>2.26</v>
       </c>
       <c r="M176" s="15">
-        <v>3.44</v>
+        <v>2.17</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>425</v>
+      </c>
+      <c r="E177" s="15">
+        <v>10080059106</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
       <c r="H177" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I177" s="15"/>
-      <c r="J177" s="15"/>
+      <c r="J177" s="15">
+        <v>90</v>
+      </c>
       <c r="K177" s="15">
-        <v>2.61</v>
+        <v>20.9</v>
       </c>
       <c r="L177" s="15">
-        <v>2.26</v>
+        <v>20.9</v>
       </c>
       <c r="M177" s="15">
-        <v>2.17</v>
-[...1 lines deleted...]
-      <c r="N177" s="15"/>
+        <v>20.9</v>
+      </c>
+      <c r="N177" s="15">
+        <v>50</v>
+      </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-        <v>10080059106</v>
+        <v>427</v>
+      </c>
+      <c r="E178" s="15" t="s">
+        <v>428</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>252</v>
+        <v>429</v>
       </c>
       <c r="H178" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>90</v>
+        <v>1000</v>
       </c>
       <c r="K178" s="15">
-        <v>20.9</v>
+        <v>7.4</v>
       </c>
       <c r="L178" s="15">
-        <v>20.9</v>
+        <v>6.21</v>
       </c>
       <c r="M178" s="15">
-        <v>20.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.97</v>
+      </c>
+      <c r="N178" s="15"/>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>431</v>
+      </c>
+      <c r="E179" s="15">
+        <v>10080066490</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
-        <v>428</v>
+        <v>203</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I179" s="15"/>
+      <c r="I179" s="15" t="s">
+        <v>432</v>
+      </c>
       <c r="J179" s="15">
-        <v>1000</v>
+        <v>160</v>
       </c>
       <c r="K179" s="15">
-        <v>7.4</v>
+        <v>2.37</v>
       </c>
       <c r="L179" s="15">
-        <v>6.21</v>
+        <v>2.05</v>
       </c>
       <c r="M179" s="15">
-        <v>5.97</v>
-[...1 lines deleted...]
-      <c r="N179" s="15"/>
+        <v>1.97</v>
+      </c>
+      <c r="N179" s="15">
+        <v>17</v>
+      </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E180" s="15">
-        <v>10080066490</v>
+        <v>10080010736</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H180" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="J180" s="15">
         <v>160</v>
       </c>
       <c r="K180" s="15">
-        <v>2.37</v>
+        <v>1.84</v>
       </c>
       <c r="L180" s="15">
-        <v>2.05</v>
+        <v>1.84</v>
       </c>
       <c r="M180" s="15">
-        <v>1.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.84</v>
+      </c>
+      <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="E181" s="15">
-        <v>10080010736</v>
+        <v>10080031297</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J181" s="15">
-        <v>160</v>
+        <v>2000</v>
       </c>
       <c r="K181" s="15">
-        <v>1.84</v>
+        <v>3.97</v>
       </c>
       <c r="L181" s="15">
-        <v>1.84</v>
+        <v>1.74</v>
       </c>
       <c r="M181" s="15">
-        <v>1.84</v>
+        <v>1.61</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="E182" s="15">
-        <v>10080031297</v>
+        <v>10080034697</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
-        <v>203</v>
+        <v>133</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I182" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I182" s="15"/>
       <c r="J182" s="15">
-        <v>2000</v>
+        <v>10</v>
       </c>
       <c r="K182" s="15">
-        <v>3.97</v>
+        <v>4.53</v>
       </c>
       <c r="L182" s="15">
-        <v>1.74</v>
+        <v>3.78</v>
       </c>
       <c r="M182" s="15">
-        <v>1.61</v>
+        <v>3.63</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>437</v>
-[...2 lines deleted...]
-        <v>10080034697</v>
+        <v>440</v>
+      </c>
+      <c r="E183" s="15" t="s">
+        <v>441</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
-        <v>133</v>
+        <v>203</v>
       </c>
       <c r="H183" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="K183" s="15">
-        <v>4.53</v>
+        <v>10.26</v>
       </c>
       <c r="L183" s="15">
-        <v>3.78</v>
+        <v>8.6</v>
       </c>
       <c r="M183" s="15">
-        <v>3.63</v>
+        <v>8.27</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="E184" s="15" t="s">
         <v>440</v>
+      </c>
+      <c r="E184" s="15">
+        <v>10000022583</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H184" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>160</v>
       </c>
       <c r="K184" s="15">
-        <v>10.26</v>
+        <v>3.59</v>
       </c>
       <c r="L184" s="15">
-        <v>8.6</v>
+        <v>2.51</v>
       </c>
       <c r="M184" s="15">
-        <v>8.27</v>
+        <v>2.33</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>10000022583</v>
+        <v>443</v>
+      </c>
+      <c r="E185" s="15" t="s">
+        <v>444</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
-        <v>203</v>
+        <v>269</v>
       </c>
       <c r="H185" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
-        <v>160</v>
+        <v>250</v>
       </c>
       <c r="K185" s="15">
-        <v>3.59</v>
+        <v>12.7</v>
       </c>
       <c r="L185" s="15">
-        <v>2.51</v>
+        <v>10.65</v>
       </c>
       <c r="M185" s="15">
-        <v>2.33</v>
+        <v>10.24</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>446</v>
+      </c>
+      <c r="E186" s="15">
+        <v>10000021890</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H186" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I186" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I186" s="15" t="s">
+        <v>447</v>
+      </c>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
-        <v>12.7</v>
+        <v>3.63</v>
       </c>
       <c r="L186" s="15">
-        <v>10.65</v>
+        <v>3.14</v>
       </c>
       <c r="M186" s="15">
-        <v>10.24</v>
+        <v>3.02</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="E187" s="15">
-        <v>10000021890</v>
+        <v>10080007458</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
-        <v>269</v>
+        <v>355</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I187" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I187" s="15"/>
       <c r="J187" s="15">
-        <v>250</v>
+        <v>560</v>
       </c>
       <c r="K187" s="15">
-        <v>3.63</v>
+        <v>2.53</v>
       </c>
       <c r="L187" s="15">
-        <v>3.14</v>
+        <v>2.44</v>
       </c>
       <c r="M187" s="15">
-        <v>3.02</v>
+        <v>2.35</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="E188" s="15">
-        <v>10080007458</v>
+        <v>10080060174</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
-        <v>354</v>
+        <v>269</v>
       </c>
       <c r="H188" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
-        <v>560</v>
+        <v>250</v>
       </c>
       <c r="K188" s="15">
-        <v>2.53</v>
+        <v>1.39</v>
       </c>
       <c r="L188" s="15">
-        <v>2.44</v>
+        <v>1.21</v>
       </c>
       <c r="M188" s="15">
-        <v>2.35</v>
+        <v>1.16</v>
       </c>
       <c r="N188" s="15"/>
-      <c r="O188" s="15"/>
-      <c r="P188" s="15"/>
+      <c r="O188" s="15">
+        <v>314</v>
+      </c>
+      <c r="P188" s="15" t="s">
+        <v>452</v>
+      </c>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E189" s="15">
-        <v>10080060174</v>
+        <v>10080008326</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H189" s="15" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="I189" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I189" s="15" t="s">
+        <v>453</v>
+      </c>
       <c r="J189" s="15">
         <v>250</v>
       </c>
       <c r="K189" s="15">
-        <v>1.39</v>
+        <v>1.4</v>
       </c>
       <c r="L189" s="15">
-        <v>1.21</v>
+        <v>1.17</v>
       </c>
       <c r="M189" s="15">
-        <v>1.16</v>
+        <v>1.13</v>
       </c>
       <c r="N189" s="15"/>
-      <c r="O189" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O189" s="15"/>
+      <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>450</v>
-[...2 lines deleted...]
-        <v>10080008326</v>
+        <v>455</v>
+      </c>
+      <c r="E190" s="15" t="s">
+        <v>456</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H190" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I190" s="15"/>
       <c r="J190" s="15">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="K190" s="15">
-        <v>1.4</v>
+        <v>1</v>
       </c>
       <c r="L190" s="15">
-        <v>1.17</v>
+        <v>1</v>
       </c>
       <c r="M190" s="15">
-        <v>1.13</v>
+        <v>1</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>458</v>
+      </c>
+      <c r="E191" s="15">
+        <v>10080010834</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
-        <v>269</v>
+        <v>355</v>
       </c>
       <c r="H191" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
-        <v>2000</v>
+        <v>14</v>
       </c>
       <c r="K191" s="15">
-        <v>1</v>
+        <v>2.22</v>
       </c>
       <c r="L191" s="15">
-        <v>1</v>
+        <v>1.82</v>
       </c>
       <c r="M191" s="15">
-        <v>1</v>
+        <v>1.75</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>10080010834</v>
+        <v>460</v>
+      </c>
+      <c r="E192" s="15" t="s">
+        <v>461</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
-        <v>354</v>
+        <v>269</v>
       </c>
       <c r="H192" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
-        <v>14</v>
+        <v>2000</v>
       </c>
       <c r="K192" s="15">
-        <v>2.22</v>
+        <v>3.39</v>
       </c>
       <c r="L192" s="15">
-        <v>1.82</v>
+        <v>2.85</v>
       </c>
       <c r="M192" s="15">
-        <v>1.75</v>
+        <v>2.74</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>463</v>
+      </c>
+      <c r="E193" s="15">
+        <v>10080002780</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
-        <v>269</v>
+        <v>252</v>
       </c>
       <c r="H193" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
-        <v>2000</v>
+        <v>90</v>
       </c>
       <c r="K193" s="15">
-        <v>3.39</v>
+        <v>7.21</v>
       </c>
       <c r="L193" s="15">
-        <v>2.85</v>
+        <v>5.05</v>
       </c>
       <c r="M193" s="15">
-        <v>2.74</v>
+        <v>4.69</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="E194" s="15">
-        <v>10080002780</v>
+        <v>10080028397</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
-        <v>252</v>
+        <v>203</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I194" s="15"/>
+      <c r="I194" s="15" t="s">
+        <v>466</v>
+      </c>
       <c r="J194" s="15">
-        <v>90</v>
+        <v>160</v>
       </c>
       <c r="K194" s="15">
-        <v>7.21</v>
+        <v>11.3</v>
       </c>
       <c r="L194" s="15">
-        <v>5.05</v>
+        <v>9.48</v>
       </c>
       <c r="M194" s="15">
-        <v>4.69</v>
+        <v>9.109999999999999</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E195" s="15">
-        <v>10080028397</v>
+        <v>10080060176</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H195" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="J195" s="15"/>
       <c r="K195" s="15">
-        <v>11.3</v>
+        <v>16.85</v>
       </c>
       <c r="L195" s="15">
-        <v>9.48</v>
+        <v>16.85</v>
       </c>
       <c r="M195" s="15">
-        <v>9.109999999999999</v>
+        <v>16.85</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="E196" s="15">
-        <v>10080060176</v>
+        <v>10080039276</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H196" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="J196" s="15"/>
+        <v>470</v>
+      </c>
+      <c r="J196" s="15">
+        <v>2000</v>
+      </c>
       <c r="K196" s="15">
-        <v>16.85</v>
+        <v>2.38</v>
       </c>
       <c r="L196" s="15">
-        <v>16.85</v>
+        <v>1.92</v>
       </c>
       <c r="M196" s="15">
-        <v>16.85</v>
+        <v>1.84</v>
       </c>
       <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>10080039276</v>
+        <v>469</v>
+      </c>
+      <c r="E197" s="15" t="s">
+        <v>471</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H197" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>2000</v>
       </c>
       <c r="K197" s="15">
-        <v>2.38</v>
+        <v>10.3</v>
       </c>
       <c r="L197" s="15">
-        <v>1.92</v>
+        <v>8.58</v>
       </c>
       <c r="M197" s="15">
-        <v>1.84</v>
+        <v>8.24</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>473</v>
+      </c>
+      <c r="E198" s="15">
+        <v>10080060177</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
-        <v>203</v>
+        <v>252</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
-        <v>2000</v>
+        <v>90</v>
       </c>
       <c r="K198" s="15">
-        <v>10.3</v>
+        <v>3.42</v>
       </c>
       <c r="L198" s="15">
-        <v>8.58</v>
+        <v>2.87</v>
       </c>
       <c r="M198" s="15">
-        <v>8.24</v>
+        <v>2.76</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E199" s="15">
-        <v>10080060177</v>
+        <v>10080008893</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H199" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>90</v>
       </c>
       <c r="K199" s="15">
-        <v>3.42</v>
+        <v>2.92</v>
       </c>
       <c r="L199" s="15">
-        <v>2.87</v>
+        <v>2.43</v>
       </c>
       <c r="M199" s="15">
-        <v>2.76</v>
+        <v>2.33</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E200" s="15">
-        <v>10080008893</v>
+        <v>10080058730</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
-        <v>90</v>
+        <v>1000</v>
       </c>
       <c r="K200" s="15">
-        <v>2.92</v>
+        <v>2.72</v>
       </c>
       <c r="L200" s="15">
-        <v>2.43</v>
+        <v>2.2</v>
       </c>
       <c r="M200" s="15">
-        <v>2.33</v>
+        <v>2.11</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>10080058730</v>
+        <v>476</v>
+      </c>
+      <c r="E201" s="15" t="s">
+        <v>477</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H201" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
-        <v>2.72</v>
+        <v>5.69</v>
       </c>
       <c r="L201" s="15">
-        <v>2.2</v>
+        <v>4.77</v>
       </c>
       <c r="M201" s="15">
-        <v>2.11</v>
+        <v>4.59</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
-        <v>252</v>
+        <v>269</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I202" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I202" s="15" t="s">
+        <v>481</v>
+      </c>
+      <c r="J202" s="15"/>
       <c r="K202" s="15">
-        <v>5.69</v>
+        <v>3.49</v>
       </c>
       <c r="L202" s="15">
-        <v>4.77</v>
+        <v>2.93</v>
       </c>
       <c r="M202" s="15">
-        <v>4.59</v>
+        <v>2.81</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="E203" s="15" t="s">
         <v>479</v>
+      </c>
+      <c r="E203" s="15">
+        <v>10000018039</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H203" s="15" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="J203" s="15"/>
+        <v>26</v>
+      </c>
+      <c r="I203" s="15"/>
+      <c r="J203" s="15">
+        <v>250</v>
+      </c>
       <c r="K203" s="15">
-        <v>3.49</v>
+        <v>1.85</v>
       </c>
       <c r="L203" s="15">
-        <v>2.93</v>
+        <v>1.66</v>
       </c>
       <c r="M203" s="15">
-        <v>2.81</v>
+        <v>1.54</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="E204" s="15">
-        <v>10000018039</v>
+        <v>10080039588</v>
       </c>
       <c r="F204" s="15"/>
-      <c r="G204" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="K204" s="15">
-        <v>1.85</v>
+        <v>9.32</v>
       </c>
       <c r="L204" s="15">
-        <v>1.66</v>
+        <v>9.32</v>
       </c>
       <c r="M204" s="15">
-        <v>1.54</v>
+        <v>9.32</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>10080039588</v>
+        <v>485</v>
+      </c>
+      <c r="E205" s="15" t="s">
+        <v>486</v>
       </c>
       <c r="F205" s="15"/>
-      <c r="G205" s="15"/>
+      <c r="G205" s="15" t="s">
+        <v>203</v>
+      </c>
       <c r="H205" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>160</v>
       </c>
       <c r="K205" s="15">
-        <v>9.32</v>
+        <v>3.69</v>
       </c>
       <c r="L205" s="15">
-        <v>9.32</v>
+        <v>3.26</v>
       </c>
       <c r="M205" s="15">
-        <v>9.32</v>
+        <v>2.89</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>488</v>
+      </c>
+      <c r="E206" s="15">
+        <v>10080032252</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>160</v>
       </c>
       <c r="K206" s="15">
-        <v>3.69</v>
+        <v>2.89</v>
       </c>
       <c r="L206" s="15">
-        <v>3.26</v>
+        <v>2.41</v>
       </c>
       <c r="M206" s="15">
-        <v>2.89</v>
+        <v>2.31</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-        <v>10080032252</v>
+        <v>490</v>
+      </c>
+      <c r="E207" s="15" t="s">
+        <v>491</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
-        <v>203</v>
+        <v>164</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="K207" s="15">
-        <v>2.89</v>
+        <v>4.31</v>
       </c>
       <c r="L207" s="15">
-        <v>2.41</v>
+        <v>3.63</v>
       </c>
       <c r="M207" s="15">
-        <v>2.31</v>
+        <v>3.26</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
-        <v>164</v>
+        <v>133</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="K208" s="15">
-        <v>4.31</v>
+        <v>3.94</v>
       </c>
       <c r="L208" s="15">
-        <v>3.63</v>
+        <v>3.51</v>
       </c>
       <c r="M208" s="15">
-        <v>3.26</v>
+        <v>3.02</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>496</v>
+      </c>
+      <c r="E209" s="15">
+        <v>10000016765</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
-        <v>133</v>
+        <v>203</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="K209" s="15">
-        <v>3.94</v>
+        <v>3.12</v>
       </c>
       <c r="L209" s="15">
-        <v>3.51</v>
+        <v>2.19</v>
       </c>
       <c r="M209" s="15">
-        <v>3.02</v>
+        <v>2.03</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>10000016765</v>
+        <v>498</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>499</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>160</v>
       </c>
       <c r="K210" s="15">
-        <v>3.12</v>
+        <v>4.43</v>
       </c>
       <c r="L210" s="15">
-        <v>2.19</v>
+        <v>3.94</v>
       </c>
       <c r="M210" s="15">
-        <v>2.03</v>
+        <v>3.57</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>501</v>
+      </c>
+      <c r="E211" s="15">
+        <v>10080003475</v>
       </c>
       <c r="F211" s="15"/>
-      <c r="G211" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>160</v>
       </c>
       <c r="K211" s="15">
-        <v>4.43</v>
+        <v>2.97</v>
       </c>
       <c r="L211" s="15">
-        <v>3.94</v>
+        <v>2.47</v>
       </c>
       <c r="M211" s="15">
-        <v>3.57</v>
+        <v>2.37</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>10080003475</v>
+        <v>503</v>
+      </c>
+      <c r="E212" s="15" t="s">
+        <v>504</v>
       </c>
       <c r="F212" s="15"/>
-      <c r="G212" s="15"/>
+      <c r="G212" s="15" t="s">
+        <v>164</v>
+      </c>
       <c r="H212" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
-        <v>160</v>
+        <v>27</v>
       </c>
       <c r="K212" s="15">
-        <v>2.97</v>
+        <v>1.74</v>
       </c>
       <c r="L212" s="15">
-        <v>2.47</v>
+        <v>1.74</v>
       </c>
       <c r="M212" s="15">
-        <v>2.37</v>
-[...1 lines deleted...]
-      <c r="N212" s="15"/>
+        <v>1.74</v>
+      </c>
+      <c r="N212" s="15">
+        <v>217</v>
+      </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
-        <v>164</v>
+        <v>133</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="K213" s="15">
-        <v>1.74</v>
+        <v>5.54</v>
       </c>
       <c r="L213" s="15">
-        <v>1.74</v>
+        <v>5.05</v>
       </c>
       <c r="M213" s="15">
-        <v>1.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.74</v>
+      </c>
+      <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="E214" s="15" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
-        <v>133</v>
+        <v>199</v>
       </c>
       <c r="H214" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>10</v>
       </c>
       <c r="K214" s="15">
-        <v>5.54</v>
+        <v>6.7</v>
       </c>
       <c r="L214" s="15">
-        <v>5.05</v>
+        <v>5.62</v>
       </c>
       <c r="M214" s="15">
-        <v>4.74</v>
+        <v>5.41</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
-        <v>199</v>
+        <v>269</v>
       </c>
       <c r="H215" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
-        <v>10</v>
+        <v>2000</v>
       </c>
       <c r="K215" s="15">
-        <v>6.7</v>
+        <v>3.63</v>
       </c>
       <c r="L215" s="15">
-        <v>5.62</v>
+        <v>3.05</v>
       </c>
       <c r="M215" s="15">
-        <v>5.41</v>
+        <v>2.93</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="D216" s="15"/>
       <c r="E216" s="15" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K216" s="15">
-        <v>3.63</v>
+        <v>5.31</v>
       </c>
       <c r="L216" s="15">
-        <v>3.05</v>
+        <v>4.45</v>
       </c>
       <c r="M216" s="15">
-        <v>2.93</v>
+        <v>4.28</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="D217" s="15"/>
+        <v>514</v>
+      </c>
+      <c r="D217" s="15" t="s">
+        <v>516</v>
+      </c>
       <c r="E217" s="15" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H217" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
-        <v>5.31</v>
+        <v>3.6</v>
       </c>
       <c r="L217" s="15">
-        <v>4.45</v>
+        <v>3.02</v>
       </c>
       <c r="M217" s="15">
-        <v>4.28</v>
+        <v>2.91</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>519</v>
+      </c>
+      <c r="E218" s="15">
+        <v>10080051096</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I218" s="15"/>
+      <c r="I218" s="15" t="s">
+        <v>520</v>
+      </c>
       <c r="J218" s="15">
         <v>250</v>
       </c>
       <c r="K218" s="15">
-        <v>3.6</v>
+        <v>1.32</v>
       </c>
       <c r="L218" s="15">
-        <v>3.02</v>
+        <v>1.1</v>
       </c>
       <c r="M218" s="15">
-        <v>2.91</v>
+        <v>1.06</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E219" s="15">
-        <v>10080051096</v>
+        <v>10080028259</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H219" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
-        <v>1.32</v>
+        <v>2.55</v>
       </c>
       <c r="L219" s="15">
-        <v>1.1</v>
+        <v>2.13</v>
       </c>
       <c r="M219" s="15">
-        <v>1.06</v>
+        <v>2.05</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="E220" s="15">
-        <v>10080028259</v>
+        <v>10080053885</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H220" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="J220" s="15">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="K220" s="15">
-        <v>2.55</v>
+        <v>2.39</v>
       </c>
       <c r="L220" s="15">
-        <v>2.13</v>
+        <v>2</v>
       </c>
       <c r="M220" s="15">
-        <v>2.05</v>
+        <v>1.92</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>10080053885</v>
+        <v>526</v>
+      </c>
+      <c r="E221" s="15" t="s">
+        <v>527</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>269</v>
+        <v>528</v>
       </c>
       <c r="H221" s="15" t="s">
-        <v>58</v>
-[...6 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I221" s="15"/>
+      <c r="J221" s="15"/>
       <c r="K221" s="15">
-        <v>2.39</v>
+        <v>5.79</v>
       </c>
       <c r="L221" s="15">
-        <v>2</v>
+        <v>4.86</v>
       </c>
       <c r="M221" s="15">
-        <v>1.92</v>
+        <v>4.67</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>527</v>
+        <v>371</v>
       </c>
       <c r="H222" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I222" s="15"/>
-      <c r="J222" s="15"/>
+      <c r="J222" s="15">
+        <v>490</v>
+      </c>
       <c r="K222" s="15">
-        <v>5.79</v>
+        <v>1.9</v>
       </c>
       <c r="L222" s="15">
-        <v>4.86</v>
+        <v>1.9</v>
       </c>
       <c r="M222" s="15">
-        <v>4.67</v>
+        <v>1.9</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>533</v>
+      </c>
+      <c r="E223" s="15">
+        <v>10080060231</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
-        <v>370</v>
+        <v>269</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I223" s="15"/>
+      <c r="I223" s="15" t="s">
+        <v>534</v>
+      </c>
       <c r="J223" s="15">
-        <v>490</v>
+        <v>250</v>
       </c>
       <c r="K223" s="15">
-        <v>1.9</v>
+        <v>1.54</v>
       </c>
       <c r="L223" s="15">
-        <v>1.9</v>
+        <v>1.33</v>
       </c>
       <c r="M223" s="15">
-        <v>1.9</v>
-[...1 lines deleted...]
-      <c r="N223" s="15"/>
+        <v>1.28</v>
+      </c>
+      <c r="N223" s="15">
+        <v>1443</v>
+      </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="E224" s="15">
-        <v>10080060231</v>
+        <v>10080003401</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H224" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="J224" s="15">
         <v>250</v>
       </c>
       <c r="K224" s="15">
-        <v>1.69</v>
+        <v>1.29</v>
       </c>
       <c r="L224" s="15">
-        <v>1.47</v>
+        <v>1.29</v>
       </c>
       <c r="M224" s="15">
-        <v>1.41</v>
+        <v>1.29</v>
       </c>
       <c r="N224" s="15"/>
-      <c r="O224" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O224" s="15"/>
+      <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="E225" s="15">
-        <v>10080003401</v>
+        <v>10080066018</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="J225" s="15">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="K225" s="15">
-        <v>1.29</v>
+        <v>1.56</v>
       </c>
       <c r="L225" s="15">
-        <v>1.29</v>
+        <v>1.3</v>
       </c>
       <c r="M225" s="15">
-        <v>1.29</v>
+        <v>1.25</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>536</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>537</v>
       </c>
-      <c r="E226" s="15">
-        <v>10080066018</v>
+      <c r="E226" s="15" t="s">
+        <v>539</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H226" s="15" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>2000</v>
       </c>
       <c r="K226" s="15">
-        <v>1.56</v>
+        <v>3.85</v>
       </c>
       <c r="L226" s="15">
-        <v>1.3</v>
+        <v>3.21</v>
       </c>
       <c r="M226" s="15">
-        <v>1.25</v>
+        <v>3.08</v>
       </c>
       <c r="N226" s="15"/>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>536</v>
-[...5 lines deleted...]
-        <v>539</v>
+        <v>540</v>
+      </c>
+      <c r="D227" s="15"/>
+      <c r="E227" s="15">
+        <v>10080060178</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
-        <v>269</v>
+        <v>355</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
-        <v>2000</v>
+        <v>14</v>
       </c>
       <c r="K227" s="15">
-        <v>3.85</v>
+        <v>2.29</v>
       </c>
       <c r="L227" s="15">
-        <v>3.21</v>
+        <v>2.29</v>
       </c>
       <c r="M227" s="15">
-        <v>3.08</v>
+        <v>2.29</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
         <v>540</v>
       </c>
       <c r="D228" s="15"/>
       <c r="E228" s="15">
-        <v>10080060178</v>
+        <v>10080024305</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="H228" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>14</v>
       </c>
       <c r="K228" s="15">
-        <v>2.29</v>
+        <v>1.98</v>
       </c>
       <c r="L228" s="15">
-        <v>2.29</v>
+        <v>1.65</v>
       </c>
       <c r="M228" s="15">
-        <v>2.29</v>
+        <v>1.58</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>540</v>
-[...3 lines deleted...]
-        <v>10080024305</v>
+        <v>541</v>
+      </c>
+      <c r="D229" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="E229" s="15" t="s">
+        <v>543</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
-        <v>354</v>
+        <v>269</v>
       </c>
       <c r="H229" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
-        <v>14</v>
+        <v>250</v>
       </c>
       <c r="K229" s="15">
-        <v>1.98</v>
+        <v>1.66</v>
       </c>
       <c r="L229" s="15">
-        <v>1.65</v>
+        <v>1.39</v>
       </c>
       <c r="M229" s="15">
-        <v>1.58</v>
+        <v>1.34</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>545</v>
+      </c>
+      <c r="E230" s="15">
+        <v>10080000702</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="K230" s="15">
-        <v>1.66</v>
+        <v>1.18</v>
       </c>
       <c r="L230" s="15">
-        <v>1.39</v>
+        <v>1.18</v>
       </c>
       <c r="M230" s="15">
-        <v>1.34</v>
-[...1 lines deleted...]
-      <c r="N230" s="15"/>
+        <v>1.18</v>
+      </c>
+      <c r="N230" s="15">
+        <v>5</v>
+      </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-        <v>10080000702</v>
+        <v>547</v>
+      </c>
+      <c r="E231" s="15" t="s">
+        <v>548</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>269</v>
+        <v>355</v>
       </c>
       <c r="H231" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I231" s="15"/>
-      <c r="J231" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J231" s="15"/>
       <c r="K231" s="15">
-        <v>1.18</v>
+        <v>1.74</v>
       </c>
       <c r="L231" s="15">
-        <v>1.18</v>
+        <v>1.62</v>
       </c>
       <c r="M231" s="15">
-        <v>1.18</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.56</v>
+      </c>
+      <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="H232" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I232" s="15"/>
-      <c r="J232" s="15"/>
+      <c r="J232" s="15">
+        <v>160</v>
+      </c>
       <c r="K232" s="15">
-        <v>1.74</v>
+        <v>16.04</v>
       </c>
       <c r="L232" s="15">
-        <v>1.62</v>
+        <v>16.04</v>
       </c>
       <c r="M232" s="15">
-        <v>1.56</v>
+        <v>16.04</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="E233" s="15" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>552</v>
+        <v>288</v>
       </c>
       <c r="H233" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
-        <v>160</v>
+        <v>90</v>
       </c>
       <c r="K233" s="15">
-        <v>16.04</v>
+        <v>62.54</v>
       </c>
       <c r="L233" s="15">
-        <v>16.04</v>
+        <v>52.46</v>
       </c>
       <c r="M233" s="15">
-        <v>16.04</v>
+        <v>50.44</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>288</v>
+        <v>261</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I234" s="15"/>
-      <c r="J234" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J234" s="15"/>
       <c r="K234" s="15">
-        <v>62.54</v>
+        <v>2.51</v>
       </c>
       <c r="L234" s="15">
-        <v>52.46</v>
+        <v>2.51</v>
       </c>
       <c r="M234" s="15">
-        <v>50.44</v>
-[...1 lines deleted...]
-      <c r="N234" s="15"/>
+        <v>2.51</v>
+      </c>
+      <c r="N234" s="15">
+        <v>18</v>
+      </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>556</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>557</v>
       </c>
       <c r="E235" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H235" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15"/>
       <c r="K235" s="15">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="L235" s="15">
-        <v>2.51</v>
+        <v>2.52</v>
       </c>
       <c r="M235" s="15">
-        <v>2.51</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.52</v>
+      </c>
+      <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="E236" s="15" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>261</v>
+        <v>563</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15"/>
       <c r="K236" s="15">
-        <v>2.52</v>
+        <v>3.79</v>
       </c>
       <c r="L236" s="15">
-        <v>2.52</v>
+        <v>3.18</v>
       </c>
       <c r="M236" s="15">
-        <v>2.52</v>
+        <v>3.06</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="E237" s="15" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="H237" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I237" s="15"/>
-      <c r="J237" s="15"/>
+      <c r="J237" s="15">
+        <v>50</v>
+      </c>
       <c r="K237" s="15">
-        <v>3.79</v>
+        <v>1.05</v>
       </c>
       <c r="L237" s="15">
-        <v>3.18</v>
+        <v>0.73899</v>
       </c>
       <c r="M237" s="15">
-        <v>3.06</v>
+        <v>0.73899</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-        <v>566</v>
+        <v>569</v>
+      </c>
+      <c r="E238" s="15">
+        <v>10080000037</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
         <v>567</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>50</v>
       </c>
       <c r="K238" s="15">
-        <v>1.05</v>
+        <v>1.07</v>
       </c>
       <c r="L238" s="15">
-        <v>0.73899</v>
+        <v>0.8940900000000001</v>
       </c>
       <c r="M238" s="15">
-        <v>0.73899</v>
+        <v>0.85833</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-        <v>10080000037</v>
+        <v>571</v>
+      </c>
+      <c r="E239" s="15" t="s">
+        <v>572</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>567</v>
+        <v>42</v>
       </c>
       <c r="H239" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K239" s="15">
-        <v>1.07</v>
+        <v>1.87</v>
       </c>
       <c r="L239" s="15">
-        <v>0.8940900000000001</v>
+        <v>1.32</v>
       </c>
       <c r="M239" s="15">
-        <v>0.85833</v>
+        <v>1.22</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
         <v>570</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>573</v>
+      </c>
+      <c r="E240" s="15">
+        <v>10080003587</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H240" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>100</v>
       </c>
       <c r="K240" s="15">
-        <v>1.87</v>
+        <v>0.68624</v>
       </c>
       <c r="L240" s="15">
-        <v>1.32</v>
+        <v>0.57186</v>
       </c>
       <c r="M240" s="15">
-        <v>1.22</v>
+        <v>0.54898</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E241" s="15">
-        <v>10080003587</v>
+        <v>10080039902</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
-        <v>100</v>
+        <v>4000</v>
       </c>
       <c r="K241" s="15">
-        <v>0.68624</v>
+        <v>0.68516</v>
       </c>
       <c r="L241" s="15">
-        <v>0.57186</v>
+        <v>0.57096</v>
       </c>
       <c r="M241" s="15">
-        <v>0.54898</v>
+        <v>0.54814</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>574</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E242" s="15">
-        <v>10080039902</v>
+        <v>10080071228</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H242" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>4000</v>
       </c>
       <c r="K242" s="15">
-        <v>0.68516</v>
+        <v>0.76248</v>
       </c>
       <c r="L242" s="15">
-        <v>0.57096</v>
+        <v>0.6395</v>
       </c>
       <c r="M242" s="15">
-        <v>0.54814</v>
+        <v>0.6149</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="E243" s="15">
-        <v>10080071228</v>
+        <v>10080016084</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="H243" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
-        <v>4000</v>
+        <v>90</v>
       </c>
       <c r="K243" s="15">
-        <v>0.76248</v>
+        <v>0.97211</v>
       </c>
       <c r="L243" s="15">
-        <v>0.6395</v>
+        <v>0.97211</v>
       </c>
       <c r="M243" s="15">
-        <v>0.6149</v>
+        <v>0.97211</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>577</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>578</v>
       </c>
       <c r="E244" s="15">
-        <v>10080016084</v>
+        <v>10080060232</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H244" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>90</v>
       </c>
       <c r="K244" s="15">
-        <v>0.97211</v>
+        <v>1.41</v>
       </c>
       <c r="L244" s="15">
-        <v>0.97211</v>
+        <v>1.18</v>
       </c>
       <c r="M244" s="15">
-        <v>0.97211</v>
+        <v>1.14</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E245" s="15">
-        <v>10080060232</v>
+        <v>10080066460</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H245" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
-        <v>90</v>
+        <v>2000</v>
       </c>
       <c r="K245" s="15">
-        <v>1.41</v>
+        <v>0.75195</v>
       </c>
       <c r="L245" s="15">
-        <v>1.18</v>
+        <v>0.62662</v>
       </c>
       <c r="M245" s="15">
-        <v>1.14</v>
+        <v>0.60155</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E246" s="15">
-        <v>10080066460</v>
+        <v>10080003079</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>66</v>
+        <v>42</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I246" s="15"/>
-      <c r="J246" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J246" s="15"/>
       <c r="K246" s="15">
-        <v>0.75195</v>
+        <v>0.58011</v>
       </c>
       <c r="L246" s="15">
-        <v>0.62662</v>
+        <v>0.55793</v>
       </c>
       <c r="M246" s="15">
-        <v>0.60155</v>
+        <v>0.537</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>10080003079</v>
+        <v>584</v>
+      </c>
+      <c r="E247" s="15" t="s">
+        <v>585</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>42</v>
+        <v>586</v>
       </c>
       <c r="H247" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I247" s="15"/>
-      <c r="J247" s="15"/>
+      <c r="J247" s="15">
+        <v>6000</v>
+      </c>
       <c r="K247" s="15">
-        <v>0.58011</v>
+        <v>3.26</v>
       </c>
       <c r="L247" s="15">
-        <v>0.55793</v>
+        <v>2.74</v>
       </c>
       <c r="M247" s="15">
-        <v>0.537</v>
+        <v>2.63</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
         <v>586</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>6000</v>
       </c>
       <c r="K248" s="15">
-        <v>3.26</v>
+        <v>1.71</v>
       </c>
       <c r="L248" s="15">
-        <v>2.74</v>
+        <v>1.43</v>
       </c>
       <c r="M248" s="15">
-        <v>2.63</v>
+        <v>1.38</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="E249" s="15" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>586</v>
+        <v>62</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
-        <v>6000</v>
+        <v>490</v>
       </c>
       <c r="K249" s="15">
-        <v>1.71</v>
+        <v>1.42</v>
       </c>
       <c r="L249" s="15">
-        <v>1.43</v>
+        <v>1.42</v>
       </c>
       <c r="M249" s="15">
-        <v>1.38</v>
+        <v>1.42</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
-        <v>490</v>
+        <v>6000</v>
       </c>
       <c r="K250" s="15">
-        <v>1.42</v>
+        <v>2.76</v>
       </c>
       <c r="L250" s="15">
-        <v>1.42</v>
+        <v>2.31</v>
       </c>
       <c r="M250" s="15">
-        <v>1.42</v>
+        <v>2.22</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>62</v>
+        <v>599</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="K251" s="15">
-        <v>2.76</v>
+        <v>4.08</v>
       </c>
       <c r="L251" s="15">
-        <v>2.31</v>
+        <v>3.91</v>
       </c>
       <c r="M251" s="15">
-        <v>2.22</v>
+        <v>3.73</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>601</v>
+      </c>
+      <c r="E252" s="15">
+        <v>10000018211</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>599</v>
+        <v>137</v>
       </c>
       <c r="H252" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>4000</v>
+        <v>18</v>
       </c>
       <c r="K252" s="15">
-        <v>4.08</v>
+        <v>1.54</v>
       </c>
       <c r="L252" s="15">
-        <v>3.91</v>
+        <v>1.42</v>
       </c>
       <c r="M252" s="15">
-        <v>3.73</v>
+        <v>0</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E253" s="15">
-        <v>10000018211</v>
+        <v>10080065207</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="H253" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="K253" s="15">
-        <v>1.54</v>
+        <v>2.67</v>
       </c>
       <c r="L253" s="15">
-        <v>1.42</v>
+        <v>2.24</v>
       </c>
       <c r="M253" s="15">
-        <v>0</v>
+        <v>2.15</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="E254" s="15">
-        <v>10080065207</v>
+        <v>10000030472</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H254" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
-        <v>37</v>
+        <v>1000</v>
       </c>
       <c r="K254" s="15">
-        <v>2.67</v>
+        <v>1.4</v>
       </c>
       <c r="L254" s="15">
-        <v>2.24</v>
+        <v>1.16</v>
       </c>
       <c r="M254" s="15">
-        <v>2.15</v>
+        <v>1.12</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="E255" s="15">
-        <v>10000030472</v>
+        <v>10080015750</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
-        <v>1000</v>
+        <v>18</v>
       </c>
       <c r="K255" s="15">
-        <v>1.4</v>
+        <v>2.95</v>
       </c>
       <c r="L255" s="15">
-        <v>1.16</v>
+        <v>2.48</v>
       </c>
       <c r="M255" s="15">
-        <v>1.12</v>
+        <v>2.38</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>10080015750</v>
+        <v>609</v>
+      </c>
+      <c r="E256" s="15" t="s">
+        <v>610</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="H256" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="K256" s="15">
-        <v>2.95</v>
+        <v>2.23</v>
       </c>
       <c r="L256" s="15">
-        <v>2.48</v>
+        <v>2.13</v>
       </c>
       <c r="M256" s="15">
-        <v>2.38</v>
+        <v>2.13</v>
       </c>
       <c r="N256" s="15"/>
-      <c r="O256" s="15"/>
-      <c r="P256" s="15"/>
+      <c r="O256" s="15">
+        <v>876</v>
+      </c>
+      <c r="P256" s="15" t="s">
+        <v>611</v>
+      </c>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>613</v>
+      </c>
+      <c r="E257" s="15">
+        <v>10080052017</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I257" s="15"/>
+      <c r="I257" s="15" t="s">
+        <v>614</v>
+      </c>
       <c r="J257" s="15">
-        <v>37</v>
+        <v>1000</v>
       </c>
       <c r="K257" s="15">
-        <v>2.23</v>
+        <v>2.53</v>
       </c>
       <c r="L257" s="15">
-        <v>2.13</v>
+        <v>2.19</v>
       </c>
       <c r="M257" s="15">
-        <v>2.13</v>
+        <v>2.11</v>
       </c>
       <c r="N257" s="15"/>
-      <c r="O257" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O257" s="15"/>
+      <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>612</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>613</v>
       </c>
       <c r="E258" s="15">
-        <v>10080052017</v>
+        <v>10080005951</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H258" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="J258" s="15">
         <v>1000</v>
       </c>
       <c r="K258" s="15">
-        <v>2.53</v>
+        <v>1.36</v>
       </c>
       <c r="L258" s="15">
-        <v>2.19</v>
+        <v>1.13</v>
       </c>
       <c r="M258" s="15">
-        <v>2.11</v>
+        <v>1.09</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="E259" s="15">
-        <v>10080005951</v>
+        <v>10000018165</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I259" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I259" s="15"/>
       <c r="J259" s="15">
-        <v>1000</v>
+        <v>18</v>
       </c>
       <c r="K259" s="15">
-        <v>1.36</v>
+        <v>1.48</v>
       </c>
       <c r="L259" s="15">
-        <v>1.13</v>
+        <v>1.35</v>
       </c>
       <c r="M259" s="15">
-        <v>1.09</v>
+        <v>0</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E260" s="15">
-        <v>10000018165</v>
+        <v>10000020057</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="K260" s="15">
-        <v>1.48</v>
+        <v>1.35</v>
       </c>
       <c r="L260" s="15">
-        <v>1.35</v>
+        <v>1.23</v>
       </c>
       <c r="M260" s="15">
-        <v>0</v>
+        <v>0.91882</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>10000020057</v>
+        <v>621</v>
+      </c>
+      <c r="E261" s="15" t="s">
+        <v>622</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>146</v>
+        <v>623</v>
       </c>
       <c r="H261" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
-        <v>37</v>
+        <v>490</v>
       </c>
       <c r="K261" s="15">
-        <v>1.35</v>
+        <v>1.65</v>
       </c>
       <c r="L261" s="15">
-        <v>1.23</v>
+        <v>1.37</v>
       </c>
       <c r="M261" s="15">
-        <v>0.91882</v>
+        <v>1.32</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="E262" s="15" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
-        <v>490</v>
+        <v>57</v>
       </c>
       <c r="K262" s="15">
-        <v>1.65</v>
+        <v>1.68</v>
       </c>
       <c r="L262" s="15">
-        <v>1.37</v>
+        <v>1.4</v>
       </c>
       <c r="M262" s="15">
-        <v>1.32</v>
+        <v>1.34</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>624</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>625</v>
       </c>
-      <c r="E263" s="15" t="s">
-        <v>626</v>
+      <c r="E263" s="15">
+        <v>10080003588</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H263" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I263" s="15"/>
-      <c r="J263" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J263" s="15"/>
       <c r="K263" s="15">
-        <v>1.68</v>
+        <v>0.98291</v>
       </c>
       <c r="L263" s="15">
-        <v>1.4</v>
+        <v>0.98291</v>
       </c>
       <c r="M263" s="15">
-        <v>1.34</v>
+        <v>0.98291</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="E264" s="15">
-        <v>10080003588</v>
+        <v>10000021893</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15"/>
       <c r="K264" s="15">
-        <v>0.98291</v>
+        <v>2.34</v>
       </c>
       <c r="L264" s="15">
-        <v>0.98291</v>
+        <v>1.95</v>
       </c>
       <c r="M264" s="15">
-        <v>0.98291</v>
+        <v>1.87</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-        <v>10000021893</v>
+        <v>631</v>
+      </c>
+      <c r="E265" s="15" t="s">
+        <v>632</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="H265" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I265" s="15"/>
-      <c r="J265" s="15"/>
+      <c r="I265" s="15" t="s">
+        <v>634</v>
+      </c>
+      <c r="J265" s="15">
+        <v>100</v>
+      </c>
       <c r="K265" s="15">
-        <v>2.34</v>
+        <v>1.76</v>
       </c>
       <c r="L265" s="15">
-        <v>1.95</v>
+        <v>1.48</v>
       </c>
       <c r="M265" s="15">
-        <v>1.87</v>
+        <v>1.42</v>
       </c>
       <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>630</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>631</v>
       </c>
       <c r="E266" s="15" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
         <v>633</v>
       </c>
       <c r="H266" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="J266" s="15">
         <v>100</v>
       </c>
       <c r="K266" s="15">
         <v>1.76</v>
       </c>
       <c r="L266" s="15">
         <v>1.48</v>
       </c>
       <c r="M266" s="15">
         <v>1.42</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>638</v>
+      </c>
+      <c r="E267" s="15">
+        <v>10080008021</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>633</v>
+        <v>42</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="I267" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I267" s="15"/>
       <c r="J267" s="15">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="K267" s="15">
-        <v>1.76</v>
+        <v>3.42</v>
       </c>
       <c r="L267" s="15">
-        <v>1.48</v>
+        <v>2.87</v>
       </c>
       <c r="M267" s="15">
-        <v>1.42</v>
+        <v>2.76</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="E268" s="15">
-        <v>10080008021</v>
+        <v>10080031506</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H268" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I268" s="15"/>
-      <c r="J268" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J268" s="15"/>
       <c r="K268" s="15">
-        <v>3.42</v>
+        <v>1.26</v>
       </c>
       <c r="L268" s="15">
-        <v>2.87</v>
+        <v>1.03</v>
       </c>
       <c r="M268" s="15">
-        <v>2.76</v>
+        <v>0.98738</v>
       </c>
       <c r="N268" s="15"/>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-        <v>10080031506</v>
+        <v>642</v>
+      </c>
+      <c r="E269" s="15" t="s">
+        <v>643</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H269" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I269" s="15"/>
-      <c r="J269" s="15"/>
+      <c r="J269" s="15">
+        <v>95</v>
+      </c>
       <c r="K269" s="15">
-        <v>1.26</v>
+        <v>1.38</v>
       </c>
       <c r="L269" s="15">
-        <v>1.03</v>
+        <v>1.38</v>
       </c>
       <c r="M269" s="15">
-        <v>0.98738</v>
+        <v>1.38</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="E270" s="15" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>42</v>
+        <v>146</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I270" s="15"/>
-      <c r="J270" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J270" s="15"/>
       <c r="K270" s="15">
-        <v>1.38</v>
+        <v>3.77</v>
       </c>
       <c r="L270" s="15">
-        <v>1.38</v>
+        <v>3.77</v>
       </c>
       <c r="M270" s="15">
-        <v>1.38</v>
+        <v>3.77</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="E271" s="15" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>146</v>
+        <v>62</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I271" s="15"/>
-      <c r="J271" s="15"/>
+      <c r="J271" s="15">
+        <v>6000</v>
+      </c>
       <c r="K271" s="15">
-        <v>3.77</v>
+        <v>0.67735</v>
       </c>
       <c r="L271" s="15">
-        <v>3.77</v>
+        <v>0.5681</v>
       </c>
       <c r="M271" s="15">
-        <v>3.77</v>
+        <v>0.54625</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>62</v>
+        <v>627</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
-        <v>6000</v>
+        <v>50</v>
       </c>
       <c r="K272" s="15">
-        <v>0.67735</v>
+        <v>3.6</v>
       </c>
       <c r="L272" s="15">
-        <v>0.5681</v>
+        <v>3.02</v>
       </c>
       <c r="M272" s="15">
-        <v>0.54625</v>
+        <v>2.91</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>654</v>
+      </c>
+      <c r="E273" s="15">
+        <v>10080018063</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H273" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="K273" s="15">
-        <v>3.6</v>
+        <v>1.14</v>
       </c>
       <c r="L273" s="15">
-        <v>3.02</v>
+        <v>1.14</v>
       </c>
       <c r="M273" s="15">
-        <v>2.91</v>
+        <v>1.14</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>653</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>654</v>
       </c>
-      <c r="E274" s="15">
-        <v>10080018063</v>
+      <c r="E274" s="15" t="s">
+        <v>655</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H274" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>57</v>
       </c>
       <c r="K274" s="15">
-        <v>1.14</v>
+        <v>1.97</v>
       </c>
       <c r="L274" s="15">
-        <v>1.14</v>
+        <v>1.48</v>
       </c>
       <c r="M274" s="15">
-        <v>1.14</v>
+        <v>1.37</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
-      <c r="P274" s="15"/>
+      <c r="P274" s="15" t="s">
+        <v>656</v>
+      </c>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>654</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>658</v>
+      </c>
+      <c r="E275" s="15">
+        <v>10080032384</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H275" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
-        <v>57</v>
+        <v>3000</v>
       </c>
       <c r="K275" s="15">
-        <v>1.97</v>
+        <v>1.03</v>
       </c>
       <c r="L275" s="15">
-        <v>1.48</v>
+        <v>1.03</v>
       </c>
       <c r="M275" s="15">
-        <v>1.37</v>
+        <v>1.03</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>10080032384</v>
+        <v>658</v>
+      </c>
+      <c r="E276" s="15" t="s">
+        <v>659</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H276" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>3000</v>
       </c>
       <c r="K276" s="15">
-        <v>1.03</v>
+        <v>1.31</v>
       </c>
       <c r="L276" s="15">
-        <v>1.03</v>
+        <v>1.1</v>
       </c>
       <c r="M276" s="15">
-        <v>1.03</v>
+        <v>1.06</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>661</v>
+      </c>
+      <c r="E277" s="15">
+        <v>10080018062</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>627</v>
+        <v>66</v>
       </c>
       <c r="H277" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
-        <v>3000</v>
+        <v>95</v>
       </c>
       <c r="K277" s="15">
         <v>1.31</v>
       </c>
       <c r="L277" s="15">
-        <v>1.1</v>
+        <v>1.31</v>
       </c>
       <c r="M277" s="15">
-        <v>1.06</v>
+        <v>1.31</v>
       </c>
       <c r="N277" s="15"/>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E278" s="15">
-        <v>10080018062</v>
+        <v>10080065045</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H278" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>95</v>
       </c>
       <c r="K278" s="15">
-        <v>1.31</v>
+        <v>2.06</v>
       </c>
       <c r="L278" s="15">
-        <v>1.31</v>
+        <v>1.73</v>
       </c>
       <c r="M278" s="15">
-        <v>1.31</v>
-[...1 lines deleted...]
-      <c r="N278" s="15"/>
+        <v>1.66</v>
+      </c>
+      <c r="N278" s="15">
+        <v>83</v>
+      </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="E279" s="15">
-        <v>10080065045</v>
+        <v>10080060233</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
-        <v>95</v>
+        <v>2000</v>
       </c>
       <c r="K279" s="15">
-        <v>2.06</v>
+        <v>1.28</v>
       </c>
       <c r="L279" s="15">
-        <v>1.73</v>
+        <v>1.03</v>
       </c>
       <c r="M279" s="15">
-        <v>1.66</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.99189</v>
+      </c>
+      <c r="N279" s="15"/>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>10080060233</v>
+        <v>665</v>
+      </c>
+      <c r="E280" s="15" t="s">
+        <v>666</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15" t="s">
-        <v>66</v>
+        <v>137</v>
       </c>
       <c r="H280" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
-        <v>2000</v>
+        <v>18</v>
       </c>
       <c r="K280" s="15">
-        <v>1.28</v>
+        <v>4.93</v>
       </c>
       <c r="L280" s="15">
-        <v>1.03</v>
+        <v>4.13</v>
       </c>
       <c r="M280" s="15">
-        <v>0.99189</v>
+        <v>3.97</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>664</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>668</v>
+      </c>
+      <c r="E281" s="15">
+        <v>10080018061</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>137</v>
+        <v>623</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>18</v>
+        <v>560</v>
       </c>
       <c r="K281" s="15">
-        <v>4.93</v>
+        <v>2.76</v>
       </c>
       <c r="L281" s="15">
-        <v>4.13</v>
+        <v>1.93</v>
       </c>
       <c r="M281" s="15">
-        <v>3.97</v>
+        <v>1.8</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-        <v>10080018061</v>
+        <v>670</v>
+      </c>
+      <c r="E282" s="15" t="s">
+        <v>671</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>623</v>
+        <v>62</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>560</v>
+        <v>6000</v>
       </c>
       <c r="K282" s="15">
-        <v>2.76</v>
+        <v>2.72</v>
       </c>
       <c r="L282" s="15">
-        <v>1.93</v>
+        <v>2.28</v>
       </c>
       <c r="M282" s="15">
-        <v>1.8</v>
+        <v>2.2</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15" t="s">
-        <v>62</v>
+        <v>627</v>
       </c>
       <c r="H283" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>6000</v>
+        <v>57</v>
       </c>
       <c r="K283" s="15">
-        <v>2.72</v>
+        <v>4.83</v>
       </c>
       <c r="L283" s="15">
-        <v>2.28</v>
+        <v>4.05</v>
       </c>
       <c r="M283" s="15">
-        <v>2.2</v>
+        <v>3.89</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H284" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>57</v>
+        <v>3000</v>
       </c>
       <c r="K284" s="15">
-        <v>4.83</v>
+        <v>4.49</v>
       </c>
       <c r="L284" s="15">
-        <v>4.05</v>
+        <v>4.49</v>
       </c>
       <c r="M284" s="15">
-        <v>3.89</v>
+        <v>4.49</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
         <v>627</v>
       </c>
       <c r="H285" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>3000</v>
       </c>
       <c r="K285" s="15">
-        <v>4.49</v>
+        <v>0.86979</v>
       </c>
       <c r="L285" s="15">
-        <v>4.49</v>
+        <v>0.75382</v>
       </c>
       <c r="M285" s="15">
-        <v>4.49</v>
+        <v>0.72483</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="E286" s="15" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15" t="s">
-        <v>627</v>
+        <v>684</v>
       </c>
       <c r="H286" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
-        <v>3000</v>
+        <v>57</v>
       </c>
       <c r="K286" s="15">
-        <v>0.86979</v>
+        <v>1.31</v>
       </c>
       <c r="L286" s="15">
-        <v>0.75382</v>
+        <v>1.31</v>
       </c>
       <c r="M286" s="15">
-        <v>0.72483</v>
-[...1 lines deleted...]
-      <c r="N286" s="15"/>
+        <v>1.31</v>
+      </c>
+      <c r="N286" s="15">
+        <v>1804</v>
+      </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="E287" s="15" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15" t="s">
-        <v>683</v>
+        <v>627</v>
       </c>
       <c r="H287" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
-        <v>57</v>
+        <v>3000</v>
       </c>
       <c r="K287" s="15">
-        <v>1.31</v>
+        <v>1.5</v>
       </c>
       <c r="L287" s="15">
-        <v>1.31</v>
+        <v>1.5</v>
       </c>
       <c r="M287" s="15">
-        <v>1.31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.5</v>
+      </c>
+      <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>689</v>
+      </c>
+      <c r="E288" s="15">
+        <v>10080032066</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15" t="s">
-        <v>627</v>
+        <v>42</v>
       </c>
       <c r="H288" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
-        <v>3000</v>
+        <v>90</v>
       </c>
       <c r="K288" s="15">
-        <v>1.5</v>
+        <v>2.28</v>
       </c>
       <c r="L288" s="15">
-        <v>1.5</v>
+        <v>1.91</v>
       </c>
       <c r="M288" s="15">
-        <v>1.5</v>
+        <v>1.84</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>10080032066</v>
+        <v>689</v>
+      </c>
+      <c r="E289" s="15" t="s">
+        <v>690</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H289" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>90</v>
       </c>
       <c r="K289" s="15">
-        <v>2.28</v>
+        <v>2.06</v>
       </c>
       <c r="L289" s="15">
-        <v>1.91</v>
+        <v>1.73</v>
       </c>
       <c r="M289" s="15">
-        <v>1.84</v>
+        <v>1.66</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>692</v>
+      </c>
+      <c r="E290" s="15">
+        <v>10080066008</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15" t="s">
-        <v>42</v>
+        <v>371</v>
       </c>
       <c r="H290" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I290" s="15"/>
-      <c r="J290" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J290" s="15"/>
       <c r="K290" s="15">
-        <v>2.06</v>
+        <v>2.28</v>
       </c>
       <c r="L290" s="15">
-        <v>1.73</v>
+        <v>1.9</v>
       </c>
       <c r="M290" s="15">
-        <v>1.66</v>
+        <v>1.82</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>10080066008</v>
+        <v>694</v>
+      </c>
+      <c r="E291" s="15" t="s">
+        <v>695</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
-        <v>370</v>
+        <v>252</v>
       </c>
       <c r="H291" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I291" s="15"/>
-      <c r="J291" s="15"/>
+      <c r="J291" s="15">
+        <v>90</v>
+      </c>
       <c r="K291" s="15">
-        <v>2.28</v>
+        <v>13.64</v>
       </c>
       <c r="L291" s="15">
-        <v>1.9</v>
+        <v>11.44</v>
       </c>
       <c r="M291" s="15">
-        <v>1.82</v>
+        <v>11</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>694</v>
+        <v>697</v>
+      </c>
+      <c r="E292" s="15">
+        <v>10080058592</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15" t="s">
-        <v>252</v>
+        <v>203</v>
       </c>
       <c r="H292" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I292" s="15"/>
-      <c r="J292" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J292" s="15"/>
       <c r="K292" s="15">
-        <v>13.64</v>
+        <v>6</v>
       </c>
       <c r="L292" s="15">
-        <v>11.44</v>
+        <v>4.84</v>
       </c>
       <c r="M292" s="15">
-        <v>11</v>
+        <v>4.64</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="E293" s="15">
-        <v>10080058592</v>
+        <v>10080026977</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H293" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I293" s="15"/>
-      <c r="J293" s="15"/>
+      <c r="J293" s="15">
+        <v>160</v>
+      </c>
       <c r="K293" s="15">
-        <v>6</v>
+        <v>2.6</v>
       </c>
       <c r="L293" s="15">
-        <v>4.84</v>
+        <v>1.82</v>
       </c>
       <c r="M293" s="15">
-        <v>4.64</v>
+        <v>1.69</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>10080026977</v>
+        <v>701</v>
+      </c>
+      <c r="E294" s="15" t="s">
+        <v>702</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H294" s="15" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="I294" s="15"/>
-      <c r="J294" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J294" s="15"/>
       <c r="K294" s="15">
-        <v>2.6</v>
+        <v>75.95</v>
       </c>
       <c r="L294" s="15">
-        <v>1.82</v>
+        <v>63.7</v>
       </c>
       <c r="M294" s="15">
-        <v>1.69</v>
+        <v>61.25</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>704</v>
+      </c>
+      <c r="E295" s="15">
+        <v>10080053346</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H295" s="15" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>75.95</v>
+        <v>3.67</v>
       </c>
       <c r="L295" s="15">
-        <v>63.7</v>
+        <v>3.01</v>
       </c>
       <c r="M295" s="15">
-        <v>61.25</v>
+        <v>2.88</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
-      <c r="B296" s="14" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="B296" s="14"/>
+      <c r="C296" s="15"/>
+      <c r="D296" s="15"/>
+      <c r="E296" s="15"/>
       <c r="F296" s="15"/>
-      <c r="G296" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G296" s="15"/>
+      <c r="H296" s="15"/>
       <c r="I296" s="15"/>
       <c r="J296" s="15"/>
-      <c r="K296" s="15">
-[...7 lines deleted...]
-      </c>
+      <c r="K296" s="15"/>
+      <c r="L296" s="15"/>
+      <c r="M296" s="15"/>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
-      <c r="R296"/>
-[...17 lines deleted...]
-      <c r="Q297" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -14229,317 +14195,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>