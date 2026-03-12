--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="732">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="729">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1003,59 +1003,59 @@
   <si>
     <t>Микросхема ATMEGA1280-16AU</t>
   </si>
   <si>
     <t>UT-00117793</t>
   </si>
   <si>
     <t>TQFP100</t>
   </si>
   <si>
     <t>ATMEGA1281V-8MU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA1281V-8MU</t>
   </si>
   <si>
     <t>ATMega1284P-AU</t>
   </si>
   <si>
     <t>Микросхема ATMega1284P-AU</t>
   </si>
   <si>
     <t>UT-00090228</t>
   </si>
   <si>
-    <t>23.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ATMEGA128A-AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA128A-AUR ATMEL, ATMEGA128A-AU ATMEL, </t>
   </si>
   <si>
+    <t>23.03.2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">ATMEGA128A-AU MICROCHIP, ATMEGA128A-AUR ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA128A-AUR</t>
   </si>
   <si>
     <t>катушка / ATMEGA128A-AUR</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA128A-AU MICROCHIP, ATMEGA128A-AU ATMEL, </t>
   </si>
   <si>
     <t>Микросхема ATMEGA128A-AUR</t>
   </si>
   <si>
     <t>10-00038872</t>
   </si>
   <si>
     <t>ATMEGA128L-8AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA128L-8AU</t>
   </si>
   <si>
     <t>ATMEGA16-16AU</t>
@@ -1153,95 +1153,95 @@
   <si>
     <t>VQFN32</t>
   </si>
   <si>
     <t>ATMEGA168PA-MUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA168PA-MUR</t>
   </si>
   <si>
     <t>ATMEGA169PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA169PA-AU</t>
   </si>
   <si>
     <t>UT-00089235</t>
   </si>
   <si>
     <t>ATMEGA16A-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA16A-AU</t>
   </si>
   <si>
+    <t>06.04.2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">ATMEGA16-16AU ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA16A-AUR</t>
   </si>
   <si>
     <t>катушка / ATMEGA16A-AUR</t>
   </si>
   <si>
     <t>ATMEGA16A-PU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA16A-PU</t>
   </si>
   <si>
     <t>ATMEGA16U4-MU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA16U4-MU</t>
   </si>
   <si>
     <t>QFN44</t>
   </si>
   <si>
     <t>ATMEGA16U4-MUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA16U4-MUR</t>
   </si>
   <si>
     <t>ATMEGA2560-16AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA2560-16AU</t>
   </si>
   <si>
     <t>Atmega2561-16AU</t>
   </si>
   <si>
     <t>Микросхема Atmega2561-16AU</t>
   </si>
   <si>
-    <t>06.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ATMEGA2561-16AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA2561-16AU</t>
   </si>
   <si>
     <t>ATMEGA2561-16AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA2561-16AUR</t>
   </si>
   <si>
     <t>ATMEGA32-16AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA32-16AU</t>
   </si>
   <si>
     <t>UT-00089654</t>
   </si>
   <si>
     <t>ATMEGA324PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA324PA-AU</t>
@@ -1270,53 +1270,50 @@
   <si>
     <t>UT-00134353</t>
   </si>
   <si>
     <t>ATmega328-PU</t>
   </si>
   <si>
     <t>Микросхема ATmega328-PU</t>
   </si>
   <si>
     <t>UT-00146719</t>
   </si>
   <si>
     <t>ATmega328p-ANR</t>
   </si>
   <si>
     <t>Микросхема ATmega328p-ANR</t>
   </si>
   <si>
     <t>ATMEGA328P-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328P-AU</t>
   </si>
   <si>
-    <t>22.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>ATMEGA328P-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328P-AUR</t>
   </si>
   <si>
     <t>ATMEGA328PB-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA328PB-AU</t>
   </si>
   <si>
     <t>UT-00089751</t>
   </si>
   <si>
     <t>ATMEGA329PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA329PA-AU</t>
   </si>
   <si>
     <t>ATMEGA329PA-AUR</t>
   </si>
   <si>
     <t>Микросхема ATMEGA329PA-AUR</t>
@@ -1372,53 +1369,50 @@
   <si>
     <t>10-00038818</t>
   </si>
   <si>
     <t>ATMEGA48-20AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48-20AU</t>
   </si>
   <si>
     <t xml:space="preserve">ATMEGA48PA-AU ATMEL, </t>
   </si>
   <si>
     <t>ATMEGA48-20PU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48-20PU</t>
   </si>
   <si>
     <t>ATMEGA48PA-AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48PA-AU</t>
   </si>
   <si>
-    <t>15.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">ATMEGA48-20AU ATMEL, </t>
   </si>
   <si>
     <t>ATmega48PA-AUR</t>
   </si>
   <si>
     <t>Микросхема ATmega48PA-AUR</t>
   </si>
   <si>
     <t>UT-00123342</t>
   </si>
   <si>
     <t>ATMEGA48PA-PU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48PA-PU</t>
   </si>
   <si>
     <t>ATMEGA48V-10AU</t>
   </si>
   <si>
     <t>Микросхема ATMEGA48V-10AU</t>
   </si>
   <si>
     <t>10-00038748</t>
@@ -1982,53 +1976,50 @@
     <t>ATTINY406-MFR</t>
   </si>
   <si>
     <t>Микросхема ATTINY406-MFR</t>
   </si>
   <si>
     <t>UT-00098024</t>
   </si>
   <si>
     <t>ATtiny441-SSU</t>
   </si>
   <si>
     <t>Микросхема ATtiny441-SSU</t>
   </si>
   <si>
     <t>10-00038797</t>
   </si>
   <si>
     <t>ATTINY44A-SSU</t>
   </si>
   <si>
     <t>линейка / ATTINY44A-SSU</t>
   </si>
   <si>
     <t>UT-00089269</t>
-  </si>
-[...1 lines deleted...]
-    <t>17.03.2026</t>
   </si>
   <si>
     <t>ATTINY44A-SSUR</t>
   </si>
   <si>
     <t>лента / ATTINY44A-SSUR</t>
   </si>
   <si>
     <t>UT-00091159</t>
   </si>
   <si>
     <t>ATTINY45-20SU</t>
   </si>
   <si>
     <t>Микросхема ATTINY45-20SU</t>
   </si>
   <si>
     <t>ATTINY45-20SUR</t>
   </si>
   <si>
     <t>Микросхема ATTINY45-20SUR</t>
   </si>
   <si>
     <t>Attiny461-20PU</t>
   </si>
@@ -4014,57 +4005,57 @@
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>2000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.96335</v>
+        <v>1.33</v>
       </c>
       <c r="L36" s="15">
-        <v>0.8349</v>
+        <v>1.15</v>
       </c>
       <c r="M36" s="15">
-        <v>0.80279</v>
+        <v>1.1</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H37" s="15" t="s">
@@ -5058,51 +5049,51 @@
       </c>
       <c r="E63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>171</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>37</v>
       </c>
       <c r="K63" s="15">
         <v>6.09</v>
       </c>
       <c r="L63" s="15">
         <v>6.09</v>
       </c>
       <c r="M63" s="15">
         <v>6.09</v>
       </c>
       <c r="N63" s="15">
-        <v>275</v>
+        <v>332</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>58</v>
@@ -6524,51 +6515,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>260</v>
       </c>
       <c r="K101" s="15">
         <v>5.35</v>
       </c>
       <c r="L101" s="15">
         <v>4.49</v>
       </c>
       <c r="M101" s="15">
         <v>4.31</v>
       </c>
       <c r="N101" s="15">
-        <v>132</v>
+        <v>163</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>26</v>
@@ -7521,111 +7512,113 @@
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15"/>
       <c r="K127" s="15">
-        <v>8.289999999999999</v>
+        <v>7.42</v>
       </c>
       <c r="L127" s="15">
-        <v>7.19</v>
+        <v>6.43</v>
       </c>
       <c r="M127" s="15">
-        <v>6.91</v>
+        <v>6.18</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
-      <c r="P127" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="D128" s="15"/>
       <c r="E128" s="15">
         <v>10080066489</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="J128" s="15">
         <v>90</v>
       </c>
       <c r="K128" s="15">
         <v>4.85</v>
       </c>
       <c r="L128" s="15">
         <v>3.88</v>
       </c>
       <c r="M128" s="15">
         <v>3.53</v>
       </c>
       <c r="N128" s="15"/>
-      <c r="O128" s="15"/>
-      <c r="P128" s="15"/>
+      <c r="O128" s="15">
+        <v>297</v>
+      </c>
+      <c r="P128" s="15" t="s">
+        <v>331</v>
+      </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="D129" s="15"/>
       <c r="E129" s="15">
         <v>10080007698</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>332</v>
       </c>
       <c r="J129" s="15">
         <v>90</v>
       </c>
       <c r="K129" s="15">
         <v>4.52</v>
       </c>
       <c r="L129" s="15">
         <v>3.64</v>
       </c>
       <c r="M129" s="15">
@@ -7846,51 +7839,51 @@
       <c r="D135" s="15"/>
       <c r="E135" s="15">
         <v>10080060173</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>160</v>
       </c>
       <c r="K135" s="15">
         <v>7.46</v>
       </c>
       <c r="L135" s="15">
         <v>7.46</v>
       </c>
       <c r="M135" s="15">
         <v>7.46</v>
       </c>
       <c r="N135" s="15">
-        <v>645</v>
+        <v>705</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>344</v>
       </c>
       <c r="D136" s="15"/>
       <c r="E136" s="15">
         <v>10080018060</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="15"/>
@@ -8389,51 +8382,53 @@
         <v>369</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>370</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>371</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>2.45</v>
       </c>
       <c r="L149" s="15">
         <v>2.06</v>
       </c>
       <c r="M149" s="15">
         <v>1.98</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
-      <c r="P149" s="15"/>
+      <c r="P149" s="15" t="s">
+        <v>331</v>
+      </c>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E150" s="15">
         <v>10080053021</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>371</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
@@ -8494,380 +8489,380 @@
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E152" s="15">
         <v>10080060234</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>160</v>
       </c>
       <c r="K152" s="15">
-        <v>2.74</v>
+        <v>2.49</v>
       </c>
       <c r="L152" s="15">
-        <v>2.38</v>
+        <v>2.15</v>
       </c>
       <c r="M152" s="15">
-        <v>2.29</v>
+        <v>2.07</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15">
-        <v>1282</v>
+        <v>784</v>
       </c>
       <c r="P152" s="15" t="s">
-        <v>329</v>
+        <v>379</v>
       </c>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E153" s="15">
         <v>10080027105</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J153" s="15">
         <v>160</v>
       </c>
       <c r="K153" s="15">
         <v>6.3</v>
       </c>
       <c r="L153" s="15">
         <v>5.25</v>
       </c>
       <c r="M153" s="15">
         <v>5.04</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E154" s="15">
         <v>10080041612</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>2000</v>
       </c>
       <c r="K154" s="15">
         <v>2.12</v>
       </c>
       <c r="L154" s="15">
         <v>1.74</v>
       </c>
       <c r="M154" s="15">
         <v>1.67</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E155" s="15">
         <v>10080007459</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>10</v>
       </c>
       <c r="K155" s="15">
         <v>4.67</v>
       </c>
       <c r="L155" s="15">
         <v>3.89</v>
       </c>
       <c r="M155" s="15">
         <v>3.74</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E156" s="15">
         <v>10080048158</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>418</v>
       </c>
       <c r="K156" s="15">
         <v>5.17</v>
       </c>
       <c r="L156" s="15">
         <v>4.24</v>
       </c>
       <c r="M156" s="15">
         <v>4.07</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E157" s="15">
         <v>10080050063</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>2000</v>
       </c>
       <c r="K157" s="15">
         <v>5.6</v>
       </c>
       <c r="L157" s="15">
         <v>4.59</v>
       </c>
       <c r="M157" s="15">
         <v>4.4</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E158" s="15">
         <v>10080040502</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>323</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>90</v>
       </c>
       <c r="K158" s="15">
         <v>10.49</v>
       </c>
       <c r="L158" s="15">
         <v>8.74</v>
       </c>
       <c r="M158" s="15">
         <v>8.390000000000001</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E159" s="15">
         <v>10080071331</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>323</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>90</v>
       </c>
       <c r="K159" s="15">
         <v>22.93</v>
       </c>
       <c r="L159" s="15">
         <v>19.23</v>
       </c>
       <c r="M159" s="15">
         <v>18.49</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E160" s="15">
         <v>10080069613</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>90</v>
       </c>
       <c r="K160" s="15">
         <v>11.1</v>
       </c>
       <c r="L160" s="15">
         <v>9.31</v>
       </c>
       <c r="M160" s="15">
         <v>8.960000000000001</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15" t="s">
-        <v>393</v>
+        <v>331</v>
       </c>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E161" s="15">
         <v>10080074637</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="15"/>
@@ -8936,51 +8931,51 @@
       <c r="D163" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>400</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15"/>
       <c r="K163" s="15">
         <v>6.85</v>
       </c>
       <c r="L163" s="15">
         <v>6.85</v>
       </c>
       <c r="M163" s="15">
         <v>6.85</v>
       </c>
       <c r="N163" s="15">
-        <v>1181</v>
+        <v>846</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E164" s="15">
         <v>10000018040</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>26</v>
@@ -9055,51 +9050,51 @@
       </c>
       <c r="E166" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>160</v>
       </c>
       <c r="K166" s="15">
         <v>3.27</v>
       </c>
       <c r="L166" s="15">
         <v>3.27</v>
       </c>
       <c r="M166" s="15">
         <v>3.27</v>
       </c>
       <c r="N166" s="15">
-        <v>283</v>
+        <v>240</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>405</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>406</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>407</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H167" s="15" t="s">
         <v>58</v>
@@ -9295,4842 +9290,4838 @@
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>250</v>
       </c>
       <c r="K172" s="15">
         <v>2.6</v>
       </c>
       <c r="L172" s="15">
         <v>2.6</v>
       </c>
       <c r="M172" s="15">
         <v>2.6</v>
       </c>
       <c r="N172" s="15">
         <v>3812</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15" t="s">
-        <v>418</v>
+        <v>379</v>
       </c>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E173" s="15">
         <v>10080038600</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>250</v>
       </c>
       <c r="K173" s="15">
         <v>5.89</v>
       </c>
       <c r="L173" s="15">
         <v>4.94</v>
       </c>
       <c r="M173" s="15">
         <v>4.75</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="E174" s="15">
         <v>10080027771</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>1500</v>
       </c>
       <c r="K174" s="15">
         <v>2.26</v>
       </c>
       <c r="L174" s="15">
         <v>1.88</v>
       </c>
       <c r="M174" s="15">
         <v>1.8</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E175" s="15">
         <v>10080054179</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15"/>
       <c r="K175" s="15">
         <v>4.3</v>
       </c>
       <c r="L175" s="15">
         <v>3.58</v>
       </c>
       <c r="M175" s="15">
         <v>3.44</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>421</v>
       </c>
-      <c r="D176" s="15" t="s">
+      <c r="E176" s="15" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>2.61</v>
       </c>
       <c r="L176" s="15">
         <v>2.26</v>
       </c>
       <c r="M176" s="15">
         <v>2.17</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E177" s="15">
         <v>10080059106</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>90</v>
       </c>
       <c r="K177" s="15">
         <v>20.9</v>
       </c>
       <c r="L177" s="15">
         <v>20.9</v>
       </c>
       <c r="M177" s="15">
         <v>20.9</v>
       </c>
       <c r="N177" s="15">
         <v>50</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>426</v>
       </c>
-      <c r="D178" s="15" t="s">
+      <c r="E178" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>1000</v>
       </c>
       <c r="K178" s="15">
         <v>7.4</v>
       </c>
       <c r="L178" s="15">
         <v>6.21</v>
       </c>
       <c r="M178" s="15">
         <v>5.97</v>
       </c>
       <c r="N178" s="15"/>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E179" s="15">
         <v>10080066490</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="J179" s="15">
         <v>160</v>
       </c>
       <c r="K179" s="15">
         <v>2.37</v>
       </c>
       <c r="L179" s="15">
         <v>2.05</v>
       </c>
       <c r="M179" s="15">
         <v>1.97</v>
       </c>
-      <c r="N179" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E180" s="15">
         <v>10080010736</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="J180" s="15">
         <v>160</v>
       </c>
       <c r="K180" s="15">
         <v>1.84</v>
       </c>
       <c r="L180" s="15">
         <v>1.84</v>
       </c>
       <c r="M180" s="15">
         <v>1.84</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="E181" s="15">
         <v>10080031297</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="J181" s="15">
         <v>2000</v>
       </c>
       <c r="K181" s="15">
         <v>3.97</v>
       </c>
       <c r="L181" s="15">
         <v>1.74</v>
       </c>
       <c r="M181" s="15">
         <v>1.61</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="E182" s="15">
         <v>10080034697</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>10</v>
       </c>
       <c r="K182" s="15">
         <v>4.53</v>
       </c>
       <c r="L182" s="15">
         <v>3.78</v>
       </c>
       <c r="M182" s="15">
         <v>3.63</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>160</v>
       </c>
       <c r="K183" s="15">
         <v>10.26</v>
       </c>
       <c r="L183" s="15">
         <v>8.6</v>
       </c>
       <c r="M183" s="15">
         <v>8.27</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="E184" s="15">
         <v>10000022583</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>160</v>
       </c>
       <c r="K184" s="15">
         <v>3.59</v>
       </c>
       <c r="L184" s="15">
         <v>2.51</v>
       </c>
       <c r="M184" s="15">
         <v>2.33</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>442</v>
       </c>
-      <c r="D185" s="15" t="s">
+      <c r="E185" s="15" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>250</v>
       </c>
       <c r="K185" s="15">
         <v>12.7</v>
       </c>
       <c r="L185" s="15">
         <v>10.65</v>
       </c>
       <c r="M185" s="15">
         <v>10.24</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="E186" s="15">
         <v>10000021890</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H186" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
         <v>3.63</v>
       </c>
       <c r="L186" s="15">
         <v>3.14</v>
       </c>
       <c r="M186" s="15">
         <v>3.02</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>447</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="E187" s="15">
         <v>10080007458</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
         <v>355</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
         <v>560</v>
       </c>
       <c r="K187" s="15">
         <v>2.53</v>
       </c>
       <c r="L187" s="15">
         <v>2.44</v>
       </c>
       <c r="M187" s="15">
         <v>2.35</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E188" s="15">
         <v>10080060174</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>250</v>
       </c>
       <c r="K188" s="15">
-        <v>1.39</v>
+        <v>1.42</v>
       </c>
       <c r="L188" s="15">
-        <v>1.21</v>
+        <v>1.23</v>
       </c>
       <c r="M188" s="15">
-        <v>1.16</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.19</v>
+      </c>
+      <c r="N188" s="15">
+        <v>164</v>
+      </c>
+      <c r="O188" s="15"/>
+      <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E189" s="15">
         <v>10080008326</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="J189" s="15">
         <v>250</v>
       </c>
       <c r="K189" s="15">
         <v>1.4</v>
       </c>
       <c r="L189" s="15">
         <v>1.17</v>
       </c>
       <c r="M189" s="15">
         <v>1.13</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D190" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="E190" s="15" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>2000</v>
       </c>
       <c r="K190" s="15">
         <v>1</v>
       </c>
       <c r="L190" s="15">
         <v>1</v>
       </c>
       <c r="M190" s="15">
         <v>1</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="E191" s="15">
         <v>10080010834</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
         <v>355</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>14</v>
       </c>
       <c r="K191" s="15">
         <v>2.22</v>
       </c>
       <c r="L191" s="15">
         <v>1.82</v>
       </c>
       <c r="M191" s="15">
         <v>1.75</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D192" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="E192" s="15" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>2000</v>
       </c>
       <c r="K192" s="15">
         <v>3.39</v>
       </c>
       <c r="L192" s="15">
         <v>2.85</v>
       </c>
       <c r="M192" s="15">
         <v>2.74</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="E193" s="15">
         <v>10080002780</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>90</v>
       </c>
       <c r="K193" s="15">
         <v>7.21</v>
       </c>
       <c r="L193" s="15">
         <v>5.05</v>
       </c>
       <c r="M193" s="15">
         <v>4.69</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E194" s="15">
         <v>10080028397</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="J194" s="15">
         <v>160</v>
       </c>
       <c r="K194" s="15">
         <v>11.3</v>
       </c>
       <c r="L194" s="15">
         <v>9.48</v>
       </c>
       <c r="M194" s="15">
         <v>9.109999999999999</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E195" s="15">
         <v>10080060176</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="J195" s="15"/>
       <c r="K195" s="15">
         <v>16.85</v>
       </c>
       <c r="L195" s="15">
         <v>16.85</v>
       </c>
       <c r="M195" s="15">
         <v>16.85</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="E196" s="15">
         <v>10080039276</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="J196" s="15">
         <v>2000</v>
       </c>
       <c r="K196" s="15">
         <v>2.38</v>
       </c>
       <c r="L196" s="15">
         <v>1.92</v>
       </c>
       <c r="M196" s="15">
         <v>1.84</v>
       </c>
       <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D197" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="E197" s="15" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>2000</v>
       </c>
       <c r="K197" s="15">
         <v>10.3</v>
       </c>
       <c r="L197" s="15">
         <v>8.58</v>
       </c>
       <c r="M197" s="15">
         <v>8.24</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E198" s="15">
         <v>10080060177</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>90</v>
       </c>
       <c r="K198" s="15">
         <v>3.42</v>
       </c>
       <c r="L198" s="15">
         <v>2.87</v>
       </c>
       <c r="M198" s="15">
         <v>2.76</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E199" s="15">
         <v>10080008893</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>90</v>
       </c>
       <c r="K199" s="15">
         <v>2.92</v>
       </c>
       <c r="L199" s="15">
         <v>2.43</v>
       </c>
       <c r="M199" s="15">
         <v>2.33</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="E200" s="15">
         <v>10080058730</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1000</v>
       </c>
       <c r="K200" s="15">
         <v>2.72</v>
       </c>
       <c r="L200" s="15">
         <v>2.2</v>
       </c>
       <c r="M200" s="15">
         <v>2.11</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>474</v>
       </c>
-      <c r="D201" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E201" s="15" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
         <v>5.69</v>
       </c>
       <c r="L201" s="15">
         <v>4.77</v>
       </c>
       <c r="M201" s="15">
         <v>4.59</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="D202" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="E202" s="15" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>480</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
         <v>3.49</v>
       </c>
       <c r="L202" s="15">
         <v>2.93</v>
       </c>
       <c r="M202" s="15">
         <v>2.81</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E203" s="15">
         <v>10000018039</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>250</v>
       </c>
       <c r="K203" s="15">
         <v>1.85</v>
       </c>
       <c r="L203" s="15">
         <v>1.66</v>
       </c>
       <c r="M203" s="15">
         <v>1.54</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="E204" s="15">
         <v>10080039588</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>160</v>
       </c>
       <c r="K204" s="15">
         <v>9.32</v>
       </c>
       <c r="L204" s="15">
         <v>9.32</v>
       </c>
       <c r="M204" s="15">
         <v>9.32</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>482</v>
+      </c>
+      <c r="D205" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="E205" s="15" t="s">
         <v>484</v>
-      </c>
-[...4 lines deleted...]
-        <v>486</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>160</v>
       </c>
       <c r="K205" s="15">
         <v>3.69</v>
       </c>
       <c r="L205" s="15">
         <v>3.26</v>
       </c>
       <c r="M205" s="15">
         <v>2.89</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="E206" s="15">
         <v>10080032252</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>160</v>
       </c>
       <c r="K206" s="15">
         <v>2.89</v>
       </c>
       <c r="L206" s="15">
         <v>2.41</v>
       </c>
       <c r="M206" s="15">
         <v>2.31</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D207" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="E207" s="15" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>491</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
         <v>164</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>27</v>
       </c>
       <c r="K207" s="15">
         <v>4.31</v>
       </c>
       <c r="L207" s="15">
         <v>3.63</v>
       </c>
       <c r="M207" s="15">
         <v>3.26</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D208" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="E208" s="15" t="s">
         <v>492</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>10</v>
       </c>
       <c r="K208" s="15">
         <v>3.94</v>
       </c>
       <c r="L208" s="15">
         <v>3.51</v>
       </c>
       <c r="M208" s="15">
         <v>3.02</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="E209" s="15">
         <v>10000016765</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>160</v>
       </c>
       <c r="K209" s="15">
         <v>3.12</v>
       </c>
       <c r="L209" s="15">
         <v>2.19</v>
       </c>
       <c r="M209" s="15">
         <v>2.03</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D210" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="E210" s="15" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>160</v>
       </c>
       <c r="K210" s="15">
         <v>4.43</v>
       </c>
       <c r="L210" s="15">
         <v>3.94</v>
       </c>
       <c r="M210" s="15">
         <v>3.57</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E211" s="15">
         <v>10080003475</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>160</v>
       </c>
       <c r="K211" s="15">
         <v>2.97</v>
       </c>
       <c r="L211" s="15">
         <v>2.47</v>
       </c>
       <c r="M211" s="15">
         <v>2.37</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D212" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="E212" s="15" t="s">
         <v>502</v>
-      </c>
-[...4 lines deleted...]
-        <v>504</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>164</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>27</v>
       </c>
       <c r="K212" s="15">
         <v>1.74</v>
       </c>
       <c r="L212" s="15">
         <v>1.74</v>
       </c>
       <c r="M212" s="15">
         <v>1.74</v>
       </c>
       <c r="N212" s="15">
-        <v>217</v>
+        <v>173</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="D213" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="E213" s="15" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>133</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>10</v>
       </c>
       <c r="K213" s="15">
         <v>5.54</v>
       </c>
       <c r="L213" s="15">
         <v>5.05</v>
       </c>
       <c r="M213" s="15">
         <v>4.74</v>
       </c>
       <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D214" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="E214" s="15" t="s">
         <v>508</v>
-      </c>
-[...4 lines deleted...]
-        <v>510</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
         <v>199</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>10</v>
       </c>
       <c r="K214" s="15">
         <v>6.7</v>
       </c>
       <c r="L214" s="15">
         <v>5.62</v>
       </c>
       <c r="M214" s="15">
         <v>5.41</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D215" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="E215" s="15" t="s">
         <v>511</v>
-      </c>
-[...4 lines deleted...]
-        <v>513</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>2000</v>
       </c>
       <c r="K215" s="15">
         <v>3.63</v>
       </c>
       <c r="L215" s="15">
         <v>3.05</v>
       </c>
       <c r="M215" s="15">
         <v>2.93</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D216" s="15"/>
       <c r="E216" s="15" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>5.31</v>
       </c>
       <c r="L216" s="15">
         <v>4.45</v>
       </c>
       <c r="M216" s="15">
         <v>4.28</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>514</v>
       </c>
-      <c r="D217" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E217" s="15" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
         <v>3.6</v>
       </c>
       <c r="L217" s="15">
         <v>3.02</v>
       </c>
       <c r="M217" s="15">
         <v>2.91</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="E218" s="15">
         <v>10080051096</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="J218" s="15">
         <v>250</v>
       </c>
       <c r="K218" s="15">
         <v>1.32</v>
       </c>
       <c r="L218" s="15">
         <v>1.1</v>
       </c>
       <c r="M218" s="15">
         <v>1.06</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="E219" s="15">
         <v>10080028259</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>2.55</v>
       </c>
       <c r="L219" s="15">
         <v>2.13</v>
       </c>
       <c r="M219" s="15">
         <v>2.05</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="E220" s="15">
         <v>10080053885</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="J220" s="15">
         <v>2000</v>
       </c>
       <c r="K220" s="15">
         <v>2.39</v>
       </c>
       <c r="L220" s="15">
         <v>2</v>
       </c>
       <c r="M220" s="15">
         <v>1.92</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D221" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="E221" s="15" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15"/>
       <c r="K221" s="15">
         <v>5.79</v>
       </c>
       <c r="L221" s="15">
         <v>4.86</v>
       </c>
       <c r="M221" s="15">
         <v>4.67</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D222" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="E222" s="15" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
         <v>371</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>490</v>
       </c>
       <c r="K222" s="15">
         <v>1.9</v>
       </c>
       <c r="L222" s="15">
         <v>1.9</v>
       </c>
       <c r="M222" s="15">
         <v>1.9</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="E223" s="15">
         <v>10080060231</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>1.54</v>
       </c>
       <c r="L223" s="15">
         <v>1.33</v>
       </c>
       <c r="M223" s="15">
         <v>1.28</v>
       </c>
       <c r="N223" s="15">
-        <v>1443</v>
+        <v>1505</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="E224" s="15">
         <v>10080003401</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="J224" s="15">
         <v>250</v>
       </c>
       <c r="K224" s="15">
         <v>1.29</v>
       </c>
       <c r="L224" s="15">
         <v>1.29</v>
       </c>
       <c r="M224" s="15">
         <v>1.29</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="E225" s="15">
         <v>10080066018</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="J225" s="15">
         <v>2000</v>
       </c>
       <c r="K225" s="15">
         <v>1.56</v>
       </c>
       <c r="L225" s="15">
         <v>1.3</v>
       </c>
       <c r="M225" s="15">
         <v>1.25</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D226" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="E226" s="15" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>2000</v>
       </c>
       <c r="K226" s="15">
         <v>3.85</v>
       </c>
       <c r="L226" s="15">
         <v>3.21</v>
       </c>
       <c r="M226" s="15">
         <v>3.08</v>
       </c>
       <c r="N226" s="15"/>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D227" s="15"/>
       <c r="E227" s="15">
         <v>10080060178</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
         <v>355</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>14</v>
       </c>
       <c r="K227" s="15">
         <v>2.29</v>
       </c>
       <c r="L227" s="15">
         <v>2.29</v>
       </c>
       <c r="M227" s="15">
         <v>2.29</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D228" s="15"/>
       <c r="E228" s="15">
         <v>10080024305</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
         <v>355</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>14</v>
       </c>
       <c r="K228" s="15">
         <v>1.98</v>
       </c>
       <c r="L228" s="15">
         <v>1.65</v>
       </c>
       <c r="M228" s="15">
         <v>1.58</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="D229" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="E229" s="15" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>543</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>1.66</v>
       </c>
       <c r="L229" s="15">
         <v>1.39</v>
       </c>
       <c r="M229" s="15">
         <v>1.34</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="E230" s="15">
         <v>10080000702</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>269</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
         <v>2000</v>
       </c>
       <c r="K230" s="15">
         <v>1.18</v>
       </c>
       <c r="L230" s="15">
         <v>1.18</v>
       </c>
       <c r="M230" s="15">
         <v>1.18</v>
       </c>
       <c r="N230" s="15">
         <v>5</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="D231" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="E231" s="15" t="s">
         <v>546</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
         <v>355</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>1.74</v>
       </c>
       <c r="L231" s="15">
         <v>1.62</v>
       </c>
       <c r="M231" s="15">
         <v>1.56</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D232" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="E232" s="15" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>160</v>
       </c>
       <c r="K232" s="15">
         <v>16.04</v>
       </c>
       <c r="L232" s="15">
         <v>16.04</v>
       </c>
       <c r="M232" s="15">
         <v>16.04</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D233" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="E233" s="15" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
         <v>288</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>90</v>
       </c>
       <c r="K233" s="15">
         <v>62.54</v>
       </c>
       <c r="L233" s="15">
         <v>52.46</v>
       </c>
       <c r="M233" s="15">
         <v>50.44</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D234" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="E234" s="15" t="s">
         <v>556</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15"/>
       <c r="K234" s="15">
         <v>2.51</v>
       </c>
       <c r="L234" s="15">
         <v>2.51</v>
       </c>
       <c r="M234" s="15">
         <v>2.51</v>
       </c>
       <c r="N234" s="15">
         <v>18</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D235" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="E235" s="15" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
         <v>261</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15"/>
       <c r="K235" s="15">
         <v>2.52</v>
       </c>
       <c r="L235" s="15">
         <v>2.52</v>
       </c>
       <c r="M235" s="15">
         <v>2.52</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D236" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="E236" s="15" t="s">
         <v>560</v>
-      </c>
-[...4 lines deleted...]
-        <v>562</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15"/>
       <c r="K236" s="15">
         <v>3.79</v>
       </c>
       <c r="L236" s="15">
         <v>3.18</v>
       </c>
       <c r="M236" s="15">
         <v>3.06</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="D237" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="E237" s="15" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="H237" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>50</v>
       </c>
       <c r="K237" s="15">
         <v>1.05</v>
       </c>
       <c r="L237" s="15">
         <v>0.73899</v>
       </c>
       <c r="M237" s="15">
         <v>0.73899</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="E238" s="15">
         <v>10080000037</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>50</v>
       </c>
       <c r="K238" s="15">
         <v>1.07</v>
       </c>
       <c r="L238" s="15">
         <v>0.8940900000000001</v>
       </c>
       <c r="M238" s="15">
         <v>0.85833</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="D239" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="E239" s="15" t="s">
         <v>570</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>100</v>
       </c>
       <c r="K239" s="15">
         <v>1.87</v>
       </c>
       <c r="L239" s="15">
         <v>1.32</v>
       </c>
       <c r="M239" s="15">
         <v>1.22</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="E240" s="15">
         <v>10080003587</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>100</v>
       </c>
       <c r="K240" s="15">
         <v>0.68624</v>
       </c>
       <c r="L240" s="15">
         <v>0.57186</v>
       </c>
       <c r="M240" s="15">
         <v>0.54898</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="E241" s="15">
         <v>10080039902</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>4000</v>
       </c>
       <c r="K241" s="15">
         <v>0.68516</v>
       </c>
       <c r="L241" s="15">
         <v>0.57096</v>
       </c>
       <c r="M241" s="15">
         <v>0.54814</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="E242" s="15">
         <v>10080071228</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>4000</v>
       </c>
       <c r="K242" s="15">
         <v>0.76248</v>
       </c>
       <c r="L242" s="15">
         <v>0.6395</v>
       </c>
       <c r="M242" s="15">
         <v>0.6149</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E243" s="15">
         <v>10080016084</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>90</v>
       </c>
       <c r="K243" s="15">
         <v>0.97211</v>
       </c>
       <c r="L243" s="15">
         <v>0.97211</v>
       </c>
       <c r="M243" s="15">
         <v>0.97211</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="E244" s="15">
         <v>10080060232</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>90</v>
       </c>
       <c r="K244" s="15">
         <v>1.41</v>
       </c>
       <c r="L244" s="15">
         <v>1.18</v>
       </c>
       <c r="M244" s="15">
         <v>1.14</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="E245" s="15">
         <v>10080066460</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>2000</v>
       </c>
       <c r="K245" s="15">
         <v>0.75195</v>
       </c>
       <c r="L245" s="15">
         <v>0.62662</v>
       </c>
       <c r="M245" s="15">
         <v>0.60155</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E246" s="15">
         <v>10080003079</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15"/>
       <c r="K246" s="15">
         <v>0.58011</v>
       </c>
       <c r="L246" s="15">
         <v>0.55793</v>
       </c>
       <c r="M246" s="15">
         <v>0.537</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
+        <v>581</v>
+      </c>
+      <c r="D247" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="E247" s="15" t="s">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>585</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15">
         <v>6000</v>
       </c>
       <c r="K247" s="15">
         <v>3.26</v>
       </c>
       <c r="L247" s="15">
         <v>2.74</v>
       </c>
       <c r="M247" s="15">
         <v>2.63</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D248" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="E248" s="15" t="s">
         <v>587</v>
-      </c>
-[...4 lines deleted...]
-        <v>589</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>6000</v>
       </c>
       <c r="K248" s="15">
         <v>1.71</v>
       </c>
       <c r="L248" s="15">
         <v>1.43</v>
       </c>
       <c r="M248" s="15">
         <v>1.38</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>588</v>
+      </c>
+      <c r="D249" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="E249" s="15" t="s">
         <v>590</v>
-      </c>
-[...4 lines deleted...]
-        <v>592</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>490</v>
       </c>
       <c r="K249" s="15">
         <v>1.42</v>
       </c>
       <c r="L249" s="15">
         <v>1.42</v>
       </c>
       <c r="M249" s="15">
         <v>1.42</v>
       </c>
       <c r="N249" s="15"/>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="D250" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="E250" s="15" t="s">
         <v>593</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>6000</v>
       </c>
       <c r="K250" s="15">
         <v>2.76</v>
       </c>
       <c r="L250" s="15">
         <v>2.31</v>
       </c>
       <c r="M250" s="15">
         <v>2.22</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="D251" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="E251" s="15" t="s">
         <v>596</v>
-      </c>
-[...4 lines deleted...]
-        <v>598</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>4000</v>
       </c>
       <c r="K251" s="15">
         <v>4.08</v>
       </c>
       <c r="L251" s="15">
         <v>3.91</v>
       </c>
       <c r="M251" s="15">
         <v>3.73</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E252" s="15">
         <v>10000018211</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
         <v>137</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
         <v>18</v>
       </c>
       <c r="K252" s="15">
         <v>1.54</v>
       </c>
       <c r="L252" s="15">
         <v>1.42</v>
       </c>
       <c r="M252" s="15">
         <v>0</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="E253" s="15">
         <v>10080065207</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>37</v>
       </c>
       <c r="K253" s="15">
         <v>2.67</v>
       </c>
       <c r="L253" s="15">
         <v>2.24</v>
       </c>
       <c r="M253" s="15">
         <v>2.15</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="E254" s="15">
         <v>10000030472</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
         <v>1.4</v>
       </c>
       <c r="L254" s="15">
         <v>1.16</v>
       </c>
       <c r="M254" s="15">
         <v>1.12</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="E255" s="15">
         <v>10080015750</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
         <v>137</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>18</v>
       </c>
       <c r="K255" s="15">
         <v>2.95</v>
       </c>
       <c r="L255" s="15">
         <v>2.48</v>
       </c>
       <c r="M255" s="15">
         <v>2.38</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="D256" s="15" t="s">
+        <v>607</v>
+      </c>
+      <c r="E256" s="15" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>37</v>
       </c>
       <c r="K256" s="15">
         <v>2.23</v>
       </c>
       <c r="L256" s="15">
         <v>2.13</v>
       </c>
       <c r="M256" s="15">
         <v>2.13</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15">
-        <v>876</v>
+        <v>896</v>
       </c>
       <c r="P256" s="15" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="E257" s="15">
         <v>10080052017</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="J257" s="15">
         <v>1000</v>
       </c>
       <c r="K257" s="15">
         <v>2.53</v>
       </c>
       <c r="L257" s="15">
         <v>2.19</v>
       </c>
       <c r="M257" s="15">
         <v>2.11</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="E258" s="15">
         <v>10080005951</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="J258" s="15">
         <v>1000</v>
       </c>
       <c r="K258" s="15">
         <v>1.36</v>
       </c>
       <c r="L258" s="15">
         <v>1.13</v>
       </c>
       <c r="M258" s="15">
         <v>1.09</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="E259" s="15">
         <v>10000018165</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
         <v>137</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15">
         <v>18</v>
       </c>
       <c r="K259" s="15">
         <v>1.48</v>
       </c>
       <c r="L259" s="15">
         <v>1.35</v>
       </c>
       <c r="M259" s="15">
         <v>0</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="E260" s="15">
         <v>10000020057</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
         <v>37</v>
       </c>
       <c r="K260" s="15">
         <v>1.35</v>
       </c>
       <c r="L260" s="15">
         <v>1.23</v>
       </c>
       <c r="M260" s="15">
         <v>0.91882</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="D261" s="15" t="s">
+        <v>619</v>
+      </c>
+      <c r="E261" s="15" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
         <v>490</v>
       </c>
       <c r="K261" s="15">
         <v>1.65</v>
       </c>
       <c r="L261" s="15">
         <v>1.37</v>
       </c>
       <c r="M261" s="15">
         <v>1.32</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="D262" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="E262" s="15" t="s">
         <v>624</v>
-      </c>
-[...4 lines deleted...]
-        <v>626</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>57</v>
       </c>
       <c r="K262" s="15">
         <v>1.68</v>
       </c>
       <c r="L262" s="15">
         <v>1.4</v>
       </c>
       <c r="M262" s="15">
         <v>1.34</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="E263" s="15">
         <v>10080003588</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15"/>
       <c r="K263" s="15">
         <v>0.98291</v>
       </c>
       <c r="L263" s="15">
         <v>0.98291</v>
       </c>
       <c r="M263" s="15">
         <v>0.98291</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="E264" s="15">
         <v>10000021893</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15"/>
       <c r="K264" s="15">
         <v>2.34</v>
       </c>
       <c r="L264" s="15">
         <v>1.95</v>
       </c>
       <c r="M264" s="15">
         <v>1.87</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D265" s="15" t="s">
+        <v>629</v>
+      </c>
+      <c r="E265" s="15" t="s">
         <v>630</v>
-      </c>
-[...4 lines deleted...]
-        <v>632</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="H265" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="J265" s="15">
         <v>100</v>
       </c>
       <c r="K265" s="15">
         <v>1.76</v>
       </c>
       <c r="L265" s="15">
         <v>1.48</v>
       </c>
       <c r="M265" s="15">
         <v>1.42</v>
       </c>
       <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="E266" s="15" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="J266" s="15">
         <v>100</v>
       </c>
       <c r="K266" s="15">
         <v>1.76</v>
       </c>
       <c r="L266" s="15">
         <v>1.48</v>
       </c>
       <c r="M266" s="15">
         <v>1.42</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="E267" s="15">
         <v>10080008021</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>95</v>
       </c>
       <c r="K267" s="15">
         <v>3.42</v>
       </c>
       <c r="L267" s="15">
         <v>2.87</v>
       </c>
       <c r="M267" s="15">
         <v>2.76</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="E268" s="15">
         <v>10080031506</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15"/>
       <c r="K268" s="15">
         <v>1.26</v>
       </c>
       <c r="L268" s="15">
         <v>1.03</v>
       </c>
       <c r="M268" s="15">
         <v>0.98738</v>
       </c>
       <c r="N268" s="15"/>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="D269" s="15" t="s">
+        <v>640</v>
+      </c>
+      <c r="E269" s="15" t="s">
         <v>641</v>
-      </c>
-[...4 lines deleted...]
-        <v>643</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>95</v>
       </c>
       <c r="K269" s="15">
         <v>1.38</v>
       </c>
       <c r="L269" s="15">
         <v>1.38</v>
       </c>
       <c r="M269" s="15">
         <v>1.38</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>642</v>
+      </c>
+      <c r="D270" s="15" t="s">
+        <v>643</v>
+      </c>
+      <c r="E270" s="15" t="s">
         <v>644</v>
-      </c>
-[...4 lines deleted...]
-        <v>646</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
         <v>146</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15"/>
       <c r="K270" s="15">
         <v>3.77</v>
       </c>
       <c r="L270" s="15">
         <v>3.77</v>
       </c>
       <c r="M270" s="15">
         <v>3.77</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>645</v>
+      </c>
+      <c r="D271" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="E271" s="15" t="s">
         <v>647</v>
-      </c>
-[...4 lines deleted...]
-        <v>649</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>6000</v>
       </c>
       <c r="K271" s="15">
         <v>0.67735</v>
       </c>
       <c r="L271" s="15">
         <v>0.5681</v>
       </c>
       <c r="M271" s="15">
         <v>0.54625</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>648</v>
+      </c>
+      <c r="D272" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="E272" s="15" t="s">
         <v>650</v>
-      </c>
-[...4 lines deleted...]
-        <v>652</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>50</v>
       </c>
       <c r="K272" s="15">
         <v>3.6</v>
       </c>
       <c r="L272" s="15">
         <v>3.02</v>
       </c>
       <c r="M272" s="15">
         <v>2.91</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="E273" s="15">
         <v>10080018063</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>57</v>
       </c>
       <c r="K273" s="15">
         <v>1.14</v>
       </c>
       <c r="L273" s="15">
         <v>1.14</v>
       </c>
       <c r="M273" s="15">
         <v>1.14</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>651</v>
+      </c>
+      <c r="D274" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="E274" s="15" t="s">
         <v>653</v>
-      </c>
-[...4 lines deleted...]
-        <v>655</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>57</v>
       </c>
       <c r="K274" s="15">
         <v>1.97</v>
       </c>
       <c r="L274" s="15">
         <v>1.48</v>
       </c>
       <c r="M274" s="15">
         <v>1.37</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
-      <c r="P274" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="E275" s="15">
         <v>10080032384</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>3000</v>
       </c>
       <c r="K275" s="15">
         <v>1.03</v>
       </c>
       <c r="L275" s="15">
         <v>1.03</v>
       </c>
       <c r="M275" s="15">
         <v>1.03</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="E276" s="15" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>3000</v>
       </c>
       <c r="K276" s="15">
         <v>1.31</v>
       </c>
       <c r="L276" s="15">
         <v>1.1</v>
       </c>
       <c r="M276" s="15">
         <v>1.06</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="E277" s="15">
         <v>10080018062</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>95</v>
       </c>
       <c r="K277" s="15">
         <v>1.31</v>
       </c>
       <c r="L277" s="15">
         <v>1.31</v>
       </c>
       <c r="M277" s="15">
         <v>1.31</v>
       </c>
       <c r="N277" s="15"/>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="E278" s="15">
         <v>10080065045</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>95</v>
       </c>
       <c r="K278" s="15">
         <v>2.06</v>
       </c>
       <c r="L278" s="15">
         <v>1.73</v>
       </c>
       <c r="M278" s="15">
         <v>1.66</v>
       </c>
       <c r="N278" s="15">
         <v>83</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="E279" s="15">
         <v>10080060233</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>2000</v>
       </c>
       <c r="K279" s="15">
         <v>1.28</v>
       </c>
       <c r="L279" s="15">
         <v>1.03</v>
       </c>
       <c r="M279" s="15">
         <v>0.99189</v>
       </c>
       <c r="N279" s="15"/>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15" t="s">
         <v>137</v>
       </c>
       <c r="H280" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>18</v>
       </c>
       <c r="K280" s="15">
         <v>4.93</v>
       </c>
       <c r="L280" s="15">
         <v>4.13</v>
       </c>
       <c r="M280" s="15">
         <v>3.97</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="E281" s="15">
         <v>10080018061</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="H281" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>560</v>
       </c>
       <c r="K281" s="15">
         <v>2.76</v>
       </c>
       <c r="L281" s="15">
         <v>1.93</v>
       </c>
       <c r="M281" s="15">
         <v>1.8</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H282" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>6000</v>
       </c>
       <c r="K282" s="15">
         <v>2.72</v>
       </c>
       <c r="L282" s="15">
         <v>2.28</v>
       </c>
       <c r="M282" s="15">
         <v>2.2</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H283" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>57</v>
       </c>
       <c r="K283" s="15">
         <v>4.83</v>
       </c>
       <c r="L283" s="15">
         <v>4.05</v>
       </c>
       <c r="M283" s="15">
         <v>3.89</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H284" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
         <v>4.49</v>
       </c>
       <c r="L284" s="15">
         <v>4.49</v>
       </c>
       <c r="M284" s="15">
         <v>4.49</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H285" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>3000</v>
       </c>
       <c r="K285" s="15">
-        <v>0.86979</v>
+        <v>1.07</v>
       </c>
       <c r="L285" s="15">
-        <v>0.75382</v>
+        <v>0.9231</v>
       </c>
       <c r="M285" s="15">
-        <v>0.72483</v>
+        <v>0.8875999999999999</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
-      <c r="P285" s="15"/>
+      <c r="P285" s="15" t="s">
+        <v>331</v>
+      </c>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
       <c r="E286" s="15" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="H286" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>57</v>
       </c>
       <c r="K286" s="15">
         <v>1.31</v>
       </c>
       <c r="L286" s="15">
         <v>1.31</v>
       </c>
       <c r="M286" s="15">
         <v>1.31</v>
       </c>
       <c r="N286" s="15">
-        <v>1804</v>
+        <v>1358</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="E287" s="15" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="H287" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>3000</v>
       </c>
       <c r="K287" s="15">
         <v>1.5</v>
       </c>
       <c r="L287" s="15">
         <v>1.5</v>
       </c>
       <c r="M287" s="15">
         <v>1.5</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E288" s="15">
         <v>10080032066</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H288" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>90</v>
       </c>
       <c r="K288" s="15">
         <v>2.28</v>
       </c>
       <c r="L288" s="15">
         <v>1.91</v>
       </c>
       <c r="M288" s="15">
         <v>1.84</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="E289" s="15" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H289" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>90</v>
       </c>
       <c r="K289" s="15">
         <v>2.06</v>
       </c>
       <c r="L289" s="15">
         <v>1.73</v>
       </c>
       <c r="M289" s="15">
         <v>1.66</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="E290" s="15">
         <v>10080066008</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15" t="s">
         <v>371</v>
       </c>
       <c r="H290" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
         <v>2.28</v>
       </c>
       <c r="L290" s="15">
         <v>1.9</v>
       </c>
       <c r="M290" s="15">
         <v>1.82</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="E291" s="15" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H291" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>90</v>
       </c>
       <c r="K291" s="15">
         <v>13.64</v>
       </c>
       <c r="L291" s="15">
         <v>11.44</v>
       </c>
       <c r="M291" s="15">
         <v>11</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="E292" s="15">
         <v>10080058592</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H292" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15"/>
       <c r="K292" s="15">
         <v>6</v>
       </c>
       <c r="L292" s="15">
         <v>4.84</v>
       </c>
       <c r="M292" s="15">
         <v>4.64</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="E293" s="15">
         <v>10080026977</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H293" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
         <v>160</v>
       </c>
       <c r="K293" s="15">
         <v>2.6</v>
       </c>
       <c r="L293" s="15">
         <v>1.82</v>
       </c>
       <c r="M293" s="15">
         <v>1.69</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H294" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15"/>
       <c r="K294" s="15">
         <v>75.95</v>
       </c>
       <c r="L294" s="15">
         <v>63.7</v>
       </c>
       <c r="M294" s="15">
         <v>61.25</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="E295" s="15">
         <v>10080053346</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15" t="s">
         <v>203</v>
       </c>
       <c r="H295" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
         <v>3.67</v>
       </c>
       <c r="L295" s="15">
         <v>3.01</v>
       </c>
       <c r="M295" s="15">
         <v>2.88</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
@@ -14195,317 +14186,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>