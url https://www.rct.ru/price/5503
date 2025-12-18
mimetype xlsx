--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2237,51 +2237,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.03908</v>
       </c>
       <c r="L9" s="15">
         <v>0.02828</v>
       </c>
       <c r="M9" s="15">
         <v>0.02467</v>
       </c>
       <c r="N9" s="15">
-        <v>31000</v>
+        <v>32000</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
@@ -2452,99 +2452,99 @@
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.10689</v>
+        <v>0.10998</v>
       </c>
       <c r="L15" s="15">
-        <v>0.09264</v>
+        <v>0.09532</v>
       </c>
       <c r="M15" s="15">
-        <v>0.08908000000000001</v>
+        <v>0.09165</v>
       </c>
       <c r="N15" s="15">
-        <v>238</v>
+        <v>225</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0012</v>
       </c>
       <c r="L16" s="15">
         <v>0.0012</v>
       </c>
       <c r="M16" s="15">
         <v>0.0012</v>
       </c>
       <c r="N16" s="15">
-        <v>10320</v>
+        <v>9960</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
@@ -2576,168 +2576,168 @@
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0012</v>
       </c>
       <c r="L18" s="15">
         <v>0.0012</v>
       </c>
       <c r="M18" s="15">
         <v>0.0012</v>
       </c>
       <c r="N18" s="15">
-        <v>14960</v>
+        <v>10880</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0012</v>
       </c>
       <c r="M19" s="15">
         <v>0.0012</v>
       </c>
       <c r="N19" s="15">
-        <v>15120</v>
+        <v>12420</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0012</v>
       </c>
       <c r="L20" s="15">
         <v>0.0012</v>
       </c>
       <c r="M20" s="15">
         <v>0.0012</v>
       </c>
       <c r="N20" s="15">
-        <v>10240</v>
+        <v>12160</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.0012</v>
       </c>
       <c r="L21" s="15">
         <v>0.0012</v>
       </c>
       <c r="M21" s="15">
         <v>0.0012</v>
       </c>
       <c r="N21" s="15">
-        <v>137460</v>
+        <v>131140</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15"/>
@@ -2991,90 +2991,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0012</v>
       </c>
       <c r="L29" s="15">
         <v>0.0012</v>
       </c>
       <c r="M29" s="15">
         <v>0.0012</v>
       </c>
       <c r="N29" s="15">
-        <v>503810</v>
+        <v>467390</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0012</v>
       </c>
       <c r="L30" s="15">
         <v>0.0012</v>
       </c>
       <c r="M30" s="15">
         <v>0.0012</v>
       </c>
       <c r="N30" s="15">
-        <v>171740</v>
+        <v>232680</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -3143,51 +3143,51 @@
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0012</v>
       </c>
       <c r="L33" s="15">
         <v>0.0012</v>
       </c>
       <c r="M33" s="15">
         <v>0.0012</v>
       </c>
       <c r="N33" s="15">
-        <v>209160</v>
+        <v>216720</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I34" s="15"/>
@@ -3589,90 +3589,90 @@
       <c r="D45" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.0012</v>
       </c>
       <c r="L45" s="15">
         <v>0.0012</v>
       </c>
       <c r="M45" s="15">
         <v>0.0012</v>
       </c>
       <c r="N45" s="15">
-        <v>346684</v>
+        <v>309976</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.0012</v>
       </c>
       <c r="L46" s="15">
         <v>0.0012</v>
       </c>
       <c r="M46" s="15">
         <v>0.0012</v>
       </c>
       <c r="N46" s="15">
-        <v>656</v>
+        <v>672</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I47" s="15"/>
@@ -3889,51 +3889,51 @@
       <c r="D53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.0012</v>
       </c>
       <c r="L53" s="15">
         <v>0.0012</v>
       </c>
       <c r="M53" s="15">
         <v>0.0012</v>
       </c>
       <c r="N53" s="15">
-        <v>5576</v>
+        <v>5178</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I54" s="15"/>
@@ -3965,129 +3965,129 @@
       <c r="D55" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0012</v>
       </c>
       <c r="L55" s="15">
         <v>0.0012</v>
       </c>
       <c r="M55" s="15">
         <v>0.0012</v>
       </c>
       <c r="N55" s="15">
-        <v>1620</v>
+        <v>1540</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0012</v>
       </c>
       <c r="L56" s="15">
         <v>0.0012</v>
       </c>
       <c r="M56" s="15">
         <v>0.0012</v>
       </c>
       <c r="N56" s="15">
-        <v>1480</v>
+        <v>1340</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0012</v>
       </c>
       <c r="L57" s="15">
         <v>0.0012</v>
       </c>
       <c r="M57" s="15">
         <v>0.0012</v>
       </c>
       <c r="N57" s="15">
-        <v>13104</v>
+        <v>11592</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I58" s="15"/>
@@ -4230,285 +4230,285 @@
       <c r="D62" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0012</v>
       </c>
       <c r="L62" s="15">
         <v>0.0012</v>
       </c>
       <c r="M62" s="15">
         <v>0.0012</v>
       </c>
       <c r="N62" s="15">
-        <v>75520</v>
+        <v>83780</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.0012</v>
       </c>
       <c r="L63" s="15">
         <v>0.0012</v>
       </c>
       <c r="M63" s="15">
         <v>0.0012</v>
       </c>
       <c r="N63" s="15">
-        <v>130130</v>
+        <v>128440</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.0012</v>
       </c>
       <c r="L64" s="15">
         <v>0.0012</v>
       </c>
       <c r="M64" s="15">
         <v>0.0012</v>
       </c>
       <c r="N64" s="15">
-        <v>95480</v>
+        <v>91760</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.0012</v>
       </c>
       <c r="L65" s="15">
         <v>0.0012</v>
       </c>
       <c r="M65" s="15">
         <v>0.0012</v>
       </c>
       <c r="N65" s="15">
-        <v>29494</v>
+        <v>41098</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00239</v>
       </c>
       <c r="L66" s="15">
         <v>0.00158</v>
       </c>
       <c r="M66" s="15">
         <v>0.00144</v>
       </c>
       <c r="N66" s="15">
-        <v>61599</v>
+        <v>60744</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.0012</v>
       </c>
       <c r="L67" s="15">
         <v>0.0012</v>
       </c>
       <c r="M67" s="15">
         <v>0.0012</v>
       </c>
       <c r="N67" s="15">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.0012</v>
       </c>
       <c r="L68" s="15">
         <v>0.0012</v>
       </c>
       <c r="M68" s="15">
         <v>0.0012</v>
       </c>
       <c r="N68" s="15">
-        <v>244</v>
+        <v>198</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
@@ -4577,51 +4577,51 @@
       <c r="D71" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.00133</v>
       </c>
       <c r="L71" s="15">
         <v>0.00133</v>
       </c>
       <c r="M71" s="15">
         <v>0.00133</v>
       </c>
       <c r="N71" s="15">
-        <v>763</v>
+        <v>654</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I72" s="15"/>
@@ -4764,90 +4764,90 @@
       <c r="D76" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0012</v>
       </c>
       <c r="L76" s="15">
         <v>0.0012</v>
       </c>
       <c r="M76" s="15">
         <v>0.0012</v>
       </c>
       <c r="N76" s="15">
-        <v>7830</v>
+        <v>6930</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.0012</v>
       </c>
       <c r="L77" s="15">
         <v>0.0012</v>
       </c>
       <c r="M77" s="15">
         <v>0.0012</v>
       </c>
       <c r="N77" s="15">
-        <v>12480</v>
+        <v>10720</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
@@ -4879,90 +4879,90 @@
       <c r="D79" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0012</v>
       </c>
       <c r="L79" s="15">
         <v>0.0012</v>
       </c>
       <c r="M79" s="15">
         <v>0.0012</v>
       </c>
       <c r="N79" s="15">
-        <v>11680</v>
+        <v>11840</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.0012</v>
       </c>
       <c r="L80" s="15">
         <v>0.0012</v>
       </c>
       <c r="M80" s="15">
         <v>0.0012</v>
       </c>
       <c r="N80" s="15">
-        <v>4350</v>
+        <v>3950</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I81" s="15"/>
@@ -4994,90 +4994,90 @@
       <c r="D82" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00131</v>
       </c>
       <c r="L82" s="15">
         <v>0.00131</v>
       </c>
       <c r="M82" s="15">
         <v>0.00131</v>
       </c>
       <c r="N82" s="15">
-        <v>11250</v>
+        <v>12300</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.00131</v>
       </c>
       <c r="L83" s="15">
         <v>0.00131</v>
       </c>
       <c r="M83" s="15">
         <v>0.00131</v>
       </c>
       <c r="N83" s="15">
-        <v>33440</v>
+        <v>30360</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I84" s="15"/>
@@ -5146,129 +5146,129 @@
       <c r="D86" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00145</v>
       </c>
       <c r="L86" s="15">
         <v>0.00145</v>
       </c>
       <c r="M86" s="15">
         <v>0.00145</v>
       </c>
       <c r="N86" s="15">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00131</v>
       </c>
       <c r="L87" s="15">
         <v>0.00131</v>
       </c>
       <c r="M87" s="15">
         <v>0.00131</v>
       </c>
       <c r="N87" s="15">
-        <v>15480</v>
+        <v>14940</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00131</v>
       </c>
       <c r="L88" s="15">
         <v>0.00131</v>
       </c>
       <c r="M88" s="15">
         <v>0.00131</v>
       </c>
       <c r="N88" s="15">
-        <v>1320</v>
+        <v>1260</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
@@ -5300,90 +5300,90 @@
       <c r="D90" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00131</v>
       </c>
       <c r="L90" s="15">
         <v>0.00131</v>
       </c>
       <c r="M90" s="15">
         <v>0.00131</v>
       </c>
       <c r="N90" s="15">
-        <v>9360</v>
+        <v>8880</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00131</v>
       </c>
       <c r="L91" s="15">
         <v>0.00131</v>
       </c>
       <c r="M91" s="15">
         <v>0.00131</v>
       </c>
       <c r="N91" s="15">
-        <v>6090</v>
+        <v>5670</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I92" s="15"/>
@@ -5415,558 +5415,558 @@
       <c r="D93" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00131</v>
       </c>
       <c r="L93" s="15">
         <v>0.00131</v>
       </c>
       <c r="M93" s="15">
         <v>0.00131</v>
       </c>
       <c r="N93" s="15">
-        <v>6750</v>
+        <v>6930</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>285</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00131</v>
       </c>
       <c r="L94" s="15">
         <v>0.00131</v>
       </c>
       <c r="M94" s="15">
         <v>0.00131</v>
       </c>
       <c r="N94" s="15">
-        <v>740</v>
+        <v>700</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00131</v>
       </c>
       <c r="L95" s="15">
         <v>0.00131</v>
       </c>
       <c r="M95" s="15">
         <v>0.00131</v>
       </c>
       <c r="N95" s="15">
-        <v>6880</v>
+        <v>6400</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.00131</v>
       </c>
       <c r="L96" s="15">
         <v>0.00131</v>
       </c>
       <c r="M96" s="15">
         <v>0.00131</v>
       </c>
       <c r="N96" s="15">
-        <v>8101</v>
+        <v>8000</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.00131</v>
       </c>
       <c r="L97" s="15">
         <v>0.00131</v>
       </c>
       <c r="M97" s="15">
         <v>0.00131</v>
       </c>
       <c r="N97" s="15">
-        <v>87120</v>
+        <v>95590</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>295</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00131</v>
       </c>
       <c r="L98" s="15">
         <v>0.00131</v>
       </c>
       <c r="M98" s="15">
         <v>0.00131</v>
       </c>
       <c r="N98" s="15">
-        <v>39900</v>
+        <v>49020</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00131</v>
       </c>
       <c r="L99" s="15">
         <v>0.00131</v>
       </c>
       <c r="M99" s="15">
         <v>0.00131</v>
       </c>
       <c r="N99" s="15">
-        <v>35260</v>
+        <v>27520</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00131</v>
       </c>
       <c r="L100" s="15">
         <v>0.00131</v>
       </c>
       <c r="M100" s="15">
         <v>0.00131</v>
       </c>
       <c r="N100" s="15">
-        <v>24180</v>
+        <v>27590</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00131</v>
       </c>
       <c r="L101" s="15">
         <v>0.00131</v>
       </c>
       <c r="M101" s="15">
         <v>0.00131</v>
       </c>
       <c r="N101" s="15">
-        <v>14910</v>
+        <v>18690</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.00131</v>
       </c>
       <c r="L102" s="15">
         <v>0.00131</v>
       </c>
       <c r="M102" s="15">
         <v>0.00131</v>
       </c>
       <c r="N102" s="15">
-        <v>5840</v>
+        <v>6800</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.00131</v>
       </c>
       <c r="L103" s="15">
         <v>0.00131</v>
       </c>
       <c r="M103" s="15">
         <v>0.00131</v>
       </c>
       <c r="N103" s="15">
-        <v>13050</v>
+        <v>9900</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.00145</v>
       </c>
       <c r="L104" s="15">
         <v>0.00145</v>
       </c>
       <c r="M104" s="15">
         <v>0.00145</v>
       </c>
       <c r="N104" s="15">
-        <v>800</v>
+        <v>900</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.00145</v>
       </c>
       <c r="L105" s="15">
         <v>0.00145</v>
       </c>
       <c r="M105" s="15">
         <v>0.00145</v>
       </c>
       <c r="N105" s="15">
-        <v>3105</v>
+        <v>2707</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00131</v>
       </c>
       <c r="L106" s="15">
         <v>0.00131</v>
       </c>
       <c r="M106" s="15">
         <v>0.00131</v>
       </c>
       <c r="N106" s="15">
-        <v>14260</v>
+        <v>19550</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
@@ -5998,129 +5998,129 @@
       <c r="D108" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>327</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>1000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00131</v>
       </c>
       <c r="L108" s="15">
         <v>0.00131</v>
       </c>
       <c r="M108" s="15">
         <v>0.00131</v>
       </c>
       <c r="N108" s="15">
-        <v>5460</v>
+        <v>6230</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.00131</v>
       </c>
       <c r="L109" s="15">
         <v>0.00131</v>
       </c>
       <c r="M109" s="15">
         <v>0.00131</v>
       </c>
       <c r="N109" s="15">
-        <v>45390</v>
+        <v>36720</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.00145</v>
       </c>
       <c r="L110" s="15">
         <v>0.00145</v>
       </c>
       <c r="M110" s="15">
         <v>0.00145</v>
       </c>
       <c r="N110" s="15">
-        <v>467</v>
+        <v>432</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I111" s="15"/>
@@ -6152,51 +6152,51 @@
       <c r="D112" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
         <v>0.00131</v>
       </c>
       <c r="L112" s="15">
         <v>0.00131</v>
       </c>
       <c r="M112" s="15">
         <v>0.00131</v>
       </c>
       <c r="N112" s="15">
-        <v>4150</v>
+        <v>3600</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I113" s="15"/>
@@ -6228,90 +6228,90 @@
       <c r="D114" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.00131</v>
       </c>
       <c r="L114" s="15">
         <v>0.00131</v>
       </c>
       <c r="M114" s="15">
         <v>0.00131</v>
       </c>
       <c r="N114" s="15">
-        <v>2640</v>
+        <v>2070</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.00131</v>
       </c>
       <c r="L115" s="15">
         <v>0.00131</v>
       </c>
       <c r="M115" s="15">
         <v>0.00131</v>
       </c>
       <c r="N115" s="15">
-        <v>2960</v>
+        <v>3280</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>349</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>350</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>351</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I116" s="15"/>
@@ -6417,51 +6417,51 @@
       <c r="D119" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>0.00131</v>
       </c>
       <c r="L119" s="15">
         <v>0.00131</v>
       </c>
       <c r="M119" s="15">
         <v>0.00131</v>
       </c>
       <c r="N119" s="15">
-        <v>20250</v>
+        <v>21500</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>361</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>362</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>363</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
@@ -6493,129 +6493,129 @@
       <c r="D121" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.00131</v>
       </c>
       <c r="L121" s="15">
         <v>0.00131</v>
       </c>
       <c r="M121" s="15">
         <v>0.00131</v>
       </c>
       <c r="N121" s="15">
-        <v>19780</v>
+        <v>20700</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>369</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00218</v>
       </c>
       <c r="L122" s="15">
         <v>0.00142</v>
       </c>
       <c r="M122" s="15">
         <v>0.00131</v>
       </c>
       <c r="N122" s="15">
-        <v>4380</v>
+        <v>4740</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.00218</v>
       </c>
       <c r="L123" s="15">
         <v>0.00142</v>
       </c>
       <c r="M123" s="15">
         <v>0.00131</v>
       </c>
       <c r="N123" s="15">
-        <v>6100</v>
+        <v>7000</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>375</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I124" s="15"/>
@@ -6647,51 +6647,51 @@
       <c r="D125" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>1000</v>
       </c>
       <c r="K125" s="15">
         <v>0.00218</v>
       </c>
       <c r="L125" s="15">
         <v>0.00142</v>
       </c>
       <c r="M125" s="15">
         <v>0.00131</v>
       </c>
       <c r="N125" s="15">
-        <v>7120</v>
+        <v>5600</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>381</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
@@ -6723,90 +6723,90 @@
       <c r="D127" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00218</v>
       </c>
       <c r="L127" s="15">
         <v>0.00142</v>
       </c>
       <c r="M127" s="15">
         <v>0.00131</v>
       </c>
       <c r="N127" s="15">
-        <v>5740</v>
+        <v>5670</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.00218</v>
       </c>
       <c r="L128" s="15">
         <v>0.00142</v>
       </c>
       <c r="M128" s="15">
         <v>0.00131</v>
       </c>
       <c r="N128" s="15">
-        <v>8700</v>
+        <v>7800</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
@@ -6840,51 +6840,51 @@
       <c r="D130" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00218</v>
       </c>
       <c r="L130" s="15">
         <v>0.00142</v>
       </c>
       <c r="M130" s="15">
         <v>0.00131</v>
       </c>
       <c r="N130" s="15">
-        <v>11560</v>
+        <v>13770</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I131" s="15"/>
@@ -6916,129 +6916,129 @@
       <c r="D132" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>399</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.00218</v>
       </c>
       <c r="L132" s="15">
         <v>0.00142</v>
       </c>
       <c r="M132" s="15">
         <v>0.00131</v>
       </c>
       <c r="N132" s="15">
-        <v>13350</v>
+        <v>10800</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.00218</v>
       </c>
       <c r="L133" s="15">
         <v>0.00142</v>
       </c>
       <c r="M133" s="15">
         <v>0.00131</v>
       </c>
       <c r="N133" s="15">
-        <v>9520</v>
+        <v>10640</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>403</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00218</v>
       </c>
       <c r="L134" s="15">
         <v>0.00142</v>
       </c>
       <c r="M134" s="15">
         <v>0.00131</v>
       </c>
       <c r="N134" s="15">
-        <v>248866</v>
+        <v>221551</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>408</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I135" s="15"/>
@@ -7070,51 +7070,51 @@
       <c r="D136" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.00218</v>
       </c>
       <c r="L136" s="15">
         <v>0.00142</v>
       </c>
       <c r="M136" s="15">
         <v>0.00131</v>
       </c>
       <c r="N136" s="15">
-        <v>5920</v>
+        <v>6000</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I137" s="15"/>
@@ -7183,90 +7183,90 @@
       <c r="D139" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.00218</v>
       </c>
       <c r="L139" s="15">
         <v>0.00164</v>
       </c>
       <c r="M139" s="15">
         <v>0.00152</v>
       </c>
       <c r="N139" s="15">
-        <v>108375</v>
+        <v>115600</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>423</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.00206</v>
       </c>
       <c r="L140" s="15">
         <v>0.00206</v>
       </c>
       <c r="M140" s="15">
         <v>0.00206</v>
       </c>
       <c r="N140" s="15">
-        <v>16995</v>
+        <v>23681</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>425</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I141" s="15"/>
@@ -7298,207 +7298,207 @@
       <c r="D142" s="15" t="s">
         <v>428</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00284</v>
       </c>
       <c r="L142" s="15">
         <v>0.00274</v>
       </c>
       <c r="M142" s="15">
         <v>0.00262</v>
       </c>
       <c r="N142" s="15">
-        <v>196712</v>
+        <v>167979</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00185</v>
       </c>
       <c r="L143" s="15">
         <v>0.00185</v>
       </c>
       <c r="M143" s="15">
         <v>0.00185</v>
       </c>
       <c r="N143" s="15">
-        <v>314275</v>
+        <v>381965</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>433</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>434</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>435</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.00761</v>
       </c>
       <c r="L144" s="15">
         <v>0.00761</v>
       </c>
       <c r="M144" s="15">
         <v>0.00761</v>
       </c>
       <c r="N144" s="15">
-        <v>83581</v>
+        <v>69483</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.01139</v>
       </c>
       <c r="L145" s="15">
         <v>0.00932</v>
       </c>
       <c r="M145" s="15">
         <v>0.00869</v>
       </c>
       <c r="N145" s="15">
-        <v>610</v>
+        <v>690</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.00145</v>
       </c>
       <c r="L146" s="15">
         <v>0.00145</v>
       </c>
       <c r="M146" s="15">
         <v>0.00145</v>
       </c>
       <c r="N146" s="15">
-        <v>2052</v>
+        <v>1718</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I147" s="15"/>
@@ -7639,51 +7639,51 @@
       <c r="D151" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.00145</v>
       </c>
       <c r="L151" s="15">
         <v>0.00145</v>
       </c>
       <c r="M151" s="15">
         <v>0.00145</v>
       </c>
       <c r="N151" s="15">
-        <v>6777</v>
+        <v>4830</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>459</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>