--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2228,60 +2228,60 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.03908</v>
+        <v>0.02802</v>
       </c>
       <c r="L9" s="15">
-        <v>0.02828</v>
+        <v>0.02428</v>
       </c>
       <c r="M9" s="15">
-        <v>0.02467</v>
+        <v>0.02335</v>
       </c>
       <c r="N9" s="15">
-        <v>32000</v>
+        <v>36500</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
@@ -2461,90 +2461,90 @@
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.10998</v>
       </c>
       <c r="L15" s="15">
         <v>0.09532</v>
       </c>
       <c r="M15" s="15">
         <v>0.09165</v>
       </c>
       <c r="N15" s="15">
-        <v>225</v>
+        <v>306</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0012</v>
       </c>
       <c r="L16" s="15">
         <v>0.0012</v>
       </c>
       <c r="M16" s="15">
         <v>0.0012</v>
       </c>
       <c r="N16" s="15">
-        <v>9960</v>
+        <v>7200</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
@@ -2576,168 +2576,168 @@
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0012</v>
       </c>
       <c r="L18" s="15">
         <v>0.0012</v>
       </c>
       <c r="M18" s="15">
         <v>0.0012</v>
       </c>
       <c r="N18" s="15">
-        <v>10880</v>
+        <v>13770</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0012</v>
       </c>
       <c r="M19" s="15">
         <v>0.0012</v>
       </c>
       <c r="N19" s="15">
-        <v>12420</v>
+        <v>13500</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0012</v>
       </c>
       <c r="L20" s="15">
         <v>0.0012</v>
       </c>
       <c r="M20" s="15">
         <v>0.0012</v>
       </c>
       <c r="N20" s="15">
-        <v>12160</v>
+        <v>10400</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.0012</v>
       </c>
       <c r="L21" s="15">
         <v>0.0012</v>
       </c>
       <c r="M21" s="15">
         <v>0.0012</v>
       </c>
       <c r="N21" s="15">
-        <v>131140</v>
+        <v>124820</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15"/>
@@ -2991,90 +2991,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0012</v>
       </c>
       <c r="L29" s="15">
         <v>0.0012</v>
       </c>
       <c r="M29" s="15">
         <v>0.0012</v>
       </c>
       <c r="N29" s="15">
-        <v>467390</v>
+        <v>479530</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0012</v>
       </c>
       <c r="L30" s="15">
         <v>0.0012</v>
       </c>
       <c r="M30" s="15">
         <v>0.0012</v>
       </c>
       <c r="N30" s="15">
-        <v>232680</v>
+        <v>246530</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -3143,51 +3143,51 @@
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0012</v>
       </c>
       <c r="L33" s="15">
         <v>0.0012</v>
       </c>
       <c r="M33" s="15">
         <v>0.0012</v>
       </c>
       <c r="N33" s="15">
-        <v>216720</v>
+        <v>163800</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I34" s="15"/>
@@ -3589,90 +3589,90 @@
       <c r="D45" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.0012</v>
       </c>
       <c r="L45" s="15">
         <v>0.0012</v>
       </c>
       <c r="M45" s="15">
         <v>0.0012</v>
       </c>
       <c r="N45" s="15">
-        <v>309976</v>
+        <v>277347</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.0012</v>
       </c>
       <c r="L46" s="15">
         <v>0.0012</v>
       </c>
       <c r="M46" s="15">
         <v>0.0012</v>
       </c>
       <c r="N46" s="15">
-        <v>672</v>
+        <v>720</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I47" s="15"/>
@@ -3889,51 +3889,51 @@
       <c r="D53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.0012</v>
       </c>
       <c r="L53" s="15">
         <v>0.0012</v>
       </c>
       <c r="M53" s="15">
         <v>0.0012</v>
       </c>
       <c r="N53" s="15">
-        <v>5178</v>
+        <v>5098</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I54" s="15"/>
@@ -3965,129 +3965,129 @@
       <c r="D55" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0012</v>
       </c>
       <c r="L55" s="15">
         <v>0.0012</v>
       </c>
       <c r="M55" s="15">
         <v>0.0012</v>
       </c>
       <c r="N55" s="15">
-        <v>1540</v>
+        <v>1240</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0012</v>
       </c>
       <c r="L56" s="15">
         <v>0.0012</v>
       </c>
       <c r="M56" s="15">
         <v>0.0012</v>
       </c>
       <c r="N56" s="15">
-        <v>1340</v>
+        <v>1480</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0012</v>
       </c>
       <c r="L57" s="15">
         <v>0.0012</v>
       </c>
       <c r="M57" s="15">
         <v>0.0012</v>
       </c>
       <c r="N57" s="15">
-        <v>11592</v>
+        <v>10920</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I58" s="15"/>
@@ -4230,285 +4230,285 @@
       <c r="D62" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0012</v>
       </c>
       <c r="L62" s="15">
         <v>0.0012</v>
       </c>
       <c r="M62" s="15">
         <v>0.0012</v>
       </c>
       <c r="N62" s="15">
-        <v>83780</v>
+        <v>103840</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.0012</v>
       </c>
       <c r="L63" s="15">
         <v>0.0012</v>
       </c>
       <c r="M63" s="15">
         <v>0.0012</v>
       </c>
       <c r="N63" s="15">
-        <v>128440</v>
+        <v>109850</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.0012</v>
       </c>
       <c r="L64" s="15">
         <v>0.0012</v>
       </c>
       <c r="M64" s="15">
         <v>0.0012</v>
       </c>
       <c r="N64" s="15">
-        <v>91760</v>
+        <v>78120</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.0012</v>
       </c>
       <c r="L65" s="15">
         <v>0.0012</v>
       </c>
       <c r="M65" s="15">
         <v>0.0012</v>
       </c>
       <c r="N65" s="15">
-        <v>41098</v>
+        <v>37230</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00239</v>
       </c>
       <c r="L66" s="15">
         <v>0.00158</v>
       </c>
       <c r="M66" s="15">
         <v>0.00144</v>
       </c>
       <c r="N66" s="15">
-        <v>60744</v>
+        <v>65877</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.0012</v>
       </c>
       <c r="L67" s="15">
         <v>0.0012</v>
       </c>
       <c r="M67" s="15">
         <v>0.0012</v>
       </c>
       <c r="N67" s="15">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.0012</v>
       </c>
       <c r="L68" s="15">
         <v>0.0012</v>
       </c>
       <c r="M68" s="15">
         <v>0.0012</v>
       </c>
       <c r="N68" s="15">
-        <v>198</v>
+        <v>270</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
@@ -4577,51 +4577,51 @@
       <c r="D71" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.00133</v>
       </c>
       <c r="L71" s="15">
         <v>0.00133</v>
       </c>
       <c r="M71" s="15">
         <v>0.00133</v>
       </c>
       <c r="N71" s="15">
-        <v>654</v>
+        <v>852</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I72" s="15"/>
@@ -4764,90 +4764,90 @@
       <c r="D76" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0012</v>
       </c>
       <c r="L76" s="15">
         <v>0.0012</v>
       </c>
       <c r="M76" s="15">
         <v>0.0012</v>
       </c>
       <c r="N76" s="15">
-        <v>6930</v>
+        <v>5850</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.0012</v>
       </c>
       <c r="L77" s="15">
         <v>0.0012</v>
       </c>
       <c r="M77" s="15">
         <v>0.0012</v>
       </c>
       <c r="N77" s="15">
-        <v>10720</v>
+        <v>11200</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
@@ -4879,90 +4879,90 @@
       <c r="D79" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0012</v>
       </c>
       <c r="L79" s="15">
         <v>0.0012</v>
       </c>
       <c r="M79" s="15">
         <v>0.0012</v>
       </c>
       <c r="N79" s="15">
-        <v>11840</v>
+        <v>12800</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.0012</v>
       </c>
       <c r="L80" s="15">
         <v>0.0012</v>
       </c>
       <c r="M80" s="15">
         <v>0.0012</v>
       </c>
       <c r="N80" s="15">
-        <v>3950</v>
+        <v>3050</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I81" s="15"/>
@@ -4994,90 +4994,90 @@
       <c r="D82" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00131</v>
       </c>
       <c r="L82" s="15">
         <v>0.00131</v>
       </c>
       <c r="M82" s="15">
         <v>0.00131</v>
       </c>
       <c r="N82" s="15">
-        <v>12300</v>
+        <v>12150</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.00131</v>
       </c>
       <c r="L83" s="15">
         <v>0.00131</v>
       </c>
       <c r="M83" s="15">
         <v>0.00131</v>
       </c>
       <c r="N83" s="15">
-        <v>30360</v>
+        <v>33440</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I84" s="15"/>
@@ -5146,129 +5146,129 @@
       <c r="D86" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00145</v>
       </c>
       <c r="L86" s="15">
         <v>0.00145</v>
       </c>
       <c r="M86" s="15">
         <v>0.00145</v>
       </c>
       <c r="N86" s="15">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00131</v>
       </c>
       <c r="L87" s="15">
         <v>0.00131</v>
       </c>
       <c r="M87" s="15">
         <v>0.00131</v>
       </c>
       <c r="N87" s="15">
-        <v>14940</v>
+        <v>14040</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00131</v>
       </c>
       <c r="L88" s="15">
         <v>0.00131</v>
       </c>
       <c r="M88" s="15">
         <v>0.00131</v>
       </c>
       <c r="N88" s="15">
-        <v>1260</v>
+        <v>1220</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
@@ -5300,90 +5300,90 @@
       <c r="D90" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00131</v>
       </c>
       <c r="L90" s="15">
         <v>0.00131</v>
       </c>
       <c r="M90" s="15">
         <v>0.00131</v>
       </c>
       <c r="N90" s="15">
-        <v>8880</v>
+        <v>7800</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00131</v>
       </c>
       <c r="L91" s="15">
         <v>0.00131</v>
       </c>
       <c r="M91" s="15">
         <v>0.00131</v>
       </c>
       <c r="N91" s="15">
-        <v>5670</v>
+        <v>4480</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I92" s="15"/>
@@ -5415,168 +5415,168 @@
       <c r="D93" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00131</v>
       </c>
       <c r="L93" s="15">
         <v>0.00131</v>
       </c>
       <c r="M93" s="15">
         <v>0.00131</v>
       </c>
       <c r="N93" s="15">
-        <v>6930</v>
+        <v>7200</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>285</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00131</v>
       </c>
       <c r="L94" s="15">
         <v>0.00131</v>
       </c>
       <c r="M94" s="15">
         <v>0.00131</v>
       </c>
       <c r="N94" s="15">
-        <v>700</v>
+        <v>850</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00131</v>
       </c>
       <c r="L95" s="15">
         <v>0.00131</v>
       </c>
       <c r="M95" s="15">
         <v>0.00131</v>
       </c>
       <c r="N95" s="15">
-        <v>6400</v>
+        <v>5840</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.00131</v>
       </c>
       <c r="L96" s="15">
         <v>0.00131</v>
       </c>
       <c r="M96" s="15">
         <v>0.00131</v>
       </c>
       <c r="N96" s="15">
-        <v>8000</v>
+        <v>6000</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I97" s="15"/>
@@ -5610,51 +5610,51 @@
       <c r="D98" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00131</v>
       </c>
       <c r="L98" s="15">
         <v>0.00131</v>
       </c>
       <c r="M98" s="15">
         <v>0.00131</v>
       </c>
       <c r="N98" s="15">
-        <v>49020</v>
+        <v>41040</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I99" s="15"/>
@@ -5688,129 +5688,129 @@
       <c r="D100" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00131</v>
       </c>
       <c r="L100" s="15">
         <v>0.00131</v>
       </c>
       <c r="M100" s="15">
         <v>0.00131</v>
       </c>
       <c r="N100" s="15">
-        <v>27590</v>
+        <v>23560</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00131</v>
       </c>
       <c r="L101" s="15">
         <v>0.00131</v>
       </c>
       <c r="M101" s="15">
         <v>0.00131</v>
       </c>
       <c r="N101" s="15">
-        <v>18690</v>
+        <v>15960</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.00131</v>
       </c>
       <c r="L102" s="15">
         <v>0.00131</v>
       </c>
       <c r="M102" s="15">
         <v>0.00131</v>
       </c>
       <c r="N102" s="15">
-        <v>6800</v>
+        <v>5040</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I103" s="15"/>
@@ -5844,129 +5844,129 @@
       <c r="D104" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.00145</v>
       </c>
       <c r="L104" s="15">
         <v>0.00145</v>
       </c>
       <c r="M104" s="15">
         <v>0.00145</v>
       </c>
       <c r="N104" s="15">
-        <v>900</v>
+        <v>780</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.00145</v>
       </c>
       <c r="L105" s="15">
         <v>0.00145</v>
       </c>
       <c r="M105" s="15">
         <v>0.00145</v>
       </c>
       <c r="N105" s="15">
-        <v>2707</v>
+        <v>2627</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00131</v>
       </c>
       <c r="L106" s="15">
         <v>0.00131</v>
       </c>
       <c r="M106" s="15">
         <v>0.00131</v>
       </c>
       <c r="N106" s="15">
-        <v>19550</v>
+        <v>14490</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
@@ -5998,129 +5998,129 @@
       <c r="D108" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>327</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>1000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00131</v>
       </c>
       <c r="L108" s="15">
         <v>0.00131</v>
       </c>
       <c r="M108" s="15">
         <v>0.00131</v>
       </c>
       <c r="N108" s="15">
-        <v>6230</v>
+        <v>4270</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.00131</v>
       </c>
       <c r="L109" s="15">
         <v>0.00131</v>
       </c>
       <c r="M109" s="15">
         <v>0.00131</v>
       </c>
       <c r="N109" s="15">
-        <v>36720</v>
+        <v>44880</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.00145</v>
       </c>
       <c r="L110" s="15">
         <v>0.00145</v>
       </c>
       <c r="M110" s="15">
         <v>0.00145</v>
       </c>
       <c r="N110" s="15">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I111" s="15"/>
@@ -6228,90 +6228,90 @@
       <c r="D114" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.00131</v>
       </c>
       <c r="L114" s="15">
         <v>0.00131</v>
       </c>
       <c r="M114" s="15">
         <v>0.00131</v>
       </c>
       <c r="N114" s="15">
-        <v>2070</v>
+        <v>1980</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.00131</v>
       </c>
       <c r="L115" s="15">
         <v>0.00131</v>
       </c>
       <c r="M115" s="15">
         <v>0.00131</v>
       </c>
       <c r="N115" s="15">
-        <v>3280</v>
+        <v>2400</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>349</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>350</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>351</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I116" s="15"/>
@@ -6417,51 +6417,51 @@
       <c r="D119" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>0.00131</v>
       </c>
       <c r="L119" s="15">
         <v>0.00131</v>
       </c>
       <c r="M119" s="15">
         <v>0.00131</v>
       </c>
       <c r="N119" s="15">
-        <v>21500</v>
+        <v>17250</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>361</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>362</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>363</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
@@ -6493,129 +6493,129 @@
       <c r="D121" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.00131</v>
       </c>
       <c r="L121" s="15">
         <v>0.00131</v>
       </c>
       <c r="M121" s="15">
         <v>0.00131</v>
       </c>
       <c r="N121" s="15">
-        <v>20700</v>
+        <v>19550</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>369</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00218</v>
       </c>
       <c r="L122" s="15">
         <v>0.00142</v>
       </c>
       <c r="M122" s="15">
         <v>0.00131</v>
       </c>
       <c r="N122" s="15">
-        <v>4740</v>
+        <v>4140</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.00218</v>
       </c>
       <c r="L123" s="15">
         <v>0.00142</v>
       </c>
       <c r="M123" s="15">
         <v>0.00131</v>
       </c>
       <c r="N123" s="15">
-        <v>7000</v>
+        <v>6200</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>375</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I124" s="15"/>
@@ -6647,51 +6647,51 @@
       <c r="D125" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>1000</v>
       </c>
       <c r="K125" s="15">
         <v>0.00218</v>
       </c>
       <c r="L125" s="15">
         <v>0.00142</v>
       </c>
       <c r="M125" s="15">
         <v>0.00131</v>
       </c>
       <c r="N125" s="15">
-        <v>5600</v>
+        <v>6560</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>381</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
@@ -6723,90 +6723,90 @@
       <c r="D127" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00218</v>
       </c>
       <c r="L127" s="15">
         <v>0.00142</v>
       </c>
       <c r="M127" s="15">
         <v>0.00131</v>
       </c>
       <c r="N127" s="15">
-        <v>5670</v>
+        <v>5390</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.00218</v>
       </c>
       <c r="L128" s="15">
         <v>0.00142</v>
       </c>
       <c r="M128" s="15">
         <v>0.00131</v>
       </c>
       <c r="N128" s="15">
-        <v>7800</v>
+        <v>8101</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
@@ -6840,51 +6840,51 @@
       <c r="D130" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00218</v>
       </c>
       <c r="L130" s="15">
         <v>0.00142</v>
       </c>
       <c r="M130" s="15">
         <v>0.00131</v>
       </c>
       <c r="N130" s="15">
-        <v>13770</v>
+        <v>10370</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I131" s="15"/>
@@ -6916,129 +6916,129 @@
       <c r="D132" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>399</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.00218</v>
       </c>
       <c r="L132" s="15">
         <v>0.00142</v>
       </c>
       <c r="M132" s="15">
         <v>0.00131</v>
       </c>
       <c r="N132" s="15">
-        <v>10800</v>
+        <v>11700</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.00218</v>
       </c>
       <c r="L133" s="15">
         <v>0.00142</v>
       </c>
       <c r="M133" s="15">
         <v>0.00131</v>
       </c>
       <c r="N133" s="15">
-        <v>10640</v>
+        <v>8680</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>403</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00218</v>
       </c>
       <c r="L134" s="15">
         <v>0.00142</v>
       </c>
       <c r="M134" s="15">
         <v>0.00131</v>
       </c>
       <c r="N134" s="15">
-        <v>221551</v>
+        <v>245831</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>408</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I135" s="15"/>
@@ -7070,51 +7070,51 @@
       <c r="D136" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.00218</v>
       </c>
       <c r="L136" s="15">
         <v>0.00142</v>
       </c>
       <c r="M136" s="15">
         <v>0.00131</v>
       </c>
       <c r="N136" s="15">
-        <v>6000</v>
+        <v>6960</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I137" s="15"/>
@@ -7183,90 +7183,90 @@
       <c r="D139" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.00218</v>
       </c>
       <c r="L139" s="15">
         <v>0.00164</v>
       </c>
       <c r="M139" s="15">
         <v>0.00152</v>
       </c>
       <c r="N139" s="15">
-        <v>115600</v>
+        <v>91035</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>423</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.00206</v>
       </c>
       <c r="L140" s="15">
         <v>0.00206</v>
       </c>
       <c r="M140" s="15">
         <v>0.00206</v>
       </c>
       <c r="N140" s="15">
-        <v>23681</v>
+        <v>20060</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>425</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I141" s="15"/>
@@ -7298,207 +7298,207 @@
       <c r="D142" s="15" t="s">
         <v>428</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00284</v>
       </c>
       <c r="L142" s="15">
         <v>0.00274</v>
       </c>
       <c r="M142" s="15">
         <v>0.00262</v>
       </c>
       <c r="N142" s="15">
-        <v>167979</v>
+        <v>154717</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00185</v>
       </c>
       <c r="L143" s="15">
         <v>0.00185</v>
       </c>
       <c r="M143" s="15">
         <v>0.00185</v>
       </c>
       <c r="N143" s="15">
-        <v>381965</v>
+        <v>294325</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>433</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>434</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>435</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.00761</v>
       </c>
       <c r="L144" s="15">
         <v>0.00761</v>
       </c>
       <c r="M144" s="15">
         <v>0.00761</v>
       </c>
       <c r="N144" s="15">
-        <v>69483</v>
+        <v>72504</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.01139</v>
       </c>
       <c r="L145" s="15">
         <v>0.00932</v>
       </c>
       <c r="M145" s="15">
         <v>0.00869</v>
       </c>
       <c r="N145" s="15">
-        <v>690</v>
+        <v>860</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.00145</v>
       </c>
       <c r="L146" s="15">
         <v>0.00145</v>
       </c>
       <c r="M146" s="15">
         <v>0.00145</v>
       </c>
       <c r="N146" s="15">
-        <v>1718</v>
+        <v>2206</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I147" s="15"/>
@@ -7639,51 +7639,51 @@
       <c r="D151" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.00145</v>
       </c>
       <c r="L151" s="15">
         <v>0.00145</v>
       </c>
       <c r="M151" s="15">
         <v>0.00145</v>
       </c>
       <c r="N151" s="15">
-        <v>4830</v>
+        <v>6933</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>459</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>