--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2237,51 +2237,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02802</v>
       </c>
       <c r="L9" s="15">
         <v>0.02428</v>
       </c>
       <c r="M9" s="15">
         <v>0.02335</v>
       </c>
       <c r="N9" s="15">
-        <v>36500</v>
+        <v>37500</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
@@ -2461,90 +2461,90 @@
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.10998</v>
       </c>
       <c r="L15" s="15">
         <v>0.09532</v>
       </c>
       <c r="M15" s="15">
         <v>0.09165</v>
       </c>
       <c r="N15" s="15">
-        <v>306</v>
+        <v>269</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0012</v>
       </c>
       <c r="L16" s="15">
         <v>0.0012</v>
       </c>
       <c r="M16" s="15">
         <v>0.0012</v>
       </c>
       <c r="N16" s="15">
-        <v>7200</v>
+        <v>8760</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
@@ -2576,168 +2576,168 @@
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0012</v>
       </c>
       <c r="L18" s="15">
         <v>0.0012</v>
       </c>
       <c r="M18" s="15">
         <v>0.0012</v>
       </c>
       <c r="N18" s="15">
-        <v>13770</v>
+        <v>13090</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0012</v>
       </c>
       <c r="M19" s="15">
         <v>0.0012</v>
       </c>
       <c r="N19" s="15">
-        <v>13500</v>
+        <v>13140</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0012</v>
       </c>
       <c r="L20" s="15">
         <v>0.0012</v>
       </c>
       <c r="M20" s="15">
         <v>0.0012</v>
       </c>
       <c r="N20" s="15">
-        <v>10400</v>
+        <v>13920</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.0012</v>
       </c>
       <c r="L21" s="15">
         <v>0.0012</v>
       </c>
       <c r="M21" s="15">
         <v>0.0012</v>
       </c>
       <c r="N21" s="15">
-        <v>124820</v>
+        <v>113760</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15"/>
@@ -2991,90 +2991,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0012</v>
       </c>
       <c r="L29" s="15">
         <v>0.0012</v>
       </c>
       <c r="M29" s="15">
         <v>0.0012</v>
       </c>
       <c r="N29" s="15">
-        <v>479530</v>
+        <v>467390</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0012</v>
       </c>
       <c r="L30" s="15">
         <v>0.0012</v>
       </c>
       <c r="M30" s="15">
         <v>0.0012</v>
       </c>
       <c r="N30" s="15">
-        <v>246530</v>
+        <v>243760</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -3143,51 +3143,51 @@
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0012</v>
       </c>
       <c r="L33" s="15">
         <v>0.0012</v>
       </c>
       <c r="M33" s="15">
         <v>0.0012</v>
       </c>
       <c r="N33" s="15">
-        <v>163800</v>
+        <v>156240</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I34" s="15"/>
@@ -3589,90 +3589,90 @@
       <c r="D45" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.0012</v>
       </c>
       <c r="L45" s="15">
         <v>0.0012</v>
       </c>
       <c r="M45" s="15">
         <v>0.0012</v>
       </c>
       <c r="N45" s="15">
-        <v>277347</v>
+        <v>334448</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.0012</v>
       </c>
       <c r="L46" s="15">
         <v>0.0012</v>
       </c>
       <c r="M46" s="15">
         <v>0.0012</v>
       </c>
       <c r="N46" s="15">
-        <v>720</v>
+        <v>568</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I47" s="15"/>
@@ -3889,51 +3889,51 @@
       <c r="D53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.0012</v>
       </c>
       <c r="L53" s="15">
         <v>0.0012</v>
       </c>
       <c r="M53" s="15">
         <v>0.0012</v>
       </c>
       <c r="N53" s="15">
-        <v>5098</v>
+        <v>7169</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I54" s="15"/>
@@ -3965,129 +3965,129 @@
       <c r="D55" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0012</v>
       </c>
       <c r="L55" s="15">
         <v>0.0012</v>
       </c>
       <c r="M55" s="15">
         <v>0.0012</v>
       </c>
       <c r="N55" s="15">
-        <v>1240</v>
+        <v>1420</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0012</v>
       </c>
       <c r="L56" s="15">
         <v>0.0012</v>
       </c>
       <c r="M56" s="15">
         <v>0.0012</v>
       </c>
       <c r="N56" s="15">
-        <v>1480</v>
+        <v>1540</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0012</v>
       </c>
       <c r="L57" s="15">
         <v>0.0012</v>
       </c>
       <c r="M57" s="15">
         <v>0.0012</v>
       </c>
       <c r="N57" s="15">
-        <v>10920</v>
+        <v>15120</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I58" s="15"/>
@@ -4230,285 +4230,285 @@
       <c r="D62" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0012</v>
       </c>
       <c r="L62" s="15">
         <v>0.0012</v>
       </c>
       <c r="M62" s="15">
         <v>0.0012</v>
       </c>
       <c r="N62" s="15">
-        <v>103840</v>
+        <v>73160</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.0012</v>
       </c>
       <c r="L63" s="15">
         <v>0.0012</v>
       </c>
       <c r="M63" s="15">
         <v>0.0012</v>
       </c>
       <c r="N63" s="15">
-        <v>109850</v>
+        <v>145340</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.0012</v>
       </c>
       <c r="L64" s="15">
         <v>0.0012</v>
       </c>
       <c r="M64" s="15">
         <v>0.0012</v>
       </c>
       <c r="N64" s="15">
-        <v>78120</v>
+        <v>100440</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.0012</v>
       </c>
       <c r="L65" s="15">
         <v>0.0012</v>
       </c>
       <c r="M65" s="15">
         <v>0.0012</v>
       </c>
       <c r="N65" s="15">
-        <v>37230</v>
+        <v>36263</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00239</v>
       </c>
       <c r="L66" s="15">
         <v>0.00158</v>
       </c>
       <c r="M66" s="15">
         <v>0.00144</v>
       </c>
       <c r="N66" s="15">
-        <v>65877</v>
+        <v>53900</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.0012</v>
       </c>
       <c r="L67" s="15">
         <v>0.0012</v>
       </c>
       <c r="M67" s="15">
         <v>0.0012</v>
       </c>
       <c r="N67" s="15">
-        <v>316</v>
+        <v>260</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.0012</v>
       </c>
       <c r="L68" s="15">
         <v>0.0012</v>
       </c>
       <c r="M68" s="15">
         <v>0.0012</v>
       </c>
       <c r="N68" s="15">
-        <v>270</v>
+        <v>287</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
@@ -4577,51 +4577,51 @@
       <c r="D71" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.00133</v>
       </c>
       <c r="L71" s="15">
         <v>0.00133</v>
       </c>
       <c r="M71" s="15">
         <v>0.00133</v>
       </c>
       <c r="N71" s="15">
-        <v>852</v>
+        <v>773</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I72" s="15"/>
@@ -4764,90 +4764,90 @@
       <c r="D76" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0012</v>
       </c>
       <c r="L76" s="15">
         <v>0.0012</v>
       </c>
       <c r="M76" s="15">
         <v>0.0012</v>
       </c>
       <c r="N76" s="15">
-        <v>5850</v>
+        <v>6840</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.0012</v>
       </c>
       <c r="L77" s="15">
         <v>0.0012</v>
       </c>
       <c r="M77" s="15">
         <v>0.0012</v>
       </c>
       <c r="N77" s="15">
-        <v>11200</v>
+        <v>11360</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
@@ -4879,90 +4879,90 @@
       <c r="D79" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0012</v>
       </c>
       <c r="L79" s="15">
         <v>0.0012</v>
       </c>
       <c r="M79" s="15">
         <v>0.0012</v>
       </c>
       <c r="N79" s="15">
-        <v>12800</v>
+        <v>9920</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.0012</v>
       </c>
       <c r="L80" s="15">
         <v>0.0012</v>
       </c>
       <c r="M80" s="15">
         <v>0.0012</v>
       </c>
       <c r="N80" s="15">
-        <v>3050</v>
+        <v>3800</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I81" s="15"/>
@@ -4994,90 +4994,90 @@
       <c r="D82" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00131</v>
       </c>
       <c r="L82" s="15">
         <v>0.00131</v>
       </c>
       <c r="M82" s="15">
         <v>0.00131</v>
       </c>
       <c r="N82" s="15">
-        <v>12150</v>
+        <v>9900</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.00131</v>
       </c>
       <c r="L83" s="15">
         <v>0.00131</v>
       </c>
       <c r="M83" s="15">
         <v>0.00131</v>
       </c>
       <c r="N83" s="15">
-        <v>33440</v>
+        <v>35640</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I84" s="15"/>
@@ -5146,129 +5146,129 @@
       <c r="D86" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00145</v>
       </c>
       <c r="L86" s="15">
         <v>0.00145</v>
       </c>
       <c r="M86" s="15">
         <v>0.00145</v>
       </c>
       <c r="N86" s="15">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00131</v>
       </c>
       <c r="L87" s="15">
         <v>0.00131</v>
       </c>
       <c r="M87" s="15">
         <v>0.00131</v>
       </c>
       <c r="N87" s="15">
-        <v>14040</v>
+        <v>12600</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00131</v>
       </c>
       <c r="L88" s="15">
         <v>0.00131</v>
       </c>
       <c r="M88" s="15">
         <v>0.00131</v>
       </c>
       <c r="N88" s="15">
-        <v>1220</v>
+        <v>1660</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
@@ -5300,51 +5300,51 @@
       <c r="D90" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00131</v>
       </c>
       <c r="L90" s="15">
         <v>0.00131</v>
       </c>
       <c r="M90" s="15">
         <v>0.00131</v>
       </c>
       <c r="N90" s="15">
-        <v>7800</v>
+        <v>9120</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I91" s="15"/>
@@ -5415,558 +5415,558 @@
       <c r="D93" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00131</v>
       </c>
       <c r="L93" s="15">
         <v>0.00131</v>
       </c>
       <c r="M93" s="15">
         <v>0.00131</v>
       </c>
       <c r="N93" s="15">
-        <v>7200</v>
+        <v>5670</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>285</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00131</v>
       </c>
       <c r="L94" s="15">
         <v>0.00131</v>
       </c>
       <c r="M94" s="15">
         <v>0.00131</v>
       </c>
       <c r="N94" s="15">
-        <v>850</v>
+        <v>780</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00131</v>
       </c>
       <c r="L95" s="15">
         <v>0.00131</v>
       </c>
       <c r="M95" s="15">
         <v>0.00131</v>
       </c>
       <c r="N95" s="15">
-        <v>5840</v>
+        <v>6880</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.00131</v>
       </c>
       <c r="L96" s="15">
         <v>0.00131</v>
       </c>
       <c r="M96" s="15">
         <v>0.00131</v>
       </c>
       <c r="N96" s="15">
-        <v>6000</v>
+        <v>7700</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.00131</v>
       </c>
       <c r="L97" s="15">
         <v>0.00131</v>
       </c>
       <c r="M97" s="15">
         <v>0.00131</v>
       </c>
       <c r="N97" s="15">
-        <v>95590</v>
+        <v>79860</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>295</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00131</v>
       </c>
       <c r="L98" s="15">
         <v>0.00131</v>
       </c>
       <c r="M98" s="15">
         <v>0.00131</v>
       </c>
       <c r="N98" s="15">
-        <v>41040</v>
+        <v>36480</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00131</v>
       </c>
       <c r="L99" s="15">
         <v>0.00131</v>
       </c>
       <c r="M99" s="15">
         <v>0.00131</v>
       </c>
       <c r="N99" s="15">
-        <v>27520</v>
+        <v>25800</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00131</v>
       </c>
       <c r="L100" s="15">
         <v>0.00131</v>
       </c>
       <c r="M100" s="15">
         <v>0.00131</v>
       </c>
       <c r="N100" s="15">
-        <v>23560</v>
+        <v>26350</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00131</v>
       </c>
       <c r="L101" s="15">
         <v>0.00131</v>
       </c>
       <c r="M101" s="15">
         <v>0.00131</v>
       </c>
       <c r="N101" s="15">
-        <v>15960</v>
+        <v>13020</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.00131</v>
       </c>
       <c r="L102" s="15">
         <v>0.00131</v>
       </c>
       <c r="M102" s="15">
         <v>0.00131</v>
       </c>
       <c r="N102" s="15">
-        <v>5040</v>
+        <v>6960</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.00131</v>
       </c>
       <c r="L103" s="15">
         <v>0.00131</v>
       </c>
       <c r="M103" s="15">
         <v>0.00131</v>
       </c>
       <c r="N103" s="15">
-        <v>9900</v>
+        <v>13500</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.00145</v>
       </c>
       <c r="L104" s="15">
         <v>0.00145</v>
       </c>
       <c r="M104" s="15">
         <v>0.00145</v>
       </c>
       <c r="N104" s="15">
-        <v>780</v>
+        <v>670</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.00145</v>
       </c>
       <c r="L105" s="15">
         <v>0.00145</v>
       </c>
       <c r="M105" s="15">
         <v>0.00145</v>
       </c>
       <c r="N105" s="15">
-        <v>2627</v>
+        <v>3344</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00131</v>
       </c>
       <c r="L106" s="15">
         <v>0.00131</v>
       </c>
       <c r="M106" s="15">
         <v>0.00131</v>
       </c>
       <c r="N106" s="15">
-        <v>14490</v>
+        <v>20010</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
@@ -5998,129 +5998,129 @@
       <c r="D108" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>327</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>1000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00131</v>
       </c>
       <c r="L108" s="15">
         <v>0.00131</v>
       </c>
       <c r="M108" s="15">
         <v>0.00131</v>
       </c>
       <c r="N108" s="15">
-        <v>4270</v>
+        <v>5250</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.00131</v>
       </c>
       <c r="L109" s="15">
         <v>0.00131</v>
       </c>
       <c r="M109" s="15">
         <v>0.00131</v>
       </c>
       <c r="N109" s="15">
-        <v>44880</v>
+        <v>34170</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.00145</v>
       </c>
       <c r="L110" s="15">
         <v>0.00145</v>
       </c>
       <c r="M110" s="15">
         <v>0.00145</v>
       </c>
       <c r="N110" s="15">
-        <v>439</v>
+        <v>592</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I111" s="15"/>
@@ -6152,51 +6152,51 @@
       <c r="D112" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
         <v>0.00131</v>
       </c>
       <c r="L112" s="15">
         <v>0.00131</v>
       </c>
       <c r="M112" s="15">
         <v>0.00131</v>
       </c>
       <c r="N112" s="15">
-        <v>3600</v>
+        <v>3150</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I113" s="15"/>
@@ -6228,90 +6228,90 @@
       <c r="D114" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.00131</v>
       </c>
       <c r="L114" s="15">
         <v>0.00131</v>
       </c>
       <c r="M114" s="15">
         <v>0.00131</v>
       </c>
       <c r="N114" s="15">
-        <v>1980</v>
+        <v>2580</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.00131</v>
       </c>
       <c r="L115" s="15">
         <v>0.00131</v>
       </c>
       <c r="M115" s="15">
         <v>0.00131</v>
       </c>
       <c r="N115" s="15">
-        <v>2400</v>
+        <v>2480</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>349</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>350</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>351</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I116" s="15"/>
@@ -6417,51 +6417,51 @@
       <c r="D119" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>0.00131</v>
       </c>
       <c r="L119" s="15">
         <v>0.00131</v>
       </c>
       <c r="M119" s="15">
         <v>0.00131</v>
       </c>
       <c r="N119" s="15">
-        <v>17250</v>
+        <v>20500</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>361</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>362</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>363</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
@@ -6493,129 +6493,129 @@
       <c r="D121" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.00131</v>
       </c>
       <c r="L121" s="15">
         <v>0.00131</v>
       </c>
       <c r="M121" s="15">
         <v>0.00131</v>
       </c>
       <c r="N121" s="15">
-        <v>19550</v>
+        <v>17250</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>369</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00218</v>
       </c>
       <c r="L122" s="15">
         <v>0.00142</v>
       </c>
       <c r="M122" s="15">
         <v>0.00131</v>
       </c>
       <c r="N122" s="15">
-        <v>4140</v>
+        <v>5100</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.00218</v>
       </c>
       <c r="L123" s="15">
         <v>0.00142</v>
       </c>
       <c r="M123" s="15">
         <v>0.00131</v>
       </c>
       <c r="N123" s="15">
-        <v>6200</v>
+        <v>6900</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>375</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I124" s="15"/>
@@ -6647,51 +6647,51 @@
       <c r="D125" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>1000</v>
       </c>
       <c r="K125" s="15">
         <v>0.00218</v>
       </c>
       <c r="L125" s="15">
         <v>0.00142</v>
       </c>
       <c r="M125" s="15">
         <v>0.00131</v>
       </c>
       <c r="N125" s="15">
-        <v>6560</v>
+        <v>6640</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>381</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
@@ -6723,90 +6723,90 @@
       <c r="D127" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00218</v>
       </c>
       <c r="L127" s="15">
         <v>0.00142</v>
       </c>
       <c r="M127" s="15">
         <v>0.00131</v>
       </c>
       <c r="N127" s="15">
-        <v>5390</v>
+        <v>5670</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.00218</v>
       </c>
       <c r="L128" s="15">
         <v>0.00142</v>
       </c>
       <c r="M128" s="15">
         <v>0.00131</v>
       </c>
       <c r="N128" s="15">
-        <v>8101</v>
+        <v>8200</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
@@ -6840,51 +6840,51 @@
       <c r="D130" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00218</v>
       </c>
       <c r="L130" s="15">
         <v>0.00142</v>
       </c>
       <c r="M130" s="15">
         <v>0.00131</v>
       </c>
       <c r="N130" s="15">
-        <v>10370</v>
+        <v>15130</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I131" s="15"/>
@@ -6916,129 +6916,129 @@
       <c r="D132" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>399</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.00218</v>
       </c>
       <c r="L132" s="15">
         <v>0.00142</v>
       </c>
       <c r="M132" s="15">
         <v>0.00131</v>
       </c>
       <c r="N132" s="15">
-        <v>11700</v>
+        <v>10950</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.00218</v>
       </c>
       <c r="L133" s="15">
         <v>0.00142</v>
       </c>
       <c r="M133" s="15">
         <v>0.00131</v>
       </c>
       <c r="N133" s="15">
-        <v>8680</v>
+        <v>11340</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>403</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00218</v>
       </c>
       <c r="L134" s="15">
         <v>0.00142</v>
       </c>
       <c r="M134" s="15">
         <v>0.00131</v>
       </c>
       <c r="N134" s="15">
-        <v>245831</v>
+        <v>194237</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>408</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I135" s="15"/>
@@ -7070,51 +7070,51 @@
       <c r="D136" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.00218</v>
       </c>
       <c r="L136" s="15">
         <v>0.00142</v>
       </c>
       <c r="M136" s="15">
         <v>0.00131</v>
       </c>
       <c r="N136" s="15">
-        <v>6960</v>
+        <v>6560</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I137" s="15"/>
@@ -7183,90 +7183,90 @@
       <c r="D139" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.00218</v>
       </c>
       <c r="L139" s="15">
         <v>0.00164</v>
       </c>
       <c r="M139" s="15">
         <v>0.00152</v>
       </c>
       <c r="N139" s="15">
-        <v>91035</v>
+        <v>117046</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>423</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.00206</v>
       </c>
       <c r="L140" s="15">
         <v>0.00206</v>
       </c>
       <c r="M140" s="15">
         <v>0.00206</v>
       </c>
       <c r="N140" s="15">
-        <v>20060</v>
+        <v>23681</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>425</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I141" s="15"/>
@@ -7298,207 +7298,207 @@
       <c r="D142" s="15" t="s">
         <v>428</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00284</v>
       </c>
       <c r="L142" s="15">
         <v>0.00274</v>
       </c>
       <c r="M142" s="15">
         <v>0.00262</v>
       </c>
       <c r="N142" s="15">
-        <v>154717</v>
+        <v>132615</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00185</v>
       </c>
       <c r="L143" s="15">
         <v>0.00185</v>
       </c>
       <c r="M143" s="15">
         <v>0.00185</v>
       </c>
       <c r="N143" s="15">
-        <v>294325</v>
+        <v>414950</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>433</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>434</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>435</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.00761</v>
       </c>
       <c r="L144" s="15">
         <v>0.00761</v>
       </c>
       <c r="M144" s="15">
         <v>0.00761</v>
       </c>
       <c r="N144" s="15">
-        <v>72504</v>
+        <v>74518</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.01139</v>
       </c>
       <c r="L145" s="15">
         <v>0.00932</v>
       </c>
       <c r="M145" s="15">
         <v>0.00869</v>
       </c>
       <c r="N145" s="15">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.00145</v>
       </c>
       <c r="L146" s="15">
         <v>0.00145</v>
       </c>
       <c r="M146" s="15">
         <v>0.00145</v>
       </c>
       <c r="N146" s="15">
-        <v>2206</v>
+        <v>1565</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I147" s="15"/>
@@ -7639,51 +7639,51 @@
       <c r="D151" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.00145</v>
       </c>
       <c r="L151" s="15">
         <v>0.00145</v>
       </c>
       <c r="M151" s="15">
         <v>0.00145</v>
       </c>
       <c r="N151" s="15">
-        <v>6933</v>
+        <v>4830</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>459</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>