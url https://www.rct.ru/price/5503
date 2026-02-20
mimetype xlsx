--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2237,51 +2237,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02802</v>
       </c>
       <c r="L9" s="15">
         <v>0.02428</v>
       </c>
       <c r="M9" s="15">
         <v>0.02335</v>
       </c>
       <c r="N9" s="15">
-        <v>37500</v>
+        <v>39000</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
@@ -2461,90 +2461,90 @@
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.10998</v>
       </c>
       <c r="L15" s="15">
         <v>0.09532</v>
       </c>
       <c r="M15" s="15">
         <v>0.09165</v>
       </c>
       <c r="N15" s="15">
-        <v>269</v>
+        <v>238</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0012</v>
       </c>
       <c r="L16" s="15">
         <v>0.0012</v>
       </c>
       <c r="M16" s="15">
         <v>0.0012</v>
       </c>
       <c r="N16" s="15">
-        <v>8760</v>
+        <v>8161</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
@@ -2576,168 +2576,168 @@
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0012</v>
       </c>
       <c r="L18" s="15">
         <v>0.0012</v>
       </c>
       <c r="M18" s="15">
         <v>0.0012</v>
       </c>
       <c r="N18" s="15">
-        <v>13090</v>
+        <v>13770</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.0012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0012</v>
       </c>
       <c r="M19" s="15">
         <v>0.0012</v>
       </c>
       <c r="N19" s="15">
-        <v>13140</v>
+        <v>12960</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.0012</v>
       </c>
       <c r="L20" s="15">
         <v>0.0012</v>
       </c>
       <c r="M20" s="15">
         <v>0.0012</v>
       </c>
       <c r="N20" s="15">
-        <v>13920</v>
+        <v>11520</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.0012</v>
       </c>
       <c r="L21" s="15">
         <v>0.0012</v>
       </c>
       <c r="M21" s="15">
         <v>0.0012</v>
       </c>
       <c r="N21" s="15">
-        <v>113760</v>
+        <v>124820</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15"/>
@@ -2991,90 +2991,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0012</v>
       </c>
       <c r="L29" s="15">
         <v>0.0012</v>
       </c>
       <c r="M29" s="15">
         <v>0.0012</v>
       </c>
       <c r="N29" s="15">
-        <v>467390</v>
+        <v>509880</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0012</v>
       </c>
       <c r="L30" s="15">
         <v>0.0012</v>
       </c>
       <c r="M30" s="15">
         <v>0.0012</v>
       </c>
       <c r="N30" s="15">
-        <v>243760</v>
+        <v>196670</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -3143,51 +3143,51 @@
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.0012</v>
       </c>
       <c r="L33" s="15">
         <v>0.0012</v>
       </c>
       <c r="M33" s="15">
         <v>0.0012</v>
       </c>
       <c r="N33" s="15">
-        <v>156240</v>
+        <v>201600</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I34" s="15"/>
@@ -3589,90 +3589,90 @@
       <c r="D45" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.0012</v>
       </c>
       <c r="L45" s="15">
         <v>0.0012</v>
       </c>
       <c r="M45" s="15">
         <v>0.0012</v>
       </c>
       <c r="N45" s="15">
-        <v>334448</v>
+        <v>301819</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.0012</v>
       </c>
       <c r="L46" s="15">
         <v>0.0012</v>
       </c>
       <c r="M46" s="15">
         <v>0.0012</v>
       </c>
       <c r="N46" s="15">
-        <v>568</v>
+        <v>664</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I47" s="15"/>
@@ -3889,51 +3889,51 @@
       <c r="D53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.0012</v>
       </c>
       <c r="L53" s="15">
         <v>0.0012</v>
       </c>
       <c r="M53" s="15">
         <v>0.0012</v>
       </c>
       <c r="N53" s="15">
-        <v>7169</v>
+        <v>5656</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I54" s="15"/>
@@ -3965,129 +3965,129 @@
       <c r="D55" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0012</v>
       </c>
       <c r="L55" s="15">
         <v>0.0012</v>
       </c>
       <c r="M55" s="15">
         <v>0.0012</v>
       </c>
       <c r="N55" s="15">
-        <v>1420</v>
+        <v>1300</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0012</v>
       </c>
       <c r="L56" s="15">
         <v>0.0012</v>
       </c>
       <c r="M56" s="15">
         <v>0.0012</v>
       </c>
       <c r="N56" s="15">
-        <v>1540</v>
+        <v>1760</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0012</v>
       </c>
       <c r="L57" s="15">
         <v>0.0012</v>
       </c>
       <c r="M57" s="15">
         <v>0.0012</v>
       </c>
       <c r="N57" s="15">
-        <v>15120</v>
+        <v>12936</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I58" s="15"/>
@@ -4230,285 +4230,285 @@
       <c r="D62" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0012</v>
       </c>
       <c r="L62" s="15">
         <v>0.0012</v>
       </c>
       <c r="M62" s="15">
         <v>0.0012</v>
       </c>
       <c r="N62" s="15">
-        <v>73160</v>
+        <v>100300</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.0012</v>
       </c>
       <c r="L63" s="15">
         <v>0.0012</v>
       </c>
       <c r="M63" s="15">
         <v>0.0012</v>
       </c>
       <c r="N63" s="15">
-        <v>145340</v>
+        <v>141960</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.0012</v>
       </c>
       <c r="L64" s="15">
         <v>0.0012</v>
       </c>
       <c r="M64" s="15">
         <v>0.0012</v>
       </c>
       <c r="N64" s="15">
-        <v>100440</v>
+        <v>85560</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.0012</v>
       </c>
       <c r="L65" s="15">
         <v>0.0012</v>
       </c>
       <c r="M65" s="15">
         <v>0.0012</v>
       </c>
       <c r="N65" s="15">
-        <v>36263</v>
+        <v>43515</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00239</v>
       </c>
       <c r="L66" s="15">
         <v>0.00158</v>
       </c>
       <c r="M66" s="15">
         <v>0.00144</v>
       </c>
       <c r="N66" s="15">
-        <v>53900</v>
+        <v>52188</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.0012</v>
       </c>
       <c r="L67" s="15">
         <v>0.0012</v>
       </c>
       <c r="M67" s="15">
         <v>0.0012</v>
       </c>
       <c r="N67" s="15">
-        <v>260</v>
+        <v>324</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.0012</v>
       </c>
       <c r="L68" s="15">
         <v>0.0012</v>
       </c>
       <c r="M68" s="15">
         <v>0.0012</v>
       </c>
       <c r="N68" s="15">
-        <v>287</v>
+        <v>224</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
@@ -4577,51 +4577,51 @@
       <c r="D71" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.00133</v>
       </c>
       <c r="L71" s="15">
         <v>0.00133</v>
       </c>
       <c r="M71" s="15">
         <v>0.00133</v>
       </c>
       <c r="N71" s="15">
-        <v>773</v>
+        <v>802</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I72" s="15"/>
@@ -4764,90 +4764,90 @@
       <c r="D76" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0012</v>
       </c>
       <c r="L76" s="15">
         <v>0.0012</v>
       </c>
       <c r="M76" s="15">
         <v>0.0012</v>
       </c>
       <c r="N76" s="15">
-        <v>6840</v>
+        <v>6300</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.0012</v>
       </c>
       <c r="L77" s="15">
         <v>0.0012</v>
       </c>
       <c r="M77" s="15">
         <v>0.0012</v>
       </c>
       <c r="N77" s="15">
-        <v>11360</v>
+        <v>12800</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
@@ -4879,90 +4879,90 @@
       <c r="D79" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0012</v>
       </c>
       <c r="L79" s="15">
         <v>0.0012</v>
       </c>
       <c r="M79" s="15">
         <v>0.0012</v>
       </c>
       <c r="N79" s="15">
-        <v>9920</v>
+        <v>10400</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.0012</v>
       </c>
       <c r="L80" s="15">
         <v>0.0012</v>
       </c>
       <c r="M80" s="15">
         <v>0.0012</v>
       </c>
       <c r="N80" s="15">
-        <v>3800</v>
+        <v>4150</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I81" s="15"/>
@@ -4994,90 +4994,90 @@
       <c r="D82" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00131</v>
       </c>
       <c r="L82" s="15">
         <v>0.00131</v>
       </c>
       <c r="M82" s="15">
         <v>0.00131</v>
       </c>
       <c r="N82" s="15">
-        <v>9900</v>
+        <v>11400</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.00131</v>
       </c>
       <c r="L83" s="15">
         <v>0.00131</v>
       </c>
       <c r="M83" s="15">
         <v>0.00131</v>
       </c>
       <c r="N83" s="15">
-        <v>35640</v>
+        <v>33440</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I84" s="15"/>
@@ -5146,51 +5146,51 @@
       <c r="D86" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00145</v>
       </c>
       <c r="L86" s="15">
         <v>0.00145</v>
       </c>
       <c r="M86" s="15">
         <v>0.00145</v>
       </c>
       <c r="N86" s="15">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I87" s="15"/>
@@ -5224,51 +5224,51 @@
       <c r="D88" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00131</v>
       </c>
       <c r="L88" s="15">
         <v>0.00131</v>
       </c>
       <c r="M88" s="15">
         <v>0.00131</v>
       </c>
       <c r="N88" s="15">
-        <v>1660</v>
+        <v>1720</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
@@ -5300,90 +5300,90 @@
       <c r="D90" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00131</v>
       </c>
       <c r="L90" s="15">
         <v>0.00131</v>
       </c>
       <c r="M90" s="15">
         <v>0.00131</v>
       </c>
       <c r="N90" s="15">
-        <v>9120</v>
+        <v>8280</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00131</v>
       </c>
       <c r="L91" s="15">
         <v>0.00131</v>
       </c>
       <c r="M91" s="15">
         <v>0.00131</v>
       </c>
       <c r="N91" s="15">
-        <v>4480</v>
+        <v>5600</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I92" s="15"/>
@@ -5415,363 +5415,363 @@
       <c r="D93" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00131</v>
       </c>
       <c r="L93" s="15">
         <v>0.00131</v>
       </c>
       <c r="M93" s="15">
         <v>0.00131</v>
       </c>
       <c r="N93" s="15">
-        <v>5670</v>
+        <v>6930</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>285</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00131</v>
       </c>
       <c r="L94" s="15">
         <v>0.00131</v>
       </c>
       <c r="M94" s="15">
         <v>0.00131</v>
       </c>
       <c r="N94" s="15">
-        <v>780</v>
+        <v>850</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00131</v>
       </c>
       <c r="L95" s="15">
         <v>0.00131</v>
       </c>
       <c r="M95" s="15">
         <v>0.00131</v>
       </c>
       <c r="N95" s="15">
-        <v>6880</v>
+        <v>4880</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.00131</v>
       </c>
       <c r="L96" s="15">
         <v>0.00131</v>
       </c>
       <c r="M96" s="15">
         <v>0.00131</v>
       </c>
       <c r="N96" s="15">
-        <v>7700</v>
+        <v>8101</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.00131</v>
       </c>
       <c r="L97" s="15">
         <v>0.00131</v>
       </c>
       <c r="M97" s="15">
         <v>0.00131</v>
       </c>
       <c r="N97" s="15">
-        <v>79860</v>
+        <v>85910</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>295</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00131</v>
       </c>
       <c r="L98" s="15">
         <v>0.00131</v>
       </c>
       <c r="M98" s="15">
         <v>0.00131</v>
       </c>
       <c r="N98" s="15">
-        <v>36480</v>
+        <v>38190</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00131</v>
       </c>
       <c r="L99" s="15">
         <v>0.00131</v>
       </c>
       <c r="M99" s="15">
         <v>0.00131</v>
       </c>
       <c r="N99" s="15">
-        <v>25800</v>
+        <v>36120</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00131</v>
       </c>
       <c r="L100" s="15">
         <v>0.00131</v>
       </c>
       <c r="M100" s="15">
         <v>0.00131</v>
       </c>
       <c r="N100" s="15">
-        <v>26350</v>
+        <v>22010</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00131</v>
       </c>
       <c r="L101" s="15">
         <v>0.00131</v>
       </c>
       <c r="M101" s="15">
         <v>0.00131</v>
       </c>
       <c r="N101" s="15">
-        <v>13020</v>
+        <v>16170</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I102" s="15"/>
@@ -5805,168 +5805,168 @@
       <c r="D103" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.00131</v>
       </c>
       <c r="L103" s="15">
         <v>0.00131</v>
       </c>
       <c r="M103" s="15">
         <v>0.00131</v>
       </c>
       <c r="N103" s="15">
-        <v>13500</v>
+        <v>12300</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.00145</v>
       </c>
       <c r="L104" s="15">
         <v>0.00145</v>
       </c>
       <c r="M104" s="15">
         <v>0.00145</v>
       </c>
       <c r="N104" s="15">
-        <v>670</v>
+        <v>790</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.00145</v>
       </c>
       <c r="L105" s="15">
         <v>0.00145</v>
       </c>
       <c r="M105" s="15">
         <v>0.00145</v>
       </c>
       <c r="N105" s="15">
-        <v>3344</v>
+        <v>3184</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00131</v>
       </c>
       <c r="L106" s="15">
         <v>0.00131</v>
       </c>
       <c r="M106" s="15">
         <v>0.00131</v>
       </c>
       <c r="N106" s="15">
-        <v>20010</v>
+        <v>16100</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
@@ -5998,129 +5998,129 @@
       <c r="D108" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>327</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>1000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00131</v>
       </c>
       <c r="L108" s="15">
         <v>0.00131</v>
       </c>
       <c r="M108" s="15">
         <v>0.00131</v>
       </c>
       <c r="N108" s="15">
-        <v>5250</v>
+        <v>4410</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.00131</v>
       </c>
       <c r="L109" s="15">
         <v>0.00131</v>
       </c>
       <c r="M109" s="15">
         <v>0.00131</v>
       </c>
       <c r="N109" s="15">
-        <v>34170</v>
+        <v>36210</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.00145</v>
       </c>
       <c r="L110" s="15">
         <v>0.00145</v>
       </c>
       <c r="M110" s="15">
         <v>0.00145</v>
       </c>
       <c r="N110" s="15">
-        <v>592</v>
+        <v>543</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I111" s="15"/>
@@ -6152,51 +6152,51 @@
       <c r="D112" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
         <v>0.00131</v>
       </c>
       <c r="L112" s="15">
         <v>0.00131</v>
       </c>
       <c r="M112" s="15">
         <v>0.00131</v>
       </c>
       <c r="N112" s="15">
-        <v>3150</v>
+        <v>3850</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I113" s="15"/>
@@ -6228,90 +6228,90 @@
       <c r="D114" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.00131</v>
       </c>
       <c r="L114" s="15">
         <v>0.00131</v>
       </c>
       <c r="M114" s="15">
         <v>0.00131</v>
       </c>
       <c r="N114" s="15">
-        <v>2580</v>
+        <v>2430</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.00131</v>
       </c>
       <c r="L115" s="15">
         <v>0.00131</v>
       </c>
       <c r="M115" s="15">
         <v>0.00131</v>
       </c>
       <c r="N115" s="15">
-        <v>2480</v>
+        <v>3520</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>349</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>350</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>351</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I116" s="15"/>
@@ -6417,51 +6417,51 @@
       <c r="D119" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>0.00131</v>
       </c>
       <c r="L119" s="15">
         <v>0.00131</v>
       </c>
       <c r="M119" s="15">
         <v>0.00131</v>
       </c>
       <c r="N119" s="15">
-        <v>20500</v>
+        <v>17750</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>361</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>362</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>363</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
@@ -6493,129 +6493,129 @@
       <c r="D121" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.00131</v>
       </c>
       <c r="L121" s="15">
         <v>0.00131</v>
       </c>
       <c r="M121" s="15">
         <v>0.00131</v>
       </c>
       <c r="N121" s="15">
-        <v>17250</v>
+        <v>14720</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>369</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.00218</v>
       </c>
       <c r="L122" s="15">
         <v>0.00142</v>
       </c>
       <c r="M122" s="15">
         <v>0.00131</v>
       </c>
       <c r="N122" s="15">
-        <v>5100</v>
+        <v>5280</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.00218</v>
       </c>
       <c r="L123" s="15">
         <v>0.00142</v>
       </c>
       <c r="M123" s="15">
         <v>0.00131</v>
       </c>
       <c r="N123" s="15">
-        <v>6900</v>
+        <v>7300</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>375</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I124" s="15"/>
@@ -6647,51 +6647,51 @@
       <c r="D125" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>1000</v>
       </c>
       <c r="K125" s="15">
         <v>0.00218</v>
       </c>
       <c r="L125" s="15">
         <v>0.00142</v>
       </c>
       <c r="M125" s="15">
         <v>0.00131</v>
       </c>
       <c r="N125" s="15">
-        <v>6640</v>
+        <v>5200</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>380</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>381</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I126" s="15"/>
@@ -6723,90 +6723,90 @@
       <c r="D127" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00218</v>
       </c>
       <c r="L127" s="15">
         <v>0.00142</v>
       </c>
       <c r="M127" s="15">
         <v>0.00131</v>
       </c>
       <c r="N127" s="15">
-        <v>5670</v>
+        <v>4200</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>387</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.00218</v>
       </c>
       <c r="L128" s="15">
         <v>0.00142</v>
       </c>
       <c r="M128" s="15">
         <v>0.00131</v>
       </c>
       <c r="N128" s="15">
-        <v>8200</v>
+        <v>8900</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
@@ -6840,51 +6840,51 @@
       <c r="D130" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00218</v>
       </c>
       <c r="L130" s="15">
         <v>0.00142</v>
       </c>
       <c r="M130" s="15">
         <v>0.00131</v>
       </c>
       <c r="N130" s="15">
-        <v>15130</v>
+        <v>15300</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I131" s="15"/>
@@ -6916,129 +6916,129 @@
       <c r="D132" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>399</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.00218</v>
       </c>
       <c r="L132" s="15">
         <v>0.00142</v>
       </c>
       <c r="M132" s="15">
         <v>0.00131</v>
       </c>
       <c r="N132" s="15">
-        <v>10950</v>
+        <v>12300</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.00218</v>
       </c>
       <c r="L133" s="15">
         <v>0.00142</v>
       </c>
       <c r="M133" s="15">
         <v>0.00131</v>
       </c>
       <c r="N133" s="15">
-        <v>11340</v>
+        <v>8820</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>403</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
         <v>0.00218</v>
       </c>
       <c r="L134" s="15">
         <v>0.00142</v>
       </c>
       <c r="M134" s="15">
         <v>0.00131</v>
       </c>
       <c r="N134" s="15">
-        <v>194237</v>
+        <v>267075</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>408</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I135" s="15"/>
@@ -7070,51 +7070,51 @@
       <c r="D136" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.00218</v>
       </c>
       <c r="L136" s="15">
         <v>0.00142</v>
       </c>
       <c r="M136" s="15">
         <v>0.00131</v>
       </c>
       <c r="N136" s="15">
-        <v>6560</v>
+        <v>5040</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I137" s="15"/>
@@ -7183,90 +7183,90 @@
       <c r="D139" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.00218</v>
       </c>
       <c r="L139" s="15">
         <v>0.00164</v>
       </c>
       <c r="M139" s="15">
         <v>0.00152</v>
       </c>
       <c r="N139" s="15">
-        <v>117046</v>
+        <v>88145</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>423</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.00206</v>
       </c>
       <c r="L140" s="15">
         <v>0.00206</v>
       </c>
       <c r="M140" s="15">
         <v>0.00206</v>
       </c>
       <c r="N140" s="15">
-        <v>23681</v>
+        <v>18388</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>425</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I141" s="15"/>
@@ -7298,207 +7298,207 @@
       <c r="D142" s="15" t="s">
         <v>428</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00284</v>
       </c>
       <c r="L142" s="15">
         <v>0.00274</v>
       </c>
       <c r="M142" s="15">
         <v>0.00262</v>
       </c>
       <c r="N142" s="15">
-        <v>132615</v>
+        <v>194502</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.00185</v>
       </c>
       <c r="L143" s="15">
         <v>0.00185</v>
       </c>
       <c r="M143" s="15">
         <v>0.00185</v>
       </c>
       <c r="N143" s="15">
-        <v>414950</v>
+        <v>390825</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>433</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>434</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>435</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.00761</v>
       </c>
       <c r="L144" s="15">
         <v>0.00761</v>
       </c>
       <c r="M144" s="15">
         <v>0.00761</v>
       </c>
       <c r="N144" s="15">
-        <v>74518</v>
+        <v>85595</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.01139</v>
       </c>
       <c r="L145" s="15">
         <v>0.00932</v>
       </c>
       <c r="M145" s="15">
         <v>0.00869</v>
       </c>
       <c r="N145" s="15">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.00145</v>
       </c>
       <c r="L146" s="15">
         <v>0.00145</v>
       </c>
       <c r="M146" s="15">
         <v>0.00145</v>
       </c>
       <c r="N146" s="15">
-        <v>1565</v>
+        <v>1770</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I147" s="15"/>
@@ -7639,51 +7639,51 @@
       <c r="D151" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.00145</v>
       </c>
       <c r="L151" s="15">
         <v>0.00145</v>
       </c>
       <c r="M151" s="15">
         <v>0.00145</v>
       </c>
       <c r="N151" s="15">
-        <v>4830</v>
+        <v>6855</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>459</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>