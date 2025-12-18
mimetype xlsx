--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1862,51 +1862,51 @@
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N26" s="15">
-        <v>416</v>
+        <v>528</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>