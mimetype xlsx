--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1862,51 +1862,51 @@
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N26" s="15">
-        <v>528</v>
+        <v>410</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>