--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1862,51 +1862,51 @@
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N26" s="15">
-        <v>410</v>
+        <v>499</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>