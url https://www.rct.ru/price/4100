--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1862,51 +1862,51 @@
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N26" s="15">
-        <v>499</v>
+        <v>445</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>