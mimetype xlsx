--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -97,72 +97,72 @@
   <si>
     <t>Мелкий опт</t>
   </si>
   <si>
     <t>Опт</t>
   </si>
   <si>
     <t>Свободный остаток</t>
   </si>
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>Разъемы отечественные</t>
   </si>
   <si>
-    <t>2PM24Б19Г1В1</t>
-[...2 lines deleted...]
-    <t>Разъем 2PM24Б19Г1В1</t>
+    <t>2РМ22КПН10Г1В1</t>
+  </si>
+  <si>
+    <t>Разъем 2РМ22КПН10Г1В1</t>
+  </si>
+  <si>
+    <t>10-00058520</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2PM22K10QB2 DAFA, 2PM22-10TKQB2 POL-SUN, </t>
+  </si>
+  <si>
+    <t>2РМ24Б19Г1В1</t>
+  </si>
+  <si>
+    <t>Разъем 2РМ24Б19Г1В1</t>
   </si>
   <si>
     <t>10-00058587</t>
-  </si>
-[...13 lines deleted...]
-    <t xml:space="preserve">2PM22K10QB2 DAFA, 2PM22-10TKQB2 POL-SUN, </t>
   </si>
   <si>
     <t>2РМ24КПЭ19Г1В1</t>
   </si>
   <si>
     <t>Разъем 2РМ24КПЭ19Г1В1</t>
   </si>
   <si>
     <t>10-00058589</t>
   </si>
   <si>
     <t>2РМ24КПЭ19Г1В1 (ОС)</t>
   </si>
   <si>
     <t>Разъем 2РМ24КПЭ19Г1В1 (ОС)</t>
   </si>
   <si>
     <t>10-00058602</t>
   </si>
   <si>
     <t>2РМ24КУН19Г1В1</t>
   </si>
   <si>
     <t>Разъем 2РМ24КУН19Г1В1</t>
   </si>
@@ -1242,161 +1242,161 @@
       <c r="P7" s="4" t="s">
         <v>23</v>
       </c>
       <c r="Q7" s="4" t="s">
         <v>24</v>
       </c>
       <c r="R7" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
-      <c r="H9" s="15"/>
-      <c r="I9" s="15"/>
+      <c r="H9" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I9" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
-        <v>0.54206</v>
+        <v>11.22</v>
       </c>
       <c r="L9" s="15">
-        <v>0</v>
+        <v>6.73</v>
       </c>
       <c r="M9" s="15">
-        <v>0</v>
+        <v>6.17</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
-      <c r="H10" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H10" s="15"/>
+      <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
-        <v>11.22</v>
+        <v>0.54206</v>
       </c>
       <c r="L10" s="15">
-        <v>6.73</v>
+        <v>0</v>
       </c>
       <c r="M10" s="15">
-        <v>6.17</v>
+        <v>0</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1</v>
       </c>
       <c r="K11" s="15">
         <v>2.14</v>
       </c>
       <c r="L11" s="15">
         <v>1.57</v>
       </c>
       <c r="M11" s="15">
         <v>1.57</v>
       </c>
       <c r="N11" s="15">
         <v>1</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1</v>
       </c>
       <c r="K12" s="15">
         <v>1.43</v>
       </c>
       <c r="L12" s="15">
         <v>1.15</v>
       </c>
       <c r="M12" s="15">
         <v>0</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
@@ -1422,199 +1422,199 @@
       <c r="M13" s="15">
         <v>0</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1</v>
       </c>
       <c r="K14" s="15">
         <v>1.47</v>
       </c>
       <c r="L14" s="15">
         <v>1.47</v>
       </c>
       <c r="M14" s="15">
         <v>1.47</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>49.31</v>
       </c>
       <c r="L15" s="15">
         <v>49.31</v>
       </c>
       <c r="M15" s="15">
         <v>49.31</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>61.63</v>
       </c>
       <c r="L16" s="15">
         <v>61.63</v>
       </c>
       <c r="M16" s="15">
         <v>61.63</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1</v>
       </c>
       <c r="K17" s="15">
         <v>0.67758</v>
       </c>
       <c r="L17" s="15">
         <v>0</v>
       </c>
       <c r="M17" s="15">
         <v>0</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1</v>
       </c>
       <c r="K18" s="15">
         <v>9.98</v>
       </c>
       <c r="L18" s="15">
         <v>6.15</v>
       </c>
       <c r="M18" s="15">
         <v>5.6</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
@@ -1739,51 +1739,51 @@
       <c r="M22" s="15">
         <v>0</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>0.62075</v>
       </c>
       <c r="L23" s="15">
         <v>0.62075</v>
       </c>
       <c r="M23" s="15">
         <v>0.62075</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
@@ -1809,127 +1809,127 @@
       <c r="M24" s="15">
         <v>0</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1</v>
       </c>
       <c r="K25" s="15">
         <v>0.05022</v>
       </c>
       <c r="L25" s="15">
         <v>0.04305</v>
       </c>
       <c r="M25" s="15">
         <v>0</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N26" s="15">
-        <v>445</v>
+        <v>528</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1</v>
       </c>
       <c r="K27" s="15">
         <v>0.85443</v>
       </c>
       <c r="L27" s="15">
         <v>0.49306</v>
       </c>
       <c r="M27" s="15">
         <v>0.44375</v>
       </c>
       <c r="N27" s="15">
         <v>1</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
@@ -1957,166 +1957,166 @@
       <c r="M28" s="15">
         <v>0</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1</v>
       </c>
       <c r="K29" s="15">
         <v>1.95</v>
       </c>
       <c r="L29" s="15">
         <v>1.95</v>
       </c>
       <c r="M29" s="15">
         <v>1.95</v>
       </c>
       <c r="N29" s="15">
         <v>3</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="J30" s="15">
         <v>1</v>
       </c>
       <c r="K30" s="15">
         <v>8.869999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>1.11</v>
       </c>
       <c r="M30" s="15">
         <v>1.11</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>1.09</v>
       </c>
       <c r="L31" s="15">
         <v>1.05</v>
       </c>
       <c r="M31" s="15">
         <v>1.01</v>
       </c>
       <c r="N31" s="15">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1</v>
       </c>
       <c r="K32" s="15">
         <v>1.24</v>
       </c>
       <c r="L32" s="15">
         <v>0.64292</v>
       </c>
       <c r="M32" s="15">
         <v>0.62075</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
@@ -2142,51 +2142,51 @@
       <c r="M33" s="15">
         <v>0</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1</v>
       </c>
       <c r="K34" s="15">
         <v>0.79811</v>
       </c>
       <c r="L34" s="15">
         <v>0.41568</v>
       </c>
       <c r="M34" s="15">
         <v>0.39905</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">