--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="E15" s="15">
         <v>10000021202</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.38</v>
       </c>
       <c r="L15" s="15">
         <v>1.16</v>
       </c>
       <c r="M15" s="15">
         <v>1.11</v>
       </c>
       <c r="N15" s="15">
-        <v>243</v>
+        <v>280</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>39</v>
@@ -1516,133 +1516,133 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>14</v>
       </c>
       <c r="K18" s="15">
         <v>0.59856</v>
       </c>
       <c r="L18" s="15">
         <v>0.59856</v>
       </c>
       <c r="M18" s="15">
         <v>0.59856</v>
       </c>
       <c r="N18" s="15">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>13</v>
       </c>
       <c r="K19" s="15">
         <v>0.99761</v>
       </c>
       <c r="L19" s="15">
         <v>0.99761</v>
       </c>
       <c r="M19" s="15">
         <v>0.99761</v>
       </c>
       <c r="N19" s="15">
-        <v>3033</v>
+        <v>2177</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15">
         <v>10000020653</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>0.61</v>
       </c>
       <c r="L20" s="15">
         <v>0.61</v>
       </c>
       <c r="M20" s="15">
         <v>0.61</v>
       </c>
       <c r="N20" s="15">
-        <v>1894</v>
+        <v>1478</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>70</v>
@@ -1717,51 +1717,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>13</v>
       </c>
       <c r="K23" s="15">
         <v>0.63006</v>
       </c>
       <c r="L23" s="15">
         <v>0.63006</v>
       </c>
       <c r="M23" s="15">
         <v>0.63006</v>
       </c>
       <c r="N23" s="15">
-        <v>2363</v>
+        <v>1913</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E24" s="15">
         <v>10080049960</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>39</v>
@@ -1906,51 +1906,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>94</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>15</v>
       </c>
       <c r="K28" s="15">
         <v>0.52505</v>
       </c>
       <c r="L28" s="15">
         <v>0.52505</v>
       </c>
       <c r="M28" s="15">
         <v>0.52505</v>
       </c>
       <c r="N28" s="15">
-        <v>9803</v>
+        <v>9168</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>99</v>