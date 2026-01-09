--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="E15" s="15">
         <v>10000021202</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.38</v>
       </c>
       <c r="L15" s="15">
         <v>1.16</v>
       </c>
       <c r="M15" s="15">
         <v>1.11</v>
       </c>
       <c r="N15" s="15">
-        <v>280</v>
+        <v>231</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>39</v>
@@ -1516,133 +1516,133 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>14</v>
       </c>
       <c r="K18" s="15">
         <v>0.59856</v>
       </c>
       <c r="L18" s="15">
         <v>0.59856</v>
       </c>
       <c r="M18" s="15">
         <v>0.59856</v>
       </c>
       <c r="N18" s="15">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>13</v>
       </c>
       <c r="K19" s="15">
         <v>0.99761</v>
       </c>
       <c r="L19" s="15">
         <v>0.99761</v>
       </c>
       <c r="M19" s="15">
         <v>0.99761</v>
       </c>
       <c r="N19" s="15">
-        <v>2177</v>
+        <v>2712</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15">
         <v>10000020653</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>0.61</v>
       </c>
       <c r="L20" s="15">
         <v>0.61</v>
       </c>
       <c r="M20" s="15">
         <v>0.61</v>
       </c>
       <c r="N20" s="15">
-        <v>1478</v>
+        <v>2009</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>70</v>
@@ -1717,51 +1717,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>13</v>
       </c>
       <c r="K23" s="15">
         <v>0.63006</v>
       </c>
       <c r="L23" s="15">
         <v>0.63006</v>
       </c>
       <c r="M23" s="15">
         <v>0.63006</v>
       </c>
       <c r="N23" s="15">
-        <v>1913</v>
+        <v>1941</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E24" s="15">
         <v>10080049960</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>39</v>
@@ -1906,51 +1906,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>94</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>15</v>
       </c>
       <c r="K28" s="15">
         <v>0.52505</v>
       </c>
       <c r="L28" s="15">
         <v>0.52505</v>
       </c>
       <c r="M28" s="15">
         <v>0.52505</v>
       </c>
       <c r="N28" s="15">
-        <v>9168</v>
+        <v>8190</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>99</v>
@@ -1985,53 +1985,51 @@
       </c>
       <c r="D30" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
         <v>0.66568</v>
       </c>
       <c r="L30" s="15">
         <v>0.66568</v>
       </c>
       <c r="M30" s="15">
         <v>0.66568</v>
       </c>
-      <c r="N30" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>