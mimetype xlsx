--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="E15" s="15">
         <v>10000021202</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.38</v>
       </c>
       <c r="L15" s="15">
         <v>1.16</v>
       </c>
       <c r="M15" s="15">
         <v>1.11</v>
       </c>
       <c r="N15" s="15">
-        <v>231</v>
+        <v>219</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>39</v>
@@ -1516,133 +1516,133 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>14</v>
       </c>
       <c r="K18" s="15">
         <v>0.59856</v>
       </c>
       <c r="L18" s="15">
         <v>0.59856</v>
       </c>
       <c r="M18" s="15">
         <v>0.59856</v>
       </c>
       <c r="N18" s="15">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>13</v>
       </c>
       <c r="K19" s="15">
         <v>0.99761</v>
       </c>
       <c r="L19" s="15">
         <v>0.99761</v>
       </c>
       <c r="M19" s="15">
         <v>0.99761</v>
       </c>
       <c r="N19" s="15">
-        <v>2712</v>
+        <v>2141</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15">
         <v>10000020653</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>0.61</v>
       </c>
       <c r="L20" s="15">
         <v>0.61</v>
       </c>
       <c r="M20" s="15">
         <v>0.61</v>
       </c>
       <c r="N20" s="15">
-        <v>2009</v>
+        <v>1840</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>70</v>
@@ -1717,51 +1717,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>13</v>
       </c>
       <c r="K23" s="15">
         <v>0.63006</v>
       </c>
       <c r="L23" s="15">
         <v>0.63006</v>
       </c>
       <c r="M23" s="15">
         <v>0.63006</v>
       </c>
       <c r="N23" s="15">
-        <v>1941</v>
+        <v>2476</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E24" s="15">
         <v>10080049960</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>39</v>
@@ -1906,51 +1906,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>94</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>15</v>
       </c>
       <c r="K28" s="15">
         <v>0.52505</v>
       </c>
       <c r="L28" s="15">
         <v>0.52505</v>
       </c>
       <c r="M28" s="15">
         <v>0.52505</v>
       </c>
       <c r="N28" s="15">
-        <v>8190</v>
+        <v>10146</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>99</v>