--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="E15" s="15">
         <v>10000021202</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.38</v>
       </c>
       <c r="L15" s="15">
         <v>1.16</v>
       </c>
       <c r="M15" s="15">
         <v>1.11</v>
       </c>
       <c r="N15" s="15">
-        <v>219</v>
+        <v>249</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>39</v>
@@ -1516,133 +1516,133 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>14</v>
       </c>
       <c r="K18" s="15">
         <v>0.59856</v>
       </c>
       <c r="L18" s="15">
         <v>0.59856</v>
       </c>
       <c r="M18" s="15">
         <v>0.59856</v>
       </c>
       <c r="N18" s="15">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>13</v>
       </c>
       <c r="K19" s="15">
         <v>0.99761</v>
       </c>
       <c r="L19" s="15">
         <v>0.99761</v>
       </c>
       <c r="M19" s="15">
         <v>0.99761</v>
       </c>
       <c r="N19" s="15">
-        <v>2141</v>
+        <v>2213</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15">
         <v>10000020653</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>0.61</v>
       </c>
       <c r="L20" s="15">
         <v>0.61</v>
       </c>
       <c r="M20" s="15">
         <v>0.61</v>
       </c>
       <c r="N20" s="15">
-        <v>1840</v>
+        <v>2070</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>70</v>
@@ -1717,51 +1717,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>13</v>
       </c>
       <c r="K23" s="15">
         <v>0.63006</v>
       </c>
       <c r="L23" s="15">
         <v>0.63006</v>
       </c>
       <c r="M23" s="15">
         <v>0.63006</v>
       </c>
       <c r="N23" s="15">
-        <v>2476</v>
+        <v>2307</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E24" s="15">
         <v>10080049960</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>39</v>
@@ -1906,51 +1906,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>94</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>15</v>
       </c>
       <c r="K28" s="15">
         <v>0.52505</v>
       </c>
       <c r="L28" s="15">
         <v>0.52505</v>
       </c>
       <c r="M28" s="15">
         <v>0.52505</v>
       </c>
       <c r="N28" s="15">
-        <v>10146</v>
+        <v>8424</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>99</v>