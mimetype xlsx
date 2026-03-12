--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="E15" s="15">
         <v>10000021202</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.38</v>
       </c>
       <c r="L15" s="15">
         <v>1.16</v>
       </c>
       <c r="M15" s="15">
         <v>1.11</v>
       </c>
       <c r="N15" s="15">
-        <v>249</v>
+        <v>139</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>39</v>
@@ -1516,133 +1516,133 @@
       <c r="D18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>14</v>
       </c>
       <c r="K18" s="15">
         <v>0.59856</v>
       </c>
       <c r="L18" s="15">
         <v>0.59856</v>
       </c>
       <c r="M18" s="15">
         <v>0.59856</v>
       </c>
       <c r="N18" s="15">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>13</v>
       </c>
       <c r="K19" s="15">
         <v>0.99761</v>
       </c>
       <c r="L19" s="15">
         <v>0.99761</v>
       </c>
       <c r="M19" s="15">
         <v>0.99761</v>
       </c>
       <c r="N19" s="15">
-        <v>2213</v>
+        <v>2784</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E20" s="15">
         <v>10000020653</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>0.61</v>
       </c>
       <c r="L20" s="15">
         <v>0.61</v>
       </c>
       <c r="M20" s="15">
         <v>0.61</v>
       </c>
       <c r="N20" s="15">
-        <v>2070</v>
+        <v>1725</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>70</v>
@@ -1717,51 +1717,51 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>13</v>
       </c>
       <c r="K23" s="15">
         <v>0.63006</v>
       </c>
       <c r="L23" s="15">
         <v>0.63006</v>
       </c>
       <c r="M23" s="15">
         <v>0.63006</v>
       </c>
       <c r="N23" s="15">
-        <v>2307</v>
+        <v>2420</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E24" s="15">
         <v>10080049960</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>52</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>39</v>
@@ -1906,51 +1906,51 @@
       </c>
       <c r="E28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>94</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>15</v>
       </c>
       <c r="K28" s="15">
         <v>0.52505</v>
       </c>
       <c r="L28" s="15">
         <v>0.52505</v>
       </c>
       <c r="M28" s="15">
         <v>0.52505</v>
       </c>
       <c r="N28" s="15">
-        <v>8424</v>
+        <v>10866</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>99</v>