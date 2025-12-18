--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1069,51 +1069,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1</v>
       </c>
       <c r="K9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>347</v>
+        <v>285</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1369,51 +1369,51 @@
         <v>54</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.061</v>
       </c>
       <c r="L17" s="15">
         <v>0.061</v>
       </c>
       <c r="M17" s="15">
         <v>0.061</v>
       </c>
       <c r="N17" s="15">
-        <v>1433</v>
+        <v>1586</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10000000355</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
@@ -1545,57 +1545,57 @@
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
-        <v>0.09057999999999999</v>
+        <v>0.025</v>
       </c>
       <c r="L22" s="15">
-        <v>0.08695</v>
+        <v>0.025</v>
       </c>
       <c r="M22" s="15">
-        <v>0.08333</v>
+        <v>0.025</v>
       </c>
       <c r="N22" s="15">
         <v>30</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14"/>
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
       <c r="E23" s="15"/>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15"/>
       <c r="L23" s="15"/>
       <c r="M23" s="15"/>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>