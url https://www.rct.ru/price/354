--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1069,51 +1069,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1</v>
       </c>
       <c r="K9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>285</v>
+        <v>373</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1369,51 +1369,51 @@
         <v>54</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.061</v>
       </c>
       <c r="L17" s="15">
         <v>0.061</v>
       </c>
       <c r="M17" s="15">
         <v>0.061</v>
       </c>
       <c r="N17" s="15">
-        <v>1586</v>
+        <v>1452</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10000000355</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>