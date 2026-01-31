--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1069,51 +1069,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1</v>
       </c>
       <c r="K9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1369,51 +1369,51 @@
         <v>54</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.061</v>
       </c>
       <c r="L17" s="15">
         <v>0.061</v>
       </c>
       <c r="M17" s="15">
         <v>0.061</v>
       </c>
       <c r="N17" s="15">
-        <v>1452</v>
+        <v>1605</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10000000355</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>