--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1069,51 +1069,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1</v>
       </c>
       <c r="K9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>377</v>
+        <v>335</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1369,51 +1369,51 @@
         <v>54</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.061</v>
       </c>
       <c r="L17" s="15">
         <v>0.061</v>
       </c>
       <c r="M17" s="15">
         <v>0.061</v>
       </c>
       <c r="N17" s="15">
-        <v>1605</v>
+        <v>1337</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10000000355</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>