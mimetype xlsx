--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1069,51 +1069,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1</v>
       </c>
       <c r="K9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="L9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="M9" s="15">
         <v>0.07140000000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>335</v>
+        <v>285</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1369,51 +1369,51 @@
         <v>54</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.061</v>
       </c>
       <c r="L17" s="15">
         <v>0.061</v>
       </c>
       <c r="M17" s="15">
         <v>0.061</v>
       </c>
       <c r="N17" s="15">
-        <v>1337</v>
+        <v>1509</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10000000355</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>