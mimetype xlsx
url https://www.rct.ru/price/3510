--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="964">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="963">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -413,53 +413,50 @@
     <t>18V 7mm / 07D180K (FNR-07K180) новый артикул, см аналог</t>
   </si>
   <si>
     <t xml:space="preserve">FNR07K180BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR07K180BASN1NN</t>
   </si>
   <si>
     <t>18V 7mm / 07D180K (FNR07K180BASN1NN)</t>
   </si>
   <si>
     <t>UT-00132608</t>
   </si>
   <si>
     <t xml:space="preserve">FNR-07K180 FENGHUA, </t>
   </si>
   <si>
     <t>L-KLS6-07D180K</t>
   </si>
   <si>
     <t>18V 7mm 10% / 07D180K (L-KLS6-07D180K)</t>
   </si>
   <si>
     <t>UT-00089883</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.01.2026</t>
   </si>
   <si>
     <t>07D180K (TVR07180KSY)</t>
   </si>
   <si>
     <t>18V 7mm / 07D180K (TVR07180KSY)</t>
   </si>
   <si>
     <t>TKS</t>
   </si>
   <si>
     <t>L-KLS6-07D180L</t>
   </si>
   <si>
     <t>18V 7mm 15% / 07D180L (L-KLS6-07D180L)</t>
   </si>
   <si>
     <t>07D181K</t>
   </si>
   <si>
     <t>180V 7mm / 07D181K</t>
   </si>
   <si>
     <t>10-00002374</t>
   </si>
@@ -3670,178 +3667,178 @@
       </c>
       <c r="E9" s="15">
         <v>10080047584</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.05143</v>
       </c>
       <c r="L9" s="15">
         <v>0.03687</v>
       </c>
       <c r="M9" s="15">
         <v>0.03202</v>
       </c>
       <c r="N9" s="15">
-        <v>1122</v>
+        <v>1188</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052532</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.02895</v>
       </c>
       <c r="L10" s="15">
         <v>0.02094</v>
       </c>
       <c r="M10" s="15">
         <v>0.01827</v>
       </c>
       <c r="N10" s="15">
-        <v>121</v>
+        <v>134</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.0243</v>
       </c>
       <c r="L11" s="15">
         <v>0.01758</v>
       </c>
       <c r="M11" s="15">
         <v>0.01534</v>
       </c>
       <c r="N11" s="15">
-        <v>6320</v>
+        <v>4880</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0261</v>
       </c>
       <c r="L12" s="15">
         <v>0.02262</v>
       </c>
       <c r="M12" s="15">
         <v>0.02175</v>
       </c>
       <c r="N12" s="15">
-        <v>860</v>
+        <v>600</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080065762</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -3918,51 +3915,51 @@
       </c>
       <c r="E15" s="15">
         <v>10080034625</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05411</v>
       </c>
       <c r="L15" s="15">
         <v>0.03297</v>
       </c>
       <c r="M15" s="15">
         <v>0.02916</v>
       </c>
       <c r="N15" s="15">
-        <v>17145</v>
+        <v>18415</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15">
         <v>10080028134</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
@@ -4039,51 +4036,51 @@
         <v>10080008718</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03003</v>
       </c>
       <c r="L18" s="15">
         <v>0.02172</v>
       </c>
       <c r="M18" s="15">
         <v>0.01895</v>
       </c>
       <c r="N18" s="15">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>59</v>
@@ -4121,174 +4118,174 @@
         <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02721</v>
       </c>
       <c r="L20" s="15">
         <v>0.01969</v>
       </c>
       <c r="M20" s="15">
         <v>0.01718</v>
       </c>
       <c r="N20" s="15">
-        <v>518</v>
+        <v>375</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.02426</v>
       </c>
       <c r="L21" s="15">
         <v>0.01755</v>
       </c>
       <c r="M21" s="15">
         <v>0.01532</v>
       </c>
       <c r="N21" s="15">
-        <v>18057</v>
+        <v>19404</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080071926</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.04231</v>
       </c>
       <c r="L22" s="15">
         <v>0.03034</v>
       </c>
       <c r="M22" s="15">
         <v>0.02635</v>
       </c>
       <c r="N22" s="15">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080055121</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03041</v>
       </c>
       <c r="L23" s="15">
         <v>0.02684</v>
       </c>
       <c r="M23" s="15">
         <v>0.02415</v>
       </c>
       <c r="N23" s="15">
-        <v>522</v>
+        <v>506</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080032800</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>49</v>
@@ -4328,97 +4325,97 @@
         <v>10080039428</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.02922</v>
       </c>
       <c r="L25" s="15">
         <v>0.02114</v>
       </c>
       <c r="M25" s="15">
         <v>0.01845</v>
       </c>
       <c r="N25" s="15">
-        <v>360</v>
+        <v>409</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02792</v>
       </c>
       <c r="L26" s="15">
         <v>0.02021</v>
       </c>
       <c r="M26" s="15">
         <v>0.01763</v>
       </c>
       <c r="N26" s="15">
-        <v>850</v>
+        <v>750</v>
       </c>
       <c r="O26" s="15">
-        <v>1700</v>
+        <v>1500</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
@@ -4453,51 +4450,51 @@
       <c r="D28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.044</v>
       </c>
       <c r="L28" s="15">
         <v>0.03183</v>
       </c>
       <c r="M28" s="15">
         <v>0.02777</v>
       </c>
       <c r="N28" s="15">
-        <v>698</v>
+        <v>642</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15">
         <v>10080038883</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>49</v>
@@ -4533,133 +4530,133 @@
       </c>
       <c r="E30" s="15">
         <v>10080066922</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03674</v>
       </c>
       <c r="L30" s="15">
         <v>0.02658</v>
       </c>
       <c r="M30" s="15">
         <v>0.02319</v>
       </c>
       <c r="N30" s="15">
-        <v>618</v>
+        <v>853</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15">
         <v>10080052242</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.05756</v>
       </c>
       <c r="L31" s="15">
         <v>0.0334</v>
       </c>
       <c r="M31" s="15">
         <v>0.03011</v>
       </c>
       <c r="N31" s="15">
-        <v>281</v>
+        <v>235</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E32" s="15">
         <v>10080038490</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04293</v>
       </c>
       <c r="L32" s="15">
         <v>0.03067</v>
       </c>
       <c r="M32" s="15">
         <v>0.02658</v>
       </c>
       <c r="N32" s="15">
-        <v>1056</v>
+        <v>1089</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15">
         <v>10080003888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
@@ -4742,51 +4739,51 @@
         <v>105</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03398</v>
       </c>
       <c r="L35" s="15">
         <v>0.02459</v>
       </c>
       <c r="M35" s="15">
         <v>0.02145</v>
       </c>
       <c r="N35" s="15">
-        <v>8400</v>
+        <v>9000</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15">
         <v>10080042253</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>49</v>
@@ -4907,51 +4904,51 @@
       <c r="G39" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01636</v>
       </c>
       <c r="L39" s="15">
         <v>0.01567</v>
       </c>
       <c r="M39" s="15">
         <v>0.01567</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15">
-        <v>740</v>
+        <v>770</v>
       </c>
       <c r="P39" s="15" t="s">
         <v>81</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E40" s="15">
         <v>10080035261</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H40" s="15" t="s">
@@ -5113,11298 +5110,11292 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02913</v>
       </c>
       <c r="L44" s="15">
         <v>0.02525</v>
       </c>
       <c r="M44" s="15">
         <v>0.02428</v>
       </c>
       <c r="N44" s="15">
-        <v>193</v>
+        <v>261</v>
       </c>
       <c r="O44" s="15">
-        <v>4550</v>
-[...3 lines deleted...]
-      </c>
+        <v>6160</v>
+      </c>
+      <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E45" s="15">
         <v>10080003175</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H45" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.08018</v>
       </c>
       <c r="L45" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07500999999999999</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E46" s="15">
         <v>10080071992</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.05196</v>
+        <v>0.02918</v>
       </c>
       <c r="L46" s="15">
-        <v>0.03725</v>
+        <v>0.02529</v>
       </c>
       <c r="M46" s="15">
-        <v>0.03236</v>
+        <v>0.02431</v>
       </c>
       <c r="N46" s="15">
-        <v>191</v>
+        <v>244</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
       </c>
       <c r="K47" s="15">
         <v>0.04057</v>
       </c>
       <c r="L47" s="15">
         <v>0.03386</v>
       </c>
       <c r="M47" s="15">
         <v>0</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E48" s="15">
         <v>10080015970</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03195</v>
       </c>
       <c r="L48" s="15">
         <v>0.02312</v>
       </c>
       <c r="M48" s="15">
         <v>0.02017</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E49" s="15">
         <v>10080003890</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.04138</v>
       </c>
       <c r="L49" s="15">
         <v>0.0388</v>
       </c>
       <c r="M49" s="15">
         <v>0.0375</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.0306</v>
       </c>
       <c r="L50" s="15">
         <v>0.02214</v>
       </c>
       <c r="M50" s="15">
         <v>0.01932</v>
       </c>
       <c r="N50" s="15">
-        <v>5950</v>
+        <v>5320</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E51" s="15">
         <v>10080052372</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.05398</v>
       </c>
       <c r="L51" s="15">
         <v>0.0387</v>
       </c>
       <c r="M51" s="15">
         <v>0.03361</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E52" s="15">
         <v>10080003882</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.04561</v>
       </c>
       <c r="L52" s="15">
         <v>0.033</v>
       </c>
       <c r="M52" s="15">
         <v>0.0288</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E53" s="15">
         <v>10080070739</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.0341</v>
       </c>
       <c r="L53" s="15">
         <v>0.03009</v>
       </c>
       <c r="M53" s="15">
         <v>0.02708</v>
       </c>
       <c r="N53" s="15">
-        <v>2013</v>
+        <v>2204</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.03291</v>
       </c>
       <c r="L54" s="15">
         <v>0.02382</v>
       </c>
       <c r="M54" s="15">
         <v>0.02078</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02817</v>
       </c>
       <c r="L55" s="15">
         <v>0.02038</v>
       </c>
       <c r="M55" s="15">
         <v>0.01778</v>
       </c>
       <c r="N55" s="15">
-        <v>696</v>
+        <v>568</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E56" s="15">
         <v>10080003893</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0149</v>
       </c>
       <c r="L56" s="15">
         <v>0.013</v>
       </c>
       <c r="M56" s="15">
         <v>0.012</v>
       </c>
       <c r="N56" s="15">
-        <v>8976</v>
+        <v>7457</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E57" s="15">
         <v>10080003884</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05075</v>
       </c>
       <c r="L57" s="15">
         <v>0.0364</v>
       </c>
       <c r="M57" s="15">
         <v>0.0316</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E58" s="15">
         <v>10080046174</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.05781</v>
       </c>
       <c r="L58" s="15">
         <v>0.04147</v>
       </c>
       <c r="M58" s="15">
         <v>0.036</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E59" s="15">
         <v>10080074100</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.03307</v>
       </c>
       <c r="L59" s="15">
         <v>0.02918</v>
       </c>
       <c r="M59" s="15">
         <v>0.02626</v>
       </c>
       <c r="N59" s="15">
-        <v>2747</v>
+        <v>2707</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.031</v>
       </c>
       <c r="L60" s="15">
         <v>0.0207</v>
       </c>
       <c r="M60" s="15">
         <v>0.0188</v>
       </c>
       <c r="N60" s="15">
-        <v>1920</v>
+        <v>2610</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E61" s="15">
         <v>10080003896</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.04365</v>
       </c>
       <c r="L61" s="15">
         <v>0.02975</v>
       </c>
       <c r="M61" s="15">
         <v>0.02579</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E62" s="15">
         <v>10080066923</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.03434</v>
       </c>
       <c r="L62" s="15">
         <v>0.02484</v>
       </c>
       <c r="M62" s="15">
         <v>0.02168</v>
       </c>
       <c r="N62" s="15">
-        <v>207</v>
+        <v>174</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.01542</v>
       </c>
       <c r="L63" s="15">
         <v>0.01478</v>
       </c>
       <c r="M63" s="15">
         <v>0.01478</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03524</v>
       </c>
       <c r="L64" s="15">
         <v>0.0255</v>
       </c>
       <c r="M64" s="15">
         <v>0.02225</v>
       </c>
       <c r="N64" s="15">
-        <v>780</v>
+        <v>730</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01825</v>
       </c>
       <c r="L65" s="15">
         <v>0.01749</v>
       </c>
       <c r="M65" s="15">
         <v>0.01749</v>
       </c>
       <c r="N65" s="15">
-        <v>2387</v>
+        <v>2441</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E66" s="15">
         <v>10080067836</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.06217</v>
       </c>
       <c r="L66" s="15">
         <v>0.05181</v>
       </c>
       <c r="M66" s="15">
         <v>0.04974</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E67" s="15">
         <v>10080067881</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.05592</v>
       </c>
       <c r="L67" s="15">
         <v>0.04287</v>
       </c>
       <c r="M67" s="15">
         <v>0.04287</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E68" s="15">
         <v>10080037585</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05398</v>
       </c>
       <c r="L68" s="15">
         <v>0.0387</v>
       </c>
       <c r="M68" s="15">
         <v>0.03361</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E69" s="15">
         <v>10080059354</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.0446</v>
       </c>
       <c r="L69" s="15">
         <v>0.03227</v>
       </c>
       <c r="M69" s="15">
         <v>0.02815</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E70" s="15">
         <v>10080003885</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04897</v>
       </c>
       <c r="L70" s="15">
         <v>0.03542</v>
       </c>
       <c r="M70" s="15">
         <v>0.03091</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.04273</v>
       </c>
       <c r="L71" s="15">
         <v>0.03091</v>
       </c>
       <c r="M71" s="15">
         <v>0.02698</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>2258</v>
+        <v>2317</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>81</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E72" s="15">
         <v>10080032689</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.04195</v>
       </c>
       <c r="L72" s="15">
         <v>0.0301</v>
       </c>
       <c r="M72" s="15">
         <v>0.02613</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E73" s="15">
         <v>10080011038</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03104</v>
       </c>
       <c r="L73" s="15">
         <v>0.02845</v>
       </c>
       <c r="M73" s="15">
         <v>0.02845</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E74" s="15">
         <v>10000029939</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02934</v>
       </c>
       <c r="L74" s="15">
         <v>0.02123</v>
       </c>
       <c r="M74" s="15">
         <v>0.01852</v>
       </c>
       <c r="N74" s="15">
         <v>69</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02986</v>
       </c>
       <c r="L75" s="15">
         <v>0.0216</v>
       </c>
       <c r="M75" s="15">
         <v>0.01885</v>
       </c>
       <c r="N75" s="15">
-        <v>16811</v>
+        <v>12208</v>
       </c>
       <c r="O75" s="15">
-        <v>8400</v>
+        <v>6100</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>81</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E76" s="15">
         <v>10080034626</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.03785</v>
       </c>
       <c r="L76" s="15">
         <v>0.02713</v>
       </c>
       <c r="M76" s="15">
         <v>0.02358</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E77" s="15">
         <v>10080011039</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>200</v>
       </c>
       <c r="K77" s="15">
         <v>0.03493</v>
       </c>
       <c r="L77" s="15">
         <v>0.03234</v>
       </c>
       <c r="M77" s="15">
         <v>0.03104</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E78" s="15">
         <v>10000022647</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.03291</v>
       </c>
       <c r="L78" s="15">
         <v>0.02382</v>
       </c>
       <c r="M78" s="15">
         <v>0.02078</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>223</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.02956</v>
       </c>
       <c r="L79" s="15">
         <v>0.02138</v>
       </c>
       <c r="M79" s="15">
         <v>0.01866</v>
       </c>
       <c r="N79" s="15">
-        <v>85440</v>
+        <v>71847</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.02587</v>
       </c>
       <c r="L80" s="15">
         <v>0.01871</v>
       </c>
       <c r="M80" s="15">
         <v>0.01633</v>
       </c>
       <c r="N80" s="15">
-        <v>33185</v>
+        <v>27977</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E81" s="15">
         <v>10080048658</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1500</v>
       </c>
       <c r="K81" s="15">
         <v>0.75902</v>
       </c>
       <c r="L81" s="15">
         <v>0.6224</v>
       </c>
       <c r="M81" s="15">
         <v>0.59709</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="E82" s="15">
         <v>10080058060</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.08627</v>
       </c>
       <c r="L82" s="15">
         <v>0.06186</v>
       </c>
       <c r="M82" s="15">
         <v>0.05372</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E83" s="15">
         <v>10000004408</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.05338</v>
       </c>
       <c r="L83" s="15">
         <v>0.03828</v>
       </c>
       <c r="M83" s="15">
         <v>0.03325</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.04582</v>
       </c>
       <c r="L84" s="15">
         <v>0.03315</v>
       </c>
       <c r="M84" s="15">
         <v>0.02892</v>
       </c>
       <c r="N84" s="15">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E85" s="15">
         <v>10080034627</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04199</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02614</v>
       </c>
       <c r="N85" s="15">
-        <v>344</v>
+        <v>515</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080011040</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.04138</v>
       </c>
       <c r="L86" s="15">
         <v>0.0388</v>
       </c>
       <c r="M86" s="15">
         <v>0.0375</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E87" s="15">
         <v>10080031277</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03486</v>
       </c>
       <c r="L87" s="15">
         <v>0.02522</v>
       </c>
       <c r="M87" s="15">
         <v>0.02201</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E88" s="15">
         <v>10080011518</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.03191</v>
       </c>
       <c r="L88" s="15">
         <v>0.02309</v>
       </c>
       <c r="M88" s="15">
         <v>0.02015</v>
       </c>
       <c r="N88" s="15">
         <v>16</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02127</v>
       </c>
       <c r="L89" s="15">
         <v>0.01843</v>
       </c>
       <c r="M89" s="15">
         <v>0.01773</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15">
-        <v>43000</v>
+        <v>35000</v>
       </c>
       <c r="P89" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.02543</v>
       </c>
       <c r="L90" s="15">
         <v>0.02204</v>
       </c>
       <c r="M90" s="15">
         <v>0.02119</v>
       </c>
       <c r="N90" s="15">
-        <v>29268</v>
+        <v>23492</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E91" s="15">
         <v>10080003899</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.02739</v>
       </c>
       <c r="L91" s="15">
         <v>0.02374</v>
       </c>
       <c r="M91" s="15">
         <v>0.02283</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>2560</v>
+        <v>3560</v>
       </c>
       <c r="P91" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E92" s="15">
         <v>10080074101</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.04674</v>
       </c>
       <c r="L92" s="15">
         <v>0.03382</v>
       </c>
       <c r="M92" s="15">
         <v>0.02951</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E93" s="15">
         <v>10080032690</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="L93" s="15">
         <v>0.05188</v>
       </c>
       <c r="M93" s="15">
         <v>0.04495</v>
       </c>
       <c r="N93" s="15">
-        <v>2438</v>
+        <v>2151</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.04138</v>
       </c>
       <c r="L94" s="15">
         <v>0.0388</v>
       </c>
       <c r="M94" s="15">
         <v>0.0375</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E95" s="15">
         <v>10080003887</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04561</v>
       </c>
       <c r="L95" s="15">
         <v>0.033</v>
       </c>
       <c r="M95" s="15">
         <v>0.0288</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.03256</v>
       </c>
       <c r="L96" s="15">
         <v>0.02873</v>
       </c>
       <c r="M96" s="15">
         <v>0.02585</v>
       </c>
       <c r="N96" s="15">
-        <v>621</v>
+        <v>810</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E97" s="15">
         <v>10080003900</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.04752</v>
       </c>
       <c r="L97" s="15">
         <v>0.03406</v>
       </c>
       <c r="M97" s="15">
         <v>0.0296</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E98" s="15">
         <v>10080064913</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.06403</v>
       </c>
       <c r="L98" s="15">
         <v>0.04273</v>
       </c>
       <c r="M98" s="15">
         <v>0.0388</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.03969</v>
       </c>
       <c r="L99" s="15">
         <v>0.02872</v>
       </c>
       <c r="M99" s="15">
         <v>0.02506</v>
       </c>
       <c r="N99" s="15">
-        <v>41002</v>
+        <v>32094</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E100" s="15">
         <v>10080074041</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.04524</v>
+        <v>0.02697</v>
       </c>
       <c r="L100" s="15">
-        <v>0.03273</v>
+        <v>0.02337</v>
       </c>
       <c r="M100" s="15">
-        <v>0.02857</v>
+        <v>0.02248</v>
       </c>
       <c r="N100" s="15">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E101" s="15">
         <v>10080033458</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.07545</v>
       </c>
       <c r="L101" s="15">
         <v>0.05145</v>
       </c>
       <c r="M101" s="15">
         <v>0.04631</v>
       </c>
       <c r="N101" s="15">
         <v>70</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E102" s="15">
         <v>10000004409</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04478</v>
       </c>
       <c r="L102" s="15">
         <v>0.03211</v>
       </c>
       <c r="M102" s="15">
         <v>0.02788</v>
       </c>
       <c r="N102" s="15">
-        <v>153</v>
+        <v>175</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.03303</v>
       </c>
       <c r="L103" s="15">
         <v>0.02915</v>
       </c>
       <c r="M103" s="15">
         <v>0.02623</v>
       </c>
       <c r="N103" s="15">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.05597</v>
       </c>
       <c r="L104" s="15">
         <v>0.0405</v>
       </c>
       <c r="M104" s="15">
         <v>0.03534</v>
       </c>
       <c r="N104" s="15">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>96</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.04814</v>
       </c>
       <c r="L105" s="15">
         <v>0.03483</v>
       </c>
       <c r="M105" s="15">
         <v>0.03039</v>
       </c>
       <c r="N105" s="15">
         <v>1705</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E106" s="15">
         <v>10080003912</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.06219</v>
       </c>
       <c r="L106" s="15">
         <v>0.04499</v>
       </c>
       <c r="M106" s="15">
         <v>0.03926</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.0318</v>
       </c>
       <c r="L107" s="15">
         <v>0.03048</v>
       </c>
       <c r="M107" s="15">
         <v>0.03048</v>
       </c>
       <c r="N107" s="15">
-        <v>5861</v>
+        <v>4662</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="L108" s="15">
         <v>0.07105</v>
       </c>
       <c r="M108" s="15">
         <v>0.06831</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E109" s="15">
         <v>10080003914</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.10991</v>
       </c>
       <c r="L109" s="15">
         <v>0.07495</v>
       </c>
       <c r="M109" s="15">
         <v>0.06494</v>
       </c>
       <c r="N109" s="15">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.06219</v>
       </c>
       <c r="L110" s="15">
         <v>0.04499</v>
       </c>
       <c r="M110" s="15">
         <v>0.03926</v>
       </c>
       <c r="N110" s="15">
-        <v>472</v>
+        <v>616</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E111" s="15">
         <v>10000020408</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
         <v>0.06219</v>
       </c>
       <c r="L111" s="15">
         <v>0.04499</v>
       </c>
       <c r="M111" s="15">
         <v>0.03926</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="E112" s="15">
         <v>10080031278</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.05594</v>
       </c>
       <c r="L112" s="15">
         <v>0.04047</v>
       </c>
       <c r="M112" s="15">
         <v>0.03532</v>
       </c>
       <c r="N112" s="15">
-        <v>1723</v>
+        <v>1520</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
         <v>0.07454</v>
       </c>
       <c r="L113" s="15">
         <v>0.05393</v>
       </c>
       <c r="M113" s="15">
         <v>0.04706</v>
       </c>
       <c r="N113" s="15">
-        <v>3300</v>
+        <v>3900</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E114" s="15">
         <v>10080003916</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.10991</v>
       </c>
       <c r="L114" s="15">
         <v>0.07495</v>
       </c>
       <c r="M114" s="15">
         <v>0.06494</v>
       </c>
       <c r="N114" s="15">
         <v>4</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="E115" s="15">
         <v>10080064914</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.05724</v>
       </c>
       <c r="L115" s="15">
         <v>0.04142</v>
       </c>
       <c r="M115" s="15">
         <v>0.03614</v>
       </c>
       <c r="N115" s="15">
-        <v>215</v>
+        <v>285</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03054</v>
       </c>
       <c r="L116" s="15">
         <v>0.02927</v>
       </c>
       <c r="M116" s="15">
         <v>0.02927</v>
       </c>
       <c r="N116" s="15">
-        <v>485</v>
+        <v>599</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E117" s="15">
         <v>10080052244</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
-        <v>0.07165000000000001</v>
+        <v>0.04034</v>
       </c>
       <c r="L117" s="15">
-        <v>0.05137</v>
+        <v>0.03496</v>
       </c>
       <c r="M117" s="15">
-        <v>0.04461</v>
+        <v>0.03361</v>
       </c>
       <c r="N117" s="15">
         <v>6</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E118" s="15">
         <v>10080033459</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.0418</v>
       </c>
       <c r="L118" s="15">
         <v>0.0418</v>
       </c>
       <c r="M118" s="15">
         <v>0.0418</v>
       </c>
       <c r="N118" s="15">
-        <v>1624</v>
+        <v>1329</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E119" s="15">
         <v>10080003917</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.0418</v>
       </c>
       <c r="L119" s="15">
         <v>0.0418</v>
       </c>
       <c r="M119" s="15">
         <v>0.0418</v>
       </c>
       <c r="N119" s="15">
-        <v>3780</v>
+        <v>5021</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E120" s="15">
         <v>10080003921</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.1495</v>
       </c>
       <c r="L120" s="15">
         <v>0.07940999999999999</v>
       </c>
       <c r="M120" s="15">
         <v>0.06777</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.05909</v>
       </c>
       <c r="L121" s="15">
         <v>0.04275</v>
       </c>
       <c r="M121" s="15">
         <v>0.03731</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>358</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.05206</v>
       </c>
       <c r="L122" s="15">
         <v>0.03766</v>
       </c>
       <c r="M122" s="15">
         <v>0.03287</v>
       </c>
       <c r="N122" s="15">
-        <v>5124</v>
+        <v>4636</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E123" s="15">
         <v>10080033460</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09124</v>
       </c>
       <c r="L123" s="15">
         <v>0.06222</v>
       </c>
       <c r="M123" s="15">
         <v>0.05391</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>364</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="E124" s="15" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.0582</v>
       </c>
       <c r="L124" s="15">
         <v>0.05431</v>
       </c>
       <c r="M124" s="15">
         <v>0.05303</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>367</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.04179</v>
       </c>
       <c r="L125" s="15">
         <v>0.03622</v>
       </c>
       <c r="M125" s="15">
         <v>0.03483</v>
       </c>
       <c r="N125" s="15">
-        <v>2292</v>
+        <v>2712</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E126" s="15">
         <v>10080031279</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
         <v>0.05206</v>
       </c>
       <c r="L126" s="15">
         <v>0.03766</v>
       </c>
       <c r="M126" s="15">
         <v>0.03287</v>
       </c>
       <c r="N126" s="15">
-        <v>323</v>
+        <v>266</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E127" s="15">
         <v>10080033461</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.14395</v>
       </c>
       <c r="L127" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M127" s="15">
         <v>0.06522</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D128" s="15" t="s">
+      <c r="E128" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.0602</v>
       </c>
       <c r="L128" s="15">
         <v>0.04355</v>
       </c>
       <c r="M128" s="15">
         <v>0.038</v>
       </c>
       <c r="N128" s="15">
-        <v>14711</v>
+        <v>11661</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="E129" s="15">
         <v>10080031280</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="J129" s="15">
         <v>500</v>
       </c>
       <c r="K129" s="15">
         <v>0.05212</v>
       </c>
       <c r="L129" s="15">
         <v>0.03771</v>
       </c>
       <c r="M129" s="15">
         <v>0.03291</v>
       </c>
       <c r="N129" s="15">
-        <v>24997</v>
+        <v>12906</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E130" s="15">
         <v>10080067728</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.20286</v>
       </c>
       <c r="L130" s="15">
         <v>0.13567</v>
       </c>
       <c r="M130" s="15">
         <v>0.12298</v>
       </c>
       <c r="N130" s="15">
         <v>1</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E131" s="15">
         <v>10080034628</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J131" s="15">
         <v>500</v>
       </c>
       <c r="K131" s="15">
         <v>0.1681</v>
       </c>
       <c r="L131" s="15">
         <v>0.09304999999999999</v>
       </c>
       <c r="M131" s="15">
         <v>0.08105</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="E132" s="15">
         <v>10000010508</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.08749</v>
       </c>
       <c r="L132" s="15">
         <v>0.0633</v>
       </c>
       <c r="M132" s="15">
         <v>0.05523</v>
       </c>
       <c r="N132" s="15">
-        <v>472</v>
+        <v>444</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>393</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.08366999999999999</v>
       </c>
       <c r="L133" s="15">
         <v>0.06054</v>
       </c>
       <c r="M133" s="15">
         <v>0.05283</v>
       </c>
       <c r="N133" s="15">
-        <v>1680</v>
+        <v>1260</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E134" s="15">
         <v>10080070740</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J134" s="15">
         <v>500</v>
       </c>
       <c r="K134" s="15">
         <v>0.08934</v>
       </c>
       <c r="L134" s="15">
         <v>0.07493</v>
       </c>
       <c r="M134" s="15">
         <v>0.07205</v>
       </c>
       <c r="N134" s="15">
-        <v>2327</v>
+        <v>2526</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E135" s="15">
         <v>10080033462</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="J135" s="15">
         <v>500</v>
       </c>
       <c r="K135" s="15">
         <v>0.14737</v>
       </c>
       <c r="L135" s="15">
         <v>0.10048</v>
       </c>
       <c r="M135" s="15">
         <v>0.09045</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E136" s="15">
         <v>10080011041</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>200</v>
       </c>
       <c r="K136" s="15">
         <v>0.06337</v>
       </c>
       <c r="L136" s="15">
         <v>0.05949</v>
       </c>
       <c r="M136" s="15">
         <v>0.0569</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="E137" s="15">
         <v>10000029938</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="J137" s="15">
         <v>500</v>
       </c>
       <c r="K137" s="15">
         <v>0.06659</v>
       </c>
       <c r="L137" s="15">
         <v>0.04774</v>
       </c>
       <c r="M137" s="15">
         <v>0.04147</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E138" s="15">
         <v>10080031281</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="J138" s="15">
         <v>500</v>
       </c>
       <c r="K138" s="15">
         <v>0.05212</v>
       </c>
       <c r="L138" s="15">
         <v>0.03771</v>
       </c>
       <c r="M138" s="15">
         <v>0.03291</v>
       </c>
       <c r="N138" s="15">
-        <v>71522</v>
+        <v>59191</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="E139" s="15">
         <v>10080033463</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="J139" s="15">
         <v>500</v>
       </c>
       <c r="K139" s="15">
         <v>0.09313</v>
       </c>
       <c r="L139" s="15">
         <v>0.06349</v>
       </c>
       <c r="M139" s="15">
         <v>0.05503</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
         <v>0.06466</v>
       </c>
       <c r="L140" s="15">
         <v>0.06079</v>
       </c>
       <c r="M140" s="15">
         <v>0.05949</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E141" s="15">
         <v>10080003171</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.04703</v>
       </c>
       <c r="L141" s="15">
         <v>0.04076</v>
       </c>
       <c r="M141" s="15">
         <v>0.03919</v>
       </c>
       <c r="N141" s="15">
-        <v>7211</v>
+        <v>4751</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>416</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E142" s="15">
         <v>10080031282</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
         <v>0.06269</v>
       </c>
       <c r="L142" s="15">
         <v>0.04536</v>
       </c>
       <c r="M142" s="15">
         <v>0.03958</v>
       </c>
       <c r="N142" s="15">
-        <v>6343</v>
+        <v>8006</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>420</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
         <v>0.04986</v>
       </c>
       <c r="L143" s="15">
         <v>0.04321</v>
       </c>
       <c r="M143" s="15">
         <v>0.04155</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15">
-        <v>3450</v>
+        <v>3350</v>
       </c>
       <c r="P143" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="E144" s="15">
         <v>10080059402</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>500</v>
       </c>
       <c r="K144" s="15">
         <v>0.08746</v>
       </c>
       <c r="L144" s="15">
         <v>0.06271</v>
       </c>
       <c r="M144" s="15">
         <v>0.05446</v>
       </c>
       <c r="N144" s="15">
         <v>53</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="E145" s="15">
         <v>10080003924</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09061</v>
       </c>
       <c r="L145" s="15">
         <v>0.06496</v>
       </c>
       <c r="M145" s="15">
         <v>0.05643</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E146" s="15">
         <v>10080052245</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="J146" s="15">
         <v>500</v>
       </c>
       <c r="K146" s="15">
         <v>0.05375</v>
       </c>
       <c r="L146" s="15">
         <v>0.04743</v>
       </c>
       <c r="M146" s="15">
         <v>0.04269</v>
       </c>
       <c r="N146" s="15">
-        <v>650</v>
+        <v>760</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="E147" s="15">
         <v>10080003925</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
         <v>0.08839</v>
       </c>
       <c r="L147" s="15">
         <v>0.06337</v>
       </c>
       <c r="M147" s="15">
         <v>0.05503</v>
       </c>
       <c r="N147" s="15">
         <v>41</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="E148" s="15">
         <v>10080071994</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.04869</v>
       </c>
       <c r="L148" s="15">
         <v>0.0422</v>
       </c>
       <c r="M148" s="15">
         <v>0.04058</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15">
-        <v>8800</v>
-[...3 lines deleted...]
-      </c>
+        <v>6900</v>
+      </c>
+      <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="E149" s="15">
         <v>10080075765</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H149" s="15" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.13403</v>
       </c>
       <c r="L149" s="15">
         <v>0.11168</v>
       </c>
       <c r="M149" s="15">
         <v>0.10721</v>
       </c>
       <c r="N149" s="15">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>437</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>438</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.05377</v>
       </c>
       <c r="L150" s="15">
         <v>0.04745</v>
       </c>
       <c r="M150" s="15">
         <v>0.0427</v>
       </c>
       <c r="N150" s="15">
-        <v>330</v>
+        <v>365</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="E151" s="15">
         <v>10080069781</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>500</v>
       </c>
       <c r="K151" s="15">
         <v>0.1548</v>
       </c>
       <c r="L151" s="15">
         <v>0.12985</v>
       </c>
       <c r="M151" s="15">
         <v>0.12485</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
         <v>0.09073000000000001</v>
       </c>
       <c r="L152" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M152" s="15">
         <v>0.07205</v>
       </c>
       <c r="N152" s="15">
-        <v>1044</v>
+        <v>1204</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="E153" s="15">
         <v>10080003936</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="J153" s="15">
         <v>500</v>
       </c>
       <c r="K153" s="15">
         <v>0.13967</v>
       </c>
       <c r="L153" s="15">
         <v>0.13449</v>
       </c>
       <c r="M153" s="15">
         <v>0.13062</v>
       </c>
       <c r="N153" s="15">
-        <v>541</v>
+        <v>379</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E154" s="15">
         <v>10080064416</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>250</v>
       </c>
       <c r="K154" s="15">
         <v>0.31876</v>
       </c>
       <c r="L154" s="15">
         <v>0.22854</v>
       </c>
       <c r="M154" s="15">
         <v>0.19848</v>
       </c>
       <c r="N154" s="15">
-        <v>480</v>
+        <v>584</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="E155" s="15">
         <v>10080003939</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>400</v>
       </c>
       <c r="K155" s="15">
         <v>0.11095</v>
       </c>
       <c r="L155" s="15">
         <v>0.07956000000000001</v>
       </c>
       <c r="M155" s="15">
         <v>0.06908</v>
       </c>
       <c r="N155" s="15">
         <v>59</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E156" s="15">
         <v>10080009804</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.13191</v>
       </c>
       <c r="L156" s="15">
         <v>0.12287</v>
       </c>
       <c r="M156" s="15">
         <v>0.11898</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="E157" s="15">
         <v>10000004189</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.19401</v>
       </c>
       <c r="L157" s="15">
         <v>0.1323</v>
       </c>
       <c r="M157" s="15">
         <v>0.11906</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>458</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
         <v>0.12961</v>
       </c>
       <c r="L158" s="15">
         <v>0.09378</v>
       </c>
       <c r="M158" s="15">
         <v>0.08183</v>
       </c>
       <c r="N158" s="15">
-        <v>657</v>
+        <v>873</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="E159" s="15">
         <v>10080003940</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.18109</v>
       </c>
       <c r="L159" s="15">
         <v>0.12348</v>
       </c>
       <c r="M159" s="15">
         <v>0.11112</v>
       </c>
       <c r="N159" s="15">
         <v>28</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>463</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.10275</v>
       </c>
       <c r="L160" s="15">
         <v>0.07434</v>
       </c>
       <c r="M160" s="15">
         <v>0.06487</v>
       </c>
       <c r="N160" s="15">
-        <v>577</v>
+        <v>570</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>466</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
         <v>0.13109</v>
       </c>
       <c r="L161" s="15">
         <v>0.09483999999999999</v>
       </c>
       <c r="M161" s="15">
         <v>0.08277</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>469</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>500</v>
       </c>
       <c r="K162" s="15">
         <v>0.11807</v>
       </c>
       <c r="L162" s="15">
         <v>0.08542</v>
       </c>
       <c r="M162" s="15">
         <v>0.07454</v>
       </c>
       <c r="N162" s="15">
-        <v>533</v>
+        <v>570</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>472</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
         <v>0.17146</v>
       </c>
       <c r="L163" s="15">
         <v>0.1438</v>
       </c>
       <c r="M163" s="15">
         <v>0.13827</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>476</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J164" s="15">
         <v>500</v>
       </c>
       <c r="K164" s="15">
         <v>0.10825</v>
       </c>
       <c r="L164" s="15">
         <v>0.07833</v>
       </c>
       <c r="M164" s="15">
         <v>0.06834</v>
       </c>
       <c r="N164" s="15">
-        <v>1197</v>
+        <v>939</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="E165" s="15">
         <v>10080034629</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="J165" s="15">
         <v>400</v>
       </c>
       <c r="K165" s="15">
         <v>0.28555</v>
       </c>
       <c r="L165" s="15">
         <v>0.1517</v>
       </c>
       <c r="M165" s="15">
         <v>0.12939</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E166" s="15">
         <v>10000004622</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.11889</v>
       </c>
       <c r="L166" s="15">
         <v>0.08602</v>
       </c>
       <c r="M166" s="15">
         <v>0.07506</v>
       </c>
       <c r="N166" s="15">
-        <v>1204</v>
+        <v>332</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>485</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.12552</v>
       </c>
       <c r="L167" s="15">
         <v>0.1046</v>
       </c>
       <c r="M167" s="15">
         <v>0.10042</v>
       </c>
       <c r="N167" s="15">
-        <v>380</v>
+        <v>440</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="E168" s="15">
         <v>10080052246</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>500</v>
       </c>
       <c r="K168" s="15">
         <v>0.10724</v>
       </c>
       <c r="L168" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="M168" s="15">
         <v>0.06771000000000001</v>
       </c>
       <c r="N168" s="15">
-        <v>8673</v>
+        <v>10455</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="E169" s="15">
         <v>10080003176</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="J169" s="15"/>
       <c r="K169" s="15">
         <v>0.27662</v>
       </c>
       <c r="L169" s="15">
         <v>0.26771</v>
       </c>
       <c r="M169" s="15">
         <v>0.25878</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>491</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>500</v>
       </c>
       <c r="K170" s="15">
         <v>0.14613</v>
       </c>
       <c r="L170" s="15">
         <v>0.13191</v>
       </c>
       <c r="M170" s="15">
         <v>0.13191</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="D171" s="15" t="s">
+      <c r="E171" s="15" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
         <v>0.13005</v>
       </c>
       <c r="L171" s="15">
         <v>0.09408999999999999</v>
       </c>
       <c r="M171" s="15">
         <v>0.08210000000000001</v>
       </c>
       <c r="N171" s="15">
-        <v>8400</v>
+        <v>7300</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="E172" s="15">
         <v>10080039534</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="J172" s="15">
         <v>400</v>
       </c>
       <c r="K172" s="15">
         <v>0.18109</v>
       </c>
       <c r="L172" s="15">
         <v>0.12348</v>
       </c>
       <c r="M172" s="15">
         <v>0.11112</v>
       </c>
       <c r="N172" s="15">
         <v>65</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>501</v>
       </c>
-      <c r="D173" s="15" t="s">
+      <c r="E173" s="15" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>500</v>
       </c>
       <c r="K173" s="15">
         <v>0.11252</v>
       </c>
       <c r="L173" s="15">
         <v>0.10475</v>
       </c>
       <c r="M173" s="15">
         <v>0.10217</v>
       </c>
       <c r="N173" s="15">
         <v>3</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="E174" s="15">
         <v>10080003944</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="J174" s="15">
         <v>500</v>
       </c>
       <c r="K174" s="15">
         <v>0.1311</v>
       </c>
       <c r="L174" s="15">
         <v>0.09364</v>
       </c>
       <c r="M174" s="15">
         <v>0.08116</v>
       </c>
       <c r="N174" s="15">
         <v>21</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>507</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J175" s="15">
         <v>500</v>
       </c>
       <c r="K175" s="15">
         <v>0.10232</v>
       </c>
       <c r="L175" s="15">
         <v>0.07403</v>
       </c>
       <c r="M175" s="15">
         <v>0.0646</v>
       </c>
       <c r="N175" s="15">
-        <v>1660</v>
+        <v>1220</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E176" s="15">
         <v>10080003931</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.20234</v>
       </c>
       <c r="L176" s="15">
         <v>0.10841</v>
       </c>
       <c r="M176" s="15">
         <v>0.09393</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E177" s="15">
         <v>10080064917</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.18826</v>
       </c>
       <c r="L177" s="15">
         <v>0.13498</v>
       </c>
       <c r="M177" s="15">
         <v>0.11721</v>
       </c>
       <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="D178" s="15" t="s">
+      <c r="E178" s="15" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.13005</v>
       </c>
       <c r="L178" s="15">
         <v>0.09408999999999999</v>
       </c>
       <c r="M178" s="15">
         <v>0.08210000000000001</v>
       </c>
       <c r="N178" s="15">
-        <v>2280</v>
+        <v>2520</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.10724</v>
       </c>
       <c r="L179" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="M179" s="15">
         <v>0.06771000000000001</v>
       </c>
       <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="E180" s="15">
         <v>10080042254</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
         <v>0.147</v>
       </c>
       <c r="L180" s="15">
         <v>0.10023</v>
       </c>
       <c r="M180" s="15">
         <v>0.08687</v>
       </c>
       <c r="N180" s="15">
         <v>21</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="E181" s="15">
         <v>10080011042</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
         <v>0.1084</v>
       </c>
       <c r="L181" s="15">
         <v>0.07843</v>
       </c>
       <c r="M181" s="15">
         <v>0.06844</v>
       </c>
       <c r="N181" s="15">
         <v>26</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="E182" s="15">
         <v>10000020705</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.12544</v>
       </c>
       <c r="L182" s="15">
         <v>0.11768</v>
       </c>
       <c r="M182" s="15">
         <v>0.1138</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>530</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>531</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.10127</v>
       </c>
       <c r="L183" s="15">
         <v>0.07327</v>
       </c>
       <c r="M183" s="15">
         <v>0.06394</v>
       </c>
       <c r="N183" s="15">
-        <v>1560</v>
+        <v>1340</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>533</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="E184" s="15">
         <v>10080031283</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.10244</v>
       </c>
       <c r="L184" s="15">
         <v>0.07412000000000001</v>
       </c>
       <c r="M184" s="15">
         <v>0.06468</v>
       </c>
       <c r="N184" s="15">
-        <v>26480</v>
+        <v>20596</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="E185" s="15">
         <v>10080032691</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J185" s="15">
         <v>300</v>
       </c>
       <c r="K185" s="15">
         <v>0.16166</v>
       </c>
       <c r="L185" s="15">
         <v>0.08925</v>
       </c>
       <c r="M185" s="15">
         <v>0.07751</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="E186" s="15">
         <v>10000022645</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
         <v>0.09816999999999999</v>
       </c>
       <c r="L186" s="15">
         <v>0.07103</v>
       </c>
       <c r="M186" s="15">
         <v>0.06198</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="D187" s="15" t="s">
+      <c r="E187" s="15" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
         <v>0.10935</v>
       </c>
       <c r="L187" s="15">
         <v>0.07911</v>
       </c>
       <c r="M187" s="15">
         <v>0.06902999999999999</v>
       </c>
       <c r="N187" s="15">
-        <v>70125</v>
+        <v>48195</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E188" s="15">
         <v>10080031284</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
         <v>0.08398</v>
       </c>
       <c r="L188" s="15">
         <v>0.06076</v>
       </c>
       <c r="M188" s="15">
         <v>0.05302</v>
       </c>
       <c r="N188" s="15">
-        <v>55052</v>
+        <v>45103</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="E189" s="15">
         <v>10080033464</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="J189" s="15">
         <v>400</v>
       </c>
       <c r="K189" s="15">
         <v>0.28529</v>
       </c>
       <c r="L189" s="15">
         <v>0.15157</v>
       </c>
       <c r="M189" s="15">
         <v>0.12927</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="E190" s="15">
         <v>10080003932</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.16977</v>
       </c>
       <c r="L190" s="15">
         <v>0.12172</v>
       </c>
       <c r="M190" s="15">
         <v>0.10571</v>
       </c>
       <c r="N190" s="15">
         <v>8</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D191" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="E191" s="15" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>556</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>500</v>
       </c>
       <c r="K191" s="15">
         <v>0.15519</v>
       </c>
       <c r="L191" s="15">
         <v>0.14613</v>
       </c>
       <c r="M191" s="15">
         <v>0.14097</v>
       </c>
       <c r="N191" s="15">
         <v>3</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="E192" s="15">
         <v>10080054873</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
         <v>0.11809</v>
       </c>
       <c r="L192" s="15">
         <v>0.08544</v>
       </c>
       <c r="M192" s="15">
         <v>0.07456</v>
       </c>
       <c r="N192" s="15">
-        <v>27382</v>
+        <v>23195</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="E193" s="15">
         <v>10080038491</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>300</v>
       </c>
       <c r="K193" s="15">
         <v>0.23982</v>
       </c>
       <c r="L193" s="15">
         <v>0.16352</v>
       </c>
       <c r="M193" s="15">
         <v>0.14171</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="E194" s="15">
         <v>10080032610</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="J194" s="15">
         <v>500</v>
       </c>
       <c r="K194" s="15">
         <v>0.10853</v>
       </c>
       <c r="L194" s="15">
         <v>0.07852000000000001</v>
       </c>
       <c r="M194" s="15">
         <v>0.06852</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>564</v>
+      </c>
+      <c r="D195" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="E195" s="15" t="s">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>100</v>
       </c>
       <c r="K195" s="15">
         <v>0.1138</v>
       </c>
       <c r="L195" s="15">
         <v>0.10345</v>
       </c>
       <c r="M195" s="15">
         <v>0.10345</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="E196" s="15">
         <v>10080031285</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J196" s="15">
         <v>500</v>
       </c>
       <c r="K196" s="15">
         <v>0.1006</v>
       </c>
       <c r="L196" s="15">
         <v>0.07278999999999999</v>
       </c>
       <c r="M196" s="15">
         <v>0.06351</v>
       </c>
       <c r="N196" s="15">
-        <v>4962</v>
+        <v>5799</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="E197" s="15">
         <v>10000015255</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="J197" s="15">
         <v>500</v>
       </c>
       <c r="K197" s="15">
         <v>0.12515</v>
       </c>
       <c r="L197" s="15">
         <v>0.08973</v>
       </c>
       <c r="M197" s="15">
         <v>0.07792</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>573</v>
       </c>
-      <c r="D198" s="15" t="s">
+      <c r="E198" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>500</v>
       </c>
       <c r="K198" s="15">
         <v>0.07443</v>
       </c>
       <c r="L198" s="15">
         <v>0.06451</v>
       </c>
       <c r="M198" s="15">
         <v>0.06203</v>
       </c>
       <c r="N198" s="15">
-        <v>7470</v>
+        <v>7920</v>
       </c>
       <c r="O198" s="15">
-        <v>8300</v>
+        <v>8800</v>
       </c>
       <c r="P198" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>576</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
         <v>0.25497</v>
       </c>
       <c r="L199" s="15">
         <v>0.21385</v>
       </c>
       <c r="M199" s="15">
         <v>0.20563</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>579</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="E200" s="15">
         <v>10080057812</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="J200" s="15">
         <v>500</v>
       </c>
       <c r="K200" s="15">
         <v>0.11334</v>
       </c>
       <c r="L200" s="15">
         <v>0.08201</v>
       </c>
       <c r="M200" s="15">
         <v>0.07156</v>
       </c>
       <c r="N200" s="15">
-        <v>726</v>
+        <v>863</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="E201" s="15">
         <v>10080003946</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="J201" s="15">
         <v>500</v>
       </c>
       <c r="K201" s="15">
         <v>0.15479</v>
       </c>
       <c r="L201" s="15">
         <v>0.111</v>
       </c>
       <c r="M201" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="E202" s="15">
         <v>10080031286</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>500</v>
       </c>
       <c r="K202" s="15">
         <v>0.07494000000000001</v>
       </c>
       <c r="L202" s="15">
         <v>0.06612</v>
       </c>
       <c r="M202" s="15">
         <v>0.05951</v>
       </c>
       <c r="N202" s="15">
-        <v>28324</v>
+        <v>32991</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="E203" s="15">
         <v>10000014727</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>100</v>
       </c>
       <c r="K203" s="15">
         <v>0.11214</v>
       </c>
       <c r="L203" s="15">
         <v>0.10514</v>
       </c>
       <c r="M203" s="15">
         <v>0.10164</v>
       </c>
       <c r="N203" s="15">
         <v>83</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="E204" s="15">
         <v>10080026586</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>500</v>
       </c>
       <c r="K204" s="15">
         <v>0.15479</v>
       </c>
       <c r="L204" s="15">
         <v>0.111</v>
       </c>
       <c r="M204" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N204" s="15">
         <v>124</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>591</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>500</v>
       </c>
       <c r="K205" s="15">
         <v>0.11625</v>
       </c>
       <c r="L205" s="15">
         <v>0.08409999999999999</v>
       </c>
       <c r="M205" s="15">
         <v>0.07339</v>
       </c>
       <c r="N205" s="15">
-        <v>19236</v>
+        <v>28854</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="E206" s="15">
         <v>10080037586</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>300</v>
       </c>
       <c r="K206" s="15">
         <v>0.28045</v>
       </c>
       <c r="L206" s="15">
         <v>0.14899</v>
       </c>
       <c r="M206" s="15">
         <v>0.12709</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="E207" s="15">
         <v>10000022646</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.14058</v>
       </c>
       <c r="L207" s="15">
         <v>0.1008</v>
       </c>
       <c r="M207" s="15">
         <v>0.08753</v>
       </c>
       <c r="N207" s="15">
         <v>32</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="E208" s="15">
         <v>10080031287</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="L208" s="15">
         <v>0.07932</v>
       </c>
       <c r="M208" s="15">
         <v>0.07139</v>
       </c>
       <c r="N208" s="15">
-        <v>14509</v>
+        <v>18188</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>599</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>600</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>100</v>
       </c>
       <c r="K209" s="15">
         <v>0.13191</v>
       </c>
       <c r="L209" s="15">
         <v>0.12415</v>
       </c>
       <c r="M209" s="15">
         <v>0.12027</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="E210" s="15">
         <v>10080034630</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="J210" s="15">
         <v>400</v>
       </c>
       <c r="K210" s="15">
         <v>0.25691</v>
       </c>
       <c r="L210" s="15">
         <v>0.13648</v>
       </c>
       <c r="M210" s="15">
         <v>0.10371</v>
       </c>
       <c r="N210" s="15">
         <v>8</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>605</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="E211" s="15">
         <v>10080031288</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.13487</v>
       </c>
       <c r="L211" s="15">
         <v>0.09758</v>
       </c>
       <c r="M211" s="15">
         <v>0.08515</v>
       </c>
       <c r="N211" s="15">
-        <v>807</v>
+        <v>713</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D212" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="E212" s="15" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>100</v>
       </c>
       <c r="K212" s="15">
         <v>0.15261</v>
       </c>
       <c r="L212" s="15">
         <v>0.14354</v>
       </c>
       <c r="M212" s="15">
         <v>0.13838</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="E213" s="15">
         <v>10000019008</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.11889</v>
       </c>
       <c r="L213" s="15">
         <v>0.08602</v>
       </c>
       <c r="M213" s="15">
         <v>0.07506</v>
       </c>
       <c r="N213" s="15">
-        <v>170</v>
+        <v>141</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="E214" s="15">
         <v>10080037587</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.28045</v>
       </c>
       <c r="L214" s="15">
         <v>0.14899</v>
       </c>
       <c r="M214" s="15">
         <v>0.12709</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="E215" s="15">
         <v>10080003172</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J215" s="15">
         <v>250</v>
       </c>
       <c r="K215" s="15">
         <v>0.14506</v>
       </c>
       <c r="L215" s="15">
         <v>0.10495</v>
       </c>
       <c r="M215" s="15">
         <v>0.09159</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="E216" s="15" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>620</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>0.13709</v>
       </c>
       <c r="L216" s="15">
         <v>0.12803</v>
       </c>
       <c r="M216" s="15">
         <v>0.12415</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>622</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
         <v>0.08346000000000001</v>
       </c>
       <c r="L217" s="15">
         <v>0.07233000000000001</v>
       </c>
       <c r="M217" s="15">
         <v>0.06955</v>
       </c>
       <c r="N217" s="15">
-        <v>1113</v>
+        <v>1000</v>
       </c>
       <c r="O217" s="15">
-        <v>4450</v>
+        <v>4000</v>
       </c>
       <c r="P217" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="E218" s="15">
         <v>10080031289</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.11052</v>
       </c>
       <c r="L218" s="15">
         <v>0.07996</v>
       </c>
       <c r="M218" s="15">
         <v>0.06977</v>
       </c>
       <c r="N218" s="15">
-        <v>835</v>
+        <v>1071</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="E219" s="15">
         <v>10080034631</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.18469</v>
       </c>
       <c r="L219" s="15">
         <v>0.13241</v>
       </c>
       <c r="M219" s="15">
         <v>0.115</v>
       </c>
       <c r="N219" s="15">
         <v>73</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="E220" s="15">
         <v>10080052247</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>500</v>
       </c>
       <c r="K220" s="15">
         <v>0.11258</v>
       </c>
       <c r="L220" s="15">
         <v>0.08144999999999999</v>
       </c>
       <c r="M220" s="15">
         <v>0.07108</v>
       </c>
       <c r="N220" s="15">
-        <v>3300</v>
+        <v>3036</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="E221" s="15">
         <v>10080003947</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="J221" s="15">
         <v>250</v>
       </c>
       <c r="K221" s="15">
         <v>0.12443</v>
       </c>
       <c r="L221" s="15">
         <v>0.09002</v>
       </c>
       <c r="M221" s="15">
         <v>0.07856</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>637</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>250</v>
       </c>
       <c r="K222" s="15">
         <v>0.13558</v>
       </c>
       <c r="L222" s="15">
         <v>0.09809</v>
       </c>
       <c r="M222" s="15">
         <v>0.0856</v>
       </c>
       <c r="N222" s="15">
-        <v>4100</v>
+        <v>3250</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="E223" s="15">
         <v>10080049768</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>0.23444</v>
       </c>
       <c r="L223" s="15">
         <v>0.12558</v>
       </c>
       <c r="M223" s="15">
         <v>0.10884</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>641</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="E224" s="15">
         <v>10080003173</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>100</v>
       </c>
       <c r="K224" s="15">
         <v>0.15357</v>
       </c>
       <c r="L224" s="15">
         <v>0.1101</v>
       </c>
       <c r="M224" s="15">
         <v>0.09561</v>
       </c>
       <c r="N224" s="15">
-        <v>1964</v>
+        <v>1844</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>643</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="E225" s="15">
         <v>10080032692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="J225" s="15">
         <v>400</v>
       </c>
       <c r="K225" s="15">
         <v>0.16557</v>
       </c>
       <c r="L225" s="15">
         <v>0.11288</v>
       </c>
       <c r="M225" s="15">
         <v>0.09783</v>
       </c>
       <c r="N225" s="15">
         <v>55</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="E226" s="15">
         <v>10080003934</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="J226" s="15">
         <v>500</v>
       </c>
       <c r="K226" s="15">
         <v>0.11614</v>
       </c>
       <c r="L226" s="15">
         <v>0.08402999999999999</v>
       </c>
       <c r="M226" s="15">
         <v>0.07332</v>
       </c>
       <c r="N226" s="15">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>650</v>
       </c>
-      <c r="D227" s="15" t="s">
+      <c r="E227" s="15" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="J227" s="15">
         <v>500</v>
       </c>
       <c r="K227" s="15">
         <v>0.11985</v>
       </c>
       <c r="L227" s="15">
         <v>0.08671</v>
       </c>
       <c r="M227" s="15">
         <v>0.07567</v>
       </c>
       <c r="N227" s="15">
-        <v>1080</v>
+        <v>990</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>654</v>
       </c>
-      <c r="D228" s="15" t="s">
+      <c r="E228" s="15" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.14769</v>
       </c>
       <c r="L228" s="15">
         <v>0.09784</v>
       </c>
       <c r="M228" s="15">
         <v>0.08538</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="E229" s="15">
         <v>10080057879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>0.1566</v>
       </c>
       <c r="L229" s="15">
         <v>0.11229</v>
       </c>
       <c r="M229" s="15">
         <v>0.09751</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="D230" s="15" t="s">
+      <c r="E230" s="15" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="J230" s="15">
         <v>250</v>
       </c>
       <c r="K230" s="15">
         <v>0.09635000000000001</v>
       </c>
       <c r="L230" s="15">
         <v>0.0835</v>
       </c>
       <c r="M230" s="15">
         <v>0.08029</v>
       </c>
       <c r="N230" s="15">
-        <v>6400</v>
+        <v>7300</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="E231" s="15">
         <v>10080003958</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>250</v>
       </c>
       <c r="K231" s="15">
         <v>0.27416</v>
       </c>
       <c r="L231" s="15">
         <v>0.26641</v>
       </c>
       <c r="M231" s="15">
         <v>0.25736</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="E232" s="15">
         <v>10080054916</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>250</v>
       </c>
       <c r="K232" s="15">
         <v>0.32616</v>
       </c>
       <c r="L232" s="15">
         <v>0.23298</v>
       </c>
       <c r="M232" s="15">
         <v>0.20191</v>
       </c>
       <c r="N232" s="15">
-        <v>123</v>
+        <v>161</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="E233" s="15">
         <v>10080003959</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>250</v>
       </c>
       <c r="K233" s="15">
         <v>0.23767</v>
       </c>
       <c r="L233" s="15">
         <v>0.17196</v>
       </c>
       <c r="M233" s="15">
         <v>0.15005</v>
       </c>
       <c r="N233" s="15">
-        <v>795</v>
+        <v>867</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>670</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>671</v>
       </c>
-      <c r="D234" s="15" t="s">
+      <c r="E234" s="15" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>250</v>
       </c>
       <c r="K234" s="15">
         <v>0.41746</v>
       </c>
       <c r="L234" s="15">
         <v>0.35013</v>
       </c>
       <c r="M234" s="15">
         <v>0.33666</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="E235" s="15">
         <v>10080054917</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>250</v>
       </c>
       <c r="K235" s="15">
         <v>0.31525</v>
       </c>
       <c r="L235" s="15">
         <v>0.22603</v>
       </c>
       <c r="M235" s="15">
         <v>0.19629</v>
       </c>
       <c r="N235" s="15">
         <v>20</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>675</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="E236" s="15">
         <v>10080071997</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="J236" s="15">
         <v>250</v>
       </c>
       <c r="K236" s="15">
         <v>0.31439</v>
       </c>
       <c r="L236" s="15">
         <v>0.22746</v>
       </c>
       <c r="M236" s="15">
         <v>0.19848</v>
       </c>
       <c r="N236" s="15">
-        <v>93</v>
+        <v>117</v>
       </c>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="E237" s="15">
         <v>10080003177</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H237" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="J237" s="15">
         <v>250</v>
       </c>
       <c r="K237" s="15">
         <v>0.47107</v>
       </c>
       <c r="L237" s="15">
         <v>0.45587</v>
       </c>
       <c r="M237" s="15">
         <v>0.44068</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>682</v>
       </c>
-      <c r="D238" s="15" t="s">
+      <c r="E238" s="15" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="J238" s="15">
         <v>250</v>
       </c>
       <c r="K238" s="15">
         <v>0.31341</v>
       </c>
       <c r="L238" s="15">
         <v>0.22676</v>
       </c>
       <c r="M238" s="15">
         <v>0.19787</v>
       </c>
       <c r="N238" s="15">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>686</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>250</v>
       </c>
       <c r="K239" s="15">
         <v>0.23767</v>
       </c>
       <c r="L239" s="15">
         <v>0.17196</v>
       </c>
       <c r="M239" s="15">
         <v>0.15005</v>
       </c>
       <c r="N239" s="15">
-        <v>2475</v>
+        <v>2283</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="E240" s="15">
         <v>10080003952</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>250</v>
       </c>
       <c r="K240" s="15">
         <v>0.28788</v>
       </c>
       <c r="L240" s="15">
         <v>0.20829</v>
       </c>
       <c r="M240" s="15">
         <v>0.18175</v>
       </c>
       <c r="N240" s="15">
-        <v>1005</v>
+        <v>970</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>690</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="E241" s="15">
         <v>10080037588</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
         <v>0.3572</v>
       </c>
       <c r="L241" s="15">
         <v>0.24357</v>
       </c>
       <c r="M241" s="15">
         <v>0.21107</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E242" s="15">
         <v>10080003967</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.29745</v>
       </c>
       <c r="L242" s="15">
         <v>0.22243</v>
       </c>
       <c r="M242" s="15">
         <v>0.21597</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="E243" s="15">
         <v>10080052248</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>250</v>
       </c>
       <c r="K243" s="15">
         <v>0.23045</v>
       </c>
       <c r="L243" s="15">
         <v>0.15714</v>
       </c>
       <c r="M243" s="15">
         <v>0.13618</v>
       </c>
       <c r="N243" s="15">
         <v>581</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="D244" s="15" t="s">
         <v>697</v>
       </c>
-      <c r="D244" s="15" t="s">
+      <c r="E244" s="15" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="J244" s="15">
         <v>250</v>
       </c>
       <c r="K244" s="15">
         <v>0.2926</v>
       </c>
       <c r="L244" s="15">
         <v>0.2117</v>
       </c>
       <c r="M244" s="15">
         <v>0.18473</v>
       </c>
       <c r="N244" s="15">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>700</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>701</v>
       </c>
-      <c r="D245" s="15" t="s">
+      <c r="E245" s="15" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="J245" s="15">
         <v>250</v>
       </c>
       <c r="K245" s="15">
         <v>0.32819</v>
       </c>
       <c r="L245" s="15">
         <v>0.23744</v>
       </c>
       <c r="M245" s="15">
         <v>0.2072</v>
       </c>
       <c r="N245" s="15">
         <v>10</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>704</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="E246" s="15">
         <v>10080031290</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="J246" s="15">
         <v>250</v>
       </c>
       <c r="K246" s="15">
         <v>0.42871</v>
       </c>
       <c r="L246" s="15">
         <v>0.22773</v>
       </c>
       <c r="M246" s="15">
         <v>0.19424</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="E247" s="15">
         <v>10000021536</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="J247" s="15">
         <v>200</v>
       </c>
       <c r="K247" s="15">
         <v>0.22587</v>
       </c>
       <c r="L247" s="15">
         <v>0.16342</v>
       </c>
       <c r="M247" s="15">
         <v>0.1426</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>710</v>
       </c>
-      <c r="D248" s="15" t="s">
+      <c r="E248" s="15" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>200</v>
       </c>
       <c r="K248" s="15">
         <v>0.20956</v>
       </c>
       <c r="L248" s="15">
         <v>0.15161</v>
       </c>
       <c r="M248" s="15">
         <v>0.1323</v>
       </c>
       <c r="N248" s="15">
-        <v>26820</v>
+        <v>27131</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D249" s="15" t="s">
+      <c r="E249" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="J249" s="15">
         <v>200</v>
       </c>
       <c r="K249" s="15">
         <v>0.29374</v>
       </c>
       <c r="L249" s="15">
         <v>0.21062</v>
       </c>
       <c r="M249" s="15">
         <v>0.1829</v>
       </c>
       <c r="N249" s="15">
         <v>3</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>716</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="E250" s="15">
         <v>10080031291</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="J250" s="15">
         <v>250</v>
       </c>
       <c r="K250" s="15">
         <v>0.16913</v>
       </c>
       <c r="L250" s="15">
         <v>0.14924</v>
       </c>
       <c r="M250" s="15">
         <v>0.13431</v>
       </c>
       <c r="N250" s="15">
-        <v>2900</v>
+        <v>3019</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="D251" s="15" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="E251" s="15">
         <v>10000019010</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="J251" s="15">
         <v>200</v>
       </c>
       <c r="K251" s="15">
         <v>0.22587</v>
       </c>
       <c r="L251" s="15">
         <v>0.16342</v>
       </c>
       <c r="M251" s="15">
         <v>0.1426</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>722</v>
+      </c>
+      <c r="D252" s="15" t="s">
         <v>723</v>
       </c>
-      <c r="D252" s="15" t="s">
+      <c r="E252" s="15" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="J252" s="15">
         <v>200</v>
       </c>
       <c r="K252" s="15">
         <v>0.22839</v>
       </c>
       <c r="L252" s="15">
         <v>0.16524</v>
       </c>
       <c r="M252" s="15">
         <v>0.14419</v>
       </c>
       <c r="N252" s="15">
-        <v>1548</v>
+        <v>1080</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>726</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>727</v>
       </c>
-      <c r="D253" s="15" t="s">
+      <c r="E253" s="15" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
         <v>0.27722</v>
       </c>
       <c r="L253" s="15">
         <v>0.20057</v>
       </c>
       <c r="M253" s="15">
         <v>0.17502</v>
       </c>
       <c r="N253" s="15">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>730</v>
       </c>
-      <c r="D254" s="15" t="s">
+      <c r="E254" s="15" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>250</v>
       </c>
       <c r="K254" s="15">
         <v>0.30923</v>
       </c>
       <c r="L254" s="15">
         <v>0.22373</v>
       </c>
       <c r="M254" s="15">
         <v>0.19523</v>
       </c>
       <c r="N254" s="15">
         <v>1110</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="E255" s="15">
         <v>10080033465</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
         <v>0.27844</v>
       </c>
       <c r="L255" s="15">
         <v>0.19964</v>
       </c>
       <c r="M255" s="15">
         <v>0.17337</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>735</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>736</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15"/>
       <c r="K256" s="15">
         <v>0.23926</v>
       </c>
       <c r="L256" s="15">
         <v>0.22502</v>
       </c>
       <c r="M256" s="15">
         <v>0.21727</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>738</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E257" s="15">
         <v>10080031292</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="J257" s="15">
         <v>250</v>
       </c>
       <c r="K257" s="15">
         <v>0.18189</v>
       </c>
       <c r="L257" s="15">
         <v>0.1316</v>
       </c>
       <c r="M257" s="15">
         <v>0.11483</v>
       </c>
       <c r="N257" s="15">
-        <v>4071</v>
+        <v>2432</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="E258" s="15">
         <v>10000022748</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="J258" s="15">
         <v>200</v>
       </c>
       <c r="K258" s="15">
         <v>0.22587</v>
       </c>
       <c r="L258" s="15">
         <v>0.16342</v>
       </c>
       <c r="M258" s="15">
         <v>0.1426</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>744</v>
       </c>
-      <c r="D259" s="15" t="s">
+      <c r="E259" s="15" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="J259" s="15">
         <v>200</v>
       </c>
       <c r="K259" s="15">
         <v>0.20949</v>
       </c>
       <c r="L259" s="15">
         <v>0.15157</v>
       </c>
       <c r="M259" s="15">
         <v>0.13226</v>
       </c>
       <c r="N259" s="15">
-        <v>10408</v>
+        <v>12114</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
       <c r="E260" s="15">
         <v>10080003969</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J260" s="15">
         <v>200</v>
       </c>
       <c r="K260" s="15">
         <v>0.30328</v>
       </c>
       <c r="L260" s="15">
         <v>0.21744</v>
       </c>
       <c r="M260" s="15">
         <v>0.18884</v>
       </c>
       <c r="N260" s="15">
         <v>2</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>751</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J261" s="15">
         <v>250</v>
       </c>
       <c r="K261" s="15">
-        <v>0.15057</v>
+        <v>0.14918</v>
       </c>
       <c r="L261" s="15">
-        <v>0.13049</v>
+        <v>0.12929</v>
       </c>
       <c r="M261" s="15">
-        <v>0.12548</v>
+        <v>0.12431</v>
       </c>
       <c r="N261" s="15">
-        <v>1539</v>
+        <v>1691</v>
       </c>
       <c r="O261" s="15">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>890</v>
+      </c>
+      <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="D262" s="15" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="E262" s="15">
         <v>10080039535</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="J262" s="15">
         <v>200</v>
       </c>
       <c r="K262" s="15">
         <v>0.30702</v>
       </c>
       <c r="L262" s="15">
         <v>0.20935</v>
       </c>
       <c r="M262" s="15">
         <v>0.18141</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>757</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E263" s="15">
         <v>10080031293</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="J263" s="15">
         <v>250</v>
       </c>
       <c r="K263" s="15">
         <v>0.45975</v>
       </c>
       <c r="L263" s="15">
         <v>0.24429</v>
       </c>
       <c r="M263" s="15">
         <v>0.20835</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="E264" s="15">
         <v>10000019009</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="J264" s="15">
         <v>200</v>
       </c>
       <c r="K264" s="15">
         <v>0.222</v>
       </c>
       <c r="L264" s="15">
         <v>0.148</v>
       </c>
       <c r="M264" s="15">
         <v>0.135</v>
       </c>
       <c r="N264" s="15">
-        <v>8800</v>
+        <v>6930</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>762</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>763</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>400</v>
       </c>
       <c r="K265" s="15">
         <v>0.16</v>
       </c>
       <c r="L265" s="15">
         <v>0.16</v>
       </c>
       <c r="M265" s="15">
         <v>0.16</v>
       </c>
       <c r="N265" s="15">
-        <v>2284</v>
+        <v>2515</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>766</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="E266" s="15">
         <v>10080031294</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="J266" s="15">
         <v>250</v>
       </c>
       <c r="K266" s="15">
         <v>0.45573</v>
       </c>
       <c r="L266" s="15">
         <v>0.24209</v>
       </c>
       <c r="M266" s="15">
         <v>0.20652</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E267" s="15">
         <v>10000012368</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="J267" s="15">
         <v>200</v>
       </c>
       <c r="K267" s="15">
         <v>0.27321</v>
       </c>
       <c r="L267" s="15">
         <v>0.19766</v>
       </c>
       <c r="M267" s="15">
         <v>0.17249</v>
       </c>
       <c r="N267" s="15">
-        <v>305</v>
+        <v>352</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>772</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>773</v>
       </c>
-      <c r="D268" s="15" t="s">
+      <c r="E268" s="15" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>200</v>
       </c>
       <c r="K268" s="15">
         <v>0.17658</v>
       </c>
       <c r="L268" s="15">
         <v>0.15304</v>
       </c>
       <c r="M268" s="15">
         <v>0.14715</v>
       </c>
       <c r="N268" s="15">
-        <v>850</v>
+        <v>870</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="E269" s="15">
         <v>10080003956</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>200</v>
       </c>
       <c r="K269" s="15">
         <v>0.30391</v>
       </c>
       <c r="L269" s="15">
         <v>0.29486</v>
       </c>
       <c r="M269" s="15">
         <v>0.28451</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>777</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
       <c r="E270" s="15">
         <v>10080066924</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
         <v>0.29029</v>
       </c>
       <c r="L270" s="15">
         <v>0.20814</v>
       </c>
       <c r="M270" s="15">
         <v>0.18075</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>780</v>
       </c>
-      <c r="D271" s="15" t="s">
+      <c r="E271" s="15" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
         <v>0.20231</v>
       </c>
       <c r="L271" s="15">
         <v>0.17533</v>
       </c>
       <c r="M271" s="15">
         <v>0.16859</v>
       </c>
       <c r="N271" s="15">
-        <v>260</v>
+        <v>191</v>
       </c>
       <c r="O271" s="15">
-        <v>900</v>
+        <v>660</v>
       </c>
       <c r="P271" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>780</v>
       </c>
-      <c r="D272" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="15" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="J272" s="15">
         <v>250</v>
       </c>
       <c r="K272" s="15">
         <v>0.3139</v>
       </c>
       <c r="L272" s="15">
         <v>0.22711</v>
       </c>
       <c r="M272" s="15">
         <v>0.19818</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>784</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>785</v>
       </c>
-      <c r="D273" s="15" t="s">
+      <c r="E273" s="15" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
-        <v>0.27496</v>
+        <v>0.21167</v>
       </c>
       <c r="L273" s="15">
-        <v>0.19893</v>
+        <v>0.18344</v>
       </c>
       <c r="M273" s="15">
-        <v>0.17359</v>
+        <v>0.17639</v>
       </c>
       <c r="N273" s="15">
         <v>40</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>788</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
       <c r="E274" s="15">
         <v>10080037589</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>150</v>
       </c>
       <c r="K274" s="15">
         <v>0.5121599999999999</v>
       </c>
       <c r="L274" s="15">
         <v>0.27209</v>
       </c>
       <c r="M274" s="15">
         <v>0.23207</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>791</v>
       </c>
-      <c r="D275" s="15" t="s">
+      <c r="E275" s="15" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
         <v>0.2483</v>
       </c>
       <c r="L275" s="15">
         <v>0.23278</v>
       </c>
       <c r="M275" s="15">
         <v>0.22502</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>794</v>
       </c>
-      <c r="D276" s="15" t="s">
+      <c r="E276" s="15" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>250</v>
       </c>
       <c r="K276" s="15">
         <v>0.19</v>
       </c>
       <c r="L276" s="15">
         <v>0.15</v>
       </c>
       <c r="M276" s="15">
         <v>0.135</v>
       </c>
       <c r="N276" s="15">
-        <v>2143</v>
+        <v>1445</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D277" s="15" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="E277" s="15">
         <v>10080057940</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>200</v>
       </c>
       <c r="K277" s="15">
         <v>0.26108</v>
       </c>
       <c r="L277" s="15">
         <v>0.18719</v>
       </c>
       <c r="M277" s="15">
         <v>0.16255</v>
       </c>
       <c r="N277" s="15">
         <v>3</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
+        <v>798</v>
+      </c>
+      <c r="D278" s="15" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="E278" s="15">
         <v>10080011519</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.2</v>
       </c>
       <c r="L278" s="15">
         <v>0.16</v>
       </c>
       <c r="M278" s="15">
         <v>0.14</v>
       </c>
       <c r="N278" s="15">
-        <v>7480</v>
+        <v>8932</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
+        <v>801</v>
+      </c>
+      <c r="D279" s="15" t="s">
         <v>802</v>
       </c>
-      <c r="D279" s="15" t="s">
+      <c r="E279" s="15" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="J279" s="15">
         <v>200</v>
       </c>
       <c r="K279" s="15">
         <v>0.2</v>
       </c>
       <c r="L279" s="15">
         <v>0.16</v>
       </c>
       <c r="M279" s="15">
         <v>0.14</v>
       </c>
       <c r="N279" s="15">
-        <v>1240</v>
+        <v>1400</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>805</v>
+      </c>
+      <c r="D280" s="15" t="s">
         <v>806</v>
       </c>
-      <c r="D280" s="15" t="s">
+      <c r="E280" s="15" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1000</v>
       </c>
       <c r="K280" s="15">
         <v>0.13192</v>
       </c>
       <c r="L280" s="15">
         <v>0.10994</v>
       </c>
       <c r="M280" s="15">
         <v>0.10553</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>809</v>
+      </c>
+      <c r="D281" s="15" t="s">
         <v>810</v>
       </c>
-      <c r="D281" s="15" t="s">
+      <c r="E281" s="15" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>250</v>
       </c>
       <c r="K281" s="15">
         <v>0.82499</v>
       </c>
       <c r="L281" s="15">
         <v>0.69191</v>
       </c>
       <c r="M281" s="15">
         <v>0.66531</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="D282" s="15" t="s">
         <v>814</v>
       </c>
-      <c r="D282" s="15" t="s">
+      <c r="E282" s="15" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.395</v>
       </c>
       <c r="L282" s="15">
         <v>0.395</v>
       </c>
       <c r="M282" s="15">
         <v>0.395</v>
       </c>
       <c r="N282" s="15">
         <v>10</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
+        <v>816</v>
+      </c>
+      <c r="C283" s="15" t="s">
         <v>817</v>
       </c>
-      <c r="C283" s="15" t="s">
+      <c r="D283" s="15" t="s">
         <v>818</v>
       </c>
-      <c r="D283" s="15" t="s">
+      <c r="E283" s="15" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>2000</v>
       </c>
       <c r="K283" s="15">
-        <v>0.0759</v>
+        <v>0.05226</v>
       </c>
       <c r="L283" s="15">
-        <v>0.06365999999999999</v>
+        <v>0.05226</v>
       </c>
       <c r="M283" s="15">
-        <v>0.06121</v>
+        <v>0.05226</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="D284" s="15" t="s">
         <v>821</v>
       </c>
-      <c r="D284" s="15" t="s">
+      <c r="E284" s="15" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
         <v>0.24243</v>
       </c>
       <c r="L284" s="15">
         <v>0.24243</v>
       </c>
       <c r="M284" s="15">
         <v>0.24243</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>823</v>
+      </c>
+      <c r="D285" s="15" t="s">
         <v>824</v>
       </c>
-      <c r="D285" s="15" t="s">
+      <c r="E285" s="15" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H285" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>2000</v>
       </c>
       <c r="K285" s="15">
         <v>0.17847</v>
       </c>
       <c r="L285" s="15">
         <v>0.14968</v>
       </c>
       <c r="M285" s="15">
         <v>0.14393</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C286" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D286" s="15" t="s">
         <v>828</v>
       </c>
-      <c r="D286" s="15" t="s">
+      <c r="E286" s="15" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="J286" s="15">
         <v>1000</v>
       </c>
       <c r="K286" s="15">
         <v>0.55502</v>
       </c>
       <c r="L286" s="15">
         <v>0.4655</v>
       </c>
       <c r="M286" s="15">
         <v>0.4476</v>
       </c>
       <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D287" s="15" t="s">
         <v>832</v>
       </c>
-      <c r="D287" s="15" t="s">
+      <c r="E287" s="15" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>1500</v>
       </c>
       <c r="K287" s="15">
         <v>0.76971</v>
       </c>
       <c r="L287" s="15">
         <v>0.64555</v>
       </c>
       <c r="M287" s="15">
         <v>0.62072</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>836</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>1000</v>
       </c>
       <c r="K288" s="15">
-        <v>0.2005</v>
+        <v>0.13789</v>
       </c>
       <c r="L288" s="15">
-        <v>0.16816</v>
+        <v>0.13789</v>
       </c>
       <c r="M288" s="15">
-        <v>0.16169</v>
+        <v>0.13789</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C289" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D289" s="15" t="s">
         <v>839</v>
       </c>
-      <c r="D289" s="15" t="s">
+      <c r="E289" s="15" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>1000</v>
       </c>
       <c r="K289" s="15">
         <v>0.7210800000000001</v>
       </c>
       <c r="L289" s="15">
         <v>0.62493</v>
       </c>
       <c r="M289" s="15">
         <v>0.60089</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C290" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="D290" s="15" t="s">
         <v>842</v>
       </c>
-      <c r="D290" s="15" t="s">
+      <c r="E290" s="15" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="J290" s="15">
         <v>1000</v>
       </c>
       <c r="K290" s="15">
         <v>0.31</v>
       </c>
       <c r="L290" s="15">
         <v>0.31</v>
       </c>
       <c r="M290" s="15">
         <v>0.31</v>
       </c>
       <c r="N290" s="15">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C291" s="15" t="s">
+        <v>845</v>
+      </c>
+      <c r="D291" s="15" t="s">
         <v>846</v>
       </c>
-      <c r="D291" s="15" t="s">
+      <c r="E291" s="15" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
+        <v>848</v>
+      </c>
+      <c r="H291" s="15" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>5000</v>
       </c>
       <c r="K291" s="15">
         <v>0.24562</v>
       </c>
       <c r="L291" s="15">
         <v>0.20601</v>
       </c>
       <c r="M291" s="15">
         <v>0.19808</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C292" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D292" s="15" t="s">
         <v>851</v>
       </c>
-      <c r="D292" s="15" t="s">
+      <c r="E292" s="15" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>3000</v>
       </c>
       <c r="K292" s="15">
         <v>0.90347</v>
       </c>
       <c r="L292" s="15">
         <v>0.75775</v>
       </c>
       <c r="M292" s="15">
         <v>0.7286</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C293" s="15" t="s">
+        <v>853</v>
+      </c>
+      <c r="D293" s="15" t="s">
         <v>854</v>
       </c>
-      <c r="D293" s="15" t="s">
+      <c r="E293" s="15" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
         <v>0.54604</v>
       </c>
       <c r="L293" s="15">
         <v>0.45797</v>
       </c>
       <c r="M293" s="15">
         <v>0.44035</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C294" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="D294" s="15" t="s">
         <v>858</v>
       </c>
-      <c r="D294" s="15" t="s">
+      <c r="E294" s="15" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
-        <v>0.46223</v>
+        <v>0.47195</v>
       </c>
       <c r="L294" s="15">
-        <v>0.4006</v>
+        <v>0.40902</v>
       </c>
       <c r="M294" s="15">
-        <v>0.38519</v>
+        <v>0.39329</v>
       </c>
       <c r="N294" s="15">
-        <v>7400</v>
+        <v>3750</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C295" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="D295" s="15" t="s">
         <v>861</v>
       </c>
-      <c r="D295" s="15" t="s">
+      <c r="E295" s="15" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.81323</v>
       </c>
       <c r="L295" s="15">
         <v>0.68208</v>
       </c>
       <c r="M295" s="15">
         <v>0.65583</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C296" s="15" t="s">
+        <v>864</v>
+      </c>
+      <c r="D296" s="15" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="E296" s="15">
         <v>10080054805</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="J296" s="15">
         <v>3000</v>
       </c>
       <c r="K296" s="15">
         <v>0.11357</v>
       </c>
       <c r="L296" s="15">
         <v>0.09465</v>
       </c>
       <c r="M296" s="15">
         <v>0.09085</v>
       </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="D297" s="15" t="s">
         <v>868</v>
       </c>
-      <c r="D297" s="15" t="s">
+      <c r="E297" s="15" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="H297" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
-        <v>0.58277</v>
+        <v>0.51569</v>
       </c>
       <c r="L297" s="15">
-        <v>0.50506</v>
+        <v>0.44693</v>
       </c>
       <c r="M297" s="15">
-        <v>0.48564</v>
+        <v>0.42974</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>871</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>872</v>
       </c>
-      <c r="D298" s="15" t="s">
+      <c r="E298" s="15" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>4000</v>
       </c>
       <c r="K298" s="15">
         <v>0.01222</v>
       </c>
       <c r="L298" s="15">
         <v>0.01222</v>
       </c>
       <c r="M298" s="15">
         <v>0.01222</v>
       </c>
       <c r="N298" s="15"/>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C299" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="D299" s="15" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
       <c r="E299" s="15">
         <v>10080072974</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>4000</v>
       </c>
       <c r="K299" s="15">
         <v>0.031</v>
       </c>
       <c r="L299" s="15">
         <v>0.031</v>
       </c>
       <c r="M299" s="15">
         <v>0.031</v>
       </c>
       <c r="N299" s="15">
-        <v>11513</v>
+        <v>12529</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C300" s="15" t="s">
+        <v>877</v>
+      </c>
+      <c r="D300" s="15" t="s">
         <v>878</v>
       </c>
-      <c r="D300" s="15" t="s">
+      <c r="E300" s="15" t="s">
         <v>879</v>
-      </c>
-[...1 lines deleted...]
-        <v>880</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>4000</v>
       </c>
       <c r="K300" s="15">
         <v>0.02781</v>
       </c>
       <c r="L300" s="15">
         <v>0.02332</v>
       </c>
       <c r="M300" s="15">
         <v>0.02243</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>880</v>
+      </c>
+      <c r="D301" s="15" t="s">
         <v>881</v>
       </c>
-      <c r="D301" s="15" t="s">
+      <c r="E301" s="15" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>3000</v>
       </c>
       <c r="K301" s="15">
         <v>0.11</v>
       </c>
       <c r="L301" s="15">
         <v>0.11</v>
       </c>
       <c r="M301" s="15">
         <v>0.11</v>
       </c>
       <c r="N301" s="15">
-        <v>9120</v>
+        <v>10200</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
+        <v>883</v>
+      </c>
+      <c r="D302" s="15" t="s">
         <v>884</v>
       </c>
-      <c r="D302" s="15" t="s">
+      <c r="E302" s="15" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H302" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
         <v>0.095</v>
       </c>
       <c r="L302" s="15">
         <v>0.095</v>
       </c>
       <c r="M302" s="15">
         <v>0.095</v>
       </c>
       <c r="N302" s="15">
-        <v>1500</v>
+        <v>1440</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>886</v>
+      </c>
+      <c r="D303" s="15" t="s">
         <v>887</v>
       </c>
-      <c r="D303" s="15" t="s">
+      <c r="E303" s="15" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H303" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>250</v>
       </c>
       <c r="K303" s="15">
         <v>0.47772</v>
       </c>
       <c r="L303" s="15">
         <v>0.47772</v>
       </c>
       <c r="M303" s="15">
         <v>0.47772</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>889</v>
+      </c>
+      <c r="D304" s="15" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="E304" s="15">
         <v>10080015875</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15" t="s">
+        <v>891</v>
+      </c>
+      <c r="H304" s="15" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>4000</v>
       </c>
       <c r="K304" s="15">
         <v>0.05546</v>
       </c>
       <c r="L304" s="15">
         <v>0.04621</v>
       </c>
       <c r="M304" s="15">
         <v>0.04437</v>
       </c>
       <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>893</v>
+      </c>
+      <c r="D305" s="15" t="s">
         <v>894</v>
       </c>
-      <c r="D305" s="15" t="s">
+      <c r="E305" s="15" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H305" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
         <v>0.155</v>
       </c>
       <c r="L305" s="15">
         <v>0.155</v>
       </c>
       <c r="M305" s="15">
         <v>0.155</v>
       </c>
       <c r="N305" s="15">
-        <v>830</v>
+        <v>820</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>897</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>898</v>
       </c>
-      <c r="D306" s="15" t="s">
+      <c r="E306" s="15" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H306" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>1000</v>
       </c>
       <c r="K306" s="15">
         <v>0.26641</v>
       </c>
       <c r="L306" s="15">
         <v>0.25606</v>
       </c>
       <c r="M306" s="15">
         <v>0.24701</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="E307" s="15">
         <v>10080003700</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H307" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.26641</v>
       </c>
       <c r="L307" s="15">
         <v>0.25606</v>
       </c>
       <c r="M307" s="15">
         <v>0.24701</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
       <c r="E308" s="15">
         <v>10080003778</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="H308" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
         <v>0.26641</v>
       </c>
       <c r="L308" s="15">
         <v>0.25606</v>
       </c>
       <c r="M308" s="15">
         <v>0.24701</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>904</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>905</v>
       </c>
-      <c r="D309" s="15" t="s">
+      <c r="E309" s="15" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="H309" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.33107</v>
       </c>
       <c r="L309" s="15">
         <v>0.31944</v>
       </c>
       <c r="M309" s="15">
         <v>0.3078</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>909</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>911</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="H310" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
         <v>0.33107</v>
       </c>
       <c r="L310" s="15">
         <v>0.31944</v>
       </c>
       <c r="M310" s="15">
         <v>0.3078</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>911</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>912</v>
-      </c>
-[...1 lines deleted...]
-        <v>913</v>
       </c>
       <c r="E311" s="15">
         <v>10080003697</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="H311" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.37245</v>
       </c>
       <c r="L311" s="15">
         <v>0.35952</v>
       </c>
       <c r="M311" s="15">
         <v>0.34659</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
       <c r="E312" s="15">
         <v>10080003779</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="H312" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.215</v>
       </c>
       <c r="L312" s="15">
         <v>0.215</v>
       </c>
       <c r="M312" s="15">
         <v>0.215</v>
       </c>
       <c r="N312" s="15">
-        <v>1553</v>
+        <v>1473</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>915</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>916</v>
       </c>
-      <c r="D313" s="15" t="s">
+      <c r="E313" s="15" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="H313" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.35823</v>
       </c>
       <c r="L313" s="15">
         <v>0.3453</v>
       </c>
       <c r="M313" s="15">
         <v>0.33236</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>918</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>919</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
       <c r="E314" s="15">
         <v>10080066029</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="H314" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>4000</v>
       </c>
       <c r="K314" s="15">
         <v>0.04048</v>
       </c>
       <c r="L314" s="15">
         <v>0.03373</v>
       </c>
       <c r="M314" s="15">
         <v>0.03238</v>
       </c>
       <c r="N314" s="15"/>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>920</v>
+      </c>
+      <c r="D315" s="15" t="s">
         <v>921</v>
       </c>
-      <c r="D315" s="15" t="s">
+      <c r="E315" s="15" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
         <v>0.45263</v>
       </c>
       <c r="L315" s="15">
         <v>0.38798</v>
       </c>
       <c r="M315" s="15">
         <v>0.35823</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>923</v>
+      </c>
+      <c r="D316" s="15" t="s">
         <v>924</v>
       </c>
-      <c r="D316" s="15" t="s">
+      <c r="E316" s="15" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>2500</v>
       </c>
       <c r="K316" s="15">
         <v>0.05968</v>
       </c>
       <c r="L316" s="15">
         <v>0.05968</v>
       </c>
       <c r="M316" s="15">
         <v>0.05968</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>926</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>927</v>
       </c>
-      <c r="D317" s="15" t="s">
+      <c r="E317" s="15" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H317" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>0.78513</v>
       </c>
       <c r="L317" s="15">
         <v>0.6585</v>
       </c>
       <c r="M317" s="15">
         <v>0.63317</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>929</v>
+      </c>
+      <c r="D318" s="15" t="s">
         <v>930</v>
       </c>
-      <c r="D318" s="15" t="s">
+      <c r="E318" s="15" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H318" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>933</v>
+        <v>932</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.28</v>
       </c>
       <c r="L318" s="15">
         <v>0.28</v>
       </c>
       <c r="M318" s="15">
         <v>0.28</v>
       </c>
       <c r="N318" s="15">
-        <v>2467</v>
+        <v>2803</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>933</v>
+      </c>
+      <c r="D319" s="15" t="s">
         <v>934</v>
       </c>
-      <c r="D319" s="15" t="s">
+      <c r="E319" s="15" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>1000</v>
       </c>
       <c r="K319" s="15">
         <v>0.70225</v>
       </c>
       <c r="L319" s="15">
         <v>0.5889799999999999</v>
       </c>
       <c r="M319" s="15">
         <v>0.56633</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="15"/>
@@ -16461,317 +16452,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>939</v>
+        <v>938</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>939</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>941</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>945</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>948</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>953</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>955</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>956</v>
-      </c>
-[...1 lines deleted...]
-        <v>957</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>957</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>959</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>959</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>961</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>962</v>
-      </c>
-[...1 lines deleted...]
-        <v>963</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>