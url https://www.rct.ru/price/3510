--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="963">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="964">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -232,78 +232,81 @@
   <si>
     <t>L-KLS6-05D431K</t>
   </si>
   <si>
     <t>430V 5mm / 05D431K (L-KLS6-05D431K)</t>
   </si>
   <si>
     <t>UT-00100748</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K431BASN1NN FENGHUA, FNR-05K431 FENGHUA, </t>
   </si>
   <si>
     <t>FNR-05K470</t>
   </si>
   <si>
     <t>47V 5mm / 05D470K (FNR-05K470)</t>
   </si>
   <si>
     <t>L-KLS6-05D470K</t>
   </si>
   <si>
     <t>47V 5mm / 05D470K L-KLS6-05D470K</t>
   </si>
   <si>
+    <t>20.04.2026</t>
+  </si>
+  <si>
     <t>471KD05</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K</t>
   </si>
   <si>
     <t>FNR-05K471</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR-05K471)</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR05K471BASN1NN</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR05K471BASN1NN)</t>
   </si>
   <si>
     <t>UT-00118662</t>
   </si>
   <si>
     <t xml:space="preserve">FNR-05K471 FENGHUA, </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>08.04.2026</t>
   </si>
   <si>
     <t>L-KLS6-05D471K</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (L-KLS6-05D471K)</t>
   </si>
   <si>
     <t>UT-00092685</t>
   </si>
   <si>
     <t>L-KLS6-05D560K</t>
   </si>
   <si>
     <t>56V 5mm / 05D560K L-KLS6-05D560K</t>
   </si>
   <si>
     <t>10-00001987</t>
   </si>
   <si>
     <t>05D680K</t>
   </si>
   <si>
     <t>68V 5mm / 05D680K</t>
   </si>
@@ -781,51 +784,51 @@
   <si>
     <t>470V 7mm / 07D471K (L-KLS6-07D471K)</t>
   </si>
   <si>
     <t xml:space="preserve">471KD07 BRIGHTKING, FNR-07K471 FENGHUA, FNR07K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR-07K471</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-07D471K KLS, 471KD07 BRIGHTKING, FNR07K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR07K471BASN1NN</t>
   </si>
   <si>
     <t>470V 7mm / 07D471K (FNR07K471BASN1NN)</t>
   </si>
   <si>
     <t>UT-00118671</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-07D471K KLS, 471KD07 BRIGHTKING, FNR-07K471 FENGHUA, </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>FNR-07K561</t>
   </si>
   <si>
     <t>560V 7mm / 07D561K (FNR-07K561)</t>
   </si>
   <si>
     <t>10-00002367</t>
   </si>
   <si>
     <t>FNR07K621BASN1NN</t>
   </si>
   <si>
     <t>620V 7mm / 07D621K (FNR07K621BASN1NN)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-07D621K KLS, </t>
   </si>
   <si>
     <t>L-KLS6-07D621K</t>
   </si>
   <si>
     <t>620V 7mm / 07D621K (L-KLS6-07D621K)</t>
   </si>
@@ -3658,225 +3661,225 @@
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080047584</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.05143</v>
+        <v>0.02972</v>
       </c>
       <c r="L9" s="15">
-        <v>0.03687</v>
+        <v>0.02575</v>
       </c>
       <c r="M9" s="15">
-        <v>0.03202</v>
+        <v>0.02476</v>
       </c>
       <c r="N9" s="15">
-        <v>1188</v>
+        <v>1353</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052532</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.02895</v>
+        <v>0.01752</v>
       </c>
       <c r="L10" s="15">
-        <v>0.02094</v>
+        <v>0.01518</v>
       </c>
       <c r="M10" s="15">
-        <v>0.01827</v>
+        <v>0.0146</v>
       </c>
       <c r="N10" s="15">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.0243</v>
       </c>
       <c r="L11" s="15">
         <v>0.01758</v>
       </c>
       <c r="M11" s="15">
         <v>0.01534</v>
       </c>
       <c r="N11" s="15">
-        <v>4880</v>
+        <v>5840</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0261</v>
       </c>
       <c r="L12" s="15">
         <v>0.02262</v>
       </c>
       <c r="M12" s="15">
         <v>0.02175</v>
       </c>
       <c r="N12" s="15">
-        <v>600</v>
+        <v>880</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080065762</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
-        <v>0.0436</v>
+        <v>0.02622</v>
       </c>
       <c r="L13" s="15">
-        <v>0.03154</v>
+        <v>0.02272</v>
       </c>
       <c r="M13" s="15">
-        <v>0.02752</v>
+        <v>0.02185</v>
       </c>
       <c r="N13" s="15">
         <v>21</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
@@ -3915,51 +3918,51 @@
       </c>
       <c r="E15" s="15">
         <v>10080034625</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05411</v>
       </c>
       <c r="L15" s="15">
         <v>0.03297</v>
       </c>
       <c r="M15" s="15">
         <v>0.02916</v>
       </c>
       <c r="N15" s="15">
-        <v>18415</v>
+        <v>17142</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15">
         <v>10080028134</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
@@ -4027,60 +4030,60 @@
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080008718</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.03003</v>
+        <v>0.01829</v>
       </c>
       <c r="L18" s="15">
-        <v>0.02172</v>
+        <v>0.01585</v>
       </c>
       <c r="M18" s="15">
-        <v>0.01895</v>
+        <v>0.01524</v>
       </c>
       <c r="N18" s="15">
-        <v>85</v>
+        <v>98</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>59</v>
@@ -4109,12293 +4112,12305 @@
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.02721</v>
+        <v>0.01878</v>
       </c>
       <c r="L20" s="15">
-        <v>0.01969</v>
+        <v>0.01628</v>
       </c>
       <c r="M20" s="15">
-        <v>0.01718</v>
+        <v>0.01565</v>
       </c>
       <c r="N20" s="15">
-        <v>375</v>
+        <v>494</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.02426</v>
+        <v>0.01734</v>
       </c>
       <c r="L21" s="15">
-        <v>0.01755</v>
+        <v>0.01503</v>
       </c>
       <c r="M21" s="15">
-        <v>0.01532</v>
+        <v>0.01445</v>
       </c>
       <c r="N21" s="15">
-        <v>19404</v>
+        <v>18057</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080071926</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.04231</v>
       </c>
       <c r="L22" s="15">
         <v>0.03034</v>
       </c>
       <c r="M22" s="15">
         <v>0.02635</v>
       </c>
       <c r="N22" s="15">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080055121</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.03041</v>
+        <v>0.02628</v>
       </c>
       <c r="L23" s="15">
-        <v>0.02684</v>
+        <v>0.02278</v>
       </c>
       <c r="M23" s="15">
-        <v>0.02415</v>
+        <v>0.0219</v>
       </c>
       <c r="N23" s="15">
-        <v>506</v>
-[...2 lines deleted...]
-      <c r="P23" s="15"/>
+        <v>683</v>
+      </c>
+      <c r="O23" s="15">
+        <v>850</v>
+      </c>
+      <c r="P23" s="15" t="s">
+        <v>72</v>
+      </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E24" s="15">
         <v>10080032800</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03504</v>
       </c>
       <c r="L24" s="15">
         <v>0.02513</v>
       </c>
       <c r="M24" s="15">
         <v>0.02182</v>
       </c>
       <c r="N24" s="15">
         <v>4</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E25" s="15">
         <v>10080039428</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.02922</v>
+        <v>0.01808</v>
       </c>
       <c r="L25" s="15">
-        <v>0.02114</v>
+        <v>0.01567</v>
       </c>
       <c r="M25" s="15">
-        <v>0.01845</v>
+        <v>0.01506</v>
       </c>
       <c r="N25" s="15">
-        <v>409</v>
+        <v>528</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.02792</v>
+        <v>0.01673</v>
       </c>
       <c r="L26" s="15">
-        <v>0.02021</v>
+        <v>0.0145</v>
       </c>
       <c r="M26" s="15">
-        <v>0.01763</v>
+        <v>0.01394</v>
       </c>
       <c r="N26" s="15">
-        <v>750</v>
+        <v>720</v>
       </c>
       <c r="O26" s="15">
-        <v>1500</v>
+        <v>1440</v>
       </c>
       <c r="P26" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0331</v>
       </c>
       <c r="L27" s="15">
         <v>0.02372</v>
       </c>
       <c r="M27" s="15">
         <v>0.0206</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
-        <v>0.044</v>
+        <v>0.027</v>
       </c>
       <c r="L28" s="15">
-        <v>0.03183</v>
+        <v>0.0234</v>
       </c>
       <c r="M28" s="15">
-        <v>0.02777</v>
+        <v>0.0225</v>
       </c>
       <c r="N28" s="15">
-        <v>642</v>
+        <v>661</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080038883</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.05799</v>
       </c>
       <c r="L29" s="15">
         <v>0.03954</v>
       </c>
       <c r="M29" s="15">
         <v>0.03426</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080066922</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.03674</v>
+        <v>0.02622</v>
       </c>
       <c r="L30" s="15">
-        <v>0.02658</v>
+        <v>0.02272</v>
       </c>
       <c r="M30" s="15">
-        <v>0.02319</v>
+        <v>0.02185</v>
       </c>
       <c r="N30" s="15">
-        <v>853</v>
+        <v>873</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080052242</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.05756</v>
       </c>
       <c r="L31" s="15">
         <v>0.0334</v>
       </c>
       <c r="M31" s="15">
         <v>0.03011</v>
       </c>
       <c r="N31" s="15">
-        <v>235</v>
+        <v>205</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080038490</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04293</v>
       </c>
       <c r="L32" s="15">
         <v>0.03067</v>
       </c>
       <c r="M32" s="15">
         <v>0.02658</v>
       </c>
       <c r="N32" s="15">
-        <v>1089</v>
+        <v>1320</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E33" s="15">
         <v>10080003888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04506</v>
       </c>
       <c r="L33" s="15">
         <v>0.03072</v>
       </c>
       <c r="M33" s="15">
         <v>0.02661</v>
       </c>
       <c r="N33" s="15">
-        <v>96</v>
+        <v>120</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.0306</v>
       </c>
       <c r="L34" s="15">
         <v>0.02214</v>
       </c>
       <c r="M34" s="15">
         <v>0.01932</v>
       </c>
       <c r="N34" s="15">
         <v>79</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.03398</v>
+        <v>0.02358</v>
       </c>
       <c r="L35" s="15">
-        <v>0.02459</v>
+        <v>0.02044</v>
       </c>
       <c r="M35" s="15">
-        <v>0.02145</v>
+        <v>0.01965</v>
       </c>
       <c r="N35" s="15">
-        <v>9000</v>
+        <v>7800</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080042253</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.04293</v>
       </c>
       <c r="L36" s="15">
         <v>0.03067</v>
       </c>
       <c r="M36" s="15">
         <v>0.02658</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E37" s="15">
         <v>10080011036</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.04138</v>
       </c>
       <c r="L37" s="15">
         <v>0.0388</v>
       </c>
       <c r="M37" s="15">
         <v>0.0375</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080003170</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.02769</v>
       </c>
       <c r="L38" s="15">
         <v>0.02003</v>
       </c>
       <c r="M38" s="15">
         <v>0.01748</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01636</v>
       </c>
       <c r="L39" s="15">
         <v>0.01567</v>
       </c>
       <c r="M39" s="15">
         <v>0.01567</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15">
-        <v>770</v>
+        <v>680</v>
       </c>
       <c r="P39" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10080035261</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.05429</v>
       </c>
       <c r="L40" s="15">
         <v>0.03893</v>
       </c>
       <c r="M40" s="15">
         <v>0.0338</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E41" s="15">
         <v>10000019804</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.05044</v>
       </c>
       <c r="L41" s="15">
         <v>0.04785</v>
       </c>
       <c r="M41" s="15">
         <v>0.04526</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E42" s="15">
         <v>10080018362</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.05595</v>
+        <v>0.03374</v>
       </c>
       <c r="L42" s="15">
-        <v>0.04048</v>
+        <v>0.02924</v>
       </c>
       <c r="M42" s="15">
-        <v>0.03533</v>
+        <v>0.02811</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.05268</v>
+        <v>0.03191</v>
       </c>
       <c r="L43" s="15">
-        <v>0.03811</v>
+        <v>0.02765</v>
       </c>
       <c r="M43" s="15">
-        <v>0.03326</v>
+        <v>0.02659</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02913</v>
       </c>
       <c r="L44" s="15">
         <v>0.02525</v>
       </c>
       <c r="M44" s="15">
         <v>0.02428</v>
       </c>
       <c r="N44" s="15">
-        <v>261</v>
+        <v>217</v>
       </c>
       <c r="O44" s="15">
-        <v>6160</v>
+        <v>5110</v>
       </c>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E45" s="15">
         <v>10080003175</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H45" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.08018</v>
       </c>
       <c r="L45" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07500999999999999</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E46" s="15">
         <v>10080071992</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.02918</v>
       </c>
       <c r="L46" s="15">
         <v>0.02529</v>
       </c>
       <c r="M46" s="15">
         <v>0.02431</v>
       </c>
       <c r="N46" s="15">
-        <v>244</v>
+        <v>227</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
       </c>
       <c r="K47" s="15">
         <v>0.04057</v>
       </c>
       <c r="L47" s="15">
         <v>0.03386</v>
       </c>
       <c r="M47" s="15">
         <v>0</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E48" s="15">
         <v>10080015970</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03195</v>
       </c>
       <c r="L48" s="15">
         <v>0.02312</v>
       </c>
       <c r="M48" s="15">
         <v>0.02017</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E49" s="15">
         <v>10080003890</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.04138</v>
       </c>
       <c r="L49" s="15">
         <v>0.0388</v>
       </c>
       <c r="M49" s="15">
         <v>0.0375</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.0306</v>
       </c>
       <c r="L50" s="15">
         <v>0.02214</v>
       </c>
       <c r="M50" s="15">
         <v>0.01932</v>
       </c>
       <c r="N50" s="15">
-        <v>5320</v>
+        <v>5810</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E51" s="15">
         <v>10080052372</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.05398</v>
       </c>
       <c r="L51" s="15">
         <v>0.0387</v>
       </c>
       <c r="M51" s="15">
         <v>0.03361</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E52" s="15">
         <v>10080003882</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.04561</v>
+        <v>0.03162</v>
       </c>
       <c r="L52" s="15">
-        <v>0.033</v>
+        <v>0.0274</v>
       </c>
       <c r="M52" s="15">
-        <v>0.0288</v>
+        <v>0.02635</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E53" s="15">
         <v>10080070739</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.0341</v>
+        <v>0.03005</v>
       </c>
       <c r="L53" s="15">
-        <v>0.03009</v>
+        <v>0.02604</v>
       </c>
       <c r="M53" s="15">
-        <v>0.02708</v>
+        <v>0.02504</v>
       </c>
       <c r="N53" s="15">
-        <v>2204</v>
+        <v>2140</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.03291</v>
+        <v>0.01992</v>
       </c>
       <c r="L54" s="15">
-        <v>0.02382</v>
+        <v>0.01726</v>
       </c>
       <c r="M54" s="15">
-        <v>0.02078</v>
+        <v>0.0166</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02817</v>
       </c>
       <c r="L55" s="15">
         <v>0.02038</v>
       </c>
       <c r="M55" s="15">
         <v>0.01778</v>
       </c>
       <c r="N55" s="15">
-        <v>568</v>
+        <v>664</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E56" s="15">
         <v>10080003893</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0149</v>
       </c>
       <c r="L56" s="15">
         <v>0.013</v>
       </c>
       <c r="M56" s="15">
         <v>0.012</v>
       </c>
       <c r="N56" s="15">
-        <v>7457</v>
+        <v>6406</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E57" s="15">
         <v>10080003884</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05075</v>
       </c>
       <c r="L57" s="15">
         <v>0.0364</v>
       </c>
       <c r="M57" s="15">
         <v>0.0316</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E58" s="15">
         <v>10080046174</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.05781</v>
       </c>
       <c r="L58" s="15">
         <v>0.04147</v>
       </c>
       <c r="M58" s="15">
         <v>0.036</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E59" s="15">
         <v>10080074100</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.03307</v>
+        <v>0.02853</v>
       </c>
       <c r="L59" s="15">
-        <v>0.02918</v>
+        <v>0.02473</v>
       </c>
       <c r="M59" s="15">
-        <v>0.02626</v>
+        <v>0.02378</v>
       </c>
       <c r="N59" s="15">
-        <v>2707</v>
+        <v>3184</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.031</v>
       </c>
       <c r="L60" s="15">
         <v>0.0207</v>
       </c>
       <c r="M60" s="15">
         <v>0.0188</v>
       </c>
       <c r="N60" s="15">
-        <v>2610</v>
+        <v>2520</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E61" s="15">
         <v>10080003896</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.04365</v>
       </c>
       <c r="L61" s="15">
         <v>0.02975</v>
       </c>
       <c r="M61" s="15">
         <v>0.02579</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E62" s="15">
         <v>10080066923</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.03434</v>
+        <v>0.01995</v>
       </c>
       <c r="L62" s="15">
-        <v>0.02484</v>
+        <v>0.01729</v>
       </c>
       <c r="M62" s="15">
-        <v>0.02168</v>
+        <v>0.01663</v>
       </c>
       <c r="N62" s="15">
-        <v>174</v>
+        <v>191</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.01542</v>
       </c>
       <c r="L63" s="15">
         <v>0.01478</v>
       </c>
       <c r="M63" s="15">
         <v>0.01478</v>
       </c>
-      <c r="N63" s="15"/>
+      <c r="N63" s="15">
+        <v>790</v>
+      </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.03524</v>
+        <v>0.024</v>
       </c>
       <c r="L64" s="15">
-        <v>0.0255</v>
+        <v>0.0208</v>
       </c>
       <c r="M64" s="15">
-        <v>0.02225</v>
+        <v>0.02</v>
       </c>
       <c r="N64" s="15">
-        <v>730</v>
+        <v>900</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01825</v>
       </c>
       <c r="L65" s="15">
         <v>0.01749</v>
       </c>
       <c r="M65" s="15">
         <v>0.01749</v>
       </c>
       <c r="N65" s="15">
-        <v>2441</v>
+        <v>1709</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E66" s="15">
         <v>10080067836</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.06217</v>
       </c>
       <c r="L66" s="15">
         <v>0.05181</v>
       </c>
       <c r="M66" s="15">
         <v>0.04974</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E67" s="15">
         <v>10080067881</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.05592</v>
       </c>
       <c r="L67" s="15">
         <v>0.04287</v>
       </c>
       <c r="M67" s="15">
         <v>0.04287</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E68" s="15">
         <v>10080037585</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05398</v>
       </c>
       <c r="L68" s="15">
         <v>0.0387</v>
       </c>
       <c r="M68" s="15">
         <v>0.03361</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E69" s="15">
         <v>10080059354</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.0446</v>
+        <v>0.02744</v>
       </c>
       <c r="L69" s="15">
-        <v>0.03227</v>
+        <v>0.02378</v>
       </c>
       <c r="M69" s="15">
-        <v>0.02815</v>
+        <v>0.02286</v>
       </c>
       <c r="N69" s="15"/>
-      <c r="O69" s="15"/>
-      <c r="P69" s="15"/>
+      <c r="O69" s="15">
+        <v>2400</v>
+      </c>
+      <c r="P69" s="15" t="s">
+        <v>72</v>
+      </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E70" s="15">
         <v>10080003885</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.04897</v>
+        <v>0.02973</v>
       </c>
       <c r="L70" s="15">
-        <v>0.03542</v>
+        <v>0.02577</v>
       </c>
       <c r="M70" s="15">
-        <v>0.03091</v>
+        <v>0.02478</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.04273</v>
       </c>
       <c r="L71" s="15">
         <v>0.03091</v>
       </c>
       <c r="M71" s="15">
         <v>0.02698</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>2317</v>
+        <v>2024</v>
       </c>
       <c r="P71" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E72" s="15">
         <v>10080032689</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.04195</v>
       </c>
       <c r="L72" s="15">
         <v>0.0301</v>
       </c>
       <c r="M72" s="15">
         <v>0.02613</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E73" s="15">
         <v>10080011038</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03104</v>
       </c>
       <c r="L73" s="15">
         <v>0.02845</v>
       </c>
       <c r="M73" s="15">
         <v>0.02845</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E74" s="15">
         <v>10000029939</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.02934</v>
+        <v>0.01995</v>
       </c>
       <c r="L74" s="15">
-        <v>0.02123</v>
+        <v>0.01729</v>
       </c>
       <c r="M74" s="15">
-        <v>0.01852</v>
+        <v>0.01663</v>
       </c>
       <c r="N74" s="15">
         <v>69</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02986</v>
       </c>
       <c r="L75" s="15">
         <v>0.0216</v>
       </c>
       <c r="M75" s="15">
         <v>0.01885</v>
       </c>
       <c r="N75" s="15">
-        <v>12208</v>
+        <v>16611</v>
       </c>
       <c r="O75" s="15">
-        <v>6100</v>
+        <v>8300</v>
       </c>
       <c r="P75" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E76" s="15">
         <v>10080034626</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.03785</v>
       </c>
       <c r="L76" s="15">
         <v>0.02713</v>
       </c>
       <c r="M76" s="15">
         <v>0.02358</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E77" s="15">
         <v>10080011039</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>200</v>
       </c>
       <c r="K77" s="15">
         <v>0.03493</v>
       </c>
       <c r="L77" s="15">
         <v>0.03234</v>
       </c>
       <c r="M77" s="15">
         <v>0.03104</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E78" s="15">
         <v>10000022647</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.03291</v>
+        <v>0.02004</v>
       </c>
       <c r="L78" s="15">
-        <v>0.02382</v>
+        <v>0.01737</v>
       </c>
       <c r="M78" s="15">
-        <v>0.02078</v>
+        <v>0.0167</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.02956</v>
+        <v>0.02036</v>
       </c>
       <c r="L79" s="15">
-        <v>0.02138</v>
+        <v>0.01764</v>
       </c>
       <c r="M79" s="15">
-        <v>0.01866</v>
+        <v>0.01696</v>
       </c>
       <c r="N79" s="15">
-        <v>71847</v>
+        <v>79755</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.02587</v>
+        <v>0.01839</v>
       </c>
       <c r="L80" s="15">
-        <v>0.01871</v>
+        <v>0.01594</v>
       </c>
       <c r="M80" s="15">
-        <v>0.01633</v>
+        <v>0.01533</v>
       </c>
       <c r="N80" s="15">
-        <v>27977</v>
+        <v>29309</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E81" s="15">
         <v>10080048658</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1500</v>
       </c>
       <c r="K81" s="15">
         <v>0.75902</v>
       </c>
       <c r="L81" s="15">
         <v>0.6224</v>
       </c>
       <c r="M81" s="15">
         <v>0.59709</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E82" s="15">
         <v>10080058060</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.08627</v>
       </c>
       <c r="L82" s="15">
         <v>0.06186</v>
       </c>
       <c r="M82" s="15">
         <v>0.05372</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E83" s="15">
         <v>10000004408</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.05338</v>
       </c>
       <c r="L83" s="15">
         <v>0.03828</v>
       </c>
       <c r="M83" s="15">
         <v>0.03325</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.04582</v>
+        <v>0.02762</v>
       </c>
       <c r="L84" s="15">
-        <v>0.03315</v>
+        <v>0.02393</v>
       </c>
       <c r="M84" s="15">
-        <v>0.02892</v>
+        <v>0.02301</v>
       </c>
       <c r="N84" s="15">
-        <v>670</v>
+        <v>486</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E85" s="15">
         <v>10080034627</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04199</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02614</v>
       </c>
       <c r="N85" s="15">
-        <v>515</v>
+        <v>418</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080011040</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.04138</v>
       </c>
       <c r="L86" s="15">
         <v>0.0388</v>
       </c>
       <c r="M86" s="15">
         <v>0.0375</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E87" s="15">
         <v>10080031277</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.03486</v>
+        <v>0.02109</v>
       </c>
       <c r="L87" s="15">
-        <v>0.02522</v>
+        <v>0.01828</v>
       </c>
       <c r="M87" s="15">
-        <v>0.02201</v>
+        <v>0.01758</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E88" s="15">
         <v>10080011518</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.03191</v>
+        <v>0.01995</v>
       </c>
       <c r="L88" s="15">
-        <v>0.02309</v>
+        <v>0.01729</v>
       </c>
       <c r="M88" s="15">
-        <v>0.02015</v>
+        <v>0.01663</v>
       </c>
       <c r="N88" s="15">
         <v>16</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02127</v>
       </c>
       <c r="L89" s="15">
         <v>0.01843</v>
       </c>
       <c r="M89" s="15">
         <v>0.01773</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15">
-        <v>35000</v>
+        <v>39000</v>
       </c>
       <c r="P89" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.02543</v>
       </c>
       <c r="L90" s="15">
         <v>0.02204</v>
       </c>
       <c r="M90" s="15">
         <v>0.02119</v>
       </c>
       <c r="N90" s="15">
-        <v>23492</v>
+        <v>24108</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E91" s="15">
         <v>10080003899</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.02739</v>
       </c>
       <c r="L91" s="15">
         <v>0.02374</v>
       </c>
       <c r="M91" s="15">
         <v>0.02283</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>3560</v>
+        <v>2680</v>
       </c>
       <c r="P91" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E92" s="15">
         <v>10080074101</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.04674</v>
+        <v>0.02861</v>
       </c>
       <c r="L92" s="15">
-        <v>0.03382</v>
+        <v>0.02479</v>
       </c>
       <c r="M92" s="15">
-        <v>0.02951</v>
+        <v>0.02384</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E93" s="15">
         <v>10080032690</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="L93" s="15">
         <v>0.05188</v>
       </c>
       <c r="M93" s="15">
         <v>0.04495</v>
       </c>
       <c r="N93" s="15">
-        <v>2151</v>
+        <v>2524</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.04138</v>
       </c>
       <c r="L94" s="15">
         <v>0.0388</v>
       </c>
       <c r="M94" s="15">
         <v>0.0375</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E95" s="15">
         <v>10080003887</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04561</v>
       </c>
       <c r="L95" s="15">
         <v>0.033</v>
       </c>
       <c r="M95" s="15">
         <v>0.0288</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.03256</v>
+        <v>0.02868</v>
       </c>
       <c r="L96" s="15">
-        <v>0.02873</v>
+        <v>0.02486</v>
       </c>
       <c r="M96" s="15">
-        <v>0.02585</v>
+        <v>0.0239</v>
       </c>
       <c r="N96" s="15">
-        <v>810</v>
+        <v>585</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E97" s="15">
         <v>10080003900</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.04752</v>
       </c>
       <c r="L97" s="15">
         <v>0.03406</v>
       </c>
       <c r="M97" s="15">
         <v>0.0296</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E98" s="15">
         <v>10080064913</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.06403</v>
+        <v>0.03174</v>
       </c>
       <c r="L98" s="15">
-        <v>0.04273</v>
+        <v>0.02751</v>
       </c>
       <c r="M98" s="15">
-        <v>0.0388</v>
+        <v>0.02645</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.03969</v>
       </c>
       <c r="L99" s="15">
         <v>0.02872</v>
       </c>
       <c r="M99" s="15">
         <v>0.02506</v>
       </c>
       <c r="N99" s="15">
-        <v>32094</v>
+        <v>35446</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E100" s="15">
         <v>10080074041</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.02697</v>
       </c>
       <c r="L100" s="15">
         <v>0.02337</v>
       </c>
       <c r="M100" s="15">
         <v>0.02248</v>
       </c>
       <c r="N100" s="15">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E101" s="15">
         <v>10080033458</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.07545</v>
       </c>
       <c r="L101" s="15">
         <v>0.05145</v>
       </c>
       <c r="M101" s="15">
         <v>0.04631</v>
       </c>
       <c r="N101" s="15">
         <v>70</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E102" s="15">
         <v>10000004409</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04478</v>
       </c>
       <c r="L102" s="15">
         <v>0.03211</v>
       </c>
       <c r="M102" s="15">
         <v>0.02788</v>
       </c>
       <c r="N102" s="15">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.03303</v>
+        <v>0.02913</v>
       </c>
       <c r="L103" s="15">
-        <v>0.02915</v>
+        <v>0.02525</v>
       </c>
       <c r="M103" s="15">
-        <v>0.02623</v>
+        <v>0.02428</v>
       </c>
       <c r="N103" s="15">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.05597</v>
+        <v>0.03341</v>
       </c>
       <c r="L104" s="15">
-        <v>0.0405</v>
+        <v>0.02895</v>
       </c>
       <c r="M104" s="15">
-        <v>0.03534</v>
+        <v>0.02784</v>
       </c>
       <c r="N104" s="15">
-        <v>660</v>
+        <v>620</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.04814</v>
+        <v>0.02888</v>
       </c>
       <c r="L105" s="15">
-        <v>0.03483</v>
+        <v>0.02503</v>
       </c>
       <c r="M105" s="15">
-        <v>0.03039</v>
+        <v>0.02406</v>
       </c>
       <c r="N105" s="15">
-        <v>1705</v>
+        <v>2110</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E106" s="15">
         <v>10080003912</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.06219</v>
+        <v>0.0398</v>
       </c>
       <c r="L106" s="15">
-        <v>0.04499</v>
+        <v>0.03449</v>
       </c>
       <c r="M106" s="15">
-        <v>0.03926</v>
+        <v>0.03316</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.0318</v>
       </c>
       <c r="L107" s="15">
         <v>0.03048</v>
       </c>
       <c r="M107" s="15">
         <v>0.03048</v>
       </c>
       <c r="N107" s="15">
-        <v>4662</v>
+        <v>4396</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="L108" s="15">
         <v>0.07105</v>
       </c>
       <c r="M108" s="15">
         <v>0.06831</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E109" s="15">
         <v>10080003914</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.10991</v>
       </c>
       <c r="L109" s="15">
         <v>0.07495</v>
       </c>
       <c r="M109" s="15">
         <v>0.06494</v>
       </c>
       <c r="N109" s="15">
-        <v>256</v>
+        <v>308</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.06219</v>
+        <v>0.0398</v>
       </c>
       <c r="L110" s="15">
-        <v>0.04499</v>
+        <v>0.03449</v>
       </c>
       <c r="M110" s="15">
-        <v>0.03926</v>
+        <v>0.03316</v>
       </c>
       <c r="N110" s="15">
-        <v>616</v>
+        <v>646</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E111" s="15">
         <v>10000020408</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
-        <v>0.06219</v>
+        <v>0.0398</v>
       </c>
       <c r="L111" s="15">
-        <v>0.04499</v>
+        <v>0.03449</v>
       </c>
       <c r="M111" s="15">
-        <v>0.03926</v>
+        <v>0.03316</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E112" s="15">
         <v>10080031278</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
-        <v>0.05594</v>
+        <v>0.03804</v>
       </c>
       <c r="L112" s="15">
-        <v>0.04047</v>
+        <v>0.03297</v>
       </c>
       <c r="M112" s="15">
-        <v>0.03532</v>
+        <v>0.0317</v>
       </c>
       <c r="N112" s="15">
-        <v>1520</v>
+        <v>1416</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
-        <v>0.07454</v>
+        <v>0.05223</v>
       </c>
       <c r="L113" s="15">
-        <v>0.05393</v>
+        <v>0.04527</v>
       </c>
       <c r="M113" s="15">
-        <v>0.04706</v>
+        <v>0.04353</v>
       </c>
       <c r="N113" s="15">
-        <v>3900</v>
+        <v>3300</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E114" s="15">
         <v>10080003916</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.10991</v>
       </c>
       <c r="L114" s="15">
         <v>0.07495</v>
       </c>
       <c r="M114" s="15">
         <v>0.06494</v>
       </c>
       <c r="N114" s="15">
         <v>4</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E115" s="15">
         <v>10080064914</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.05724</v>
+        <v>0.03863</v>
       </c>
       <c r="L115" s="15">
-        <v>0.04142</v>
+        <v>0.03348</v>
       </c>
       <c r="M115" s="15">
-        <v>0.03614</v>
+        <v>0.03219</v>
       </c>
       <c r="N115" s="15">
-        <v>285</v>
+        <v>222</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03054</v>
       </c>
       <c r="L116" s="15">
         <v>0.02927</v>
       </c>
       <c r="M116" s="15">
         <v>0.02927</v>
       </c>
       <c r="N116" s="15">
-        <v>599</v>
+        <v>521</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E117" s="15">
         <v>10080052244</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.04034</v>
       </c>
       <c r="L117" s="15">
         <v>0.03496</v>
       </c>
       <c r="M117" s="15">
         <v>0.03361</v>
       </c>
       <c r="N117" s="15">
         <v>6</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E118" s="15">
         <v>10080033459</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.0418</v>
       </c>
       <c r="L118" s="15">
         <v>0.0418</v>
       </c>
       <c r="M118" s="15">
         <v>0.0418</v>
       </c>
       <c r="N118" s="15">
         <v>1329</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E119" s="15">
         <v>10080003917</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.0418</v>
       </c>
       <c r="L119" s="15">
         <v>0.0418</v>
       </c>
       <c r="M119" s="15">
         <v>0.0418</v>
       </c>
       <c r="N119" s="15">
-        <v>5021</v>
+        <v>3385</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E120" s="15">
         <v>10080003921</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.1495</v>
       </c>
       <c r="L120" s="15">
         <v>0.07940999999999999</v>
       </c>
       <c r="M120" s="15">
         <v>0.06777</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.05909</v>
       </c>
       <c r="L121" s="15">
         <v>0.04275</v>
       </c>
       <c r="M121" s="15">
         <v>0.03731</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
-        <v>0.05206</v>
+        <v>0.03707</v>
       </c>
       <c r="L122" s="15">
-        <v>0.03766</v>
+        <v>0.03212</v>
       </c>
       <c r="M122" s="15">
-        <v>0.03287</v>
+        <v>0.03089</v>
       </c>
       <c r="N122" s="15">
-        <v>4636</v>
+        <v>4402</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E123" s="15">
         <v>10080033460</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09124</v>
       </c>
       <c r="L123" s="15">
         <v>0.06222</v>
       </c>
       <c r="M123" s="15">
         <v>0.05391</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.0582</v>
       </c>
       <c r="L124" s="15">
         <v>0.05431</v>
       </c>
       <c r="M124" s="15">
         <v>0.05303</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.04179</v>
       </c>
       <c r="L125" s="15">
         <v>0.03622</v>
       </c>
       <c r="M125" s="15">
         <v>0.03483</v>
       </c>
       <c r="N125" s="15">
-        <v>2712</v>
+        <v>1937</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E126" s="15">
         <v>10080031279</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
-        <v>0.05206</v>
+        <v>0.03705</v>
       </c>
       <c r="L126" s="15">
-        <v>0.03766</v>
+        <v>0.03211</v>
       </c>
       <c r="M126" s="15">
-        <v>0.03287</v>
+        <v>0.03088</v>
       </c>
       <c r="N126" s="15">
-        <v>266</v>
+        <v>304</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E127" s="15">
         <v>10080033461</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.14395</v>
       </c>
       <c r="L127" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M127" s="15">
         <v>0.06522</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.0602</v>
       </c>
       <c r="L128" s="15">
         <v>0.04355</v>
       </c>
       <c r="M128" s="15">
         <v>0.038</v>
       </c>
       <c r="N128" s="15">
-        <v>11661</v>
+        <v>11123</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E129" s="15">
         <v>10080031280</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J129" s="15">
         <v>500</v>
       </c>
       <c r="K129" s="15">
-        <v>0.05212</v>
+        <v>0.03627</v>
       </c>
       <c r="L129" s="15">
-        <v>0.03771</v>
+        <v>0.03143</v>
       </c>
       <c r="M129" s="15">
-        <v>0.03291</v>
+        <v>0.03023</v>
       </c>
       <c r="N129" s="15">
-        <v>12906</v>
-[...2 lines deleted...]
-      <c r="P129" s="15"/>
+        <v>10545</v>
+      </c>
+      <c r="O129" s="15">
+        <v>20100</v>
+      </c>
+      <c r="P129" s="15" t="s">
+        <v>72</v>
+      </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E130" s="15">
         <v>10080067728</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.20286</v>
       </c>
       <c r="L130" s="15">
         <v>0.13567</v>
       </c>
       <c r="M130" s="15">
         <v>0.12298</v>
       </c>
       <c r="N130" s="15">
         <v>1</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E131" s="15">
         <v>10080034628</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J131" s="15">
         <v>500</v>
       </c>
       <c r="K131" s="15">
         <v>0.1681</v>
       </c>
       <c r="L131" s="15">
         <v>0.09304999999999999</v>
       </c>
       <c r="M131" s="15">
         <v>0.08105</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E132" s="15">
         <v>10000010508</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.08749</v>
+        <v>0.05289</v>
       </c>
       <c r="L132" s="15">
-        <v>0.0633</v>
+        <v>0.04584</v>
       </c>
       <c r="M132" s="15">
-        <v>0.05523</v>
+        <v>0.04408</v>
       </c>
       <c r="N132" s="15">
-        <v>444</v>
+        <v>567</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.08366999999999999</v>
+        <v>0.05076</v>
       </c>
       <c r="L133" s="15">
-        <v>0.06054</v>
+        <v>0.04399</v>
       </c>
       <c r="M133" s="15">
-        <v>0.05283</v>
+        <v>0.0423</v>
       </c>
       <c r="N133" s="15">
         <v>1260</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E134" s="15">
         <v>10080070740</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="J134" s="15">
         <v>500</v>
       </c>
       <c r="K134" s="15">
         <v>0.08934</v>
       </c>
       <c r="L134" s="15">
         <v>0.07493</v>
       </c>
       <c r="M134" s="15">
         <v>0.07205</v>
       </c>
       <c r="N134" s="15">
-        <v>2526</v>
+        <v>1788</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E135" s="15">
         <v>10080033462</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="J135" s="15">
         <v>500</v>
       </c>
       <c r="K135" s="15">
         <v>0.14737</v>
       </c>
       <c r="L135" s="15">
         <v>0.10048</v>
       </c>
       <c r="M135" s="15">
         <v>0.09045</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E136" s="15">
         <v>10080011041</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>200</v>
       </c>
       <c r="K136" s="15">
         <v>0.06337</v>
       </c>
       <c r="L136" s="15">
         <v>0.05949</v>
       </c>
       <c r="M136" s="15">
         <v>0.0569</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E137" s="15">
         <v>10000029938</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="J137" s="15">
         <v>500</v>
       </c>
       <c r="K137" s="15">
-        <v>0.06659</v>
+        <v>0.03861</v>
       </c>
       <c r="L137" s="15">
-        <v>0.04774</v>
+        <v>0.03346</v>
       </c>
       <c r="M137" s="15">
-        <v>0.04147</v>
+        <v>0.03218</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E138" s="15">
         <v>10080031281</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J138" s="15">
         <v>500</v>
       </c>
       <c r="K138" s="15">
-        <v>0.05212</v>
+        <v>0.03627</v>
       </c>
       <c r="L138" s="15">
-        <v>0.03771</v>
+        <v>0.03143</v>
       </c>
       <c r="M138" s="15">
-        <v>0.03291</v>
+        <v>0.03023</v>
       </c>
       <c r="N138" s="15">
-        <v>59191</v>
+        <v>66590</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E139" s="15">
         <v>10080033463</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J139" s="15">
         <v>500</v>
       </c>
       <c r="K139" s="15">
         <v>0.09313</v>
       </c>
       <c r="L139" s="15">
         <v>0.06349</v>
       </c>
       <c r="M139" s="15">
         <v>0.05503</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
         <v>0.06466</v>
       </c>
       <c r="L140" s="15">
         <v>0.06079</v>
       </c>
       <c r="M140" s="15">
         <v>0.05949</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E141" s="15">
         <v>10080003171</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.04703</v>
       </c>
       <c r="L141" s="15">
         <v>0.04076</v>
       </c>
       <c r="M141" s="15">
         <v>0.03919</v>
       </c>
       <c r="N141" s="15">
-        <v>4751</v>
+        <v>6341</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E142" s="15">
         <v>10080031282</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
-        <v>0.06269</v>
+        <v>0.04269</v>
       </c>
       <c r="L142" s="15">
-        <v>0.04536</v>
+        <v>0.037</v>
       </c>
       <c r="M142" s="15">
-        <v>0.03958</v>
+        <v>0.03558</v>
       </c>
       <c r="N142" s="15">
-        <v>8006</v>
+        <v>6343</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
         <v>0.04986</v>
       </c>
       <c r="L143" s="15">
         <v>0.04321</v>
       </c>
       <c r="M143" s="15">
         <v>0.04155</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15">
-        <v>3350</v>
+        <v>3250</v>
       </c>
       <c r="P143" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E144" s="15">
         <v>10080059402</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>500</v>
       </c>
       <c r="K144" s="15">
         <v>0.08746</v>
       </c>
       <c r="L144" s="15">
         <v>0.06271</v>
       </c>
       <c r="M144" s="15">
         <v>0.05446</v>
       </c>
       <c r="N144" s="15">
         <v>53</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E145" s="15">
         <v>10080003924</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09061</v>
       </c>
       <c r="L145" s="15">
         <v>0.06496</v>
       </c>
       <c r="M145" s="15">
         <v>0.05643</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E146" s="15">
         <v>10080052245</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="J146" s="15">
         <v>500</v>
       </c>
       <c r="K146" s="15">
-        <v>0.05375</v>
+        <v>0.04736</v>
       </c>
       <c r="L146" s="15">
-        <v>0.04743</v>
+        <v>0.04104</v>
       </c>
       <c r="M146" s="15">
-        <v>0.04269</v>
+        <v>0.03946</v>
       </c>
       <c r="N146" s="15">
-        <v>760</v>
+        <v>650</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E147" s="15">
         <v>10080003925</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
         <v>0.08839</v>
       </c>
       <c r="L147" s="15">
         <v>0.06337</v>
       </c>
       <c r="M147" s="15">
         <v>0.05503</v>
       </c>
       <c r="N147" s="15">
         <v>41</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E148" s="15">
         <v>10080071994</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.04869</v>
       </c>
       <c r="L148" s="15">
         <v>0.0422</v>
       </c>
       <c r="M148" s="15">
         <v>0.04058</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15">
-        <v>6900</v>
+        <v>8300</v>
       </c>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E149" s="15">
         <v>10080075765</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H149" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.13403</v>
       </c>
       <c r="L149" s="15">
         <v>0.11168</v>
       </c>
       <c r="M149" s="15">
         <v>0.10721</v>
       </c>
       <c r="N149" s="15">
-        <v>115</v>
+        <v>99</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
-        <v>0.05377</v>
+        <v>0.04737</v>
       </c>
       <c r="L150" s="15">
-        <v>0.04745</v>
+        <v>0.04105</v>
       </c>
       <c r="M150" s="15">
-        <v>0.0427</v>
+        <v>0.03948</v>
       </c>
       <c r="N150" s="15">
-        <v>365</v>
+        <v>305</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E151" s="15">
         <v>10080069781</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>500</v>
       </c>
       <c r="K151" s="15">
         <v>0.1548</v>
       </c>
       <c r="L151" s="15">
         <v>0.12985</v>
       </c>
       <c r="M151" s="15">
         <v>0.12485</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
-        <v>0.09073000000000001</v>
+        <v>0.07994999999999999</v>
       </c>
       <c r="L152" s="15">
-        <v>0.08006000000000001</v>
+        <v>0.06929</v>
       </c>
       <c r="M152" s="15">
-        <v>0.07205</v>
+        <v>0.06662999999999999</v>
       </c>
       <c r="N152" s="15">
-        <v>1204</v>
+        <v>1030</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E153" s="15">
         <v>10080003936</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J153" s="15">
         <v>500</v>
       </c>
       <c r="K153" s="15">
         <v>0.13967</v>
       </c>
       <c r="L153" s="15">
         <v>0.13449</v>
       </c>
       <c r="M153" s="15">
         <v>0.13062</v>
       </c>
       <c r="N153" s="15">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E154" s="15">
         <v>10080064416</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>250</v>
       </c>
       <c r="K154" s="15">
         <v>0.31876</v>
       </c>
       <c r="L154" s="15">
         <v>0.22854</v>
       </c>
       <c r="M154" s="15">
         <v>0.19848</v>
       </c>
       <c r="N154" s="15">
-        <v>584</v>
+        <v>504</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E155" s="15">
         <v>10080003939</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>400</v>
       </c>
       <c r="K155" s="15">
         <v>0.11095</v>
       </c>
       <c r="L155" s="15">
         <v>0.07956000000000001</v>
       </c>
       <c r="M155" s="15">
         <v>0.06908</v>
       </c>
       <c r="N155" s="15">
         <v>59</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E156" s="15">
         <v>10080009804</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.13191</v>
       </c>
       <c r="L156" s="15">
         <v>0.12287</v>
       </c>
       <c r="M156" s="15">
         <v>0.11898</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E157" s="15">
         <v>10000004189</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.19401</v>
       </c>
       <c r="L157" s="15">
         <v>0.1323</v>
       </c>
       <c r="M157" s="15">
         <v>0.11906</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
-        <v>0.12961</v>
+        <v>0.0896</v>
       </c>
       <c r="L158" s="15">
-        <v>0.09378</v>
+        <v>0.07765</v>
       </c>
       <c r="M158" s="15">
-        <v>0.08183</v>
+        <v>0.07466</v>
       </c>
       <c r="N158" s="15">
-        <v>873</v>
+        <v>775</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E159" s="15">
         <v>10080003940</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.18109</v>
       </c>
       <c r="L159" s="15">
         <v>0.12348</v>
       </c>
       <c r="M159" s="15">
         <v>0.11112</v>
       </c>
       <c r="N159" s="15">
         <v>28</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.10275</v>
       </c>
       <c r="L160" s="15">
         <v>0.07434</v>
       </c>
       <c r="M160" s="15">
         <v>0.06487</v>
       </c>
       <c r="N160" s="15">
-        <v>570</v>
+        <v>619</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
-        <v>0.13109</v>
+        <v>0.08117000000000001</v>
       </c>
       <c r="L161" s="15">
-        <v>0.09483999999999999</v>
+        <v>0.07034</v>
       </c>
       <c r="M161" s="15">
-        <v>0.08277</v>
+        <v>0.06764000000000001</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>500</v>
       </c>
       <c r="K162" s="15">
-        <v>0.11807</v>
+        <v>0.0822</v>
       </c>
       <c r="L162" s="15">
-        <v>0.08542</v>
+        <v>0.07124</v>
       </c>
       <c r="M162" s="15">
-        <v>0.07454</v>
+        <v>0.06850000000000001</v>
       </c>
       <c r="N162" s="15">
-        <v>570</v>
+        <v>348</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
         <v>0.17146</v>
       </c>
       <c r="L163" s="15">
         <v>0.1438</v>
       </c>
       <c r="M163" s="15">
         <v>0.13827</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="J164" s="15">
         <v>500</v>
       </c>
       <c r="K164" s="15">
-        <v>0.10825</v>
+        <v>0.06518</v>
       </c>
       <c r="L164" s="15">
-        <v>0.07833</v>
+        <v>0.05649</v>
       </c>
       <c r="M164" s="15">
-        <v>0.06834</v>
+        <v>0.05431</v>
       </c>
       <c r="N164" s="15">
-        <v>939</v>
+        <v>844</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E165" s="15">
         <v>10080034629</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J165" s="15">
         <v>400</v>
       </c>
       <c r="K165" s="15">
         <v>0.28555</v>
       </c>
       <c r="L165" s="15">
         <v>0.1517</v>
       </c>
       <c r="M165" s="15">
         <v>0.12939</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E166" s="15">
         <v>10000004622</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.11889</v>
       </c>
       <c r="L166" s="15">
         <v>0.08602</v>
       </c>
       <c r="M166" s="15">
         <v>0.07506</v>
       </c>
       <c r="N166" s="15">
-        <v>332</v>
+        <v>292</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.12552</v>
       </c>
       <c r="L167" s="15">
         <v>0.1046</v>
       </c>
       <c r="M167" s="15">
         <v>0.10042</v>
       </c>
       <c r="N167" s="15">
-        <v>440</v>
+        <v>410</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="E168" s="15">
         <v>10080052246</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>500</v>
       </c>
       <c r="K168" s="15">
-        <v>0.10724</v>
+        <v>0.07467</v>
       </c>
       <c r="L168" s="15">
-        <v>0.07759000000000001</v>
+        <v>0.06471</v>
       </c>
       <c r="M168" s="15">
-        <v>0.06771000000000001</v>
+        <v>0.06223</v>
       </c>
       <c r="N168" s="15">
-        <v>10455</v>
+        <v>10336</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E169" s="15">
         <v>10080003176</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J169" s="15"/>
       <c r="K169" s="15">
         <v>0.27662</v>
       </c>
       <c r="L169" s="15">
         <v>0.26771</v>
       </c>
       <c r="M169" s="15">
         <v>0.25878</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>500</v>
       </c>
       <c r="K170" s="15">
         <v>0.14613</v>
       </c>
       <c r="L170" s="15">
         <v>0.13191</v>
       </c>
       <c r="M170" s="15">
         <v>0.13191</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
-        <v>0.13005</v>
+        <v>0.09021</v>
       </c>
       <c r="L171" s="15">
-        <v>0.09408999999999999</v>
+        <v>0.07818</v>
       </c>
       <c r="M171" s="15">
-        <v>0.08210000000000001</v>
+        <v>0.07518</v>
       </c>
       <c r="N171" s="15">
-        <v>7300</v>
+        <v>7120</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E172" s="15">
         <v>10080039534</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="J172" s="15">
         <v>400</v>
       </c>
       <c r="K172" s="15">
         <v>0.18109</v>
       </c>
       <c r="L172" s="15">
         <v>0.12348</v>
       </c>
       <c r="M172" s="15">
         <v>0.11112</v>
       </c>
       <c r="N172" s="15">
         <v>65</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E173" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>500</v>
       </c>
       <c r="K173" s="15">
         <v>0.11252</v>
       </c>
       <c r="L173" s="15">
         <v>0.10475</v>
       </c>
       <c r="M173" s="15">
         <v>0.10217</v>
       </c>
       <c r="N173" s="15">
         <v>3</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E174" s="15">
         <v>10080003944</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J174" s="15">
         <v>500</v>
       </c>
       <c r="K174" s="15">
         <v>0.1311</v>
       </c>
       <c r="L174" s="15">
         <v>0.09364</v>
       </c>
       <c r="M174" s="15">
         <v>0.08116</v>
       </c>
       <c r="N174" s="15">
         <v>21</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="J175" s="15">
         <v>500</v>
       </c>
       <c r="K175" s="15">
         <v>0.10232</v>
       </c>
       <c r="L175" s="15">
         <v>0.07403</v>
       </c>
       <c r="M175" s="15">
         <v>0.0646</v>
       </c>
       <c r="N175" s="15">
-        <v>1220</v>
+        <v>1560</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E176" s="15">
         <v>10080003931</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.20234</v>
       </c>
       <c r="L176" s="15">
         <v>0.10841</v>
       </c>
       <c r="M176" s="15">
         <v>0.09393</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E177" s="15">
         <v>10080064917</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.18826</v>
       </c>
       <c r="L177" s="15">
         <v>0.13498</v>
       </c>
       <c r="M177" s="15">
         <v>0.11721</v>
       </c>
       <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E178" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
-        <v>0.13005</v>
+        <v>0.09021</v>
       </c>
       <c r="L178" s="15">
-        <v>0.09408999999999999</v>
+        <v>0.07818</v>
       </c>
       <c r="M178" s="15">
-        <v>0.08210000000000001</v>
+        <v>0.07518</v>
       </c>
       <c r="N178" s="15">
-        <v>2520</v>
+        <v>1980</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
-        <v>0.10724</v>
+        <v>0.07467</v>
       </c>
       <c r="L179" s="15">
-        <v>0.07759000000000001</v>
+        <v>0.06471</v>
       </c>
       <c r="M179" s="15">
-        <v>0.06771000000000001</v>
+        <v>0.06223</v>
       </c>
       <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E180" s="15">
         <v>10080042254</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
         <v>0.147</v>
       </c>
       <c r="L180" s="15">
         <v>0.10023</v>
       </c>
       <c r="M180" s="15">
         <v>0.08687</v>
       </c>
       <c r="N180" s="15">
         <v>21</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E181" s="15">
         <v>10080011042</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
-        <v>0.1084</v>
+        <v>0.06764000000000001</v>
       </c>
       <c r="L181" s="15">
-        <v>0.07843</v>
+        <v>0.05862</v>
       </c>
       <c r="M181" s="15">
-        <v>0.06844</v>
+        <v>0.05636</v>
       </c>
       <c r="N181" s="15">
         <v>26</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E182" s="15">
         <v>10000020705</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.12544</v>
       </c>
       <c r="L182" s="15">
         <v>0.11768</v>
       </c>
       <c r="M182" s="15">
         <v>0.1138</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.10127</v>
       </c>
       <c r="L183" s="15">
         <v>0.07327</v>
       </c>
       <c r="M183" s="15">
         <v>0.06394</v>
       </c>
       <c r="N183" s="15">
-        <v>1340</v>
+        <v>1420</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E184" s="15">
         <v>10080031283</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
-        <v>0.10244</v>
+        <v>0.06168</v>
       </c>
       <c r="L184" s="15">
-        <v>0.07412000000000001</v>
+        <v>0.05346</v>
       </c>
       <c r="M184" s="15">
-        <v>0.06468</v>
+        <v>0.0514</v>
       </c>
       <c r="N184" s="15">
-        <v>20596</v>
+        <v>29095</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E185" s="15">
         <v>10080032691</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="J185" s="15">
         <v>300</v>
       </c>
       <c r="K185" s="15">
         <v>0.16166</v>
       </c>
       <c r="L185" s="15">
         <v>0.08925</v>
       </c>
       <c r="M185" s="15">
         <v>0.07751</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E186" s="15">
         <v>10000022645</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
-        <v>0.09816999999999999</v>
+        <v>0.06764000000000001</v>
       </c>
       <c r="L186" s="15">
-        <v>0.07103</v>
+        <v>0.05862</v>
       </c>
       <c r="M186" s="15">
-        <v>0.06198</v>
+        <v>0.05636</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E187" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
-        <v>0.10935</v>
+        <v>0.0759</v>
       </c>
       <c r="L187" s="15">
-        <v>0.07911</v>
+        <v>0.06578000000000001</v>
       </c>
       <c r="M187" s="15">
-        <v>0.06902999999999999</v>
+        <v>0.06325</v>
       </c>
       <c r="N187" s="15">
-        <v>48195</v>
+        <v>61335</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E188" s="15">
         <v>10080031284</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
-        <v>0.08398</v>
+        <v>0.05846</v>
       </c>
       <c r="L188" s="15">
-        <v>0.06076</v>
+        <v>0.05066</v>
       </c>
       <c r="M188" s="15">
-        <v>0.05302</v>
+        <v>0.04871</v>
       </c>
       <c r="N188" s="15">
-        <v>45103</v>
+        <v>44935</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E189" s="15">
         <v>10080033464</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="J189" s="15">
         <v>400</v>
       </c>
       <c r="K189" s="15">
         <v>0.28529</v>
       </c>
       <c r="L189" s="15">
         <v>0.15157</v>
       </c>
       <c r="M189" s="15">
         <v>0.12927</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E190" s="15">
         <v>10080003932</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.16977</v>
       </c>
       <c r="L190" s="15">
         <v>0.12172</v>
       </c>
       <c r="M190" s="15">
         <v>0.10571</v>
       </c>
       <c r="N190" s="15">
         <v>8</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E191" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>500</v>
       </c>
       <c r="K191" s="15">
         <v>0.15519</v>
       </c>
       <c r="L191" s="15">
         <v>0.14613</v>
       </c>
       <c r="M191" s="15">
         <v>0.14097</v>
       </c>
       <c r="N191" s="15">
         <v>3</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E192" s="15">
         <v>10080054873</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
-        <v>0.11809</v>
+        <v>0.0824</v>
       </c>
       <c r="L192" s="15">
-        <v>0.08544</v>
+        <v>0.07141</v>
       </c>
       <c r="M192" s="15">
-        <v>0.07456</v>
+        <v>0.06866</v>
       </c>
       <c r="N192" s="15">
-        <v>23195</v>
+        <v>24161</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E193" s="15">
         <v>10080038491</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>300</v>
       </c>
       <c r="K193" s="15">
         <v>0.23982</v>
       </c>
       <c r="L193" s="15">
         <v>0.16352</v>
       </c>
       <c r="M193" s="15">
         <v>0.14171</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E194" s="15">
         <v>10080032610</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="J194" s="15">
         <v>500</v>
       </c>
       <c r="K194" s="15">
-        <v>0.10853</v>
+        <v>0.06764000000000001</v>
       </c>
       <c r="L194" s="15">
-        <v>0.07852000000000001</v>
+        <v>0.05862</v>
       </c>
       <c r="M194" s="15">
-        <v>0.06852</v>
+        <v>0.05636</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>100</v>
       </c>
       <c r="K195" s="15">
         <v>0.1138</v>
       </c>
       <c r="L195" s="15">
         <v>0.10345</v>
       </c>
       <c r="M195" s="15">
         <v>0.10345</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E196" s="15">
         <v>10080031285</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="J196" s="15">
         <v>500</v>
       </c>
       <c r="K196" s="15">
-        <v>0.1006</v>
+        <v>0.06936</v>
       </c>
       <c r="L196" s="15">
-        <v>0.07278999999999999</v>
+        <v>0.06011</v>
       </c>
       <c r="M196" s="15">
-        <v>0.06351</v>
+        <v>0.0578</v>
       </c>
       <c r="N196" s="15">
-        <v>5799</v>
+        <v>4412</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="E197" s="15">
         <v>10000015255</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="J197" s="15">
         <v>500</v>
       </c>
       <c r="K197" s="15">
         <v>0.12515</v>
       </c>
       <c r="L197" s="15">
         <v>0.08973</v>
       </c>
       <c r="M197" s="15">
         <v>0.07792</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E198" s="15" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>500</v>
       </c>
       <c r="K198" s="15">
         <v>0.07443</v>
       </c>
       <c r="L198" s="15">
         <v>0.06451</v>
       </c>
       <c r="M198" s="15">
         <v>0.06203</v>
       </c>
       <c r="N198" s="15">
-        <v>7920</v>
+        <v>7470</v>
       </c>
       <c r="O198" s="15">
-        <v>8800</v>
+        <v>8300</v>
       </c>
       <c r="P198" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E199" s="15" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
         <v>0.25497</v>
       </c>
       <c r="L199" s="15">
         <v>0.21385</v>
       </c>
       <c r="M199" s="15">
         <v>0.20563</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E200" s="15">
         <v>10080057812</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="J200" s="15">
         <v>500</v>
       </c>
       <c r="K200" s="15">
-        <v>0.11334</v>
+        <v>0.06804</v>
       </c>
       <c r="L200" s="15">
-        <v>0.08201</v>
+        <v>0.05897</v>
       </c>
       <c r="M200" s="15">
-        <v>0.07156</v>
+        <v>0.0567</v>
       </c>
       <c r="N200" s="15">
-        <v>863</v>
+        <v>784</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E201" s="15">
         <v>10080003946</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="J201" s="15">
         <v>500</v>
       </c>
       <c r="K201" s="15">
         <v>0.15479</v>
       </c>
       <c r="L201" s="15">
         <v>0.111</v>
       </c>
       <c r="M201" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E202" s="15">
         <v>10080031286</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>500</v>
       </c>
       <c r="K202" s="15">
-        <v>0.07494000000000001</v>
+        <v>0.06603000000000001</v>
       </c>
       <c r="L202" s="15">
-        <v>0.06612</v>
+        <v>0.05723</v>
       </c>
       <c r="M202" s="15">
-        <v>0.05951</v>
+        <v>0.05503</v>
       </c>
       <c r="N202" s="15">
-        <v>32991</v>
+        <v>25616</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E203" s="15">
         <v>10000014727</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>100</v>
       </c>
       <c r="K203" s="15">
         <v>0.11214</v>
       </c>
       <c r="L203" s="15">
         <v>0.10514</v>
       </c>
       <c r="M203" s="15">
         <v>0.10164</v>
       </c>
       <c r="N203" s="15">
         <v>83</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E204" s="15">
         <v>10080026586</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>500</v>
       </c>
       <c r="K204" s="15">
         <v>0.15479</v>
       </c>
       <c r="L204" s="15">
         <v>0.111</v>
       </c>
       <c r="M204" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N204" s="15">
-        <v>124</v>
+        <v>114</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>500</v>
       </c>
       <c r="K205" s="15">
-        <v>0.11625</v>
+        <v>0.08067000000000001</v>
       </c>
       <c r="L205" s="15">
-        <v>0.08409999999999999</v>
+        <v>0.06991</v>
       </c>
       <c r="M205" s="15">
-        <v>0.07339</v>
+        <v>0.06723</v>
       </c>
       <c r="N205" s="15">
-        <v>28854</v>
+        <v>25648</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E206" s="15">
         <v>10080037586</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>300</v>
       </c>
       <c r="K206" s="15">
         <v>0.28045</v>
       </c>
       <c r="L206" s="15">
         <v>0.14899</v>
       </c>
       <c r="M206" s="15">
         <v>0.12709</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E207" s="15">
         <v>10000022646</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.14058</v>
       </c>
       <c r="L207" s="15">
         <v>0.1008</v>
       </c>
       <c r="M207" s="15">
         <v>0.08753</v>
       </c>
       <c r="N207" s="15">
         <v>32</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E208" s="15">
         <v>10080031287</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
-        <v>0.08989999999999999</v>
+        <v>0.07920000000000001</v>
       </c>
       <c r="L208" s="15">
-        <v>0.07932</v>
+        <v>0.06864000000000001</v>
       </c>
       <c r="M208" s="15">
-        <v>0.07139</v>
+        <v>0.066</v>
       </c>
       <c r="N208" s="15">
-        <v>18188</v>
+        <v>16348</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>100</v>
       </c>
       <c r="K209" s="15">
         <v>0.13191</v>
       </c>
       <c r="L209" s="15">
         <v>0.12415</v>
       </c>
       <c r="M209" s="15">
         <v>0.12027</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E210" s="15">
         <v>10080034630</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J210" s="15">
         <v>400</v>
       </c>
       <c r="K210" s="15">
         <v>0.25691</v>
       </c>
       <c r="L210" s="15">
         <v>0.13648</v>
       </c>
       <c r="M210" s="15">
         <v>0.10371</v>
       </c>
       <c r="N210" s="15">
         <v>8</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E211" s="15">
         <v>10080031288</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
-        <v>0.13487</v>
+        <v>0.09378</v>
       </c>
       <c r="L211" s="15">
-        <v>0.09758</v>
+        <v>0.08128000000000001</v>
       </c>
       <c r="M211" s="15">
-        <v>0.08515</v>
+        <v>0.07815</v>
       </c>
       <c r="N211" s="15">
-        <v>713</v>
+        <v>704</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>100</v>
       </c>
       <c r="K212" s="15">
         <v>0.15261</v>
       </c>
       <c r="L212" s="15">
         <v>0.14354</v>
       </c>
       <c r="M212" s="15">
         <v>0.13838</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E213" s="15">
         <v>10000019008</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.11889</v>
       </c>
       <c r="L213" s="15">
         <v>0.08602</v>
       </c>
       <c r="M213" s="15">
         <v>0.07506</v>
       </c>
       <c r="N213" s="15">
-        <v>141</v>
+        <v>126</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="E214" s="15">
         <v>10080037587</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.28045</v>
       </c>
       <c r="L214" s="15">
         <v>0.14899</v>
       </c>
       <c r="M214" s="15">
         <v>0.12709</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E215" s="15">
         <v>10080003172</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="J215" s="15">
         <v>250</v>
       </c>
       <c r="K215" s="15">
-        <v>0.14506</v>
+        <v>0.08585</v>
       </c>
       <c r="L215" s="15">
-        <v>0.10495</v>
+        <v>0.07439999999999999</v>
       </c>
       <c r="M215" s="15">
-        <v>0.09159</v>
+        <v>0.07154000000000001</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>0.13709</v>
       </c>
       <c r="L216" s="15">
         <v>0.12803</v>
       </c>
       <c r="M216" s="15">
         <v>0.12415</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E217" s="15" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
         <v>0.08346000000000001</v>
       </c>
       <c r="L217" s="15">
         <v>0.07233000000000001</v>
       </c>
       <c r="M217" s="15">
         <v>0.06955</v>
       </c>
       <c r="N217" s="15">
-        <v>1000</v>
+        <v>963</v>
       </c>
       <c r="O217" s="15">
-        <v>4000</v>
+        <v>3850</v>
       </c>
       <c r="P217" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E218" s="15">
         <v>10080031289</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
-        <v>0.11052</v>
+        <v>0.07878</v>
       </c>
       <c r="L218" s="15">
-        <v>0.07996</v>
+        <v>0.06827999999999999</v>
       </c>
       <c r="M218" s="15">
-        <v>0.06977</v>
+        <v>0.06565</v>
       </c>
       <c r="N218" s="15">
-        <v>1071</v>
+        <v>747</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E219" s="15">
         <v>10080034631</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.18469</v>
       </c>
       <c r="L219" s="15">
         <v>0.13241</v>
       </c>
       <c r="M219" s="15">
         <v>0.115</v>
       </c>
       <c r="N219" s="15">
         <v>73</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E220" s="15">
         <v>10080052247</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>500</v>
       </c>
       <c r="K220" s="15">
-        <v>0.11258</v>
+        <v>0.07840999999999999</v>
       </c>
       <c r="L220" s="15">
-        <v>0.08144999999999999</v>
+        <v>0.06795</v>
       </c>
       <c r="M220" s="15">
-        <v>0.07108</v>
+        <v>0.06534</v>
       </c>
       <c r="N220" s="15">
-        <v>3036</v>
+        <v>2064</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E221" s="15">
         <v>10080003947</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="J221" s="15">
         <v>250</v>
       </c>
       <c r="K221" s="15">
-        <v>0.12443</v>
+        <v>0.08832</v>
       </c>
       <c r="L221" s="15">
-        <v>0.09002</v>
+        <v>0.07654</v>
       </c>
       <c r="M221" s="15">
-        <v>0.07856</v>
+        <v>0.0736</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>250</v>
       </c>
       <c r="K222" s="15">
-        <v>0.13558</v>
+        <v>0.09404</v>
       </c>
       <c r="L222" s="15">
-        <v>0.09809</v>
+        <v>0.0815</v>
       </c>
       <c r="M222" s="15">
-        <v>0.0856</v>
+        <v>0.07836</v>
       </c>
       <c r="N222" s="15">
-        <v>3250</v>
+        <v>3100</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E223" s="15">
         <v>10080049768</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>0.23444</v>
       </c>
       <c r="L223" s="15">
         <v>0.12558</v>
       </c>
       <c r="M223" s="15">
         <v>0.10884</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E224" s="15">
         <v>10080003173</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>100</v>
       </c>
       <c r="K224" s="15">
         <v>0.15357</v>
       </c>
       <c r="L224" s="15">
         <v>0.1101</v>
       </c>
       <c r="M224" s="15">
         <v>0.09561</v>
       </c>
       <c r="N224" s="15">
-        <v>1844</v>
+        <v>2059</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E225" s="15">
         <v>10080032692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="J225" s="15">
         <v>400</v>
       </c>
       <c r="K225" s="15">
         <v>0.16557</v>
       </c>
       <c r="L225" s="15">
         <v>0.11288</v>
       </c>
       <c r="M225" s="15">
         <v>0.09783</v>
       </c>
       <c r="N225" s="15">
         <v>55</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E226" s="15">
         <v>10080003934</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="J226" s="15">
         <v>500</v>
       </c>
       <c r="K226" s="15">
         <v>0.11614</v>
       </c>
       <c r="L226" s="15">
         <v>0.08402999999999999</v>
       </c>
       <c r="M226" s="15">
         <v>0.07332</v>
       </c>
       <c r="N226" s="15">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J227" s="15">
         <v>500</v>
       </c>
       <c r="K227" s="15">
-        <v>0.11985</v>
+        <v>0.08315</v>
       </c>
       <c r="L227" s="15">
-        <v>0.08671</v>
+        <v>0.07206</v>
       </c>
       <c r="M227" s="15">
-        <v>0.07567</v>
+        <v>0.06929</v>
       </c>
       <c r="N227" s="15">
-        <v>990</v>
+        <v>900</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E228" s="15" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
-        <v>0.14769</v>
+        <v>0.08212999999999999</v>
       </c>
       <c r="L228" s="15">
-        <v>0.09784</v>
+        <v>0.07117999999999999</v>
       </c>
       <c r="M228" s="15">
-        <v>0.08538</v>
+        <v>0.06844</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="E229" s="15">
         <v>10080057879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>0.1566</v>
       </c>
       <c r="L229" s="15">
         <v>0.11229</v>
       </c>
       <c r="M229" s="15">
         <v>0.09751</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="J230" s="15">
         <v>250</v>
       </c>
       <c r="K230" s="15">
         <v>0.09635000000000001</v>
       </c>
       <c r="L230" s="15">
         <v>0.0835</v>
       </c>
       <c r="M230" s="15">
         <v>0.08029</v>
       </c>
       <c r="N230" s="15">
-        <v>7300</v>
+        <v>6600</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E231" s="15">
         <v>10080003958</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>250</v>
       </c>
       <c r="K231" s="15">
         <v>0.27416</v>
       </c>
       <c r="L231" s="15">
         <v>0.26641</v>
       </c>
       <c r="M231" s="15">
         <v>0.25736</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="E232" s="15">
         <v>10080054916</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>250</v>
       </c>
       <c r="K232" s="15">
         <v>0.32616</v>
       </c>
       <c r="L232" s="15">
         <v>0.23298</v>
       </c>
       <c r="M232" s="15">
         <v>0.20191</v>
       </c>
       <c r="N232" s="15">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="E233" s="15">
         <v>10080003959</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>250</v>
       </c>
       <c r="K233" s="15">
-        <v>0.23767</v>
+        <v>0.14007</v>
       </c>
       <c r="L233" s="15">
-        <v>0.17196</v>
+        <v>0.12139</v>
       </c>
       <c r="M233" s="15">
-        <v>0.15005</v>
+        <v>0.11673</v>
       </c>
       <c r="N233" s="15">
-        <v>867</v>
+        <v>909</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>250</v>
       </c>
       <c r="K234" s="15">
         <v>0.41746</v>
       </c>
       <c r="L234" s="15">
         <v>0.35013</v>
       </c>
       <c r="M234" s="15">
         <v>0.33666</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E235" s="15">
         <v>10080054917</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>250</v>
       </c>
       <c r="K235" s="15">
         <v>0.31525</v>
       </c>
       <c r="L235" s="15">
         <v>0.22603</v>
       </c>
       <c r="M235" s="15">
         <v>0.19629</v>
       </c>
-      <c r="N235" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E236" s="15">
         <v>10080071997</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="J236" s="15">
         <v>250</v>
       </c>
       <c r="K236" s="15">
-        <v>0.31439</v>
+        <v>0.18902</v>
       </c>
       <c r="L236" s="15">
-        <v>0.22746</v>
+        <v>0.16381</v>
       </c>
       <c r="M236" s="15">
-        <v>0.19848</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15751</v>
+      </c>
+      <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="E237" s="15">
         <v>10080003177</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H237" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="J237" s="15">
         <v>250</v>
       </c>
       <c r="K237" s="15">
         <v>0.47107</v>
       </c>
       <c r="L237" s="15">
         <v>0.45587</v>
       </c>
       <c r="M237" s="15">
         <v>0.44068</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E238" s="15" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="J238" s="15">
         <v>250</v>
       </c>
       <c r="K238" s="15">
         <v>0.31341</v>
       </c>
       <c r="L238" s="15">
         <v>0.22676</v>
       </c>
       <c r="M238" s="15">
         <v>0.19787</v>
       </c>
-      <c r="N238" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>250</v>
       </c>
       <c r="K239" s="15">
-        <v>0.23767</v>
+        <v>0.14613</v>
       </c>
       <c r="L239" s="15">
-        <v>0.17196</v>
+        <v>0.12665</v>
       </c>
       <c r="M239" s="15">
-        <v>0.15005</v>
+        <v>0.12178</v>
       </c>
       <c r="N239" s="15">
-        <v>2283</v>
+        <v>2118</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E240" s="15">
         <v>10080003952</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>250</v>
       </c>
       <c r="K240" s="15">
-        <v>0.28788</v>
+        <v>0.17465</v>
       </c>
       <c r="L240" s="15">
-        <v>0.20829</v>
+        <v>0.15136</v>
       </c>
       <c r="M240" s="15">
-        <v>0.18175</v>
+        <v>0.14554</v>
       </c>
       <c r="N240" s="15">
-        <v>970</v>
+        <v>958</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="E241" s="15">
         <v>10080037588</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
         <v>0.3572</v>
       </c>
       <c r="L241" s="15">
         <v>0.24357</v>
       </c>
       <c r="M241" s="15">
         <v>0.21107</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E242" s="15">
         <v>10080003967</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.29745</v>
       </c>
       <c r="L242" s="15">
         <v>0.22243</v>
       </c>
       <c r="M242" s="15">
         <v>0.21597</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E243" s="15">
         <v>10080052248</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>250</v>
       </c>
       <c r="K243" s="15">
         <v>0.23045</v>
       </c>
       <c r="L243" s="15">
         <v>0.15714</v>
       </c>
       <c r="M243" s="15">
         <v>0.13618</v>
       </c>
       <c r="N243" s="15">
-        <v>581</v>
+        <v>715</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E244" s="15" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="J244" s="15">
         <v>250</v>
       </c>
       <c r="K244" s="15">
         <v>0.2926</v>
       </c>
       <c r="L244" s="15">
         <v>0.2117</v>
       </c>
       <c r="M244" s="15">
         <v>0.18473</v>
       </c>
       <c r="N244" s="15">
-        <v>300</v>
+        <v>352</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E245" s="15" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="J245" s="15">
         <v>250</v>
       </c>
       <c r="K245" s="15">
-        <v>0.32819</v>
+        <v>0.19601</v>
       </c>
       <c r="L245" s="15">
-        <v>0.23744</v>
+        <v>0.16987</v>
       </c>
       <c r="M245" s="15">
-        <v>0.2072</v>
+        <v>0.16334</v>
       </c>
       <c r="N245" s="15">
         <v>10</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E246" s="15">
         <v>10080031290</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="J246" s="15">
         <v>250</v>
       </c>
       <c r="K246" s="15">
         <v>0.42871</v>
       </c>
       <c r="L246" s="15">
         <v>0.22773</v>
       </c>
       <c r="M246" s="15">
         <v>0.19424</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="E247" s="15">
         <v>10000021536</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J247" s="15">
         <v>200</v>
       </c>
       <c r="K247" s="15">
-        <v>0.22587</v>
+        <v>0.14204</v>
       </c>
       <c r="L247" s="15">
-        <v>0.16342</v>
+        <v>0.1231</v>
       </c>
       <c r="M247" s="15">
-        <v>0.1426</v>
+        <v>0.11836</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>200</v>
       </c>
       <c r="K248" s="15">
         <v>0.20956</v>
       </c>
       <c r="L248" s="15">
         <v>0.15161</v>
       </c>
       <c r="M248" s="15">
         <v>0.1323</v>
       </c>
       <c r="N248" s="15">
-        <v>27131</v>
+        <v>19023</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E249" s="15" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="J249" s="15">
         <v>200</v>
       </c>
       <c r="K249" s="15">
         <v>0.29374</v>
       </c>
       <c r="L249" s="15">
         <v>0.21062</v>
       </c>
       <c r="M249" s="15">
         <v>0.1829</v>
       </c>
       <c r="N249" s="15">
         <v>3</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="E250" s="15">
         <v>10080031291</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="J250" s="15">
         <v>250</v>
       </c>
       <c r="K250" s="15">
-        <v>0.16913</v>
+        <v>0.14903</v>
       </c>
       <c r="L250" s="15">
-        <v>0.14924</v>
+        <v>0.12916</v>
       </c>
       <c r="M250" s="15">
-        <v>0.13431</v>
+        <v>0.12419</v>
       </c>
       <c r="N250" s="15">
-        <v>3019</v>
-[...2 lines deleted...]
-      <c r="P250" s="15"/>
+        <v>2503</v>
+      </c>
+      <c r="O250" s="15">
+        <v>3150</v>
+      </c>
+      <c r="P250" s="15" t="s">
+        <v>72</v>
+      </c>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E251" s="15">
         <v>10000019010</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J251" s="15">
         <v>200</v>
       </c>
       <c r="K251" s="15">
-        <v>0.22587</v>
+        <v>0.14007</v>
       </c>
       <c r="L251" s="15">
-        <v>0.16342</v>
+        <v>0.12139</v>
       </c>
       <c r="M251" s="15">
-        <v>0.1426</v>
+        <v>0.11673</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="J252" s="15">
         <v>200</v>
       </c>
       <c r="K252" s="15">
         <v>0.22839</v>
       </c>
       <c r="L252" s="15">
         <v>0.16524</v>
       </c>
       <c r="M252" s="15">
         <v>0.14419</v>
       </c>
       <c r="N252" s="15">
-        <v>1080</v>
+        <v>1566</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
-        <v>0.27722</v>
+        <v>0.19832</v>
       </c>
       <c r="L253" s="15">
-        <v>0.20057</v>
+        <v>0.17187</v>
       </c>
       <c r="M253" s="15">
-        <v>0.17502</v>
+        <v>0.16526</v>
       </c>
       <c r="N253" s="15">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="E254" s="15" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>250</v>
       </c>
       <c r="K254" s="15">
         <v>0.30923</v>
       </c>
       <c r="L254" s="15">
         <v>0.22373</v>
       </c>
       <c r="M254" s="15">
         <v>0.19523</v>
       </c>
       <c r="N254" s="15">
-        <v>1110</v>
+        <v>1185</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E255" s="15">
         <v>10080033465</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
         <v>0.27844</v>
       </c>
       <c r="L255" s="15">
         <v>0.19964</v>
       </c>
       <c r="M255" s="15">
         <v>0.17337</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15"/>
       <c r="K256" s="15">
         <v>0.23926</v>
       </c>
       <c r="L256" s="15">
         <v>0.22502</v>
       </c>
       <c r="M256" s="15">
         <v>0.21727</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="E257" s="15">
         <v>10080031292</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J257" s="15">
         <v>250</v>
       </c>
       <c r="K257" s="15">
-        <v>0.18189</v>
+        <v>0.12668</v>
       </c>
       <c r="L257" s="15">
-        <v>0.1316</v>
+        <v>0.10979</v>
       </c>
       <c r="M257" s="15">
-        <v>0.11483</v>
+        <v>0.10556</v>
       </c>
       <c r="N257" s="15">
-        <v>2432</v>
+        <v>2361</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="E258" s="15">
         <v>10000022748</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="J258" s="15">
         <v>200</v>
       </c>
       <c r="K258" s="15">
-        <v>0.22587</v>
+        <v>0.14204</v>
       </c>
       <c r="L258" s="15">
-        <v>0.16342</v>
+        <v>0.1231</v>
       </c>
       <c r="M258" s="15">
-        <v>0.1426</v>
+        <v>0.11836</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="E259" s="15" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="J259" s="15">
         <v>200</v>
       </c>
       <c r="K259" s="15">
-        <v>0.20949</v>
+        <v>0.14526</v>
       </c>
       <c r="L259" s="15">
-        <v>0.15157</v>
+        <v>0.12589</v>
       </c>
       <c r="M259" s="15">
-        <v>0.13226</v>
+        <v>0.12105</v>
       </c>
       <c r="N259" s="15">
-        <v>12114</v>
+        <v>12967</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="E260" s="15">
         <v>10080003969</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="J260" s="15">
         <v>200</v>
       </c>
       <c r="K260" s="15">
         <v>0.30328</v>
       </c>
       <c r="L260" s="15">
         <v>0.21744</v>
       </c>
       <c r="M260" s="15">
         <v>0.18884</v>
       </c>
       <c r="N260" s="15">
         <v>2</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E261" s="15" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="J261" s="15">
         <v>250</v>
       </c>
       <c r="K261" s="15">
         <v>0.14918</v>
       </c>
       <c r="L261" s="15">
         <v>0.12929</v>
       </c>
       <c r="M261" s="15">
         <v>0.12431</v>
       </c>
       <c r="N261" s="15">
-        <v>1691</v>
+        <v>1140</v>
       </c>
       <c r="O261" s="15">
-        <v>890</v>
+        <v>600</v>
       </c>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E262" s="15">
         <v>10080039535</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="J262" s="15">
         <v>200</v>
       </c>
       <c r="K262" s="15">
         <v>0.30702</v>
       </c>
       <c r="L262" s="15">
         <v>0.20935</v>
       </c>
       <c r="M262" s="15">
         <v>0.18141</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E263" s="15">
         <v>10080031293</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="J263" s="15">
         <v>250</v>
       </c>
       <c r="K263" s="15">
         <v>0.45975</v>
       </c>
       <c r="L263" s="15">
         <v>0.24429</v>
       </c>
       <c r="M263" s="15">
         <v>0.20835</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E264" s="15">
         <v>10000019009</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="J264" s="15">
         <v>200</v>
       </c>
       <c r="K264" s="15">
         <v>0.222</v>
       </c>
       <c r="L264" s="15">
         <v>0.148</v>
       </c>
       <c r="M264" s="15">
         <v>0.135</v>
       </c>
       <c r="N264" s="15">
-        <v>6930</v>
+        <v>7370</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E265" s="15" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>400</v>
       </c>
       <c r="K265" s="15">
         <v>0.16</v>
       </c>
       <c r="L265" s="15">
         <v>0.16</v>
       </c>
       <c r="M265" s="15">
         <v>0.16</v>
       </c>
       <c r="N265" s="15">
-        <v>2515</v>
+        <v>2486</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E266" s="15">
         <v>10080031294</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="J266" s="15">
         <v>250</v>
       </c>
       <c r="K266" s="15">
         <v>0.45573</v>
       </c>
       <c r="L266" s="15">
         <v>0.24209</v>
       </c>
       <c r="M266" s="15">
         <v>0.20652</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E267" s="15">
         <v>10000012368</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="J267" s="15">
         <v>200</v>
       </c>
       <c r="K267" s="15">
-        <v>0.27321</v>
+        <v>0.16289</v>
       </c>
       <c r="L267" s="15">
-        <v>0.19766</v>
+        <v>0.14117</v>
       </c>
       <c r="M267" s="15">
-        <v>0.17249</v>
+        <v>0.13574</v>
       </c>
       <c r="N267" s="15">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="E268" s="15" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>200</v>
       </c>
       <c r="K268" s="15">
         <v>0.17658</v>
       </c>
       <c r="L268" s="15">
         <v>0.15304</v>
       </c>
       <c r="M268" s="15">
         <v>0.14715</v>
       </c>
       <c r="N268" s="15">
-        <v>870</v>
+        <v>820</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="E269" s="15">
         <v>10080003956</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>200</v>
       </c>
       <c r="K269" s="15">
         <v>0.30391</v>
       </c>
       <c r="L269" s="15">
         <v>0.29486</v>
       </c>
       <c r="M269" s="15">
         <v>0.28451</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="E270" s="15">
         <v>10080066924</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
         <v>0.29029</v>
       </c>
       <c r="L270" s="15">
         <v>0.20814</v>
       </c>
       <c r="M270" s="15">
         <v>0.18075</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="E271" s="15" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
         <v>0.20231</v>
       </c>
       <c r="L271" s="15">
         <v>0.17533</v>
       </c>
       <c r="M271" s="15">
         <v>0.16859</v>
       </c>
       <c r="N271" s="15">
-        <v>191</v>
+        <v>251</v>
       </c>
       <c r="O271" s="15">
-        <v>660</v>
+        <v>870</v>
       </c>
       <c r="P271" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="J272" s="15">
         <v>250</v>
       </c>
       <c r="K272" s="15">
-        <v>0.3139</v>
+        <v>0.18971</v>
       </c>
       <c r="L272" s="15">
-        <v>0.22711</v>
+        <v>0.16441</v>
       </c>
       <c r="M272" s="15">
-        <v>0.19818</v>
+        <v>0.15809</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E273" s="15" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
         <v>0.21167</v>
       </c>
       <c r="L273" s="15">
         <v>0.18344</v>
       </c>
       <c r="M273" s="15">
         <v>0.17639</v>
       </c>
       <c r="N273" s="15">
         <v>40</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="E274" s="15">
         <v>10080037589</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>150</v>
       </c>
       <c r="K274" s="15">
         <v>0.5121599999999999</v>
       </c>
       <c r="L274" s="15">
         <v>0.27209</v>
       </c>
       <c r="M274" s="15">
         <v>0.23207</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E275" s="15" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
         <v>0.2483</v>
       </c>
       <c r="L275" s="15">
         <v>0.23278</v>
       </c>
       <c r="M275" s="15">
         <v>0.22502</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E276" s="15" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>250</v>
       </c>
       <c r="K276" s="15">
         <v>0.19</v>
       </c>
       <c r="L276" s="15">
         <v>0.15</v>
       </c>
       <c r="M276" s="15">
         <v>0.135</v>
       </c>
       <c r="N276" s="15">
-        <v>1445</v>
+        <v>1830</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E277" s="15">
         <v>10080057940</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>200</v>
       </c>
       <c r="K277" s="15">
         <v>0.26108</v>
       </c>
       <c r="L277" s="15">
         <v>0.18719</v>
       </c>
       <c r="M277" s="15">
         <v>0.16255</v>
       </c>
       <c r="N277" s="15">
         <v>3</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="E278" s="15">
         <v>10080011519</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.2</v>
       </c>
       <c r="L278" s="15">
         <v>0.16</v>
       </c>
       <c r="M278" s="15">
         <v>0.14</v>
       </c>
       <c r="N278" s="15">
-        <v>8932</v>
+        <v>9936</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J279" s="15">
         <v>200</v>
       </c>
       <c r="K279" s="15">
         <v>0.2</v>
       </c>
       <c r="L279" s="15">
         <v>0.16</v>
       </c>
       <c r="M279" s="15">
         <v>0.14</v>
       </c>
       <c r="N279" s="15">
-        <v>1400</v>
+        <v>1360</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1000</v>
       </c>
       <c r="K280" s="15">
         <v>0.13192</v>
       </c>
       <c r="L280" s="15">
         <v>0.10994</v>
       </c>
       <c r="M280" s="15">
         <v>0.10553</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>250</v>
       </c>
       <c r="K281" s="15">
         <v>0.82499</v>
       </c>
       <c r="L281" s="15">
         <v>0.69191</v>
       </c>
       <c r="M281" s="15">
         <v>0.66531</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.395</v>
       </c>
       <c r="L282" s="15">
         <v>0.395</v>
       </c>
       <c r="M282" s="15">
         <v>0.395</v>
       </c>
       <c r="N282" s="15">
         <v>10</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>2000</v>
       </c>
       <c r="K283" s="15">
         <v>0.05226</v>
       </c>
       <c r="L283" s="15">
         <v>0.05226</v>
       </c>
       <c r="M283" s="15">
         <v>0.05226</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
         <v>0.24243</v>
       </c>
       <c r="L284" s="15">
         <v>0.24243</v>
       </c>
       <c r="M284" s="15">
         <v>0.24243</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H285" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>2000</v>
       </c>
       <c r="K285" s="15">
         <v>0.17847</v>
       </c>
       <c r="L285" s="15">
         <v>0.14968</v>
       </c>
       <c r="M285" s="15">
         <v>0.14393</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="E286" s="15" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="J286" s="15">
         <v>1000</v>
       </c>
       <c r="K286" s="15">
         <v>0.55502</v>
       </c>
       <c r="L286" s="15">
         <v>0.4655</v>
       </c>
       <c r="M286" s="15">
         <v>0.4476</v>
       </c>
       <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E287" s="15" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>1500</v>
       </c>
       <c r="K287" s="15">
         <v>0.76971</v>
       </c>
       <c r="L287" s="15">
         <v>0.64555</v>
       </c>
       <c r="M287" s="15">
         <v>0.62072</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="E288" s="15" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>1000</v>
       </c>
       <c r="K288" s="15">
         <v>0.13789</v>
       </c>
       <c r="L288" s="15">
         <v>0.13789</v>
       </c>
       <c r="M288" s="15">
         <v>0.13789</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="E289" s="15" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>1000</v>
       </c>
       <c r="K289" s="15">
         <v>0.7210800000000001</v>
       </c>
       <c r="L289" s="15">
         <v>0.62493</v>
       </c>
       <c r="M289" s="15">
         <v>0.60089</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="E290" s="15" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="J290" s="15">
         <v>1000</v>
       </c>
       <c r="K290" s="15">
         <v>0.31</v>
       </c>
       <c r="L290" s="15">
         <v>0.31</v>
       </c>
       <c r="M290" s="15">
         <v>0.31</v>
       </c>
       <c r="N290" s="15">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="E291" s="15" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="H291" s="15" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>5000</v>
       </c>
       <c r="K291" s="15">
         <v>0.24562</v>
       </c>
       <c r="L291" s="15">
         <v>0.20601</v>
       </c>
       <c r="M291" s="15">
         <v>0.19808</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="E292" s="15" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>3000</v>
       </c>
       <c r="K292" s="15">
         <v>0.90347</v>
       </c>
       <c r="L292" s="15">
         <v>0.75775</v>
       </c>
       <c r="M292" s="15">
         <v>0.7286</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="E293" s="15" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
         <v>0.54604</v>
       </c>
       <c r="L293" s="15">
         <v>0.45797</v>
       </c>
       <c r="M293" s="15">
         <v>0.44035</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.47195</v>
       </c>
       <c r="L294" s="15">
         <v>0.40902</v>
       </c>
       <c r="M294" s="15">
         <v>0.39329</v>
       </c>
       <c r="N294" s="15">
-        <v>3750</v>
+        <v>4150</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E295" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.81323</v>
       </c>
       <c r="L295" s="15">
         <v>0.68208</v>
       </c>
       <c r="M295" s="15">
         <v>0.65583</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="E296" s="15">
         <v>10080054805</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="J296" s="15">
         <v>3000</v>
       </c>
       <c r="K296" s="15">
         <v>0.11357</v>
       </c>
       <c r="L296" s="15">
         <v>0.09465</v>
       </c>
       <c r="M296" s="15">
         <v>0.09085</v>
       </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="H297" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
         <v>0.51569</v>
       </c>
       <c r="L297" s="15">
         <v>0.44693</v>
       </c>
       <c r="M297" s="15">
         <v>0.42974</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="E298" s="15" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>4000</v>
       </c>
       <c r="K298" s="15">
         <v>0.01222</v>
       </c>
       <c r="L298" s="15">
         <v>0.01222</v>
       </c>
       <c r="M298" s="15">
         <v>0.01222</v>
       </c>
       <c r="N298" s="15"/>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="E299" s="15">
         <v>10080072974</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>4000</v>
       </c>
       <c r="K299" s="15">
         <v>0.031</v>
       </c>
       <c r="L299" s="15">
         <v>0.031</v>
       </c>
       <c r="M299" s="15">
         <v>0.031</v>
       </c>
       <c r="N299" s="15">
-        <v>12529</v>
+        <v>13375</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E300" s="15" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>4000</v>
       </c>
       <c r="K300" s="15">
         <v>0.02781</v>
       </c>
       <c r="L300" s="15">
         <v>0.02332</v>
       </c>
       <c r="M300" s="15">
         <v>0.02243</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="E301" s="15" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>3000</v>
       </c>
       <c r="K301" s="15">
         <v>0.11</v>
       </c>
       <c r="L301" s="15">
         <v>0.11</v>
       </c>
       <c r="M301" s="15">
         <v>0.11</v>
       </c>
       <c r="N301" s="15">
-        <v>10200</v>
+        <v>7560</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="E302" s="15" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H302" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
         <v>0.095</v>
       </c>
       <c r="L302" s="15">
         <v>0.095</v>
       </c>
       <c r="M302" s="15">
         <v>0.095</v>
       </c>
       <c r="N302" s="15">
-        <v>1440</v>
+        <v>1500</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="E303" s="15" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H303" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>250</v>
       </c>
       <c r="K303" s="15">
         <v>0.47772</v>
       </c>
       <c r="L303" s="15">
         <v>0.47772</v>
       </c>
       <c r="M303" s="15">
         <v>0.47772</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E304" s="15">
         <v>10080015875</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H304" s="15" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>4000</v>
       </c>
       <c r="K304" s="15">
         <v>0.05546</v>
       </c>
       <c r="L304" s="15">
         <v>0.04621</v>
       </c>
       <c r="M304" s="15">
         <v>0.04437</v>
       </c>
       <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="E305" s="15" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H305" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
         <v>0.155</v>
       </c>
       <c r="L305" s="15">
         <v>0.155</v>
       </c>
       <c r="M305" s="15">
         <v>0.155</v>
       </c>
       <c r="N305" s="15">
-        <v>820</v>
+        <v>750</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E306" s="15" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H306" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>1000</v>
       </c>
       <c r="K306" s="15">
         <v>0.26641</v>
       </c>
       <c r="L306" s="15">
         <v>0.25606</v>
       </c>
       <c r="M306" s="15">
         <v>0.24701</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="E307" s="15">
         <v>10080003700</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H307" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.26641</v>
       </c>
       <c r="L307" s="15">
         <v>0.25606</v>
       </c>
       <c r="M307" s="15">
         <v>0.24701</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="E308" s="15">
         <v>10080003778</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H308" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
         <v>0.26641</v>
       </c>
       <c r="L308" s="15">
         <v>0.25606</v>
       </c>
       <c r="M308" s="15">
         <v>0.24701</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E309" s="15" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H309" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.33107</v>
       </c>
       <c r="L309" s="15">
         <v>0.31944</v>
       </c>
       <c r="M309" s="15">
         <v>0.3078</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="E310" s="15" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H310" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
         <v>0.33107</v>
       </c>
       <c r="L310" s="15">
         <v>0.31944</v>
       </c>
       <c r="M310" s="15">
         <v>0.3078</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="E311" s="15">
         <v>10080003697</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H311" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.37245</v>
       </c>
       <c r="L311" s="15">
         <v>0.35952</v>
       </c>
       <c r="M311" s="15">
         <v>0.34659</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="E312" s="15">
         <v>10080003779</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H312" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.215</v>
       </c>
       <c r="L312" s="15">
         <v>0.215</v>
       </c>
       <c r="M312" s="15">
         <v>0.215</v>
       </c>
       <c r="N312" s="15">
-        <v>1473</v>
+        <v>1592</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="E313" s="15" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H313" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.35823</v>
       </c>
       <c r="L313" s="15">
         <v>0.3453</v>
       </c>
       <c r="M313" s="15">
         <v>0.33236</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="E314" s="15">
         <v>10080066029</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H314" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>4000</v>
       </c>
       <c r="K314" s="15">
         <v>0.04048</v>
       </c>
       <c r="L314" s="15">
         <v>0.03373</v>
       </c>
       <c r="M314" s="15">
         <v>0.03238</v>
       </c>
       <c r="N314" s="15"/>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="E315" s="15" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
         <v>0.45263</v>
       </c>
       <c r="L315" s="15">
         <v>0.38798</v>
       </c>
       <c r="M315" s="15">
         <v>0.35823</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>2500</v>
       </c>
       <c r="K316" s="15">
         <v>0.05968</v>
       </c>
       <c r="L316" s="15">
         <v>0.05968</v>
       </c>
       <c r="M316" s="15">
         <v>0.05968</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E317" s="15" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H317" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>0.78513</v>
       </c>
       <c r="L317" s="15">
         <v>0.6585</v>
       </c>
       <c r="M317" s="15">
         <v>0.63317</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="E318" s="15" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H318" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.28</v>
       </c>
       <c r="L318" s="15">
         <v>0.28</v>
       </c>
       <c r="M318" s="15">
         <v>0.28</v>
       </c>
       <c r="N318" s="15">
-        <v>2803</v>
+        <v>2915</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="E319" s="15" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>1000</v>
       </c>
       <c r="K319" s="15">
         <v>0.70225</v>
       </c>
       <c r="L319" s="15">
         <v>0.5889799999999999</v>
       </c>
       <c r="M319" s="15">
         <v>0.56633</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="15"/>
@@ -16452,317 +16467,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>