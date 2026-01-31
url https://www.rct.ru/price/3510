--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="964">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -232,51 +232,51 @@
   <si>
     <t>L-KLS6-05D431K</t>
   </si>
   <si>
     <t>430V 5mm / 05D431K (L-KLS6-05D431K)</t>
   </si>
   <si>
     <t>UT-00100748</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K431BASN1NN FENGHUA, FNR-05K431 FENGHUA, </t>
   </si>
   <si>
     <t>FNR-05K470</t>
   </si>
   <si>
     <t>47V 5mm / 05D470K (FNR-05K470)</t>
   </si>
   <si>
     <t>L-KLS6-05D470K</t>
   </si>
   <si>
     <t>47V 5mm / 05D470K L-KLS6-05D470K</t>
   </si>
   <si>
-    <t>20.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>471KD05</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K</t>
   </si>
   <si>
     <t>FNR-05K471</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR-05K471)</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR05K471BASN1NN</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR05K471BASN1NN)</t>
   </si>
   <si>
     <t>UT-00118662</t>
   </si>
@@ -784,53 +784,50 @@
   <si>
     <t>470V 7mm / 07D471K (L-KLS6-07D471K)</t>
   </si>
   <si>
     <t xml:space="preserve">471KD07 BRIGHTKING, FNR-07K471 FENGHUA, FNR07K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR-07K471</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-07D471K KLS, 471KD07 BRIGHTKING, FNR07K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR07K471BASN1NN</t>
   </si>
   <si>
     <t>470V 7mm / 07D471K (FNR07K471BASN1NN)</t>
   </si>
   <si>
     <t>UT-00118671</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-07D471K KLS, 471KD07 BRIGHTKING, FNR-07K471 FENGHUA, </t>
   </si>
   <si>
-    <t>23.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>FNR-07K561</t>
   </si>
   <si>
     <t>560V 7mm / 07D561K (FNR-07K561)</t>
   </si>
   <si>
     <t>10-00002367</t>
   </si>
   <si>
     <t>FNR07K621BASN1NN</t>
   </si>
   <si>
     <t>620V 7mm / 07D621K (FNR07K621BASN1NN)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-07D621K KLS, </t>
   </si>
   <si>
     <t>L-KLS6-07D621K</t>
   </si>
   <si>
     <t>620V 7mm / 07D621K (L-KLS6-07D621K)</t>
   </si>
   <si>
     <t xml:space="preserve">FNR07K621BASN1NN FENGHUA, </t>
@@ -2639,50 +2636,53 @@
     <t>Варистор CT0805M6G</t>
   </si>
   <si>
     <t xml:space="preserve">FPV201209E8R0PMT FENGHUA, </t>
   </si>
   <si>
     <t>CT1812K30G</t>
   </si>
   <si>
     <t>1812 10% 30V 300A MLV AEC-Q200 / CT1812K30G (B72580E0300K062)</t>
   </si>
   <si>
     <t>UT-00151440</t>
   </si>
   <si>
     <t>VAR-SMD1812</t>
   </si>
   <si>
     <t>FPV160808G240PKT</t>
   </si>
   <si>
     <t>0603 24V 10% / FPV160808G240PKT</t>
   </si>
   <si>
     <t>UT-00145322</t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
   </si>
   <si>
     <t>FPV201209E8R0PMT</t>
   </si>
   <si>
     <t>0805 8.0VDC 5.7VAC 20% SMT / FPV201209E8R0PMT</t>
   </si>
   <si>
     <t>VAR-SMD0805</t>
   </si>
   <si>
     <t>FPV201209G160PKT</t>
   </si>
   <si>
     <t>0805 16VDC 11.3VAC 10% SMT / FPV201209G160PKT</t>
   </si>
   <si>
     <t>UT-00147298</t>
   </si>
   <si>
     <t>L-KLS6-MVR1210-8R0G</t>
   </si>
   <si>
     <t>1210 5.5VDC 4.0VAC SMT / L-KLS6-MVR1210-8R0G</t>
   </si>
@@ -3670,178 +3670,178 @@
       </c>
       <c r="E9" s="15">
         <v>10080047584</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02972</v>
       </c>
       <c r="L9" s="15">
         <v>0.02575</v>
       </c>
       <c r="M9" s="15">
         <v>0.02476</v>
       </c>
       <c r="N9" s="15">
-        <v>1353</v>
+        <v>1337</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052532</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01752</v>
       </c>
       <c r="L10" s="15">
         <v>0.01518</v>
       </c>
       <c r="M10" s="15">
         <v>0.0146</v>
       </c>
       <c r="N10" s="15">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.0243</v>
       </c>
       <c r="L11" s="15">
         <v>0.01758</v>
       </c>
       <c r="M11" s="15">
         <v>0.01534</v>
       </c>
       <c r="N11" s="15">
-        <v>5840</v>
+        <v>6000</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0261</v>
       </c>
       <c r="L12" s="15">
         <v>0.02262</v>
       </c>
       <c r="M12" s="15">
         <v>0.02175</v>
       </c>
       <c r="N12" s="15">
-        <v>880</v>
+        <v>620</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080065762</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -3918,51 +3918,51 @@
       </c>
       <c r="E15" s="15">
         <v>10080034625</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05411</v>
       </c>
       <c r="L15" s="15">
         <v>0.03297</v>
       </c>
       <c r="M15" s="15">
         <v>0.02916</v>
       </c>
       <c r="N15" s="15">
-        <v>17142</v>
+        <v>15528</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15">
         <v>10080028134</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
@@ -4039,51 +4039,51 @@
         <v>10080008718</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01829</v>
       </c>
       <c r="L18" s="15">
         <v>0.01585</v>
       </c>
       <c r="M18" s="15">
         <v>0.01524</v>
       </c>
       <c r="N18" s="15">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>59</v>
@@ -4164,134 +4164,134 @@
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.01734</v>
       </c>
       <c r="L21" s="15">
         <v>0.01503</v>
       </c>
       <c r="M21" s="15">
         <v>0.01445</v>
       </c>
       <c r="N21" s="15">
-        <v>18057</v>
+        <v>19135</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080071926</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.04231</v>
       </c>
       <c r="L22" s="15">
         <v>0.03034</v>
       </c>
       <c r="M22" s="15">
         <v>0.02635</v>
       </c>
       <c r="N22" s="15">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080055121</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.02628</v>
       </c>
       <c r="L23" s="15">
         <v>0.02278</v>
       </c>
       <c r="M23" s="15">
         <v>0.0219</v>
       </c>
       <c r="N23" s="15">
-        <v>683</v>
+        <v>595</v>
       </c>
       <c r="O23" s="15">
-        <v>850</v>
+        <v>740</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E24" s="15">
         <v>10080032800</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
@@ -4332,97 +4332,95 @@
         <v>10080039428</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01808</v>
       </c>
       <c r="L25" s="15">
         <v>0.01567</v>
       </c>
       <c r="M25" s="15">
         <v>0.01506</v>
       </c>
       <c r="N25" s="15">
-        <v>528</v>
+        <v>498</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01673</v>
       </c>
       <c r="L26" s="15">
         <v>0.0145</v>
       </c>
       <c r="M26" s="15">
         <v>0.01394</v>
       </c>
-      <c r="N26" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N26" s="15"/>
       <c r="O26" s="15">
-        <v>1440</v>
+        <v>1560</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
@@ -4457,51 +4455,51 @@
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.027</v>
       </c>
       <c r="L28" s="15">
         <v>0.0234</v>
       </c>
       <c r="M28" s="15">
         <v>0.0225</v>
       </c>
       <c r="N28" s="15">
-        <v>661</v>
+        <v>735</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080038883</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>49</v>
@@ -4537,174 +4535,174 @@
       </c>
       <c r="E30" s="15">
         <v>10080066922</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02622</v>
       </c>
       <c r="L30" s="15">
         <v>0.02272</v>
       </c>
       <c r="M30" s="15">
         <v>0.02185</v>
       </c>
       <c r="N30" s="15">
-        <v>873</v>
+        <v>667</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080052242</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.05756</v>
       </c>
       <c r="L31" s="15">
         <v>0.0334</v>
       </c>
       <c r="M31" s="15">
         <v>0.03011</v>
       </c>
       <c r="N31" s="15">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080038490</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04293</v>
       </c>
       <c r="L32" s="15">
         <v>0.03067</v>
       </c>
       <c r="M32" s="15">
         <v>0.02658</v>
       </c>
       <c r="N32" s="15">
-        <v>1320</v>
+        <v>1419</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15">
         <v>10080003888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04506</v>
       </c>
       <c r="L33" s="15">
         <v>0.03072</v>
       </c>
       <c r="M33" s="15">
         <v>0.02661</v>
       </c>
       <c r="N33" s="15">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
@@ -4746,51 +4744,51 @@
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.02358</v>
       </c>
       <c r="L35" s="15">
         <v>0.02044</v>
       </c>
       <c r="M35" s="15">
         <v>0.01965</v>
       </c>
       <c r="N35" s="15">
-        <v>7800</v>
+        <v>7900</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080042253</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>49</v>
@@ -4911,51 +4909,51 @@
       <c r="G39" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01636</v>
       </c>
       <c r="L39" s="15">
         <v>0.01567</v>
       </c>
       <c r="M39" s="15">
         <v>0.01567</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15">
-        <v>680</v>
+        <v>700</v>
       </c>
       <c r="P39" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10080035261</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H40" s="15" t="s">
@@ -5117,55 +5115,53 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02913</v>
       </c>
       <c r="L44" s="15">
         <v>0.02525</v>
       </c>
       <c r="M44" s="15">
         <v>0.02428</v>
       </c>
       <c r="N44" s="15">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>5618</v>
+      </c>
+      <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15">
         <v>10080003175</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I45" s="15" t="s">
@@ -5357,51 +5353,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.0306</v>
       </c>
       <c r="L50" s="15">
         <v>0.02214</v>
       </c>
       <c r="M50" s="15">
         <v>0.01932</v>
       </c>
       <c r="N50" s="15">
-        <v>5810</v>
+        <v>5390</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E51" s="15">
         <v>10080052372</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>49</v>
@@ -5480,51 +5476,51 @@
         <v>10080070739</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.03005</v>
       </c>
       <c r="L53" s="15">
         <v>0.02604</v>
       </c>
       <c r="M53" s="15">
         <v>0.02504</v>
       </c>
       <c r="N53" s="15">
-        <v>2140</v>
+        <v>2300</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
@@ -5601,51 +5597,51 @@
       </c>
       <c r="E56" s="15">
         <v>10080003893</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0149</v>
       </c>
       <c r="L56" s="15">
         <v>0.013</v>
       </c>
       <c r="M56" s="15">
         <v>0.012</v>
       </c>
       <c r="N56" s="15">
-        <v>6406</v>
+        <v>6979</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E57" s="15">
         <v>10080003884</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>49</v>
@@ -5722,92 +5718,92 @@
       </c>
       <c r="E59" s="15">
         <v>10080074100</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.02853</v>
       </c>
       <c r="L59" s="15">
         <v>0.02473</v>
       </c>
       <c r="M59" s="15">
         <v>0.02378</v>
       </c>
       <c r="N59" s="15">
-        <v>3184</v>
+        <v>744</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.031</v>
       </c>
       <c r="L60" s="15">
         <v>0.0207</v>
       </c>
       <c r="M60" s="15">
         <v>0.0188</v>
       </c>
       <c r="N60" s="15">
-        <v>2520</v>
+        <v>2280</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E61" s="15">
         <v>10080003896</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
@@ -5845,176 +5841,176 @@
         <v>10080066923</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>179</v>
       </c>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01995</v>
       </c>
       <c r="L62" s="15">
         <v>0.01729</v>
       </c>
       <c r="M62" s="15">
         <v>0.01663</v>
       </c>
       <c r="N62" s="15">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.01542</v>
       </c>
       <c r="L63" s="15">
         <v>0.01478</v>
       </c>
       <c r="M63" s="15">
         <v>0.01478</v>
       </c>
       <c r="N63" s="15">
-        <v>790</v>
+        <v>650</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.024</v>
       </c>
       <c r="L64" s="15">
         <v>0.0208</v>
       </c>
       <c r="M64" s="15">
         <v>0.02</v>
       </c>
       <c r="N64" s="15">
-        <v>900</v>
+        <v>760</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01825</v>
       </c>
       <c r="L65" s="15">
         <v>0.01749</v>
       </c>
       <c r="M65" s="15">
         <v>0.01749</v>
       </c>
       <c r="N65" s="15">
-        <v>1709</v>
+        <v>1736</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E66" s="15">
         <v>10080067836</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>49</v>
@@ -6131,51 +6127,51 @@
       <c r="E69" s="15">
         <v>10080059354</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.02744</v>
       </c>
       <c r="L69" s="15">
         <v>0.02378</v>
       </c>
       <c r="M69" s="15">
         <v>0.02286</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
-        <v>2400</v>
+        <v>3600</v>
       </c>
       <c r="P69" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E70" s="15">
         <v>10080003885</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H70" s="15" t="s">
@@ -6217,51 +6213,51 @@
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>205</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.04273</v>
       </c>
       <c r="L71" s="15">
         <v>0.03091</v>
       </c>
       <c r="M71" s="15">
         <v>0.02698</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>2024</v>
+        <v>2551</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E72" s="15">
         <v>10080032689</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H72" s="15" t="s">
@@ -6380,54 +6376,54 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02986</v>
       </c>
       <c r="L75" s="15">
         <v>0.0216</v>
       </c>
       <c r="M75" s="15">
         <v>0.01885</v>
       </c>
       <c r="N75" s="15">
-        <v>16611</v>
+        <v>13500</v>
       </c>
       <c r="O75" s="15">
-        <v>8300</v>
+        <v>7100</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E76" s="15">
         <v>10080034626</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H76" s="15" t="s">
@@ -6548,94 +6544,94 @@
         <v>225</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.02036</v>
       </c>
       <c r="L79" s="15">
         <v>0.01764</v>
       </c>
       <c r="M79" s="15">
         <v>0.01696</v>
       </c>
       <c r="N79" s="15">
-        <v>79755</v>
+        <v>35252</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>230</v>
       </c>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01839</v>
       </c>
       <c r="L80" s="15">
         <v>0.01594</v>
       </c>
       <c r="M80" s="15">
         <v>0.01533</v>
       </c>
       <c r="N80" s="15">
-        <v>29309</v>
+        <v>29753</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E81" s="15">
         <v>10080048658</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>233</v>
@@ -6747,94 +6743,94 @@
       </c>
       <c r="E84" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.02762</v>
       </c>
       <c r="L84" s="15">
         <v>0.02393</v>
       </c>
       <c r="M84" s="15">
         <v>0.02301</v>
       </c>
       <c r="N84" s="15">
-        <v>486</v>
+        <v>547</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E85" s="15">
         <v>10080034627</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04199</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02614</v>
       </c>
       <c r="N85" s="15">
-        <v>418</v>
+        <v>303</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080011040</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>59</v>
@@ -6959,9444 +6955,9430 @@
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02127</v>
       </c>
       <c r="L89" s="15">
         <v>0.01843</v>
       </c>
       <c r="M89" s="15">
         <v>0.01773</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15">
-        <v>39000</v>
-[...3 lines deleted...]
-      </c>
+        <v>43000</v>
+      </c>
+      <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.02543</v>
       </c>
       <c r="L90" s="15">
         <v>0.02204</v>
       </c>
       <c r="M90" s="15">
         <v>0.02119</v>
       </c>
       <c r="N90" s="15">
-        <v>24108</v>
+        <v>14984</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E91" s="15">
         <v>10080003899</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.02739</v>
       </c>
       <c r="L91" s="15">
         <v>0.02374</v>
       </c>
       <c r="M91" s="15">
         <v>0.02283</v>
       </c>
       <c r="N91" s="15"/>
-      <c r="O91" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O91" s="15"/>
+      <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E92" s="15">
         <v>10080074101</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.02861</v>
       </c>
       <c r="L92" s="15">
         <v>0.02479</v>
       </c>
       <c r="M92" s="15">
         <v>0.02384</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E93" s="15">
         <v>10080032690</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="L93" s="15">
         <v>0.05188</v>
       </c>
       <c r="M93" s="15">
         <v>0.04495</v>
       </c>
       <c r="N93" s="15">
-        <v>2524</v>
+        <v>1807</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.04138</v>
       </c>
       <c r="L94" s="15">
         <v>0.0388</v>
       </c>
       <c r="M94" s="15">
         <v>0.0375</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="E95" s="15">
         <v>10080003887</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04561</v>
       </c>
       <c r="L95" s="15">
         <v>0.033</v>
       </c>
       <c r="M95" s="15">
         <v>0.0288</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.02868</v>
       </c>
       <c r="L96" s="15">
         <v>0.02486</v>
       </c>
       <c r="M96" s="15">
         <v>0.0239</v>
       </c>
       <c r="N96" s="15">
-        <v>585</v>
+        <v>810</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E97" s="15">
         <v>10080003900</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.04752</v>
       </c>
       <c r="L97" s="15">
         <v>0.03406</v>
       </c>
       <c r="M97" s="15">
         <v>0.0296</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E98" s="15">
         <v>10080064913</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.03174</v>
       </c>
       <c r="L98" s="15">
         <v>0.02751</v>
       </c>
       <c r="M98" s="15">
         <v>0.02645</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.03969</v>
       </c>
       <c r="L99" s="15">
         <v>0.02872</v>
       </c>
       <c r="M99" s="15">
         <v>0.02506</v>
       </c>
       <c r="N99" s="15">
-        <v>35446</v>
+        <v>43110</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E100" s="15">
         <v>10080074041</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.02697</v>
       </c>
       <c r="L100" s="15">
         <v>0.02337</v>
       </c>
       <c r="M100" s="15">
         <v>0.02248</v>
       </c>
       <c r="N100" s="15">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E101" s="15">
         <v>10080033458</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.07545</v>
       </c>
       <c r="L101" s="15">
         <v>0.05145</v>
       </c>
       <c r="M101" s="15">
         <v>0.04631</v>
       </c>
       <c r="N101" s="15">
         <v>70</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="E102" s="15">
         <v>10000004409</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04478</v>
       </c>
       <c r="L102" s="15">
         <v>0.03211</v>
       </c>
       <c r="M102" s="15">
         <v>0.02788</v>
       </c>
       <c r="N102" s="15">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.02913</v>
       </c>
       <c r="L103" s="15">
         <v>0.02525</v>
       </c>
       <c r="M103" s="15">
         <v>0.02428</v>
       </c>
       <c r="N103" s="15">
-        <v>774</v>
+        <v>810</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.03341</v>
       </c>
       <c r="L104" s="15">
         <v>0.02895</v>
       </c>
       <c r="M104" s="15">
         <v>0.02784</v>
       </c>
       <c r="N104" s="15">
-        <v>620</v>
+        <v>730</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02888</v>
       </c>
       <c r="L105" s="15">
         <v>0.02503</v>
       </c>
       <c r="M105" s="15">
         <v>0.02406</v>
       </c>
       <c r="N105" s="15">
-        <v>2110</v>
+        <v>2408</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E106" s="15">
         <v>10080003912</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.0398</v>
       </c>
       <c r="L106" s="15">
         <v>0.03449</v>
       </c>
       <c r="M106" s="15">
         <v>0.03316</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.0318</v>
       </c>
       <c r="L107" s="15">
         <v>0.03048</v>
       </c>
       <c r="M107" s="15">
         <v>0.03048</v>
       </c>
       <c r="N107" s="15">
-        <v>4396</v>
+        <v>5919</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="L108" s="15">
         <v>0.07105</v>
       </c>
       <c r="M108" s="15">
         <v>0.06831</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="E109" s="15">
         <v>10080003914</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.10991</v>
       </c>
       <c r="L109" s="15">
         <v>0.07495</v>
       </c>
       <c r="M109" s="15">
         <v>0.06494</v>
       </c>
       <c r="N109" s="15">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.0398</v>
       </c>
       <c r="L110" s="15">
         <v>0.03449</v>
       </c>
       <c r="M110" s="15">
         <v>0.03316</v>
       </c>
       <c r="N110" s="15">
-        <v>646</v>
+        <v>563</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E111" s="15">
         <v>10000020408</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
         <v>0.0398</v>
       </c>
       <c r="L111" s="15">
         <v>0.03449</v>
       </c>
       <c r="M111" s="15">
         <v>0.03316</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="E112" s="15">
         <v>10080031278</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.03804</v>
       </c>
       <c r="L112" s="15">
         <v>0.03297</v>
       </c>
       <c r="M112" s="15">
         <v>0.0317</v>
       </c>
       <c r="N112" s="15">
-        <v>1416</v>
+        <v>1088</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
         <v>0.05223</v>
       </c>
       <c r="L113" s="15">
         <v>0.04527</v>
       </c>
       <c r="M113" s="15">
         <v>0.04353</v>
       </c>
       <c r="N113" s="15">
-        <v>3300</v>
+        <v>3700</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E114" s="15">
         <v>10080003916</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.10991</v>
       </c>
       <c r="L114" s="15">
         <v>0.07495</v>
       </c>
       <c r="M114" s="15">
         <v>0.06494</v>
       </c>
       <c r="N114" s="15">
         <v>4</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="E115" s="15">
         <v>10080064914</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.03863</v>
       </c>
       <c r="L115" s="15">
         <v>0.03348</v>
       </c>
       <c r="M115" s="15">
         <v>0.03219</v>
       </c>
       <c r="N115" s="15">
-        <v>222</v>
+        <v>282</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03054</v>
       </c>
       <c r="L116" s="15">
         <v>0.02927</v>
       </c>
       <c r="M116" s="15">
         <v>0.02927</v>
       </c>
       <c r="N116" s="15">
-        <v>521</v>
+        <v>443</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E117" s="15">
         <v>10080052244</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.04034</v>
       </c>
       <c r="L117" s="15">
         <v>0.03496</v>
       </c>
       <c r="M117" s="15">
         <v>0.03361</v>
       </c>
       <c r="N117" s="15">
         <v>6</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E118" s="15">
         <v>10080033459</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.0418</v>
       </c>
       <c r="L118" s="15">
         <v>0.0418</v>
       </c>
       <c r="M118" s="15">
         <v>0.0418</v>
       </c>
       <c r="N118" s="15">
-        <v>1329</v>
+        <v>1497</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E119" s="15">
         <v>10080003917</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.0418</v>
       </c>
       <c r="L119" s="15">
         <v>0.0418</v>
       </c>
       <c r="M119" s="15">
         <v>0.0418</v>
       </c>
       <c r="N119" s="15">
-        <v>3385</v>
+        <v>3780</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E120" s="15">
         <v>10080003921</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>353</v>
+        <v>352</v>
       </c>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.1495</v>
       </c>
       <c r="L120" s="15">
         <v>0.07940999999999999</v>
       </c>
       <c r="M120" s="15">
         <v>0.06777</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.05909</v>
       </c>
       <c r="L121" s="15">
         <v>0.04275</v>
       </c>
       <c r="M121" s="15">
         <v>0.03731</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>358</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.03707</v>
       </c>
       <c r="L122" s="15">
         <v>0.03212</v>
       </c>
       <c r="M122" s="15">
         <v>0.03089</v>
       </c>
       <c r="N122" s="15">
-        <v>4402</v>
+        <v>5063</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E123" s="15">
         <v>10080033460</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09124</v>
       </c>
       <c r="L123" s="15">
         <v>0.06222</v>
       </c>
       <c r="M123" s="15">
         <v>0.05391</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>364</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="E124" s="15" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.0582</v>
       </c>
       <c r="L124" s="15">
         <v>0.05431</v>
       </c>
       <c r="M124" s="15">
         <v>0.05303</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>367</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.04179</v>
       </c>
       <c r="L125" s="15">
         <v>0.03622</v>
       </c>
       <c r="M125" s="15">
         <v>0.03483</v>
       </c>
       <c r="N125" s="15">
-        <v>1937</v>
+        <v>2374</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E126" s="15">
         <v>10080031279</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
         <v>0.03705</v>
       </c>
       <c r="L126" s="15">
         <v>0.03211</v>
       </c>
       <c r="M126" s="15">
         <v>0.03088</v>
       </c>
       <c r="N126" s="15">
-        <v>304</v>
+        <v>259</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E127" s="15">
         <v>10080033461</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.14395</v>
       </c>
       <c r="L127" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M127" s="15">
         <v>0.06522</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D128" s="15" t="s">
+      <c r="E128" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.0602</v>
       </c>
       <c r="L128" s="15">
         <v>0.04355</v>
       </c>
       <c r="M128" s="15">
         <v>0.038</v>
       </c>
       <c r="N128" s="15">
-        <v>11123</v>
+        <v>15967</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="E129" s="15">
         <v>10080031280</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="J129" s="15">
         <v>500</v>
       </c>
       <c r="K129" s="15">
         <v>0.03627</v>
       </c>
       <c r="L129" s="15">
         <v>0.03143</v>
       </c>
       <c r="M129" s="15">
         <v>0.03023</v>
       </c>
       <c r="N129" s="15">
-        <v>10545</v>
+        <v>8859</v>
       </c>
       <c r="O129" s="15">
-        <v>20100</v>
+        <v>18600</v>
       </c>
       <c r="P129" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E130" s="15">
         <v>10080067728</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.20286</v>
       </c>
       <c r="L130" s="15">
         <v>0.13567</v>
       </c>
       <c r="M130" s="15">
         <v>0.12298</v>
       </c>
       <c r="N130" s="15">
         <v>1</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E131" s="15">
         <v>10080034628</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="J131" s="15">
         <v>500</v>
       </c>
       <c r="K131" s="15">
         <v>0.1681</v>
       </c>
       <c r="L131" s="15">
         <v>0.09304999999999999</v>
       </c>
       <c r="M131" s="15">
         <v>0.08105</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="E132" s="15">
         <v>10000010508</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.05289</v>
       </c>
       <c r="L132" s="15">
         <v>0.04584</v>
       </c>
       <c r="M132" s="15">
         <v>0.04408</v>
       </c>
       <c r="N132" s="15">
-        <v>567</v>
+        <v>552</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>393</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.05076</v>
       </c>
       <c r="L133" s="15">
         <v>0.04399</v>
       </c>
       <c r="M133" s="15">
         <v>0.0423</v>
       </c>
       <c r="N133" s="15">
-        <v>1260</v>
+        <v>660</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E134" s="15">
         <v>10080070740</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J134" s="15">
         <v>500</v>
       </c>
       <c r="K134" s="15">
         <v>0.08934</v>
       </c>
       <c r="L134" s="15">
         <v>0.07493</v>
       </c>
       <c r="M134" s="15">
         <v>0.07205</v>
       </c>
       <c r="N134" s="15">
-        <v>1788</v>
+        <v>1760</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E135" s="15">
         <v>10080033462</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="J135" s="15">
         <v>500</v>
       </c>
       <c r="K135" s="15">
         <v>0.14737</v>
       </c>
       <c r="L135" s="15">
         <v>0.10048</v>
       </c>
       <c r="M135" s="15">
         <v>0.09045</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="E136" s="15">
         <v>10080011041</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>200</v>
       </c>
       <c r="K136" s="15">
         <v>0.06337</v>
       </c>
       <c r="L136" s="15">
         <v>0.05949</v>
       </c>
       <c r="M136" s="15">
         <v>0.0569</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="E137" s="15">
         <v>10000029938</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="J137" s="15">
         <v>500</v>
       </c>
       <c r="K137" s="15">
         <v>0.03861</v>
       </c>
       <c r="L137" s="15">
         <v>0.03346</v>
       </c>
       <c r="M137" s="15">
         <v>0.03218</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E138" s="15">
         <v>10080031281</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="J138" s="15">
         <v>500</v>
       </c>
       <c r="K138" s="15">
         <v>0.03627</v>
       </c>
       <c r="L138" s="15">
         <v>0.03143</v>
       </c>
       <c r="M138" s="15">
         <v>0.03023</v>
       </c>
       <c r="N138" s="15">
         <v>66590</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="E139" s="15">
         <v>10080033463</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>411</v>
+        <v>410</v>
       </c>
       <c r="J139" s="15">
         <v>500</v>
       </c>
       <c r="K139" s="15">
         <v>0.09313</v>
       </c>
       <c r="L139" s="15">
         <v>0.06349</v>
       </c>
       <c r="M139" s="15">
         <v>0.05503</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
         <v>0.06466</v>
       </c>
       <c r="L140" s="15">
         <v>0.06079</v>
       </c>
       <c r="M140" s="15">
         <v>0.05949</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="E141" s="15">
         <v>10080003171</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.04703</v>
       </c>
       <c r="L141" s="15">
         <v>0.04076</v>
       </c>
       <c r="M141" s="15">
         <v>0.03919</v>
       </c>
       <c r="N141" s="15">
-        <v>6341</v>
+        <v>5394</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>416</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E142" s="15">
         <v>10080031282</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
         <v>0.04269</v>
       </c>
       <c r="L142" s="15">
         <v>0.037</v>
       </c>
       <c r="M142" s="15">
         <v>0.03558</v>
       </c>
       <c r="N142" s="15">
-        <v>6343</v>
+        <v>4159</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>420</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
         <v>0.04986</v>
       </c>
       <c r="L143" s="15">
         <v>0.04321</v>
       </c>
       <c r="M143" s="15">
         <v>0.04155</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15">
-        <v>3250</v>
-[...3 lines deleted...]
-      </c>
+        <v>4150</v>
+      </c>
+      <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="E144" s="15">
         <v>10080059402</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>500</v>
       </c>
       <c r="K144" s="15">
         <v>0.08746</v>
       </c>
       <c r="L144" s="15">
         <v>0.06271</v>
       </c>
       <c r="M144" s="15">
         <v>0.05446</v>
       </c>
       <c r="N144" s="15">
         <v>53</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="E145" s="15">
         <v>10080003924</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09061</v>
       </c>
       <c r="L145" s="15">
         <v>0.06496</v>
       </c>
       <c r="M145" s="15">
         <v>0.05643</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="E146" s="15">
         <v>10080052245</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="J146" s="15">
         <v>500</v>
       </c>
       <c r="K146" s="15">
         <v>0.04736</v>
       </c>
       <c r="L146" s="15">
         <v>0.04104</v>
       </c>
       <c r="M146" s="15">
         <v>0.03946</v>
       </c>
       <c r="N146" s="15">
         <v>650</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="E147" s="15">
         <v>10080003925</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
         <v>0.08839</v>
       </c>
       <c r="L147" s="15">
         <v>0.06337</v>
       </c>
       <c r="M147" s="15">
         <v>0.05503</v>
       </c>
       <c r="N147" s="15">
         <v>41</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="E148" s="15">
         <v>10080071994</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.04869</v>
       </c>
       <c r="L148" s="15">
         <v>0.0422</v>
       </c>
       <c r="M148" s="15">
         <v>0.04058</v>
       </c>
-      <c r="N148" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N148" s="15">
+        <v>6120</v>
+      </c>
+      <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="E149" s="15">
         <v>10080075765</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H149" s="15" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.13403</v>
       </c>
       <c r="L149" s="15">
         <v>0.11168</v>
       </c>
       <c r="M149" s="15">
         <v>0.10721</v>
       </c>
       <c r="N149" s="15">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>437</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>438</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.04737</v>
       </c>
       <c r="L150" s="15">
         <v>0.04105</v>
       </c>
       <c r="M150" s="15">
         <v>0.03948</v>
       </c>
       <c r="N150" s="15">
-        <v>305</v>
+        <v>360</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
       <c r="E151" s="15">
         <v>10080069781</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>500</v>
       </c>
       <c r="K151" s="15">
         <v>0.1548</v>
       </c>
       <c r="L151" s="15">
         <v>0.12985</v>
       </c>
       <c r="M151" s="15">
         <v>0.12485</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
         <v>0.07994999999999999</v>
       </c>
       <c r="L152" s="15">
         <v>0.06929</v>
       </c>
       <c r="M152" s="15">
         <v>0.06662999999999999</v>
       </c>
       <c r="N152" s="15">
-        <v>1030</v>
+        <v>1189</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="E153" s="15">
         <v>10080003936</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>449</v>
+        <v>448</v>
       </c>
       <c r="J153" s="15">
         <v>500</v>
       </c>
       <c r="K153" s="15">
         <v>0.13967</v>
       </c>
       <c r="L153" s="15">
         <v>0.13449</v>
       </c>
       <c r="M153" s="15">
         <v>0.13062</v>
       </c>
       <c r="N153" s="15">
-        <v>398</v>
+        <v>497</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="E154" s="15">
         <v>10080064416</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>250</v>
       </c>
       <c r="K154" s="15">
         <v>0.31876</v>
       </c>
       <c r="L154" s="15">
         <v>0.22854</v>
       </c>
       <c r="M154" s="15">
         <v>0.19848</v>
       </c>
       <c r="N154" s="15">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="E155" s="15">
         <v>10080003939</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>400</v>
       </c>
       <c r="K155" s="15">
         <v>0.11095</v>
       </c>
       <c r="L155" s="15">
         <v>0.07956000000000001</v>
       </c>
       <c r="M155" s="15">
         <v>0.06908</v>
       </c>
       <c r="N155" s="15">
         <v>59</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E156" s="15">
         <v>10080009804</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.13191</v>
       </c>
       <c r="L156" s="15">
         <v>0.12287</v>
       </c>
       <c r="M156" s="15">
         <v>0.11898</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
       <c r="E157" s="15">
         <v>10000004189</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.19401</v>
       </c>
       <c r="L157" s="15">
         <v>0.1323</v>
       </c>
       <c r="M157" s="15">
         <v>0.11906</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>458</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
         <v>0.0896</v>
       </c>
       <c r="L158" s="15">
         <v>0.07765</v>
       </c>
       <c r="M158" s="15">
         <v>0.07466</v>
       </c>
       <c r="N158" s="15">
-        <v>775</v>
+        <v>598</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="E159" s="15">
         <v>10080003940</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.18109</v>
       </c>
       <c r="L159" s="15">
         <v>0.12348</v>
       </c>
       <c r="M159" s="15">
         <v>0.11112</v>
       </c>
       <c r="N159" s="15">
         <v>28</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>463</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.10275</v>
       </c>
       <c r="L160" s="15">
         <v>0.07434</v>
       </c>
       <c r="M160" s="15">
         <v>0.06487</v>
       </c>
       <c r="N160" s="15">
-        <v>619</v>
+        <v>543</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>466</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
         <v>0.08117000000000001</v>
       </c>
       <c r="L161" s="15">
         <v>0.07034</v>
       </c>
       <c r="M161" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>469</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>500</v>
       </c>
       <c r="K162" s="15">
         <v>0.0822</v>
       </c>
       <c r="L162" s="15">
         <v>0.07124</v>
       </c>
       <c r="M162" s="15">
         <v>0.06850000000000001</v>
       </c>
       <c r="N162" s="15">
-        <v>348</v>
+        <v>505</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>472</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
         <v>0.17146</v>
       </c>
       <c r="L163" s="15">
         <v>0.1438</v>
       </c>
       <c r="M163" s="15">
         <v>0.13827</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>476</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J164" s="15">
         <v>500</v>
       </c>
       <c r="K164" s="15">
         <v>0.06518</v>
       </c>
       <c r="L164" s="15">
         <v>0.05649</v>
       </c>
       <c r="M164" s="15">
         <v>0.05431</v>
       </c>
       <c r="N164" s="15">
-        <v>844</v>
+        <v>1061</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>481</v>
       </c>
       <c r="E165" s="15">
         <v>10080034629</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="J165" s="15">
         <v>400</v>
       </c>
       <c r="K165" s="15">
         <v>0.28555</v>
       </c>
       <c r="L165" s="15">
         <v>0.1517</v>
       </c>
       <c r="M165" s="15">
         <v>0.12939</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="E166" s="15">
         <v>10000004622</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.11889</v>
       </c>
       <c r="L166" s="15">
         <v>0.08602</v>
       </c>
       <c r="M166" s="15">
         <v>0.07506</v>
       </c>
       <c r="N166" s="15">
-        <v>292</v>
+        <v>240</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>485</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>488</v>
+        <v>487</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.12552</v>
       </c>
       <c r="L167" s="15">
         <v>0.1046</v>
       </c>
       <c r="M167" s="15">
         <v>0.10042</v>
       </c>
       <c r="N167" s="15">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="E168" s="15">
         <v>10080052246</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>500</v>
       </c>
       <c r="K168" s="15">
         <v>0.07467</v>
       </c>
       <c r="L168" s="15">
         <v>0.06471</v>
       </c>
       <c r="M168" s="15">
         <v>0.06223</v>
       </c>
       <c r="N168" s="15">
-        <v>10336</v>
+        <v>8487</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="E169" s="15">
         <v>10080003176</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H169" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="J169" s="15"/>
       <c r="K169" s="15">
         <v>0.27662</v>
       </c>
       <c r="L169" s="15">
         <v>0.26771</v>
       </c>
       <c r="M169" s="15">
         <v>0.25878</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>491</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>500</v>
       </c>
       <c r="K170" s="15">
         <v>0.14613</v>
       </c>
       <c r="L170" s="15">
         <v>0.13191</v>
       </c>
       <c r="M170" s="15">
         <v>0.13191</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="D171" s="15" t="s">
+      <c r="E171" s="15" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
         <v>0.09021</v>
       </c>
       <c r="L171" s="15">
         <v>0.07818</v>
       </c>
       <c r="M171" s="15">
         <v>0.07518</v>
       </c>
       <c r="N171" s="15">
-        <v>7120</v>
+        <v>6160</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="E172" s="15">
         <v>10080039534</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="J172" s="15">
         <v>400</v>
       </c>
       <c r="K172" s="15">
         <v>0.18109</v>
       </c>
       <c r="L172" s="15">
         <v>0.12348</v>
       </c>
       <c r="M172" s="15">
         <v>0.11112</v>
       </c>
       <c r="N172" s="15">
         <v>65</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>501</v>
       </c>
-      <c r="D173" s="15" t="s">
+      <c r="E173" s="15" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>500</v>
       </c>
       <c r="K173" s="15">
         <v>0.11252</v>
       </c>
       <c r="L173" s="15">
         <v>0.10475</v>
       </c>
       <c r="M173" s="15">
         <v>0.10217</v>
       </c>
       <c r="N173" s="15">
         <v>3</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="E174" s="15">
         <v>10080003944</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="J174" s="15">
         <v>500</v>
       </c>
       <c r="K174" s="15">
         <v>0.1311</v>
       </c>
       <c r="L174" s="15">
         <v>0.09364</v>
       </c>
       <c r="M174" s="15">
         <v>0.08116</v>
       </c>
       <c r="N174" s="15">
         <v>21</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>506</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>507</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="J175" s="15">
         <v>500</v>
       </c>
       <c r="K175" s="15">
         <v>0.10232</v>
       </c>
       <c r="L175" s="15">
         <v>0.07403</v>
       </c>
       <c r="M175" s="15">
         <v>0.0646</v>
       </c>
       <c r="N175" s="15">
-        <v>1560</v>
+        <v>1520</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E176" s="15">
         <v>10080003931</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.20234</v>
       </c>
       <c r="L176" s="15">
         <v>0.10841</v>
       </c>
       <c r="M176" s="15">
         <v>0.09393</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E177" s="15">
         <v>10080064917</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.18826</v>
       </c>
       <c r="L177" s="15">
         <v>0.13498</v>
       </c>
       <c r="M177" s="15">
         <v>0.11721</v>
       </c>
       <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="D178" s="15" t="s">
+      <c r="E178" s="15" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.09021</v>
       </c>
       <c r="L178" s="15">
         <v>0.07818</v>
       </c>
       <c r="M178" s="15">
         <v>0.07518</v>
       </c>
       <c r="N178" s="15">
-        <v>1980</v>
+        <v>2310</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.07467</v>
       </c>
       <c r="L179" s="15">
         <v>0.06471</v>
       </c>
       <c r="M179" s="15">
         <v>0.06223</v>
       </c>
       <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="E180" s="15">
         <v>10080042254</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
         <v>0.147</v>
       </c>
       <c r="L180" s="15">
         <v>0.10023</v>
       </c>
       <c r="M180" s="15">
         <v>0.08687</v>
       </c>
       <c r="N180" s="15">
         <v>21</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>526</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="E181" s="15">
         <v>10080011042</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L181" s="15">
         <v>0.05862</v>
       </c>
       <c r="M181" s="15">
         <v>0.05636</v>
       </c>
       <c r="N181" s="15">
         <v>26</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>529</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="E182" s="15">
         <v>10000020705</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.12544</v>
       </c>
       <c r="L182" s="15">
         <v>0.11768</v>
       </c>
       <c r="M182" s="15">
         <v>0.1138</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>530</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>531</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.10127</v>
       </c>
       <c r="L183" s="15">
         <v>0.07327</v>
       </c>
       <c r="M183" s="15">
         <v>0.06394</v>
       </c>
       <c r="N183" s="15">
-        <v>1420</v>
+        <v>1680</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>533</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="E184" s="15">
         <v>10080031283</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.06168</v>
       </c>
       <c r="L184" s="15">
         <v>0.05346</v>
       </c>
       <c r="M184" s="15">
         <v>0.0514</v>
       </c>
       <c r="N184" s="15">
-        <v>29095</v>
+        <v>28442</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="E185" s="15">
         <v>10080032691</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J185" s="15">
         <v>300</v>
       </c>
       <c r="K185" s="15">
         <v>0.16166</v>
       </c>
       <c r="L185" s="15">
         <v>0.08925</v>
       </c>
       <c r="M185" s="15">
         <v>0.07751</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="E186" s="15">
         <v>10000022645</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L186" s="15">
         <v>0.05862</v>
       </c>
       <c r="M186" s="15">
         <v>0.05636</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="D187" s="15" t="s">
+      <c r="E187" s="15" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
         <v>0.0759</v>
       </c>
       <c r="L187" s="15">
         <v>0.06578000000000001</v>
       </c>
       <c r="M187" s="15">
         <v>0.06325</v>
       </c>
       <c r="N187" s="15">
-        <v>61335</v>
+        <v>49859</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E188" s="15">
         <v>10080031284</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
         <v>0.05846</v>
       </c>
       <c r="L188" s="15">
         <v>0.05066</v>
       </c>
       <c r="M188" s="15">
         <v>0.04871</v>
       </c>
       <c r="N188" s="15">
-        <v>44935</v>
+        <v>41083</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="E189" s="15">
         <v>10080033464</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="J189" s="15">
         <v>400</v>
       </c>
       <c r="K189" s="15">
         <v>0.28529</v>
       </c>
       <c r="L189" s="15">
         <v>0.15157</v>
       </c>
       <c r="M189" s="15">
         <v>0.12927</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="E190" s="15">
         <v>10080003932</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.16977</v>
       </c>
       <c r="L190" s="15">
         <v>0.12172</v>
       </c>
       <c r="M190" s="15">
         <v>0.10571</v>
       </c>
       <c r="N190" s="15">
         <v>8</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D191" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="E191" s="15" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>556</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>500</v>
       </c>
       <c r="K191" s="15">
         <v>0.15519</v>
       </c>
       <c r="L191" s="15">
         <v>0.14613</v>
       </c>
       <c r="M191" s="15">
         <v>0.14097</v>
       </c>
       <c r="N191" s="15">
         <v>3</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
       <c r="E192" s="15">
         <v>10080054873</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
         <v>0.0824</v>
       </c>
       <c r="L192" s="15">
         <v>0.07141</v>
       </c>
       <c r="M192" s="15">
         <v>0.06866</v>
       </c>
       <c r="N192" s="15">
-        <v>24161</v>
+        <v>21538</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="E193" s="15">
         <v>10080038491</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>300</v>
       </c>
       <c r="K193" s="15">
         <v>0.23982</v>
       </c>
       <c r="L193" s="15">
         <v>0.16352</v>
       </c>
       <c r="M193" s="15">
         <v>0.14171</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="E194" s="15">
         <v>10080032610</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="J194" s="15">
         <v>500</v>
       </c>
       <c r="K194" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L194" s="15">
         <v>0.05862</v>
       </c>
       <c r="M194" s="15">
         <v>0.05636</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>564</v>
+      </c>
+      <c r="D195" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="E195" s="15" t="s">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>100</v>
       </c>
       <c r="K195" s="15">
         <v>0.1138</v>
       </c>
       <c r="L195" s="15">
         <v>0.10345</v>
       </c>
       <c r="M195" s="15">
         <v>0.10345</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>568</v>
       </c>
       <c r="E196" s="15">
         <v>10080031285</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="J196" s="15">
         <v>500</v>
       </c>
       <c r="K196" s="15">
         <v>0.06936</v>
       </c>
       <c r="L196" s="15">
         <v>0.06011</v>
       </c>
       <c r="M196" s="15">
         <v>0.0578</v>
       </c>
       <c r="N196" s="15">
-        <v>4412</v>
+        <v>5077</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="E197" s="15">
         <v>10000015255</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="J197" s="15">
         <v>500</v>
       </c>
       <c r="K197" s="15">
         <v>0.12515</v>
       </c>
       <c r="L197" s="15">
         <v>0.08973</v>
       </c>
       <c r="M197" s="15">
         <v>0.07792</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>573</v>
       </c>
-      <c r="D198" s="15" t="s">
+      <c r="E198" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>500</v>
       </c>
       <c r="K198" s="15">
         <v>0.07443</v>
       </c>
       <c r="L198" s="15">
         <v>0.06451</v>
       </c>
       <c r="M198" s="15">
         <v>0.06203</v>
       </c>
       <c r="N198" s="15">
-        <v>7470</v>
+        <v>5490</v>
       </c>
       <c r="O198" s="15">
-        <v>8300</v>
-[...3 lines deleted...]
-      </c>
+        <v>6100</v>
+      </c>
+      <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>576</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
         <v>0.25497</v>
       </c>
       <c r="L199" s="15">
         <v>0.21385</v>
       </c>
       <c r="M199" s="15">
         <v>0.20563</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>579</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="E200" s="15">
         <v>10080057812</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>582</v>
+        <v>581</v>
       </c>
       <c r="J200" s="15">
         <v>500</v>
       </c>
       <c r="K200" s="15">
         <v>0.06804</v>
       </c>
       <c r="L200" s="15">
         <v>0.05897</v>
       </c>
       <c r="M200" s="15">
         <v>0.0567</v>
       </c>
       <c r="N200" s="15">
-        <v>784</v>
+        <v>716</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>583</v>
-      </c>
-[...1 lines deleted...]
-        <v>584</v>
       </c>
       <c r="E201" s="15">
         <v>10080003946</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="J201" s="15">
         <v>500</v>
       </c>
       <c r="K201" s="15">
         <v>0.15479</v>
       </c>
       <c r="L201" s="15">
         <v>0.111</v>
       </c>
       <c r="M201" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="E202" s="15">
         <v>10080031286</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>500</v>
       </c>
       <c r="K202" s="15">
         <v>0.06603000000000001</v>
       </c>
       <c r="L202" s="15">
         <v>0.05723</v>
       </c>
       <c r="M202" s="15">
         <v>0.05503</v>
       </c>
       <c r="N202" s="15">
-        <v>25616</v>
+        <v>24836</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="E203" s="15">
         <v>10000014727</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>100</v>
       </c>
       <c r="K203" s="15">
         <v>0.11214</v>
       </c>
       <c r="L203" s="15">
         <v>0.10514</v>
       </c>
       <c r="M203" s="15">
         <v>0.10164</v>
       </c>
       <c r="N203" s="15">
         <v>83</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="E204" s="15">
         <v>10080026586</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>500</v>
       </c>
       <c r="K204" s="15">
         <v>0.15479</v>
       </c>
       <c r="L204" s="15">
         <v>0.111</v>
       </c>
       <c r="M204" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N204" s="15">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>591</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>500</v>
       </c>
       <c r="K205" s="15">
         <v>0.08067000000000001</v>
       </c>
       <c r="L205" s="15">
         <v>0.06991</v>
       </c>
       <c r="M205" s="15">
         <v>0.06723</v>
       </c>
       <c r="N205" s="15">
-        <v>25648</v>
+        <v>21160</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="E206" s="15">
         <v>10080037586</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>300</v>
       </c>
       <c r="K206" s="15">
         <v>0.28045</v>
       </c>
       <c r="L206" s="15">
         <v>0.14899</v>
       </c>
       <c r="M206" s="15">
         <v>0.12709</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="E207" s="15">
         <v>10000022646</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.14058</v>
       </c>
       <c r="L207" s="15">
         <v>0.1008</v>
       </c>
       <c r="M207" s="15">
         <v>0.08753</v>
       </c>
       <c r="N207" s="15">
         <v>32</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>597</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="E208" s="15">
         <v>10080031287</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
         <v>0.07920000000000001</v>
       </c>
       <c r="L208" s="15">
         <v>0.06864000000000001</v>
       </c>
       <c r="M208" s="15">
         <v>0.066</v>
       </c>
       <c r="N208" s="15">
-        <v>16348</v>
+        <v>14577</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>599</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>600</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>100</v>
       </c>
       <c r="K209" s="15">
         <v>0.13191</v>
       </c>
       <c r="L209" s="15">
         <v>0.12415</v>
       </c>
       <c r="M209" s="15">
         <v>0.12027</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="E210" s="15">
         <v>10080034630</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="J210" s="15">
         <v>400</v>
       </c>
       <c r="K210" s="15">
         <v>0.25691</v>
       </c>
       <c r="L210" s="15">
         <v>0.13648</v>
       </c>
       <c r="M210" s="15">
         <v>0.10371</v>
       </c>
       <c r="N210" s="15">
         <v>8</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>605</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="E211" s="15">
         <v>10080031288</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.09378</v>
       </c>
       <c r="L211" s="15">
         <v>0.08128000000000001</v>
       </c>
       <c r="M211" s="15">
         <v>0.07815</v>
       </c>
       <c r="N211" s="15">
-        <v>704</v>
+        <v>591</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D212" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="E212" s="15" t="s">
         <v>609</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>100</v>
       </c>
       <c r="K212" s="15">
         <v>0.15261</v>
       </c>
       <c r="L212" s="15">
         <v>0.14354</v>
       </c>
       <c r="M212" s="15">
         <v>0.13838</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="E213" s="15">
         <v>10000019008</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.11889</v>
       </c>
       <c r="L213" s="15">
         <v>0.08602</v>
       </c>
       <c r="M213" s="15">
         <v>0.07506</v>
       </c>
       <c r="N213" s="15">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
       <c r="E214" s="15">
         <v>10080037587</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.28045</v>
       </c>
       <c r="L214" s="15">
         <v>0.14899</v>
       </c>
       <c r="M214" s="15">
         <v>0.12709</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="E215" s="15">
         <v>10080003172</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J215" s="15">
         <v>250</v>
       </c>
       <c r="K215" s="15">
         <v>0.08585</v>
       </c>
       <c r="L215" s="15">
         <v>0.07439999999999999</v>
       </c>
       <c r="M215" s="15">
         <v>0.07154000000000001</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>616</v>
+      </c>
+      <c r="E216" s="15" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>620</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>0.13709</v>
       </c>
       <c r="L216" s="15">
         <v>0.12803</v>
       </c>
       <c r="M216" s="15">
         <v>0.12415</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>622</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>625</v>
+        <v>624</v>
       </c>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
         <v>0.08346000000000001</v>
       </c>
       <c r="L217" s="15">
         <v>0.07233000000000001</v>
       </c>
       <c r="M217" s="15">
         <v>0.06955</v>
       </c>
       <c r="N217" s="15">
-        <v>963</v>
+        <v>851</v>
       </c>
       <c r="O217" s="15">
-        <v>3850</v>
-[...3 lines deleted...]
-      </c>
+        <v>3401</v>
+      </c>
+      <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="E218" s="15">
         <v>10080031289</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.07878</v>
       </c>
       <c r="L218" s="15">
         <v>0.06827999999999999</v>
       </c>
       <c r="M218" s="15">
         <v>0.06565</v>
       </c>
       <c r="N218" s="15">
-        <v>747</v>
+        <v>1096</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="E219" s="15">
         <v>10080034631</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.18469</v>
       </c>
       <c r="L219" s="15">
         <v>0.13241</v>
       </c>
       <c r="M219" s="15">
         <v>0.115</v>
       </c>
       <c r="N219" s="15">
         <v>73</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="E220" s="15">
         <v>10080052247</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>500</v>
       </c>
       <c r="K220" s="15">
         <v>0.07840999999999999</v>
       </c>
       <c r="L220" s="15">
         <v>0.06795</v>
       </c>
       <c r="M220" s="15">
         <v>0.06534</v>
       </c>
       <c r="N220" s="15">
-        <v>2064</v>
+        <v>1608</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>634</v>
-      </c>
-[...1 lines deleted...]
-        <v>635</v>
       </c>
       <c r="E221" s="15">
         <v>10080003947</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="J221" s="15">
         <v>250</v>
       </c>
       <c r="K221" s="15">
         <v>0.08832</v>
       </c>
       <c r="L221" s="15">
         <v>0.07654</v>
       </c>
       <c r="M221" s="15">
         <v>0.0736</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>637</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>638</v>
-      </c>
-[...1 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>250</v>
       </c>
       <c r="K222" s="15">
         <v>0.09404</v>
       </c>
       <c r="L222" s="15">
         <v>0.0815</v>
       </c>
       <c r="M222" s="15">
         <v>0.07836</v>
       </c>
       <c r="N222" s="15">
-        <v>3100</v>
+        <v>3200</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
       <c r="E223" s="15">
         <v>10080049768</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>0.23444</v>
       </c>
       <c r="L223" s="15">
         <v>0.12558</v>
       </c>
       <c r="M223" s="15">
         <v>0.10884</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>641</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
       <c r="E224" s="15">
         <v>10080003173</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>100</v>
       </c>
       <c r="K224" s="15">
         <v>0.15357</v>
       </c>
       <c r="L224" s="15">
         <v>0.1101</v>
       </c>
       <c r="M224" s="15">
         <v>0.09561</v>
       </c>
       <c r="N224" s="15">
-        <v>2059</v>
+        <v>2131</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>643</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
       <c r="E225" s="15">
         <v>10080032692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="J225" s="15">
         <v>400</v>
       </c>
       <c r="K225" s="15">
         <v>0.16557</v>
       </c>
       <c r="L225" s="15">
         <v>0.11288</v>
       </c>
       <c r="M225" s="15">
         <v>0.09783</v>
       </c>
       <c r="N225" s="15">
         <v>55</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="E226" s="15">
         <v>10080003934</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="J226" s="15">
         <v>500</v>
       </c>
       <c r="K226" s="15">
         <v>0.11614</v>
       </c>
       <c r="L226" s="15">
         <v>0.08402999999999999</v>
       </c>
       <c r="M226" s="15">
         <v>0.07332</v>
       </c>
       <c r="N226" s="15">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>650</v>
       </c>
-      <c r="D227" s="15" t="s">
+      <c r="E227" s="15" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="J227" s="15">
         <v>500</v>
       </c>
       <c r="K227" s="15">
         <v>0.08315</v>
       </c>
       <c r="L227" s="15">
         <v>0.07206</v>
       </c>
       <c r="M227" s="15">
         <v>0.06929</v>
       </c>
       <c r="N227" s="15">
         <v>900</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>654</v>
       </c>
-      <c r="D228" s="15" t="s">
+      <c r="E228" s="15" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>656</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.08212999999999999</v>
       </c>
       <c r="L228" s="15">
         <v>0.07117999999999999</v>
       </c>
       <c r="M228" s="15">
         <v>0.06844</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
       <c r="E229" s="15">
         <v>10080057879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>0.1566</v>
       </c>
       <c r="L229" s="15">
         <v>0.11229</v>
       </c>
       <c r="M229" s="15">
         <v>0.09751</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="D230" s="15" t="s">
+      <c r="E230" s="15" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="J230" s="15">
         <v>250</v>
       </c>
       <c r="K230" s="15">
         <v>0.09635000000000001</v>
       </c>
       <c r="L230" s="15">
         <v>0.0835</v>
       </c>
       <c r="M230" s="15">
         <v>0.08029</v>
       </c>
       <c r="N230" s="15">
-        <v>6600</v>
+        <v>6801</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="E231" s="15">
         <v>10080003958</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>250</v>
       </c>
       <c r="K231" s="15">
         <v>0.27416</v>
       </c>
       <c r="L231" s="15">
         <v>0.26641</v>
       </c>
       <c r="M231" s="15">
         <v>0.25736</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="E232" s="15">
         <v>10080054916</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>250</v>
       </c>
       <c r="K232" s="15">
         <v>0.32616</v>
       </c>
       <c r="L232" s="15">
         <v>0.23298</v>
       </c>
       <c r="M232" s="15">
         <v>0.20191</v>
       </c>
       <c r="N232" s="15">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="E233" s="15">
         <v>10080003959</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>250</v>
       </c>
       <c r="K233" s="15">
         <v>0.14007</v>
       </c>
       <c r="L233" s="15">
         <v>0.12139</v>
       </c>
       <c r="M233" s="15">
         <v>0.11673</v>
       </c>
       <c r="N233" s="15">
-        <v>909</v>
+        <v>512</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>670</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>671</v>
       </c>
-      <c r="D234" s="15" t="s">
+      <c r="E234" s="15" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>250</v>
       </c>
       <c r="K234" s="15">
         <v>0.41746</v>
       </c>
       <c r="L234" s="15">
         <v>0.35013</v>
       </c>
       <c r="M234" s="15">
         <v>0.33666</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="E235" s="15">
         <v>10080054917</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>250</v>
       </c>
       <c r="K235" s="15">
         <v>0.31525</v>
       </c>
       <c r="L235" s="15">
         <v>0.22603</v>
       </c>
       <c r="M235" s="15">
         <v>0.19629</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>675</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="E236" s="15">
         <v>10080071997</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="J236" s="15">
         <v>250</v>
       </c>
       <c r="K236" s="15">
         <v>0.18902</v>
       </c>
       <c r="L236" s="15">
         <v>0.16381</v>
       </c>
       <c r="M236" s="15">
         <v>0.15751</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="E237" s="15">
         <v>10080003177</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H237" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="J237" s="15">
         <v>250</v>
       </c>
       <c r="K237" s="15">
         <v>0.47107</v>
       </c>
       <c r="L237" s="15">
         <v>0.45587</v>
       </c>
       <c r="M237" s="15">
         <v>0.44068</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>682</v>
       </c>
-      <c r="D238" s="15" t="s">
+      <c r="E238" s="15" t="s">
         <v>683</v>
-      </c>
-[...1 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="J238" s="15">
         <v>250</v>
       </c>
       <c r="K238" s="15">
         <v>0.31341</v>
       </c>
       <c r="L238" s="15">
         <v>0.22676</v>
       </c>
       <c r="M238" s="15">
         <v>0.19787</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>686</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>250</v>
       </c>
       <c r="K239" s="15">
         <v>0.14613</v>
       </c>
       <c r="L239" s="15">
         <v>0.12665</v>
       </c>
       <c r="M239" s="15">
         <v>0.12178</v>
       </c>
       <c r="N239" s="15">
-        <v>2118</v>
+        <v>1980</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="E240" s="15">
         <v>10080003952</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>250</v>
       </c>
       <c r="K240" s="15">
         <v>0.17465</v>
       </c>
       <c r="L240" s="15">
         <v>0.15136</v>
       </c>
       <c r="M240" s="15">
         <v>0.14554</v>
       </c>
       <c r="N240" s="15">
-        <v>958</v>
+        <v>912</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>690</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="E241" s="15">
         <v>10080037588</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
         <v>0.3572</v>
       </c>
       <c r="L241" s="15">
         <v>0.24357</v>
       </c>
       <c r="M241" s="15">
         <v>0.21107</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="E242" s="15">
         <v>10080003967</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.29745</v>
       </c>
       <c r="L242" s="15">
         <v>0.22243</v>
       </c>
       <c r="M242" s="15">
         <v>0.21597</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="E243" s="15">
         <v>10080052248</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>250</v>
       </c>
       <c r="K243" s="15">
         <v>0.23045</v>
       </c>
       <c r="L243" s="15">
         <v>0.15714</v>
       </c>
       <c r="M243" s="15">
         <v>0.13618</v>
       </c>
       <c r="N243" s="15">
-        <v>715</v>
+        <v>724</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="D244" s="15" t="s">
         <v>697</v>
       </c>
-      <c r="D244" s="15" t="s">
+      <c r="E244" s="15" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="J244" s="15">
         <v>250</v>
       </c>
       <c r="K244" s="15">
         <v>0.2926</v>
       </c>
       <c r="L244" s="15">
         <v>0.2117</v>
       </c>
       <c r="M244" s="15">
         <v>0.18473</v>
       </c>
       <c r="N244" s="15">
-        <v>352</v>
+        <v>308</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>700</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>701</v>
       </c>
-      <c r="D245" s="15" t="s">
+      <c r="E245" s="15" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="J245" s="15">
         <v>250</v>
       </c>
       <c r="K245" s="15">
         <v>0.19601</v>
       </c>
       <c r="L245" s="15">
         <v>0.16987</v>
       </c>
       <c r="M245" s="15">
         <v>0.16334</v>
       </c>
       <c r="N245" s="15">
         <v>10</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>704</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="E246" s="15">
         <v>10080031290</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="J246" s="15">
         <v>250</v>
       </c>
       <c r="K246" s="15">
         <v>0.42871</v>
       </c>
       <c r="L246" s="15">
         <v>0.22773</v>
       </c>
       <c r="M246" s="15">
         <v>0.19424</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>706</v>
+        <v>705</v>
       </c>
       <c r="E247" s="15">
         <v>10000021536</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="J247" s="15">
         <v>200</v>
       </c>
       <c r="K247" s="15">
         <v>0.14204</v>
       </c>
       <c r="L247" s="15">
         <v>0.1231</v>
       </c>
       <c r="M247" s="15">
         <v>0.11836</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>709</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>710</v>
       </c>
-      <c r="D248" s="15" t="s">
+      <c r="E248" s="15" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>200</v>
       </c>
       <c r="K248" s="15">
         <v>0.20956</v>
       </c>
       <c r="L248" s="15">
         <v>0.15161</v>
       </c>
       <c r="M248" s="15">
         <v>0.1323</v>
       </c>
       <c r="N248" s="15">
-        <v>19023</v>
+        <v>25352</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D249" s="15" t="s">
+      <c r="E249" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="J249" s="15">
         <v>200</v>
       </c>
       <c r="K249" s="15">
         <v>0.29374</v>
       </c>
       <c r="L249" s="15">
         <v>0.21062</v>
       </c>
       <c r="M249" s="15">
         <v>0.1829</v>
       </c>
       <c r="N249" s="15">
         <v>3</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>716</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="E250" s="15">
         <v>10080031291</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="J250" s="15">
         <v>250</v>
       </c>
       <c r="K250" s="15">
         <v>0.14903</v>
       </c>
       <c r="L250" s="15">
         <v>0.12916</v>
       </c>
       <c r="M250" s="15">
         <v>0.12419</v>
       </c>
       <c r="N250" s="15">
-        <v>2503</v>
+        <v>3178</v>
       </c>
       <c r="O250" s="15">
-        <v>3150</v>
+        <v>4000</v>
       </c>
       <c r="P250" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="D251" s="15" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="E251" s="15">
         <v>10000019010</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="J251" s="15">
         <v>200</v>
       </c>
       <c r="K251" s="15">
         <v>0.14007</v>
       </c>
       <c r="L251" s="15">
         <v>0.12139</v>
       </c>
       <c r="M251" s="15">
         <v>0.11673</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>722</v>
+      </c>
+      <c r="D252" s="15" t="s">
         <v>723</v>
       </c>
-      <c r="D252" s="15" t="s">
+      <c r="E252" s="15" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="J252" s="15">
         <v>200</v>
       </c>
       <c r="K252" s="15">
         <v>0.22839</v>
       </c>
       <c r="L252" s="15">
         <v>0.16524</v>
       </c>
       <c r="M252" s="15">
         <v>0.14419</v>
       </c>
       <c r="N252" s="15">
-        <v>1566</v>
+        <v>1260</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>726</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>727</v>
       </c>
-      <c r="D253" s="15" t="s">
+      <c r="E253" s="15" t="s">
         <v>728</v>
-      </c>
-[...1 lines deleted...]
-        <v>729</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
         <v>0.19832</v>
       </c>
       <c r="L253" s="15">
         <v>0.17187</v>
       </c>
       <c r="M253" s="15">
         <v>0.16526</v>
       </c>
       <c r="N253" s="15">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>730</v>
       </c>
-      <c r="D254" s="15" t="s">
+      <c r="E254" s="15" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>250</v>
       </c>
       <c r="K254" s="15">
         <v>0.30923</v>
       </c>
       <c r="L254" s="15">
         <v>0.22373</v>
       </c>
       <c r="M254" s="15">
         <v>0.19523</v>
       </c>
       <c r="N254" s="15">
-        <v>1185</v>
+        <v>158</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
       <c r="E255" s="15">
         <v>10080033465</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
         <v>0.27844</v>
       </c>
       <c r="L255" s="15">
         <v>0.19964</v>
       </c>
       <c r="M255" s="15">
         <v>0.17337</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>735</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>736</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15"/>
       <c r="K256" s="15">
         <v>0.23926</v>
       </c>
       <c r="L256" s="15">
         <v>0.22502</v>
       </c>
       <c r="M256" s="15">
         <v>0.21727</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>738</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>739</v>
-      </c>
-[...1 lines deleted...]
-        <v>740</v>
       </c>
       <c r="E257" s="15">
         <v>10080031292</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>741</v>
+        <v>740</v>
       </c>
       <c r="J257" s="15">
         <v>250</v>
       </c>
       <c r="K257" s="15">
         <v>0.12668</v>
       </c>
       <c r="L257" s="15">
         <v>0.10979</v>
       </c>
       <c r="M257" s="15">
         <v>0.10556</v>
       </c>
       <c r="N257" s="15">
-        <v>2361</v>
+        <v>2732</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>742</v>
+        <v>741</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="E258" s="15">
         <v>10000022748</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>743</v>
+        <v>742</v>
       </c>
       <c r="J258" s="15">
         <v>200</v>
       </c>
       <c r="K258" s="15">
         <v>0.14204</v>
       </c>
       <c r="L258" s="15">
         <v>0.1231</v>
       </c>
       <c r="M258" s="15">
         <v>0.11836</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>744</v>
       </c>
-      <c r="D259" s="15" t="s">
+      <c r="E259" s="15" t="s">
         <v>745</v>
-      </c>
-[...1 lines deleted...]
-        <v>746</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="J259" s="15">
         <v>200</v>
       </c>
       <c r="K259" s="15">
         <v>0.14526</v>
       </c>
       <c r="L259" s="15">
         <v>0.12589</v>
       </c>
       <c r="M259" s="15">
         <v>0.12105</v>
       </c>
       <c r="N259" s="15">
-        <v>12967</v>
+        <v>11710</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
       <c r="E260" s="15">
         <v>10080003969</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J260" s="15">
         <v>200</v>
       </c>
       <c r="K260" s="15">
         <v>0.30328</v>
       </c>
       <c r="L260" s="15">
         <v>0.21744</v>
       </c>
       <c r="M260" s="15">
         <v>0.18884</v>
       </c>
       <c r="N260" s="15">
         <v>2</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>751</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>752</v>
-      </c>
-[...1 lines deleted...]
-        <v>753</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="J261" s="15">
         <v>250</v>
       </c>
       <c r="K261" s="15">
         <v>0.14918</v>
       </c>
       <c r="L261" s="15">
         <v>0.12929</v>
       </c>
       <c r="M261" s="15">
         <v>0.12431</v>
       </c>
       <c r="N261" s="15">
-        <v>1140</v>
-[...3 lines deleted...]
-      </c>
+        <v>2088</v>
+      </c>
+      <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="D262" s="15" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="E262" s="15">
         <v>10080039535</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="J262" s="15">
         <v>200</v>
       </c>
       <c r="K262" s="15">
         <v>0.30702</v>
       </c>
       <c r="L262" s="15">
         <v>0.20935</v>
       </c>
       <c r="M262" s="15">
         <v>0.18141</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>757</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E263" s="15">
         <v>10080031293</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="J263" s="15">
         <v>250</v>
       </c>
       <c r="K263" s="15">
         <v>0.45975</v>
       </c>
       <c r="L263" s="15">
         <v>0.24429</v>
       </c>
       <c r="M263" s="15">
         <v>0.20835</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>761</v>
+        <v>760</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
       <c r="E264" s="15">
         <v>10000019009</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="J264" s="15">
         <v>200</v>
       </c>
       <c r="K264" s="15">
         <v>0.222</v>
       </c>
       <c r="L264" s="15">
         <v>0.148</v>
       </c>
       <c r="M264" s="15">
         <v>0.135</v>
       </c>
       <c r="N264" s="15">
-        <v>7370</v>
+        <v>8704</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>762</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>763</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>766</v>
+        <v>765</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>400</v>
       </c>
       <c r="K265" s="15">
         <v>0.16</v>
       </c>
       <c r="L265" s="15">
         <v>0.16</v>
       </c>
       <c r="M265" s="15">
         <v>0.16</v>
       </c>
       <c r="N265" s="15">
-        <v>2486</v>
+        <v>1879</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>766</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="E266" s="15">
         <v>10080031294</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="J266" s="15">
         <v>250</v>
       </c>
       <c r="K266" s="15">
         <v>0.45573</v>
       </c>
       <c r="L266" s="15">
         <v>0.24209</v>
       </c>
       <c r="M266" s="15">
         <v>0.20652</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E267" s="15">
         <v>10000012368</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="J267" s="15">
         <v>200</v>
       </c>
       <c r="K267" s="15">
         <v>0.16289</v>
       </c>
       <c r="L267" s="15">
         <v>0.14117</v>
       </c>
       <c r="M267" s="15">
         <v>0.13574</v>
       </c>
       <c r="N267" s="15">
-        <v>322</v>
+        <v>297</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>772</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>773</v>
       </c>
-      <c r="D268" s="15" t="s">
+      <c r="E268" s="15" t="s">
         <v>774</v>
-      </c>
-[...1 lines deleted...]
-        <v>775</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>200</v>
       </c>
       <c r="K268" s="15">
         <v>0.17658</v>
       </c>
       <c r="L268" s="15">
         <v>0.15304</v>
       </c>
       <c r="M268" s="15">
         <v>0.14715</v>
       </c>
       <c r="N268" s="15">
-        <v>820</v>
+        <v>620</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
       <c r="E269" s="15">
         <v>10080003956</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>200</v>
       </c>
       <c r="K269" s="15">
         <v>0.30391</v>
       </c>
       <c r="L269" s="15">
         <v>0.29486</v>
       </c>
       <c r="M269" s="15">
         <v>0.28451</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>777</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
       <c r="E270" s="15">
         <v>10080066924</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
         <v>0.29029</v>
       </c>
       <c r="L270" s="15">
         <v>0.20814</v>
       </c>
       <c r="M270" s="15">
         <v>0.18075</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>780</v>
       </c>
-      <c r="D271" s="15" t="s">
+      <c r="E271" s="15" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
         <v>0.20231</v>
       </c>
       <c r="L271" s="15">
         <v>0.17533</v>
       </c>
       <c r="M271" s="15">
         <v>0.16859</v>
       </c>
       <c r="N271" s="15">
-        <v>251</v>
+        <v>211</v>
       </c>
       <c r="O271" s="15">
-        <v>870</v>
-[...3 lines deleted...]
-      </c>
+        <v>730</v>
+      </c>
+      <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>780</v>
       </c>
-      <c r="D272" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="15" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>783</v>
+        <v>782</v>
       </c>
       <c r="J272" s="15">
         <v>250</v>
       </c>
       <c r="K272" s="15">
         <v>0.18971</v>
       </c>
       <c r="L272" s="15">
         <v>0.16441</v>
       </c>
       <c r="M272" s="15">
         <v>0.15809</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>784</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>785</v>
       </c>
-      <c r="D273" s="15" t="s">
+      <c r="E273" s="15" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>788</v>
+        <v>787</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
         <v>0.21167</v>
       </c>
       <c r="L273" s="15">
         <v>0.18344</v>
       </c>
       <c r="M273" s="15">
         <v>0.17639</v>
       </c>
       <c r="N273" s="15">
         <v>40</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>788</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
       <c r="E274" s="15">
         <v>10080037589</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>150</v>
       </c>
       <c r="K274" s="15">
         <v>0.5121599999999999</v>
       </c>
       <c r="L274" s="15">
         <v>0.27209</v>
       </c>
       <c r="M274" s="15">
         <v>0.23207</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>791</v>
       </c>
-      <c r="D275" s="15" t="s">
+      <c r="E275" s="15" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
         <v>0.2483</v>
       </c>
       <c r="L275" s="15">
         <v>0.23278</v>
       </c>
       <c r="M275" s="15">
         <v>0.22502</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>794</v>
       </c>
-      <c r="D276" s="15" t="s">
+      <c r="E276" s="15" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>250</v>
       </c>
       <c r="K276" s="15">
         <v>0.19</v>
       </c>
       <c r="L276" s="15">
         <v>0.15</v>
       </c>
       <c r="M276" s="15">
         <v>0.135</v>
       </c>
       <c r="N276" s="15">
-        <v>1830</v>
+        <v>1709</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D277" s="15" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
       <c r="E277" s="15">
         <v>10080057940</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>200</v>
       </c>
       <c r="K277" s="15">
         <v>0.26108</v>
       </c>
       <c r="L277" s="15">
         <v>0.18719</v>
       </c>
       <c r="M277" s="15">
         <v>0.16255</v>
       </c>
       <c r="N277" s="15">
         <v>3</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
+        <v>798</v>
+      </c>
+      <c r="D278" s="15" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
       <c r="E278" s="15">
         <v>10080011519</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.2</v>
       </c>
       <c r="L278" s="15">
         <v>0.16</v>
       </c>
       <c r="M278" s="15">
         <v>0.14</v>
       </c>
       <c r="N278" s="15">
-        <v>9936</v>
+        <v>9825</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
+        <v>801</v>
+      </c>
+      <c r="D279" s="15" t="s">
         <v>802</v>
       </c>
-      <c r="D279" s="15" t="s">
+      <c r="E279" s="15" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="J279" s="15">
         <v>200</v>
       </c>
       <c r="K279" s="15">
         <v>0.2</v>
       </c>
       <c r="L279" s="15">
         <v>0.16</v>
       </c>
       <c r="M279" s="15">
         <v>0.14</v>
       </c>
       <c r="N279" s="15">
-        <v>1360</v>
+        <v>1740</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>805</v>
+      </c>
+      <c r="D280" s="15" t="s">
         <v>806</v>
       </c>
-      <c r="D280" s="15" t="s">
+      <c r="E280" s="15" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1000</v>
       </c>
       <c r="K280" s="15">
         <v>0.13192</v>
       </c>
       <c r="L280" s="15">
         <v>0.10994</v>
       </c>
       <c r="M280" s="15">
         <v>0.10553</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>809</v>
+      </c>
+      <c r="D281" s="15" t="s">
         <v>810</v>
       </c>
-      <c r="D281" s="15" t="s">
+      <c r="E281" s="15" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>250</v>
       </c>
       <c r="K281" s="15">
         <v>0.82499</v>
       </c>
       <c r="L281" s="15">
         <v>0.69191</v>
       </c>
       <c r="M281" s="15">
         <v>0.66531</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>813</v>
+      </c>
+      <c r="D282" s="15" t="s">
         <v>814</v>
       </c>
-      <c r="D282" s="15" t="s">
+      <c r="E282" s="15" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.395</v>
       </c>
       <c r="L282" s="15">
         <v>0.395</v>
       </c>
       <c r="M282" s="15">
         <v>0.395</v>
       </c>
       <c r="N282" s="15">
         <v>10</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
+        <v>816</v>
+      </c>
+      <c r="C283" s="15" t="s">
         <v>817</v>
       </c>
-      <c r="C283" s="15" t="s">
+      <c r="D283" s="15" t="s">
         <v>818</v>
       </c>
-      <c r="D283" s="15" t="s">
+      <c r="E283" s="15" t="s">
         <v>819</v>
-      </c>
-[...1 lines deleted...]
-        <v>820</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>2000</v>
       </c>
       <c r="K283" s="15">
         <v>0.05226</v>
       </c>
       <c r="L283" s="15">
         <v>0.05226</v>
       </c>
       <c r="M283" s="15">
         <v>0.05226</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="D284" s="15" t="s">
         <v>821</v>
       </c>
-      <c r="D284" s="15" t="s">
+      <c r="E284" s="15" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
         <v>0.24243</v>
       </c>
       <c r="L284" s="15">
         <v>0.24243</v>
       </c>
       <c r="M284" s="15">
         <v>0.24243</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>823</v>
+      </c>
+      <c r="D285" s="15" t="s">
         <v>824</v>
       </c>
-      <c r="D285" s="15" t="s">
+      <c r="E285" s="15" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>827</v>
+        <v>826</v>
       </c>
       <c r="H285" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>2000</v>
       </c>
       <c r="K285" s="15">
         <v>0.17847</v>
       </c>
       <c r="L285" s="15">
         <v>0.14968</v>
       </c>
       <c r="M285" s="15">
         <v>0.14393</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C286" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D286" s="15" t="s">
         <v>828</v>
       </c>
-      <c r="D286" s="15" t="s">
+      <c r="E286" s="15" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="J286" s="15">
         <v>1000</v>
       </c>
       <c r="K286" s="15">
         <v>0.55502</v>
       </c>
       <c r="L286" s="15">
         <v>0.4655</v>
       </c>
       <c r="M286" s="15">
         <v>0.4476</v>
       </c>
       <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D287" s="15" t="s">
         <v>832</v>
       </c>
-      <c r="D287" s="15" t="s">
+      <c r="E287" s="15" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>1500</v>
       </c>
       <c r="K287" s="15">
         <v>0.76971</v>
       </c>
       <c r="L287" s="15">
         <v>0.64555</v>
       </c>
       <c r="M287" s="15">
         <v>0.62072</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>835</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>836</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>1000</v>
       </c>
       <c r="K288" s="15">
         <v>0.13789</v>
       </c>
       <c r="L288" s="15">
         <v>0.13789</v>
       </c>
       <c r="M288" s="15">
         <v>0.13789</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C289" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D289" s="15" t="s">
         <v>839</v>
       </c>
-      <c r="D289" s="15" t="s">
+      <c r="E289" s="15" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>1000</v>
       </c>
       <c r="K289" s="15">
         <v>0.7210800000000001</v>
       </c>
       <c r="L289" s="15">
         <v>0.62493</v>
       </c>
       <c r="M289" s="15">
         <v>0.60089</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C290" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="D290" s="15" t="s">
         <v>842</v>
       </c>
-      <c r="D290" s="15" t="s">
+      <c r="E290" s="15" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="J290" s="15">
         <v>1000</v>
       </c>
       <c r="K290" s="15">
         <v>0.31</v>
       </c>
       <c r="L290" s="15">
         <v>0.31</v>
       </c>
       <c r="M290" s="15">
         <v>0.31</v>
       </c>
       <c r="N290" s="15">
-        <v>122</v>
+        <v>144</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C291" s="15" t="s">
+        <v>845</v>
+      </c>
+      <c r="D291" s="15" t="s">
         <v>846</v>
       </c>
-      <c r="D291" s="15" t="s">
+      <c r="E291" s="15" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
+        <v>848</v>
+      </c>
+      <c r="H291" s="15" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>5000</v>
       </c>
       <c r="K291" s="15">
         <v>0.24562</v>
       </c>
       <c r="L291" s="15">
         <v>0.20601</v>
       </c>
       <c r="M291" s="15">
         <v>0.19808</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C292" s="15" t="s">
+        <v>850</v>
+      </c>
+      <c r="D292" s="15" t="s">
         <v>851</v>
       </c>
-      <c r="D292" s="15" t="s">
+      <c r="E292" s="15" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>3000</v>
       </c>
       <c r="K292" s="15">
         <v>0.90347</v>
       </c>
       <c r="L292" s="15">
         <v>0.75775</v>
       </c>
       <c r="M292" s="15">
         <v>0.7286</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C293" s="15" t="s">
+        <v>853</v>
+      </c>
+      <c r="D293" s="15" t="s">
         <v>854</v>
       </c>
-      <c r="D293" s="15" t="s">
+      <c r="E293" s="15" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
         <v>0.54604</v>
       </c>
       <c r="L293" s="15">
         <v>0.45797</v>
       </c>
       <c r="M293" s="15">
         <v>0.44035</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C294" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="D294" s="15" t="s">
         <v>858</v>
       </c>
-      <c r="D294" s="15" t="s">
+      <c r="E294" s="15" t="s">
         <v>859</v>
-      </c>
-[...1 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.47195</v>
       </c>
       <c r="L294" s="15">
         <v>0.40902</v>
       </c>
       <c r="M294" s="15">
         <v>0.39329</v>
       </c>
       <c r="N294" s="15">
-        <v>4150</v>
+        <v>3950</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C295" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="D295" s="15" t="s">
         <v>861</v>
       </c>
-      <c r="D295" s="15" t="s">
+      <c r="E295" s="15" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.81323</v>
       </c>
       <c r="L295" s="15">
         <v>0.68208</v>
       </c>
       <c r="M295" s="15">
         <v>0.65583</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C296" s="15" t="s">
+        <v>864</v>
+      </c>
+      <c r="D296" s="15" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="E296" s="15">
         <v>10080054805</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="J296" s="15">
         <v>3000</v>
       </c>
       <c r="K296" s="15">
         <v>0.11357</v>
       </c>
       <c r="L296" s="15">
         <v>0.09465</v>
       </c>
       <c r="M296" s="15">
         <v>0.09085</v>
       </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="D297" s="15" t="s">
         <v>868</v>
       </c>
-      <c r="D297" s="15" t="s">
+      <c r="E297" s="15" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="H297" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
         <v>0.51569</v>
       </c>
       <c r="L297" s="15">
         <v>0.44693</v>
       </c>
       <c r="M297" s="15">
         <v>0.42974</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>871</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>872</v>
       </c>
-      <c r="D298" s="15" t="s">
+      <c r="E298" s="15" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>4000</v>
       </c>
       <c r="K298" s="15">
-        <v>0.01222</v>
+        <v>0.01755</v>
       </c>
       <c r="L298" s="15">
-        <v>0.01222</v>
+        <v>0.01521</v>
       </c>
       <c r="M298" s="15">
-        <v>0.01222</v>
+        <v>0.01463</v>
       </c>
       <c r="N298" s="15"/>
       <c r="O298" s="15"/>
-      <c r="P298" s="15"/>
+      <c r="P298" s="15" t="s">
+        <v>874</v>
+      </c>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C299" s="15" t="s">
         <v>875</v>
       </c>
       <c r="D299" s="15" t="s">
         <v>876</v>
       </c>
       <c r="E299" s="15">
         <v>10080072974</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15" t="s">
         <v>877</v>
       </c>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>4000</v>
       </c>
       <c r="K299" s="15">
         <v>0.031</v>
       </c>
       <c r="L299" s="15">
         <v>0.031</v>
       </c>
       <c r="M299" s="15">
         <v>0.031</v>
       </c>
       <c r="N299" s="15">
-        <v>13375</v>
+        <v>12359</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C300" s="15" t="s">
         <v>878</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>879</v>
       </c>
       <c r="E300" s="15" t="s">
         <v>880</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15" t="s">
         <v>877</v>
       </c>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>4000</v>
       </c>
       <c r="K300" s="15">
         <v>0.02781</v>
       </c>
       <c r="L300" s="15">
         <v>0.02332</v>
       </c>
       <c r="M300" s="15">
         <v>0.02243</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C301" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D301" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E301" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>3000</v>
       </c>
       <c r="K301" s="15">
         <v>0.11</v>
       </c>
       <c r="L301" s="15">
         <v>0.11</v>
       </c>
       <c r="M301" s="15">
         <v>0.11</v>
       </c>
       <c r="N301" s="15">
-        <v>7560</v>
+        <v>7440</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>884</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>885</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>886</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H302" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
         <v>0.095</v>
       </c>
       <c r="L302" s="15">
         <v>0.095</v>
       </c>
       <c r="M302" s="15">
         <v>0.095</v>
       </c>
       <c r="N302" s="15">
-        <v>1500</v>
+        <v>1540</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
         <v>887</v>
       </c>
       <c r="D303" s="15" t="s">
         <v>888</v>
       </c>
       <c r="E303" s="15" t="s">
         <v>889</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H303" s="15" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>250</v>
       </c>
       <c r="K303" s="15">
         <v>0.47772</v>
       </c>
       <c r="L303" s="15">
         <v>0.47772</v>
       </c>
       <c r="M303" s="15">
         <v>0.47772</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>890</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>891</v>
       </c>
       <c r="E304" s="15">
         <v>10080015875</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15" t="s">
         <v>892</v>
       </c>
       <c r="H304" s="15" t="s">
         <v>893</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>4000</v>
       </c>
       <c r="K304" s="15">
         <v>0.05546</v>
       </c>
       <c r="L304" s="15">
         <v>0.04621</v>
       </c>
       <c r="M304" s="15">
         <v>0.04437</v>
       </c>
       <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C305" s="15" t="s">
         <v>894</v>
       </c>
       <c r="D305" s="15" t="s">
         <v>895</v>
       </c>
       <c r="E305" s="15" t="s">
         <v>896</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15" t="s">
         <v>897</v>
       </c>
       <c r="H305" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
         <v>0.155</v>
       </c>
       <c r="L305" s="15">
         <v>0.155</v>
       </c>
       <c r="M305" s="15">
         <v>0.155</v>
       </c>
       <c r="N305" s="15">
-        <v>750</v>
+        <v>850</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>898</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>899</v>
       </c>
       <c r="E306" s="15" t="s">
         <v>900</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15" t="s">
         <v>897</v>
       </c>
       <c r="H306" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>1000</v>
       </c>
       <c r="K306" s="15">
         <v>0.26641</v>
       </c>
       <c r="L306" s="15">
         <v>0.25606</v>
       </c>
       <c r="M306" s="15">
         <v>0.24701</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C307" s="15" t="s">
         <v>901</v>
       </c>
       <c r="D307" s="15" t="s">
         <v>902</v>
       </c>
       <c r="E307" s="15">
         <v>10080003700</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15" t="s">
         <v>897</v>
       </c>
       <c r="H307" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.26641</v>
       </c>
       <c r="L307" s="15">
         <v>0.25606</v>
       </c>
       <c r="M307" s="15">
         <v>0.24701</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>903</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>904</v>
       </c>
       <c r="E308" s="15">
         <v>10080003778</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15" t="s">
         <v>897</v>
       </c>
       <c r="H308" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
         <v>0.26641</v>
       </c>
       <c r="L308" s="15">
         <v>0.25606</v>
       </c>
       <c r="M308" s="15">
         <v>0.24701</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>905</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>906</v>
       </c>
       <c r="E309" s="15" t="s">
         <v>907</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15" t="s">
         <v>908</v>
       </c>
       <c r="H309" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.33107</v>
       </c>
       <c r="L309" s="15">
         <v>0.31944</v>
       </c>
       <c r="M309" s="15">
         <v>0.3078</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>909</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>910</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>911</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15" t="s">
         <v>908</v>
       </c>
       <c r="H310" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
         <v>0.33107</v>
       </c>
       <c r="L310" s="15">
         <v>0.31944</v>
       </c>
       <c r="M310" s="15">
         <v>0.3078</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>912</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>913</v>
       </c>
       <c r="E311" s="15">
         <v>10080003697</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15" t="s">
         <v>908</v>
       </c>
       <c r="H311" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.37245</v>
       </c>
       <c r="L311" s="15">
         <v>0.35952</v>
       </c>
       <c r="M311" s="15">
         <v>0.34659</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>914</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>915</v>
       </c>
       <c r="E312" s="15">
         <v>10080003779</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15" t="s">
         <v>908</v>
       </c>
       <c r="H312" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.215</v>
       </c>
       <c r="L312" s="15">
         <v>0.215</v>
       </c>
       <c r="M312" s="15">
         <v>0.215</v>
       </c>
       <c r="N312" s="15">
-        <v>1592</v>
+        <v>1513</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C313" s="15" t="s">
         <v>916</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>917</v>
       </c>
       <c r="E313" s="15" t="s">
         <v>918</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15" t="s">
         <v>908</v>
       </c>
       <c r="H313" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.35823</v>
       </c>
       <c r="L313" s="15">
         <v>0.3453</v>
       </c>
       <c r="M313" s="15">
         <v>0.33236</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>919</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>920</v>
       </c>
       <c r="E314" s="15">
         <v>10080066029</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15" t="s">
         <v>877</v>
       </c>
       <c r="H314" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>4000</v>
       </c>
       <c r="K314" s="15">
         <v>0.04048</v>
       </c>
       <c r="L314" s="15">
         <v>0.03373</v>
       </c>
       <c r="M314" s="15">
         <v>0.03238</v>
       </c>
       <c r="N314" s="15"/>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>921</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>922</v>
       </c>
       <c r="E315" s="15" t="s">
         <v>923</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
         <v>0.45263</v>
       </c>
       <c r="L315" s="15">
         <v>0.38798</v>
       </c>
       <c r="M315" s="15">
         <v>0.35823</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>924</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>925</v>
       </c>
       <c r="E316" s="15" t="s">
         <v>926</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>2500</v>
       </c>
       <c r="K316" s="15">
         <v>0.05968</v>
       </c>
       <c r="L316" s="15">
         <v>0.05968</v>
       </c>
       <c r="M316" s="15">
         <v>0.05968</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>927</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>928</v>
       </c>
       <c r="E317" s="15" t="s">
         <v>929</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H317" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>0.78513</v>
       </c>
       <c r="L317" s="15">
         <v>0.6585</v>
       </c>
       <c r="M317" s="15">
         <v>0.63317</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
         <v>930</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>931</v>
       </c>
       <c r="E318" s="15" t="s">
         <v>932</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="H318" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I318" s="15" t="s">
         <v>933</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.28</v>
       </c>
       <c r="L318" s="15">
         <v>0.28</v>
       </c>
       <c r="M318" s="15">
         <v>0.28</v>
       </c>
       <c r="N318" s="15">
-        <v>2915</v>
+        <v>2729</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>934</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>935</v>
       </c>
       <c r="E319" s="15" t="s">
         <v>936</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>1000</v>
       </c>
       <c r="K319" s="15">
         <v>0.70225</v>
       </c>
       <c r="L319" s="15">
         <v>0.5889799999999999</v>
       </c>