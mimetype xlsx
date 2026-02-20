--- v3 (2026-01-31)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="964">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="967">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -262,51 +262,51 @@
   <si>
     <t>470V 5mm / 05D471K</t>
   </si>
   <si>
     <t>FNR-05K471</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR-05K471)</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR05K471BASN1NN</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR05K471BASN1NN)</t>
   </si>
   <si>
     <t>UT-00118662</t>
   </si>
   <si>
     <t xml:space="preserve">FNR-05K471 FENGHUA, </t>
   </si>
   <si>
-    <t>08.04.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>L-KLS6-05D471K</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (L-KLS6-05D471K)</t>
   </si>
   <si>
     <t>UT-00092685</t>
   </si>
   <si>
     <t>L-KLS6-05D560K</t>
   </si>
   <si>
     <t>56V 5mm / 05D560K L-KLS6-05D560K</t>
   </si>
   <si>
     <t>10-00001987</t>
   </si>
   <si>
     <t>05D680K</t>
   </si>
   <si>
     <t>68V 5mm / 05D680K</t>
   </si>
@@ -1777,68 +1777,80 @@
   <si>
     <t>L-KLS6-14D511K</t>
   </si>
   <si>
     <t>510V 14mm / 14D511K (L-KLS6-14D511K)</t>
   </si>
   <si>
     <t xml:space="preserve">FNR14K511TATN1NN FENGHUA, B72214S0321K101 EPCOS, FNR-14K511B FENGHUA, </t>
   </si>
   <si>
     <t>FNR-14K511B</t>
   </si>
   <si>
     <t>510V 14mm / 14D511K (FNR-14K511B)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS6-14D511K KLS, FNR14K511TATN1NN FENGHUA, B72214S0321K101 EPCOS, </t>
   </si>
   <si>
     <t>L-KLS6-14D561K</t>
   </si>
   <si>
     <t>560V 14mm / 14D561K (FNR-14K561B)</t>
   </si>
   <si>
+    <t xml:space="preserve">FNR-14K561B FENGHUA, FNR14K561BASN1NN FENGHUA, S14K350 EPCOS, MYG-14K561 WAYON, </t>
+  </si>
+  <si>
     <t>MYG-14K561</t>
   </si>
   <si>
     <t>560V 14mm / 14D561K (MYG-14K561)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS6-14D561K KLS, FNR-14K561B FENGHUA, FNR14K561BASN1NN FENGHUA, S14K350 EPCOS, </t>
+  </si>
+  <si>
     <t>FNR-14K561B</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS6-14D561K KLS, FNR14K561BASN1NN FENGHUA, S14K350 EPCOS, MYG-14K561 WAYON, </t>
+  </si>
+  <si>
     <t>FNR14K561BASN1NN</t>
   </si>
   <si>
     <t>560V 14mm / 14D561K (FNR14K561BASN1NN)</t>
   </si>
   <si>
     <t>UT-00137337</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS6-14D561K KLS, FNR-14K561B FENGHUA, S14K350 EPCOS, MYG-14K561 WAYON, </t>
+  </si>
+  <si>
     <t xml:space="preserve">14D621K </t>
   </si>
   <si>
     <t xml:space="preserve">620V 14mm / 14D621K </t>
   </si>
   <si>
     <t>FNR-14K621</t>
   </si>
   <si>
     <t>620V 14mm / 14D621K (FNR-14K621)</t>
   </si>
   <si>
     <t>L-KLS6-14D621K</t>
   </si>
   <si>
     <t>620V 14mm / 14D621K (L-KLS6-14D621K)</t>
   </si>
   <si>
     <t>14D621K (MYG14K621) (FNR-14K621)</t>
   </si>
   <si>
     <t>620V 14mm / 14D621K (MYG14K621) (FNR-14K621)</t>
   </si>
   <si>
     <t>10-00002154</t>
@@ -2636,53 +2648,50 @@
     <t>Варистор CT0805M6G</t>
   </si>
   <si>
     <t xml:space="preserve">FPV201209E8R0PMT FENGHUA, </t>
   </si>
   <si>
     <t>CT1812K30G</t>
   </si>
   <si>
     <t>1812 10% 30V 300A MLV AEC-Q200 / CT1812K30G (B72580E0300K062)</t>
   </si>
   <si>
     <t>UT-00151440</t>
   </si>
   <si>
     <t>VAR-SMD1812</t>
   </si>
   <si>
     <t>FPV160808G240PKT</t>
   </si>
   <si>
     <t>0603 24V 10% / FPV160808G240PKT</t>
   </si>
   <si>
     <t>UT-00145322</t>
-  </si>
-[...1 lines deleted...]
-    <t>04.02.2026</t>
   </si>
   <si>
     <t>FPV201209E8R0PMT</t>
   </si>
   <si>
     <t>0805 8.0VDC 5.7VAC 20% SMT / FPV201209E8R0PMT</t>
   </si>
   <si>
     <t>VAR-SMD0805</t>
   </si>
   <si>
     <t>FPV201209G160PKT</t>
   </si>
   <si>
     <t>0805 16VDC 11.3VAC 10% SMT / FPV201209G160PKT</t>
   </si>
   <si>
     <t>UT-00147298</t>
   </si>
   <si>
     <t>L-KLS6-MVR1210-8R0G</t>
   </si>
   <si>
     <t>1210 5.5VDC 4.0VAC SMT / L-KLS6-MVR1210-8R0G</t>
   </si>
@@ -3670,178 +3679,178 @@
       </c>
       <c r="E9" s="15">
         <v>10080047584</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02972</v>
       </c>
       <c r="L9" s="15">
         <v>0.02575</v>
       </c>
       <c r="M9" s="15">
         <v>0.02476</v>
       </c>
       <c r="N9" s="15">
-        <v>1337</v>
+        <v>1320</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052532</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01752</v>
       </c>
       <c r="L10" s="15">
         <v>0.01518</v>
       </c>
       <c r="M10" s="15">
         <v>0.0146</v>
       </c>
       <c r="N10" s="15">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.0243</v>
       </c>
       <c r="L11" s="15">
         <v>0.01758</v>
       </c>
       <c r="M11" s="15">
         <v>0.01534</v>
       </c>
       <c r="N11" s="15">
-        <v>6000</v>
+        <v>5120</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0261</v>
       </c>
       <c r="L12" s="15">
         <v>0.02262</v>
       </c>
       <c r="M12" s="15">
         <v>0.02175</v>
       </c>
       <c r="N12" s="15">
-        <v>620</v>
+        <v>720</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080065762</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -3918,51 +3927,51 @@
       </c>
       <c r="E15" s="15">
         <v>10080034625</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05411</v>
       </c>
       <c r="L15" s="15">
         <v>0.03297</v>
       </c>
       <c r="M15" s="15">
         <v>0.02916</v>
       </c>
       <c r="N15" s="15">
-        <v>15528</v>
+        <v>13713</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15">
         <v>10080028134</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
@@ -4039,51 +4048,51 @@
         <v>10080008718</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01829</v>
       </c>
       <c r="L18" s="15">
         <v>0.01585</v>
       </c>
       <c r="M18" s="15">
         <v>0.01524</v>
       </c>
       <c r="N18" s="15">
-        <v>85</v>
+        <v>124</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>59</v>
@@ -4121,177 +4130,177 @@
         <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.01878</v>
       </c>
       <c r="L20" s="15">
         <v>0.01628</v>
       </c>
       <c r="M20" s="15">
         <v>0.01565</v>
       </c>
       <c r="N20" s="15">
-        <v>494</v>
+        <v>530</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.01734</v>
       </c>
       <c r="L21" s="15">
         <v>0.01503</v>
       </c>
       <c r="M21" s="15">
         <v>0.01445</v>
       </c>
       <c r="N21" s="15">
-        <v>19135</v>
+        <v>18865</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080071926</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.04231</v>
       </c>
       <c r="L22" s="15">
         <v>0.03034</v>
       </c>
       <c r="M22" s="15">
         <v>0.02635</v>
       </c>
       <c r="N22" s="15">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080055121</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.02628</v>
       </c>
       <c r="L23" s="15">
         <v>0.02278</v>
       </c>
       <c r="M23" s="15">
         <v>0.0219</v>
       </c>
       <c r="N23" s="15">
-        <v>595</v>
+        <v>675</v>
       </c>
       <c r="O23" s="15">
-        <v>740</v>
+        <v>840</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E24" s="15">
         <v>10080032800</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
@@ -4332,95 +4341,95 @@
         <v>10080039428</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01808</v>
       </c>
       <c r="L25" s="15">
         <v>0.01567</v>
       </c>
       <c r="M25" s="15">
         <v>0.01506</v>
       </c>
       <c r="N25" s="15">
-        <v>498</v>
+        <v>426</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.01673</v>
+        <v>0.01695</v>
       </c>
       <c r="L26" s="15">
-        <v>0.0145</v>
+        <v>0.01469</v>
       </c>
       <c r="M26" s="15">
-        <v>0.01394</v>
+        <v>0.01413</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15">
-        <v>1560</v>
+        <v>1380</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
@@ -4455,51 +4464,51 @@
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.027</v>
       </c>
       <c r="L28" s="15">
         <v>0.0234</v>
       </c>
       <c r="M28" s="15">
         <v>0.0225</v>
       </c>
       <c r="N28" s="15">
-        <v>735</v>
+        <v>707</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080038883</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>49</v>
@@ -4535,174 +4544,174 @@
       </c>
       <c r="E30" s="15">
         <v>10080066922</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02622</v>
       </c>
       <c r="L30" s="15">
         <v>0.02272</v>
       </c>
       <c r="M30" s="15">
         <v>0.02185</v>
       </c>
       <c r="N30" s="15">
-        <v>667</v>
+        <v>784</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080052242</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.05756</v>
       </c>
       <c r="L31" s="15">
         <v>0.0334</v>
       </c>
       <c r="M31" s="15">
         <v>0.03011</v>
       </c>
       <c r="N31" s="15">
-        <v>208</v>
+        <v>227</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080038490</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04293</v>
       </c>
       <c r="L32" s="15">
         <v>0.03067</v>
       </c>
       <c r="M32" s="15">
         <v>0.02658</v>
       </c>
       <c r="N32" s="15">
-        <v>1419</v>
+        <v>1485</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15">
         <v>10080003888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04506</v>
       </c>
       <c r="L33" s="15">
         <v>0.03072</v>
       </c>
       <c r="M33" s="15">
         <v>0.02661</v>
       </c>
       <c r="N33" s="15">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
@@ -4744,51 +4753,51 @@
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.02358</v>
       </c>
       <c r="L35" s="15">
         <v>0.02044</v>
       </c>
       <c r="M35" s="15">
         <v>0.01965</v>
       </c>
       <c r="N35" s="15">
-        <v>7900</v>
+        <v>7700</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080042253</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>49</v>
@@ -4897,63 +4906,63 @@
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.01636</v>
+        <v>0.01938</v>
       </c>
       <c r="L39" s="15">
-        <v>0.01567</v>
+        <v>0.0168</v>
       </c>
       <c r="M39" s="15">
-        <v>0.01567</v>
+        <v>0.01615</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15">
-        <v>700</v>
+        <v>600</v>
       </c>
       <c r="P39" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10080035261</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H40" s="15" t="s">
@@ -5106,60 +5115,60 @@
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.02913</v>
+        <v>0.02925</v>
       </c>
       <c r="L44" s="15">
-        <v>0.02525</v>
+        <v>0.02535</v>
       </c>
       <c r="M44" s="15">
-        <v>0.02428</v>
+        <v>0.02438</v>
       </c>
       <c r="N44" s="15">
-        <v>5618</v>
+        <v>4889</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15">
         <v>10080003175</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>136</v>
@@ -5195,51 +5204,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080071992</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.02918</v>
       </c>
       <c r="L46" s="15">
         <v>0.02529</v>
       </c>
       <c r="M46" s="15">
         <v>0.02431</v>
       </c>
       <c r="N46" s="15">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
@@ -5353,51 +5362,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.0306</v>
       </c>
       <c r="L50" s="15">
         <v>0.02214</v>
       </c>
       <c r="M50" s="15">
         <v>0.01932</v>
       </c>
       <c r="N50" s="15">
-        <v>5390</v>
+        <v>4830</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E51" s="15">
         <v>10080052372</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>49</v>
@@ -5476,51 +5485,51 @@
         <v>10080070739</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.03005</v>
       </c>
       <c r="L53" s="15">
         <v>0.02604</v>
       </c>
       <c r="M53" s="15">
         <v>0.02504</v>
       </c>
       <c r="N53" s="15">
-        <v>2300</v>
+        <v>2715</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
@@ -5556,92 +5565,92 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02817</v>
       </c>
       <c r="L55" s="15">
         <v>0.02038</v>
       </c>
       <c r="M55" s="15">
         <v>0.01778</v>
       </c>
       <c r="N55" s="15">
-        <v>664</v>
+        <v>520</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E56" s="15">
         <v>10080003893</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0149</v>
       </c>
       <c r="L56" s="15">
         <v>0.013</v>
       </c>
       <c r="M56" s="15">
         <v>0.012</v>
       </c>
       <c r="N56" s="15">
-        <v>6979</v>
+        <v>7266</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E57" s="15">
         <v>10080003884</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>49</v>
@@ -5718,92 +5727,92 @@
       </c>
       <c r="E59" s="15">
         <v>10080074100</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.02853</v>
       </c>
       <c r="L59" s="15">
         <v>0.02473</v>
       </c>
       <c r="M59" s="15">
         <v>0.02378</v>
       </c>
       <c r="N59" s="15">
-        <v>744</v>
+        <v>651</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.031</v>
       </c>
       <c r="L60" s="15">
         <v>0.0207</v>
       </c>
       <c r="M60" s="15">
         <v>0.0188</v>
       </c>
       <c r="N60" s="15">
-        <v>2280</v>
+        <v>1980</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E61" s="15">
         <v>10080003896</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
@@ -5841,176 +5850,176 @@
         <v>10080066923</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>179</v>
       </c>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01995</v>
       </c>
       <c r="L62" s="15">
         <v>0.01729</v>
       </c>
       <c r="M62" s="15">
         <v>0.01663</v>
       </c>
       <c r="N62" s="15">
-        <v>188</v>
+        <v>174</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.01542</v>
       </c>
       <c r="L63" s="15">
         <v>0.01478</v>
       </c>
       <c r="M63" s="15">
         <v>0.01478</v>
       </c>
       <c r="N63" s="15">
-        <v>650</v>
+        <v>620</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.024</v>
       </c>
       <c r="L64" s="15">
         <v>0.0208</v>
       </c>
       <c r="M64" s="15">
         <v>0.02</v>
       </c>
       <c r="N64" s="15">
-        <v>760</v>
+        <v>740</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01825</v>
       </c>
       <c r="L65" s="15">
         <v>0.01749</v>
       </c>
       <c r="M65" s="15">
         <v>0.01749</v>
       </c>
       <c r="N65" s="15">
-        <v>1736</v>
+        <v>2062</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E66" s="15">
         <v>10080067836</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>49</v>
@@ -6127,51 +6136,51 @@
       <c r="E69" s="15">
         <v>10080059354</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.02744</v>
       </c>
       <c r="L69" s="15">
         <v>0.02378</v>
       </c>
       <c r="M69" s="15">
         <v>0.02286</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
-        <v>3600</v>
+        <v>3320</v>
       </c>
       <c r="P69" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E70" s="15">
         <v>10080003885</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H70" s="15" t="s">
@@ -6213,51 +6222,51 @@
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>205</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.04273</v>
       </c>
       <c r="L71" s="15">
         <v>0.03091</v>
       </c>
       <c r="M71" s="15">
         <v>0.02698</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>2551</v>
+        <v>2493</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E72" s="15">
         <v>10080032689</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H72" s="15" t="s">
@@ -6376,54 +6385,54 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02986</v>
       </c>
       <c r="L75" s="15">
         <v>0.0216</v>
       </c>
       <c r="M75" s="15">
         <v>0.01885</v>
       </c>
       <c r="N75" s="15">
-        <v>13500</v>
+        <v>6864</v>
       </c>
       <c r="O75" s="15">
-        <v>7100</v>
+        <v>7700</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>82</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E76" s="15">
         <v>10080034626</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H76" s="15" t="s">
@@ -6544,94 +6553,94 @@
         <v>225</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>226</v>
       </c>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.02036</v>
       </c>
       <c r="L79" s="15">
         <v>0.01764</v>
       </c>
       <c r="M79" s="15">
         <v>0.01696</v>
       </c>
       <c r="N79" s="15">
-        <v>35252</v>
+        <v>75079</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>230</v>
       </c>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01839</v>
       </c>
       <c r="L80" s="15">
         <v>0.01594</v>
       </c>
       <c r="M80" s="15">
         <v>0.01533</v>
       </c>
       <c r="N80" s="15">
-        <v>29753</v>
+        <v>31114</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E81" s="15">
         <v>10080048658</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>233</v>
@@ -6743,94 +6752,94 @@
       </c>
       <c r="E84" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.02762</v>
       </c>
       <c r="L84" s="15">
         <v>0.02393</v>
       </c>
       <c r="M84" s="15">
         <v>0.02301</v>
       </c>
       <c r="N84" s="15">
-        <v>547</v>
+        <v>678</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E85" s="15">
         <v>10080034627</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04199</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02614</v>
       </c>
       <c r="N85" s="15">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080011040</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>59</v>
@@ -6945,143 +6954,145 @@
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.02127</v>
+        <v>0.02262</v>
       </c>
       <c r="L89" s="15">
-        <v>0.01843</v>
+        <v>0.0196</v>
       </c>
       <c r="M89" s="15">
-        <v>0.01773</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.01885</v>
+      </c>
+      <c r="N89" s="15">
+        <v>18460</v>
+      </c>
+      <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.02543</v>
       </c>
       <c r="L90" s="15">
         <v>0.02204</v>
       </c>
       <c r="M90" s="15">
         <v>0.02119</v>
       </c>
       <c r="N90" s="15">
-        <v>14984</v>
+        <v>17474</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E91" s="15">
         <v>10080003899</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.02739</v>
+        <v>0.02855</v>
       </c>
       <c r="L91" s="15">
-        <v>0.02374</v>
+        <v>0.02474</v>
       </c>
       <c r="M91" s="15">
-        <v>0.02283</v>
-[...1 lines deleted...]
-      <c r="N91" s="15"/>
+        <v>0.02379</v>
+      </c>
+      <c r="N91" s="15">
+        <v>3400</v>
+      </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E92" s="15">
         <v>10080074101</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
@@ -7120,51 +7131,51 @@
         <v>10080032690</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>267</v>
       </c>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="L93" s="15">
         <v>0.05188</v>
       </c>
       <c r="M93" s="15">
         <v>0.04495</v>
       </c>
       <c r="N93" s="15">
-        <v>1807</v>
+        <v>2065</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>59</v>
@@ -7241,51 +7252,51 @@
       </c>
       <c r="E96" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.02868</v>
       </c>
       <c r="L96" s="15">
         <v>0.02486</v>
       </c>
       <c r="M96" s="15">
         <v>0.0239</v>
       </c>
       <c r="N96" s="15">
-        <v>810</v>
+        <v>403</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E97" s="15">
         <v>10080003900</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>49</v>
@@ -7366,94 +7377,94 @@
         <v>285</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>286</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.03969</v>
       </c>
       <c r="L99" s="15">
         <v>0.02872</v>
       </c>
       <c r="M99" s="15">
         <v>0.02506</v>
       </c>
       <c r="N99" s="15">
-        <v>43110</v>
+        <v>31126</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>287</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>288</v>
       </c>
       <c r="E100" s="15">
         <v>10080074041</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>289</v>
       </c>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.02697</v>
       </c>
       <c r="L100" s="15">
         <v>0.02337</v>
       </c>
       <c r="M100" s="15">
         <v>0.02248</v>
       </c>
       <c r="N100" s="15">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>291</v>
       </c>
       <c r="E101" s="15">
         <v>10080033458</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>49</v>
@@ -7495,178 +7506,178 @@
         <v>10000004409</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>295</v>
       </c>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04478</v>
       </c>
       <c r="L102" s="15">
         <v>0.03211</v>
       </c>
       <c r="M102" s="15">
         <v>0.02788</v>
       </c>
       <c r="N102" s="15">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>298</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.02913</v>
       </c>
       <c r="L103" s="15">
         <v>0.02525</v>
       </c>
       <c r="M103" s="15">
         <v>0.02428</v>
       </c>
       <c r="N103" s="15">
-        <v>810</v>
+        <v>657</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>299</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>302</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.03341</v>
       </c>
       <c r="L104" s="15">
         <v>0.02895</v>
       </c>
       <c r="M104" s="15">
         <v>0.02784</v>
       </c>
       <c r="N104" s="15">
-        <v>730</v>
+        <v>790</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>306</v>
       </c>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02888</v>
       </c>
       <c r="L105" s="15">
         <v>0.02503</v>
       </c>
       <c r="M105" s="15">
         <v>0.02406</v>
       </c>
       <c r="N105" s="15">
-        <v>2408</v>
+        <v>2327</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E106" s="15">
         <v>10080003912</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>30</v>
@@ -7704,51 +7715,51 @@
       </c>
       <c r="E107" s="15" t="s">
         <v>313</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.0318</v>
       </c>
       <c r="L107" s="15">
         <v>0.03048</v>
       </c>
       <c r="M107" s="15">
         <v>0.03048</v>
       </c>
       <c r="N107" s="15">
-        <v>5919</v>
+        <v>5586</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>316</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>46</v>
@@ -7786,94 +7797,94 @@
       </c>
       <c r="E109" s="15">
         <v>10080003914</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.10991</v>
       </c>
       <c r="L109" s="15">
         <v>0.07495</v>
       </c>
       <c r="M109" s="15">
         <v>0.06494</v>
       </c>
       <c r="N109" s="15">
-        <v>320</v>
+        <v>360</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>320</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>321</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>322</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
         <v>323</v>
       </c>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.0398</v>
       </c>
       <c r="L110" s="15">
         <v>0.03449</v>
       </c>
       <c r="M110" s="15">
         <v>0.03316</v>
       </c>
       <c r="N110" s="15">
-        <v>563</v>
+        <v>586</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E111" s="15">
         <v>10000020408</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
@@ -7913,92 +7924,92 @@
         <v>10080031278</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>329</v>
       </c>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.03804</v>
       </c>
       <c r="L112" s="15">
         <v>0.03297</v>
       </c>
       <c r="M112" s="15">
         <v>0.0317</v>
       </c>
       <c r="N112" s="15">
-        <v>1088</v>
+        <v>1036</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>330</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>331</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>332</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
         <v>0.05223</v>
       </c>
       <c r="L113" s="15">
         <v>0.04527</v>
       </c>
       <c r="M113" s="15">
         <v>0.04353</v>
       </c>
       <c r="N113" s="15">
-        <v>3700</v>
+        <v>4100</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>333</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E114" s="15">
         <v>10080003916</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>49</v>
@@ -8036,94 +8047,94 @@
         <v>10080064914</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>337</v>
       </c>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.03863</v>
       </c>
       <c r="L115" s="15">
         <v>0.03348</v>
       </c>
       <c r="M115" s="15">
         <v>0.03219</v>
       </c>
       <c r="N115" s="15">
-        <v>282</v>
+        <v>253</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>339</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>340</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>341</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03054</v>
       </c>
       <c r="L116" s="15">
         <v>0.02927</v>
       </c>
       <c r="M116" s="15">
         <v>0.02927</v>
       </c>
       <c r="N116" s="15">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>342</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>343</v>
       </c>
       <c r="E117" s="15">
         <v>10080052244</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>46</v>
@@ -8163,94 +8174,94 @@
         <v>10080033459</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>346</v>
       </c>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.0418</v>
       </c>
       <c r="L118" s="15">
         <v>0.0418</v>
       </c>
       <c r="M118" s="15">
         <v>0.0418</v>
       </c>
       <c r="N118" s="15">
-        <v>1497</v>
+        <v>1307</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E119" s="15">
         <v>10080003917</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>349</v>
       </c>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.0418</v>
       </c>
       <c r="L119" s="15">
         <v>0.0418</v>
       </c>
       <c r="M119" s="15">
         <v>0.0418</v>
       </c>
       <c r="N119" s="15">
-        <v>3780</v>
+        <v>4400</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E120" s="15">
         <v>10080003921</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
@@ -8329,51 +8340,51 @@
       </c>
       <c r="E122" s="15" t="s">
         <v>359</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.03707</v>
       </c>
       <c r="L122" s="15">
         <v>0.03212</v>
       </c>
       <c r="M122" s="15">
         <v>0.03089</v>
       </c>
       <c r="N122" s="15">
-        <v>5063</v>
+        <v>4578</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E123" s="15">
         <v>10080033460</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
@@ -8452,94 +8463,94 @@
         <v>368</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.04179</v>
       </c>
       <c r="L125" s="15">
         <v>0.03622</v>
       </c>
       <c r="M125" s="15">
         <v>0.03483</v>
       </c>
       <c r="N125" s="15">
-        <v>2374</v>
+        <v>2210</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E126" s="15">
         <v>10080031279</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>372</v>
       </c>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
         <v>0.03705</v>
       </c>
       <c r="L126" s="15">
         <v>0.03211</v>
       </c>
       <c r="M126" s="15">
         <v>0.03088</v>
       </c>
       <c r="N126" s="15">
-        <v>259</v>
+        <v>339</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E127" s="15">
         <v>10080033461</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>49</v>
@@ -8579,97 +8590,97 @@
         <v>378</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>379</v>
       </c>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.0602</v>
       </c>
       <c r="L128" s="15">
         <v>0.04355</v>
       </c>
       <c r="M128" s="15">
         <v>0.038</v>
       </c>
       <c r="N128" s="15">
-        <v>15967</v>
+        <v>10764</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>380</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E129" s="15">
         <v>10080031280</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>382</v>
       </c>
       <c r="J129" s="15">
         <v>500</v>
       </c>
       <c r="K129" s="15">
         <v>0.03627</v>
       </c>
       <c r="L129" s="15">
         <v>0.03143</v>
       </c>
       <c r="M129" s="15">
         <v>0.03023</v>
       </c>
       <c r="N129" s="15">
-        <v>8859</v>
+        <v>7715</v>
       </c>
       <c r="O129" s="15">
-        <v>18600</v>
+        <v>19800</v>
       </c>
       <c r="P129" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>383</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>384</v>
       </c>
       <c r="E130" s="15">
         <v>10080067728</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H130" s="15" t="s">
@@ -8749,135 +8760,135 @@
         <v>10000010508</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>391</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.05289</v>
       </c>
       <c r="L132" s="15">
         <v>0.04584</v>
       </c>
       <c r="M132" s="15">
         <v>0.04408</v>
       </c>
       <c r="N132" s="15">
-        <v>552</v>
+        <v>385</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>392</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>393</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>394</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.05076</v>
       </c>
       <c r="L133" s="15">
         <v>0.04399</v>
       </c>
       <c r="M133" s="15">
         <v>0.0423</v>
       </c>
       <c r="N133" s="15">
-        <v>660</v>
+        <v>740</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>395</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>396</v>
       </c>
       <c r="E134" s="15">
         <v>10080070740</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>397</v>
       </c>
       <c r="J134" s="15">
         <v>500</v>
       </c>
       <c r="K134" s="15">
         <v>0.08934</v>
       </c>
       <c r="L134" s="15">
         <v>0.07493</v>
       </c>
       <c r="M134" s="15">
         <v>0.07205</v>
       </c>
       <c r="N134" s="15">
-        <v>1760</v>
+        <v>2555</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E135" s="15">
         <v>10080033462</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>49</v>
@@ -8997,51 +9008,51 @@
         <v>10080031281</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>407</v>
       </c>
       <c r="J138" s="15">
         <v>500</v>
       </c>
       <c r="K138" s="15">
         <v>0.03627</v>
       </c>
       <c r="L138" s="15">
         <v>0.03143</v>
       </c>
       <c r="M138" s="15">
         <v>0.03023</v>
       </c>
       <c r="N138" s="15">
-        <v>66590</v>
+        <v>51059</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>408</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>409</v>
       </c>
       <c r="E139" s="15">
         <v>10080033463</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>49</v>
@@ -9120,137 +9131,137 @@
         <v>10080003171</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>415</v>
       </c>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.04703</v>
       </c>
       <c r="L141" s="15">
         <v>0.04076</v>
       </c>
       <c r="M141" s="15">
         <v>0.03919</v>
       </c>
       <c r="N141" s="15">
-        <v>5394</v>
+        <v>4883</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E142" s="15">
         <v>10080031282</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>418</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
         <v>0.04269</v>
       </c>
       <c r="L142" s="15">
         <v>0.037</v>
       </c>
       <c r="M142" s="15">
         <v>0.03558</v>
       </c>
       <c r="N142" s="15">
-        <v>4159</v>
+        <v>3500</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>419</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>420</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>421</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
-        <v>0.04986</v>
+        <v>0.0519</v>
       </c>
       <c r="L143" s="15">
-        <v>0.04321</v>
+        <v>0.04498</v>
       </c>
       <c r="M143" s="15">
-        <v>0.04155</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.04325</v>
+      </c>
+      <c r="N143" s="15">
+        <v>3350</v>
+      </c>
+      <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>422</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>423</v>
       </c>
       <c r="E144" s="15">
         <v>10080059402</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
@@ -9329,51 +9340,51 @@
         <v>10080052245</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>429</v>
       </c>
       <c r="J146" s="15">
         <v>500</v>
       </c>
       <c r="K146" s="15">
         <v>0.04736</v>
       </c>
       <c r="L146" s="15">
         <v>0.04104</v>
       </c>
       <c r="M146" s="15">
         <v>0.03946</v>
       </c>
       <c r="N146" s="15">
-        <v>650</v>
+        <v>440</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E147" s="15">
         <v>10080003925</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
@@ -9402,140 +9413,140 @@
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>432</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>433</v>
       </c>
       <c r="E148" s="15">
         <v>10080071994</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
-        <v>0.04869</v>
+        <v>0.04908</v>
       </c>
       <c r="L148" s="15">
-        <v>0.0422</v>
+        <v>0.04254</v>
       </c>
       <c r="M148" s="15">
-        <v>0.04058</v>
+        <v>0.0409</v>
       </c>
       <c r="N148" s="15">
-        <v>6120</v>
+        <v>7380</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>434</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>435</v>
       </c>
       <c r="E149" s="15">
         <v>10080075765</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>436</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.13403</v>
       </c>
       <c r="L149" s="15">
         <v>0.11168</v>
       </c>
       <c r="M149" s="15">
         <v>0.10721</v>
       </c>
       <c r="N149" s="15">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>437</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>438</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>439</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.04737</v>
       </c>
       <c r="L150" s="15">
         <v>0.04105</v>
       </c>
       <c r="M150" s="15">
         <v>0.03948</v>
       </c>
       <c r="N150" s="15">
-        <v>360</v>
+        <v>355</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>440</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>441</v>
       </c>
       <c r="E151" s="15">
         <v>10080069781</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>46</v>
@@ -9571,135 +9582,135 @@
       </c>
       <c r="E152" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
         <v>0.07994999999999999</v>
       </c>
       <c r="L152" s="15">
         <v>0.06929</v>
       </c>
       <c r="M152" s="15">
         <v>0.06662999999999999</v>
       </c>
       <c r="N152" s="15">
-        <v>1189</v>
+        <v>1276</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E153" s="15">
         <v>10080003936</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>448</v>
       </c>
       <c r="J153" s="15">
         <v>500</v>
       </c>
       <c r="K153" s="15">
         <v>0.13967</v>
       </c>
       <c r="L153" s="15">
         <v>0.13449</v>
       </c>
       <c r="M153" s="15">
         <v>0.13062</v>
       </c>
       <c r="N153" s="15">
-        <v>497</v>
+        <v>541</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>449</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>450</v>
       </c>
       <c r="E154" s="15">
         <v>10080064416</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>250</v>
       </c>
       <c r="K154" s="15">
         <v>0.31876</v>
       </c>
       <c r="L154" s="15">
         <v>0.22854</v>
       </c>
       <c r="M154" s="15">
         <v>0.19848</v>
       </c>
       <c r="N154" s="15">
-        <v>512</v>
+        <v>552</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>451</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>452</v>
       </c>
       <c r="E155" s="15">
         <v>10080003939</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>49</v>
@@ -9815,51 +9826,51 @@
       </c>
       <c r="E158" s="15" t="s">
         <v>459</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
         <v>0.0896</v>
       </c>
       <c r="L158" s="15">
         <v>0.07765</v>
       </c>
       <c r="M158" s="15">
         <v>0.07466</v>
       </c>
       <c r="N158" s="15">
-        <v>598</v>
+        <v>824</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>460</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>461</v>
       </c>
       <c r="E159" s="15">
         <v>10080003940</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>49</v>
@@ -9895,51 +9906,51 @@
       </c>
       <c r="E160" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.10275</v>
       </c>
       <c r="L160" s="15">
         <v>0.07434</v>
       </c>
       <c r="M160" s="15">
         <v>0.06487</v>
       </c>
       <c r="N160" s="15">
-        <v>543</v>
+        <v>487</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E161" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
@@ -9975,51 +9986,51 @@
       </c>
       <c r="E162" s="15" t="s">
         <v>470</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>500</v>
       </c>
       <c r="K162" s="15">
         <v>0.0822</v>
       </c>
       <c r="L162" s="15">
         <v>0.07124</v>
       </c>
       <c r="M162" s="15">
         <v>0.06850000000000001</v>
       </c>
       <c r="N162" s="15">
-        <v>505</v>
+        <v>412</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
@@ -10059,51 +10070,51 @@
         <v>477</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
         <v>478</v>
       </c>
       <c r="J164" s="15">
         <v>500</v>
       </c>
       <c r="K164" s="15">
         <v>0.06518</v>
       </c>
       <c r="L164" s="15">
         <v>0.05649</v>
       </c>
       <c r="M164" s="15">
         <v>0.05431</v>
       </c>
       <c r="N164" s="15">
-        <v>1061</v>
+        <v>980</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>479</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>480</v>
       </c>
       <c r="E165" s="15">
         <v>10080034629</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>49</v>
@@ -10143,133 +10154,133 @@
         <v>10000004622</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>483</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.11889</v>
       </c>
       <c r="L166" s="15">
         <v>0.08602</v>
       </c>
       <c r="M166" s="15">
         <v>0.07506</v>
       </c>
       <c r="N166" s="15">
-        <v>240</v>
+        <v>304</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>485</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>486</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H167" s="15" t="s">
         <v>487</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.12552</v>
       </c>
       <c r="L167" s="15">
         <v>0.1046</v>
       </c>
       <c r="M167" s="15">
         <v>0.10042</v>
       </c>
       <c r="N167" s="15">
-        <v>405</v>
+        <v>420</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>488</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>489</v>
       </c>
       <c r="E168" s="15">
         <v>10080052246</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>500</v>
       </c>
       <c r="K168" s="15">
         <v>0.07467</v>
       </c>
       <c r="L168" s="15">
         <v>0.06471</v>
       </c>
       <c r="M168" s="15">
         <v>0.06223</v>
       </c>
       <c r="N168" s="15">
-        <v>8487</v>
+        <v>7616</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D169" s="15" t="s">
         <v>491</v>
       </c>
       <c r="E169" s="15">
         <v>10080003176</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H169" s="15" t="s">
         <v>136</v>
@@ -10346,51 +10357,51 @@
         <v>495</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
         <v>496</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
         <v>0.09021</v>
       </c>
       <c r="L171" s="15">
         <v>0.07818</v>
       </c>
       <c r="M171" s="15">
         <v>0.07518</v>
       </c>
       <c r="N171" s="15">
-        <v>6160</v>
+        <v>6560</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>497</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>498</v>
       </c>
       <c r="E172" s="15">
         <v>10080039534</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>49</v>
@@ -10516,51 +10527,51 @@
         <v>508</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>509</v>
       </c>
       <c r="J175" s="15">
         <v>500</v>
       </c>
       <c r="K175" s="15">
         <v>0.10232</v>
       </c>
       <c r="L175" s="15">
         <v>0.07403</v>
       </c>
       <c r="M175" s="15">
         <v>0.0646</v>
       </c>
       <c r="N175" s="15">
-        <v>1520</v>
+        <v>1760</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>510</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>511</v>
       </c>
       <c r="E176" s="15">
         <v>10080003931</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>49</v>
@@ -10639,51 +10650,51 @@
         <v>518</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15" t="s">
         <v>519</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.09021</v>
       </c>
       <c r="L178" s="15">
         <v>0.07818</v>
       </c>
       <c r="M178" s="15">
         <v>0.07518</v>
       </c>
       <c r="N178" s="15">
-        <v>2310</v>
+        <v>2400</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
         <v>520</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>521</v>
       </c>
       <c r="E179" s="15" t="s">
         <v>522</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>46</v>
@@ -10842,92 +10853,92 @@
       </c>
       <c r="E183" s="15" t="s">
         <v>532</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.10127</v>
       </c>
       <c r="L183" s="15">
         <v>0.07327</v>
       </c>
       <c r="M183" s="15">
         <v>0.06394</v>
       </c>
       <c r="N183" s="15">
-        <v>1680</v>
+        <v>1800</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>533</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>534</v>
       </c>
       <c r="E184" s="15">
         <v>10080031283</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.06168</v>
       </c>
       <c r="L184" s="15">
         <v>0.05346</v>
       </c>
       <c r="M184" s="15">
         <v>0.0514</v>
       </c>
       <c r="N184" s="15">
-        <v>28442</v>
+        <v>20923</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>535</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>536</v>
       </c>
       <c r="E185" s="15">
         <v>10080032691</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>49</v>
@@ -11008,94 +11019,94 @@
         <v>543</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
         <v>0.0759</v>
       </c>
       <c r="L187" s="15">
         <v>0.06578000000000001</v>
       </c>
       <c r="M187" s="15">
         <v>0.06325</v>
       </c>
       <c r="N187" s="15">
-        <v>49859</v>
+        <v>41517</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>546</v>
       </c>
       <c r="E188" s="15">
         <v>10080031284</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I188" s="15" t="s">
         <v>547</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
         <v>0.05846</v>
       </c>
       <c r="L188" s="15">
         <v>0.05066</v>
       </c>
       <c r="M188" s="15">
         <v>0.04871</v>
       </c>
       <c r="N188" s="15">
-        <v>41083</v>
+        <v>23623</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>548</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>549</v>
       </c>
       <c r="E189" s="15">
         <v>10080033464</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>49</v>
@@ -11219,51 +11230,51 @@
         <v>10080054873</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I192" s="15" t="s">
         <v>558</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
         <v>0.0824</v>
       </c>
       <c r="L192" s="15">
         <v>0.07141</v>
       </c>
       <c r="M192" s="15">
         <v>0.06866</v>
       </c>
       <c r="N192" s="15">
-        <v>21538</v>
+        <v>21193</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>559</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>560</v>
       </c>
       <c r="E193" s="15">
         <v>10080038491</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>49</v>
@@ -11381,51 +11392,51 @@
         <v>10080031285</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>568</v>
       </c>
       <c r="J196" s="15">
         <v>500</v>
       </c>
       <c r="K196" s="15">
         <v>0.06936</v>
       </c>
       <c r="L196" s="15">
         <v>0.06011</v>
       </c>
       <c r="M196" s="15">
         <v>0.0578</v>
       </c>
       <c r="N196" s="15">
-        <v>5077</v>
+        <v>2344</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>569</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>570</v>
       </c>
       <c r="E197" s="15">
         <v>10000015255</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>30</v>
@@ -11454,64 +11465,62 @@
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>572</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>573</v>
       </c>
       <c r="E198" s="15" t="s">
         <v>574</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>500</v>
       </c>
       <c r="K198" s="15">
-        <v>0.07443</v>
+        <v>0.07877000000000001</v>
       </c>
       <c r="L198" s="15">
-        <v>0.06451</v>
+        <v>0.06826</v>
       </c>
       <c r="M198" s="15">
-        <v>0.06203</v>
+        <v>0.06564</v>
       </c>
       <c r="N198" s="15">
-        <v>5490</v>
-[...3 lines deleted...]
-      </c>
+        <v>13680</v>
+      </c>
+      <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>575</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>576</v>
       </c>
       <c r="E199" s="15" t="s">
         <v>577</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
@@ -11549,51 +11558,51 @@
         <v>10080057812</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I200" s="15" t="s">
         <v>581</v>
       </c>
       <c r="J200" s="15">
         <v>500</v>
       </c>
       <c r="K200" s="15">
         <v>0.06804</v>
       </c>
       <c r="L200" s="15">
         <v>0.05897</v>
       </c>
       <c r="M200" s="15">
         <v>0.0567</v>
       </c>
       <c r="N200" s="15">
-        <v>716</v>
+        <v>873</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>582</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>583</v>
       </c>
       <c r="E201" s="15">
         <v>10080003946</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>30</v>
@@ -11617,4777 +11626,4775 @@
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>585</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>586</v>
       </c>
       <c r="E202" s="15">
         <v>10080031286</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="I202" s="15"/>
+      <c r="I202" s="15" t="s">
+        <v>587</v>
+      </c>
       <c r="J202" s="15">
         <v>500</v>
       </c>
       <c r="K202" s="15">
         <v>0.06603000000000001</v>
       </c>
       <c r="L202" s="15">
         <v>0.05723</v>
       </c>
       <c r="M202" s="15">
         <v>0.05503</v>
       </c>
       <c r="N202" s="15">
-        <v>24836</v>
+        <v>25383</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E203" s="15">
         <v>10000014727</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="I203" s="15"/>
+      <c r="I203" s="15" t="s">
+        <v>590</v>
+      </c>
       <c r="J203" s="15">
         <v>100</v>
       </c>
       <c r="K203" s="15">
         <v>0.11214</v>
       </c>
       <c r="L203" s="15">
         <v>0.10514</v>
       </c>
       <c r="M203" s="15">
         <v>0.10164</v>
       </c>
-      <c r="N203" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>586</v>
       </c>
       <c r="E204" s="15">
         <v>10080026586</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I204" s="15"/>
+      <c r="I204" s="15" t="s">
+        <v>592</v>
+      </c>
       <c r="J204" s="15">
         <v>500</v>
       </c>
       <c r="K204" s="15">
         <v>0.15479</v>
       </c>
       <c r="L204" s="15">
         <v>0.111</v>
       </c>
       <c r="M204" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N204" s="15">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I205" s="15"/>
+      <c r="I205" s="15" t="s">
+        <v>596</v>
+      </c>
       <c r="J205" s="15">
         <v>500</v>
       </c>
       <c r="K205" s="15">
         <v>0.08067000000000001</v>
       </c>
       <c r="L205" s="15">
         <v>0.06991</v>
       </c>
       <c r="M205" s="15">
         <v>0.06723</v>
       </c>
       <c r="N205" s="15">
-        <v>21160</v>
+        <v>26931</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="E206" s="15">
         <v>10080037586</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>300</v>
       </c>
       <c r="K206" s="15">
         <v>0.28045</v>
       </c>
       <c r="L206" s="15">
         <v>0.14899</v>
       </c>
       <c r="M206" s="15">
         <v>0.12709</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="E207" s="15">
         <v>10000022646</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.14058</v>
       </c>
       <c r="L207" s="15">
         <v>0.1008</v>
       </c>
       <c r="M207" s="15">
         <v>0.08753</v>
       </c>
       <c r="N207" s="15">
         <v>32</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="E208" s="15">
         <v>10080031287</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
         <v>0.07920000000000001</v>
       </c>
       <c r="L208" s="15">
         <v>0.06864000000000001</v>
       </c>
       <c r="M208" s="15">
         <v>0.066</v>
       </c>
       <c r="N208" s="15">
-        <v>14577</v>
+        <v>14352</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>100</v>
       </c>
       <c r="K209" s="15">
         <v>0.13191</v>
       </c>
       <c r="L209" s="15">
         <v>0.12415</v>
       </c>
       <c r="M209" s="15">
         <v>0.12027</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="E210" s="15">
         <v>10080034630</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="J210" s="15">
         <v>400</v>
       </c>
       <c r="K210" s="15">
         <v>0.25691</v>
       </c>
       <c r="L210" s="15">
         <v>0.13648</v>
       </c>
       <c r="M210" s="15">
         <v>0.10371</v>
       </c>
       <c r="N210" s="15">
         <v>8</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="E211" s="15">
         <v>10080031288</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.09378</v>
       </c>
       <c r="L211" s="15">
         <v>0.08128000000000001</v>
       </c>
       <c r="M211" s="15">
         <v>0.07815</v>
       </c>
       <c r="N211" s="15">
-        <v>591</v>
+        <v>648</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>100</v>
       </c>
       <c r="K212" s="15">
         <v>0.15261</v>
       </c>
       <c r="L212" s="15">
         <v>0.14354</v>
       </c>
       <c r="M212" s="15">
         <v>0.13838</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
       <c r="E213" s="15">
         <v>10000019008</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.11889</v>
       </c>
       <c r="L213" s="15">
         <v>0.08602</v>
       </c>
       <c r="M213" s="15">
         <v>0.07506</v>
       </c>
       <c r="N213" s="15">
-        <v>136</v>
+        <v>151</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="E214" s="15">
         <v>10080037587</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.28045</v>
       </c>
       <c r="L214" s="15">
         <v>0.14899</v>
       </c>
       <c r="M214" s="15">
         <v>0.12709</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="E215" s="15">
         <v>10080003172</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="J215" s="15">
         <v>250</v>
       </c>
       <c r="K215" s="15">
         <v>0.08585</v>
       </c>
       <c r="L215" s="15">
         <v>0.07439999999999999</v>
       </c>
       <c r="M215" s="15">
         <v>0.07154000000000001</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>0.13709</v>
       </c>
       <c r="L216" s="15">
         <v>0.12803</v>
       </c>
       <c r="M216" s="15">
         <v>0.12415</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="E217" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
-        <v>0.08346000000000001</v>
+        <v>0.08748</v>
       </c>
       <c r="L217" s="15">
-        <v>0.07233000000000001</v>
+        <v>0.07582</v>
       </c>
       <c r="M217" s="15">
-        <v>0.06955</v>
+        <v>0.07290000000000001</v>
       </c>
       <c r="N217" s="15">
-        <v>851</v>
-[...3 lines deleted...]
-      </c>
+        <v>4813</v>
+      </c>
+      <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="E218" s="15">
         <v>10080031289</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.07878</v>
       </c>
       <c r="L218" s="15">
         <v>0.06827999999999999</v>
       </c>
       <c r="M218" s="15">
         <v>0.06565</v>
       </c>
       <c r="N218" s="15">
-        <v>1096</v>
+        <v>1021</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="E219" s="15">
         <v>10080034631</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.18469</v>
       </c>
       <c r="L219" s="15">
         <v>0.13241</v>
       </c>
       <c r="M219" s="15">
         <v>0.115</v>
       </c>
       <c r="N219" s="15">
         <v>73</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="E220" s="15">
         <v>10080052247</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>500</v>
       </c>
       <c r="K220" s="15">
         <v>0.07840999999999999</v>
       </c>
       <c r="L220" s="15">
         <v>0.06795</v>
       </c>
       <c r="M220" s="15">
         <v>0.06534</v>
       </c>
       <c r="N220" s="15">
-        <v>1608</v>
+        <v>2016</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="E221" s="15">
         <v>10080003947</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="J221" s="15">
         <v>250</v>
       </c>
       <c r="K221" s="15">
         <v>0.08832</v>
       </c>
       <c r="L221" s="15">
         <v>0.07654</v>
       </c>
       <c r="M221" s="15">
         <v>0.0736</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>250</v>
       </c>
       <c r="K222" s="15">
         <v>0.09404</v>
       </c>
       <c r="L222" s="15">
         <v>0.0815</v>
       </c>
       <c r="M222" s="15">
         <v>0.07836</v>
       </c>
       <c r="N222" s="15">
-        <v>3200</v>
+        <v>3600</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="E223" s="15">
         <v>10080049768</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>0.23444</v>
       </c>
       <c r="L223" s="15">
         <v>0.12558</v>
       </c>
       <c r="M223" s="15">
         <v>0.10884</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="E224" s="15">
         <v>10080003173</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>100</v>
       </c>
       <c r="K224" s="15">
         <v>0.15357</v>
       </c>
       <c r="L224" s="15">
         <v>0.1101</v>
       </c>
       <c r="M224" s="15">
         <v>0.09561</v>
       </c>
       <c r="N224" s="15">
-        <v>2131</v>
+        <v>1628</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="E225" s="15">
         <v>10080032692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="J225" s="15">
         <v>400</v>
       </c>
       <c r="K225" s="15">
         <v>0.16557</v>
       </c>
       <c r="L225" s="15">
         <v>0.11288</v>
       </c>
       <c r="M225" s="15">
         <v>0.09783</v>
       </c>
       <c r="N225" s="15">
         <v>55</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="E226" s="15">
         <v>10080003934</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="J226" s="15">
         <v>500</v>
       </c>
       <c r="K226" s="15">
         <v>0.11614</v>
       </c>
       <c r="L226" s="15">
         <v>0.08402999999999999</v>
       </c>
       <c r="M226" s="15">
         <v>0.07332</v>
       </c>
       <c r="N226" s="15">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="J227" s="15">
         <v>500</v>
       </c>
       <c r="K227" s="15">
         <v>0.08315</v>
       </c>
       <c r="L227" s="15">
         <v>0.07206</v>
       </c>
       <c r="M227" s="15">
         <v>0.06929</v>
       </c>
       <c r="N227" s="15">
-        <v>900</v>
+        <v>1035</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="E228" s="15" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.08212999999999999</v>
       </c>
       <c r="L228" s="15">
         <v>0.07117999999999999</v>
       </c>
       <c r="M228" s="15">
         <v>0.06844</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="E229" s="15">
         <v>10080057879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>0.1566</v>
       </c>
       <c r="L229" s="15">
         <v>0.11229</v>
       </c>
       <c r="M229" s="15">
         <v>0.09751</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>445</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="J230" s="15">
         <v>250</v>
       </c>
       <c r="K230" s="15">
         <v>0.09635000000000001</v>
       </c>
       <c r="L230" s="15">
         <v>0.0835</v>
       </c>
       <c r="M230" s="15">
         <v>0.08029</v>
       </c>
       <c r="N230" s="15">
-        <v>6801</v>
+        <v>8796</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="E231" s="15">
         <v>10080003958</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>250</v>
       </c>
       <c r="K231" s="15">
         <v>0.27416</v>
       </c>
       <c r="L231" s="15">
         <v>0.26641</v>
       </c>
       <c r="M231" s="15">
         <v>0.25736</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="E232" s="15">
         <v>10080054916</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>250</v>
       </c>
       <c r="K232" s="15">
         <v>0.32616</v>
       </c>
       <c r="L232" s="15">
         <v>0.23298</v>
       </c>
       <c r="M232" s="15">
         <v>0.20191</v>
       </c>
       <c r="N232" s="15">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="E233" s="15">
         <v>10080003959</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>250</v>
       </c>
       <c r="K233" s="15">
         <v>0.14007</v>
       </c>
       <c r="L233" s="15">
         <v>0.12139</v>
       </c>
       <c r="M233" s="15">
         <v>0.11673</v>
       </c>
       <c r="N233" s="15">
-        <v>512</v>
+        <v>459</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>250</v>
       </c>
       <c r="K234" s="15">
         <v>0.41746</v>
       </c>
       <c r="L234" s="15">
         <v>0.35013</v>
       </c>
       <c r="M234" s="15">
         <v>0.33666</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="E235" s="15">
         <v>10080054917</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>250</v>
       </c>
       <c r="K235" s="15">
         <v>0.31525</v>
       </c>
       <c r="L235" s="15">
         <v>0.22603</v>
       </c>
       <c r="M235" s="15">
         <v>0.19629</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="E236" s="15">
         <v>10080071997</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="J236" s="15">
         <v>250</v>
       </c>
       <c r="K236" s="15">
         <v>0.18902</v>
       </c>
       <c r="L236" s="15">
         <v>0.16381</v>
       </c>
       <c r="M236" s="15">
         <v>0.15751</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="E237" s="15">
         <v>10080003177</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H237" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="J237" s="15">
         <v>250</v>
       </c>
       <c r="K237" s="15">
         <v>0.47107</v>
       </c>
       <c r="L237" s="15">
         <v>0.45587</v>
       </c>
       <c r="M237" s="15">
         <v>0.44068</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="E238" s="15" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="J238" s="15">
         <v>250</v>
       </c>
       <c r="K238" s="15">
         <v>0.31341</v>
       </c>
       <c r="L238" s="15">
         <v>0.22676</v>
       </c>
       <c r="M238" s="15">
         <v>0.19787</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>250</v>
       </c>
       <c r="K239" s="15">
         <v>0.14613</v>
       </c>
       <c r="L239" s="15">
         <v>0.12665</v>
       </c>
       <c r="M239" s="15">
         <v>0.12178</v>
       </c>
       <c r="N239" s="15">
-        <v>1980</v>
+        <v>2228</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="E240" s="15">
         <v>10080003952</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>250</v>
       </c>
       <c r="K240" s="15">
         <v>0.17465</v>
       </c>
       <c r="L240" s="15">
         <v>0.15136</v>
       </c>
       <c r="M240" s="15">
         <v>0.14554</v>
       </c>
       <c r="N240" s="15">
-        <v>912</v>
+        <v>582</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="E241" s="15">
         <v>10080037588</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
         <v>0.3572</v>
       </c>
       <c r="L241" s="15">
         <v>0.24357</v>
       </c>
       <c r="M241" s="15">
         <v>0.21107</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="E242" s="15">
         <v>10080003967</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.29745</v>
       </c>
       <c r="L242" s="15">
         <v>0.22243</v>
       </c>
       <c r="M242" s="15">
         <v>0.21597</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="E243" s="15">
         <v>10080052248</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>250</v>
       </c>
       <c r="K243" s="15">
         <v>0.23045</v>
       </c>
       <c r="L243" s="15">
         <v>0.15714</v>
       </c>
       <c r="M243" s="15">
         <v>0.13618</v>
       </c>
       <c r="N243" s="15">
-        <v>724</v>
+        <v>697</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="E244" s="15" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="J244" s="15">
         <v>250</v>
       </c>
       <c r="K244" s="15">
         <v>0.2926</v>
       </c>
       <c r="L244" s="15">
         <v>0.2117</v>
       </c>
       <c r="M244" s="15">
         <v>0.18473</v>
       </c>
       <c r="N244" s="15">
-        <v>308</v>
+        <v>38</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="E245" s="15" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="J245" s="15">
         <v>250</v>
       </c>
       <c r="K245" s="15">
         <v>0.19601</v>
       </c>
       <c r="L245" s="15">
         <v>0.16987</v>
       </c>
       <c r="M245" s="15">
         <v>0.16334</v>
       </c>
       <c r="N245" s="15">
         <v>10</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="E246" s="15">
         <v>10080031290</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="J246" s="15">
         <v>250</v>
       </c>
       <c r="K246" s="15">
         <v>0.42871</v>
       </c>
       <c r="L246" s="15">
         <v>0.22773</v>
       </c>
       <c r="M246" s="15">
         <v>0.19424</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="E247" s="15">
         <v>10000021536</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="J247" s="15">
         <v>200</v>
       </c>
       <c r="K247" s="15">
         <v>0.14204</v>
       </c>
       <c r="L247" s="15">
         <v>0.1231</v>
       </c>
       <c r="M247" s="15">
         <v>0.11836</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>200</v>
       </c>
       <c r="K248" s="15">
         <v>0.20956</v>
       </c>
       <c r="L248" s="15">
         <v>0.15161</v>
       </c>
       <c r="M248" s="15">
         <v>0.1323</v>
       </c>
       <c r="N248" s="15">
-        <v>25352</v>
+        <v>19524</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="E249" s="15" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="J249" s="15">
         <v>200</v>
       </c>
       <c r="K249" s="15">
         <v>0.29374</v>
       </c>
       <c r="L249" s="15">
         <v>0.21062</v>
       </c>
       <c r="M249" s="15">
         <v>0.1829</v>
       </c>
       <c r="N249" s="15">
         <v>3</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="E250" s="15">
         <v>10080031291</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="J250" s="15">
         <v>250</v>
       </c>
       <c r="K250" s="15">
         <v>0.14903</v>
       </c>
       <c r="L250" s="15">
         <v>0.12916</v>
       </c>
       <c r="M250" s="15">
         <v>0.12419</v>
       </c>
       <c r="N250" s="15">
-        <v>3178</v>
+        <v>2579</v>
       </c>
       <c r="O250" s="15">
-        <v>4000</v>
+        <v>3550</v>
       </c>
       <c r="P250" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="E251" s="15">
         <v>10000019010</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="J251" s="15">
         <v>200</v>
       </c>
       <c r="K251" s="15">
         <v>0.14007</v>
       </c>
       <c r="L251" s="15">
         <v>0.12139</v>
       </c>
       <c r="M251" s="15">
         <v>0.11673</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="J252" s="15">
         <v>200</v>
       </c>
       <c r="K252" s="15">
         <v>0.22839</v>
       </c>
       <c r="L252" s="15">
         <v>0.16524</v>
       </c>
       <c r="M252" s="15">
         <v>0.14419</v>
       </c>
       <c r="N252" s="15">
-        <v>1260</v>
+        <v>1098</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
         <v>0.19832</v>
       </c>
       <c r="L253" s="15">
         <v>0.17187</v>
       </c>
       <c r="M253" s="15">
         <v>0.16526</v>
       </c>
       <c r="N253" s="15">
         <v>74</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="E254" s="15" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>250</v>
       </c>
       <c r="K254" s="15">
         <v>0.30923</v>
       </c>
       <c r="L254" s="15">
         <v>0.22373</v>
       </c>
       <c r="M254" s="15">
         <v>0.19523</v>
       </c>
       <c r="N254" s="15">
-        <v>158</v>
+        <v>142</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="E255" s="15">
         <v>10080033465</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
         <v>0.27844</v>
       </c>
       <c r="L255" s="15">
         <v>0.19964</v>
       </c>
       <c r="M255" s="15">
         <v>0.17337</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15"/>
       <c r="K256" s="15">
         <v>0.23926</v>
       </c>
       <c r="L256" s="15">
         <v>0.22502</v>
       </c>
       <c r="M256" s="15">
         <v>0.21727</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="E257" s="15">
         <v>10080031292</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="J257" s="15">
         <v>250</v>
       </c>
       <c r="K257" s="15">
         <v>0.12668</v>
       </c>
       <c r="L257" s="15">
         <v>0.10979</v>
       </c>
       <c r="M257" s="15">
         <v>0.10556</v>
       </c>
-      <c r="N257" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="E258" s="15">
         <v>10000022748</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="J258" s="15">
         <v>200</v>
       </c>
       <c r="K258" s="15">
         <v>0.14204</v>
       </c>
       <c r="L258" s="15">
         <v>0.1231</v>
       </c>
       <c r="M258" s="15">
         <v>0.11836</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="E259" s="15" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="J259" s="15">
         <v>200</v>
       </c>
       <c r="K259" s="15">
         <v>0.14526</v>
       </c>
       <c r="L259" s="15">
         <v>0.12589</v>
       </c>
       <c r="M259" s="15">
         <v>0.12105</v>
       </c>
       <c r="N259" s="15">
-        <v>11710</v>
+        <v>8204</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="E260" s="15">
         <v>10080003969</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="J260" s="15">
         <v>200</v>
       </c>
       <c r="K260" s="15">
         <v>0.30328</v>
       </c>
       <c r="L260" s="15">
         <v>0.21744</v>
       </c>
       <c r="M260" s="15">
         <v>0.18884</v>
       </c>
       <c r="N260" s="15">
         <v>2</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E261" s="15" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="J261" s="15">
         <v>250</v>
       </c>
       <c r="K261" s="15">
-        <v>0.14918</v>
+        <v>0.15062</v>
       </c>
       <c r="L261" s="15">
-        <v>0.12929</v>
+        <v>0.13053</v>
       </c>
       <c r="M261" s="15">
-        <v>0.12431</v>
+        <v>0.12551</v>
       </c>
       <c r="N261" s="15">
-        <v>2088</v>
+        <v>1973</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="E262" s="15">
         <v>10080039535</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="J262" s="15">
         <v>200</v>
       </c>
       <c r="K262" s="15">
         <v>0.30702</v>
       </c>
       <c r="L262" s="15">
         <v>0.20935</v>
       </c>
       <c r="M262" s="15">
         <v>0.18141</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E263" s="15">
         <v>10080031293</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="J263" s="15">
         <v>250</v>
       </c>
       <c r="K263" s="15">
         <v>0.45975</v>
       </c>
       <c r="L263" s="15">
         <v>0.24429</v>
       </c>
       <c r="M263" s="15">
         <v>0.20835</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="E264" s="15">
         <v>10000019009</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="J264" s="15">
         <v>200</v>
       </c>
       <c r="K264" s="15">
         <v>0.222</v>
       </c>
       <c r="L264" s="15">
         <v>0.148</v>
       </c>
       <c r="M264" s="15">
         <v>0.135</v>
       </c>
       <c r="N264" s="15">
-        <v>8704</v>
+        <v>6515</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="E265" s="15" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>400</v>
       </c>
       <c r="K265" s="15">
         <v>0.16</v>
       </c>
       <c r="L265" s="15">
         <v>0.16</v>
       </c>
       <c r="M265" s="15">
         <v>0.16</v>
       </c>
       <c r="N265" s="15">
-        <v>1879</v>
+        <v>1792</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="E266" s="15">
         <v>10080031294</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="J266" s="15">
         <v>250</v>
       </c>
       <c r="K266" s="15">
         <v>0.45573</v>
       </c>
       <c r="L266" s="15">
         <v>0.24209</v>
       </c>
       <c r="M266" s="15">
         <v>0.20652</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="E267" s="15">
         <v>10000012368</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="J267" s="15">
         <v>200</v>
       </c>
       <c r="K267" s="15">
         <v>0.16289</v>
       </c>
       <c r="L267" s="15">
         <v>0.14117</v>
       </c>
       <c r="M267" s="15">
         <v>0.13574</v>
       </c>
       <c r="N267" s="15">
-        <v>297</v>
+        <v>194</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="E268" s="15" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>200</v>
       </c>
       <c r="K268" s="15">
         <v>0.17658</v>
       </c>
       <c r="L268" s="15">
         <v>0.15304</v>
       </c>
       <c r="M268" s="15">
         <v>0.14715</v>
       </c>
       <c r="N268" s="15">
-        <v>620</v>
+        <v>700</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="E269" s="15">
         <v>10080003956</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>200</v>
       </c>
       <c r="K269" s="15">
         <v>0.30391</v>
       </c>
       <c r="L269" s="15">
         <v>0.29486</v>
       </c>
       <c r="M269" s="15">
         <v>0.28451</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="E270" s="15">
         <v>10080066924</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
         <v>0.29029</v>
       </c>
       <c r="L270" s="15">
         <v>0.20814</v>
       </c>
       <c r="M270" s="15">
         <v>0.18075</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="E271" s="15" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
-        <v>0.20231</v>
+        <v>0.20541</v>
       </c>
       <c r="L271" s="15">
-        <v>0.17533</v>
+        <v>0.17802</v>
       </c>
       <c r="M271" s="15">
-        <v>0.16859</v>
+        <v>0.17118</v>
       </c>
       <c r="N271" s="15">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>1028</v>
+      </c>
+      <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="J272" s="15">
         <v>250</v>
       </c>
       <c r="K272" s="15">
         <v>0.18971</v>
       </c>
       <c r="L272" s="15">
         <v>0.16441</v>
       </c>
       <c r="M272" s="15">
         <v>0.15809</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="E273" s="15" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
         <v>0.21167</v>
       </c>
       <c r="L273" s="15">
         <v>0.18344</v>
       </c>
       <c r="M273" s="15">
         <v>0.17639</v>
       </c>
       <c r="N273" s="15">
         <v>40</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="E274" s="15">
         <v>10080037589</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>150</v>
       </c>
       <c r="K274" s="15">
         <v>0.5121599999999999</v>
       </c>
       <c r="L274" s="15">
         <v>0.27209</v>
       </c>
       <c r="M274" s="15">
         <v>0.23207</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="E275" s="15" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
         <v>0.2483</v>
       </c>
       <c r="L275" s="15">
         <v>0.23278</v>
       </c>
       <c r="M275" s="15">
         <v>0.22502</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="E276" s="15" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>250</v>
       </c>
       <c r="K276" s="15">
         <v>0.19</v>
       </c>
       <c r="L276" s="15">
         <v>0.15</v>
       </c>
       <c r="M276" s="15">
         <v>0.135</v>
       </c>
       <c r="N276" s="15">
-        <v>1709</v>
+        <v>1462</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="E277" s="15">
         <v>10080057940</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>200</v>
       </c>
       <c r="K277" s="15">
         <v>0.26108</v>
       </c>
       <c r="L277" s="15">
         <v>0.18719</v>
       </c>
       <c r="M277" s="15">
         <v>0.16255</v>
       </c>
       <c r="N277" s="15">
         <v>3</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="E278" s="15">
         <v>10080011519</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.2</v>
       </c>
       <c r="L278" s="15">
         <v>0.16</v>
       </c>
       <c r="M278" s="15">
         <v>0.14</v>
       </c>
       <c r="N278" s="15">
-        <v>9825</v>
+        <v>9713</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="J279" s="15">
         <v>200</v>
       </c>
       <c r="K279" s="15">
         <v>0.2</v>
       </c>
       <c r="L279" s="15">
         <v>0.16</v>
       </c>
       <c r="M279" s="15">
         <v>0.14</v>
       </c>
       <c r="N279" s="15">
-        <v>1740</v>
+        <v>1760</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1000</v>
       </c>
       <c r="K280" s="15">
         <v>0.13192</v>
       </c>
       <c r="L280" s="15">
         <v>0.10994</v>
       </c>
       <c r="M280" s="15">
         <v>0.10553</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>250</v>
       </c>
       <c r="K281" s="15">
         <v>0.82499</v>
       </c>
       <c r="L281" s="15">
         <v>0.69191</v>
       </c>
       <c r="M281" s="15">
         <v>0.66531</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.395</v>
       </c>
       <c r="L282" s="15">
         <v>0.395</v>
       </c>
       <c r="M282" s="15">
         <v>0.395</v>
       </c>
       <c r="N282" s="15">
         <v>10</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>2000</v>
       </c>
       <c r="K283" s="15">
         <v>0.05226</v>
       </c>
       <c r="L283" s="15">
         <v>0.05226</v>
       </c>
       <c r="M283" s="15">
         <v>0.05226</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
         <v>0.24243</v>
       </c>
       <c r="L284" s="15">
         <v>0.24243</v>
       </c>
       <c r="M284" s="15">
         <v>0.24243</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="H285" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>2000</v>
       </c>
       <c r="K285" s="15">
         <v>0.17847</v>
       </c>
       <c r="L285" s="15">
         <v>0.14968</v>
       </c>
       <c r="M285" s="15">
         <v>0.14393</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="E286" s="15" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="J286" s="15">
         <v>1000</v>
       </c>
       <c r="K286" s="15">
         <v>0.55502</v>
       </c>
       <c r="L286" s="15">
         <v>0.4655</v>
       </c>
       <c r="M286" s="15">
         <v>0.4476</v>
       </c>
       <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="E287" s="15" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>1500</v>
       </c>
       <c r="K287" s="15">
         <v>0.76971</v>
       </c>
       <c r="L287" s="15">
         <v>0.64555</v>
       </c>
       <c r="M287" s="15">
         <v>0.62072</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="E288" s="15" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>1000</v>
       </c>
       <c r="K288" s="15">
         <v>0.13789</v>
       </c>
       <c r="L288" s="15">
         <v>0.13789</v>
       </c>
       <c r="M288" s="15">
         <v>0.13789</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="E289" s="15" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>1000</v>
       </c>
       <c r="K289" s="15">
         <v>0.7210800000000001</v>
       </c>
       <c r="L289" s="15">
         <v>0.62493</v>
       </c>
       <c r="M289" s="15">
         <v>0.60089</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="E290" s="15" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="J290" s="15">
         <v>1000</v>
       </c>
       <c r="K290" s="15">
         <v>0.31</v>
       </c>
       <c r="L290" s="15">
         <v>0.31</v>
       </c>
       <c r="M290" s="15">
         <v>0.31</v>
       </c>
       <c r="N290" s="15">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="E291" s="15" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="H291" s="15" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>5000</v>
       </c>
       <c r="K291" s="15">
         <v>0.24562</v>
       </c>
       <c r="L291" s="15">
         <v>0.20601</v>
       </c>
       <c r="M291" s="15">
         <v>0.19808</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="E292" s="15" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>3000</v>
       </c>
       <c r="K292" s="15">
         <v>0.90347</v>
       </c>
       <c r="L292" s="15">
         <v>0.75775</v>
       </c>
       <c r="M292" s="15">
         <v>0.7286</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="E293" s="15" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
         <v>0.54604</v>
       </c>
       <c r="L293" s="15">
         <v>0.45797</v>
       </c>
       <c r="M293" s="15">
         <v>0.44035</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.47195</v>
       </c>
       <c r="L294" s="15">
         <v>0.40902</v>
       </c>
       <c r="M294" s="15">
         <v>0.39329</v>
       </c>
       <c r="N294" s="15">
-        <v>3950</v>
+        <v>3750</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="E295" s="15" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.81323</v>
       </c>
       <c r="L295" s="15">
         <v>0.68208</v>
       </c>
       <c r="M295" s="15">
         <v>0.65583</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="E296" s="15">
         <v>10080054805</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="J296" s="15">
         <v>3000</v>
       </c>
       <c r="K296" s="15">
         <v>0.11357</v>
       </c>
       <c r="L296" s="15">
         <v>0.09465</v>
       </c>
       <c r="M296" s="15">
         <v>0.09085</v>
       </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="H297" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
         <v>0.51569</v>
       </c>
       <c r="L297" s="15">
         <v>0.44693</v>
       </c>
       <c r="M297" s="15">
         <v>0.42974</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="E298" s="15" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>4000</v>
       </c>
       <c r="K298" s="15">
-        <v>0.01755</v>
+        <v>0.01635</v>
       </c>
       <c r="L298" s="15">
-        <v>0.01521</v>
+        <v>0.01417</v>
       </c>
       <c r="M298" s="15">
-        <v>0.01463</v>
+        <v>0.01363</v>
       </c>
       <c r="N298" s="15"/>
       <c r="O298" s="15"/>
-      <c r="P298" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="E299" s="15">
         <v>10080072974</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>4000</v>
       </c>
       <c r="K299" s="15">
         <v>0.031</v>
       </c>
       <c r="L299" s="15">
         <v>0.031</v>
       </c>
       <c r="M299" s="15">
         <v>0.031</v>
       </c>
       <c r="N299" s="15">
-        <v>12359</v>
+        <v>10328</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="E300" s="15" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>4000</v>
       </c>
       <c r="K300" s="15">
         <v>0.02781</v>
       </c>
       <c r="L300" s="15">
         <v>0.02332</v>
       </c>
       <c r="M300" s="15">
         <v>0.02243</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="E301" s="15" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>3000</v>
       </c>
       <c r="K301" s="15">
         <v>0.11</v>
       </c>
       <c r="L301" s="15">
         <v>0.11</v>
       </c>
       <c r="M301" s="15">
         <v>0.11</v>
       </c>
       <c r="N301" s="15">
-        <v>7440</v>
+        <v>9840</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="E302" s="15" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H302" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
         <v>0.095</v>
       </c>
       <c r="L302" s="15">
         <v>0.095</v>
       </c>
       <c r="M302" s="15">
         <v>0.095</v>
       </c>
       <c r="N302" s="15">
-        <v>1540</v>
+        <v>1760</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="E303" s="15" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H303" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>250</v>
       </c>
       <c r="K303" s="15">
         <v>0.47772</v>
       </c>
       <c r="L303" s="15">
         <v>0.47772</v>
       </c>
       <c r="M303" s="15">
         <v>0.47772</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="E304" s="15">
         <v>10080015875</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="H304" s="15" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>4000</v>
       </c>
       <c r="K304" s="15">
         <v>0.05546</v>
       </c>
       <c r="L304" s="15">
         <v>0.04621</v>
       </c>
       <c r="M304" s="15">
         <v>0.04437</v>
       </c>
       <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="E305" s="15" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="H305" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
         <v>0.155</v>
       </c>
       <c r="L305" s="15">
         <v>0.155</v>
       </c>
       <c r="M305" s="15">
         <v>0.155</v>
       </c>
       <c r="N305" s="15">
-        <v>850</v>
+        <v>700</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="E306" s="15" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="H306" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>1000</v>
       </c>
       <c r="K306" s="15">
         <v>0.26641</v>
       </c>
       <c r="L306" s="15">
         <v>0.25606</v>
       </c>
       <c r="M306" s="15">
         <v>0.24701</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E307" s="15">
         <v>10080003700</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="H307" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.26641</v>
       </c>
       <c r="L307" s="15">
         <v>0.25606</v>
       </c>
       <c r="M307" s="15">
         <v>0.24701</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="E308" s="15">
         <v>10080003778</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="H308" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
         <v>0.26641</v>
       </c>
       <c r="L308" s="15">
         <v>0.25606</v>
       </c>
       <c r="M308" s="15">
         <v>0.24701</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="E309" s="15" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H309" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.33107</v>
       </c>
       <c r="L309" s="15">
         <v>0.31944</v>
       </c>
       <c r="M309" s="15">
         <v>0.3078</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="E310" s="15" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H310" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
         <v>0.33107</v>
       </c>
       <c r="L310" s="15">
         <v>0.31944</v>
       </c>
       <c r="M310" s="15">
         <v>0.3078</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="E311" s="15">
         <v>10080003697</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H311" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.37245</v>
       </c>
       <c r="L311" s="15">
         <v>0.35952</v>
       </c>
       <c r="M311" s="15">
         <v>0.34659</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="E312" s="15">
         <v>10080003779</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H312" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.215</v>
       </c>
       <c r="L312" s="15">
         <v>0.215</v>
       </c>
       <c r="M312" s="15">
         <v>0.215</v>
       </c>
       <c r="N312" s="15">
-        <v>1513</v>
+        <v>1692</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="E313" s="15" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="H313" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.35823</v>
       </c>
       <c r="L313" s="15">
         <v>0.3453</v>
       </c>
       <c r="M313" s="15">
         <v>0.33236</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="E314" s="15">
         <v>10080066029</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="H314" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>4000</v>
       </c>
       <c r="K314" s="15">
         <v>0.04048</v>
       </c>
       <c r="L314" s="15">
         <v>0.03373</v>
       </c>
       <c r="M314" s="15">
         <v>0.03238</v>
       </c>
       <c r="N314" s="15"/>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="E315" s="15" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>136</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
         <v>0.45263</v>
       </c>
       <c r="L315" s="15">
         <v>0.38798</v>
       </c>
       <c r="M315" s="15">
         <v>0.35823</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>2500</v>
       </c>
       <c r="K316" s="15">
         <v>0.05968</v>
       </c>
       <c r="L316" s="15">
         <v>0.05968</v>
       </c>
       <c r="M316" s="15">
         <v>0.05968</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="E317" s="15" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H317" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>0.78513</v>
       </c>
       <c r="L317" s="15">
         <v>0.6585</v>
       </c>
       <c r="M317" s="15">
         <v>0.63317</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="E318" s="15" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="H318" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.28</v>
       </c>
       <c r="L318" s="15">
         <v>0.28</v>
       </c>
       <c r="M318" s="15">
         <v>0.28</v>
       </c>
       <c r="N318" s="15">
-        <v>2729</v>
+        <v>2990</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="E319" s="15" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>233</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>1000</v>
       </c>
       <c r="K319" s="15">
         <v>0.70225</v>
       </c>
       <c r="L319" s="15">
         <v>0.5889799999999999</v>
       </c>
       <c r="M319" s="15">
         <v>0.56633</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
@@ -16449,317 +16456,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>