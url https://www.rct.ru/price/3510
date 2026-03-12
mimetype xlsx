--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="967">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="966">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -232,81 +232,78 @@
   <si>
     <t>L-KLS6-05D431K</t>
   </si>
   <si>
     <t>430V 5mm / 05D431K (L-KLS6-05D431K)</t>
   </si>
   <si>
     <t>UT-00100748</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K431BASN1NN FENGHUA, FNR-05K431 FENGHUA, </t>
   </si>
   <si>
     <t>FNR-05K470</t>
   </si>
   <si>
     <t>47V 5mm / 05D470K (FNR-05K470)</t>
   </si>
   <si>
     <t>L-KLS6-05D470K</t>
   </si>
   <si>
     <t>47V 5mm / 05D470K L-KLS6-05D470K</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>471KD05</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K</t>
   </si>
   <si>
     <t>FNR-05K471</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR-05K471)</t>
   </si>
   <si>
     <t xml:space="preserve">FNR05K471BASN1NN FENGHUA, </t>
   </si>
   <si>
     <t>FNR05K471BASN1NN</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (FNR05K471BASN1NN)</t>
   </si>
   <si>
     <t>UT-00118662</t>
   </si>
   <si>
     <t xml:space="preserve">FNR-05K471 FENGHUA, </t>
   </si>
   <si>
-    <t>13.03.2026</t>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>L-KLS6-05D471K</t>
   </si>
   <si>
     <t>470V 5mm / 05D471K (L-KLS6-05D471K)</t>
   </si>
   <si>
     <t>UT-00092685</t>
   </si>
   <si>
     <t>L-KLS6-05D560K</t>
   </si>
   <si>
     <t>56V 5mm / 05D560K L-KLS6-05D560K</t>
   </si>
   <si>
     <t>10-00001987</t>
   </si>
   <si>
     <t>05D680K</t>
   </si>
   <si>
     <t>68V 5mm / 05D680K</t>
   </si>
@@ -3679,178 +3676,178 @@
       </c>
       <c r="E9" s="15">
         <v>10080047584</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.02972</v>
       </c>
       <c r="L9" s="15">
         <v>0.02575</v>
       </c>
       <c r="M9" s="15">
         <v>0.02476</v>
       </c>
       <c r="N9" s="15">
-        <v>1320</v>
+        <v>1271</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080052532</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01752</v>
       </c>
       <c r="L10" s="15">
         <v>0.01518</v>
       </c>
       <c r="M10" s="15">
         <v>0.0146</v>
       </c>
       <c r="N10" s="15">
-        <v>112</v>
+        <v>143</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.0243</v>
       </c>
       <c r="L11" s="15">
         <v>0.01758</v>
       </c>
       <c r="M11" s="15">
         <v>0.01534</v>
       </c>
       <c r="N11" s="15">
-        <v>5120</v>
+        <v>7040</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.0261</v>
       </c>
       <c r="L12" s="15">
         <v>0.02262</v>
       </c>
       <c r="M12" s="15">
         <v>0.02175</v>
       </c>
       <c r="N12" s="15">
-        <v>720</v>
+        <v>770</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080065762</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
@@ -3927,51 +3924,51 @@
       </c>
       <c r="E15" s="15">
         <v>10080034625</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05411</v>
       </c>
       <c r="L15" s="15">
         <v>0.03297</v>
       </c>
       <c r="M15" s="15">
         <v>0.02916</v>
       </c>
       <c r="N15" s="15">
-        <v>13713</v>
+        <v>15730</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15">
         <v>10080028134</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
@@ -4048,51 +4045,51 @@
         <v>10080008718</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01829</v>
       </c>
       <c r="L18" s="15">
         <v>0.01585</v>
       </c>
       <c r="M18" s="15">
         <v>0.01524</v>
       </c>
       <c r="N18" s="15">
-        <v>124</v>
+        <v>88</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>59</v>
@@ -4130,12276 +4127,12262 @@
         <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.01878</v>
       </c>
       <c r="L20" s="15">
         <v>0.01628</v>
       </c>
       <c r="M20" s="15">
         <v>0.01565</v>
       </c>
       <c r="N20" s="15">
-        <v>530</v>
+        <v>465</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.01734</v>
       </c>
       <c r="L21" s="15">
         <v>0.01503</v>
       </c>
       <c r="M21" s="15">
         <v>0.01445</v>
       </c>
       <c r="N21" s="15">
-        <v>18865</v>
+        <v>22908</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080071926</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.04231</v>
       </c>
       <c r="L22" s="15">
         <v>0.03034</v>
       </c>
       <c r="M22" s="15">
         <v>0.02635</v>
       </c>
       <c r="N22" s="15">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080055121</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.02628</v>
       </c>
       <c r="L23" s="15">
         <v>0.02278</v>
       </c>
       <c r="M23" s="15">
         <v>0.0219</v>
       </c>
       <c r="N23" s="15">
-        <v>675</v>
+        <v>619</v>
       </c>
       <c r="O23" s="15">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E24" s="15">
         <v>10080032800</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03504</v>
       </c>
       <c r="L24" s="15">
         <v>0.02513</v>
       </c>
       <c r="M24" s="15">
         <v>0.02182</v>
       </c>
       <c r="N24" s="15">
         <v>4</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E25" s="15">
         <v>10080039428</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01808</v>
       </c>
       <c r="L25" s="15">
         <v>0.01567</v>
       </c>
       <c r="M25" s="15">
         <v>0.01506</v>
       </c>
       <c r="N25" s="15">
-        <v>426</v>
+        <v>480</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01695</v>
       </c>
       <c r="L26" s="15">
         <v>0.01469</v>
       </c>
       <c r="M26" s="15">
         <v>0.01413</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15">
-        <v>1380</v>
+        <v>1280</v>
       </c>
       <c r="P26" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0331</v>
       </c>
       <c r="L27" s="15">
         <v>0.02372</v>
       </c>
       <c r="M27" s="15">
         <v>0.0206</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.027</v>
       </c>
       <c r="L28" s="15">
         <v>0.0234</v>
       </c>
       <c r="M28" s="15">
         <v>0.0225</v>
       </c>
       <c r="N28" s="15">
-        <v>707</v>
+        <v>754</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080038883</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.05799</v>
       </c>
       <c r="L29" s="15">
         <v>0.03954</v>
       </c>
       <c r="M29" s="15">
         <v>0.03426</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080066922</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02622</v>
       </c>
       <c r="L30" s="15">
         <v>0.02272</v>
       </c>
       <c r="M30" s="15">
         <v>0.02185</v>
       </c>
       <c r="N30" s="15">
-        <v>784</v>
+        <v>250</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080052242</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.05756</v>
       </c>
       <c r="L31" s="15">
         <v>0.0334</v>
       </c>
       <c r="M31" s="15">
         <v>0.03011</v>
       </c>
       <c r="N31" s="15">
         <v>227</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E32" s="15">
         <v>10080038490</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04293</v>
       </c>
       <c r="L32" s="15">
         <v>0.03067</v>
       </c>
       <c r="M32" s="15">
         <v>0.02658</v>
       </c>
-      <c r="N32" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E33" s="15">
         <v>10080003888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04506</v>
       </c>
       <c r="L33" s="15">
         <v>0.03072</v>
       </c>
       <c r="M33" s="15">
         <v>0.02661</v>
       </c>
       <c r="N33" s="15">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.0306</v>
       </c>
       <c r="L34" s="15">
         <v>0.02214</v>
       </c>
       <c r="M34" s="15">
         <v>0.01932</v>
       </c>
       <c r="N34" s="15">
         <v>79</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.02358</v>
       </c>
       <c r="L35" s="15">
         <v>0.02044</v>
       </c>
       <c r="M35" s="15">
         <v>0.01965</v>
       </c>
       <c r="N35" s="15">
-        <v>7700</v>
+        <v>6912</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E36" s="15">
         <v>10080042253</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.04293</v>
       </c>
       <c r="L36" s="15">
         <v>0.03067</v>
       </c>
       <c r="M36" s="15">
         <v>0.02658</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E37" s="15">
         <v>10080011036</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.04138</v>
       </c>
       <c r="L37" s="15">
         <v>0.0388</v>
       </c>
       <c r="M37" s="15">
         <v>0.0375</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080003170</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.02769</v>
       </c>
       <c r="L38" s="15">
         <v>0.02003</v>
       </c>
       <c r="M38" s="15">
         <v>0.01748</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.01938</v>
       </c>
       <c r="L39" s="15">
         <v>0.0168</v>
       </c>
       <c r="M39" s="15">
         <v>0.01615</v>
       </c>
       <c r="N39" s="15">
         <v>100</v>
       </c>
       <c r="O39" s="15">
-        <v>600</v>
+        <v>810</v>
       </c>
       <c r="P39" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10080035261</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.05429</v>
       </c>
       <c r="L40" s="15">
         <v>0.03893</v>
       </c>
       <c r="M40" s="15">
         <v>0.0338</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E41" s="15">
         <v>10000019804</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J41" s="15">
         <v>200</v>
       </c>
       <c r="K41" s="15">
         <v>0.05044</v>
       </c>
       <c r="L41" s="15">
         <v>0.04785</v>
       </c>
       <c r="M41" s="15">
         <v>0.04526</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E42" s="15">
         <v>10080018362</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.03374</v>
       </c>
       <c r="L42" s="15">
         <v>0.02924</v>
       </c>
       <c r="M42" s="15">
         <v>0.02811</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.03191</v>
       </c>
       <c r="L43" s="15">
         <v>0.02765</v>
       </c>
       <c r="M43" s="15">
         <v>0.02659</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.02925</v>
       </c>
       <c r="L44" s="15">
         <v>0.02535</v>
       </c>
       <c r="M44" s="15">
         <v>0.02438</v>
       </c>
       <c r="N44" s="15">
-        <v>4889</v>
+        <v>1906</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E45" s="15">
         <v>10080003175</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H45" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.08018</v>
       </c>
       <c r="L45" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="M45" s="15">
         <v>0.07500999999999999</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E46" s="15">
         <v>10080071992</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.02918</v>
       </c>
       <c r="L46" s="15">
         <v>0.02529</v>
       </c>
       <c r="M46" s="15">
         <v>0.02431</v>
       </c>
       <c r="N46" s="15">
-        <v>233</v>
+        <v>188</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
       </c>
       <c r="K47" s="15">
         <v>0.04057</v>
       </c>
       <c r="L47" s="15">
         <v>0.03386</v>
       </c>
       <c r="M47" s="15">
         <v>0</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E48" s="15">
         <v>10080015970</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.03195</v>
       </c>
       <c r="L48" s="15">
         <v>0.02312</v>
       </c>
       <c r="M48" s="15">
         <v>0.02017</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E49" s="15">
         <v>10080003890</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.04138</v>
       </c>
       <c r="L49" s="15">
         <v>0.0388</v>
       </c>
       <c r="M49" s="15">
         <v>0.0375</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.0306</v>
       </c>
       <c r="L50" s="15">
         <v>0.02214</v>
       </c>
       <c r="M50" s="15">
         <v>0.01932</v>
       </c>
       <c r="N50" s="15">
-        <v>4830</v>
+        <v>5740</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E51" s="15">
         <v>10080052372</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.05398</v>
       </c>
       <c r="L51" s="15">
         <v>0.0387</v>
       </c>
       <c r="M51" s="15">
         <v>0.03361</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E52" s="15">
         <v>10080003882</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.03162</v>
       </c>
       <c r="L52" s="15">
         <v>0.0274</v>
       </c>
       <c r="M52" s="15">
         <v>0.02635</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E53" s="15">
         <v>10080070739</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.03005</v>
       </c>
       <c r="L53" s="15">
         <v>0.02604</v>
       </c>
       <c r="M53" s="15">
         <v>0.02504</v>
       </c>
       <c r="N53" s="15">
         <v>2715</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.01992</v>
       </c>
       <c r="L54" s="15">
         <v>0.01726</v>
       </c>
       <c r="M54" s="15">
         <v>0.0166</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02817</v>
       </c>
       <c r="L55" s="15">
         <v>0.02038</v>
       </c>
       <c r="M55" s="15">
         <v>0.01778</v>
       </c>
       <c r="N55" s="15">
-        <v>520</v>
+        <v>600</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E56" s="15">
         <v>10080003893</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0149</v>
       </c>
       <c r="L56" s="15">
         <v>0.013</v>
       </c>
       <c r="M56" s="15">
         <v>0.012</v>
       </c>
       <c r="N56" s="15">
-        <v>7266</v>
+        <v>7840</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E57" s="15">
         <v>10080003884</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05075</v>
       </c>
       <c r="L57" s="15">
         <v>0.0364</v>
       </c>
       <c r="M57" s="15">
         <v>0.0316</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E58" s="15">
         <v>10080046174</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.05781</v>
       </c>
       <c r="L58" s="15">
         <v>0.04147</v>
       </c>
       <c r="M58" s="15">
         <v>0.036</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E59" s="15">
         <v>10080074100</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.02853</v>
       </c>
       <c r="L59" s="15">
         <v>0.02473</v>
       </c>
       <c r="M59" s="15">
         <v>0.02378</v>
       </c>
       <c r="N59" s="15">
-        <v>651</v>
+        <v>621</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.031</v>
       </c>
       <c r="L60" s="15">
         <v>0.0207</v>
       </c>
       <c r="M60" s="15">
         <v>0.0188</v>
       </c>
       <c r="N60" s="15">
-        <v>1980</v>
+        <v>2550</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E61" s="15">
         <v>10080003896</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.04365</v>
       </c>
       <c r="L61" s="15">
         <v>0.02975</v>
       </c>
       <c r="M61" s="15">
         <v>0.02579</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E62" s="15">
         <v>10080066923</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01995</v>
       </c>
       <c r="L62" s="15">
         <v>0.01729</v>
       </c>
       <c r="M62" s="15">
         <v>0.01663</v>
       </c>
       <c r="N62" s="15">
-        <v>174</v>
+        <v>207</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.01542</v>
       </c>
       <c r="L63" s="15">
         <v>0.01478</v>
       </c>
       <c r="M63" s="15">
         <v>0.01478</v>
       </c>
       <c r="N63" s="15">
-        <v>620</v>
+        <v>820</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.024</v>
       </c>
       <c r="L64" s="15">
         <v>0.0208</v>
       </c>
       <c r="M64" s="15">
         <v>0.02</v>
       </c>
       <c r="N64" s="15">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01825</v>
       </c>
       <c r="L65" s="15">
         <v>0.01749</v>
       </c>
       <c r="M65" s="15">
         <v>0.01749</v>
       </c>
       <c r="N65" s="15">
-        <v>2062</v>
+        <v>2333</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E66" s="15">
         <v>10080067836</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.06217</v>
       </c>
       <c r="L66" s="15">
         <v>0.05181</v>
       </c>
       <c r="M66" s="15">
         <v>0.04974</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E67" s="15">
         <v>10080067881</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.05592</v>
       </c>
       <c r="L67" s="15">
         <v>0.04287</v>
       </c>
       <c r="M67" s="15">
         <v>0.04287</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E68" s="15">
         <v>10080037585</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05398</v>
       </c>
       <c r="L68" s="15">
         <v>0.0387</v>
       </c>
       <c r="M68" s="15">
         <v>0.03361</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="E69" s="15">
         <v>10080059354</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.02744</v>
       </c>
       <c r="L69" s="15">
         <v>0.02378</v>
       </c>
       <c r="M69" s="15">
         <v>0.02286</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
-        <v>3320</v>
-[...3 lines deleted...]
-      </c>
+        <v>3600</v>
+      </c>
+      <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E70" s="15">
         <v>10080003885</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02973</v>
       </c>
       <c r="L70" s="15">
         <v>0.02577</v>
       </c>
       <c r="M70" s="15">
         <v>0.02478</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.04273</v>
       </c>
       <c r="L71" s="15">
         <v>0.03091</v>
       </c>
       <c r="M71" s="15">
         <v>0.02698</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>2493</v>
+        <v>2639</v>
       </c>
       <c r="P71" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E72" s="15">
         <v>10080032689</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.04195</v>
       </c>
       <c r="L72" s="15">
         <v>0.0301</v>
       </c>
       <c r="M72" s="15">
         <v>0.02613</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E73" s="15">
         <v>10080011038</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.03104</v>
       </c>
       <c r="L73" s="15">
         <v>0.02845</v>
       </c>
       <c r="M73" s="15">
         <v>0.02845</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E74" s="15">
         <v>10000029939</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.01995</v>
       </c>
       <c r="L74" s="15">
         <v>0.01729</v>
       </c>
       <c r="M74" s="15">
         <v>0.01663</v>
       </c>
       <c r="N74" s="15">
         <v>69</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02986</v>
       </c>
       <c r="L75" s="15">
         <v>0.0216</v>
       </c>
       <c r="M75" s="15">
         <v>0.01885</v>
       </c>
       <c r="N75" s="15">
-        <v>6864</v>
+        <v>6685</v>
       </c>
       <c r="O75" s="15">
-        <v>7700</v>
+        <v>7500</v>
       </c>
       <c r="P75" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E76" s="15">
         <v>10080034626</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.03785</v>
       </c>
       <c r="L76" s="15">
         <v>0.02713</v>
       </c>
       <c r="M76" s="15">
         <v>0.02358</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E77" s="15">
         <v>10080011039</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>200</v>
       </c>
       <c r="K77" s="15">
         <v>0.03493</v>
       </c>
       <c r="L77" s="15">
         <v>0.03234</v>
       </c>
       <c r="M77" s="15">
         <v>0.03104</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E78" s="15">
         <v>10000022647</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.02004</v>
       </c>
       <c r="L78" s="15">
         <v>0.01737</v>
       </c>
       <c r="M78" s="15">
         <v>0.0167</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>223</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.02036</v>
       </c>
       <c r="L79" s="15">
         <v>0.01764</v>
       </c>
       <c r="M79" s="15">
         <v>0.01696</v>
       </c>
       <c r="N79" s="15">
-        <v>75079</v>
+        <v>31660</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01839</v>
       </c>
       <c r="L80" s="15">
         <v>0.01594</v>
       </c>
       <c r="M80" s="15">
         <v>0.01533</v>
       </c>
       <c r="N80" s="15">
-        <v>31114</v>
+        <v>26933</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E81" s="15">
         <v>10080048658</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H81" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1500</v>
       </c>
       <c r="K81" s="15">
         <v>0.75902</v>
       </c>
       <c r="L81" s="15">
         <v>0.6224</v>
       </c>
       <c r="M81" s="15">
         <v>0.59709</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="E82" s="15">
         <v>10080058060</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.08627</v>
       </c>
       <c r="L82" s="15">
         <v>0.06186</v>
       </c>
       <c r="M82" s="15">
         <v>0.05372</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E83" s="15">
         <v>10000004408</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.05338</v>
       </c>
       <c r="L83" s="15">
         <v>0.03828</v>
       </c>
       <c r="M83" s="15">
         <v>0.03325</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.02762</v>
       </c>
       <c r="L84" s="15">
         <v>0.02393</v>
       </c>
       <c r="M84" s="15">
         <v>0.02301</v>
       </c>
       <c r="N84" s="15">
-        <v>678</v>
+        <v>516</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E85" s="15">
         <v>10080034627</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.04199</v>
       </c>
       <c r="L85" s="15">
         <v>0.03011</v>
       </c>
       <c r="M85" s="15">
         <v>0.02614</v>
       </c>
       <c r="N85" s="15">
-        <v>299</v>
+        <v>376</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E86" s="15">
         <v>10080011040</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.04138</v>
       </c>
       <c r="L86" s="15">
         <v>0.0388</v>
       </c>
       <c r="M86" s="15">
         <v>0.0375</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E87" s="15">
         <v>10080031277</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.02109</v>
       </c>
       <c r="L87" s="15">
         <v>0.01828</v>
       </c>
       <c r="M87" s="15">
         <v>0.01758</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E88" s="15">
         <v>10080011518</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.01995</v>
       </c>
       <c r="L88" s="15">
         <v>0.01729</v>
       </c>
       <c r="M88" s="15">
         <v>0.01663</v>
       </c>
       <c r="N88" s="15">
         <v>16</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02262</v>
       </c>
       <c r="L89" s="15">
         <v>0.0196</v>
       </c>
       <c r="M89" s="15">
         <v>0.01885</v>
       </c>
       <c r="N89" s="15">
-        <v>18460</v>
+        <v>18750</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.02543</v>
       </c>
       <c r="L90" s="15">
         <v>0.02204</v>
       </c>
       <c r="M90" s="15">
         <v>0.02119</v>
       </c>
       <c r="N90" s="15">
-        <v>17474</v>
+        <v>19042</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E91" s="15">
         <v>10080003899</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.02855</v>
       </c>
       <c r="L91" s="15">
         <v>0.02474</v>
       </c>
       <c r="M91" s="15">
         <v>0.02379</v>
       </c>
-      <c r="N91" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E92" s="15">
         <v>10080074101</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.02861</v>
       </c>
       <c r="L92" s="15">
         <v>0.02479</v>
       </c>
       <c r="M92" s="15">
         <v>0.02384</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E93" s="15">
         <v>10080032690</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.07607999999999999</v>
       </c>
       <c r="L93" s="15">
         <v>0.05188</v>
       </c>
       <c r="M93" s="15">
         <v>0.04495</v>
       </c>
       <c r="N93" s="15">
-        <v>2065</v>
+        <v>2123</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.04138</v>
       </c>
       <c r="L94" s="15">
         <v>0.0388</v>
       </c>
       <c r="M94" s="15">
         <v>0.0375</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="E95" s="15">
         <v>10080003887</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04561</v>
       </c>
       <c r="L95" s="15">
         <v>0.033</v>
       </c>
       <c r="M95" s="15">
         <v>0.0288</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.02868</v>
       </c>
       <c r="L96" s="15">
         <v>0.02486</v>
       </c>
       <c r="M96" s="15">
         <v>0.0239</v>
       </c>
       <c r="N96" s="15">
-        <v>403</v>
+        <v>389</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E97" s="15">
         <v>10080003900</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.04752</v>
       </c>
       <c r="L97" s="15">
         <v>0.03406</v>
       </c>
       <c r="M97" s="15">
         <v>0.0296</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E98" s="15">
         <v>10080064913</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.03174</v>
       </c>
       <c r="L98" s="15">
         <v>0.02751</v>
       </c>
       <c r="M98" s="15">
         <v>0.02645</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>283</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.03969</v>
       </c>
       <c r="L99" s="15">
         <v>0.02872</v>
       </c>
       <c r="M99" s="15">
         <v>0.02506</v>
       </c>
       <c r="N99" s="15">
-        <v>31126</v>
+        <v>26793</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="E100" s="15">
         <v>10080074041</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.02697</v>
       </c>
       <c r="L100" s="15">
         <v>0.02337</v>
       </c>
       <c r="M100" s="15">
         <v>0.02248</v>
       </c>
       <c r="N100" s="15">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E101" s="15">
         <v>10080033458</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>0.07545</v>
       </c>
       <c r="L101" s="15">
         <v>0.05145</v>
       </c>
       <c r="M101" s="15">
         <v>0.04631</v>
       </c>
       <c r="N101" s="15">
         <v>70</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E102" s="15">
         <v>10000004409</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="J102" s="15">
         <v>1000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04478</v>
       </c>
       <c r="L102" s="15">
         <v>0.03211</v>
       </c>
       <c r="M102" s="15">
         <v>0.02788</v>
       </c>
       <c r="N102" s="15">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.02913</v>
       </c>
       <c r="L103" s="15">
         <v>0.02525</v>
       </c>
       <c r="M103" s="15">
         <v>0.02428</v>
       </c>
       <c r="N103" s="15">
-        <v>657</v>
+        <v>630</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>299</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.03341</v>
       </c>
       <c r="L104" s="15">
         <v>0.02895</v>
       </c>
       <c r="M104" s="15">
         <v>0.02784</v>
       </c>
       <c r="N104" s="15">
-        <v>790</v>
+        <v>860</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02888</v>
       </c>
       <c r="L105" s="15">
         <v>0.02503</v>
       </c>
       <c r="M105" s="15">
         <v>0.02406</v>
       </c>
       <c r="N105" s="15">
-        <v>2327</v>
+        <v>1840</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E106" s="15">
         <v>10080003912</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.0398</v>
       </c>
       <c r="L106" s="15">
         <v>0.03449</v>
       </c>
       <c r="M106" s="15">
         <v>0.03316</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>311</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.0318</v>
       </c>
       <c r="L107" s="15">
         <v>0.03048</v>
       </c>
       <c r="M107" s="15">
         <v>0.03048</v>
       </c>
       <c r="N107" s="15">
-        <v>5586</v>
+        <v>4522</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.08470999999999999</v>
       </c>
       <c r="L108" s="15">
         <v>0.07105</v>
       </c>
       <c r="M108" s="15">
         <v>0.06831</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E109" s="15">
         <v>10080003914</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.10991</v>
       </c>
       <c r="L109" s="15">
         <v>0.07495</v>
       </c>
       <c r="M109" s="15">
         <v>0.06494</v>
       </c>
       <c r="N109" s="15">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>320</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.0398</v>
       </c>
       <c r="L110" s="15">
         <v>0.03449</v>
       </c>
       <c r="M110" s="15">
         <v>0.03316</v>
       </c>
       <c r="N110" s="15">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="E111" s="15">
         <v>10000020408</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
         <v>0.0398</v>
       </c>
       <c r="L111" s="15">
         <v>0.03449</v>
       </c>
       <c r="M111" s="15">
         <v>0.03316</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="E112" s="15">
         <v>10080031278</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.03804</v>
       </c>
       <c r="L112" s="15">
         <v>0.03297</v>
       </c>
       <c r="M112" s="15">
         <v>0.0317</v>
       </c>
       <c r="N112" s="15">
-        <v>1036</v>
+        <v>1191</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>500</v>
       </c>
       <c r="K113" s="15">
         <v>0.05223</v>
       </c>
       <c r="L113" s="15">
         <v>0.04527</v>
       </c>
       <c r="M113" s="15">
         <v>0.04353</v>
       </c>
       <c r="N113" s="15">
-        <v>4100</v>
+        <v>3550</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E114" s="15">
         <v>10080003916</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>0.10991</v>
       </c>
       <c r="L114" s="15">
         <v>0.07495</v>
       </c>
       <c r="M114" s="15">
         <v>0.06494</v>
       </c>
       <c r="N114" s="15">
         <v>4</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E115" s="15">
         <v>10080064914</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.03863</v>
       </c>
       <c r="L115" s="15">
         <v>0.03348</v>
       </c>
       <c r="M115" s="15">
         <v>0.03219</v>
       </c>
       <c r="N115" s="15">
-        <v>253</v>
+        <v>285</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>338</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03054</v>
       </c>
       <c r="L116" s="15">
         <v>0.02927</v>
       </c>
       <c r="M116" s="15">
         <v>0.02927</v>
       </c>
       <c r="N116" s="15">
-        <v>435</v>
+        <v>635</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E117" s="15">
         <v>10080052244</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.04034</v>
       </c>
       <c r="L117" s="15">
         <v>0.03496</v>
       </c>
       <c r="M117" s="15">
         <v>0.03361</v>
       </c>
       <c r="N117" s="15">
         <v>6</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="E118" s="15">
         <v>10080033459</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.0418</v>
       </c>
       <c r="L118" s="15">
         <v>0.0418</v>
       </c>
       <c r="M118" s="15">
         <v>0.0418</v>
       </c>
       <c r="N118" s="15">
-        <v>1307</v>
+        <v>1666</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="E119" s="15">
         <v>10080003917</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.0418</v>
       </c>
       <c r="L119" s="15">
         <v>0.0418</v>
       </c>
       <c r="M119" s="15">
         <v>0.0418</v>
       </c>
       <c r="N119" s="15">
-        <v>4400</v>
+        <v>3667</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="E120" s="15">
         <v>10080003921</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.1495</v>
       </c>
       <c r="L120" s="15">
         <v>0.07940999999999999</v>
       </c>
       <c r="M120" s="15">
         <v>0.06777</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>353</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>356</v>
+        <v>355</v>
       </c>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.05909</v>
       </c>
       <c r="L121" s="15">
         <v>0.04275</v>
       </c>
       <c r="M121" s="15">
         <v>0.03731</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>357</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.03707</v>
       </c>
       <c r="L122" s="15">
         <v>0.03212</v>
       </c>
       <c r="M122" s="15">
         <v>0.03089</v>
       </c>
       <c r="N122" s="15">
-        <v>4578</v>
+        <v>1945</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="E123" s="15">
         <v>10080033460</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09124</v>
       </c>
       <c r="L123" s="15">
         <v>0.06222</v>
       </c>
       <c r="M123" s="15">
         <v>0.05391</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="E124" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.0582</v>
       </c>
       <c r="L124" s="15">
         <v>0.05431</v>
       </c>
       <c r="M124" s="15">
         <v>0.05303</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.04179</v>
       </c>
       <c r="L125" s="15">
         <v>0.03622</v>
       </c>
       <c r="M125" s="15">
         <v>0.03483</v>
       </c>
       <c r="N125" s="15">
-        <v>2210</v>
+        <v>2347</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E126" s="15">
         <v>10080031279</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
         <v>0.03705</v>
       </c>
       <c r="L126" s="15">
         <v>0.03211</v>
       </c>
       <c r="M126" s="15">
         <v>0.03088</v>
       </c>
       <c r="N126" s="15">
-        <v>339</v>
+        <v>278</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E127" s="15">
         <v>10080033461</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.14395</v>
       </c>
       <c r="L127" s="15">
         <v>0.07648000000000001</v>
       </c>
       <c r="M127" s="15">
         <v>0.06522</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>376</v>
       </c>
-      <c r="D128" s="15" t="s">
+      <c r="E128" s="15" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.0602</v>
       </c>
       <c r="L128" s="15">
         <v>0.04355</v>
       </c>
       <c r="M128" s="15">
         <v>0.038</v>
       </c>
       <c r="N128" s="15">
-        <v>10764</v>
+        <v>12020</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="E129" s="15">
         <v>10080031280</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J129" s="15">
         <v>500</v>
       </c>
       <c r="K129" s="15">
         <v>0.03627</v>
       </c>
       <c r="L129" s="15">
         <v>0.03143</v>
       </c>
       <c r="M129" s="15">
         <v>0.03023</v>
       </c>
       <c r="N129" s="15">
-        <v>7715</v>
+        <v>8056</v>
       </c>
       <c r="O129" s="15">
-        <v>19800</v>
-[...3 lines deleted...]
-      </c>
+        <v>21600</v>
+      </c>
+      <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="E130" s="15">
         <v>10080067728</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H130" s="15" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.20286</v>
       </c>
       <c r="L130" s="15">
         <v>0.13567</v>
       </c>
       <c r="M130" s="15">
         <v>0.12298</v>
       </c>
       <c r="N130" s="15">
         <v>1</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>385</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="E131" s="15">
         <v>10080034628</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="J131" s="15">
         <v>500</v>
       </c>
       <c r="K131" s="15">
         <v>0.1681</v>
       </c>
       <c r="L131" s="15">
         <v>0.09304999999999999</v>
       </c>
       <c r="M131" s="15">
         <v>0.08105</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>388</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="E132" s="15">
         <v>10000010508</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.05289</v>
       </c>
       <c r="L132" s="15">
         <v>0.04584</v>
       </c>
       <c r="M132" s="15">
         <v>0.04408</v>
       </c>
       <c r="N132" s="15">
-        <v>385</v>
+        <v>500</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>392</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.05076</v>
       </c>
       <c r="L133" s="15">
         <v>0.04399</v>
       </c>
       <c r="M133" s="15">
         <v>0.0423</v>
       </c>
       <c r="N133" s="15">
-        <v>740</v>
+        <v>710</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E134" s="15">
         <v>10080070740</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="J134" s="15">
         <v>500</v>
       </c>
       <c r="K134" s="15">
         <v>0.08934</v>
       </c>
       <c r="L134" s="15">
         <v>0.07493</v>
       </c>
       <c r="M134" s="15">
         <v>0.07205</v>
       </c>
       <c r="N134" s="15">
-        <v>2555</v>
+        <v>2015</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="E135" s="15">
         <v>10080033462</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="J135" s="15">
         <v>500</v>
       </c>
       <c r="K135" s="15">
         <v>0.14737</v>
       </c>
       <c r="L135" s="15">
         <v>0.10048</v>
       </c>
       <c r="M135" s="15">
         <v>0.09045</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E136" s="15">
         <v>10080011041</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>200</v>
       </c>
       <c r="K136" s="15">
         <v>0.06337</v>
       </c>
       <c r="L136" s="15">
         <v>0.05949</v>
       </c>
       <c r="M136" s="15">
         <v>0.0569</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="E137" s="15">
         <v>10000029938</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="J137" s="15">
         <v>500</v>
       </c>
       <c r="K137" s="15">
         <v>0.03861</v>
       </c>
       <c r="L137" s="15">
         <v>0.03346</v>
       </c>
       <c r="M137" s="15">
         <v>0.03218</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="E138" s="15">
         <v>10080031281</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="J138" s="15">
         <v>500</v>
       </c>
       <c r="K138" s="15">
         <v>0.03627</v>
       </c>
       <c r="L138" s="15">
         <v>0.03143</v>
       </c>
       <c r="M138" s="15">
         <v>0.03023</v>
       </c>
       <c r="N138" s="15">
-        <v>51059</v>
+        <v>58679</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="E139" s="15">
         <v>10080033463</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="J139" s="15">
         <v>500</v>
       </c>
       <c r="K139" s="15">
         <v>0.09313</v>
       </c>
       <c r="L139" s="15">
         <v>0.06349</v>
       </c>
       <c r="M139" s="15">
         <v>0.05503</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>411</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
         <v>0.06466</v>
       </c>
       <c r="L140" s="15">
         <v>0.06079</v>
       </c>
       <c r="M140" s="15">
         <v>0.05949</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="E141" s="15">
         <v>10080003171</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.04703</v>
       </c>
       <c r="L141" s="15">
         <v>0.04076</v>
       </c>
       <c r="M141" s="15">
         <v>0.03919</v>
       </c>
       <c r="N141" s="15">
-        <v>4883</v>
+        <v>2565</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="E142" s="15">
         <v>10080031282</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
         <v>0.04269</v>
       </c>
       <c r="L142" s="15">
         <v>0.037</v>
       </c>
       <c r="M142" s="15">
         <v>0.03558</v>
       </c>
       <c r="N142" s="15">
-        <v>3500</v>
+        <v>3691</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>419</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>500</v>
       </c>
       <c r="K143" s="15">
         <v>0.0519</v>
       </c>
       <c r="L143" s="15">
         <v>0.04498</v>
       </c>
       <c r="M143" s="15">
         <v>0.04325</v>
       </c>
       <c r="N143" s="15">
-        <v>3350</v>
+        <v>3100</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="E144" s="15">
         <v>10080059402</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>500</v>
       </c>
       <c r="K144" s="15">
         <v>0.08746</v>
       </c>
       <c r="L144" s="15">
         <v>0.06271</v>
       </c>
       <c r="M144" s="15">
         <v>0.05446</v>
       </c>
       <c r="N144" s="15">
         <v>53</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E145" s="15">
         <v>10080003924</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09061</v>
       </c>
       <c r="L145" s="15">
         <v>0.06496</v>
       </c>
       <c r="M145" s="15">
         <v>0.05643</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="E146" s="15">
         <v>10080052245</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J146" s="15">
         <v>500</v>
       </c>
       <c r="K146" s="15">
         <v>0.04736</v>
       </c>
       <c r="L146" s="15">
         <v>0.04104</v>
       </c>
       <c r="M146" s="15">
         <v>0.03946</v>
       </c>
       <c r="N146" s="15">
-        <v>440</v>
+        <v>345</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E147" s="15">
         <v>10080003925</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
         <v>0.08839</v>
       </c>
       <c r="L147" s="15">
         <v>0.06337</v>
       </c>
       <c r="M147" s="15">
         <v>0.05503</v>
       </c>
       <c r="N147" s="15">
         <v>41</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>431</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="E148" s="15">
         <v>10080071994</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>500</v>
       </c>
       <c r="K148" s="15">
         <v>0.04908</v>
       </c>
       <c r="L148" s="15">
         <v>0.04254</v>
       </c>
       <c r="M148" s="15">
         <v>0.0409</v>
       </c>
       <c r="N148" s="15">
-        <v>7380</v>
+        <v>8100</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="E149" s="15">
         <v>10080075765</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H149" s="15" t="s">
-        <v>436</v>
+        <v>435</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.13403</v>
       </c>
       <c r="L149" s="15">
         <v>0.11168</v>
       </c>
       <c r="M149" s="15">
         <v>0.10721</v>
       </c>
       <c r="N149" s="15">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>437</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.04737</v>
       </c>
       <c r="L150" s="15">
         <v>0.04105</v>
       </c>
       <c r="M150" s="15">
         <v>0.03948</v>
       </c>
       <c r="N150" s="15">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="E151" s="15">
         <v>10080069781</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>500</v>
       </c>
       <c r="K151" s="15">
         <v>0.1548</v>
       </c>
       <c r="L151" s="15">
         <v>0.12985</v>
       </c>
       <c r="M151" s="15">
         <v>0.12485</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>442</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
         <v>0.07994999999999999</v>
       </c>
       <c r="L152" s="15">
         <v>0.06929</v>
       </c>
       <c r="M152" s="15">
         <v>0.06662999999999999</v>
       </c>
       <c r="N152" s="15">
-        <v>1276</v>
+        <v>1204</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="E153" s="15">
         <v>10080003936</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J153" s="15">
         <v>500</v>
       </c>
       <c r="K153" s="15">
         <v>0.13967</v>
       </c>
       <c r="L153" s="15">
         <v>0.13449</v>
       </c>
       <c r="M153" s="15">
         <v>0.13062</v>
       </c>
       <c r="N153" s="15">
-        <v>541</v>
+        <v>417</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="E154" s="15">
         <v>10080064416</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>250</v>
       </c>
       <c r="K154" s="15">
         <v>0.31876</v>
       </c>
       <c r="L154" s="15">
         <v>0.22854</v>
       </c>
       <c r="M154" s="15">
         <v>0.19848</v>
       </c>
       <c r="N154" s="15">
-        <v>552</v>
+        <v>720</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="E155" s="15">
         <v>10080003939</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>400</v>
       </c>
       <c r="K155" s="15">
         <v>0.11095</v>
       </c>
       <c r="L155" s="15">
         <v>0.07956000000000001</v>
       </c>
       <c r="M155" s="15">
         <v>0.06908</v>
       </c>
       <c r="N155" s="15">
         <v>59</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="E156" s="15">
         <v>10080009804</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.13191</v>
       </c>
       <c r="L156" s="15">
         <v>0.12287</v>
       </c>
       <c r="M156" s="15">
         <v>0.11898</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="E157" s="15">
         <v>10000004189</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>0.19401</v>
       </c>
       <c r="L157" s="15">
         <v>0.1323</v>
       </c>
       <c r="M157" s="15">
         <v>0.11906</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>457</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
         <v>0.0896</v>
       </c>
       <c r="L158" s="15">
         <v>0.07765</v>
       </c>
       <c r="M158" s="15">
         <v>0.07466</v>
       </c>
       <c r="N158" s="15">
-        <v>824</v>
+        <v>677</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="E159" s="15">
         <v>10080003940</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.18109</v>
       </c>
       <c r="L159" s="15">
         <v>0.12348</v>
       </c>
       <c r="M159" s="15">
         <v>0.11112</v>
       </c>
       <c r="N159" s="15">
         <v>28</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>462</v>
       </c>
-      <c r="D160" s="15" t="s">
+      <c r="E160" s="15" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.10275</v>
       </c>
       <c r="L160" s="15">
         <v>0.07434</v>
       </c>
       <c r="M160" s="15">
         <v>0.06487</v>
       </c>
       <c r="N160" s="15">
-        <v>487</v>
+        <v>570</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>465</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
         <v>0.08117000000000001</v>
       </c>
       <c r="L161" s="15">
         <v>0.07034</v>
       </c>
       <c r="M161" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>468</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>500</v>
       </c>
       <c r="K162" s="15">
         <v>0.0822</v>
       </c>
       <c r="L162" s="15">
         <v>0.07124</v>
       </c>
       <c r="M162" s="15">
         <v>0.06850000000000001</v>
       </c>
       <c r="N162" s="15">
-        <v>412</v>
+        <v>511</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>471</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
         <v>0.17146</v>
       </c>
       <c r="L163" s="15">
         <v>0.1438</v>
       </c>
       <c r="M163" s="15">
         <v>0.13827</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>474</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>475</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="J164" s="15">
         <v>500</v>
       </c>
       <c r="K164" s="15">
         <v>0.06518</v>
       </c>
       <c r="L164" s="15">
         <v>0.05649</v>
       </c>
       <c r="M164" s="15">
         <v>0.05431</v>
       </c>
       <c r="N164" s="15">
-        <v>980</v>
+        <v>871</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
       <c r="E165" s="15">
         <v>10080034629</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="J165" s="15">
         <v>400</v>
       </c>
       <c r="K165" s="15">
         <v>0.28555</v>
       </c>
       <c r="L165" s="15">
         <v>0.1517</v>
       </c>
       <c r="M165" s="15">
         <v>0.12939</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="E166" s="15">
         <v>10000004622</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="J166" s="15">
         <v>500</v>
       </c>
       <c r="K166" s="15">
         <v>0.11889</v>
       </c>
       <c r="L166" s="15">
         <v>0.08602</v>
       </c>
       <c r="M166" s="15">
         <v>0.07506</v>
       </c>
       <c r="N166" s="15">
-        <v>304</v>
+        <v>288</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>484</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>500</v>
       </c>
       <c r="K167" s="15">
         <v>0.12552</v>
       </c>
       <c r="L167" s="15">
         <v>0.1046</v>
       </c>
       <c r="M167" s="15">
         <v>0.10042</v>
       </c>
       <c r="N167" s="15">
-        <v>420</v>
+        <v>435</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="E168" s="15">
         <v>10080052246</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H168" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>500</v>
       </c>
       <c r="K168" s="15">
         <v>0.07467</v>
       </c>
       <c r="L168" s="15">
         <v>0.06471</v>
       </c>
       <c r="M168" s="15">
         <v>0.06223</v>
       </c>
       <c r="N168" s="15">
-        <v>7616</v>
+        <v>6483</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>489</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="E169" s="15">
         <v>10080003176</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="J169" s="15"/>
       <c r="K169" s="15">
         <v>0.27662</v>
       </c>
       <c r="L169" s="15">
         <v>0.26771</v>
       </c>
       <c r="M169" s="15">
         <v>0.25878</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>489</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>490</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H170" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>500</v>
       </c>
       <c r="K170" s="15">
         <v>0.14613</v>
       </c>
       <c r="L170" s="15">
         <v>0.13191</v>
       </c>
       <c r="M170" s="15">
         <v>0.13191</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>493</v>
       </c>
-      <c r="D171" s="15" t="s">
+      <c r="E171" s="15" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
         <v>0.09021</v>
       </c>
       <c r="L171" s="15">
         <v>0.07818</v>
       </c>
       <c r="M171" s="15">
         <v>0.07518</v>
       </c>
       <c r="N171" s="15">
-        <v>6560</v>
+        <v>5600</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="E172" s="15">
         <v>10080039534</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="J172" s="15">
         <v>400</v>
       </c>
       <c r="K172" s="15">
         <v>0.18109</v>
       </c>
       <c r="L172" s="15">
         <v>0.12348</v>
       </c>
       <c r="M172" s="15">
         <v>0.11112</v>
       </c>
       <c r="N172" s="15">
         <v>65</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>499</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>500</v>
       </c>
-      <c r="D173" s="15" t="s">
+      <c r="E173" s="15" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H173" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>500</v>
       </c>
       <c r="K173" s="15">
         <v>0.11252</v>
       </c>
       <c r="L173" s="15">
         <v>0.10475</v>
       </c>
       <c r="M173" s="15">
         <v>0.10217</v>
       </c>
       <c r="N173" s="15">
         <v>3</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="E174" s="15">
         <v>10080003944</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="J174" s="15">
         <v>500</v>
       </c>
       <c r="K174" s="15">
         <v>0.1311</v>
       </c>
       <c r="L174" s="15">
         <v>0.09364</v>
       </c>
       <c r="M174" s="15">
         <v>0.08116</v>
       </c>
       <c r="N174" s="15">
         <v>21</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>506</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="J175" s="15">
         <v>500</v>
       </c>
       <c r="K175" s="15">
         <v>0.10232</v>
       </c>
       <c r="L175" s="15">
         <v>0.07403</v>
       </c>
       <c r="M175" s="15">
         <v>0.0646</v>
       </c>
       <c r="N175" s="15">
-        <v>1760</v>
+        <v>1240</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="E176" s="15">
         <v>10080003931</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H176" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.20234</v>
       </c>
       <c r="L176" s="15">
         <v>0.10841</v>
       </c>
       <c r="M176" s="15">
         <v>0.09393</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="D177" s="15" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="E177" s="15">
         <v>10080064917</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.18826</v>
       </c>
       <c r="L177" s="15">
         <v>0.13498</v>
       </c>
       <c r="M177" s="15">
         <v>0.11721</v>
       </c>
       <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D178" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="D178" s="15" t="s">
+      <c r="E178" s="15" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.09021</v>
       </c>
       <c r="L178" s="15">
         <v>0.07818</v>
       </c>
       <c r="M178" s="15">
         <v>0.07518</v>
       </c>
       <c r="N178" s="15">
-        <v>2400</v>
+        <v>2310</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>520</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>522</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H179" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>523</v>
+        <v>522</v>
       </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.07467</v>
       </c>
       <c r="L179" s="15">
         <v>0.06471</v>
       </c>
       <c r="M179" s="15">
         <v>0.06223</v>
       </c>
       <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="E180" s="15">
         <v>10080042254</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H180" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>300</v>
       </c>
       <c r="K180" s="15">
         <v>0.147</v>
       </c>
       <c r="L180" s="15">
         <v>0.10023</v>
       </c>
       <c r="M180" s="15">
         <v>0.08687</v>
       </c>
       <c r="N180" s="15">
         <v>21</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="D181" s="15" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="E181" s="15">
         <v>10080011042</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L181" s="15">
         <v>0.05862</v>
       </c>
       <c r="M181" s="15">
         <v>0.05636</v>
       </c>
       <c r="N181" s="15">
         <v>26</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
       <c r="E182" s="15">
         <v>10000020705</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.12544</v>
       </c>
       <c r="L182" s="15">
         <v>0.11768</v>
       </c>
       <c r="M182" s="15">
         <v>0.1138</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>530</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.10127</v>
       </c>
       <c r="L183" s="15">
         <v>0.07327</v>
       </c>
       <c r="M183" s="15">
         <v>0.06394</v>
       </c>
       <c r="N183" s="15">
-        <v>1800</v>
+        <v>1760</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D184" s="15" t="s">
         <v>533</v>
-      </c>
-[...1 lines deleted...]
-        <v>534</v>
       </c>
       <c r="E184" s="15">
         <v>10080031283</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.06168</v>
       </c>
       <c r="L184" s="15">
         <v>0.05346</v>
       </c>
       <c r="M184" s="15">
         <v>0.0514</v>
       </c>
       <c r="N184" s="15">
-        <v>20923</v>
+        <v>23538</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D185" s="15" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="E185" s="15">
         <v>10080032691</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H185" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="J185" s="15">
         <v>300</v>
       </c>
       <c r="K185" s="15">
         <v>0.16166</v>
       </c>
       <c r="L185" s="15">
         <v>0.08925</v>
       </c>
       <c r="M185" s="15">
         <v>0.07751</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="D186" s="15" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="E186" s="15">
         <v>10000022645</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>540</v>
+        <v>539</v>
       </c>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L186" s="15">
         <v>0.05862</v>
       </c>
       <c r="M186" s="15">
         <v>0.05636</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>541</v>
       </c>
-      <c r="D187" s="15" t="s">
+      <c r="E187" s="15" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
         <v>0.0759</v>
       </c>
       <c r="L187" s="15">
         <v>0.06578000000000001</v>
       </c>
       <c r="M187" s="15">
         <v>0.06325</v>
       </c>
       <c r="N187" s="15">
-        <v>41517</v>
+        <v>45471</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="E188" s="15">
         <v>10080031284</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H188" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
         <v>0.05846</v>
       </c>
       <c r="L188" s="15">
         <v>0.05066</v>
       </c>
       <c r="M188" s="15">
         <v>0.04871</v>
       </c>
       <c r="N188" s="15">
-        <v>23623</v>
+        <v>20576</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>548</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
       <c r="E189" s="15">
         <v>10080033464</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H189" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="J189" s="15">
         <v>400</v>
       </c>
       <c r="K189" s="15">
         <v>0.28529</v>
       </c>
       <c r="L189" s="15">
         <v>0.15157</v>
       </c>
       <c r="M189" s="15">
         <v>0.12927</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D190" s="15" t="s">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="E190" s="15">
         <v>10080003932</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.16977</v>
       </c>
       <c r="L190" s="15">
         <v>0.12172</v>
       </c>
       <c r="M190" s="15">
         <v>0.10571</v>
       </c>
       <c r="N190" s="15">
         <v>8</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>553</v>
+      </c>
+      <c r="D191" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="E191" s="15" t="s">
         <v>554</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H191" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>500</v>
       </c>
       <c r="K191" s="15">
         <v>0.15519</v>
       </c>
       <c r="L191" s="15">
         <v>0.14613</v>
       </c>
       <c r="M191" s="15">
         <v>0.14097</v>
       </c>
       <c r="N191" s="15">
         <v>3</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="E192" s="15">
         <v>10080054873</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H192" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
         <v>0.0824</v>
       </c>
       <c r="L192" s="15">
         <v>0.07141</v>
       </c>
       <c r="M192" s="15">
         <v>0.06866</v>
       </c>
       <c r="N192" s="15">
-        <v>21193</v>
+        <v>16200</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D193" s="15" t="s">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>560</v>
       </c>
       <c r="E193" s="15">
         <v>10080038491</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H193" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>300</v>
       </c>
       <c r="K193" s="15">
         <v>0.23982</v>
       </c>
       <c r="L193" s="15">
         <v>0.16352</v>
       </c>
       <c r="M193" s="15">
         <v>0.14171</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="D194" s="15" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
       <c r="E194" s="15">
         <v>10080032610</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="J194" s="15">
         <v>500</v>
       </c>
       <c r="K194" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L194" s="15">
         <v>0.05862</v>
       </c>
       <c r="M194" s="15">
         <v>0.05636</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="D195" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="E195" s="15" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>565</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H195" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>100</v>
       </c>
       <c r="K195" s="15">
         <v>0.1138</v>
       </c>
       <c r="L195" s="15">
         <v>0.10345</v>
       </c>
       <c r="M195" s="15">
         <v>0.10345</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="E196" s="15">
         <v>10080031285</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H196" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="J196" s="15">
         <v>500</v>
       </c>
       <c r="K196" s="15">
         <v>0.06936</v>
       </c>
       <c r="L196" s="15">
         <v>0.06011</v>
       </c>
       <c r="M196" s="15">
         <v>0.0578</v>
       </c>
       <c r="N196" s="15">
-        <v>2344</v>
+        <v>1431</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="D197" s="15" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
       <c r="E197" s="15">
         <v>10000015255</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="J197" s="15">
         <v>500</v>
       </c>
       <c r="K197" s="15">
         <v>0.12515</v>
       </c>
       <c r="L197" s="15">
         <v>0.08973</v>
       </c>
       <c r="M197" s="15">
         <v>0.07792</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>572</v>
       </c>
-      <c r="D198" s="15" t="s">
+      <c r="E198" s="15" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>500</v>
       </c>
       <c r="K198" s="15">
         <v>0.07877000000000001</v>
       </c>
       <c r="L198" s="15">
         <v>0.06826</v>
       </c>
       <c r="M198" s="15">
         <v>0.06564</v>
       </c>
       <c r="N198" s="15">
-        <v>13680</v>
+        <v>14630</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>575</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
         <v>0.25497</v>
       </c>
       <c r="L199" s="15">
         <v>0.21385</v>
       </c>
       <c r="M199" s="15">
         <v>0.20563</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="D200" s="15" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="E200" s="15">
         <v>10080057812</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H200" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="J200" s="15">
         <v>500</v>
       </c>
       <c r="K200" s="15">
         <v>0.06804</v>
       </c>
       <c r="L200" s="15">
         <v>0.05897</v>
       </c>
       <c r="M200" s="15">
         <v>0.0567</v>
       </c>
       <c r="N200" s="15">
-        <v>873</v>
+        <v>814</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>581</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
       <c r="E201" s="15">
         <v>10080003946</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="J201" s="15">
         <v>500</v>
       </c>
       <c r="K201" s="15">
         <v>0.15479</v>
       </c>
       <c r="L201" s="15">
         <v>0.111</v>
       </c>
       <c r="M201" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="D202" s="15" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
       <c r="E202" s="15">
         <v>10080031286</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H202" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="J202" s="15">
         <v>500</v>
       </c>
       <c r="K202" s="15">
         <v>0.06603000000000001</v>
       </c>
       <c r="L202" s="15">
         <v>0.05723</v>
       </c>
       <c r="M202" s="15">
         <v>0.05503</v>
       </c>
       <c r="N202" s="15">
-        <v>25383</v>
+        <v>22397</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="E203" s="15">
         <v>10000014727</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H203" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="J203" s="15">
         <v>100</v>
       </c>
       <c r="K203" s="15">
         <v>0.11214</v>
       </c>
       <c r="L203" s="15">
         <v>0.10514</v>
       </c>
       <c r="M203" s="15">
         <v>0.10164</v>
       </c>
-      <c r="N203" s="15"/>
+      <c r="N203" s="15">
+        <v>83</v>
+      </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="E204" s="15">
         <v>10080026586</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="J204" s="15">
         <v>500</v>
       </c>
       <c r="K204" s="15">
         <v>0.15479</v>
       </c>
       <c r="L204" s="15">
         <v>0.111</v>
       </c>
       <c r="M204" s="15">
         <v>0.09637999999999999</v>
       </c>
       <c r="N204" s="15">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>593</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="J205" s="15">
         <v>500</v>
       </c>
       <c r="K205" s="15">
         <v>0.08067000000000001</v>
       </c>
       <c r="L205" s="15">
         <v>0.06991</v>
       </c>
       <c r="M205" s="15">
         <v>0.06723</v>
       </c>
       <c r="N205" s="15">
-        <v>26931</v>
+        <v>27572</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
       <c r="E206" s="15">
         <v>10080037586</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H206" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>300</v>
       </c>
       <c r="K206" s="15">
         <v>0.28045</v>
       </c>
       <c r="L206" s="15">
         <v>0.14899</v>
       </c>
       <c r="M206" s="15">
         <v>0.12709</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>598</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>599</v>
-      </c>
-[...1 lines deleted...]
-        <v>600</v>
       </c>
       <c r="E207" s="15">
         <v>10000022646</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.14058</v>
       </c>
       <c r="L207" s="15">
         <v>0.1008</v>
       </c>
       <c r="M207" s="15">
         <v>0.08753</v>
       </c>
-      <c r="N207" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="D208" s="15" t="s">
         <v>601</v>
-      </c>
-[...1 lines deleted...]
-        <v>602</v>
       </c>
       <c r="E208" s="15">
         <v>10080031287</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H208" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
         <v>0.07920000000000001</v>
       </c>
       <c r="L208" s="15">
         <v>0.06864000000000001</v>
       </c>
       <c r="M208" s="15">
         <v>0.066</v>
       </c>
       <c r="N208" s="15">
-        <v>14352</v>
+        <v>15308</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>603</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H209" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>100</v>
       </c>
       <c r="K209" s="15">
         <v>0.13191</v>
       </c>
       <c r="L209" s="15">
         <v>0.12415</v>
       </c>
       <c r="M209" s="15">
         <v>0.12027</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>605</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>606</v>
-      </c>
-[...1 lines deleted...]
-        <v>607</v>
       </c>
       <c r="E210" s="15">
         <v>10080034630</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H210" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="J210" s="15">
         <v>400</v>
       </c>
       <c r="K210" s="15">
         <v>0.25691</v>
       </c>
       <c r="L210" s="15">
         <v>0.13648</v>
       </c>
       <c r="M210" s="15">
         <v>0.10371</v>
       </c>
       <c r="N210" s="15">
         <v>8</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="D211" s="15" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="E211" s="15">
         <v>10080031288</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H211" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.09378</v>
       </c>
       <c r="L211" s="15">
         <v>0.08128000000000001</v>
       </c>
       <c r="M211" s="15">
         <v>0.07815</v>
       </c>
       <c r="N211" s="15">
-        <v>648</v>
+        <v>163</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="D212" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="E212" s="15" t="s">
         <v>612</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H212" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>100</v>
       </c>
       <c r="K212" s="15">
         <v>0.15261</v>
       </c>
       <c r="L212" s="15">
         <v>0.14354</v>
       </c>
       <c r="M212" s="15">
         <v>0.13838</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="E213" s="15">
         <v>10000019008</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.11889</v>
       </c>
       <c r="L213" s="15">
         <v>0.08602</v>
       </c>
       <c r="M213" s="15">
         <v>0.07506</v>
       </c>
       <c r="N213" s="15">
-        <v>151</v>
+        <v>166</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>615</v>
+      </c>
+      <c r="D214" s="15" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="E214" s="15">
         <v>10080037587</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H214" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>618</v>
+        <v>617</v>
       </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.28045</v>
       </c>
       <c r="L214" s="15">
         <v>0.14899</v>
       </c>
       <c r="M214" s="15">
         <v>0.12709</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="D215" s="15" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
       <c r="E215" s="15">
         <v>10080003172</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="J215" s="15">
         <v>250</v>
       </c>
       <c r="K215" s="15">
         <v>0.08585</v>
       </c>
       <c r="L215" s="15">
         <v>0.07439999999999999</v>
       </c>
       <c r="M215" s="15">
         <v>0.07154000000000001</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>619</v>
+      </c>
+      <c r="E216" s="15" t="s">
         <v>622</v>
-      </c>
-[...4 lines deleted...]
-        <v>623</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H216" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
         <v>0.13709</v>
       </c>
       <c r="L216" s="15">
         <v>0.12803</v>
       </c>
       <c r="M216" s="15">
         <v>0.12415</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>625</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J217" s="15">
         <v>250</v>
       </c>
       <c r="K217" s="15">
         <v>0.08748</v>
       </c>
       <c r="L217" s="15">
         <v>0.07582</v>
       </c>
       <c r="M217" s="15">
         <v>0.07290000000000001</v>
       </c>
       <c r="N217" s="15">
-        <v>4813</v>
+        <v>5000</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="E218" s="15">
         <v>10080031289</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H218" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.07878</v>
       </c>
       <c r="L218" s="15">
         <v>0.06827999999999999</v>
       </c>
       <c r="M218" s="15">
         <v>0.06565</v>
       </c>
       <c r="N218" s="15">
-        <v>1021</v>
+        <v>996</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
       <c r="E219" s="15">
         <v>10080034631</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H219" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.18469</v>
       </c>
       <c r="L219" s="15">
         <v>0.13241</v>
       </c>
       <c r="M219" s="15">
         <v>0.115</v>
       </c>
       <c r="N219" s="15">
         <v>73</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>634</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="E220" s="15">
         <v>10080052247</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H220" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>500</v>
       </c>
       <c r="K220" s="15">
         <v>0.07840999999999999</v>
       </c>
       <c r="L220" s="15">
         <v>0.06795</v>
       </c>
       <c r="M220" s="15">
         <v>0.06534</v>
       </c>
       <c r="N220" s="15">
-        <v>2016</v>
+        <v>1800</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
       <c r="E221" s="15">
         <v>10080003947</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="J221" s="15">
         <v>250</v>
       </c>
       <c r="K221" s="15">
         <v>0.08832</v>
       </c>
       <c r="L221" s="15">
         <v>0.07654</v>
       </c>
       <c r="M221" s="15">
         <v>0.0736</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="D222" s="15" t="s">
         <v>640</v>
       </c>
-      <c r="D222" s="15" t="s">
+      <c r="E222" s="15" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>250</v>
       </c>
       <c r="K222" s="15">
         <v>0.09404</v>
       </c>
       <c r="L222" s="15">
         <v>0.0815</v>
       </c>
       <c r="M222" s="15">
         <v>0.07836</v>
       </c>
       <c r="N222" s="15">
-        <v>3600</v>
+        <v>3350</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>642</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
       <c r="E223" s="15">
         <v>10080049768</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H223" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>250</v>
       </c>
       <c r="K223" s="15">
         <v>0.23444</v>
       </c>
       <c r="L223" s="15">
         <v>0.12558</v>
       </c>
       <c r="M223" s="15">
         <v>0.10884</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>644</v>
+      </c>
+      <c r="D224" s="15" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="E224" s="15">
         <v>10080003173</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>100</v>
       </c>
       <c r="K224" s="15">
         <v>0.15357</v>
       </c>
       <c r="L224" s="15">
         <v>0.1101</v>
       </c>
       <c r="M224" s="15">
         <v>0.09561</v>
       </c>
       <c r="N224" s="15">
-        <v>1628</v>
+        <v>1533</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D225" s="15" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="E225" s="15">
         <v>10080032692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H225" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="J225" s="15">
         <v>400</v>
       </c>
       <c r="K225" s="15">
         <v>0.16557</v>
       </c>
       <c r="L225" s="15">
         <v>0.11288</v>
       </c>
       <c r="M225" s="15">
         <v>0.09783</v>
       </c>
       <c r="N225" s="15">
         <v>55</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D226" s="15" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>651</v>
       </c>
       <c r="E226" s="15">
         <v>10080003934</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>652</v>
+        <v>651</v>
       </c>
       <c r="J226" s="15">
         <v>500</v>
       </c>
       <c r="K226" s="15">
         <v>0.11614</v>
       </c>
       <c r="L226" s="15">
         <v>0.08402999999999999</v>
       </c>
       <c r="M226" s="15">
         <v>0.07332</v>
       </c>
       <c r="N226" s="15">
-        <v>143</v>
+        <v>96</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="D227" s="15" t="s">
         <v>653</v>
       </c>
-      <c r="D227" s="15" t="s">
+      <c r="E227" s="15" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="J227" s="15">
         <v>500</v>
       </c>
       <c r="K227" s="15">
         <v>0.08315</v>
       </c>
       <c r="L227" s="15">
         <v>0.07206</v>
       </c>
       <c r="M227" s="15">
         <v>0.06929</v>
       </c>
       <c r="N227" s="15">
-        <v>1035</v>
+        <v>1200</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>657</v>
       </c>
-      <c r="D228" s="15" t="s">
+      <c r="E228" s="15" t="s">
         <v>658</v>
-      </c>
-[...1 lines deleted...]
-        <v>659</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H228" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.08212999999999999</v>
       </c>
       <c r="L228" s="15">
         <v>0.07117999999999999</v>
       </c>
       <c r="M228" s="15">
         <v>0.06844</v>
       </c>
       <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D229" s="15" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
       <c r="E229" s="15">
         <v>10080057879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="J229" s="15">
         <v>250</v>
       </c>
       <c r="K229" s="15">
         <v>0.1566</v>
       </c>
       <c r="L229" s="15">
         <v>0.11229</v>
       </c>
       <c r="M229" s="15">
         <v>0.09751</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="D230" s="15" t="s">
         <v>663</v>
       </c>
-      <c r="D230" s="15" t="s">
+      <c r="E230" s="15" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
-        <v>445</v>
+        <v>444</v>
       </c>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="J230" s="15">
         <v>250</v>
       </c>
       <c r="K230" s="15">
         <v>0.09635000000000001</v>
       </c>
       <c r="L230" s="15">
         <v>0.0835</v>
       </c>
       <c r="M230" s="15">
         <v>0.08029</v>
       </c>
       <c r="N230" s="15">
-        <v>8796</v>
+        <v>7097</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>666</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
       <c r="E231" s="15">
         <v>10080003958</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>250</v>
       </c>
       <c r="K231" s="15">
         <v>0.27416</v>
       </c>
       <c r="L231" s="15">
         <v>0.26641</v>
       </c>
       <c r="M231" s="15">
         <v>0.25736</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="E232" s="15">
         <v>10080054916</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H232" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>250</v>
       </c>
       <c r="K232" s="15">
         <v>0.32616</v>
       </c>
       <c r="L232" s="15">
         <v>0.23298</v>
       </c>
       <c r="M232" s="15">
         <v>0.20191</v>
       </c>
       <c r="N232" s="15">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="D233" s="15" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
       <c r="E233" s="15">
         <v>10080003959</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>250</v>
       </c>
       <c r="K233" s="15">
         <v>0.14007</v>
       </c>
       <c r="L233" s="15">
         <v>0.12139</v>
       </c>
       <c r="M233" s="15">
         <v>0.11673</v>
       </c>
       <c r="N233" s="15">
-        <v>459</v>
+        <v>625</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>674</v>
       </c>
-      <c r="D234" s="15" t="s">
+      <c r="E234" s="15" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H234" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>250</v>
       </c>
       <c r="K234" s="15">
         <v>0.41746</v>
       </c>
       <c r="L234" s="15">
         <v>0.35013</v>
       </c>
       <c r="M234" s="15">
         <v>0.33666</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>676</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>677</v>
-      </c>
-[...1 lines deleted...]
-        <v>678</v>
       </c>
       <c r="E235" s="15">
         <v>10080054917</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H235" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>250</v>
       </c>
       <c r="K235" s="15">
         <v>0.31525</v>
       </c>
       <c r="L235" s="15">
         <v>0.22603</v>
       </c>
       <c r="M235" s="15">
         <v>0.19629</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>678</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="E236" s="15">
         <v>10080071997</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H236" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="J236" s="15">
         <v>250</v>
       </c>
       <c r="K236" s="15">
         <v>0.18902</v>
       </c>
       <c r="L236" s="15">
         <v>0.16381</v>
       </c>
       <c r="M236" s="15">
         <v>0.15751</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
       <c r="E237" s="15">
         <v>10080003177</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H237" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="J237" s="15">
         <v>250</v>
       </c>
       <c r="K237" s="15">
         <v>0.47107</v>
       </c>
       <c r="L237" s="15">
         <v>0.45587</v>
       </c>
       <c r="M237" s="15">
         <v>0.44068</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="D238" s="15" t="s">
         <v>685</v>
       </c>
-      <c r="D238" s="15" t="s">
+      <c r="E238" s="15" t="s">
         <v>686</v>
-      </c>
-[...1 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="J238" s="15">
         <v>250</v>
       </c>
       <c r="K238" s="15">
         <v>0.31341</v>
       </c>
       <c r="L238" s="15">
         <v>0.22676</v>
       </c>
       <c r="M238" s="15">
         <v>0.19787</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>689</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>250</v>
       </c>
       <c r="K239" s="15">
         <v>0.14613</v>
       </c>
       <c r="L239" s="15">
         <v>0.12665</v>
       </c>
       <c r="M239" s="15">
         <v>0.12178</v>
       </c>
       <c r="N239" s="15">
-        <v>2228</v>
+        <v>2338</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>692</v>
-      </c>
-[...1 lines deleted...]
-        <v>693</v>
       </c>
       <c r="E240" s="15">
         <v>10080003952</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H240" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>250</v>
       </c>
       <c r="K240" s="15">
         <v>0.17465</v>
       </c>
       <c r="L240" s="15">
         <v>0.15136</v>
       </c>
       <c r="M240" s="15">
         <v>0.14554</v>
       </c>
       <c r="N240" s="15">
-        <v>582</v>
+        <v>643</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>693</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>694</v>
-      </c>
-[...1 lines deleted...]
-        <v>695</v>
       </c>
       <c r="E241" s="15">
         <v>10080037588</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H241" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
         <v>0.3572</v>
       </c>
       <c r="L241" s="15">
         <v>0.24357</v>
       </c>
       <c r="M241" s="15">
         <v>0.21107</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
+        <v>695</v>
+      </c>
+      <c r="D242" s="15" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
       <c r="E242" s="15">
         <v>10080003967</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>250</v>
       </c>
       <c r="K242" s="15">
         <v>0.29745</v>
       </c>
       <c r="L242" s="15">
         <v>0.22243</v>
       </c>
       <c r="M242" s="15">
         <v>0.21597</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>698</v>
-      </c>
-[...1 lines deleted...]
-        <v>699</v>
       </c>
       <c r="E243" s="15">
         <v>10080052248</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H243" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>250</v>
       </c>
       <c r="K243" s="15">
         <v>0.23045</v>
       </c>
       <c r="L243" s="15">
         <v>0.15714</v>
       </c>
       <c r="M243" s="15">
         <v>0.13618</v>
       </c>
       <c r="N243" s="15">
-        <v>697</v>
+        <v>733</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
+        <v>699</v>
+      </c>
+      <c r="D244" s="15" t="s">
         <v>700</v>
       </c>
-      <c r="D244" s="15" t="s">
+      <c r="E244" s="15" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="J244" s="15">
         <v>250</v>
       </c>
       <c r="K244" s="15">
         <v>0.2926</v>
       </c>
       <c r="L244" s="15">
         <v>0.2117</v>
       </c>
       <c r="M244" s="15">
         <v>0.18473</v>
       </c>
-      <c r="N244" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>704</v>
       </c>
-      <c r="D245" s="15" t="s">
+      <c r="E245" s="15" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H245" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>707</v>
+        <v>706</v>
       </c>
       <c r="J245" s="15">
         <v>250</v>
       </c>
       <c r="K245" s="15">
         <v>0.19601</v>
       </c>
       <c r="L245" s="15">
         <v>0.16987</v>
       </c>
       <c r="M245" s="15">
         <v>0.16334</v>
       </c>
       <c r="N245" s="15">
         <v>10</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
       <c r="E246" s="15">
         <v>10080031290</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H246" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>710</v>
+        <v>709</v>
       </c>
       <c r="J246" s="15">
         <v>250</v>
       </c>
       <c r="K246" s="15">
         <v>0.42871</v>
       </c>
       <c r="L246" s="15">
         <v>0.22773</v>
       </c>
       <c r="M246" s="15">
         <v>0.19424</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>711</v>
+        <v>710</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>709</v>
+        <v>708</v>
       </c>
       <c r="E247" s="15">
         <v>10000021536</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>712</v>
+        <v>711</v>
       </c>
       <c r="J247" s="15">
         <v>200</v>
       </c>
       <c r="K247" s="15">
         <v>0.14204</v>
       </c>
       <c r="L247" s="15">
         <v>0.1231</v>
       </c>
       <c r="M247" s="15">
         <v>0.11836</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D248" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D248" s="15" t="s">
+      <c r="E248" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>200</v>
       </c>
       <c r="K248" s="15">
         <v>0.20956</v>
       </c>
       <c r="L248" s="15">
         <v>0.15161</v>
       </c>
       <c r="M248" s="15">
         <v>0.1323</v>
       </c>
       <c r="N248" s="15">
-        <v>19524</v>
+        <v>18456</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>715</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>716</v>
       </c>
-      <c r="D249" s="15" t="s">
+      <c r="E249" s="15" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H249" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="J249" s="15">
         <v>200</v>
       </c>
       <c r="K249" s="15">
         <v>0.29374</v>
       </c>
       <c r="L249" s="15">
         <v>0.21062</v>
       </c>
       <c r="M249" s="15">
         <v>0.1829</v>
       </c>
       <c r="N249" s="15">
         <v>3</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="D250" s="15" t="s">
         <v>720</v>
-      </c>
-[...1 lines deleted...]
-        <v>721</v>
       </c>
       <c r="E250" s="15">
         <v>10080031291</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H250" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="J250" s="15">
         <v>250</v>
       </c>
       <c r="K250" s="15">
         <v>0.14903</v>
       </c>
       <c r="L250" s="15">
         <v>0.12916</v>
       </c>
       <c r="M250" s="15">
         <v>0.12419</v>
       </c>
       <c r="N250" s="15">
-        <v>2579</v>
+        <v>2030</v>
       </c>
       <c r="O250" s="15">
-        <v>3550</v>
-[...3 lines deleted...]
-      </c>
+        <v>3000</v>
+      </c>
+      <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>722</v>
+      </c>
+      <c r="D251" s="15" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>724</v>
       </c>
       <c r="E251" s="15">
         <v>10000019010</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
       <c r="J251" s="15">
         <v>200</v>
       </c>
       <c r="K251" s="15">
         <v>0.14007</v>
       </c>
       <c r="L251" s="15">
         <v>0.12139</v>
       </c>
       <c r="M251" s="15">
         <v>0.11673</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>725</v>
+      </c>
+      <c r="D252" s="15" t="s">
         <v>726</v>
       </c>
-      <c r="D252" s="15" t="s">
+      <c r="E252" s="15" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="J252" s="15">
         <v>200</v>
       </c>
       <c r="K252" s="15">
         <v>0.22839</v>
       </c>
       <c r="L252" s="15">
         <v>0.16524</v>
       </c>
       <c r="M252" s="15">
         <v>0.14419</v>
       </c>
       <c r="N252" s="15">
-        <v>1098</v>
+        <v>1134</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>729</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>730</v>
       </c>
-      <c r="D253" s="15" t="s">
+      <c r="E253" s="15" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H253" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
         <v>0.19832</v>
       </c>
       <c r="L253" s="15">
         <v>0.17187</v>
       </c>
       <c r="M253" s="15">
         <v>0.16526</v>
       </c>
       <c r="N253" s="15">
         <v>74</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>733</v>
       </c>
-      <c r="D254" s="15" t="s">
+      <c r="E254" s="15" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>250</v>
       </c>
       <c r="K254" s="15">
         <v>0.30923</v>
       </c>
       <c r="L254" s="15">
         <v>0.22373</v>
       </c>
       <c r="M254" s="15">
         <v>0.19523</v>
       </c>
       <c r="N254" s="15">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>735</v>
+      </c>
+      <c r="D255" s="15" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>737</v>
       </c>
       <c r="E255" s="15">
         <v>10080033465</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H255" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>738</v>
+        <v>737</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
         <v>0.27844</v>
       </c>
       <c r="L255" s="15">
         <v>0.19964</v>
       </c>
       <c r="M255" s="15">
         <v>0.17337</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>738</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>739</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H256" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15"/>
       <c r="K256" s="15">
         <v>0.23926</v>
       </c>
       <c r="L256" s="15">
         <v>0.22502</v>
       </c>
       <c r="M256" s="15">
         <v>0.21727</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="D257" s="15" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="E257" s="15">
         <v>10080031292</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H257" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="J257" s="15">
         <v>250</v>
       </c>
       <c r="K257" s="15">
         <v>0.12668</v>
       </c>
       <c r="L257" s="15">
         <v>0.10979</v>
       </c>
       <c r="M257" s="15">
         <v>0.10556</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="E258" s="15">
         <v>10000022748</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="J258" s="15">
         <v>200</v>
       </c>
       <c r="K258" s="15">
         <v>0.14204</v>
       </c>
       <c r="L258" s="15">
         <v>0.1231</v>
       </c>
       <c r="M258" s="15">
         <v>0.11836</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>746</v>
+      </c>
+      <c r="D259" s="15" t="s">
         <v>747</v>
       </c>
-      <c r="D259" s="15" t="s">
+      <c r="E259" s="15" t="s">
         <v>748</v>
-      </c>
-[...1 lines deleted...]
-        <v>749</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>750</v>
+        <v>749</v>
       </c>
       <c r="J259" s="15">
         <v>200</v>
       </c>
       <c r="K259" s="15">
         <v>0.14526</v>
       </c>
       <c r="L259" s="15">
         <v>0.12589</v>
       </c>
       <c r="M259" s="15">
         <v>0.12105</v>
       </c>
       <c r="N259" s="15">
-        <v>8204</v>
+        <v>9684</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>751</v>
-      </c>
-[...1 lines deleted...]
-        <v>752</v>
       </c>
       <c r="E260" s="15">
         <v>10080003969</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="J260" s="15">
         <v>200</v>
       </c>
       <c r="K260" s="15">
         <v>0.30328</v>
       </c>
       <c r="L260" s="15">
         <v>0.21744</v>
       </c>
       <c r="M260" s="15">
         <v>0.18884</v>
       </c>
       <c r="N260" s="15">
         <v>2</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>754</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H261" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>757</v>
+        <v>756</v>
       </c>
       <c r="J261" s="15">
         <v>250</v>
       </c>
       <c r="K261" s="15">
         <v>0.15062</v>
       </c>
       <c r="L261" s="15">
         <v>0.13053</v>
       </c>
       <c r="M261" s="15">
         <v>0.12551</v>
       </c>
       <c r="N261" s="15">
-        <v>1973</v>
+        <v>2088</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>757</v>
+      </c>
+      <c r="D262" s="15" t="s">
         <v>758</v>
-      </c>
-[...1 lines deleted...]
-        <v>759</v>
       </c>
       <c r="E262" s="15">
         <v>10080039535</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H262" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>760</v>
+        <v>759</v>
       </c>
       <c r="J262" s="15">
         <v>200</v>
       </c>
       <c r="K262" s="15">
         <v>0.30702</v>
       </c>
       <c r="L262" s="15">
         <v>0.20935</v>
       </c>
       <c r="M262" s="15">
         <v>0.18141</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
+        <v>760</v>
+      </c>
+      <c r="D263" s="15" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
       <c r="E263" s="15">
         <v>10080031293</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H263" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>763</v>
+        <v>762</v>
       </c>
       <c r="J263" s="15">
         <v>250</v>
       </c>
       <c r="K263" s="15">
         <v>0.45975</v>
       </c>
       <c r="L263" s="15">
         <v>0.24429</v>
       </c>
       <c r="M263" s="15">
         <v>0.20835</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="E264" s="15">
         <v>10000019009</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>765</v>
+        <v>764</v>
       </c>
       <c r="J264" s="15">
         <v>200</v>
       </c>
       <c r="K264" s="15">
         <v>0.222</v>
       </c>
       <c r="L264" s="15">
         <v>0.148</v>
       </c>
       <c r="M264" s="15">
         <v>0.135</v>
       </c>
       <c r="N264" s="15">
-        <v>6515</v>
+        <v>6995</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>766</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>400</v>
       </c>
       <c r="K265" s="15">
         <v>0.16</v>
       </c>
       <c r="L265" s="15">
         <v>0.16</v>
       </c>
       <c r="M265" s="15">
         <v>0.16</v>
       </c>
       <c r="N265" s="15">
-        <v>1792</v>
+        <v>2312</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
+        <v>769</v>
+      </c>
+      <c r="D266" s="15" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="E266" s="15">
         <v>10080031294</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H266" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>772</v>
+        <v>771</v>
       </c>
       <c r="J266" s="15">
         <v>250</v>
       </c>
       <c r="K266" s="15">
         <v>0.45573</v>
       </c>
       <c r="L266" s="15">
         <v>0.24209</v>
       </c>
       <c r="M266" s="15">
         <v>0.20652</v>
       </c>
       <c r="N266" s="15"/>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>772</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
       <c r="E267" s="15">
         <v>10000012368</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="J267" s="15">
         <v>200</v>
       </c>
       <c r="K267" s="15">
         <v>0.16289</v>
       </c>
       <c r="L267" s="15">
         <v>0.14117</v>
       </c>
       <c r="M267" s="15">
         <v>0.13574</v>
       </c>
       <c r="N267" s="15">
-        <v>194</v>
+        <v>285</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>776</v>
       </c>
-      <c r="D268" s="15" t="s">
+      <c r="E268" s="15" t="s">
         <v>777</v>
-      </c>
-[...1 lines deleted...]
-        <v>778</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>200</v>
       </c>
       <c r="K268" s="15">
         <v>0.17658</v>
       </c>
       <c r="L268" s="15">
         <v>0.15304</v>
       </c>
       <c r="M268" s="15">
         <v>0.14715</v>
       </c>
       <c r="N268" s="15">
-        <v>700</v>
+        <v>620</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>778</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
       <c r="E269" s="15">
         <v>10080003956</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H269" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>200</v>
       </c>
       <c r="K269" s="15">
         <v>0.30391</v>
       </c>
       <c r="L269" s="15">
         <v>0.29486</v>
       </c>
       <c r="M269" s="15">
         <v>0.28451</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>780</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
       <c r="E270" s="15">
         <v>10080066924</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
         <v>0.29029</v>
       </c>
       <c r="L270" s="15">
         <v>0.20814</v>
       </c>
       <c r="M270" s="15">
         <v>0.18075</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>783</v>
       </c>
-      <c r="D271" s="15" t="s">
+      <c r="E271" s="15" t="s">
         <v>784</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="J271" s="15">
         <v>200</v>
       </c>
       <c r="K271" s="15">
         <v>0.20541</v>
       </c>
       <c r="L271" s="15">
         <v>0.17802</v>
       </c>
       <c r="M271" s="15">
         <v>0.17118</v>
       </c>
       <c r="N271" s="15">
-        <v>1028</v>
+        <v>979</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>782</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>783</v>
       </c>
-      <c r="D272" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="15" t="s">
-        <v>787</v>
+        <v>786</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>786</v>
+        <v>785</v>
       </c>
       <c r="J272" s="15">
         <v>250</v>
       </c>
       <c r="K272" s="15">
         <v>0.18971</v>
       </c>
       <c r="L272" s="15">
         <v>0.16441</v>
       </c>
       <c r="M272" s="15">
         <v>0.15809</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>787</v>
+      </c>
+      <c r="D273" s="15" t="s">
         <v>788</v>
       </c>
-      <c r="D273" s="15" t="s">
+      <c r="E273" s="15" t="s">
         <v>789</v>
-      </c>
-[...1 lines deleted...]
-        <v>790</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H273" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>791</v>
+        <v>790</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
         <v>0.21167</v>
       </c>
       <c r="L273" s="15">
         <v>0.18344</v>
       </c>
       <c r="M273" s="15">
         <v>0.17639</v>
       </c>
       <c r="N273" s="15">
         <v>40</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>791</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
       <c r="E274" s="15">
         <v>10080037589</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H274" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>150</v>
       </c>
       <c r="K274" s="15">
         <v>0.5121599999999999</v>
       </c>
       <c r="L274" s="15">
         <v>0.27209</v>
       </c>
       <c r="M274" s="15">
         <v>0.23207</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>794</v>
       </c>
-      <c r="D275" s="15" t="s">
+      <c r="E275" s="15" t="s">
         <v>795</v>
-      </c>
-[...1 lines deleted...]
-        <v>796</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H275" s="15" t="s">
         <v>59</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
         <v>0.2483</v>
       </c>
       <c r="L275" s="15">
         <v>0.23278</v>
       </c>
       <c r="M275" s="15">
         <v>0.22502</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D276" s="15" t="s">
         <v>797</v>
       </c>
-      <c r="D276" s="15" t="s">
+      <c r="E276" s="15" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>250</v>
       </c>
       <c r="K276" s="15">
         <v>0.19</v>
       </c>
       <c r="L276" s="15">
         <v>0.15</v>
       </c>
       <c r="M276" s="15">
         <v>0.135</v>
       </c>
       <c r="N276" s="15">
-        <v>1462</v>
+        <v>1651</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
+        <v>799</v>
+      </c>
+      <c r="D277" s="15" t="s">
         <v>800</v>
-      </c>
-[...1 lines deleted...]
-        <v>801</v>
       </c>
       <c r="E277" s="15">
         <v>10080057940</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H277" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>200</v>
       </c>
       <c r="K277" s="15">
         <v>0.26108</v>
       </c>
       <c r="L277" s="15">
         <v>0.18719</v>
       </c>
       <c r="M277" s="15">
         <v>0.16255</v>
       </c>
       <c r="N277" s="15">
         <v>3</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
+        <v>801</v>
+      </c>
+      <c r="D278" s="15" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="E278" s="15">
         <v>10080011519</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="J278" s="15">
         <v>200</v>
       </c>
       <c r="K278" s="15">
         <v>0.2</v>
       </c>
       <c r="L278" s="15">
         <v>0.16</v>
       </c>
       <c r="M278" s="15">
         <v>0.14</v>
       </c>
       <c r="N278" s="15">
-        <v>9713</v>
+        <v>9043</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="D279" s="15" t="s">
         <v>805</v>
       </c>
-      <c r="D279" s="15" t="s">
+      <c r="E279" s="15" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="J279" s="15">
         <v>200</v>
       </c>
       <c r="K279" s="15">
         <v>0.2</v>
       </c>
       <c r="L279" s="15">
         <v>0.16</v>
       </c>
       <c r="M279" s="15">
         <v>0.14</v>
       </c>
       <c r="N279" s="15">
-        <v>1760</v>
+        <v>1640</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>808</v>
+      </c>
+      <c r="D280" s="15" t="s">
         <v>809</v>
       </c>
-      <c r="D280" s="15" t="s">
+      <c r="E280" s="15" t="s">
         <v>810</v>
-      </c>
-[...1 lines deleted...]
-        <v>811</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1000</v>
       </c>
       <c r="K280" s="15">
         <v>0.13192</v>
       </c>
       <c r="L280" s="15">
         <v>0.10994</v>
       </c>
       <c r="M280" s="15">
         <v>0.10553</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>812</v>
+      </c>
+      <c r="D281" s="15" t="s">
         <v>813</v>
       </c>
-      <c r="D281" s="15" t="s">
+      <c r="E281" s="15" t="s">
         <v>814</v>
-      </c>
-[...1 lines deleted...]
-        <v>815</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>250</v>
       </c>
       <c r="K281" s="15">
         <v>0.82499</v>
       </c>
       <c r="L281" s="15">
         <v>0.69191</v>
       </c>
       <c r="M281" s="15">
         <v>0.66531</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>816</v>
+      </c>
+      <c r="D282" s="15" t="s">
         <v>817</v>
       </c>
-      <c r="D282" s="15" t="s">
+      <c r="E282" s="15" t="s">
         <v>818</v>
-      </c>
-[...1 lines deleted...]
-        <v>819</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H282" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.395</v>
       </c>
       <c r="L282" s="15">
         <v>0.395</v>
       </c>
       <c r="M282" s="15">
         <v>0.395</v>
       </c>
       <c r="N282" s="15">
         <v>10</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
+        <v>819</v>
+      </c>
+      <c r="C283" s="15" t="s">
         <v>820</v>
       </c>
-      <c r="C283" s="15" t="s">
+      <c r="D283" s="15" t="s">
         <v>821</v>
       </c>
-      <c r="D283" s="15" t="s">
+      <c r="E283" s="15" t="s">
         <v>822</v>
-      </c>
-[...1 lines deleted...]
-        <v>823</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>2000</v>
       </c>
       <c r="K283" s="15">
         <v>0.05226</v>
       </c>
       <c r="L283" s="15">
         <v>0.05226</v>
       </c>
       <c r="M283" s="15">
         <v>0.05226</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>823</v>
+      </c>
+      <c r="D284" s="15" t="s">
         <v>824</v>
       </c>
-      <c r="D284" s="15" t="s">
+      <c r="E284" s="15" t="s">
         <v>825</v>
-      </c>
-[...1 lines deleted...]
-        <v>826</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>3000</v>
       </c>
       <c r="K284" s="15">
         <v>0.24243</v>
       </c>
       <c r="L284" s="15">
         <v>0.24243</v>
       </c>
       <c r="M284" s="15">
         <v>0.24243</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>826</v>
+      </c>
+      <c r="D285" s="15" t="s">
         <v>827</v>
       </c>
-      <c r="D285" s="15" t="s">
+      <c r="E285" s="15" t="s">
         <v>828</v>
-      </c>
-[...1 lines deleted...]
-        <v>829</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
       <c r="H285" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>2000</v>
       </c>
       <c r="K285" s="15">
         <v>0.17847</v>
       </c>
       <c r="L285" s="15">
         <v>0.14968</v>
       </c>
       <c r="M285" s="15">
         <v>0.14393</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C286" s="15" t="s">
+        <v>830</v>
+      </c>
+      <c r="D286" s="15" t="s">
         <v>831</v>
       </c>
-      <c r="D286" s="15" t="s">
+      <c r="E286" s="15" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I286" s="15" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="J286" s="15">
         <v>1000</v>
       </c>
       <c r="K286" s="15">
         <v>0.55502</v>
       </c>
       <c r="L286" s="15">
         <v>0.4655</v>
       </c>
       <c r="M286" s="15">
         <v>0.4476</v>
       </c>
       <c r="N286" s="15"/>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>834</v>
+      </c>
+      <c r="D287" s="15" t="s">
         <v>835</v>
       </c>
-      <c r="D287" s="15" t="s">
+      <c r="E287" s="15" t="s">
         <v>836</v>
-      </c>
-[...1 lines deleted...]
-        <v>837</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>1500</v>
       </c>
       <c r="K287" s="15">
         <v>0.76971</v>
       </c>
       <c r="L287" s="15">
         <v>0.64555</v>
       </c>
       <c r="M287" s="15">
         <v>0.62072</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C288" s="15" t="s">
+        <v>838</v>
+      </c>
+      <c r="D288" s="15" t="s">
         <v>839</v>
       </c>
-      <c r="D288" s="15" t="s">
+      <c r="E288" s="15" t="s">
         <v>840</v>
-      </c>
-[...1 lines deleted...]
-        <v>841</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>1000</v>
       </c>
       <c r="K288" s="15">
         <v>0.13789</v>
       </c>
       <c r="L288" s="15">
         <v>0.13789</v>
       </c>
       <c r="M288" s="15">
         <v>0.13789</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C289" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="D289" s="15" t="s">
         <v>842</v>
       </c>
-      <c r="D289" s="15" t="s">
+      <c r="E289" s="15" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>844</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>1000</v>
       </c>
       <c r="K289" s="15">
         <v>0.7210800000000001</v>
       </c>
       <c r="L289" s="15">
         <v>0.62493</v>
       </c>
       <c r="M289" s="15">
         <v>0.60089</v>
       </c>
       <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C290" s="15" t="s">
+        <v>844</v>
+      </c>
+      <c r="D290" s="15" t="s">
         <v>845</v>
       </c>
-      <c r="D290" s="15" t="s">
+      <c r="E290" s="15" t="s">
         <v>846</v>
-      </c>
-[...1 lines deleted...]
-        <v>847</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I290" s="15" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
       <c r="J290" s="15">
         <v>1000</v>
       </c>
       <c r="K290" s="15">
         <v>0.31</v>
       </c>
       <c r="L290" s="15">
         <v>0.31</v>
       </c>
       <c r="M290" s="15">
         <v>0.31</v>
       </c>
       <c r="N290" s="15">
-        <v>152</v>
+        <v>136</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C291" s="15" t="s">
+        <v>848</v>
+      </c>
+      <c r="D291" s="15" t="s">
         <v>849</v>
       </c>
-      <c r="D291" s="15" t="s">
+      <c r="E291" s="15" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="H291" s="15" t="s">
         <v>852</v>
-      </c>
-[...1 lines deleted...]
-        <v>853</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>5000</v>
       </c>
       <c r="K291" s="15">
         <v>0.24562</v>
       </c>
       <c r="L291" s="15">
         <v>0.20601</v>
       </c>
       <c r="M291" s="15">
         <v>0.19808</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C292" s="15" t="s">
+        <v>853</v>
+      </c>
+      <c r="D292" s="15" t="s">
         <v>854</v>
       </c>
-      <c r="D292" s="15" t="s">
+      <c r="E292" s="15" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>3000</v>
       </c>
       <c r="K292" s="15">
         <v>0.90347</v>
       </c>
       <c r="L292" s="15">
         <v>0.75775</v>
       </c>
       <c r="M292" s="15">
         <v>0.7286</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C293" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="D293" s="15" t="s">
         <v>857</v>
       </c>
-      <c r="D293" s="15" t="s">
+      <c r="E293" s="15" t="s">
         <v>858</v>
-      </c>
-[...1 lines deleted...]
-        <v>859</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
         <v>0.54604</v>
       </c>
       <c r="L293" s="15">
         <v>0.45797</v>
       </c>
       <c r="M293" s="15">
         <v>0.44035</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C294" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="D294" s="15" t="s">
         <v>861</v>
       </c>
-      <c r="D294" s="15" t="s">
+      <c r="E294" s="15" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.47195</v>
       </c>
       <c r="L294" s="15">
         <v>0.40902</v>
       </c>
       <c r="M294" s="15">
         <v>0.39329</v>
       </c>
       <c r="N294" s="15">
-        <v>3750</v>
+        <v>3200</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C295" s="15" t="s">
+        <v>863</v>
+      </c>
+      <c r="D295" s="15" t="s">
         <v>864</v>
       </c>
-      <c r="D295" s="15" t="s">
+      <c r="E295" s="15" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.81323</v>
       </c>
       <c r="L295" s="15">
         <v>0.68208</v>
       </c>
       <c r="M295" s="15">
         <v>0.65583</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C296" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="D296" s="15" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
       <c r="E296" s="15">
         <v>10080054805</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="J296" s="15">
         <v>3000</v>
       </c>
       <c r="K296" s="15">
         <v>0.11357</v>
       </c>
       <c r="L296" s="15">
         <v>0.09465</v>
       </c>
       <c r="M296" s="15">
         <v>0.09085</v>
       </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>870</v>
+      </c>
+      <c r="D297" s="15" t="s">
         <v>871</v>
       </c>
-      <c r="D297" s="15" t="s">
+      <c r="E297" s="15" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15" t="s">
-        <v>874</v>
+        <v>873</v>
       </c>
       <c r="H297" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
         <v>0.51569</v>
       </c>
       <c r="L297" s="15">
         <v>0.44693</v>
       </c>
       <c r="M297" s="15">
         <v>0.42974</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>874</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>875</v>
       </c>
-      <c r="D298" s="15" t="s">
+      <c r="E298" s="15" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>4000</v>
       </c>
       <c r="K298" s="15">
         <v>0.01635</v>
       </c>
       <c r="L298" s="15">
         <v>0.01417</v>
       </c>
       <c r="M298" s="15">
         <v>0.01363</v>
       </c>
       <c r="N298" s="15"/>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C299" s="15" t="s">
+        <v>877</v>
+      </c>
+      <c r="D299" s="15" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>879</v>
       </c>
       <c r="E299" s="15">
         <v>10080072974</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>4000</v>
       </c>
       <c r="K299" s="15">
         <v>0.031</v>
       </c>
       <c r="L299" s="15">
         <v>0.031</v>
       </c>
       <c r="M299" s="15">
         <v>0.031</v>
       </c>
       <c r="N299" s="15">
-        <v>10328</v>
+        <v>11513</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C300" s="15" t="s">
+        <v>880</v>
+      </c>
+      <c r="D300" s="15" t="s">
         <v>881</v>
       </c>
-      <c r="D300" s="15" t="s">
+      <c r="E300" s="15" t="s">
         <v>882</v>
-      </c>
-[...1 lines deleted...]
-        <v>883</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>4000</v>
       </c>
       <c r="K300" s="15">
         <v>0.02781</v>
       </c>
       <c r="L300" s="15">
         <v>0.02332</v>
       </c>
       <c r="M300" s="15">
         <v>0.02243</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>883</v>
+      </c>
+      <c r="D301" s="15" t="s">
         <v>884</v>
       </c>
-      <c r="D301" s="15" t="s">
+      <c r="E301" s="15" t="s">
         <v>885</v>
-      </c>
-[...1 lines deleted...]
-        <v>886</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>3000</v>
       </c>
       <c r="K301" s="15">
         <v>0.11</v>
       </c>
       <c r="L301" s="15">
         <v>0.11</v>
       </c>
       <c r="M301" s="15">
         <v>0.11</v>
       </c>
       <c r="N301" s="15">
-        <v>9840</v>
+        <v>10320</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
+        <v>886</v>
+      </c>
+      <c r="D302" s="15" t="s">
         <v>887</v>
       </c>
-      <c r="D302" s="15" t="s">
+      <c r="E302" s="15" t="s">
         <v>888</v>
-      </c>
-[...1 lines deleted...]
-        <v>889</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H302" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
         <v>0.095</v>
       </c>
       <c r="L302" s="15">
         <v>0.095</v>
       </c>
       <c r="M302" s="15">
         <v>0.095</v>
       </c>
       <c r="N302" s="15">
-        <v>1760</v>
+        <v>1560</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>889</v>
+      </c>
+      <c r="D303" s="15" t="s">
         <v>890</v>
       </c>
-      <c r="D303" s="15" t="s">
+      <c r="E303" s="15" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H303" s="15" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>250</v>
       </c>
       <c r="K303" s="15">
         <v>0.47772</v>
       </c>
       <c r="L303" s="15">
         <v>0.47772</v>
       </c>
       <c r="M303" s="15">
         <v>0.47772</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>892</v>
+      </c>
+      <c r="D304" s="15" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>894</v>
       </c>
       <c r="E304" s="15">
         <v>10080015875</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15" t="s">
+        <v>894</v>
+      </c>
+      <c r="H304" s="15" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>896</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>4000</v>
       </c>
       <c r="K304" s="15">
         <v>0.05546</v>
       </c>
       <c r="L304" s="15">
         <v>0.04621</v>
       </c>
       <c r="M304" s="15">
         <v>0.04437</v>
       </c>
       <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="D305" s="15" t="s">
         <v>897</v>
       </c>
-      <c r="D305" s="15" t="s">
+      <c r="E305" s="15" t="s">
         <v>898</v>
-      </c>
-[...1 lines deleted...]
-        <v>899</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="H305" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
         <v>0.155</v>
       </c>
       <c r="L305" s="15">
         <v>0.155</v>
       </c>
       <c r="M305" s="15">
         <v>0.155</v>
       </c>
       <c r="N305" s="15">
-        <v>700</v>
+        <v>740</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>901</v>
       </c>
-      <c r="D306" s="15" t="s">
+      <c r="E306" s="15" t="s">
         <v>902</v>
-      </c>
-[...1 lines deleted...]
-        <v>903</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="H306" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>1000</v>
       </c>
       <c r="K306" s="15">
         <v>0.26641</v>
       </c>
       <c r="L306" s="15">
         <v>0.25606</v>
       </c>
       <c r="M306" s="15">
         <v>0.24701</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>903</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="E307" s="15">
         <v>10080003700</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="H307" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.26641</v>
       </c>
       <c r="L307" s="15">
         <v>0.25606</v>
       </c>
       <c r="M307" s="15">
         <v>0.24701</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>905</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>906</v>
-      </c>
-[...1 lines deleted...]
-        <v>907</v>
       </c>
       <c r="E308" s="15">
         <v>10080003778</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15" t="s">
-        <v>900</v>
+        <v>899</v>
       </c>
       <c r="H308" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
         <v>0.26641</v>
       </c>
       <c r="L308" s="15">
         <v>0.25606</v>
       </c>
       <c r="M308" s="15">
         <v>0.24701</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>907</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>908</v>
       </c>
-      <c r="D309" s="15" t="s">
+      <c r="E309" s="15" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="H309" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.33107</v>
       </c>
       <c r="L309" s="15">
         <v>0.31944</v>
       </c>
       <c r="M309" s="15">
         <v>0.3078</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>911</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>912</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="H310" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
         <v>0.33107</v>
       </c>
       <c r="L310" s="15">
         <v>0.31944</v>
       </c>
       <c r="M310" s="15">
         <v>0.3078</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>914</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="E311" s="15">
         <v>10080003697</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="H311" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.37245</v>
       </c>
       <c r="L311" s="15">
         <v>0.35952</v>
       </c>
       <c r="M311" s="15">
         <v>0.34659</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>916</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>917</v>
-      </c>
-[...1 lines deleted...]
-        <v>918</v>
       </c>
       <c r="E312" s="15">
         <v>10080003779</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="H312" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I312" s="15"/>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.215</v>
       </c>
       <c r="L312" s="15">
         <v>0.215</v>
       </c>
       <c r="M312" s="15">
         <v>0.215</v>
       </c>
       <c r="N312" s="15">
         <v>1692</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>918</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>919</v>
       </c>
-      <c r="D313" s="15" t="s">
+      <c r="E313" s="15" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15" t="s">
-        <v>911</v>
+        <v>910</v>
       </c>
       <c r="H313" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I313" s="15"/>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.35823</v>
       </c>
       <c r="L313" s="15">
         <v>0.3453</v>
       </c>
       <c r="M313" s="15">
         <v>0.33236</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>921</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>922</v>
-      </c>
-[...1 lines deleted...]
-        <v>923</v>
       </c>
       <c r="E314" s="15">
         <v>10080066029</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="H314" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>4000</v>
       </c>
       <c r="K314" s="15">
         <v>0.04048</v>
       </c>
       <c r="L314" s="15">
         <v>0.03373</v>
       </c>
       <c r="M314" s="15">
         <v>0.03238</v>
       </c>
       <c r="N314" s="15"/>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>923</v>
+      </c>
+      <c r="D315" s="15" t="s">
         <v>924</v>
       </c>
-      <c r="D315" s="15" t="s">
+      <c r="E315" s="15" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
         <v>0.45263</v>
       </c>
       <c r="L315" s="15">
         <v>0.38798</v>
       </c>
       <c r="M315" s="15">
         <v>0.35823</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>926</v>
+      </c>
+      <c r="D316" s="15" t="s">
         <v>927</v>
       </c>
-      <c r="D316" s="15" t="s">
+      <c r="E316" s="15" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>2500</v>
       </c>
       <c r="K316" s="15">
         <v>0.05968</v>
       </c>
       <c r="L316" s="15">
         <v>0.05968</v>
       </c>
       <c r="M316" s="15">
         <v>0.05968</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>929</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>930</v>
       </c>
-      <c r="D317" s="15" t="s">
+      <c r="E317" s="15" t="s">
         <v>931</v>
-      </c>
-[...1 lines deleted...]
-        <v>932</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H317" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>0.78513</v>
       </c>
       <c r="L317" s="15">
         <v>0.6585</v>
       </c>
       <c r="M317" s="15">
         <v>0.63317</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>932</v>
+      </c>
+      <c r="D318" s="15" t="s">
         <v>933</v>
       </c>
-      <c r="D318" s="15" t="s">
+      <c r="E318" s="15" t="s">
         <v>934</v>
-      </c>
-[...1 lines deleted...]
-        <v>935</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="H318" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.28</v>
       </c>
       <c r="L318" s="15">
         <v>0.28</v>
       </c>
       <c r="M318" s="15">
         <v>0.28</v>
       </c>
       <c r="N318" s="15">
-        <v>2990</v>
+        <v>2542</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>936</v>
+      </c>
+      <c r="D319" s="15" t="s">
         <v>937</v>
       </c>
-      <c r="D319" s="15" t="s">
+      <c r="E319" s="15" t="s">
         <v>938</v>
-      </c>
-[...1 lines deleted...]
-        <v>939</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15">
         <v>1000</v>
       </c>
       <c r="K319" s="15">
         <v>0.70225</v>
       </c>
       <c r="L319" s="15">
         <v>0.5889799999999999</v>
       </c>
       <c r="M319" s="15">
         <v>0.56633</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14"/>
       <c r="C320" s="15"/>
       <c r="D320" s="15"/>
       <c r="E320" s="15"/>
@@ -16456,317 +16439,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>942</v>
+        <v>941</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>942</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>946</v>
-      </c>
-[...1 lines deleted...]
-        <v>947</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>948</v>
+        <v>947</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>948</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>951</v>
+        <v>950</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>951</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>953</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>954</v>
+        <v>953</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>956</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>957</v>
-      </c>
-[...1 lines deleted...]
-        <v>958</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>958</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>960</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>962</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>964</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>965</v>
-      </c>
-[...1 lines deleted...]
-        <v>966</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>