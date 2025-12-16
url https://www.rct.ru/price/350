--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="511">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -595,51 +595,51 @@
   <si>
     <t>UT-00098810</t>
   </si>
   <si>
     <t xml:space="preserve">CD4020BCMX FAIR, HEF4020BT,652 NXP/NEXPERIA, </t>
   </si>
   <si>
     <t>CD4020BCMX (HEF4020BT)</t>
   </si>
   <si>
     <t>Микросхема CD4020BCMX (HEF4020BT)</t>
   </si>
   <si>
     <t>10-00044726</t>
   </si>
   <si>
     <t>CD4022BE</t>
   </si>
   <si>
     <t>CD4022 (CD4022BE)</t>
   </si>
   <si>
     <t>UT-00150142</t>
   </si>
   <si>
-    <t>13.01.2026</t>
+    <t>03.01.2026</t>
   </si>
   <si>
     <t>CD4027 (CD4027BE)</t>
   </si>
   <si>
     <t>Микросхема CD4027 (CD4027BE)</t>
   </si>
   <si>
     <t>CD4028BE</t>
   </si>
   <si>
     <t>CD4028 (CD4028BE)</t>
   </si>
   <si>
     <t>UT-00150141</t>
   </si>
   <si>
     <t>Микросхема CD4028BE</t>
   </si>
   <si>
     <t>CD4029BM96</t>
   </si>
   <si>
     <t>Микросхема CD4029BM96</t>
   </si>
@@ -778,87 +778,84 @@
   <si>
     <t>UT-00121572</t>
   </si>
   <si>
     <t>HEF4049BT</t>
   </si>
   <si>
     <t>CD4049 (HEF4049BT)</t>
   </si>
   <si>
     <t>10-00044613</t>
   </si>
   <si>
     <t>CD4050BPWR</t>
   </si>
   <si>
     <t>CD4050 (CD4050BPWR)</t>
   </si>
   <si>
     <t>UT-00107495</t>
   </si>
   <si>
     <t>TSSOP16</t>
   </si>
   <si>
-    <t>30.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>CD4050BDR</t>
   </si>
   <si>
     <t>Микросхема CD4050BDR</t>
   </si>
   <si>
     <t>10-00044651</t>
   </si>
   <si>
     <t>CD4050BE</t>
   </si>
   <si>
     <t>Микросхема CD4050BE</t>
   </si>
   <si>
     <t>4051G-S16-R</t>
   </si>
   <si>
     <t>CD4051 (4051G-S16-R)</t>
   </si>
   <si>
     <t>UT-00134492</t>
   </si>
   <si>
     <t>CD4051BE</t>
   </si>
   <si>
     <t>CD4051 (CD4051BE)</t>
   </si>
   <si>
     <t>UT-00150144</t>
   </si>
   <si>
-    <t>14.01.2026</t>
+    <t>06.01.2026</t>
   </si>
   <si>
     <t>HCF4051BEY</t>
   </si>
   <si>
     <t>CD4051 (HCF4051BEY)</t>
   </si>
   <si>
     <t>HCF4051M013TR</t>
   </si>
   <si>
     <t>CD4051 (HCF4051M013TR)</t>
   </si>
   <si>
     <t>CD4051 (HEF4051BP,652)</t>
   </si>
   <si>
     <t>Микросхема CD4051 (HEF4051BP,652)</t>
   </si>
   <si>
     <t>HEF4051BT,118</t>
   </si>
   <si>
     <t>CD4051 (HEF4051BT,118)</t>
   </si>
@@ -2387,51 +2384,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080054725</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2500</v>
       </c>
       <c r="K11" s="15">
         <v>0.28251</v>
       </c>
       <c r="L11" s="15">
         <v>0.23695</v>
       </c>
       <c r="M11" s="15">
         <v>0.22784</v>
       </c>
       <c r="N11" s="15">
-        <v>3803</v>
+        <v>3334</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -2658,51 +2655,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080066805</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.16097</v>
       </c>
       <c r="L18" s="15">
         <v>0.16097</v>
       </c>
       <c r="M18" s="15">
         <v>0.16097</v>
       </c>
       <c r="N18" s="15">
-        <v>3218</v>
+        <v>3761</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
@@ -2814,51 +2811,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2500</v>
       </c>
       <c r="K22" s="15">
         <v>0.13725</v>
       </c>
       <c r="L22" s="15">
         <v>0.11895</v>
       </c>
       <c r="M22" s="15">
         <v>0.11438</v>
       </c>
       <c r="N22" s="15">
-        <v>5712</v>
+        <v>5780</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
@@ -3132,51 +3129,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2500</v>
       </c>
       <c r="K30" s="15">
         <v>0.06573</v>
       </c>
       <c r="L30" s="15">
         <v>0.06573</v>
       </c>
       <c r="M30" s="15">
         <v>0.06573</v>
       </c>
       <c r="N30" s="15">
-        <v>862</v>
+        <v>742</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10000008443</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
@@ -3526,51 +3523,51 @@
         <v>10080048217</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>2500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15308</v>
       </c>
       <c r="L40" s="15">
         <v>0.14642</v>
       </c>
       <c r="M40" s="15">
         <v>0.14642</v>
       </c>
       <c r="N40" s="15">
-        <v>1364</v>
+        <v>1498</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>37</v>
@@ -4002,51 +3999,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2500</v>
       </c>
       <c r="K52" s="15">
         <v>0.21064</v>
       </c>
       <c r="L52" s="15">
         <v>0.21064</v>
       </c>
       <c r="M52" s="15">
         <v>0.21064</v>
       </c>
       <c r="N52" s="15">
-        <v>796</v>
+        <v>774</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
@@ -4119,51 +4116,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.18769</v>
       </c>
       <c r="L55" s="15">
         <v>0.18769</v>
       </c>
       <c r="M55" s="15">
         <v>0.18769</v>
       </c>
       <c r="N55" s="15">
-        <v>489</v>
+        <v>370</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>67</v>
@@ -4238,92 +4235,92 @@
       </c>
       <c r="E58" s="15">
         <v>10080054727</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.147</v>
       </c>
       <c r="L58" s="15">
         <v>0.147</v>
       </c>
       <c r="M58" s="15">
         <v>0.147</v>
       </c>
       <c r="N58" s="15">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E59" s="15">
         <v>10080027907</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2500</v>
       </c>
       <c r="K59" s="15">
         <v>0.19</v>
       </c>
       <c r="L59" s="15">
         <v>0.19</v>
       </c>
       <c r="M59" s="15">
         <v>0.19</v>
       </c>
       <c r="N59" s="15">
-        <v>238</v>
+        <v>212</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>34</v>
@@ -4588,57 +4585,57 @@
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>25</v>
       </c>
       <c r="K67" s="15">
-        <v>0.30722</v>
+        <v>0.32907</v>
       </c>
       <c r="L67" s="15">
-        <v>0.26625</v>
+        <v>0.28519</v>
       </c>
       <c r="M67" s="15">
-        <v>0.25601</v>
+        <v>0.27423</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E68" s="15">
         <v>10080034475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H68" s="15" t="s">
@@ -5373,3545 +5370,3545 @@
       </c>
       <c r="E87" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2500</v>
       </c>
       <c r="K87" s="15">
         <v>0.16381</v>
       </c>
       <c r="L87" s="15">
         <v>0.16381</v>
       </c>
       <c r="M87" s="15">
         <v>0.16381</v>
       </c>
       <c r="N87" s="15">
-        <v>1706</v>
+        <v>1729</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>2000</v>
       </c>
       <c r="K88" s="15">
         <v>0.21973</v>
       </c>
       <c r="L88" s="15">
         <v>0.18429</v>
       </c>
       <c r="M88" s="15">
         <v>0.1772</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15" t="s">
-        <v>254</v>
+        <v>193</v>
       </c>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2500</v>
       </c>
       <c r="K89" s="15">
         <v>0.24323</v>
       </c>
       <c r="L89" s="15">
         <v>0.204</v>
       </c>
       <c r="M89" s="15">
         <v>0.19615</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="E90" s="15">
         <v>10080006123</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>25</v>
       </c>
       <c r="K90" s="15">
         <v>0.13651</v>
       </c>
       <c r="L90" s="15">
         <v>0.13651</v>
       </c>
       <c r="M90" s="15">
         <v>0.13651</v>
       </c>
       <c r="N90" s="15">
-        <v>2049</v>
+        <v>2149</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>0.09245</v>
       </c>
       <c r="L91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="M91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N91" s="15">
-        <v>7800</v>
+        <v>7419</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>25</v>
       </c>
       <c r="K92" s="15">
         <v>0.18704</v>
       </c>
       <c r="L92" s="15">
         <v>0.15687</v>
       </c>
       <c r="M92" s="15">
         <v>0.15084</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="E93" s="15">
         <v>10000011016</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>25</v>
       </c>
       <c r="K93" s="15">
         <v>0.27342</v>
       </c>
       <c r="L93" s="15">
         <v>0.25372</v>
       </c>
       <c r="M93" s="15">
         <v>0.24387</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E94" s="15">
         <v>10000019226</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>2500</v>
       </c>
       <c r="K94" s="15">
         <v>0.16258</v>
       </c>
       <c r="L94" s="15">
         <v>0.15765</v>
       </c>
       <c r="M94" s="15">
         <v>0.15149</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E95" s="15">
         <v>10080000538</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.55588</v>
       </c>
       <c r="L95" s="15">
         <v>0.44828</v>
       </c>
       <c r="M95" s="15">
         <v>0.43035</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E96" s="15">
         <v>10080056526</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2500</v>
       </c>
       <c r="K96" s="15">
         <v>0.13951</v>
       </c>
       <c r="L96" s="15">
         <v>0.11625</v>
       </c>
       <c r="M96" s="15">
         <v>0.1116</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E97" s="15">
         <v>10080032802</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2500</v>
       </c>
       <c r="K97" s="15">
         <v>0.17968</v>
       </c>
       <c r="L97" s="15">
         <v>0.14733</v>
       </c>
       <c r="M97" s="15">
         <v>0.14135</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E98" s="15">
         <v>10080010783</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>2500</v>
       </c>
       <c r="K98" s="15">
         <v>0.09451</v>
       </c>
       <c r="L98" s="15">
         <v>0.09451</v>
       </c>
       <c r="M98" s="15">
         <v>0.09451</v>
       </c>
       <c r="N98" s="15">
         <v>7</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2500</v>
       </c>
       <c r="K99" s="15">
         <v>0.10031</v>
       </c>
       <c r="L99" s="15">
         <v>0.08692999999999999</v>
       </c>
       <c r="M99" s="15">
         <v>0.08359</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E100" s="15">
         <v>10080029163</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>2500</v>
       </c>
       <c r="K100" s="15">
         <v>0.16588</v>
       </c>
       <c r="L100" s="15">
         <v>0.13913</v>
       </c>
       <c r="M100" s="15">
         <v>0.13378</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D101" s="15" t="s">
+      <c r="E101" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.15373</v>
       </c>
       <c r="L101" s="15">
         <v>0.12893</v>
       </c>
       <c r="M101" s="15">
         <v>0.12398</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D102" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="E102" s="15" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>0.36459</v>
       </c>
       <c r="L102" s="15">
         <v>0.30579</v>
       </c>
       <c r="M102" s="15">
         <v>0.29403</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2500</v>
       </c>
       <c r="K103" s="15">
         <v>0.21381</v>
       </c>
       <c r="L103" s="15">
         <v>0.18586</v>
       </c>
       <c r="M103" s="15">
         <v>0.16172</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="E104" s="15">
         <v>10000011009</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>0.11829</v>
       </c>
       <c r="L104" s="15">
         <v>0.10252</v>
       </c>
       <c r="M104" s="15">
         <v>0.09858</v>
       </c>
       <c r="N104" s="15">
-        <v>4405</v>
+        <v>4687</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E105" s="15">
         <v>10080072838</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20142</v>
       </c>
       <c r="L105" s="15">
         <v>0.162</v>
       </c>
       <c r="M105" s="15">
         <v>0.15</v>
       </c>
       <c r="N105" s="15">
-        <v>9035</v>
+        <v>8761</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.52055</v>
       </c>
       <c r="L106" s="15">
         <v>0.43659</v>
       </c>
       <c r="M106" s="15">
         <v>0.4198</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15" t="s">
         <v>193</v>
       </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D107" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="15" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>25</v>
       </c>
       <c r="K107" s="15">
         <v>0.18304</v>
       </c>
       <c r="L107" s="15">
         <v>0.15352</v>
       </c>
       <c r="M107" s="15">
         <v>0.14761</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>0.13803</v>
       </c>
       <c r="L108" s="15">
         <v>0.11963</v>
       </c>
       <c r="M108" s="15">
         <v>0.11503</v>
       </c>
       <c r="N108" s="15">
-        <v>1550</v>
+        <v>1600</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E109" s="15">
         <v>10080027131</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.4</v>
       </c>
       <c r="L109" s="15">
         <v>0.33</v>
       </c>
       <c r="M109" s="15">
         <v>0.3</v>
       </c>
       <c r="N109" s="15">
-        <v>1803</v>
+        <v>1659</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>2500</v>
       </c>
       <c r="K110" s="15">
         <v>0.20607</v>
       </c>
       <c r="L110" s="15">
         <v>0.20607</v>
       </c>
       <c r="M110" s="15">
         <v>0.20607</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E111" s="15">
         <v>10000017998</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>2500</v>
       </c>
       <c r="K111" s="15">
         <v>0.13302</v>
       </c>
       <c r="L111" s="15">
         <v>0.12317</v>
       </c>
       <c r="M111" s="15">
         <v>0.11824</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>25</v>
       </c>
       <c r="K112" s="15">
         <v>0.18475</v>
       </c>
       <c r="L112" s="15">
         <v>0.16628</v>
       </c>
       <c r="M112" s="15">
         <v>0</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="E113" s="15">
         <v>10080010809</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J113" s="15">
         <v>2500</v>
       </c>
       <c r="K113" s="15">
         <v>0.20641</v>
       </c>
       <c r="L113" s="15">
         <v>0.20641</v>
       </c>
       <c r="M113" s="15">
         <v>0.20641</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E114" s="15">
         <v>10080032382</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="J114" s="15">
         <v>2500</v>
       </c>
       <c r="K114" s="15">
         <v>0.4619</v>
       </c>
       <c r="L114" s="15">
         <v>0.3874</v>
       </c>
       <c r="M114" s="15">
         <v>0.3725</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="E115" s="15">
         <v>10080049490</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.26315</v>
       </c>
       <c r="L115" s="15">
         <v>0.21579</v>
       </c>
       <c r="M115" s="15">
         <v>0.20701</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.06526</v>
       </c>
       <c r="L116" s="15">
         <v>0.06526</v>
       </c>
       <c r="M116" s="15">
         <v>0.06526</v>
       </c>
       <c r="N116" s="15">
-        <v>1428</v>
+        <v>1809</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E117" s="15">
         <v>10080050436</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.14782</v>
       </c>
       <c r="L117" s="15">
         <v>0.12318</v>
       </c>
       <c r="M117" s="15">
         <v>0.11825</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E118" s="15">
         <v>10080075708</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.22172</v>
       </c>
       <c r="L118" s="15">
         <v>0.18476</v>
       </c>
       <c r="M118" s="15">
         <v>0.17736</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="E119" s="15">
         <v>10080047147</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2500</v>
       </c>
       <c r="K119" s="15">
         <v>0.17559</v>
       </c>
       <c r="L119" s="15">
         <v>0.17559</v>
       </c>
       <c r="M119" s="15">
         <v>0.17559</v>
       </c>
       <c r="N119" s="15">
         <v>18</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="J120" s="15">
         <v>2500</v>
       </c>
       <c r="K120" s="15">
         <v>0.10221</v>
       </c>
       <c r="L120" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="M120" s="15">
         <v>0.08518000000000001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E121" s="15">
         <v>10080012809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2500</v>
       </c>
       <c r="K121" s="15">
         <v>0.11307</v>
       </c>
       <c r="L121" s="15">
         <v>0.09272</v>
       </c>
       <c r="M121" s="15">
         <v>0.08894000000000001</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>25</v>
       </c>
       <c r="K122" s="15">
         <v>0.15396</v>
       </c>
       <c r="L122" s="15">
         <v>0.14165</v>
       </c>
       <c r="M122" s="15">
         <v>0.12933</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="E123" s="15">
         <v>10080004838</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2500</v>
       </c>
       <c r="K123" s="15">
         <v>0.16135</v>
       </c>
       <c r="L123" s="15">
         <v>0.15642</v>
       </c>
       <c r="M123" s="15">
         <v>0.15026</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="E124" s="15">
         <v>10080003640</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2500</v>
       </c>
       <c r="K124" s="15">
         <v>0.16135</v>
       </c>
       <c r="L124" s="15">
         <v>0.15642</v>
       </c>
       <c r="M124" s="15">
         <v>0.15026</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E125" s="15">
         <v>10080071082</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2500</v>
       </c>
       <c r="K125" s="15">
         <v>0.16124</v>
       </c>
       <c r="L125" s="15">
         <v>0.13523</v>
       </c>
       <c r="M125" s="15">
         <v>0.13003</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>345</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.12329</v>
       </c>
       <c r="L126" s="15">
         <v>0.099</v>
       </c>
       <c r="M126" s="15">
         <v>0.09</v>
       </c>
       <c r="N126" s="15">
-        <v>1725</v>
+        <v>2225</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>348</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2500</v>
       </c>
       <c r="K127" s="15">
         <v>0.11807</v>
       </c>
       <c r="L127" s="15">
         <v>0.11807</v>
       </c>
       <c r="M127" s="15">
         <v>0.11807</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E128" s="15">
         <v>10080009806</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>25</v>
       </c>
       <c r="K128" s="15">
         <v>0.33255</v>
       </c>
       <c r="L128" s="15">
         <v>0.22416</v>
       </c>
       <c r="M128" s="15">
         <v>0.21678</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E129" s="15">
         <v>10080055008</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2500</v>
       </c>
       <c r="K129" s="15">
         <v>0.11214</v>
       </c>
       <c r="L129" s="15">
         <v>0.09195</v>
       </c>
       <c r="M129" s="15">
         <v>0.08822000000000001</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>355</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H130" s="15"/>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.16332</v>
       </c>
       <c r="L130" s="15">
         <v>0</v>
       </c>
       <c r="M130" s="15">
         <v>0</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E131" s="15">
         <v>10080007990</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>25</v>
       </c>
       <c r="K131" s="15">
         <v>0.19337</v>
       </c>
       <c r="L131" s="15">
         <v>0.26777</v>
       </c>
       <c r="M131" s="15">
         <v>0.25791</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>360</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2500</v>
       </c>
       <c r="K132" s="15">
         <v>0.15396</v>
       </c>
       <c r="L132" s="15">
         <v>0.12933</v>
       </c>
       <c r="M132" s="15">
         <v>0.11085</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>25</v>
       </c>
       <c r="K133" s="15">
         <v>0.19706</v>
       </c>
       <c r="L133" s="15">
         <v>0.17243</v>
       </c>
       <c r="M133" s="15">
         <v>0.1478</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E134" s="15">
         <v>10080061726</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2500</v>
       </c>
       <c r="K134" s="15">
         <v>0.19433</v>
       </c>
       <c r="L134" s="15">
         <v>0.18588</v>
       </c>
       <c r="M134" s="15">
         <v>0.18588</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E135" s="15">
         <v>10080007984</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2500</v>
       </c>
       <c r="K135" s="15">
         <v>0.1223</v>
       </c>
       <c r="L135" s="15">
         <v>0.10029</v>
       </c>
       <c r="M135" s="15">
         <v>0.09621</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>370</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2500</v>
       </c>
       <c r="K136" s="15">
         <v>0.13067</v>
       </c>
       <c r="L136" s="15">
         <v>0.11005</v>
       </c>
       <c r="M136" s="15">
         <v>0.10005</v>
       </c>
       <c r="N136" s="15">
-        <v>1788</v>
+        <v>1376</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E137" s="15">
         <v>10080010790</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2500</v>
       </c>
       <c r="K137" s="15">
         <v>0.2153</v>
       </c>
       <c r="L137" s="15">
         <v>0.166</v>
       </c>
       <c r="M137" s="15">
         <v>15.6</v>
       </c>
       <c r="N137" s="15">
-        <v>504</v>
+        <v>486</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="E138" s="15">
         <v>10000017031</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>25</v>
       </c>
       <c r="K138" s="15">
         <v>0.41</v>
       </c>
       <c r="L138" s="15">
         <v>0.41</v>
       </c>
       <c r="M138" s="15">
         <v>0.41</v>
       </c>
       <c r="N138" s="15">
         <v>5</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="E139" s="15">
         <v>10080058029</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>2500</v>
       </c>
       <c r="K139" s="15">
         <v>0.20847</v>
       </c>
       <c r="L139" s="15">
         <v>0.17373</v>
       </c>
       <c r="M139" s="15">
         <v>0.16678</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="E140" s="15">
         <v>10000020067</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>2500</v>
       </c>
       <c r="K140" s="15">
         <v>0.16419</v>
       </c>
       <c r="L140" s="15">
         <v>0.11492</v>
       </c>
       <c r="M140" s="15">
         <v>0.10678</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
       <c r="E141" s="15">
         <v>10080012432</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>25</v>
       </c>
       <c r="K141" s="15">
         <v>0.30533</v>
       </c>
       <c r="L141" s="15">
         <v>0.30533</v>
       </c>
       <c r="M141" s="15">
         <v>0.30533</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>382</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.54609</v>
       </c>
       <c r="L142" s="15">
         <v>0.50408</v>
       </c>
       <c r="M142" s="15">
         <v>0.48307</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>385</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>386</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>120</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>2500</v>
       </c>
       <c r="K143" s="15">
         <v>0.44723</v>
       </c>
       <c r="L143" s="15">
         <v>0.44723</v>
       </c>
       <c r="M143" s="15">
         <v>0.44723</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E144" s="15">
         <v>10000019223</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>2500</v>
       </c>
       <c r="K144" s="15">
-        <v>0.12064</v>
+        <v>0.12152</v>
       </c>
       <c r="L144" s="15">
-        <v>0.10118</v>
+        <v>0.10192</v>
       </c>
       <c r="M144" s="15">
-        <v>0.09729</v>
+        <v>0.098</v>
       </c>
       <c r="N144" s="15">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>390</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>2500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09729</v>
       </c>
       <c r="L145" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M145" s="15">
         <v>0.07846</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E146" s="15">
         <v>10080010782</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>2500</v>
       </c>
       <c r="K146" s="15">
         <v>0.18972</v>
       </c>
       <c r="L146" s="15">
         <v>0.15912</v>
       </c>
       <c r="M146" s="15">
         <v>0.153</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E147" s="15">
         <v>10080055514</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2500</v>
       </c>
       <c r="K147" s="15">
         <v>0.2</v>
       </c>
       <c r="L147" s="15">
         <v>0.15</v>
       </c>
       <c r="M147" s="15">
         <v>0.135</v>
       </c>
       <c r="N147" s="15">
-        <v>5312</v>
+        <v>6640</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>397</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>25</v>
       </c>
       <c r="K148" s="15">
         <v>0.48853</v>
       </c>
       <c r="L148" s="15">
         <v>0.45095</v>
       </c>
       <c r="M148" s="15">
         <v>0.43218</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>400</v>
       </c>
-      <c r="D149" s="15" t="s">
+      <c r="E149" s="15" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>25</v>
       </c>
       <c r="K149" s="15">
         <v>0.50996</v>
       </c>
       <c r="L149" s="15">
         <v>0.42771</v>
       </c>
       <c r="M149" s="15">
         <v>0.41125</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>403</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>2000</v>
       </c>
       <c r="K150" s="15">
         <v>0.34461</v>
       </c>
       <c r="L150" s="15">
         <v>0.28903</v>
       </c>
       <c r="M150" s="15">
         <v>0.27791</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="E151" s="15">
         <v>10000023483</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>25</v>
       </c>
       <c r="K151" s="15">
         <v>0.27836</v>
       </c>
       <c r="L151" s="15">
         <v>0.25865</v>
       </c>
       <c r="M151" s="15">
         <v>0.24879</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="E152" s="15">
         <v>10080056437</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>210</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.21314</v>
       </c>
       <c r="L152" s="15">
         <v>0.20387</v>
       </c>
       <c r="M152" s="15">
         <v>0.20387</v>
       </c>
       <c r="N152" s="15">
-        <v>1702</v>
+        <v>1826</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="E153" s="15">
         <v>10080062071</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.77149</v>
       </c>
       <c r="L153" s="15">
         <v>0.62216</v>
       </c>
       <c r="M153" s="15">
         <v>0.59728</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="E154" s="15">
         <v>10080032381</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>25</v>
       </c>
       <c r="K154" s="15">
         <v>0.57838</v>
       </c>
       <c r="L154" s="15">
         <v>0.40497</v>
       </c>
       <c r="M154" s="15">
         <v>0.37603</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>413</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>414</v>
       </c>
-      <c r="D155" s="15" t="s">
+      <c r="E155" s="15" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>25</v>
       </c>
       <c r="K155" s="15">
         <v>0.24633</v>
       </c>
       <c r="L155" s="15">
         <v>0.20938</v>
       </c>
       <c r="M155" s="15">
         <v>0.18475</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>416</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="E156" s="15">
         <v>10000006623</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="J156" s="15">
         <v>2500</v>
       </c>
       <c r="K156" s="15">
         <v>0.26071</v>
       </c>
       <c r="L156" s="15">
         <v>0.21866</v>
       </c>
       <c r="M156" s="15">
         <v>0.21025</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>420</v>
       </c>
-      <c r="D157" s="15" t="s">
+      <c r="E157" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>2500</v>
       </c>
       <c r="K157" s="15">
         <v>0.09615</v>
       </c>
       <c r="L157" s="15">
         <v>0.08064</v>
       </c>
       <c r="M157" s="15">
         <v>0.07754</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J158" s="15">
         <v>2500</v>
       </c>
       <c r="K158" s="15">
         <v>0.15919</v>
       </c>
       <c r="L158" s="15">
         <v>0.14696</v>
       </c>
       <c r="M158" s="15">
         <v>0.14083</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>427</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>2500</v>
       </c>
       <c r="K159" s="15">
         <v>0.3111</v>
       </c>
       <c r="L159" s="15">
         <v>0.25926</v>
       </c>
       <c r="M159" s="15">
         <v>0.24888</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E160" s="15">
         <v>10080010720</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>25</v>
       </c>
       <c r="K160" s="15">
         <v>0.27718</v>
       </c>
       <c r="L160" s="15">
         <v>0.22729</v>
       </c>
       <c r="M160" s="15">
         <v>0.21805</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>431</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>432</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>0.07174999999999999</v>
       </c>
       <c r="L161" s="15">
         <v>0.04305</v>
       </c>
       <c r="M161" s="15">
         <v>0</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>436</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H162" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.04305</v>
       </c>
       <c r="L162" s="15">
         <v>0.04018</v>
       </c>
       <c r="M162" s="15">
         <v>0</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H163" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1</v>
       </c>
       <c r="K163" s="15">
         <v>0.18844</v>
       </c>
       <c r="L163" s="15">
         <v>0.16628</v>
       </c>
       <c r="M163" s="15">
         <v>0.15519</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>442</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H164" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15"/>
       <c r="K164" s="15">
         <v>0.13302</v>
       </c>
       <c r="L164" s="15">
         <v>0.1164</v>
       </c>
       <c r="M164" s="15">
         <v>0.11085</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>445</v>
       </c>
-      <c r="D165" s="15" t="s">
+      <c r="E165" s="15" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H165" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>100</v>
       </c>
       <c r="K165" s="15">
         <v>0.065</v>
       </c>
       <c r="L165" s="15">
         <v>0.065</v>
       </c>
       <c r="M165" s="15">
         <v>0.065</v>
       </c>
       <c r="N165" s="15">
         <v>66</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>447</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>448</v>
       </c>
-      <c r="D166" s="15" t="s">
+      <c r="E166" s="15" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H166" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>40</v>
       </c>
       <c r="K166" s="15">
         <v>0.0525</v>
       </c>
       <c r="L166" s="15">
         <v>0.0525</v>
       </c>
       <c r="M166" s="15">
         <v>0.0525</v>
       </c>
       <c r="N166" s="15">
         <v>15</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>451</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>452</v>
-      </c>
-[...1 lines deleted...]
-        <v>453</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
         <v>0.18844</v>
       </c>
       <c r="L167" s="15">
         <v>0.16628</v>
       </c>
       <c r="M167" s="15">
         <v>0</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>454</v>
       </c>
-      <c r="D168" s="15" t="s">
+      <c r="E168" s="15" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H168" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>96</v>
       </c>
       <c r="K168" s="15">
         <v>0.065</v>
       </c>
       <c r="L168" s="15">
         <v>0.065</v>
       </c>
       <c r="M168" s="15">
         <v>0.065</v>
       </c>
       <c r="N168" s="15">
         <v>14</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>456</v>
+      </c>
+      <c r="D169" s="15" t="s">
         <v>457</v>
       </c>
-      <c r="D169" s="15" t="s">
+      <c r="E169" s="15" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>100</v>
       </c>
       <c r="K169" s="15">
         <v>0.063</v>
       </c>
       <c r="L169" s="15">
         <v>0.063</v>
       </c>
       <c r="M169" s="15">
         <v>0.063</v>
       </c>
       <c r="N169" s="15">
         <v>78</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="D170" s="15" t="s">
         <v>460</v>
       </c>
-      <c r="D170" s="15" t="s">
+      <c r="E170" s="15" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H170" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15"/>
       <c r="K170" s="15">
         <v>0.06651</v>
       </c>
       <c r="L170" s="15">
         <v>0.05542</v>
       </c>
       <c r="M170" s="15">
         <v>0</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D171" s="15" t="s">
         <v>463</v>
       </c>
-      <c r="D171" s="15" t="s">
+      <c r="E171" s="15" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H171" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>100</v>
       </c>
       <c r="K171" s="15">
         <v>0.1441</v>
       </c>
       <c r="L171" s="15">
         <v>0.1441</v>
       </c>
       <c r="M171" s="15">
         <v>0.1441</v>
       </c>
       <c r="N171" s="15">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="D172" s="15" t="s">
         <v>466</v>
       </c>
-      <c r="D172" s="15" t="s">
+      <c r="E172" s="15" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H172" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1</v>
       </c>
       <c r="K172" s="15">
         <v>0.05542</v>
       </c>
       <c r="L172" s="15">
         <v>0.04434</v>
       </c>
       <c r="M172" s="15">
         <v>0</v>
       </c>
       <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D173" s="15" t="s">
         <v>469</v>
       </c>
-      <c r="D173" s="15" t="s">
+      <c r="E173" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H173" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>200</v>
       </c>
       <c r="K173" s="15">
         <v>0.05542</v>
       </c>
       <c r="L173" s="15">
         <v>0.04434</v>
       </c>
       <c r="M173" s="15">
         <v>0.02325</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>472</v>
       </c>
-      <c r="D174" s="15" t="s">
+      <c r="E174" s="15" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15"/>
       <c r="K174" s="15">
         <v>0.16628</v>
       </c>
       <c r="L174" s="15">
         <v>0.12749</v>
       </c>
       <c r="M174" s="15">
         <v>0.11085</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>474</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>475</v>
       </c>
-      <c r="D175" s="15" t="s">
+      <c r="E175" s="15" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H175" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="I175" s="15" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="J175" s="15">
         <v>100</v>
       </c>
       <c r="K175" s="15">
         <v>0.24633</v>
       </c>
       <c r="L175" s="15">
         <v>0.19583</v>
       </c>
       <c r="M175" s="15">
         <v>0.1932</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D176" s="15" t="s">
         <v>480</v>
       </c>
-      <c r="D176" s="15" t="s">
+      <c r="E176" s="15" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H176" s="15" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.0776</v>
       </c>
       <c r="L176" s="15">
         <v>0.06651</v>
       </c>
       <c r="M176" s="15">
         <v>0</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14"/>
       <c r="C177" s="15"/>
       <c r="D177" s="15"/>
       <c r="E177" s="15"/>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15"/>
@@ -8965,317 +8962,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>487</v>
-      </c>
-[...1 lines deleted...]
-        <v>488</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>489</v>
+        <v>488</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>492</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>504</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>506</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>