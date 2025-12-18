--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -595,51 +595,51 @@
   <si>
     <t>UT-00098810</t>
   </si>
   <si>
     <t xml:space="preserve">CD4020BCMX FAIR, HEF4020BT,652 NXP/NEXPERIA, </t>
   </si>
   <si>
     <t>CD4020BCMX (HEF4020BT)</t>
   </si>
   <si>
     <t>Микросхема CD4020BCMX (HEF4020BT)</t>
   </si>
   <si>
     <t>10-00044726</t>
   </si>
   <si>
     <t>CD4022BE</t>
   </si>
   <si>
     <t>CD4022 (CD4022BE)</t>
   </si>
   <si>
     <t>UT-00150142</t>
   </si>
   <si>
-    <t>03.01.2026</t>
+    <t>10.01.2026</t>
   </si>
   <si>
     <t>CD4027 (CD4027BE)</t>
   </si>
   <si>
     <t>Микросхема CD4027 (CD4027BE)</t>
   </si>
   <si>
     <t>CD4028BE</t>
   </si>
   <si>
     <t>CD4028 (CD4028BE)</t>
   </si>
   <si>
     <t>UT-00150141</t>
   </si>
   <si>
     <t>Микросхема CD4028BE</t>
   </si>
   <si>
     <t>CD4029BM96</t>
   </si>
   <si>
     <t>Микросхема CD4029BM96</t>
   </si>
@@ -778,84 +778,84 @@
   <si>
     <t>UT-00121572</t>
   </si>
   <si>
     <t>HEF4049BT</t>
   </si>
   <si>
     <t>CD4049 (HEF4049BT)</t>
   </si>
   <si>
     <t>10-00044613</t>
   </si>
   <si>
     <t>CD4050BPWR</t>
   </si>
   <si>
     <t>CD4050 (CD4050BPWR)</t>
   </si>
   <si>
     <t>UT-00107495</t>
   </si>
   <si>
     <t>TSSOP16</t>
   </si>
   <si>
+    <t>01.01.2026</t>
+  </si>
+  <si>
     <t>CD4050BDR</t>
   </si>
   <si>
     <t>Микросхема CD4050BDR</t>
   </si>
   <si>
     <t>10-00044651</t>
   </si>
   <si>
     <t>CD4050BE</t>
   </si>
   <si>
     <t>Микросхема CD4050BE</t>
   </si>
   <si>
     <t>4051G-S16-R</t>
   </si>
   <si>
     <t>CD4051 (4051G-S16-R)</t>
   </si>
   <si>
     <t>UT-00134492</t>
   </si>
   <si>
     <t>CD4051BE</t>
   </si>
   <si>
     <t>CD4051 (CD4051BE)</t>
   </si>
   <si>
     <t>UT-00150144</t>
-  </si>
-[...1 lines deleted...]
-    <t>06.01.2026</t>
   </si>
   <si>
     <t>HCF4051BEY</t>
   </si>
   <si>
     <t>CD4051 (HCF4051BEY)</t>
   </si>
   <si>
     <t>HCF4051M013TR</t>
   </si>
   <si>
     <t>CD4051 (HCF4051M013TR)</t>
   </si>
   <si>
     <t>CD4051 (HEF4051BP,652)</t>
   </si>
   <si>
     <t>Микросхема CD4051 (HEF4051BP,652)</t>
   </si>
   <si>
     <t>HEF4051BT,118</t>
   </si>
   <si>
     <t>CD4051 (HEF4051BT,118)</t>
   </si>
@@ -2384,51 +2384,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080054725</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2500</v>
       </c>
       <c r="K11" s="15">
         <v>0.28251</v>
       </c>
       <c r="L11" s="15">
         <v>0.23695</v>
       </c>
       <c r="M11" s="15">
         <v>0.22784</v>
       </c>
       <c r="N11" s="15">
-        <v>3334</v>
+        <v>3756</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -2655,51 +2655,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080066805</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.16097</v>
       </c>
       <c r="L18" s="15">
         <v>0.16097</v>
       </c>
       <c r="M18" s="15">
         <v>0.16097</v>
       </c>
       <c r="N18" s="15">
-        <v>3761</v>
+        <v>3535</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
@@ -2811,51 +2811,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2500</v>
       </c>
       <c r="K22" s="15">
         <v>0.13725</v>
       </c>
       <c r="L22" s="15">
         <v>0.11895</v>
       </c>
       <c r="M22" s="15">
         <v>0.11438</v>
       </c>
       <c r="N22" s="15">
-        <v>5780</v>
+        <v>5372</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
@@ -3129,51 +3129,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2500</v>
       </c>
       <c r="K30" s="15">
         <v>0.06573</v>
       </c>
       <c r="L30" s="15">
         <v>0.06573</v>
       </c>
       <c r="M30" s="15">
         <v>0.06573</v>
       </c>
       <c r="N30" s="15">
-        <v>742</v>
+        <v>883</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10000008443</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
@@ -3523,51 +3523,51 @@
         <v>10080048217</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>2500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15308</v>
       </c>
       <c r="L40" s="15">
         <v>0.14642</v>
       </c>
       <c r="M40" s="15">
         <v>0.14642</v>
       </c>
       <c r="N40" s="15">
-        <v>1498</v>
+        <v>1735</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>37</v>
@@ -3999,51 +3999,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2500</v>
       </c>
       <c r="K52" s="15">
         <v>0.21064</v>
       </c>
       <c r="L52" s="15">
         <v>0.21064</v>
       </c>
       <c r="M52" s="15">
         <v>0.21064</v>
       </c>
       <c r="N52" s="15">
-        <v>774</v>
+        <v>933</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
@@ -4116,51 +4116,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.18769</v>
       </c>
       <c r="L55" s="15">
         <v>0.18769</v>
       </c>
       <c r="M55" s="15">
         <v>0.18769</v>
       </c>
       <c r="N55" s="15">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>67</v>
@@ -4235,92 +4235,92 @@
       </c>
       <c r="E58" s="15">
         <v>10080054727</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.147</v>
       </c>
       <c r="L58" s="15">
         <v>0.147</v>
       </c>
       <c r="M58" s="15">
         <v>0.147</v>
       </c>
       <c r="N58" s="15">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E59" s="15">
         <v>10080027907</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2500</v>
       </c>
       <c r="K59" s="15">
         <v>0.19</v>
       </c>
       <c r="L59" s="15">
         <v>0.19</v>
       </c>
       <c r="M59" s="15">
         <v>0.19</v>
       </c>
       <c r="N59" s="15">
-        <v>212</v>
+        <v>225</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>34</v>
@@ -5370,256 +5370,256 @@
       </c>
       <c r="E87" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2500</v>
       </c>
       <c r="K87" s="15">
         <v>0.16381</v>
       </c>
       <c r="L87" s="15">
         <v>0.16381</v>
       </c>
       <c r="M87" s="15">
         <v>0.16381</v>
       </c>
       <c r="N87" s="15">
-        <v>1729</v>
+        <v>1986</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>2000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.21973</v>
+        <v>0.30639</v>
       </c>
       <c r="L88" s="15">
-        <v>0.18429</v>
+        <v>0.26554</v>
       </c>
       <c r="M88" s="15">
-        <v>0.1772</v>
+        <v>0.25533</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15" t="s">
-        <v>193</v>
+        <v>254</v>
       </c>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2500</v>
       </c>
       <c r="K89" s="15">
         <v>0.24323</v>
       </c>
       <c r="L89" s="15">
         <v>0.204</v>
       </c>
       <c r="M89" s="15">
         <v>0.19615</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E90" s="15">
         <v>10080006123</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>25</v>
       </c>
       <c r="K90" s="15">
         <v>0.13651</v>
       </c>
       <c r="L90" s="15">
         <v>0.13651</v>
       </c>
       <c r="M90" s="15">
         <v>0.13651</v>
       </c>
       <c r="N90" s="15">
-        <v>2149</v>
+        <v>1849</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>0.09245</v>
       </c>
       <c r="L91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="M91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N91" s="15">
-        <v>7419</v>
+        <v>6278</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>25</v>
       </c>
       <c r="K92" s="15">
         <v>0.18704</v>
       </c>
       <c r="L92" s="15">
         <v>0.15687</v>
       </c>
       <c r="M92" s="15">
         <v>0.15084</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15" t="s">
-        <v>265</v>
+        <v>193</v>
       </c>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E93" s="15">
         <v>10000011016</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I93" s="15"/>
@@ -5934,51 +5934,51 @@
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.15373</v>
       </c>
       <c r="L101" s="15">
         <v>0.12893</v>
       </c>
       <c r="M101" s="15">
         <v>0.12398</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>0.36459</v>
       </c>
       <c r="L102" s="15">
         <v>0.30579</v>
       </c>
       <c r="M102" s="15">
         <v>0.29403</v>
       </c>
@@ -6039,92 +6039,92 @@
       </c>
       <c r="E104" s="15">
         <v>10000011009</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>0.11829</v>
       </c>
       <c r="L104" s="15">
         <v>0.10252</v>
       </c>
       <c r="M104" s="15">
         <v>0.09858</v>
       </c>
       <c r="N104" s="15">
-        <v>4687</v>
+        <v>4132</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>294</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E105" s="15">
         <v>10080072838</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20142</v>
       </c>
       <c r="L105" s="15">
         <v>0.162</v>
       </c>
       <c r="M105" s="15">
         <v>0.15</v>
       </c>
       <c r="N105" s="15">
-        <v>8761</v>
+        <v>9172</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>298</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>34</v>
@@ -6199,94 +6199,94 @@
       </c>
       <c r="E108" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>0.13803</v>
       </c>
       <c r="L108" s="15">
         <v>0.11963</v>
       </c>
       <c r="M108" s="15">
         <v>0.11503</v>
       </c>
       <c r="N108" s="15">
-        <v>1600</v>
+        <v>1650</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E109" s="15">
         <v>10080027131</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>305</v>
       </c>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.4</v>
       </c>
       <c r="L109" s="15">
         <v>0.33</v>
       </c>
       <c r="M109" s="15">
         <v>0.3</v>
       </c>
       <c r="N109" s="15">
-        <v>1659</v>
+        <v>1498</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
@@ -6519,51 +6519,51 @@
       </c>
       <c r="E116" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>281</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.06526</v>
       </c>
       <c r="L116" s="15">
         <v>0.06526</v>
       </c>
       <c r="M116" s="15">
         <v>0.06526</v>
       </c>
       <c r="N116" s="15">
-        <v>1809</v>
+        <v>1500</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>325</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E117" s="15">
         <v>10080050436</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>37</v>
@@ -6915,51 +6915,51 @@
       </c>
       <c r="E126" s="15" t="s">
         <v>346</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.12329</v>
       </c>
       <c r="L126" s="15">
         <v>0.099</v>
       </c>
       <c r="M126" s="15">
         <v>0.09</v>
       </c>
       <c r="N126" s="15">
-        <v>2225</v>
+        <v>1675</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>37</v>
@@ -7303,92 +7303,92 @@
       </c>
       <c r="E136" s="15" t="s">
         <v>371</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2500</v>
       </c>
       <c r="K136" s="15">
         <v>0.13067</v>
       </c>
       <c r="L136" s="15">
         <v>0.11005</v>
       </c>
       <c r="M136" s="15">
         <v>0.10005</v>
       </c>
       <c r="N136" s="15">
-        <v>1376</v>
+        <v>1399</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E137" s="15">
         <v>10080010790</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2500</v>
       </c>
       <c r="K137" s="15">
         <v>0.2153</v>
       </c>
       <c r="L137" s="15">
         <v>0.166</v>
       </c>
       <c r="M137" s="15">
         <v>15.6</v>
       </c>
       <c r="N137" s="15">
-        <v>486</v>
+        <v>406</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E138" s="15">
         <v>10000017031</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>37</v>
@@ -7612,60 +7612,60 @@
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>387</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>388</v>
       </c>
       <c r="E144" s="15">
         <v>10000019223</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>2500</v>
       </c>
       <c r="K144" s="15">
-        <v>0.12152</v>
+        <v>0.12198</v>
       </c>
       <c r="L144" s="15">
-        <v>0.10192</v>
+        <v>0.10231</v>
       </c>
       <c r="M144" s="15">
-        <v>0.098</v>
+        <v>0.09837</v>
       </c>
       <c r="N144" s="15">
-        <v>487</v>
+        <v>421</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>389</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>390</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>391</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>37</v>
@@ -7740,51 +7740,51 @@
       </c>
       <c r="E147" s="15">
         <v>10080055514</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2500</v>
       </c>
       <c r="K147" s="15">
         <v>0.2</v>
       </c>
       <c r="L147" s="15">
         <v>0.15</v>
       </c>
       <c r="M147" s="15">
         <v>0.135</v>
       </c>
       <c r="N147" s="15">
-        <v>6640</v>
+        <v>5017</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>398</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>37</v>
@@ -7935,51 +7935,51 @@
       <c r="D152" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E152" s="15">
         <v>10080056437</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>210</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.21314</v>
       </c>
       <c r="L152" s="15">
         <v>0.20387</v>
       </c>
       <c r="M152" s="15">
         <v>0.20387</v>
       </c>
       <c r="N152" s="15">
-        <v>1826</v>
+        <v>2003</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E153" s="15">
         <v>10080062071</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>34</v>
@@ -8680,51 +8680,51 @@
       </c>
       <c r="E171" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>434</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>100</v>
       </c>
       <c r="K171" s="15">
         <v>0.1441</v>
       </c>
       <c r="L171" s="15">
         <v>0.1441</v>
       </c>
       <c r="M171" s="15">
         <v>0.1441</v>
       </c>
       <c r="N171" s="15">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>434</v>