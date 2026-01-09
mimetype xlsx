--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="508">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>08.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -595,53 +595,50 @@
   <si>
     <t>UT-00098810</t>
   </si>
   <si>
     <t xml:space="preserve">CD4020BCMX FAIR, HEF4020BT,652 NXP/NEXPERIA, </t>
   </si>
   <si>
     <t>CD4020BCMX (HEF4020BT)</t>
   </si>
   <si>
     <t>Микросхема CD4020BCMX (HEF4020BT)</t>
   </si>
   <si>
     <t>10-00044726</t>
   </si>
   <si>
     <t>CD4022BE</t>
   </si>
   <si>
     <t>CD4022 (CD4022BE)</t>
   </si>
   <si>
     <t>UT-00150142</t>
   </si>
   <si>
-    <t>10.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>CD4027 (CD4027BE)</t>
   </si>
   <si>
     <t>Микросхема CD4027 (CD4027BE)</t>
   </si>
   <si>
     <t>CD4028BE</t>
   </si>
   <si>
     <t>CD4028 (CD4028BE)</t>
   </si>
   <si>
     <t>UT-00150141</t>
   </si>
   <si>
     <t>Микросхема CD4028BE</t>
   </si>
   <si>
     <t>CD4029BM96</t>
   </si>
   <si>
     <t>Микросхема CD4029BM96</t>
   </si>
   <si>
     <t>10-00044611</t>
@@ -776,53 +773,50 @@
     <t>CD4049 (HEF4049BT,653)</t>
   </si>
   <si>
     <t>UT-00121572</t>
   </si>
   <si>
     <t>HEF4049BT</t>
   </si>
   <si>
     <t>CD4049 (HEF4049BT)</t>
   </si>
   <si>
     <t>10-00044613</t>
   </si>
   <si>
     <t>CD4050BPWR</t>
   </si>
   <si>
     <t>CD4050 (CD4050BPWR)</t>
   </si>
   <si>
     <t>UT-00107495</t>
   </si>
   <si>
     <t>TSSOP16</t>
-  </si>
-[...1 lines deleted...]
-    <t>01.01.2026</t>
   </si>
   <si>
     <t>CD4050BDR</t>
   </si>
   <si>
     <t>Микросхема CD4050BDR</t>
   </si>
   <si>
     <t>10-00044651</t>
   </si>
   <si>
     <t>CD4050BE</t>
   </si>
   <si>
     <t>Микросхема CD4050BE</t>
   </si>
   <si>
     <t>4051G-S16-R</t>
   </si>
   <si>
     <t>CD4051 (4051G-S16-R)</t>
   </si>
   <si>
     <t>UT-00134492</t>
   </si>
@@ -2384,51 +2378,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080054725</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2500</v>
       </c>
       <c r="K11" s="15">
         <v>0.28251</v>
       </c>
       <c r="L11" s="15">
         <v>0.23695</v>
       </c>
       <c r="M11" s="15">
         <v>0.22784</v>
       </c>
       <c r="N11" s="15">
-        <v>3756</v>
+        <v>3522</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -2655,51 +2649,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080066805</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.16097</v>
       </c>
       <c r="L18" s="15">
         <v>0.16097</v>
       </c>
       <c r="M18" s="15">
         <v>0.16097</v>
       </c>
       <c r="N18" s="15">
-        <v>3535</v>
+        <v>2810</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
@@ -2811,51 +2805,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2500</v>
       </c>
       <c r="K22" s="15">
         <v>0.13725</v>
       </c>
       <c r="L22" s="15">
         <v>0.11895</v>
       </c>
       <c r="M22" s="15">
         <v>0.11438</v>
       </c>
       <c r="N22" s="15">
-        <v>5372</v>
+        <v>5848</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
@@ -3129,51 +3123,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2500</v>
       </c>
       <c r="K30" s="15">
         <v>0.06573</v>
       </c>
       <c r="L30" s="15">
         <v>0.06573</v>
       </c>
       <c r="M30" s="15">
         <v>0.06573</v>
       </c>
       <c r="N30" s="15">
-        <v>883</v>
+        <v>720</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10000008443</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
@@ -3523,51 +3517,51 @@
         <v>10080048217</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>2500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15308</v>
       </c>
       <c r="L40" s="15">
         <v>0.14642</v>
       </c>
       <c r="M40" s="15">
         <v>0.14642</v>
       </c>
       <c r="N40" s="15">
-        <v>1735</v>
+        <v>1360</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>37</v>
@@ -3999,51 +3993,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2500</v>
       </c>
       <c r="K52" s="15">
         <v>0.21064</v>
       </c>
       <c r="L52" s="15">
         <v>0.21064</v>
       </c>
       <c r="M52" s="15">
         <v>0.21064</v>
       </c>
       <c r="N52" s="15">
-        <v>933</v>
+        <v>315</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
@@ -4116,51 +4110,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.18769</v>
       </c>
       <c r="L55" s="15">
         <v>0.18769</v>
       </c>
       <c r="M55" s="15">
         <v>0.18769</v>
       </c>
       <c r="N55" s="15">
-        <v>375</v>
+        <v>483</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>67</v>
@@ -4235,92 +4229,92 @@
       </c>
       <c r="E58" s="15">
         <v>10080054727</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.147</v>
       </c>
       <c r="L58" s="15">
         <v>0.147</v>
       </c>
       <c r="M58" s="15">
         <v>0.147</v>
       </c>
       <c r="N58" s="15">
-        <v>106</v>
+        <v>132</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E59" s="15">
         <v>10080027907</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2500</v>
       </c>
       <c r="K59" s="15">
         <v>0.19</v>
       </c>
       <c r="L59" s="15">
         <v>0.19</v>
       </c>
       <c r="M59" s="15">
         <v>0.19</v>
       </c>
       <c r="N59" s="15">
-        <v>225</v>
+        <v>291</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>34</v>
@@ -4515,4400 +4509,4392 @@
       <c r="E65" s="15">
         <v>10000009946</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>25</v>
       </c>
       <c r="K65" s="15">
         <v>0.38833</v>
       </c>
       <c r="L65" s="15">
         <v>0.3257</v>
       </c>
       <c r="M65" s="15">
         <v>0.31318</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
-      <c r="P65" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E66" s="15">
         <v>10000017030</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>25</v>
       </c>
       <c r="K66" s="15">
         <v>0.35103</v>
       </c>
       <c r="L66" s="15">
         <v>0.33747</v>
       </c>
       <c r="M66" s="15">
         <v>0.32515</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>25</v>
       </c>
       <c r="K67" s="15">
         <v>0.32907</v>
       </c>
       <c r="L67" s="15">
         <v>0.28519</v>
       </c>
       <c r="M67" s="15">
         <v>0.27423</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="E68" s="15">
         <v>10080034475</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.39247</v>
       </c>
       <c r="L68" s="15">
         <v>0.32916</v>
       </c>
       <c r="M68" s="15">
         <v>0.31651</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>2500</v>
       </c>
       <c r="K69" s="15">
         <v>0.26292</v>
       </c>
       <c r="L69" s="15">
         <v>0.22051</v>
       </c>
       <c r="M69" s="15">
         <v>0.21204</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>2500</v>
       </c>
       <c r="K70" s="15">
         <v>0.23805</v>
       </c>
       <c r="L70" s="15">
         <v>0.19965</v>
       </c>
       <c r="M70" s="15">
         <v>0.19198</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E71" s="15">
         <v>10080061061</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15">
         <v>0.12096</v>
       </c>
       <c r="L71" s="15">
         <v>0.12096</v>
       </c>
       <c r="M71" s="15">
         <v>0.12096</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E72" s="15">
         <v>10080064380</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>2500</v>
       </c>
       <c r="K72" s="15">
         <v>0.22187</v>
       </c>
       <c r="L72" s="15">
         <v>0.22187</v>
       </c>
       <c r="M72" s="15">
         <v>0.22187</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E73" s="15">
         <v>10080007983</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>25</v>
       </c>
       <c r="K73" s="15">
         <v>0.21801</v>
       </c>
       <c r="L73" s="15">
         <v>0.21061</v>
       </c>
       <c r="M73" s="15">
         <v>0.20323</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>25</v>
       </c>
       <c r="K74" s="15">
         <v>0.09566</v>
       </c>
       <c r="L74" s="15">
         <v>0.07972</v>
       </c>
       <c r="M74" s="15">
         <v>0</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E75" s="15">
         <v>10000029869</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>25</v>
       </c>
       <c r="K75" s="15">
         <v>0.23401</v>
       </c>
       <c r="L75" s="15">
         <v>0.19706</v>
       </c>
       <c r="M75" s="15">
         <v>0.18475</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E76" s="15">
         <v>10080064796</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>2500</v>
       </c>
       <c r="K76" s="15">
         <v>0.10865</v>
       </c>
       <c r="L76" s="15">
         <v>0.08762</v>
       </c>
       <c r="M76" s="15">
         <v>0.08411</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="E77" s="15">
         <v>10080037272</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>2500</v>
       </c>
       <c r="K77" s="15">
         <v>0.21787</v>
       </c>
       <c r="L77" s="15">
         <v>0.18273</v>
       </c>
       <c r="M77" s="15">
         <v>0.1757</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E78" s="15">
         <v>10000019144</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>25</v>
       </c>
       <c r="K78" s="15">
         <v>0.4586</v>
       </c>
       <c r="L78" s="15">
         <v>0.38463</v>
       </c>
       <c r="M78" s="15">
         <v>0.36984</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="E79" s="15">
         <v>10080026483</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>2500</v>
       </c>
       <c r="K79" s="15">
         <v>0.59856</v>
       </c>
       <c r="L79" s="15">
         <v>0.59856</v>
       </c>
       <c r="M79" s="15">
         <v>0.59856</v>
       </c>
       <c r="N79" s="15">
         <v>26</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>2500</v>
       </c>
       <c r="K80" s="15">
         <v>0.15251</v>
       </c>
       <c r="L80" s="15">
         <v>0.15251</v>
       </c>
       <c r="M80" s="15">
         <v>0.15251</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>25</v>
       </c>
       <c r="K81" s="15">
         <v>0.69624</v>
       </c>
       <c r="L81" s="15">
         <v>0.58395</v>
       </c>
       <c r="M81" s="15">
         <v>0.56149</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>2500</v>
       </c>
       <c r="K82" s="15">
         <v>0.25502</v>
       </c>
       <c r="L82" s="15">
         <v>0.21389</v>
       </c>
       <c r="M82" s="15">
         <v>0.20566</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>25</v>
       </c>
       <c r="K83" s="15">
         <v>0.31777</v>
       </c>
       <c r="L83" s="15">
         <v>0.2956</v>
       </c>
       <c r="M83" s="15">
         <v>0.28451</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>2500</v>
       </c>
       <c r="K84" s="15">
         <v>0.46627</v>
       </c>
       <c r="L84" s="15">
         <v>0.39106</v>
       </c>
       <c r="M84" s="15">
         <v>0.37603</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E85" s="15">
         <v>10080000102</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.39413</v>
       </c>
       <c r="L85" s="15">
         <v>0.30791</v>
       </c>
       <c r="M85" s="15">
         <v>0.28328</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>2500</v>
       </c>
       <c r="K86" s="15">
         <v>0.15662</v>
       </c>
       <c r="L86" s="15">
         <v>0.15662</v>
       </c>
       <c r="M86" s="15">
         <v>0.15662</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2500</v>
       </c>
       <c r="K87" s="15">
         <v>0.16381</v>
       </c>
       <c r="L87" s="15">
         <v>0.16381</v>
       </c>
       <c r="M87" s="15">
         <v>0.16381</v>
       </c>
       <c r="N87" s="15">
-        <v>1986</v>
+        <v>2056</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>2000</v>
       </c>
       <c r="K88" s="15">
         <v>0.30639</v>
       </c>
       <c r="L88" s="15">
         <v>0.26554</v>
       </c>
       <c r="M88" s="15">
         <v>0.25533</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
-      <c r="P88" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D89" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2500</v>
       </c>
       <c r="K89" s="15">
         <v>0.24323</v>
       </c>
       <c r="L89" s="15">
         <v>0.204</v>
       </c>
       <c r="M89" s="15">
         <v>0.19615</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="E90" s="15">
         <v>10080006123</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>25</v>
       </c>
       <c r="K90" s="15">
         <v>0.13651</v>
       </c>
       <c r="L90" s="15">
         <v>0.13651</v>
       </c>
       <c r="M90" s="15">
         <v>0.13651</v>
       </c>
       <c r="N90" s="15">
-        <v>1849</v>
+        <v>2074</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D91" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="E91" s="15" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>0.09245</v>
       </c>
       <c r="L91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="M91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N91" s="15">
-        <v>6278</v>
+        <v>6658</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>25</v>
       </c>
       <c r="K92" s="15">
-        <v>0.18704</v>
+        <v>0.22016</v>
       </c>
       <c r="L92" s="15">
-        <v>0.15687</v>
+        <v>0.1908</v>
       </c>
       <c r="M92" s="15">
-        <v>0.15084</v>
+        <v>0.18346</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
-      <c r="P92" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="E93" s="15">
         <v>10000011016</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>25</v>
       </c>
       <c r="K93" s="15">
         <v>0.27342</v>
       </c>
       <c r="L93" s="15">
         <v>0.25372</v>
       </c>
       <c r="M93" s="15">
         <v>0.24387</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E94" s="15">
         <v>10000019226</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>2500</v>
       </c>
       <c r="K94" s="15">
         <v>0.16258</v>
       </c>
       <c r="L94" s="15">
         <v>0.15765</v>
       </c>
       <c r="M94" s="15">
         <v>0.15149</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E95" s="15">
         <v>10080000538</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.55588</v>
       </c>
       <c r="L95" s="15">
         <v>0.44828</v>
       </c>
       <c r="M95" s="15">
         <v>0.43035</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E96" s="15">
         <v>10080056526</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2500</v>
       </c>
       <c r="K96" s="15">
         <v>0.13951</v>
       </c>
       <c r="L96" s="15">
         <v>0.11625</v>
       </c>
       <c r="M96" s="15">
         <v>0.1116</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="E97" s="15">
         <v>10080032802</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2500</v>
       </c>
       <c r="K97" s="15">
         <v>0.17968</v>
       </c>
       <c r="L97" s="15">
         <v>0.14733</v>
       </c>
       <c r="M97" s="15">
         <v>0.14135</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="E98" s="15">
         <v>10080010783</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>2500</v>
       </c>
       <c r="K98" s="15">
         <v>0.09451</v>
       </c>
       <c r="L98" s="15">
         <v>0.09451</v>
       </c>
       <c r="M98" s="15">
         <v>0.09451</v>
       </c>
       <c r="N98" s="15">
         <v>7</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D99" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="E99" s="15" t="s">
         <v>278</v>
-      </c>
-[...4 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2500</v>
       </c>
       <c r="K99" s="15">
         <v>0.10031</v>
       </c>
       <c r="L99" s="15">
         <v>0.08692999999999999</v>
       </c>
       <c r="M99" s="15">
         <v>0.08359</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E100" s="15">
         <v>10080029163</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>2500</v>
       </c>
       <c r="K100" s="15">
         <v>0.16588</v>
       </c>
       <c r="L100" s="15">
         <v>0.13913</v>
       </c>
       <c r="M100" s="15">
         <v>0.13378</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D101" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="E101" s="15" t="s">
         <v>284</v>
-      </c>
-[...4 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.15373</v>
       </c>
       <c r="L101" s="15">
         <v>0.12893</v>
       </c>
       <c r="M101" s="15">
         <v>0.12398</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>0.36459</v>
       </c>
       <c r="L102" s="15">
         <v>0.30579</v>
       </c>
       <c r="M102" s="15">
         <v>0.29403</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D103" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="E103" s="15" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2500</v>
       </c>
       <c r="K103" s="15">
         <v>0.21381</v>
       </c>
       <c r="L103" s="15">
         <v>0.18586</v>
       </c>
       <c r="M103" s="15">
         <v>0.16172</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="E104" s="15">
         <v>10000011009</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>0.11829</v>
       </c>
       <c r="L104" s="15">
         <v>0.10252</v>
       </c>
       <c r="M104" s="15">
         <v>0.09858</v>
       </c>
       <c r="N104" s="15">
-        <v>4132</v>
+        <v>3117</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="E105" s="15">
         <v>10080072838</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20142</v>
       </c>
       <c r="L105" s="15">
         <v>0.162</v>
       </c>
       <c r="M105" s="15">
         <v>0.15</v>
       </c>
       <c r="N105" s="15">
-        <v>9172</v>
+        <v>11917</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D106" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="E106" s="15" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.52055</v>
       </c>
       <c r="L106" s="15">
         <v>0.43659</v>
       </c>
       <c r="M106" s="15">
         <v>0.4198</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
-      <c r="P106" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D107" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="E107" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>25</v>
       </c>
       <c r="K107" s="15">
         <v>0.18304</v>
       </c>
       <c r="L107" s="15">
         <v>0.15352</v>
       </c>
       <c r="M107" s="15">
         <v>0.14761</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D108" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="E108" s="15" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>0.13803</v>
       </c>
       <c r="L108" s="15">
         <v>0.11963</v>
       </c>
       <c r="M108" s="15">
         <v>0.11503</v>
       </c>
       <c r="N108" s="15">
-        <v>1650</v>
+        <v>1701</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E109" s="15">
         <v>10080027131</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.4</v>
       </c>
       <c r="L109" s="15">
         <v>0.33</v>
       </c>
       <c r="M109" s="15">
         <v>0.3</v>
       </c>
       <c r="N109" s="15">
-        <v>1498</v>
+        <v>1544</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D110" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="E110" s="15" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>2500</v>
       </c>
       <c r="K110" s="15">
         <v>0.20607</v>
       </c>
       <c r="L110" s="15">
         <v>0.20607</v>
       </c>
       <c r="M110" s="15">
         <v>0.20607</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E111" s="15">
         <v>10000017998</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>2500</v>
       </c>
       <c r="K111" s="15">
         <v>0.13302</v>
       </c>
       <c r="L111" s="15">
         <v>0.12317</v>
       </c>
       <c r="M111" s="15">
         <v>0.11824</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="E112" s="15" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>25</v>
       </c>
       <c r="K112" s="15">
         <v>0.18475</v>
       </c>
       <c r="L112" s="15">
         <v>0.16628</v>
       </c>
       <c r="M112" s="15">
         <v>0</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E113" s="15">
         <v>10080010809</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="J113" s="15">
         <v>2500</v>
       </c>
       <c r="K113" s="15">
         <v>0.20641</v>
       </c>
       <c r="L113" s="15">
         <v>0.20641</v>
       </c>
       <c r="M113" s="15">
         <v>0.20641</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E114" s="15">
         <v>10080032382</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="J114" s="15">
         <v>2500</v>
       </c>
       <c r="K114" s="15">
         <v>0.4619</v>
       </c>
       <c r="L114" s="15">
         <v>0.3874</v>
       </c>
       <c r="M114" s="15">
         <v>0.3725</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E115" s="15">
         <v>10080049490</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.26315</v>
       </c>
       <c r="L115" s="15">
         <v>0.21579</v>
       </c>
       <c r="M115" s="15">
         <v>0.20701</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D116" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="E116" s="15" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.06526</v>
       </c>
       <c r="L116" s="15">
         <v>0.06526</v>
       </c>
       <c r="M116" s="15">
         <v>0.06526</v>
       </c>
       <c r="N116" s="15">
-        <v>1500</v>
+        <v>2142</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E117" s="15">
         <v>10080050436</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.14782</v>
       </c>
       <c r="L117" s="15">
         <v>0.12318</v>
       </c>
       <c r="M117" s="15">
         <v>0.11825</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E118" s="15">
         <v>10080075708</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.22172</v>
       </c>
       <c r="L118" s="15">
         <v>0.18476</v>
       </c>
       <c r="M118" s="15">
         <v>0.17736</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E119" s="15">
         <v>10080047147</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2500</v>
       </c>
       <c r="K119" s="15">
         <v>0.17559</v>
       </c>
       <c r="L119" s="15">
         <v>0.17559</v>
       </c>
       <c r="M119" s="15">
         <v>0.17559</v>
       </c>
       <c r="N119" s="15">
         <v>18</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="J120" s="15">
         <v>2500</v>
       </c>
       <c r="K120" s="15">
         <v>0.10221</v>
       </c>
       <c r="L120" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="M120" s="15">
         <v>0.08518000000000001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E121" s="15">
         <v>10080012809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2500</v>
       </c>
       <c r="K121" s="15">
         <v>0.11307</v>
       </c>
       <c r="L121" s="15">
         <v>0.09272</v>
       </c>
       <c r="M121" s="15">
         <v>0.08894000000000001</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="E122" s="15" t="s">
         <v>335</v>
-      </c>
-[...4 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>25</v>
       </c>
       <c r="K122" s="15">
         <v>0.15396</v>
       </c>
       <c r="L122" s="15">
         <v>0.14165</v>
       </c>
       <c r="M122" s="15">
         <v>0.12933</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E123" s="15">
         <v>10080004838</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2500</v>
       </c>
       <c r="K123" s="15">
         <v>0.16135</v>
       </c>
       <c r="L123" s="15">
         <v>0.15642</v>
       </c>
       <c r="M123" s="15">
         <v>0.15026</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="E124" s="15">
         <v>10080003640</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2500</v>
       </c>
       <c r="K124" s="15">
         <v>0.16135</v>
       </c>
       <c r="L124" s="15">
         <v>0.15642</v>
       </c>
       <c r="M124" s="15">
         <v>0.15026</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="E125" s="15">
         <v>10080071082</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2500</v>
       </c>
       <c r="K125" s="15">
         <v>0.16124</v>
       </c>
       <c r="L125" s="15">
         <v>0.13523</v>
       </c>
       <c r="M125" s="15">
         <v>0.13003</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D126" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="E126" s="15" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.12329</v>
       </c>
       <c r="L126" s="15">
         <v>0.099</v>
       </c>
       <c r="M126" s="15">
         <v>0.09</v>
       </c>
       <c r="N126" s="15">
-        <v>1675</v>
+        <v>2150</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D127" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="E127" s="15" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2500</v>
       </c>
       <c r="K127" s="15">
         <v>0.11807</v>
       </c>
       <c r="L127" s="15">
         <v>0.11807</v>
       </c>
       <c r="M127" s="15">
         <v>0.11807</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E128" s="15">
         <v>10080009806</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>25</v>
       </c>
       <c r="K128" s="15">
         <v>0.33255</v>
       </c>
       <c r="L128" s="15">
         <v>0.22416</v>
       </c>
       <c r="M128" s="15">
         <v>0.21678</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="E129" s="15">
         <v>10080055008</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2500</v>
       </c>
       <c r="K129" s="15">
         <v>0.11214</v>
       </c>
       <c r="L129" s="15">
         <v>0.09195</v>
       </c>
       <c r="M129" s="15">
         <v>0.08822000000000001</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D130" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="E130" s="15" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H130" s="15"/>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.16332</v>
       </c>
       <c r="L130" s="15">
         <v>0</v>
       </c>
       <c r="M130" s="15">
         <v>0</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="E131" s="15">
         <v>10080007990</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>25</v>
       </c>
       <c r="K131" s="15">
         <v>0.19337</v>
       </c>
       <c r="L131" s="15">
         <v>0.26777</v>
       </c>
       <c r="M131" s="15">
         <v>0.25791</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D132" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="E132" s="15" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2500</v>
       </c>
       <c r="K132" s="15">
         <v>0.15396</v>
       </c>
       <c r="L132" s="15">
         <v>0.12933</v>
       </c>
       <c r="M132" s="15">
         <v>0.11085</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D133" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="E133" s="15" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>25</v>
       </c>
       <c r="K133" s="15">
         <v>0.19706</v>
       </c>
       <c r="L133" s="15">
         <v>0.17243</v>
       </c>
       <c r="M133" s="15">
         <v>0.1478</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E134" s="15">
         <v>10080061726</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2500</v>
       </c>
       <c r="K134" s="15">
         <v>0.19433</v>
       </c>
       <c r="L134" s="15">
         <v>0.18588</v>
       </c>
       <c r="M134" s="15">
         <v>0.18588</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E135" s="15">
         <v>10080007984</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2500</v>
       </c>
       <c r="K135" s="15">
         <v>0.1223</v>
       </c>
       <c r="L135" s="15">
         <v>0.10029</v>
       </c>
       <c r="M135" s="15">
         <v>0.09621</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D136" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="E136" s="15" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2500</v>
       </c>
       <c r="K136" s="15">
         <v>0.13067</v>
       </c>
       <c r="L136" s="15">
         <v>0.11005</v>
       </c>
       <c r="M136" s="15">
         <v>0.10005</v>
       </c>
       <c r="N136" s="15">
-        <v>1399</v>
+        <v>1674</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E137" s="15">
         <v>10080010790</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2500</v>
       </c>
       <c r="K137" s="15">
         <v>0.2153</v>
       </c>
       <c r="L137" s="15">
         <v>0.166</v>
       </c>
       <c r="M137" s="15">
         <v>15.6</v>
       </c>
       <c r="N137" s="15">
-        <v>406</v>
+        <v>553</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="E138" s="15">
         <v>10000017031</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>25</v>
       </c>
       <c r="K138" s="15">
         <v>0.41</v>
       </c>
       <c r="L138" s="15">
         <v>0.41</v>
       </c>
       <c r="M138" s="15">
         <v>0.41</v>
       </c>
       <c r="N138" s="15">
         <v>5</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E139" s="15">
         <v>10080058029</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>2500</v>
       </c>
       <c r="K139" s="15">
         <v>0.20847</v>
       </c>
       <c r="L139" s="15">
         <v>0.17373</v>
       </c>
       <c r="M139" s="15">
         <v>0.16678</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="E140" s="15">
         <v>10000020067</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>2500</v>
       </c>
       <c r="K140" s="15">
         <v>0.16419</v>
       </c>
       <c r="L140" s="15">
         <v>0.11492</v>
       </c>
       <c r="M140" s="15">
         <v>0.10678</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="E141" s="15">
         <v>10080012432</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>25</v>
       </c>
       <c r="K141" s="15">
         <v>0.30533</v>
       </c>
       <c r="L141" s="15">
         <v>0.30533</v>
       </c>
       <c r="M141" s="15">
         <v>0.30533</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D142" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="E142" s="15" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.54609</v>
       </c>
       <c r="L142" s="15">
         <v>0.50408</v>
       </c>
       <c r="M142" s="15">
         <v>0.48307</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D143" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="E143" s="15" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>386</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>120</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>2500</v>
       </c>
       <c r="K143" s="15">
         <v>0.44723</v>
       </c>
       <c r="L143" s="15">
         <v>0.44723</v>
       </c>
       <c r="M143" s="15">
         <v>0.44723</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="E144" s="15">
         <v>10000019223</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>2500</v>
       </c>
       <c r="K144" s="15">
-        <v>0.12198</v>
+        <v>0.09729</v>
       </c>
       <c r="L144" s="15">
-        <v>0.10231</v>
+        <v>0.08432000000000001</v>
       </c>
       <c r="M144" s="15">
-        <v>0.09837</v>
+        <v>0.08108</v>
       </c>
       <c r="N144" s="15">
-        <v>421</v>
+        <v>174</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D145" s="15" t="s">
+        <v>388</v>
+      </c>
+      <c r="E145" s="15" t="s">
         <v>389</v>
-      </c>
-[...4 lines deleted...]
-        <v>391</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>2500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09729</v>
       </c>
       <c r="L145" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M145" s="15">
         <v>0.07846</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="E146" s="15">
         <v>10080010782</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>2500</v>
       </c>
       <c r="K146" s="15">
         <v>0.18972</v>
       </c>
       <c r="L146" s="15">
         <v>0.15912</v>
       </c>
       <c r="M146" s="15">
         <v>0.153</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="E147" s="15">
         <v>10080055514</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2500</v>
       </c>
       <c r="K147" s="15">
         <v>0.2</v>
       </c>
       <c r="L147" s="15">
         <v>0.15</v>
       </c>
       <c r="M147" s="15">
         <v>0.135</v>
       </c>
       <c r="N147" s="15">
-        <v>5017</v>
+        <v>4803</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D148" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="E148" s="15" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>25</v>
       </c>
       <c r="K148" s="15">
         <v>0.48853</v>
       </c>
       <c r="L148" s="15">
         <v>0.45095</v>
       </c>
       <c r="M148" s="15">
         <v>0.43218</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="D149" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="E149" s="15" t="s">
         <v>399</v>
-      </c>
-[...4 lines deleted...]
-        <v>401</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>25</v>
       </c>
       <c r="K149" s="15">
         <v>0.50996</v>
       </c>
       <c r="L149" s="15">
         <v>0.42771</v>
       </c>
       <c r="M149" s="15">
         <v>0.41125</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D150" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="E150" s="15" t="s">
         <v>402</v>
-      </c>
-[...4 lines deleted...]
-        <v>404</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>2000</v>
       </c>
       <c r="K150" s="15">
         <v>0.34461</v>
       </c>
       <c r="L150" s="15">
         <v>0.28903</v>
       </c>
       <c r="M150" s="15">
         <v>0.27791</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="E151" s="15">
         <v>10000023483</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>25</v>
       </c>
       <c r="K151" s="15">
         <v>0.27836</v>
       </c>
       <c r="L151" s="15">
         <v>0.25865</v>
       </c>
       <c r="M151" s="15">
         <v>0.24879</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E152" s="15">
         <v>10080056437</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.21314</v>
       </c>
       <c r="L152" s="15">
         <v>0.20387</v>
       </c>
       <c r="M152" s="15">
         <v>0.20387</v>
       </c>
       <c r="N152" s="15">
-        <v>2003</v>
+        <v>1850</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E153" s="15">
         <v>10080062071</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.77149</v>
       </c>
       <c r="L153" s="15">
         <v>0.62216</v>
       </c>
       <c r="M153" s="15">
         <v>0.59728</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E154" s="15">
         <v>10080032381</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>25</v>
       </c>
       <c r="K154" s="15">
         <v>0.57838</v>
       </c>
       <c r="L154" s="15">
         <v>0.40497</v>
       </c>
       <c r="M154" s="15">
         <v>0.37603</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D155" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="E155" s="15" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>25</v>
       </c>
       <c r="K155" s="15">
         <v>0.24633</v>
       </c>
       <c r="L155" s="15">
         <v>0.20938</v>
       </c>
       <c r="M155" s="15">
         <v>0.18475</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E156" s="15">
         <v>10000006623</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="J156" s="15">
         <v>2500</v>
       </c>
       <c r="K156" s="15">
         <v>0.26071</v>
       </c>
       <c r="L156" s="15">
         <v>0.21866</v>
       </c>
       <c r="M156" s="15">
         <v>0.21025</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D157" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="E157" s="15" t="s">
         <v>419</v>
-      </c>
-[...4 lines deleted...]
-        <v>421</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>2500</v>
       </c>
       <c r="K157" s="15">
         <v>0.09615</v>
       </c>
       <c r="L157" s="15">
         <v>0.08064</v>
       </c>
       <c r="M157" s="15">
         <v>0.07754</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="D158" s="15" t="s">
+        <v>421</v>
+      </c>
+      <c r="E158" s="15" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>424</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="J158" s="15">
         <v>2500</v>
       </c>
       <c r="K158" s="15">
         <v>0.15919</v>
       </c>
       <c r="L158" s="15">
         <v>0.14696</v>
       </c>
       <c r="M158" s="15">
         <v>0.14083</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>424</v>
+      </c>
+      <c r="D159" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="E159" s="15" t="s">
         <v>426</v>
-      </c>
-[...4 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>2500</v>
       </c>
       <c r="K159" s="15">
         <v>0.3111</v>
       </c>
       <c r="L159" s="15">
         <v>0.25926</v>
       </c>
       <c r="M159" s="15">
         <v>0.24888</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="E160" s="15">
         <v>10080010720</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>25</v>
       </c>
       <c r="K160" s="15">
         <v>0.27718</v>
       </c>
       <c r="L160" s="15">
         <v>0.22729</v>
       </c>
       <c r="M160" s="15">
         <v>0.21805</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D161" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="E161" s="15" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>0.07174999999999999</v>
       </c>
       <c r="L161" s="15">
         <v>0.04305</v>
       </c>
       <c r="M161" s="15">
         <v>0</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="D162" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="E162" s="15" t="s">
         <v>435</v>
-      </c>
-[...4 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H162" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.04305</v>
       </c>
       <c r="L162" s="15">
         <v>0.04018</v>
       </c>
       <c r="M162" s="15">
         <v>0</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D163" s="15" t="s">
+        <v>437</v>
+      </c>
+      <c r="E163" s="15" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>440</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H163" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1</v>
       </c>
       <c r="K163" s="15">
         <v>0.18844</v>
       </c>
       <c r="L163" s="15">
         <v>0.16628</v>
       </c>
       <c r="M163" s="15">
         <v>0.15519</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D164" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="E164" s="15" t="s">
         <v>441</v>
-      </c>
-[...4 lines deleted...]
-        <v>443</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H164" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15"/>
       <c r="K164" s="15">
         <v>0.13302</v>
       </c>
       <c r="L164" s="15">
         <v>0.1164</v>
       </c>
       <c r="M164" s="15">
         <v>0.11085</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D165" s="15" t="s">
+        <v>443</v>
+      </c>
+      <c r="E165" s="15" t="s">
         <v>444</v>
-      </c>
-[...4 lines deleted...]
-        <v>446</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H165" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>100</v>
       </c>
       <c r="K165" s="15">
         <v>0.065</v>
       </c>
       <c r="L165" s="15">
         <v>0.065</v>
       </c>
       <c r="M165" s="15">
         <v>0.065</v>
       </c>
       <c r="N165" s="15">
         <v>66</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="D166" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="E166" s="15" t="s">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>449</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H166" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>40</v>
       </c>
       <c r="K166" s="15">
         <v>0.0525</v>
       </c>
       <c r="L166" s="15">
         <v>0.0525</v>
       </c>
       <c r="M166" s="15">
         <v>0.0525</v>
       </c>
       <c r="N166" s="15">
         <v>15</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D167" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="E167" s="15" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>452</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
         <v>0.18844</v>
       </c>
       <c r="L167" s="15">
         <v>0.16628</v>
       </c>
       <c r="M167" s="15">
         <v>0</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="D168" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="E168" s="15" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>455</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H168" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>96</v>
       </c>
       <c r="K168" s="15">
         <v>0.065</v>
       </c>
       <c r="L168" s="15">
         <v>0.065</v>
       </c>
       <c r="M168" s="15">
         <v>0.065</v>
       </c>
       <c r="N168" s="15">
         <v>14</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="D169" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="E169" s="15" t="s">
         <v>456</v>
-      </c>
-[...4 lines deleted...]
-        <v>458</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>100</v>
       </c>
       <c r="K169" s="15">
         <v>0.063</v>
       </c>
       <c r="L169" s="15">
         <v>0.063</v>
       </c>
       <c r="M169" s="15">
         <v>0.063</v>
       </c>
       <c r="N169" s="15">
         <v>78</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D170" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="E170" s="15" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H170" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15"/>
       <c r="K170" s="15">
         <v>0.06651</v>
       </c>
       <c r="L170" s="15">
         <v>0.05542</v>
       </c>
       <c r="M170" s="15">
         <v>0</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D171" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="E171" s="15" t="s">
         <v>462</v>
-      </c>
-[...4 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H171" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>100</v>
       </c>
       <c r="K171" s="15">
         <v>0.1441</v>
       </c>
       <c r="L171" s="15">
         <v>0.1441</v>
       </c>
       <c r="M171" s="15">
         <v>0.1441</v>
       </c>
       <c r="N171" s="15">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>463</v>
+      </c>
+      <c r="D172" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="E172" s="15" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H172" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1</v>
       </c>
       <c r="K172" s="15">
         <v>0.05542</v>
       </c>
       <c r="L172" s="15">
         <v>0.04434</v>
       </c>
       <c r="M172" s="15">
         <v>0</v>
       </c>
       <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="D173" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="E173" s="15" t="s">
         <v>468</v>
-      </c>
-[...4 lines deleted...]
-        <v>470</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H173" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>200</v>
       </c>
       <c r="K173" s="15">
         <v>0.05542</v>
       </c>
       <c r="L173" s="15">
         <v>0.04434</v>
       </c>
       <c r="M173" s="15">
         <v>0.02325</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D174" s="15" t="s">
+        <v>470</v>
+      </c>
+      <c r="E174" s="15" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15"/>
       <c r="K174" s="15">
         <v>0.16628</v>
       </c>
       <c r="L174" s="15">
         <v>0.12749</v>
       </c>
       <c r="M174" s="15">
         <v>0.11085</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="D175" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="E175" s="15" t="s">
         <v>474</v>
-      </c>
-[...4 lines deleted...]
-        <v>476</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H175" s="15" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="J175" s="15">
         <v>100</v>
       </c>
       <c r="K175" s="15">
         <v>0.24633</v>
       </c>
       <c r="L175" s="15">
         <v>0.19583</v>
       </c>
       <c r="M175" s="15">
         <v>0.1932</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>477</v>
+      </c>
+      <c r="D176" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="E176" s="15" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H176" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.0776</v>
       </c>
       <c r="L176" s="15">
         <v>0.06651</v>
       </c>
       <c r="M176" s="15">
         <v>0</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14"/>
       <c r="C177" s="15"/>
       <c r="D177" s="15"/>
       <c r="E177" s="15"/>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15"/>
@@ -8962,317 +8948,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>