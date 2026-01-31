--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="508">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>08.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -989,50 +989,53 @@
     <t>CD4052 (MC14052BDR2G)</t>
   </si>
   <si>
     <t xml:space="preserve">HEF4052BT,653 NXP/NEXPERIA, CD4052BM96 TI, </t>
   </si>
   <si>
     <t>CD4052BPWR</t>
   </si>
   <si>
     <t>Микросхема CD4052BPWR</t>
   </si>
   <si>
     <t>CD4053BM/TR</t>
   </si>
   <si>
     <t>CD4053 (CD4053BM/TR)</t>
   </si>
   <si>
     <t>UT-00105497</t>
   </si>
   <si>
     <t>HEF4053BT,653</t>
   </si>
   <si>
     <t xml:space="preserve">CD4053 (HEF4053BT,653) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HEF4053BT,653 NXP/NEXPERIA, </t>
   </si>
   <si>
     <t>MC14053BDR2G</t>
   </si>
   <si>
     <t>CD4053 (MC14053BDR2G)</t>
   </si>
   <si>
     <t>CD4053BMT/TR</t>
   </si>
   <si>
     <t>CD4053 (CD4053BMT/TR)</t>
   </si>
   <si>
     <t>UT-00099510</t>
   </si>
   <si>
     <t xml:space="preserve">NLAS4053DTG ON, </t>
   </si>
   <si>
     <t>CD4053BM96</t>
   </si>
   <si>
     <t>Микросхема CD4053BM96</t>
   </si>
@@ -2378,51 +2381,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080054725</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2500</v>
       </c>
       <c r="K11" s="15">
         <v>0.28251</v>
       </c>
       <c r="L11" s="15">
         <v>0.23695</v>
       </c>
       <c r="M11" s="15">
         <v>0.22784</v>
       </c>
       <c r="N11" s="15">
-        <v>3522</v>
+        <v>4226</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -2640,60 +2643,60 @@
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="15">
         <v>10080066805</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
-        <v>0.16097</v>
+        <v>0.19</v>
       </c>
       <c r="L18" s="15">
-        <v>0.16097</v>
+        <v>0.19</v>
       </c>
       <c r="M18" s="15">
-        <v>0.16097</v>
+        <v>0.19</v>
       </c>
       <c r="N18" s="15">
-        <v>2810</v>
+        <v>2628</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
@@ -2805,51 +2808,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2500</v>
       </c>
       <c r="K22" s="15">
         <v>0.13725</v>
       </c>
       <c r="L22" s="15">
         <v>0.11895</v>
       </c>
       <c r="M22" s="15">
         <v>0.11438</v>
       </c>
       <c r="N22" s="15">
-        <v>5848</v>
+        <v>4080</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
@@ -3123,51 +3126,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2500</v>
       </c>
       <c r="K30" s="15">
         <v>0.06573</v>
       </c>
       <c r="L30" s="15">
         <v>0.06573</v>
       </c>
       <c r="M30" s="15">
         <v>0.06573</v>
       </c>
       <c r="N30" s="15">
-        <v>720</v>
+        <v>753</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10000008443</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
@@ -3517,51 +3520,51 @@
         <v>10080048217</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>2500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15308</v>
       </c>
       <c r="L40" s="15">
         <v>0.14642</v>
       </c>
       <c r="M40" s="15">
         <v>0.14642</v>
       </c>
       <c r="N40" s="15">
-        <v>1360</v>
+        <v>1262</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>37</v>
@@ -3993,51 +3996,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2500</v>
       </c>
       <c r="K52" s="15">
         <v>0.21064</v>
       </c>
       <c r="L52" s="15">
         <v>0.21064</v>
       </c>
       <c r="M52" s="15">
         <v>0.21064</v>
       </c>
       <c r="N52" s="15">
-        <v>315</v>
+        <v>395</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
@@ -4110,51 +4113,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.18769</v>
       </c>
       <c r="L55" s="15">
         <v>0.18769</v>
       </c>
       <c r="M55" s="15">
         <v>0.18769</v>
       </c>
       <c r="N55" s="15">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>67</v>
@@ -4229,92 +4232,92 @@
       </c>
       <c r="E58" s="15">
         <v>10080054727</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.147</v>
       </c>
       <c r="L58" s="15">
         <v>0.147</v>
       </c>
       <c r="M58" s="15">
         <v>0.147</v>
       </c>
       <c r="N58" s="15">
-        <v>132</v>
+        <v>102</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E59" s="15">
         <v>10080027907</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2500</v>
       </c>
       <c r="K59" s="15">
         <v>0.19</v>
       </c>
       <c r="L59" s="15">
         <v>0.19</v>
       </c>
       <c r="M59" s="15">
         <v>0.19</v>
       </c>
       <c r="N59" s="15">
-        <v>291</v>
+        <v>198</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>34</v>
@@ -4499,57 +4502,57 @@
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E65" s="15">
         <v>10000009946</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>25</v>
       </c>
       <c r="K65" s="15">
-        <v>0.38833</v>
+        <v>0.55698</v>
       </c>
       <c r="L65" s="15">
-        <v>0.3257</v>
+        <v>0.48272</v>
       </c>
       <c r="M65" s="15">
-        <v>0.31318</v>
+        <v>0.46415</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E66" s="15">
         <v>10000017030</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H66" s="15" t="s">
@@ -5362,89 +5365,89 @@
       </c>
       <c r="E87" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2500</v>
       </c>
       <c r="K87" s="15">
         <v>0.16381</v>
       </c>
       <c r="L87" s="15">
         <v>0.16381</v>
       </c>
       <c r="M87" s="15">
         <v>0.16381</v>
       </c>
       <c r="N87" s="15">
-        <v>2056</v>
+        <v>1542</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>2000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.30639</v>
+        <v>0.28437</v>
       </c>
       <c r="L88" s="15">
-        <v>0.26554</v>
+        <v>0.24645</v>
       </c>
       <c r="M88" s="15">
-        <v>0.25533</v>
+        <v>0.23698</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H89" s="15" t="s">
@@ -5481,130 +5484,130 @@
       </c>
       <c r="E90" s="15">
         <v>10080006123</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>25</v>
       </c>
       <c r="K90" s="15">
         <v>0.13651</v>
       </c>
       <c r="L90" s="15">
         <v>0.13651</v>
       </c>
       <c r="M90" s="15">
         <v>0.13651</v>
       </c>
       <c r="N90" s="15">
-        <v>2074</v>
+        <v>1535</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>0.09245</v>
       </c>
       <c r="L91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="M91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N91" s="15">
-        <v>6658</v>
+        <v>7419</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>25</v>
       </c>
       <c r="K92" s="15">
-        <v>0.22016</v>
+        <v>0.27399</v>
       </c>
       <c r="L92" s="15">
-        <v>0.1908</v>
+        <v>0.23746</v>
       </c>
       <c r="M92" s="15">
-        <v>0.18346</v>
+        <v>0.22833</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E93" s="15">
         <v>10000011016</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H93" s="15" t="s">
@@ -6027,128 +6030,128 @@
       </c>
       <c r="E104" s="15">
         <v>10000011009</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>0.11829</v>
       </c>
       <c r="L104" s="15">
         <v>0.10252</v>
       </c>
       <c r="M104" s="15">
         <v>0.09858</v>
       </c>
       <c r="N104" s="15">
-        <v>3117</v>
+        <v>2228</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E105" s="15">
         <v>10080072838</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20142</v>
       </c>
       <c r="L105" s="15">
         <v>0.162</v>
       </c>
       <c r="M105" s="15">
         <v>0.15</v>
       </c>
       <c r="N105" s="15">
-        <v>11917</v>
+        <v>7699</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>294</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>296</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>0.52055</v>
+        <v>0.48443</v>
       </c>
       <c r="L106" s="15">
-        <v>0.43659</v>
+        <v>0.41984</v>
       </c>
       <c r="M106" s="15">
-        <v>0.4198</v>
+        <v>0.40369</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>294</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H107" s="15" t="s">
@@ -6184,95 +6187,93 @@
         <v>299</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>0.13803</v>
       </c>
       <c r="L108" s="15">
         <v>0.11963</v>
       </c>
       <c r="M108" s="15">
         <v>0.11503</v>
       </c>
-      <c r="N108" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E109" s="15">
         <v>10080027131</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>303</v>
       </c>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.4</v>
       </c>
       <c r="L109" s="15">
         <v>0.33</v>
       </c>
       <c r="M109" s="15">
         <v>0.3</v>
       </c>
       <c r="N109" s="15">
-        <v>1544</v>
+        <v>1844</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
@@ -6505,2396 +6506,2400 @@
       </c>
       <c r="E116" s="15" t="s">
         <v>322</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>279</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.06526</v>
       </c>
       <c r="L116" s="15">
         <v>0.06526</v>
       </c>
       <c r="M116" s="15">
         <v>0.06526</v>
       </c>
       <c r="N116" s="15">
-        <v>2142</v>
+        <v>323</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>324</v>
       </c>
       <c r="E117" s="15">
         <v>10080050436</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I117" s="15"/>
+      <c r="I117" s="15" t="s">
+        <v>325</v>
+      </c>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.14782</v>
       </c>
       <c r="L117" s="15">
         <v>0.12318</v>
       </c>
       <c r="M117" s="15">
         <v>0.11825</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>324</v>
       </c>
       <c r="E118" s="15">
         <v>10080075708</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>37</v>
       </c>
-      <c r="I118" s="15"/>
+      <c r="I118" s="15" t="s">
+        <v>325</v>
+      </c>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.22172</v>
       </c>
       <c r="L118" s="15">
         <v>0.18476</v>
       </c>
       <c r="M118" s="15">
         <v>0.17736</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E119" s="15">
         <v>10080047147</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2500</v>
       </c>
       <c r="K119" s="15">
         <v>0.17559</v>
       </c>
       <c r="L119" s="15">
         <v>0.17559</v>
       </c>
       <c r="M119" s="15">
         <v>0.17559</v>
       </c>
       <c r="N119" s="15">
         <v>18</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>252</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="J120" s="15">
         <v>2500</v>
       </c>
       <c r="K120" s="15">
         <v>0.10221</v>
       </c>
       <c r="L120" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="M120" s="15">
         <v>0.08518000000000001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E121" s="15">
         <v>10080012809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2500</v>
       </c>
       <c r="K121" s="15">
         <v>0.11307</v>
       </c>
       <c r="L121" s="15">
         <v>0.09272</v>
       </c>
       <c r="M121" s="15">
         <v>0.08894000000000001</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>25</v>
       </c>
       <c r="K122" s="15">
         <v>0.15396</v>
       </c>
       <c r="L122" s="15">
         <v>0.14165</v>
       </c>
       <c r="M122" s="15">
         <v>0.12933</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E123" s="15">
         <v>10080004838</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2500</v>
       </c>
       <c r="K123" s="15">
         <v>0.16135</v>
       </c>
       <c r="L123" s="15">
         <v>0.15642</v>
       </c>
       <c r="M123" s="15">
         <v>0.15026</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E124" s="15">
         <v>10080003640</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2500</v>
       </c>
       <c r="K124" s="15">
         <v>0.16135</v>
       </c>
       <c r="L124" s="15">
         <v>0.15642</v>
       </c>
       <c r="M124" s="15">
         <v>0.15026</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E125" s="15">
         <v>10080071082</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2500</v>
       </c>
       <c r="K125" s="15">
         <v>0.16124</v>
       </c>
       <c r="L125" s="15">
         <v>0.13523</v>
       </c>
       <c r="M125" s="15">
         <v>0.13003</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.12329</v>
       </c>
       <c r="L126" s="15">
         <v>0.099</v>
       </c>
       <c r="M126" s="15">
         <v>0.09</v>
       </c>
       <c r="N126" s="15">
-        <v>2150</v>
+        <v>1725</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2500</v>
       </c>
       <c r="K127" s="15">
         <v>0.11807</v>
       </c>
       <c r="L127" s="15">
         <v>0.11807</v>
       </c>
       <c r="M127" s="15">
         <v>0.11807</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="E128" s="15">
         <v>10080009806</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>25</v>
       </c>
       <c r="K128" s="15">
         <v>0.33255</v>
       </c>
       <c r="L128" s="15">
         <v>0.22416</v>
       </c>
       <c r="M128" s="15">
         <v>0.21678</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E129" s="15">
         <v>10080055008</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2500</v>
       </c>
       <c r="K129" s="15">
         <v>0.11214</v>
       </c>
       <c r="L129" s="15">
         <v>0.09195</v>
       </c>
       <c r="M129" s="15">
         <v>0.08822000000000001</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H130" s="15"/>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.16332</v>
       </c>
       <c r="L130" s="15">
         <v>0</v>
       </c>
       <c r="M130" s="15">
         <v>0</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E131" s="15">
         <v>10080007990</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>25</v>
       </c>
       <c r="K131" s="15">
         <v>0.19337</v>
       </c>
       <c r="L131" s="15">
         <v>0.26777</v>
       </c>
       <c r="M131" s="15">
         <v>0.25791</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2500</v>
       </c>
       <c r="K132" s="15">
         <v>0.15396</v>
       </c>
       <c r="L132" s="15">
         <v>0.12933</v>
       </c>
       <c r="M132" s="15">
         <v>0.11085</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>25</v>
       </c>
       <c r="K133" s="15">
         <v>0.19706</v>
       </c>
       <c r="L133" s="15">
         <v>0.17243</v>
       </c>
       <c r="M133" s="15">
         <v>0.1478</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E134" s="15">
         <v>10080061726</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2500</v>
       </c>
       <c r="K134" s="15">
         <v>0.19433</v>
       </c>
       <c r="L134" s="15">
         <v>0.18588</v>
       </c>
       <c r="M134" s="15">
         <v>0.18588</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E135" s="15">
         <v>10080007984</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2500</v>
       </c>
       <c r="K135" s="15">
         <v>0.1223</v>
       </c>
       <c r="L135" s="15">
         <v>0.10029</v>
       </c>
       <c r="M135" s="15">
         <v>0.09621</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2500</v>
       </c>
       <c r="K136" s="15">
         <v>0.13067</v>
       </c>
       <c r="L136" s="15">
         <v>0.11005</v>
       </c>
       <c r="M136" s="15">
         <v>0.10005</v>
       </c>
       <c r="N136" s="15">
-        <v>1674</v>
+        <v>1719</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E137" s="15">
         <v>10080010790</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2500</v>
       </c>
       <c r="K137" s="15">
         <v>0.2153</v>
       </c>
       <c r="L137" s="15">
         <v>0.166</v>
       </c>
       <c r="M137" s="15">
         <v>15.6</v>
       </c>
       <c r="N137" s="15">
-        <v>553</v>
+        <v>486</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E138" s="15">
         <v>10000017031</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>25</v>
       </c>
       <c r="K138" s="15">
         <v>0.41</v>
       </c>
       <c r="L138" s="15">
         <v>0.41</v>
       </c>
       <c r="M138" s="15">
         <v>0.41</v>
       </c>
       <c r="N138" s="15">
         <v>5</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E139" s="15">
         <v>10080058029</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>2500</v>
       </c>
       <c r="K139" s="15">
         <v>0.20847</v>
       </c>
       <c r="L139" s="15">
         <v>0.17373</v>
       </c>
       <c r="M139" s="15">
         <v>0.16678</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E140" s="15">
         <v>10000020067</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>2500</v>
       </c>
       <c r="K140" s="15">
         <v>0.16419</v>
       </c>
       <c r="L140" s="15">
         <v>0.11492</v>
       </c>
       <c r="M140" s="15">
         <v>0.10678</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E141" s="15">
         <v>10080012432</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>25</v>
       </c>
       <c r="K141" s="15">
         <v>0.30533</v>
       </c>
       <c r="L141" s="15">
         <v>0.30533</v>
       </c>
       <c r="M141" s="15">
         <v>0.30533</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.54609</v>
       </c>
       <c r="L142" s="15">
         <v>0.50408</v>
       </c>
       <c r="M142" s="15">
         <v>0.48307</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>120</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>2500</v>
       </c>
       <c r="K143" s="15">
         <v>0.44723</v>
       </c>
       <c r="L143" s="15">
         <v>0.44723</v>
       </c>
       <c r="M143" s="15">
         <v>0.44723</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E144" s="15">
         <v>10000019223</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>2500</v>
       </c>
       <c r="K144" s="15">
         <v>0.09729</v>
       </c>
       <c r="L144" s="15">
         <v>0.08432000000000001</v>
       </c>
       <c r="M144" s="15">
         <v>0.08108</v>
       </c>
       <c r="N144" s="15">
-        <v>174</v>
+        <v>208</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>2500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09729</v>
       </c>
       <c r="L145" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M145" s="15">
         <v>0.07846</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E146" s="15">
         <v>10080010782</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>2500</v>
       </c>
       <c r="K146" s="15">
         <v>0.18972</v>
       </c>
       <c r="L146" s="15">
         <v>0.15912</v>
       </c>
       <c r="M146" s="15">
         <v>0.153</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E147" s="15">
         <v>10080055514</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2500</v>
       </c>
       <c r="K147" s="15">
         <v>0.2</v>
       </c>
       <c r="L147" s="15">
         <v>0.15</v>
       </c>
       <c r="M147" s="15">
         <v>0.135</v>
       </c>
       <c r="N147" s="15">
-        <v>4803</v>
+        <v>6468</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>25</v>
       </c>
       <c r="K148" s="15">
         <v>0.48853</v>
       </c>
       <c r="L148" s="15">
         <v>0.45095</v>
       </c>
       <c r="M148" s="15">
         <v>0.43218</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>25</v>
       </c>
       <c r="K149" s="15">
         <v>0.50996</v>
       </c>
       <c r="L149" s="15">
         <v>0.42771</v>
       </c>
       <c r="M149" s="15">
         <v>0.41125</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>2000</v>
       </c>
       <c r="K150" s="15">
         <v>0.34461</v>
       </c>
       <c r="L150" s="15">
         <v>0.28903</v>
       </c>
       <c r="M150" s="15">
         <v>0.27791</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E151" s="15">
         <v>10000023483</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>25</v>
       </c>
       <c r="K151" s="15">
         <v>0.27836</v>
       </c>
       <c r="L151" s="15">
         <v>0.25865</v>
       </c>
       <c r="M151" s="15">
         <v>0.24879</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E152" s="15">
         <v>10080056437</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>209</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.21314</v>
       </c>
       <c r="L152" s="15">
         <v>0.20387</v>
       </c>
       <c r="M152" s="15">
         <v>0.20387</v>
       </c>
       <c r="N152" s="15">
-        <v>1850</v>
+        <v>1489</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E153" s="15">
         <v>10080062071</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.77149</v>
       </c>
       <c r="L153" s="15">
         <v>0.62216</v>
       </c>
       <c r="M153" s="15">
         <v>0.59728</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E154" s="15">
         <v>10080032381</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>25</v>
       </c>
       <c r="K154" s="15">
         <v>0.57838</v>
       </c>
       <c r="L154" s="15">
         <v>0.40497</v>
       </c>
       <c r="M154" s="15">
         <v>0.37603</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>25</v>
       </c>
       <c r="K155" s="15">
         <v>0.24633</v>
       </c>
       <c r="L155" s="15">
         <v>0.20938</v>
       </c>
       <c r="M155" s="15">
         <v>0.18475</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E156" s="15">
         <v>10000006623</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J156" s="15">
         <v>2500</v>
       </c>
       <c r="K156" s="15">
         <v>0.26071</v>
       </c>
       <c r="L156" s="15">
         <v>0.21866</v>
       </c>
       <c r="M156" s="15">
         <v>0.21025</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>279</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>2500</v>
       </c>
       <c r="K157" s="15">
         <v>0.09615</v>
       </c>
       <c r="L157" s="15">
         <v>0.08064</v>
       </c>
       <c r="M157" s="15">
         <v>0.07754</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J158" s="15">
         <v>2500</v>
       </c>
       <c r="K158" s="15">
         <v>0.15919</v>
       </c>
       <c r="L158" s="15">
         <v>0.14696</v>
       </c>
       <c r="M158" s="15">
         <v>0.14083</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>2500</v>
       </c>
       <c r="K159" s="15">
         <v>0.3111</v>
       </c>
       <c r="L159" s="15">
         <v>0.25926</v>
       </c>
       <c r="M159" s="15">
         <v>0.24888</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E160" s="15">
         <v>10080010720</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>25</v>
       </c>
       <c r="K160" s="15">
         <v>0.27718</v>
       </c>
       <c r="L160" s="15">
         <v>0.22729</v>
       </c>
       <c r="M160" s="15">
         <v>0.21805</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>0.07174999999999999</v>
       </c>
       <c r="L161" s="15">
         <v>0.04305</v>
       </c>
       <c r="M161" s="15">
         <v>0</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H162" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.04305</v>
       </c>
       <c r="L162" s="15">
         <v>0.04018</v>
       </c>
       <c r="M162" s="15">
         <v>0</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H163" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1</v>
       </c>
       <c r="K163" s="15">
         <v>0.18844</v>
       </c>
       <c r="L163" s="15">
         <v>0.16628</v>
       </c>
       <c r="M163" s="15">
         <v>0.15519</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H164" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15"/>
       <c r="K164" s="15">
         <v>0.13302</v>
       </c>
       <c r="L164" s="15">
         <v>0.1164</v>
       </c>
       <c r="M164" s="15">
         <v>0.11085</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H165" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>100</v>
       </c>
       <c r="K165" s="15">
         <v>0.065</v>
       </c>
       <c r="L165" s="15">
         <v>0.065</v>
       </c>
       <c r="M165" s="15">
         <v>0.065</v>
       </c>
       <c r="N165" s="15">
         <v>66</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H166" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>40</v>
       </c>
       <c r="K166" s="15">
         <v>0.0525</v>
       </c>
       <c r="L166" s="15">
         <v>0.0525</v>
       </c>
       <c r="M166" s="15">
         <v>0.0525</v>
       </c>
       <c r="N166" s="15">
         <v>15</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
         <v>0.18844</v>
       </c>
       <c r="L167" s="15">
         <v>0.16628</v>
       </c>
       <c r="M167" s="15">
         <v>0</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H168" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>96</v>
       </c>
       <c r="K168" s="15">
         <v>0.065</v>
       </c>
       <c r="L168" s="15">
         <v>0.065</v>
       </c>
       <c r="M168" s="15">
         <v>0.065</v>
       </c>
       <c r="N168" s="15">
         <v>14</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>100</v>
       </c>
       <c r="K169" s="15">
         <v>0.063</v>
       </c>
       <c r="L169" s="15">
         <v>0.063</v>
       </c>
       <c r="M169" s="15">
         <v>0.063</v>
       </c>
       <c r="N169" s="15">
         <v>78</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H170" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15"/>
       <c r="K170" s="15">
         <v>0.06651</v>
       </c>
       <c r="L170" s="15">
         <v>0.05542</v>
       </c>
       <c r="M170" s="15">
         <v>0</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H171" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>100</v>
       </c>
       <c r="K171" s="15">
         <v>0.1441</v>
       </c>
       <c r="L171" s="15">
         <v>0.1441</v>
       </c>
       <c r="M171" s="15">
         <v>0.1441</v>
       </c>
       <c r="N171" s="15">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H172" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1</v>
       </c>
       <c r="K172" s="15">
         <v>0.05542</v>
       </c>
       <c r="L172" s="15">
         <v>0.04434</v>
       </c>
       <c r="M172" s="15">
         <v>0</v>
       </c>
       <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E173" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H173" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>200</v>
       </c>
       <c r="K173" s="15">
         <v>0.05542</v>
       </c>
       <c r="L173" s="15">
         <v>0.04434</v>
       </c>
       <c r="M173" s="15">
         <v>0.02325</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15"/>
       <c r="K174" s="15">
         <v>0.16628</v>
       </c>
       <c r="L174" s="15">
         <v>0.12749</v>
       </c>
       <c r="M174" s="15">
         <v>0.11085</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H175" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="J175" s="15">
         <v>100</v>
       </c>
       <c r="K175" s="15">
         <v>0.24633</v>
       </c>
       <c r="L175" s="15">
         <v>0.19583</v>
       </c>
       <c r="M175" s="15">
         <v>0.1932</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H176" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.0776</v>
       </c>
       <c r="L176" s="15">
         <v>0.06651</v>
       </c>
       <c r="M176" s="15">
         <v>0</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14"/>
       <c r="C177" s="15"/>
       <c r="D177" s="15"/>
       <c r="E177" s="15"/>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15"/>
@@ -8948,317 +8953,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>