--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -644,50 +644,53 @@
     <t>10-00044611</t>
   </si>
   <si>
     <t>CD4030BM96</t>
   </si>
   <si>
     <t>CD4030 (CD4030BM96)</t>
   </si>
   <si>
     <t>UT-00123697</t>
   </si>
   <si>
     <t>HEF4030BT</t>
   </si>
   <si>
     <t>CD4030 (HEF4030BT)</t>
   </si>
   <si>
     <t>HEF4040BT,653</t>
   </si>
   <si>
     <t>CD4040 (HEF4040BT,653)</t>
   </si>
   <si>
     <t>SO16</t>
+  </si>
+  <si>
+    <t>07.03.2026</t>
   </si>
   <si>
     <t>CD4040BE</t>
   </si>
   <si>
     <t>Микросхема CD4040BE</t>
   </si>
   <si>
     <t>CD4040BE (HEF4040BP)</t>
   </si>
   <si>
     <t>Микросхема CD4040BE (HEF4040BP)</t>
   </si>
   <si>
     <t>10-00044731</t>
   </si>
   <si>
     <t>HCF4042BEY</t>
   </si>
   <si>
     <t>CD4042 (HCF4042BEY)</t>
   </si>
   <si>
     <t>HCF4042M013TR</t>
   </si>
@@ -2381,51 +2384,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080054725</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2500</v>
       </c>
       <c r="K11" s="15">
         <v>0.28251</v>
       </c>
       <c r="L11" s="15">
         <v>0.23695</v>
       </c>
       <c r="M11" s="15">
         <v>0.22784</v>
       </c>
       <c r="N11" s="15">
-        <v>4226</v>
+        <v>3663</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -2652,51 +2655,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080066805</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.19</v>
       </c>
       <c r="L18" s="15">
         <v>0.19</v>
       </c>
       <c r="M18" s="15">
         <v>0.19</v>
       </c>
       <c r="N18" s="15">
-        <v>2628</v>
+        <v>3754</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
@@ -2808,51 +2811,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2500</v>
       </c>
       <c r="K22" s="15">
         <v>0.13725</v>
       </c>
       <c r="L22" s="15">
         <v>0.11895</v>
       </c>
       <c r="M22" s="15">
         <v>0.11438</v>
       </c>
       <c r="N22" s="15">
-        <v>4080</v>
+        <v>4964</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
@@ -3126,51 +3129,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2500</v>
       </c>
       <c r="K30" s="15">
         <v>0.06573</v>
       </c>
       <c r="L30" s="15">
         <v>0.06573</v>
       </c>
       <c r="M30" s="15">
         <v>0.06573</v>
       </c>
       <c r="N30" s="15">
-        <v>753</v>
+        <v>538</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10000008443</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
@@ -3520,51 +3523,51 @@
         <v>10080048217</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>2500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15308</v>
       </c>
       <c r="L40" s="15">
         <v>0.14642</v>
       </c>
       <c r="M40" s="15">
         <v>0.14642</v>
       </c>
       <c r="N40" s="15">
-        <v>1262</v>
+        <v>1197</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>37</v>
@@ -3996,51 +3999,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2500</v>
       </c>
       <c r="K52" s="15">
         <v>0.21064</v>
       </c>
       <c r="L52" s="15">
         <v>0.21064</v>
       </c>
       <c r="M52" s="15">
         <v>0.21064</v>
       </c>
       <c r="N52" s="15">
-        <v>395</v>
+        <v>373</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
@@ -4113,51 +4116,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.18769</v>
       </c>
       <c r="L55" s="15">
         <v>0.18769</v>
       </c>
       <c r="M55" s="15">
         <v>0.18769</v>
       </c>
       <c r="N55" s="15">
-        <v>489</v>
+        <v>362</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>67</v>
@@ -4232,92 +4235,92 @@
       </c>
       <c r="E58" s="15">
         <v>10080054727</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.147</v>
       </c>
       <c r="L58" s="15">
         <v>0.147</v>
       </c>
       <c r="M58" s="15">
         <v>0.147</v>
       </c>
       <c r="N58" s="15">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E59" s="15">
         <v>10080027907</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2500</v>
       </c>
       <c r="K59" s="15">
         <v>0.19</v>
       </c>
       <c r="L59" s="15">
         <v>0.19</v>
       </c>
       <c r="M59" s="15">
         <v>0.19</v>
       </c>
       <c r="N59" s="15">
-        <v>198</v>
+        <v>208</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>34</v>
@@ -4781,4125 +4784,4127 @@
       <c r="E72" s="15">
         <v>10080064380</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>209</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>2500</v>
       </c>
       <c r="K72" s="15">
         <v>0.22187</v>
       </c>
       <c r="L72" s="15">
         <v>0.22187</v>
       </c>
       <c r="M72" s="15">
         <v>0.22187</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
-      <c r="P72" s="15"/>
+      <c r="P72" s="15" t="s">
+        <v>210</v>
+      </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E73" s="15">
         <v>10080007983</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>25</v>
       </c>
       <c r="K73" s="15">
         <v>0.21801</v>
       </c>
       <c r="L73" s="15">
         <v>0.21061</v>
       </c>
       <c r="M73" s="15">
         <v>0.20323</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>25</v>
       </c>
       <c r="K74" s="15">
         <v>0.09566</v>
       </c>
       <c r="L74" s="15">
         <v>0.07972</v>
       </c>
       <c r="M74" s="15">
         <v>0</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E75" s="15">
         <v>10000029869</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>25</v>
       </c>
       <c r="K75" s="15">
         <v>0.23401</v>
       </c>
       <c r="L75" s="15">
         <v>0.19706</v>
       </c>
       <c r="M75" s="15">
         <v>0.18475</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E76" s="15">
         <v>10080064796</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>2500</v>
       </c>
       <c r="K76" s="15">
         <v>0.10865</v>
       </c>
       <c r="L76" s="15">
         <v>0.08762</v>
       </c>
       <c r="M76" s="15">
         <v>0.08411</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E77" s="15">
         <v>10080037272</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>2500</v>
       </c>
       <c r="K77" s="15">
         <v>0.21787</v>
       </c>
       <c r="L77" s="15">
         <v>0.18273</v>
       </c>
       <c r="M77" s="15">
         <v>0.1757</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E78" s="15">
         <v>10000019144</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>25</v>
       </c>
       <c r="K78" s="15">
         <v>0.4586</v>
       </c>
       <c r="L78" s="15">
         <v>0.38463</v>
       </c>
       <c r="M78" s="15">
         <v>0.36984</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E79" s="15">
         <v>10080026483</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>2500</v>
       </c>
       <c r="K79" s="15">
         <v>0.59856</v>
       </c>
       <c r="L79" s="15">
         <v>0.59856</v>
       </c>
       <c r="M79" s="15">
         <v>0.59856</v>
       </c>
       <c r="N79" s="15">
         <v>26</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>2500</v>
       </c>
       <c r="K80" s="15">
         <v>0.15251</v>
       </c>
       <c r="L80" s="15">
         <v>0.15251</v>
       </c>
       <c r="M80" s="15">
         <v>0.15251</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>25</v>
       </c>
       <c r="K81" s="15">
         <v>0.69624</v>
       </c>
       <c r="L81" s="15">
         <v>0.58395</v>
       </c>
       <c r="M81" s="15">
         <v>0.56149</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>2500</v>
       </c>
       <c r="K82" s="15">
         <v>0.25502</v>
       </c>
       <c r="L82" s="15">
         <v>0.21389</v>
       </c>
       <c r="M82" s="15">
         <v>0.20566</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>25</v>
       </c>
       <c r="K83" s="15">
         <v>0.31777</v>
       </c>
       <c r="L83" s="15">
         <v>0.2956</v>
       </c>
       <c r="M83" s="15">
         <v>0.28451</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>2500</v>
       </c>
       <c r="K84" s="15">
         <v>0.46627</v>
       </c>
       <c r="L84" s="15">
         <v>0.39106</v>
       </c>
       <c r="M84" s="15">
         <v>0.37603</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E85" s="15">
         <v>10080000102</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.39413</v>
       </c>
       <c r="L85" s="15">
         <v>0.30791</v>
       </c>
       <c r="M85" s="15">
         <v>0.28328</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>2500</v>
       </c>
       <c r="K86" s="15">
         <v>0.15662</v>
       </c>
       <c r="L86" s="15">
         <v>0.15662</v>
       </c>
       <c r="M86" s="15">
         <v>0.15662</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2500</v>
       </c>
       <c r="K87" s="15">
         <v>0.16381</v>
       </c>
       <c r="L87" s="15">
         <v>0.16381</v>
       </c>
       <c r="M87" s="15">
         <v>0.16381</v>
       </c>
       <c r="N87" s="15">
-        <v>1542</v>
+        <v>1363</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>2000</v>
       </c>
       <c r="K88" s="15">
         <v>0.28437</v>
       </c>
       <c r="L88" s="15">
         <v>0.24645</v>
       </c>
       <c r="M88" s="15">
         <v>0.23698</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2500</v>
       </c>
       <c r="K89" s="15">
         <v>0.24323</v>
       </c>
       <c r="L89" s="15">
         <v>0.204</v>
       </c>
       <c r="M89" s="15">
         <v>0.19615</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E90" s="15">
         <v>10080006123</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>25</v>
       </c>
       <c r="K90" s="15">
         <v>0.13651</v>
       </c>
       <c r="L90" s="15">
         <v>0.13651</v>
       </c>
       <c r="M90" s="15">
         <v>0.13651</v>
       </c>
       <c r="N90" s="15">
-        <v>1535</v>
+        <v>1847</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>0.09245</v>
       </c>
       <c r="L91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="M91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N91" s="15">
-        <v>7419</v>
+        <v>5992</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>25</v>
       </c>
       <c r="K92" s="15">
         <v>0.27399</v>
       </c>
       <c r="L92" s="15">
         <v>0.23746</v>
       </c>
       <c r="M92" s="15">
         <v>0.22833</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E93" s="15">
         <v>10000011016</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>25</v>
       </c>
       <c r="K93" s="15">
         <v>0.27342</v>
       </c>
       <c r="L93" s="15">
         <v>0.25372</v>
       </c>
       <c r="M93" s="15">
         <v>0.24387</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E94" s="15">
         <v>10000019226</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>2500</v>
       </c>
       <c r="K94" s="15">
         <v>0.16258</v>
       </c>
       <c r="L94" s="15">
         <v>0.15765</v>
       </c>
       <c r="M94" s="15">
         <v>0.15149</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E95" s="15">
         <v>10080000538</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.55588</v>
       </c>
       <c r="L95" s="15">
         <v>0.44828</v>
       </c>
       <c r="M95" s="15">
         <v>0.43035</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E96" s="15">
         <v>10080056526</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2500</v>
       </c>
       <c r="K96" s="15">
         <v>0.13951</v>
       </c>
       <c r="L96" s="15">
         <v>0.11625</v>
       </c>
       <c r="M96" s="15">
         <v>0.1116</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E97" s="15">
         <v>10080032802</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2500</v>
       </c>
       <c r="K97" s="15">
         <v>0.17968</v>
       </c>
       <c r="L97" s="15">
         <v>0.14733</v>
       </c>
       <c r="M97" s="15">
         <v>0.14135</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E98" s="15">
         <v>10080010783</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>2500</v>
       </c>
       <c r="K98" s="15">
         <v>0.09451</v>
       </c>
       <c r="L98" s="15">
         <v>0.09451</v>
       </c>
       <c r="M98" s="15">
         <v>0.09451</v>
       </c>
       <c r="N98" s="15">
         <v>7</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2500</v>
       </c>
       <c r="K99" s="15">
         <v>0.10031</v>
       </c>
       <c r="L99" s="15">
         <v>0.08692999999999999</v>
       </c>
       <c r="M99" s="15">
         <v>0.08359</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E100" s="15">
         <v>10080029163</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>2500</v>
       </c>
       <c r="K100" s="15">
         <v>0.16588</v>
       </c>
       <c r="L100" s="15">
         <v>0.13913</v>
       </c>
       <c r="M100" s="15">
         <v>0.13378</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.15373</v>
       </c>
       <c r="L101" s="15">
         <v>0.12893</v>
       </c>
       <c r="M101" s="15">
         <v>0.12398</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
-      <c r="J102" s="15"/>
+      <c r="J102" s="15">
+        <v>25</v>
+      </c>
       <c r="K102" s="15">
         <v>0.36459</v>
       </c>
       <c r="L102" s="15">
         <v>0.30579</v>
       </c>
       <c r="M102" s="15">
         <v>0.29403</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2500</v>
       </c>
       <c r="K103" s="15">
         <v>0.21381</v>
       </c>
       <c r="L103" s="15">
         <v>0.18586</v>
       </c>
       <c r="M103" s="15">
         <v>0.16172</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E104" s="15">
         <v>10000011009</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>0.11829</v>
       </c>
       <c r="L104" s="15">
         <v>0.10252</v>
       </c>
       <c r="M104" s="15">
         <v>0.09858</v>
       </c>
       <c r="N104" s="15">
-        <v>2228</v>
+        <v>2267</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E105" s="15">
         <v>10080072838</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20142</v>
       </c>
       <c r="L105" s="15">
         <v>0.162</v>
       </c>
       <c r="M105" s="15">
         <v>0.15</v>
       </c>
       <c r="N105" s="15">
-        <v>7699</v>
+        <v>6667</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.48443</v>
       </c>
       <c r="L106" s="15">
         <v>0.41984</v>
       </c>
       <c r="M106" s="15">
         <v>0.40369</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>25</v>
       </c>
       <c r="K107" s="15">
         <v>0.18304</v>
       </c>
       <c r="L107" s="15">
         <v>0.15352</v>
       </c>
       <c r="M107" s="15">
         <v>0.14761</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2500</v>
       </c>
       <c r="K108" s="15">
         <v>0.13803</v>
       </c>
       <c r="L108" s="15">
         <v>0.11963</v>
       </c>
       <c r="M108" s="15">
         <v>0.11503</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E109" s="15">
         <v>10080027131</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.4</v>
       </c>
       <c r="L109" s="15">
         <v>0.33</v>
       </c>
       <c r="M109" s="15">
         <v>0.3</v>
       </c>
       <c r="N109" s="15">
-        <v>1844</v>
+        <v>1982</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>2500</v>
       </c>
       <c r="K110" s="15">
         <v>0.20607</v>
       </c>
       <c r="L110" s="15">
         <v>0.20607</v>
       </c>
       <c r="M110" s="15">
         <v>0.20607</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E111" s="15">
         <v>10000017998</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>2500</v>
       </c>
       <c r="K111" s="15">
         <v>0.13302</v>
       </c>
       <c r="L111" s="15">
         <v>0.12317</v>
       </c>
       <c r="M111" s="15">
         <v>0.11824</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>25</v>
       </c>
       <c r="K112" s="15">
         <v>0.18475</v>
       </c>
       <c r="L112" s="15">
         <v>0.16628</v>
       </c>
       <c r="M112" s="15">
         <v>0</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E113" s="15">
         <v>10080010809</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J113" s="15">
         <v>2500</v>
       </c>
       <c r="K113" s="15">
         <v>0.20641</v>
       </c>
       <c r="L113" s="15">
         <v>0.20641</v>
       </c>
       <c r="M113" s="15">
         <v>0.20641</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E114" s="15">
         <v>10080032382</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J114" s="15">
         <v>2500</v>
       </c>
       <c r="K114" s="15">
         <v>0.4619</v>
       </c>
       <c r="L114" s="15">
         <v>0.3874</v>
       </c>
       <c r="M114" s="15">
         <v>0.3725</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E115" s="15">
         <v>10080049490</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.26315</v>
       </c>
       <c r="L115" s="15">
         <v>0.21579</v>
       </c>
       <c r="M115" s="15">
         <v>0.20701</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2500</v>
       </c>
       <c r="K116" s="15">
         <v>0.06526</v>
       </c>
       <c r="L116" s="15">
         <v>0.06526</v>
       </c>
       <c r="M116" s="15">
         <v>0.06526</v>
       </c>
-      <c r="N116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E117" s="15">
         <v>10080050436</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.14782</v>
       </c>
       <c r="L117" s="15">
         <v>0.12318</v>
       </c>
       <c r="M117" s="15">
         <v>0.11825</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E118" s="15">
         <v>10080075708</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J118" s="15">
         <v>2500</v>
       </c>
       <c r="K118" s="15">
         <v>0.22172</v>
       </c>
       <c r="L118" s="15">
         <v>0.18476</v>
       </c>
       <c r="M118" s="15">
         <v>0.17736</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E119" s="15">
         <v>10080047147</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2500</v>
       </c>
       <c r="K119" s="15">
         <v>0.17559</v>
       </c>
       <c r="L119" s="15">
         <v>0.17559</v>
       </c>
       <c r="M119" s="15">
         <v>0.17559</v>
       </c>
       <c r="N119" s="15">
         <v>18</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="J120" s="15">
         <v>2500</v>
       </c>
       <c r="K120" s="15">
         <v>0.10221</v>
       </c>
       <c r="L120" s="15">
         <v>0.08858000000000001</v>
       </c>
       <c r="M120" s="15">
         <v>0.08518000000000001</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E121" s="15">
         <v>10080012809</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2500</v>
       </c>
       <c r="K121" s="15">
         <v>0.11307</v>
       </c>
       <c r="L121" s="15">
         <v>0.09272</v>
       </c>
       <c r="M121" s="15">
         <v>0.08894000000000001</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>25</v>
       </c>
       <c r="K122" s="15">
         <v>0.15396</v>
       </c>
       <c r="L122" s="15">
         <v>0.14165</v>
       </c>
       <c r="M122" s="15">
         <v>0.12933</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E123" s="15">
         <v>10080004838</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2500</v>
       </c>
       <c r="K123" s="15">
         <v>0.16135</v>
       </c>
       <c r="L123" s="15">
         <v>0.15642</v>
       </c>
       <c r="M123" s="15">
         <v>0.15026</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E124" s="15">
         <v>10080003640</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2500</v>
       </c>
       <c r="K124" s="15">
         <v>0.16135</v>
       </c>
       <c r="L124" s="15">
         <v>0.15642</v>
       </c>
       <c r="M124" s="15">
         <v>0.15026</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E125" s="15">
         <v>10080071082</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2500</v>
       </c>
       <c r="K125" s="15">
         <v>0.16124</v>
       </c>
       <c r="L125" s="15">
         <v>0.13523</v>
       </c>
       <c r="M125" s="15">
         <v>0.13003</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.12329</v>
       </c>
       <c r="L126" s="15">
         <v>0.099</v>
       </c>
       <c r="M126" s="15">
         <v>0.09</v>
       </c>
       <c r="N126" s="15">
-        <v>1725</v>
+        <v>1821</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2500</v>
       </c>
       <c r="K127" s="15">
         <v>0.11807</v>
       </c>
       <c r="L127" s="15">
         <v>0.11807</v>
       </c>
       <c r="M127" s="15">
         <v>0.11807</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E128" s="15">
         <v>10080009806</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>25</v>
       </c>
       <c r="K128" s="15">
         <v>0.33255</v>
       </c>
       <c r="L128" s="15">
         <v>0.22416</v>
       </c>
       <c r="M128" s="15">
         <v>0.21678</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E129" s="15">
         <v>10080055008</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2500</v>
       </c>
       <c r="K129" s="15">
         <v>0.11214</v>
       </c>
       <c r="L129" s="15">
         <v>0.09195</v>
       </c>
       <c r="M129" s="15">
         <v>0.08822000000000001</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H130" s="15"/>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>0.16332</v>
       </c>
       <c r="L130" s="15">
         <v>0</v>
       </c>
       <c r="M130" s="15">
         <v>0</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="E131" s="15">
         <v>10080007990</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>25</v>
       </c>
       <c r="K131" s="15">
         <v>0.19337</v>
       </c>
       <c r="L131" s="15">
         <v>0.26777</v>
       </c>
       <c r="M131" s="15">
         <v>0.25791</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2500</v>
       </c>
       <c r="K132" s="15">
         <v>0.15396</v>
       </c>
       <c r="L132" s="15">
         <v>0.12933</v>
       </c>
       <c r="M132" s="15">
         <v>0.11085</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>25</v>
       </c>
       <c r="K133" s="15">
         <v>0.19706</v>
       </c>
       <c r="L133" s="15">
         <v>0.17243</v>
       </c>
       <c r="M133" s="15">
         <v>0.1478</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E134" s="15">
         <v>10080061726</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2500</v>
       </c>
       <c r="K134" s="15">
         <v>0.19433</v>
       </c>
       <c r="L134" s="15">
         <v>0.18588</v>
       </c>
       <c r="M134" s="15">
         <v>0.18588</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E135" s="15">
         <v>10080007984</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2500</v>
       </c>
       <c r="K135" s="15">
         <v>0.1223</v>
       </c>
       <c r="L135" s="15">
         <v>0.10029</v>
       </c>
       <c r="M135" s="15">
         <v>0.09621</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2500</v>
       </c>
       <c r="K136" s="15">
         <v>0.13067</v>
       </c>
       <c r="L136" s="15">
         <v>0.11005</v>
       </c>
       <c r="M136" s="15">
         <v>0.10005</v>
       </c>
       <c r="N136" s="15">
-        <v>1719</v>
+        <v>1513</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E137" s="15">
         <v>10080010790</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2500</v>
       </c>
       <c r="K137" s="15">
         <v>0.2153</v>
       </c>
       <c r="L137" s="15">
         <v>0.166</v>
       </c>
       <c r="M137" s="15">
         <v>15.6</v>
       </c>
       <c r="N137" s="15">
-        <v>486</v>
+        <v>449</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E138" s="15">
         <v>10000017031</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>25</v>
       </c>
       <c r="K138" s="15">
         <v>0.41</v>
       </c>
       <c r="L138" s="15">
         <v>0.41</v>
       </c>
       <c r="M138" s="15">
         <v>0.41</v>
       </c>
       <c r="N138" s="15">
         <v>5</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E139" s="15">
         <v>10080058029</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>2500</v>
       </c>
       <c r="K139" s="15">
         <v>0.20847</v>
       </c>
       <c r="L139" s="15">
         <v>0.17373</v>
       </c>
       <c r="M139" s="15">
         <v>0.16678</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E140" s="15">
         <v>10000020067</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>2500</v>
       </c>
       <c r="K140" s="15">
         <v>0.16419</v>
       </c>
       <c r="L140" s="15">
         <v>0.11492</v>
       </c>
       <c r="M140" s="15">
         <v>0.10678</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E141" s="15">
         <v>10080012432</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>25</v>
       </c>
       <c r="K141" s="15">
         <v>0.30533</v>
       </c>
       <c r="L141" s="15">
         <v>0.30533</v>
       </c>
       <c r="M141" s="15">
         <v>0.30533</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.54609</v>
       </c>
       <c r="L142" s="15">
         <v>0.50408</v>
       </c>
       <c r="M142" s="15">
         <v>0.48307</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>120</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>2500</v>
       </c>
       <c r="K143" s="15">
         <v>0.44723</v>
       </c>
       <c r="L143" s="15">
         <v>0.44723</v>
       </c>
       <c r="M143" s="15">
         <v>0.44723</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E144" s="15">
         <v>10000019223</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>2500</v>
       </c>
       <c r="K144" s="15">
         <v>0.09729</v>
       </c>
       <c r="L144" s="15">
         <v>0.08432000000000001</v>
       </c>
       <c r="M144" s="15">
         <v>0.08108</v>
       </c>
       <c r="N144" s="15">
-        <v>208</v>
+        <v>52</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>2500</v>
       </c>
       <c r="K145" s="15">
         <v>0.09729</v>
       </c>
       <c r="L145" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M145" s="15">
         <v>0.07846</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E146" s="15">
         <v>10080010782</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>91</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>2500</v>
       </c>
       <c r="K146" s="15">
         <v>0.18972</v>
       </c>
       <c r="L146" s="15">
         <v>0.15912</v>
       </c>
       <c r="M146" s="15">
         <v>0.153</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E147" s="15">
         <v>10080055514</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2500</v>
       </c>
       <c r="K147" s="15">
         <v>0.2</v>
       </c>
       <c r="L147" s="15">
         <v>0.15</v>
       </c>
       <c r="M147" s="15">
         <v>0.135</v>
       </c>
       <c r="N147" s="15">
-        <v>6468</v>
+        <v>4635</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>25</v>
       </c>
       <c r="K148" s="15">
         <v>0.48853</v>
       </c>
       <c r="L148" s="15">
         <v>0.45095</v>
       </c>
       <c r="M148" s="15">
         <v>0.43218</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>25</v>
       </c>
       <c r="K149" s="15">
         <v>0.50996</v>
       </c>
       <c r="L149" s="15">
         <v>0.42771</v>
       </c>
       <c r="M149" s="15">
         <v>0.41125</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>2000</v>
       </c>
       <c r="K150" s="15">
         <v>0.34461</v>
       </c>
       <c r="L150" s="15">
         <v>0.28903</v>
       </c>
       <c r="M150" s="15">
         <v>0.27791</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E151" s="15">
         <v>10000023483</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>67</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>25</v>
       </c>
       <c r="K151" s="15">
         <v>0.27836</v>
       </c>
       <c r="L151" s="15">
         <v>0.25865</v>
       </c>
       <c r="M151" s="15">
         <v>0.24879</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E152" s="15">
         <v>10080056437</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>209</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.21314</v>
       </c>
       <c r="L152" s="15">
         <v>0.20387</v>
       </c>
       <c r="M152" s="15">
         <v>0.20387</v>
       </c>
       <c r="N152" s="15">
-        <v>1489</v>
+        <v>1460</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E153" s="15">
         <v>10080062071</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.77149</v>
       </c>
       <c r="L153" s="15">
         <v>0.62216</v>
       </c>
       <c r="M153" s="15">
         <v>0.59728</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E154" s="15">
         <v>10080032381</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>25</v>
       </c>
       <c r="K154" s="15">
         <v>0.57838</v>
       </c>
       <c r="L154" s="15">
         <v>0.40497</v>
       </c>
       <c r="M154" s="15">
         <v>0.37603</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>25</v>
       </c>
       <c r="K155" s="15">
         <v>0.24633</v>
       </c>
       <c r="L155" s="15">
         <v>0.20938</v>
       </c>
       <c r="M155" s="15">
         <v>0.18475</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="E156" s="15">
         <v>10000006623</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="J156" s="15">
         <v>2500</v>
       </c>
       <c r="K156" s="15">
         <v>0.26071</v>
       </c>
       <c r="L156" s="15">
         <v>0.21866</v>
       </c>
       <c r="M156" s="15">
         <v>0.21025</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>2500</v>
       </c>
       <c r="K157" s="15">
         <v>0.09615</v>
       </c>
       <c r="L157" s="15">
         <v>0.08064</v>
       </c>
       <c r="M157" s="15">
         <v>0.07754</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="J158" s="15">
         <v>2500</v>
       </c>
       <c r="K158" s="15">
         <v>0.15919</v>
       </c>
       <c r="L158" s="15">
         <v>0.14696</v>
       </c>
       <c r="M158" s="15">
         <v>0.14083</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>2500</v>
       </c>
       <c r="K159" s="15">
         <v>0.3111</v>
       </c>
       <c r="L159" s="15">
         <v>0.25926</v>
       </c>
       <c r="M159" s="15">
         <v>0.24888</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E160" s="15">
         <v>10080010720</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>25</v>
       </c>
       <c r="K160" s="15">
         <v>0.27718</v>
       </c>
       <c r="L160" s="15">
         <v>0.22729</v>
       </c>
       <c r="M160" s="15">
         <v>0.21805</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>0.07174999999999999</v>
       </c>
       <c r="L161" s="15">
         <v>0.04305</v>
       </c>
       <c r="M161" s="15">
         <v>0</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H162" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.04305</v>
       </c>
       <c r="L162" s="15">
         <v>0.04018</v>
       </c>
       <c r="M162" s="15">
         <v>0</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H163" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1</v>
       </c>
       <c r="K163" s="15">
         <v>0.18844</v>
       </c>
       <c r="L163" s="15">
         <v>0.16628</v>
       </c>
       <c r="M163" s="15">
         <v>0.15519</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H164" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15"/>
       <c r="K164" s="15">
         <v>0.13302</v>
       </c>
       <c r="L164" s="15">
         <v>0.1164</v>
       </c>
       <c r="M164" s="15">
         <v>0.11085</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H165" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>100</v>
       </c>
       <c r="K165" s="15">
         <v>0.065</v>
       </c>
       <c r="L165" s="15">
         <v>0.065</v>
       </c>
       <c r="M165" s="15">
         <v>0.065</v>
       </c>
       <c r="N165" s="15">
         <v>66</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H166" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>40</v>
       </c>
       <c r="K166" s="15">
         <v>0.0525</v>
       </c>
       <c r="L166" s="15">
         <v>0.0525</v>
       </c>
       <c r="M166" s="15">
         <v>0.0525</v>
       </c>
       <c r="N166" s="15">
         <v>15</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
         <v>0.18844</v>
       </c>
       <c r="L167" s="15">
         <v>0.16628</v>
       </c>
       <c r="M167" s="15">
         <v>0</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H168" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>96</v>
       </c>
       <c r="K168" s="15">
         <v>0.065</v>
       </c>
       <c r="L168" s="15">
         <v>0.065</v>
       </c>
       <c r="M168" s="15">
         <v>0.065</v>
       </c>
       <c r="N168" s="15">
         <v>14</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H169" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>100</v>
       </c>
       <c r="K169" s="15">
         <v>0.063</v>
       </c>
       <c r="L169" s="15">
         <v>0.063</v>
       </c>
       <c r="M169" s="15">
         <v>0.063</v>
       </c>
       <c r="N169" s="15">
         <v>78</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H170" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15"/>
       <c r="K170" s="15">
         <v>0.06651</v>
       </c>
       <c r="L170" s="15">
         <v>0.05542</v>
       </c>
       <c r="M170" s="15">
         <v>0</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H171" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>100</v>
       </c>
       <c r="K171" s="15">
         <v>0.1441</v>
       </c>
       <c r="L171" s="15">
         <v>0.1441</v>
       </c>
       <c r="M171" s="15">
         <v>0.1441</v>
       </c>
       <c r="N171" s="15">
-        <v>136</v>
+        <v>188</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H172" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1</v>
       </c>
       <c r="K172" s="15">
         <v>0.05542</v>
       </c>
       <c r="L172" s="15">
         <v>0.04434</v>
       </c>
       <c r="M172" s="15">
         <v>0</v>
       </c>
       <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E173" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H173" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>200</v>
       </c>
       <c r="K173" s="15">
         <v>0.05542</v>
       </c>
       <c r="L173" s="15">
         <v>0.04434</v>
       </c>
       <c r="M173" s="15">
         <v>0.02325</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15"/>
       <c r="K174" s="15">
         <v>0.16628</v>
       </c>
       <c r="L174" s="15">
         <v>0.12749</v>
       </c>
       <c r="M174" s="15">
         <v>0.11085</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H175" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J175" s="15">
         <v>100</v>
       </c>
       <c r="K175" s="15">
         <v>0.24633</v>
       </c>
       <c r="L175" s="15">
         <v>0.19583</v>
       </c>
       <c r="M175" s="15">
         <v>0.1932</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H176" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J176" s="15"/>
       <c r="K176" s="15">
         <v>0.0776</v>
       </c>
       <c r="L176" s="15">
         <v>0.06651</v>
       </c>
       <c r="M176" s="15">
         <v>0</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14"/>
       <c r="C177" s="15"/>
       <c r="D177" s="15"/>
       <c r="E177" s="15"/>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15"/>
@@ -8953,317 +8958,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>