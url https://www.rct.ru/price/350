--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -646,51 +646,51 @@
   <si>
     <t>CD4030BM96</t>
   </si>
   <si>
     <t>CD4030 (CD4030BM96)</t>
   </si>
   <si>
     <t>UT-00123697</t>
   </si>
   <si>
     <t>HEF4030BT</t>
   </si>
   <si>
     <t>CD4030 (HEF4030BT)</t>
   </si>
   <si>
     <t>HEF4040BT,653</t>
   </si>
   <si>
     <t>CD4040 (HEF4040BT,653)</t>
   </si>
   <si>
     <t>SO16</t>
   </si>
   <si>
-    <t>07.03.2026</t>
+    <t>23.03.2026</t>
   </si>
   <si>
     <t>CD4040BE</t>
   </si>
   <si>
     <t>Микросхема CD4040BE</t>
   </si>
   <si>
     <t>CD4040BE (HEF4040BP)</t>
   </si>
   <si>
     <t>Микросхема CD4040BE (HEF4040BP)</t>
   </si>
   <si>
     <t>10-00044731</t>
   </si>
   <si>
     <t>HCF4042BEY</t>
   </si>
   <si>
     <t>CD4042 (HCF4042BEY)</t>
   </si>
   <si>
     <t>HCF4042M013TR</t>
   </si>
@@ -2384,51 +2384,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080054725</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2500</v>
       </c>
       <c r="K11" s="15">
         <v>0.28251</v>
       </c>
       <c r="L11" s="15">
         <v>0.23695</v>
       </c>
       <c r="M11" s="15">
         <v>0.22784</v>
       </c>
       <c r="N11" s="15">
-        <v>3663</v>
+        <v>3146</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>37</v>
@@ -2655,51 +2655,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080066805</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2500</v>
       </c>
       <c r="K18" s="15">
         <v>0.19</v>
       </c>
       <c r="L18" s="15">
         <v>0.19</v>
       </c>
       <c r="M18" s="15">
         <v>0.19</v>
       </c>
       <c r="N18" s="15">
-        <v>3754</v>
+        <v>3462</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>34</v>
@@ -2811,51 +2811,51 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2500</v>
       </c>
       <c r="K22" s="15">
         <v>0.13725</v>
       </c>
       <c r="L22" s="15">
         <v>0.11895</v>
       </c>
       <c r="M22" s="15">
         <v>0.11438</v>
       </c>
       <c r="N22" s="15">
-        <v>4964</v>
+        <v>5304</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>34</v>
@@ -3129,51 +3129,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2500</v>
       </c>
       <c r="K30" s="15">
         <v>0.06573</v>
       </c>
       <c r="L30" s="15">
         <v>0.06573</v>
       </c>
       <c r="M30" s="15">
         <v>0.06573</v>
       </c>
       <c r="N30" s="15">
-        <v>538</v>
+        <v>577</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10000008443</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>37</v>
@@ -3523,51 +3523,51 @@
         <v>10080048217</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>2500</v>
       </c>
       <c r="K40" s="15">
         <v>0.15308</v>
       </c>
       <c r="L40" s="15">
         <v>0.14642</v>
       </c>
       <c r="M40" s="15">
         <v>0.14642</v>
       </c>
       <c r="N40" s="15">
-        <v>1197</v>
+        <v>1475</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>37</v>
@@ -3999,51 +3999,51 @@
       </c>
       <c r="E52" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2500</v>
       </c>
       <c r="K52" s="15">
         <v>0.21064</v>
       </c>
       <c r="L52" s="15">
         <v>0.21064</v>
       </c>
       <c r="M52" s="15">
         <v>0.21064</v>
       </c>
       <c r="N52" s="15">
-        <v>373</v>
+        <v>311</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
@@ -4116,51 +4116,51 @@
       </c>
       <c r="E55" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.18769</v>
       </c>
       <c r="L55" s="15">
         <v>0.18769</v>
       </c>
       <c r="M55" s="15">
         <v>0.18769</v>
       </c>
       <c r="N55" s="15">
-        <v>362</v>
+        <v>348</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>67</v>
@@ -4235,92 +4235,92 @@
       </c>
       <c r="E58" s="15">
         <v>10080054727</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2500</v>
       </c>
       <c r="K58" s="15">
         <v>0.147</v>
       </c>
       <c r="L58" s="15">
         <v>0.147</v>
       </c>
       <c r="M58" s="15">
         <v>0.147</v>
       </c>
       <c r="N58" s="15">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E59" s="15">
         <v>10080027907</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2500</v>
       </c>
       <c r="K59" s="15">
         <v>0.19</v>
       </c>
       <c r="L59" s="15">
         <v>0.19</v>
       </c>
       <c r="M59" s="15">
         <v>0.19</v>
       </c>
       <c r="N59" s="15">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>34</v>
@@ -5370,51 +5370,51 @@
       </c>
       <c r="E87" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2500</v>
       </c>
       <c r="K87" s="15">
         <v>0.16381</v>
       </c>
       <c r="L87" s="15">
         <v>0.16381</v>
       </c>
       <c r="M87" s="15">
         <v>0.16381</v>
       </c>
       <c r="N87" s="15">
-        <v>1363</v>
+        <v>2011</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>34</v>
@@ -5489,92 +5489,92 @@
       </c>
       <c r="E90" s="15">
         <v>10080006123</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>25</v>
       </c>
       <c r="K90" s="15">
         <v>0.13651</v>
       </c>
       <c r="L90" s="15">
         <v>0.13651</v>
       </c>
       <c r="M90" s="15">
         <v>0.13651</v>
       </c>
       <c r="N90" s="15">
-        <v>1847</v>
+        <v>1775</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>95</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>2500</v>
       </c>
       <c r="K91" s="15">
         <v>0.09245</v>
       </c>
       <c r="L91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="M91" s="15">
         <v>0.08842999999999999</v>
       </c>
       <c r="N91" s="15">
-        <v>5992</v>
+        <v>7134</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>56</v>
@@ -6037,92 +6037,92 @@
       </c>
       <c r="E104" s="15">
         <v>10000011009</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2500</v>
       </c>
       <c r="K104" s="15">
         <v>0.11829</v>
       </c>
       <c r="L104" s="15">
         <v>0.10252</v>
       </c>
       <c r="M104" s="15">
         <v>0.09858</v>
       </c>
       <c r="N104" s="15">
-        <v>2267</v>
+        <v>1594</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E105" s="15">
         <v>10080072838</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>253</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20142</v>
       </c>
       <c r="L105" s="15">
         <v>0.162</v>
       </c>
       <c r="M105" s="15">
         <v>0.15</v>
       </c>
       <c r="N105" s="15">
-        <v>6667</v>
+        <v>8263</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>295</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>34</v>
@@ -6236,51 +6236,51 @@
         <v>10080027131</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>304</v>
       </c>
       <c r="J109" s="15">
         <v>2500</v>
       </c>
       <c r="K109" s="15">
         <v>0.4</v>
       </c>
       <c r="L109" s="15">
         <v>0.33</v>
       </c>
       <c r="M109" s="15">
         <v>0.3</v>
       </c>
       <c r="N109" s="15">
-        <v>1982</v>
+        <v>2051</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>307</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>34</v>
@@ -6911,51 +6911,51 @@
       </c>
       <c r="E126" s="15" t="s">
         <v>346</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>121</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.12329</v>
       </c>
       <c r="L126" s="15">
         <v>0.099</v>
       </c>
       <c r="M126" s="15">
         <v>0.09</v>
       </c>
       <c r="N126" s="15">
-        <v>1821</v>
+        <v>1696</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>66</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>37</v>
@@ -7299,92 +7299,92 @@
       </c>
       <c r="E136" s="15" t="s">
         <v>371</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2500</v>
       </c>
       <c r="K136" s="15">
         <v>0.13067</v>
       </c>
       <c r="L136" s="15">
         <v>0.11005</v>
       </c>
       <c r="M136" s="15">
         <v>0.10005</v>
       </c>
       <c r="N136" s="15">
-        <v>1513</v>
+        <v>1903</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E137" s="15">
         <v>10080010790</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2500</v>
       </c>
       <c r="K137" s="15">
         <v>0.2153</v>
       </c>
       <c r="L137" s="15">
         <v>0.166</v>
       </c>
       <c r="M137" s="15">
         <v>15.6</v>
       </c>
       <c r="N137" s="15">
-        <v>449</v>
+        <v>387</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E138" s="15">
         <v>10000017031</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>37</v>
@@ -7736,51 +7736,51 @@
       </c>
       <c r="E147" s="15">
         <v>10080055514</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>110</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>2500</v>
       </c>
       <c r="K147" s="15">
         <v>0.2</v>
       </c>
       <c r="L147" s="15">
         <v>0.15</v>
       </c>
       <c r="M147" s="15">
         <v>0.135</v>
       </c>
       <c r="N147" s="15">
-        <v>4635</v>
+        <v>5066</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>398</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>37</v>
@@ -7931,51 +7931,51 @@
       <c r="D152" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E152" s="15">
         <v>10080056437</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>209</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.21314</v>
       </c>
       <c r="L152" s="15">
         <v>0.20387</v>
       </c>
       <c r="M152" s="15">
         <v>0.20387</v>
       </c>
       <c r="N152" s="15">
-        <v>1460</v>
+        <v>1355</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E153" s="15">
         <v>10080062071</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>143</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>34</v>
@@ -8676,51 +8676,51 @@
       </c>
       <c r="E171" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H171" s="15" t="s">
         <v>434</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>100</v>
       </c>
       <c r="K171" s="15">
         <v>0.1441</v>
       </c>
       <c r="L171" s="15">
         <v>0.1441</v>
       </c>
       <c r="M171" s="15">
         <v>0.1441</v>
       </c>
       <c r="N171" s="15">
-        <v>188</v>
+        <v>162</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H172" s="15" t="s">
         <v>434</v>