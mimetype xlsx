--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>04.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1383,88 +1383,88 @@
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.04493</v>
       </c>
       <c r="L11" s="15">
         <v>0.03032</v>
       </c>
       <c r="M11" s="15">
         <v>0.02921</v>
       </c>
       <c r="N11" s="15">
-        <v>424</v>
+        <v>388</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.032</v>
       </c>
       <c r="L12" s="15">
         <v>0.032</v>
       </c>
       <c r="M12" s="15">
         <v>0.032</v>
       </c>
       <c r="N12" s="15">
-        <v>2850</v>
+        <v>3230</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1492,88 +1492,88 @@
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.011</v>
       </c>
       <c r="L14" s="15">
         <v>0.011</v>
       </c>
       <c r="M14" s="15">
         <v>0.011</v>
       </c>
       <c r="N14" s="15">
-        <v>697</v>
+        <v>534</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.0308</v>
       </c>
       <c r="L15" s="15">
         <v>0.0308</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>34314</v>
+        <v>29127</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
@@ -1735,51 +1735,51 @@
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.021</v>
       </c>
       <c r="L21" s="15">
         <v>0.021</v>
       </c>
       <c r="M21" s="15">
         <v>0.021</v>
       </c>
       <c r="N21" s="15">
-        <v>995</v>
+        <v>784</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
@@ -1875,162 +1875,162 @@
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01702</v>
       </c>
       <c r="L25" s="15">
         <v>0.01571</v>
       </c>
       <c r="M25" s="15">
         <v>0.0144</v>
       </c>
       <c r="N25" s="15">
-        <v>17920</v>
+        <v>18760</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01702</v>
       </c>
       <c r="L26" s="15">
         <v>0.01571</v>
       </c>
       <c r="M26" s="15">
         <v>0.0144</v>
       </c>
       <c r="N26" s="15">
-        <v>18920</v>
+        <v>14520</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01535</v>
       </c>
       <c r="L27" s="15">
         <v>0.01535</v>
       </c>
       <c r="M27" s="15">
         <v>0.01535</v>
       </c>
       <c r="N27" s="15">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01702</v>
       </c>
       <c r="L28" s="15">
         <v>0.01571</v>
       </c>
       <c r="M28" s="15">
         <v>0.0144</v>
       </c>
       <c r="N28" s="15">
-        <v>2170</v>
+        <v>2142</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
@@ -2060,51 +2060,51 @@
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01702</v>
       </c>
       <c r="L30" s="15">
         <v>0.01571</v>
       </c>
       <c r="M30" s="15">
         <v>0.0144</v>
       </c>
       <c r="N30" s="15">
-        <v>11081</v>
+        <v>9338</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
@@ -2169,51 +2169,51 @@
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.09422</v>
       </c>
       <c r="L33" s="15">
         <v>0.05132</v>
       </c>
       <c r="M33" s="15">
         <v>0.05132</v>
       </c>
       <c r="N33" s="15">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
@@ -2241,88 +2241,88 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>21854</v>
+        <v>18077</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.011</v>
       </c>
       <c r="L36" s="15">
         <v>0.011</v>
       </c>
       <c r="M36" s="15">
         <v>0.011</v>
       </c>
       <c r="N36" s="15">
-        <v>570</v>
+        <v>636</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
@@ -2350,51 +2350,51 @@
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.065</v>
       </c>
       <c r="L38" s="15">
         <v>0.065</v>
       </c>
       <c r="M38" s="15">
         <v>0.065</v>
       </c>
       <c r="N38" s="15">
-        <v>15980</v>
+        <v>16161</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
@@ -2496,51 +2496,51 @@
         <v>125</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02056</v>
       </c>
       <c r="L42" s="15">
         <v>0.02056</v>
       </c>
       <c r="M42" s="15">
         <v>0.02056</v>
       </c>
       <c r="N42" s="15">
-        <v>34352</v>
+        <v>32443</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1</v>
@@ -2601,51 +2601,51 @@
         <v>134</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1</v>
       </c>
       <c r="K45" s="15">
         <v>0.1</v>
       </c>
       <c r="L45" s="15">
         <v>0.1</v>
       </c>
       <c r="M45" s="15">
         <v>0.1</v>
       </c>
       <c r="N45" s="15">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
@@ -2671,88 +2671,88 @@
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.1</v>
       </c>
       <c r="L47" s="15">
         <v>0.1</v>
       </c>
       <c r="M47" s="15">
         <v>0.1</v>
       </c>
       <c r="N47" s="15">
-        <v>702</v>
+        <v>657</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>500</v>
       </c>
       <c r="K48" s="15">
         <v>0.011</v>
       </c>
       <c r="L48" s="15">
         <v>0.011</v>
       </c>
       <c r="M48" s="15">
         <v>0.011</v>
       </c>
       <c r="N48" s="15">
-        <v>153</v>
+        <v>134</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>