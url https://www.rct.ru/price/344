--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1383,88 +1383,88 @@
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.04493</v>
       </c>
       <c r="L11" s="15">
         <v>0.03032</v>
       </c>
       <c r="M11" s="15">
         <v>0.02921</v>
       </c>
       <c r="N11" s="15">
-        <v>388</v>
+        <v>368</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.032</v>
       </c>
       <c r="L12" s="15">
         <v>0.032</v>
       </c>
       <c r="M12" s="15">
         <v>0.032</v>
       </c>
       <c r="N12" s="15">
-        <v>3230</v>
+        <v>2318</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1492,88 +1492,88 @@
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.011</v>
       </c>
       <c r="L14" s="15">
         <v>0.011</v>
       </c>
       <c r="M14" s="15">
         <v>0.011</v>
       </c>
       <c r="N14" s="15">
-        <v>534</v>
+        <v>731</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.0308</v>
       </c>
       <c r="L15" s="15">
         <v>0.0308</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>29127</v>
+        <v>25137</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
@@ -1735,51 +1735,51 @@
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.021</v>
       </c>
       <c r="L21" s="15">
         <v>0.021</v>
       </c>
       <c r="M21" s="15">
         <v>0.021</v>
       </c>
       <c r="N21" s="15">
-        <v>784</v>
+        <v>1094</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
@@ -1875,162 +1875,162 @@
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01702</v>
       </c>
       <c r="L25" s="15">
         <v>0.01571</v>
       </c>
       <c r="M25" s="15">
         <v>0.0144</v>
       </c>
       <c r="N25" s="15">
-        <v>18760</v>
+        <v>19600</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01702</v>
       </c>
       <c r="L26" s="15">
         <v>0.01571</v>
       </c>
       <c r="M26" s="15">
         <v>0.0144</v>
       </c>
       <c r="N26" s="15">
-        <v>14520</v>
+        <v>15840</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01535</v>
       </c>
       <c r="L27" s="15">
         <v>0.01535</v>
       </c>
       <c r="M27" s="15">
         <v>0.01535</v>
       </c>
       <c r="N27" s="15">
-        <v>159</v>
+        <v>146</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01702</v>
       </c>
       <c r="L28" s="15">
         <v>0.01571</v>
       </c>
       <c r="M28" s="15">
         <v>0.0144</v>
       </c>
       <c r="N28" s="15">
-        <v>2142</v>
+        <v>1669</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
@@ -2060,51 +2060,51 @@
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01702</v>
       </c>
       <c r="L30" s="15">
         <v>0.01571</v>
       </c>
       <c r="M30" s="15">
         <v>0.0144</v>
       </c>
       <c r="N30" s="15">
-        <v>9338</v>
+        <v>9960</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
@@ -2169,51 +2169,51 @@
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.09422</v>
       </c>
       <c r="L33" s="15">
         <v>0.05132</v>
       </c>
       <c r="M33" s="15">
         <v>0.05132</v>
       </c>
       <c r="N33" s="15">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
@@ -2241,88 +2241,88 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>18077</v>
+        <v>20775</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.011</v>
       </c>
       <c r="L36" s="15">
         <v>0.011</v>
       </c>
       <c r="M36" s="15">
         <v>0.011</v>
       </c>
       <c r="N36" s="15">
-        <v>636</v>
+        <v>599</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
@@ -2350,51 +2350,51 @@
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.065</v>
       </c>
       <c r="L38" s="15">
         <v>0.065</v>
       </c>
       <c r="M38" s="15">
         <v>0.065</v>
       </c>
       <c r="N38" s="15">
-        <v>16161</v>
+        <v>15980</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
@@ -2496,51 +2496,51 @@
         <v>125</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02056</v>
       </c>
       <c r="L42" s="15">
         <v>0.02056</v>
       </c>
       <c r="M42" s="15">
         <v>0.02056</v>
       </c>
       <c r="N42" s="15">
-        <v>32443</v>
+        <v>36737</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1</v>
@@ -2708,51 +2708,51 @@
         <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>500</v>
       </c>
       <c r="K48" s="15">
         <v>0.011</v>
       </c>
       <c r="L48" s="15">
         <v>0.011</v>
       </c>
       <c r="M48" s="15">
         <v>0.011</v>
       </c>
       <c r="N48" s="15">
-        <v>134</v>
+        <v>184</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>