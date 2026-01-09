--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1383,88 +1383,88 @@
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.04493</v>
       </c>
       <c r="L11" s="15">
         <v>0.03032</v>
       </c>
       <c r="M11" s="15">
         <v>0.02921</v>
       </c>
       <c r="N11" s="15">
-        <v>368</v>
+        <v>444</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.032</v>
       </c>
       <c r="L12" s="15">
         <v>0.032</v>
       </c>
       <c r="M12" s="15">
         <v>0.032</v>
       </c>
       <c r="N12" s="15">
-        <v>2318</v>
+        <v>2850</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1492,88 +1492,88 @@
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.011</v>
       </c>
       <c r="L14" s="15">
         <v>0.011</v>
       </c>
       <c r="M14" s="15">
         <v>0.011</v>
       </c>
       <c r="N14" s="15">
-        <v>731</v>
+        <v>774</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.0308</v>
       </c>
       <c r="L15" s="15">
         <v>0.0308</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>25137</v>
+        <v>33915</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
@@ -1735,51 +1735,51 @@
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.021</v>
       </c>
       <c r="L21" s="15">
         <v>0.021</v>
       </c>
       <c r="M21" s="15">
         <v>0.021</v>
       </c>
       <c r="N21" s="15">
-        <v>1094</v>
+        <v>982</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
@@ -1875,162 +1875,162 @@
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01702</v>
       </c>
       <c r="L25" s="15">
         <v>0.01571</v>
       </c>
       <c r="M25" s="15">
         <v>0.0144</v>
       </c>
       <c r="N25" s="15">
-        <v>19600</v>
+        <v>18200</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01702</v>
       </c>
       <c r="L26" s="15">
         <v>0.01571</v>
       </c>
       <c r="M26" s="15">
         <v>0.0144</v>
       </c>
       <c r="N26" s="15">
-        <v>15840</v>
+        <v>18040</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01535</v>
       </c>
       <c r="L27" s="15">
         <v>0.01535</v>
       </c>
       <c r="M27" s="15">
         <v>0.01535</v>
       </c>
       <c r="N27" s="15">
-        <v>146</v>
+        <v>165</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01702</v>
       </c>
       <c r="L28" s="15">
         <v>0.01571</v>
       </c>
       <c r="M28" s="15">
         <v>0.0144</v>
       </c>
       <c r="N28" s="15">
-        <v>1669</v>
+        <v>1864</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
@@ -2060,51 +2060,51 @@
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01702</v>
       </c>
       <c r="L30" s="15">
         <v>0.01571</v>
       </c>
       <c r="M30" s="15">
         <v>0.0144</v>
       </c>
       <c r="N30" s="15">
-        <v>9960</v>
+        <v>7470</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
@@ -2169,51 +2169,51 @@
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.09422</v>
       </c>
       <c r="L33" s="15">
         <v>0.05132</v>
       </c>
       <c r="M33" s="15">
         <v>0.05132</v>
       </c>
       <c r="N33" s="15">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
@@ -2241,88 +2241,88 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>20775</v>
+        <v>18617</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.011</v>
       </c>
       <c r="L36" s="15">
         <v>0.011</v>
       </c>
       <c r="M36" s="15">
         <v>0.011</v>
       </c>
       <c r="N36" s="15">
-        <v>599</v>
+        <v>650</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
@@ -2350,51 +2350,51 @@
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.065</v>
       </c>
       <c r="L38" s="15">
         <v>0.065</v>
       </c>
       <c r="M38" s="15">
         <v>0.065</v>
       </c>
       <c r="N38" s="15">
-        <v>15980</v>
+        <v>15253</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
@@ -2496,51 +2496,51 @@
         <v>125</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02056</v>
       </c>
       <c r="L42" s="15">
         <v>0.02056</v>
       </c>
       <c r="M42" s="15">
         <v>0.02056</v>
       </c>
       <c r="N42" s="15">
-        <v>36737</v>
+        <v>37214</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1</v>
@@ -2671,88 +2671,88 @@
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.1</v>
       </c>
       <c r="L47" s="15">
         <v>0.1</v>
       </c>
       <c r="M47" s="15">
         <v>0.1</v>
       </c>
       <c r="N47" s="15">
-        <v>657</v>
+        <v>675</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>500</v>
       </c>
       <c r="K48" s="15">
         <v>0.011</v>
       </c>
       <c r="L48" s="15">
         <v>0.011</v>
       </c>
       <c r="M48" s="15">
         <v>0.011</v>
       </c>
       <c r="N48" s="15">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>