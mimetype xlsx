--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1383,88 +1383,88 @@
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.04493</v>
       </c>
       <c r="L11" s="15">
         <v>0.03032</v>
       </c>
       <c r="M11" s="15">
         <v>0.02921</v>
       </c>
       <c r="N11" s="15">
-        <v>444</v>
+        <v>368</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.032</v>
       </c>
       <c r="L12" s="15">
         <v>0.032</v>
       </c>
       <c r="M12" s="15">
         <v>0.032</v>
       </c>
       <c r="N12" s="15">
-        <v>2850</v>
+        <v>3420</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1492,88 +1492,88 @@
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.011</v>
       </c>
       <c r="L14" s="15">
         <v>0.011</v>
       </c>
       <c r="M14" s="15">
         <v>0.011</v>
       </c>
       <c r="N14" s="15">
-        <v>774</v>
+        <v>585</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.0308</v>
       </c>
       <c r="L15" s="15">
         <v>0.0308</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>33915</v>
+        <v>30324</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
@@ -1735,51 +1735,51 @@
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.021</v>
       </c>
       <c r="L21" s="15">
         <v>0.021</v>
       </c>
       <c r="M21" s="15">
         <v>0.021</v>
       </c>
       <c r="N21" s="15">
-        <v>982</v>
+        <v>1057</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
@@ -1875,162 +1875,162 @@
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01702</v>
       </c>
       <c r="L25" s="15">
         <v>0.01571</v>
       </c>
       <c r="M25" s="15">
         <v>0.0144</v>
       </c>
       <c r="N25" s="15">
-        <v>18200</v>
+        <v>17080</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01702</v>
       </c>
       <c r="L26" s="15">
         <v>0.01571</v>
       </c>
       <c r="M26" s="15">
         <v>0.0144</v>
       </c>
       <c r="N26" s="15">
-        <v>18040</v>
+        <v>14520</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01535</v>
       </c>
       <c r="L27" s="15">
         <v>0.01535</v>
       </c>
       <c r="M27" s="15">
         <v>0.01535</v>
       </c>
       <c r="N27" s="15">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01702</v>
       </c>
       <c r="L28" s="15">
         <v>0.01571</v>
       </c>
       <c r="M28" s="15">
         <v>0.0144</v>
       </c>
       <c r="N28" s="15">
-        <v>1864</v>
+        <v>2170</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
@@ -2060,51 +2060,51 @@
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01702</v>
       </c>
       <c r="L30" s="15">
         <v>0.01571</v>
       </c>
       <c r="M30" s="15">
         <v>0.0144</v>
       </c>
       <c r="N30" s="15">
-        <v>7470</v>
+        <v>7719</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
@@ -2169,51 +2169,51 @@
         <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.09422</v>
       </c>
       <c r="L33" s="15">
         <v>0.05132</v>
       </c>
       <c r="M33" s="15">
         <v>0.05132</v>
       </c>
       <c r="N33" s="15">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
@@ -2241,88 +2241,88 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>18617</v>
+        <v>22664</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.011</v>
       </c>
       <c r="L36" s="15">
         <v>0.011</v>
       </c>
       <c r="M36" s="15">
         <v>0.011</v>
       </c>
       <c r="N36" s="15">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
@@ -2350,51 +2350,51 @@
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.065</v>
       </c>
       <c r="L38" s="15">
         <v>0.065</v>
       </c>
       <c r="M38" s="15">
         <v>0.065</v>
       </c>
       <c r="N38" s="15">
-        <v>15253</v>
+        <v>12711</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
@@ -2496,51 +2496,51 @@
         <v>125</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02056</v>
       </c>
       <c r="L42" s="15">
         <v>0.02056</v>
       </c>
       <c r="M42" s="15">
         <v>0.02056</v>
       </c>
       <c r="N42" s="15">
-        <v>37214</v>
+        <v>39600</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1</v>
@@ -2671,88 +2671,88 @@
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.1</v>
       </c>
       <c r="L47" s="15">
         <v>0.1</v>
       </c>
       <c r="M47" s="15">
         <v>0.1</v>
       </c>
       <c r="N47" s="15">
-        <v>675</v>
+        <v>729</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>500</v>
       </c>
       <c r="K48" s="15">
         <v>0.011</v>
       </c>
       <c r="L48" s="15">
         <v>0.011</v>
       </c>
       <c r="M48" s="15">
         <v>0.011</v>
       </c>
       <c r="N48" s="15">
-        <v>180</v>
+        <v>126</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>