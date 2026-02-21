--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1383,88 +1383,88 @@
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.04493</v>
       </c>
       <c r="L11" s="15">
         <v>0.03032</v>
       </c>
       <c r="M11" s="15">
         <v>0.02921</v>
       </c>
       <c r="N11" s="15">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.032</v>
       </c>
       <c r="L12" s="15">
         <v>0.032</v>
       </c>
       <c r="M12" s="15">
         <v>0.032</v>
       </c>
       <c r="N12" s="15">
-        <v>3420</v>
+        <v>3078</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1492,88 +1492,88 @@
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.011</v>
       </c>
       <c r="L14" s="15">
         <v>0.011</v>
       </c>
       <c r="M14" s="15">
         <v>0.011</v>
       </c>
       <c r="N14" s="15">
-        <v>585</v>
+        <v>774</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.0308</v>
       </c>
       <c r="L15" s="15">
         <v>0.0308</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>30324</v>
+        <v>27133</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
@@ -1735,51 +1735,51 @@
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.021</v>
       </c>
       <c r="L21" s="15">
         <v>0.021</v>
       </c>
       <c r="M21" s="15">
         <v>0.021</v>
       </c>
       <c r="N21" s="15">
-        <v>1057</v>
+        <v>970</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
@@ -1875,162 +1875,162 @@
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01702</v>
       </c>
       <c r="L25" s="15">
         <v>0.01571</v>
       </c>
       <c r="M25" s="15">
         <v>0.0144</v>
       </c>
       <c r="N25" s="15">
-        <v>17080</v>
+        <v>22960</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.01702</v>
       </c>
       <c r="L26" s="15">
         <v>0.01571</v>
       </c>
       <c r="M26" s="15">
         <v>0.0144</v>
       </c>
       <c r="N26" s="15">
-        <v>14520</v>
+        <v>19580</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01535</v>
       </c>
       <c r="L27" s="15">
         <v>0.01535</v>
       </c>
       <c r="M27" s="15">
         <v>0.01535</v>
       </c>
       <c r="N27" s="15">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01702</v>
       </c>
       <c r="L28" s="15">
         <v>0.01571</v>
       </c>
       <c r="M28" s="15">
         <v>0.0144</v>
       </c>
       <c r="N28" s="15">
-        <v>2170</v>
+        <v>2364</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
@@ -2060,51 +2060,51 @@
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01702</v>
       </c>
       <c r="L30" s="15">
         <v>0.01571</v>
       </c>
       <c r="M30" s="15">
         <v>0.0144</v>
       </c>
       <c r="N30" s="15">
-        <v>7719</v>
+        <v>7470</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
@@ -2241,88 +2241,88 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>22664</v>
+        <v>24013</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.011</v>
       </c>
       <c r="L36" s="15">
         <v>0.011</v>
       </c>
       <c r="M36" s="15">
         <v>0.011</v>
       </c>
       <c r="N36" s="15">
-        <v>657</v>
+        <v>577</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
@@ -2350,51 +2350,51 @@
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.065</v>
       </c>
       <c r="L38" s="15">
         <v>0.065</v>
       </c>
       <c r="M38" s="15">
         <v>0.065</v>
       </c>
       <c r="N38" s="15">
-        <v>12711</v>
+        <v>11803</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
@@ -2496,51 +2496,51 @@
         <v>125</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02056</v>
       </c>
       <c r="L42" s="15">
         <v>0.02056</v>
       </c>
       <c r="M42" s="15">
         <v>0.02056</v>
       </c>
       <c r="N42" s="15">
-        <v>39600</v>
+        <v>34352</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1</v>
@@ -2671,88 +2671,88 @@
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.1</v>
       </c>
       <c r="L47" s="15">
         <v>0.1</v>
       </c>
       <c r="M47" s="15">
         <v>0.1</v>
       </c>
       <c r="N47" s="15">
-        <v>729</v>
+        <v>567</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>500</v>
       </c>
       <c r="K48" s="15">
         <v>0.011</v>
       </c>
       <c r="L48" s="15">
         <v>0.011</v>
       </c>
       <c r="M48" s="15">
         <v>0.011</v>
       </c>
       <c r="N48" s="15">
-        <v>126</v>
+        <v>180</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>