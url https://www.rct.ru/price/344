--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="179">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1383,88 +1383,88 @@
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15"/>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
         <v>0.04493</v>
       </c>
       <c r="L11" s="15">
         <v>0.03032</v>
       </c>
       <c r="M11" s="15">
         <v>0.02921</v>
       </c>
       <c r="N11" s="15">
-        <v>378</v>
+        <v>419</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15"/>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>100</v>
       </c>
       <c r="K12" s="15">
         <v>0.032</v>
       </c>
       <c r="L12" s="15">
         <v>0.032</v>
       </c>
       <c r="M12" s="15">
         <v>0.032</v>
       </c>
       <c r="N12" s="15">
-        <v>3078</v>
+        <v>2774</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1492,88 +1492,88 @@
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.011</v>
       </c>
       <c r="L14" s="15">
         <v>0.011</v>
       </c>
       <c r="M14" s="15">
         <v>0.011</v>
       </c>
       <c r="N14" s="15">
-        <v>774</v>
+        <v>706</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.0308</v>
       </c>
       <c r="L15" s="15">
         <v>0.0308</v>
       </c>
       <c r="M15" s="15">
         <v>0.0308</v>
       </c>
       <c r="N15" s="15">
-        <v>27133</v>
+        <v>33915</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15"/>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
@@ -1735,51 +1735,51 @@
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>100</v>
       </c>
       <c r="K21" s="15">
         <v>0.021</v>
       </c>
       <c r="L21" s="15">
         <v>0.021</v>
       </c>
       <c r="M21" s="15">
         <v>0.021</v>
       </c>
       <c r="N21" s="15">
-        <v>970</v>
+        <v>1082</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
@@ -1875,51 +1875,51 @@
         <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01702</v>
       </c>
       <c r="L25" s="15">
         <v>0.01571</v>
       </c>
       <c r="M25" s="15">
         <v>0.0144</v>
       </c>
       <c r="N25" s="15">
-        <v>22960</v>
+        <v>23800</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
@@ -1949,88 +1949,88 @@
         <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.01535</v>
       </c>
       <c r="L27" s="15">
         <v>0.01535</v>
       </c>
       <c r="M27" s="15">
         <v>0.01535</v>
       </c>
       <c r="N27" s="15">
-        <v>152</v>
+        <v>187</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.01702</v>
       </c>
       <c r="L28" s="15">
         <v>0.01571</v>
       </c>
       <c r="M28" s="15">
         <v>0.0144</v>
       </c>
       <c r="N28" s="15">
-        <v>2364</v>
+        <v>1864</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
@@ -2060,51 +2060,51 @@
         <v>89</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01702</v>
       </c>
       <c r="L30" s="15">
         <v>0.01571</v>
       </c>
       <c r="M30" s="15">
         <v>0.0144</v>
       </c>
       <c r="N30" s="15">
-        <v>7470</v>
+        <v>7719</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>500</v>
@@ -2241,88 +2241,88 @@
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>24013</v>
+        <v>24282</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.011</v>
       </c>
       <c r="L36" s="15">
         <v>0.011</v>
       </c>
       <c r="M36" s="15">
         <v>0.011</v>
       </c>
       <c r="N36" s="15">
-        <v>577</v>
+        <v>468</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1</v>
@@ -2350,51 +2350,51 @@
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.065</v>
       </c>
       <c r="L38" s="15">
         <v>0.065</v>
       </c>
       <c r="M38" s="15">
         <v>0.065</v>
       </c>
       <c r="N38" s="15">
-        <v>11803</v>
+        <v>13982</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
@@ -2496,51 +2496,51 @@
         <v>125</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.02056</v>
       </c>
       <c r="L42" s="15">
         <v>0.02056</v>
       </c>
       <c r="M42" s="15">
         <v>0.02056</v>
       </c>
       <c r="N42" s="15">
-        <v>34352</v>
+        <v>41031</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1</v>
@@ -2671,88 +2671,88 @@
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.1</v>
       </c>
       <c r="L47" s="15">
         <v>0.1</v>
       </c>
       <c r="M47" s="15">
         <v>0.1</v>
       </c>
       <c r="N47" s="15">
-        <v>567</v>
+        <v>540</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>500</v>
       </c>
       <c r="K48" s="15">
         <v>0.011</v>
       </c>
       <c r="L48" s="15">
         <v>0.011</v>
       </c>
       <c r="M48" s="15">
         <v>0.011</v>
       </c>
       <c r="N48" s="15">
-        <v>180</v>
+        <v>151</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>500</v>