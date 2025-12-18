--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные c фиксацией / PLD2-06SP (DS1025-08-2x3P8BSRSA4-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x4P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-08 (DS1025-05-2x4P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-06-2x4P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-08R (DS1025-06-2x4P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-08-2x4P8BSRX1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BSRX1-B)</t>
   </si>
   <si>
     <t>10-00056584</t>
   </si>
   <si>
-    <t>02.03.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>DS1025-08-2x4P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BXBS1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x5P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10 (DS1025-05-2x5P8BV1-B)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-R1</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10R (L-KLS1-207B-2-10-R1)</t>
   </si>
   <si>
     <t>UT-00141348</t>
   </si>
   <si>
     <t>DS1025-08-2x5P8BSRX1-B</t>
   </si>
@@ -347,50 +347,53 @@
     <t>вилка двухрядная прямая гна плату, шаг 2мм, 14 конт., THT / PLD2-14 (L-KLS1-207BC-2-14-S-2.8x4x10.8-G0)</t>
   </si>
   <si>
     <t>UT-00143143</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-14-R1</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм прямой угол / PLD2-14R (L-KLS1-207B-2-14-R1)</t>
   </si>
   <si>
     <t>DS1025-08-2x7P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные, без устан. площадки / PLD2-14S (DS1025-08-2x7P8BXBS1-B)</t>
   </si>
   <si>
     <t>10-00056668</t>
   </si>
   <si>
     <t>DS1025-05-2x8P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-16 (DS1025-05-2x8P8BV1-B)</t>
+  </si>
+  <si>
+    <t>03.05.2026</t>
   </si>
   <si>
     <t>DS1025-08-2x8P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-16S (DS1025-08-2x8P8BXBS1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x9P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-18 (DS1025-05-2x9P8BV1-B)</t>
   </si>
   <si>
     <t>10-00056621</t>
   </si>
   <si>
     <t>KLS1-218B-2-22-S-2,8*4,0*</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-11P-G-12mm (2*11) (KLS1-218B-2-22-S-2,8*4,0*12)</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-22-S-2.0*4.0*24</t>
   </si>
@@ -2018,129 +2021,129 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080033245</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.01259</v>
       </c>
       <c r="L11" s="15">
         <v>0.01091</v>
       </c>
       <c r="M11" s="15">
         <v>0.01049</v>
       </c>
       <c r="N11" s="15">
-        <v>6254</v>
+        <v>7094</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.04735</v>
       </c>
       <c r="L12" s="15">
         <v>0.03426</v>
       </c>
       <c r="M12" s="15">
         <v>0.02989</v>
       </c>
       <c r="N12" s="15">
-        <v>4350</v>
+        <v>4300</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>10000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080032194</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.02455</v>
       </c>
       <c r="L13" s="15">
         <v>0.01777</v>
       </c>
       <c r="M13" s="15">
         <v>0.0155</v>
       </c>
       <c r="N13" s="15">
-        <v>8457</v>
+        <v>9631</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="15"/>
@@ -2174,90 +2177,90 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.046</v>
       </c>
       <c r="L15" s="15">
         <v>0.03328</v>
       </c>
       <c r="M15" s="15">
         <v>0.02904</v>
       </c>
       <c r="N15" s="15">
-        <v>5478</v>
+        <v>4228</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080056482</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03136</v>
       </c>
       <c r="L16" s="15">
         <v>0.02269</v>
       </c>
       <c r="M16" s="15">
         <v>0.0198</v>
       </c>
       <c r="N16" s="15">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
@@ -2359,51 +2362,51 @@
       <c r="D20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>400</v>
       </c>
       <c r="K20" s="15">
         <v>0.11898</v>
       </c>
       <c r="L20" s="15">
         <v>0.08608</v>
       </c>
       <c r="M20" s="15">
         <v>0.07512000000000001</v>
       </c>
       <c r="N20" s="15">
-        <v>5767</v>
+        <v>5986</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080071507</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15"/>
@@ -2433,51 +2436,51 @@
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080039458</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02477</v>
       </c>
       <c r="L22" s="15">
         <v>0.02146</v>
       </c>
       <c r="M22" s="15">
         <v>0.02064</v>
       </c>
       <c r="N22" s="15">
-        <v>31799</v>
+        <v>26006</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10080056481</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15"/>
@@ -2510,249 +2513,249 @@
         <v>69</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>550</v>
       </c>
       <c r="K24" s="15">
         <v>0.34653</v>
       </c>
       <c r="L24" s="15">
         <v>0.25071</v>
       </c>
       <c r="M24" s="15">
         <v>0.21878</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15">
-        <v>2904</v>
+        <v>2860</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="Q24" s="15">
         <v>5500</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="15">
         <v>10080058064</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>74</v>
       </c>
       <c r="K25" s="15">
         <v>0.31723</v>
       </c>
       <c r="L25" s="15">
         <v>0.22952</v>
       </c>
       <c r="M25" s="15">
         <v>0.20028</v>
       </c>
       <c r="N25" s="15">
-        <v>4672</v>
+        <v>4184</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="15">
         <v>10080032188</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03643</v>
       </c>
       <c r="L26" s="15">
         <v>0.02636</v>
       </c>
       <c r="M26" s="15">
         <v>0.023</v>
       </c>
       <c r="N26" s="15">
-        <v>27118</v>
+        <v>27756</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.04488</v>
       </c>
       <c r="L27" s="15">
         <v>0.03247</v>
       </c>
       <c r="M27" s="15">
         <v>0.02833</v>
       </c>
       <c r="N27" s="15">
-        <v>747</v>
+        <v>764</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>600</v>
       </c>
       <c r="K28" s="15">
         <v>0.41078</v>
       </c>
       <c r="L28" s="15">
         <v>0.2972</v>
       </c>
       <c r="M28" s="15">
         <v>0.25934</v>
       </c>
       <c r="N28" s="15">
-        <v>2505</v>
+        <v>3187</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10080066015</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.06067</v>
       </c>
       <c r="L29" s="15">
         <v>0.0439</v>
       </c>
       <c r="M29" s="15">
         <v>0.03831</v>
       </c>
       <c r="N29" s="15">
-        <v>9825</v>
+        <v>10685</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="15"/>
@@ -2784,90 +2787,90 @@
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04353</v>
       </c>
       <c r="L31" s="15">
         <v>0.03149</v>
       </c>
       <c r="M31" s="15">
         <v>0.02748</v>
       </c>
       <c r="N31" s="15">
-        <v>3669</v>
+        <v>3374</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.05024</v>
       </c>
       <c r="L32" s="15">
         <v>0.04354</v>
       </c>
       <c r="M32" s="15">
         <v>0.04186</v>
       </c>
       <c r="N32" s="15">
-        <v>1862</v>
+        <v>1379</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I33" s="15"/>
@@ -2890,97 +2893,97 @@
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>0.28566</v>
+        <v>0.14785</v>
       </c>
       <c r="L34" s="15">
-        <v>0.23805</v>
+        <v>0.14785</v>
       </c>
       <c r="M34" s="15">
-        <v>0.22852</v>
+        <v>0.14785</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10080049545</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.05518</v>
       </c>
       <c r="L35" s="15">
         <v>0.03993</v>
       </c>
       <c r="M35" s="15">
         <v>0.03484</v>
       </c>
       <c r="N35" s="15">
-        <v>5776</v>
+        <v>5386</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="15"/>
@@ -3003,4168 +3006,4200 @@
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E37" s="15">
         <v>10080061094</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05029</v>
+        <v>0.0447</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04437</v>
+        <v>0.03874</v>
       </c>
       <c r="M37" s="15">
-        <v>0.03993</v>
+        <v>0.03725</v>
       </c>
       <c r="N37" s="15">
-        <v>2553</v>
+        <v>2664</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>42</v>
       </c>
       <c r="K38" s="15">
         <v>0.41033</v>
       </c>
       <c r="L38" s="15">
         <v>0.29688</v>
       </c>
       <c r="M38" s="15">
         <v>0.25906</v>
       </c>
       <c r="N38" s="15">
-        <v>5834</v>
+        <v>5676</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080047585</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.061</v>
       </c>
       <c r="L39" s="15">
         <v>0.04413</v>
       </c>
       <c r="M39" s="15">
         <v>0.03851</v>
       </c>
       <c r="N39" s="15">
-        <v>516</v>
-[...2 lines deleted...]
-      <c r="P39" s="15"/>
+        <v>462</v>
+      </c>
+      <c r="O39" s="15">
+        <v>7700</v>
+      </c>
+      <c r="P39" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080068145</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>36</v>
       </c>
       <c r="K40" s="15">
         <v>0.48968</v>
       </c>
       <c r="L40" s="15">
         <v>0.35429</v>
       </c>
       <c r="M40" s="15">
         <v>0.30915</v>
       </c>
       <c r="N40" s="15">
-        <v>5169</v>
+        <v>6350</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.05872</v>
       </c>
       <c r="L41" s="15">
         <v>0.04248</v>
       </c>
       <c r="M41" s="15">
         <v>0.03707</v>
       </c>
       <c r="N41" s="15">
-        <v>1118</v>
+        <v>862</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E42" s="15">
         <v>10080018830</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.3066</v>
       </c>
       <c r="L42" s="15">
         <v>0.16286</v>
       </c>
       <c r="M42" s="15">
         <v>0.13893</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E43" s="15">
         <v>10080009769</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>100</v>
       </c>
       <c r="K43" s="15">
         <v>0.35206</v>
       </c>
       <c r="L43" s="15">
         <v>0.20311</v>
       </c>
       <c r="M43" s="15">
         <v>0.1828</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E44" s="15">
         <v>10080055208</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.2</v>
       </c>
       <c r="L44" s="15">
         <v>0.2</v>
       </c>
       <c r="M44" s="15">
         <v>0.2</v>
       </c>
       <c r="N44" s="15">
-        <v>25601</v>
+        <v>24437</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E45" s="15">
         <v>10080056882</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.165</v>
       </c>
       <c r="L45" s="15">
         <v>0.165</v>
       </c>
       <c r="M45" s="15">
         <v>0.165</v>
       </c>
       <c r="N45" s="15">
-        <v>27846</v>
+        <v>38896</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E46" s="15">
         <v>10080009771</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>0.47462</v>
       </c>
       <c r="L46" s="15">
         <v>0.27383</v>
       </c>
       <c r="M46" s="15">
         <v>0.24642</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E47" s="15">
         <v>10080071547</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.56079</v>
       </c>
       <c r="L47" s="15">
         <v>0.46731</v>
       </c>
       <c r="M47" s="15">
         <v>0.44863</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080009786</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>0.64924</v>
       </c>
       <c r="L48" s="15">
         <v>0.34491</v>
       </c>
       <c r="M48" s="15">
         <v>0.29419</v>
       </c>
       <c r="N48" s="15">
-        <v>427</v>
+        <v>453</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E49" s="15">
         <v>10080027365</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.7245</v>
       </c>
       <c r="L49" s="15">
         <v>0.49025</v>
       </c>
       <c r="M49" s="15">
         <v>0.4661</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E50" s="15">
         <v>10080037110</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.56302</v>
       </c>
       <c r="L50" s="15">
         <v>0.46168</v>
       </c>
       <c r="M50" s="15">
         <v>0.44291</v>
       </c>
       <c r="N50" s="15">
-        <v>456</v>
+        <v>411</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E51" s="15">
         <v>10080048564</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.69307</v>
       </c>
       <c r="L51" s="15">
         <v>0.39986</v>
       </c>
       <c r="M51" s="15">
         <v>0.35986</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E52" s="15">
         <v>10080055215</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55</v>
       </c>
       <c r="L52" s="15">
         <v>0.55</v>
       </c>
       <c r="M52" s="15">
         <v>0.55</v>
       </c>
       <c r="N52" s="15">
-        <v>29985</v>
+        <v>27187</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E53" s="15">
         <v>10080016245</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>1.17</v>
       </c>
       <c r="L53" s="15">
         <v>0.6728499999999999</v>
       </c>
       <c r="M53" s="15">
         <v>0.6728499999999999</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E54" s="15">
         <v>10080049184</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>50</v>
       </c>
       <c r="K54" s="15">
         <v>1.23</v>
       </c>
       <c r="L54" s="15">
         <v>0.71246</v>
       </c>
       <c r="M54" s="15">
         <v>0.6412099999999999</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10080037111</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>30</v>
       </c>
       <c r="K55" s="15">
         <v>2.2</v>
       </c>
       <c r="L55" s="15">
         <v>1.27</v>
       </c>
       <c r="M55" s="15">
         <v>1.14</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E56" s="15">
         <v>10080055217</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>300</v>
       </c>
       <c r="K56" s="15">
         <v>0.066</v>
       </c>
       <c r="L56" s="15">
         <v>0.066</v>
       </c>
       <c r="M56" s="15">
         <v>0.066</v>
       </c>
       <c r="N56" s="15">
-        <v>8806</v>
+        <v>7735</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E57" s="15">
         <v>10080044779</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>500</v>
       </c>
       <c r="K57" s="15">
         <v>0.14215</v>
       </c>
       <c r="L57" s="15">
         <v>0.08202</v>
       </c>
       <c r="M57" s="15">
         <v>0.07382</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E58" s="15">
         <v>10080071548</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.31729</v>
       </c>
       <c r="L58" s="15">
         <v>0.2644</v>
       </c>
       <c r="M58" s="15">
         <v>0.25382</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E59" s="15">
         <v>10080038081</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>400</v>
       </c>
       <c r="K59" s="15">
         <v>0.05965</v>
       </c>
       <c r="L59" s="15">
         <v>0.04316</v>
       </c>
       <c r="M59" s="15">
         <v>0.03766</v>
       </c>
       <c r="N59" s="15">
-        <v>14788</v>
+        <v>11313</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10080064745</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>300</v>
       </c>
       <c r="K60" s="15">
         <v>0.10534</v>
       </c>
       <c r="L60" s="15">
         <v>0.07621</v>
       </c>
       <c r="M60" s="15">
         <v>0.0665</v>
       </c>
       <c r="N60" s="15">
-        <v>5763</v>
+        <v>7344</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E61" s="15">
         <v>10080073448</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.63223</v>
       </c>
       <c r="L61" s="15">
         <v>0.45742</v>
       </c>
       <c r="M61" s="15">
         <v>0.39915</v>
       </c>
       <c r="N61" s="15">
-        <v>4600</v>
+        <v>4830</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080060642</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
-        <v>0.12042</v>
+        <v>0.07113</v>
       </c>
       <c r="L62" s="15">
-        <v>0.08634</v>
+        <v>0.06165</v>
       </c>
       <c r="M62" s="15">
-        <v>0.07496999999999999</v>
+        <v>0.05928</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10080061640</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>300</v>
       </c>
       <c r="K63" s="15">
         <v>0.04641</v>
       </c>
       <c r="L63" s="15">
         <v>0.04022</v>
       </c>
       <c r="M63" s="15">
         <v>0.03868</v>
       </c>
       <c r="N63" s="15">
-        <v>651</v>
+        <v>462</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>300</v>
       </c>
       <c r="K64" s="15">
         <v>0.0747</v>
       </c>
       <c r="L64" s="15">
         <v>0.07146</v>
       </c>
       <c r="M64" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E65" s="15">
         <v>10080075044</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.0504</v>
+        <v>0.04899</v>
       </c>
       <c r="L65" s="15">
-        <v>0.04368</v>
+        <v>0.04246</v>
       </c>
       <c r="M65" s="15">
-        <v>0.042</v>
+        <v>0.04083</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15">
-        <v>3500</v>
+        <v>3250</v>
       </c>
       <c r="P65" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E66" s="15">
         <v>10080066333</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
         <v>0.09131</v>
       </c>
       <c r="L66" s="15">
         <v>0.06607</v>
       </c>
       <c r="M66" s="15">
         <v>0.05765</v>
       </c>
       <c r="N66" s="15">
-        <v>5512</v>
+        <v>6221</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E67" s="15">
         <v>10080039454</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
         <v>0.09705</v>
       </c>
       <c r="L67" s="15">
         <v>0.06095</v>
       </c>
       <c r="M67" s="15">
         <v>0.05495</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E68" s="15">
         <v>10080026560</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.0678</v>
       </c>
       <c r="L68" s="15">
         <v>0.05876</v>
       </c>
       <c r="M68" s="15">
         <v>0.0565</v>
       </c>
       <c r="N68" s="15">
-        <v>3749</v>
+        <v>2949</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E69" s="15">
         <v>10080038082</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.10622</v>
       </c>
       <c r="L69" s="15">
         <v>0.09205000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.08851000000000001</v>
       </c>
       <c r="N69" s="15">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.10162</v>
       </c>
       <c r="L70" s="15">
         <v>0.07352</v>
       </c>
       <c r="M70" s="15">
         <v>0.06415999999999999</v>
       </c>
       <c r="N70" s="15"/>
-      <c r="O70" s="15"/>
-      <c r="P70" s="15"/>
+      <c r="O70" s="15">
+        <v>700</v>
+      </c>
+      <c r="P70" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E71" s="15">
         <v>10080038476</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
         <v>0.11777</v>
       </c>
       <c r="L71" s="15">
         <v>0.0852</v>
       </c>
       <c r="M71" s="15">
         <v>0.07435</v>
       </c>
       <c r="N71" s="15">
-        <v>2893</v>
+        <v>2126</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
         <v>0.16696</v>
       </c>
       <c r="L72" s="15">
         <v>0.1208</v>
       </c>
       <c r="M72" s="15">
         <v>0.10541</v>
       </c>
       <c r="N72" s="15">
-        <v>4580</v>
+        <v>4971</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E73" s="15">
         <v>10080068146</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>14</v>
       </c>
       <c r="K73" s="15">
         <v>1.01</v>
       </c>
       <c r="L73" s="15">
         <v>0.7278</v>
       </c>
       <c r="M73" s="15">
         <v>0.63509</v>
       </c>
       <c r="N73" s="15">
-        <v>557</v>
+        <v>610</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.1853</v>
       </c>
       <c r="L74" s="15">
         <v>0.15542</v>
       </c>
       <c r="M74" s="15">
         <v>0.14944</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.21346</v>
       </c>
       <c r="L75" s="15">
         <v>0.15444</v>
       </c>
       <c r="M75" s="15">
         <v>0.13477</v>
       </c>
       <c r="N75" s="15">
         <v>16</v>
       </c>
-      <c r="O75" s="15"/>
-      <c r="P75" s="15"/>
+      <c r="O75" s="15">
+        <v>345</v>
+      </c>
+      <c r="P75" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q75" s="15">
         <v>10000</v>
       </c>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>1.13</v>
       </c>
       <c r="L76" s="15">
         <v>0.9486</v>
       </c>
       <c r="M76" s="15">
         <v>0.91211</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E77" s="15">
         <v>10000011582</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.18927</v>
       </c>
       <c r="L77" s="15">
         <v>0.13694</v>
       </c>
       <c r="M77" s="15">
         <v>0.11949</v>
       </c>
       <c r="N77" s="15">
-        <v>49769</v>
+        <v>55512</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.3824</v>
       </c>
       <c r="L78" s="15">
         <v>0.27667</v>
       </c>
       <c r="M78" s="15">
         <v>0.24142</v>
       </c>
       <c r="N78" s="15">
-        <v>2265</v>
-[...2 lines deleted...]
-      <c r="P78" s="15"/>
+        <v>2652</v>
+      </c>
+      <c r="O78" s="15">
+        <v>890</v>
+      </c>
+      <c r="P78" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E79" s="15">
         <v>10000011583</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.33759</v>
       </c>
       <c r="L79" s="15">
         <v>0.24424</v>
       </c>
       <c r="M79" s="15">
         <v>0.21313</v>
       </c>
       <c r="N79" s="15">
-        <v>26905</v>
+        <v>18555</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E80" s="15">
         <v>10080010531</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
-        <v>0.18828</v>
+        <v>0.1673</v>
       </c>
       <c r="L80" s="15">
-        <v>0.16613</v>
+        <v>0.14499</v>
       </c>
       <c r="M80" s="15">
-        <v>0.14951</v>
+        <v>0.13941</v>
       </c>
       <c r="N80" s="15">
-        <v>3093</v>
+        <v>2320</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E81" s="15">
         <v>10080000088</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>7</v>
       </c>
       <c r="K81" s="15">
         <v>2.01</v>
       </c>
       <c r="L81" s="15">
         <v>1.46</v>
       </c>
       <c r="M81" s="15">
         <v>1.27</v>
       </c>
       <c r="N81" s="15">
-        <v>1233</v>
+        <v>1458</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E82" s="15">
         <v>10080070194</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
         <v>1.55</v>
       </c>
       <c r="L82" s="15">
         <v>1.29</v>
       </c>
       <c r="M82" s="15">
         <v>1.24</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15"/>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>2.62</v>
       </c>
       <c r="L83" s="15">
         <v>1.36</v>
       </c>
       <c r="M83" s="15">
         <v>1.31</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E84" s="15">
         <v>10080052296</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.30697</v>
       </c>
       <c r="L84" s="15">
         <v>0.17809</v>
       </c>
       <c r="M84" s="15">
         <v>0.16052</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="P84" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10000018215</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.9093</v>
       </c>
       <c r="L85" s="15">
         <v>0.65788</v>
       </c>
       <c r="M85" s="15">
         <v>0.57407</v>
       </c>
       <c r="N85" s="15">
-        <v>3072</v>
+        <v>3166</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>50</v>
       </c>
       <c r="K86" s="15">
         <v>0.35718</v>
       </c>
       <c r="L86" s="15">
         <v>0.28205</v>
       </c>
       <c r="M86" s="15">
         <v>0.26481</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.19325</v>
       </c>
       <c r="L87" s="15">
         <v>0.13982</v>
       </c>
       <c r="M87" s="15">
         <v>0.122</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E88" s="15">
         <v>10080066738</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.13065</v>
       </c>
       <c r="L88" s="15">
         <v>0.11323</v>
       </c>
       <c r="M88" s="15">
         <v>0.10888</v>
       </c>
       <c r="N88" s="15">
-        <v>2400</v>
+        <v>2560</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E89" s="15">
         <v>10080066739</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.15171</v>
       </c>
       <c r="L89" s="15">
         <v>0.12643</v>
       </c>
       <c r="M89" s="15">
         <v>0.12137</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E90" s="15">
         <v>10080070707</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.09056</v>
       </c>
       <c r="L90" s="15">
         <v>0.07547</v>
       </c>
       <c r="M90" s="15">
         <v>0.07245</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.2071</v>
       </c>
       <c r="L91" s="15">
         <v>0.14983</v>
       </c>
       <c r="M91" s="15">
         <v>0.13076</v>
       </c>
       <c r="N91" s="15">
-        <v>1137</v>
+        <v>907</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>400</v>
       </c>
       <c r="K92" s="15">
         <v>0.08562</v>
       </c>
       <c r="L92" s="15">
         <v>0.0742</v>
       </c>
       <c r="M92" s="15">
         <v>0.07135</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E93" s="15">
         <v>10080071162</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.22468</v>
       </c>
       <c r="L93" s="15">
         <v>0.16109</v>
       </c>
       <c r="M93" s="15">
         <v>0.1399</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E94" s="15">
         <v>10080045609</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>300</v>
       </c>
       <c r="K94" s="15">
         <v>0.22228</v>
       </c>
       <c r="L94" s="15">
         <v>0.18228</v>
       </c>
       <c r="M94" s="15">
         <v>0.17487</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>300</v>
       </c>
       <c r="K95" s="15">
         <v>0.25398</v>
       </c>
       <c r="L95" s="15">
         <v>0.18375</v>
       </c>
       <c r="M95" s="15">
         <v>0.16034</v>
       </c>
       <c r="N95" s="15">
-        <v>2034</v>
+        <v>1897</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E96" s="15">
         <v>10080045610</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>300</v>
       </c>
       <c r="K96" s="15">
         <v>0.2453</v>
       </c>
       <c r="L96" s="15">
         <v>0.20115</v>
       </c>
       <c r="M96" s="15">
         <v>0.19296</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.29055</v>
       </c>
       <c r="L97" s="15">
         <v>0.21022</v>
       </c>
       <c r="M97" s="15">
         <v>0.18344</v>
       </c>
       <c r="N97" s="15">
-        <v>917</v>
+        <v>878</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E98" s="15">
         <v>10080055218</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>300</v>
       </c>
       <c r="K98" s="15">
-        <v>0.35519</v>
+        <v>0.20596</v>
       </c>
       <c r="L98" s="15">
-        <v>0.296</v>
+        <v>0.20596</v>
       </c>
       <c r="M98" s="15">
-        <v>0.28415</v>
+        <v>0.20596</v>
       </c>
       <c r="N98" s="15">
-        <v>3099</v>
+        <v>2620</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E99" s="15">
         <v>10080055214</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>200</v>
       </c>
       <c r="K99" s="15">
         <v>0.50431</v>
       </c>
       <c r="L99" s="15">
         <v>0.36487</v>
       </c>
       <c r="M99" s="15">
         <v>0.31839</v>
       </c>
       <c r="N99" s="15">
-        <v>2883</v>
+        <v>3141</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E100" s="15">
         <v>10080037529</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>0.32987</v>
       </c>
       <c r="L100" s="15">
         <v>0.2309</v>
       </c>
       <c r="M100" s="15">
         <v>0.21441</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E101" s="15">
         <v>10080055219</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.44504</v>
       </c>
       <c r="L101" s="15">
         <v>0.25819</v>
       </c>
       <c r="M101" s="15">
         <v>0.23271</v>
       </c>
       <c r="N101" s="15">
         <v>32</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>1.29</v>
       </c>
       <c r="L102" s="15">
         <v>1.08</v>
       </c>
       <c r="M102" s="15">
         <v>1.04</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E103" s="15">
         <v>10080012691</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>50</v>
       </c>
       <c r="K103" s="15">
         <v>0.6942199999999999</v>
       </c>
       <c r="L103" s="15">
         <v>0.50227</v>
       </c>
       <c r="M103" s="15">
         <v>0.43829</v>
       </c>
       <c r="N103" s="15">
-        <v>456</v>
+        <v>534</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>50</v>
       </c>
       <c r="K104" s="15">
         <v>1.47</v>
       </c>
       <c r="L104" s="15">
         <v>1.06</v>
       </c>
       <c r="M104" s="15">
         <v>0.92797</v>
       </c>
       <c r="N104" s="15">
-        <v>351</v>
+        <v>293</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>50</v>
       </c>
       <c r="K105" s="15">
         <v>1.23</v>
       </c>
       <c r="L105" s="15">
         <v>0.94837</v>
       </c>
       <c r="M105" s="15">
         <v>0.86216</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E106" s="15">
         <v>10000018216</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>50</v>
       </c>
       <c r="K106" s="15">
         <v>1.47</v>
       </c>
       <c r="L106" s="15">
         <v>0.78049</v>
       </c>
       <c r="M106" s="15">
         <v>0.66571</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E107" s="15">
         <v>10080010533</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>50</v>
       </c>
       <c r="K107" s="15">
         <v>1.43</v>
       </c>
       <c r="L107" s="15">
         <v>1.13</v>
       </c>
       <c r="M107" s="15">
         <v>1.07</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>50</v>
       </c>
       <c r="K108" s="15">
         <v>0.87481</v>
       </c>
       <c r="L108" s="15">
         <v>0.87481</v>
       </c>
       <c r="M108" s="15">
         <v>0.87481</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E109" s="15">
         <v>10080055213</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
         <v>1.33</v>
       </c>
       <c r="L109" s="15">
         <v>0.95903</v>
       </c>
       <c r="M109" s="15">
         <v>0.83686</v>
       </c>
       <c r="N109" s="15">
-        <v>1276</v>
-[...2 lines deleted...]
-      <c r="P109" s="15"/>
+        <v>1749</v>
+      </c>
+      <c r="O109" s="15">
+        <v>1700</v>
+      </c>
+      <c r="P109" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E110" s="15">
         <v>10080031557</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>50</v>
       </c>
       <c r="K110" s="15">
         <v>0.87768</v>
       </c>
       <c r="L110" s="15">
         <v>0.635</v>
       </c>
       <c r="M110" s="15">
         <v>0.55411</v>
       </c>
       <c r="N110" s="15">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E111" s="15">
         <v>10080048460</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>40</v>
       </c>
       <c r="K111" s="15">
         <v>0.71</v>
       </c>
       <c r="L111" s="15">
         <v>0.71</v>
       </c>
       <c r="M111" s="15">
         <v>0.71</v>
       </c>
       <c r="N111" s="15">
-        <v>3191</v>
+        <v>3290</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E112" s="15">
         <v>10080007225</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.7119</v>
       </c>
       <c r="L112" s="15">
         <v>0.3695</v>
       </c>
       <c r="M112" s="15">
         <v>0.35595</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E113" s="15">
         <v>10080031828</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J113" s="15">
         <v>3000</v>
       </c>
       <c r="K113" s="15">
         <v>0.01323</v>
       </c>
       <c r="L113" s="15">
         <v>0.00957</v>
       </c>
       <c r="M113" s="15">
         <v>0.00835</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L114" s="15">
         <v>0.00768</v>
       </c>
       <c r="M114" s="15">
         <v>0.00739</v>
       </c>
       <c r="N114" s="15">
-        <v>7092</v>
+        <v>5640</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>360000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E115" s="15">
         <v>10080039455</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.01805</v>
       </c>
       <c r="L115" s="15">
         <v>0.01306</v>
       </c>
       <c r="M115" s="15">
         <v>0.0114</v>
       </c>
       <c r="N115" s="15">
-        <v>17409</v>
+        <v>24870</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
         <v>0.01732</v>
       </c>
       <c r="L116" s="15">
         <v>0.01253</v>
       </c>
       <c r="M116" s="15">
         <v>0.01093</v>
       </c>
       <c r="N116" s="15">
-        <v>7473</v>
+        <v>8007</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E117" s="15">
         <v>10080051535</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>600</v>
       </c>
       <c r="K117" s="15">
         <v>0.10959</v>
       </c>
       <c r="L117" s="15">
         <v>0.07929</v>
       </c>
       <c r="M117" s="15">
         <v>0.06919</v>
       </c>
       <c r="N117" s="15">
         <v>96</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E118" s="15">
         <v>10080067515</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2000</v>
       </c>
       <c r="K118" s="15">
         <v>0.02565</v>
       </c>
       <c r="L118" s="15">
         <v>0.01856</v>
       </c>
       <c r="M118" s="15">
         <v>0.01619</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.01677</v>
       </c>
       <c r="L119" s="15">
         <v>0.01453</v>
       </c>
       <c r="M119" s="15">
         <v>0.01398</v>
       </c>
       <c r="N119" s="15">
-        <v>4699</v>
+        <v>5056</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>1500</v>
       </c>
       <c r="K120" s="15">
         <v>0.0289</v>
       </c>
       <c r="L120" s="15">
         <v>0.02091</v>
       </c>
       <c r="M120" s="15">
         <v>0.01825</v>
       </c>
       <c r="N120" s="15">
-        <v>1240</v>
+        <v>1640</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E121" s="15">
         <v>10080031829</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1500</v>
       </c>
       <c r="K121" s="15">
         <v>0.0289</v>
       </c>
       <c r="L121" s="15">
         <v>0.02091</v>
       </c>
       <c r="M121" s="15">
         <v>0.01825</v>
       </c>
       <c r="N121" s="15">
-        <v>851</v>
+        <v>626</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E122" s="15">
         <v>10080074781</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.03937</v>
       </c>
       <c r="L122" s="15">
         <v>0.03302</v>
       </c>
       <c r="M122" s="15">
         <v>0.03175</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>60</v>
       </c>
       <c r="K123" s="15">
         <v>0.06213</v>
       </c>
       <c r="L123" s="15">
         <v>0.05943</v>
       </c>
       <c r="M123" s="15">
         <v>0.05673</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>700</v>
       </c>
       <c r="K124" s="15">
         <v>0.15094</v>
       </c>
       <c r="L124" s="15">
         <v>0.12659</v>
       </c>
       <c r="M124" s="15">
         <v>0.12173</v>
       </c>
       <c r="N124" s="15">
-        <v>353</v>
+        <v>337</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E125" s="15">
         <v>10080064688</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>1500</v>
       </c>
       <c r="K125" s="15">
         <v>0.02681</v>
       </c>
       <c r="L125" s="15">
         <v>0.02323</v>
       </c>
       <c r="M125" s="15">
         <v>0.02234</v>
       </c>
       <c r="N125" s="15">
-        <v>13463</v>
+        <v>9638</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E126" s="15">
         <v>10080066752</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>1000</v>
       </c>
       <c r="K126" s="15">
         <v>0.03523</v>
       </c>
       <c r="L126" s="15">
         <v>0.02955</v>
       </c>
       <c r="M126" s="15">
         <v>0.02841</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E127" s="15">
         <v>10080061335</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
         <v>0.02606</v>
       </c>
       <c r="L127" s="15">
         <v>0.01886</v>
       </c>
       <c r="M127" s="15">
         <v>0.01645</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>200</v>
       </c>
       <c r="K128" s="15">
         <v>0.04169</v>
       </c>
       <c r="L128" s="15">
         <v>0.03016</v>
       </c>
       <c r="M128" s="15">
         <v>0.02632</v>
       </c>
       <c r="N128" s="15">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E129" s="15">
         <v>10080074677</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>1000</v>
       </c>
       <c r="K129" s="15">
         <v>0.0413</v>
       </c>
       <c r="L129" s="15">
         <v>0.02988</v>
       </c>
       <c r="M129" s="15">
         <v>0.02607</v>
       </c>
       <c r="N129" s="15"/>
-      <c r="O129" s="15"/>
-      <c r="P129" s="15"/>
+      <c r="O129" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P129" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E130" s="15">
         <v>10080049531</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>0.04073</v>
       </c>
       <c r="L130" s="15">
         <v>0.03284</v>
       </c>
       <c r="M130" s="15">
         <v>0.03153</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1000</v>
       </c>
       <c r="K131" s="15">
         <v>0.05082</v>
       </c>
       <c r="L131" s="15">
         <v>0.03677</v>
       </c>
       <c r="M131" s="15">
         <v>0.03209</v>
       </c>
       <c r="N131" s="15">
-        <v>2165</v>
+        <v>2353</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.04702</v>
       </c>
       <c r="L132" s="15">
         <v>0.03402</v>
       </c>
       <c r="M132" s="15">
         <v>0.02969</v>
       </c>
       <c r="N132" s="15">
-        <v>3400</v>
+        <v>3440</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E133" s="15">
         <v>10080074782</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.07481</v>
       </c>
       <c r="L133" s="15">
         <v>0.06234</v>
       </c>
       <c r="M133" s="15">
         <v>0.05985</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>200</v>
       </c>
       <c r="K134" s="15">
         <v>1.05</v>
       </c>
       <c r="L134" s="15">
         <v>1.05</v>
       </c>
       <c r="M134" s="15">
         <v>1.05</v>
       </c>
       <c r="N134" s="15">
         <v>1</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E135" s="15">
         <v>10080039618</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1300</v>
       </c>
       <c r="K135" s="15">
         <v>0.26479</v>
       </c>
       <c r="L135" s="15">
         <v>0.17348</v>
       </c>
       <c r="M135" s="15">
         <v>0.15635</v>
       </c>
       <c r="N135" s="15"/>
-      <c r="O135" s="15"/>
-      <c r="P135" s="15"/>
+      <c r="O135" s="15">
+        <v>770</v>
+      </c>
+      <c r="P135" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>400</v>
       </c>
       <c r="K136" s="15">
         <v>0.10356</v>
       </c>
       <c r="L136" s="15">
         <v>0.08685</v>
       </c>
       <c r="M136" s="15">
         <v>0.08352</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>200</v>
       </c>
       <c r="K137" s="15">
         <v>0.08592</v>
       </c>
       <c r="L137" s="15">
         <v>0.07206</v>
       </c>
       <c r="M137" s="15">
         <v>0.06929</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E138" s="15">
         <v>10080052415</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>200</v>
       </c>
       <c r="K138" s="15">
         <v>0.09347999999999999</v>
       </c>
       <c r="L138" s="15">
         <v>0.08101999999999999</v>
       </c>
       <c r="M138" s="15">
         <v>0.0779</v>
       </c>
       <c r="N138" s="15">
-        <v>41211</v>
+        <v>43380</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E139" s="15">
         <v>10000011580</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
         <v>0.13608</v>
       </c>
       <c r="L139" s="15">
         <v>0.09845</v>
       </c>
       <c r="M139" s="15">
         <v>0.08591</v>
       </c>
       <c r="N139" s="15">
-        <v>3365</v>
+        <v>3869</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E140" s="15">
         <v>10080033581</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
-        <v>0.07056999999999999</v>
+        <v>0.06270000000000001</v>
       </c>
       <c r="L140" s="15">
-        <v>0.06227</v>
+        <v>0.05434</v>
       </c>
       <c r="M140" s="15">
-        <v>0.05604</v>
+        <v>0.05225</v>
       </c>
       <c r="N140" s="15">
-        <v>2146</v>
+        <v>2476</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>200</v>
       </c>
       <c r="K141" s="15">
         <v>0.49266</v>
       </c>
       <c r="L141" s="15">
         <v>0.38181</v>
       </c>
       <c r="M141" s="15">
         <v>0.35718</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E142" s="15">
         <v>10000011581</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>200</v>
       </c>
       <c r="K142" s="15">
         <v>0.13187</v>
       </c>
       <c r="L142" s="15">
         <v>0.09540999999999999</v>
       </c>
       <c r="M142" s="15">
         <v>0.08325</v>
       </c>
       <c r="N142" s="15">
-        <v>5661</v>
-[...2 lines deleted...]
-      <c r="P142" s="15"/>
+        <v>8327</v>
+      </c>
+      <c r="O142" s="15">
+        <v>4500</v>
+      </c>
+      <c r="P142" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E143" s="15">
         <v>10080033578</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>200</v>
       </c>
       <c r="K143" s="15">
         <v>0.11069</v>
       </c>
       <c r="L143" s="15">
         <v>0.08008999999999999</v>
       </c>
       <c r="M143" s="15">
         <v>0.06988</v>
       </c>
       <c r="N143" s="15">
-        <v>21519</v>
+        <v>24935</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>200</v>
       </c>
       <c r="K144" s="15">
         <v>0.16447</v>
       </c>
       <c r="L144" s="15">
         <v>0.08738</v>
       </c>
       <c r="M144" s="15">
         <v>0.07453</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>7</v>
       </c>
       <c r="K145" s="15">
         <v>0.25363</v>
       </c>
       <c r="L145" s="15">
         <v>0.1835</v>
       </c>
       <c r="M145" s="15">
         <v>0.16013</v>
       </c>
       <c r="N145" s="15">
-        <v>600</v>
+        <v>790</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14"/>
       <c r="C146" s="15"/>
       <c r="D146" s="15"/>
       <c r="E146" s="15"/>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15"/>
       <c r="I146" s="15"/>
       <c r="J146" s="15"/>
       <c r="K146" s="15"/>
       <c r="L146" s="15"/>
       <c r="M146" s="15"/>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
     </row>
   </sheetData>
@@ -7207,317 +7242,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>