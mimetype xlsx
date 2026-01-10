--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="391">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -229,74 +229,77 @@
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные c фиксацией / PLD2-06SP (DS1025-08-2x3P8BSRSA4-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x4P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-08 (DS1025-05-2x4P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-06-2x4P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-08R (DS1025-06-2x4P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-08-2x4P8BSRX1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BSRX1-B)</t>
   </si>
   <si>
     <t>10-00056584</t>
   </si>
   <si>
-    <t>12.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>DS1025-08-2x4P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BXBS1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x5P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10 (DS1025-05-2x5P8BV1-B)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-R1</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10R (L-KLS1-207B-2-10-R1)</t>
   </si>
   <si>
     <t>UT-00141348</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>DS1025-08-2x5P8BSRX1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-10S (DS1025-08-2x5P8BSRX1-B)</t>
   </si>
   <si>
     <t>10-00056610</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-T3</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-10S (L-KLS1-207B-2-10-T3)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2.00-2-10-T-6.4X3.8X1.2-G0-R</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм, SMT / PLD2-10S (L-KLS1-207B-2.00-2-10-T-6.4X3.8X1.2-G0-R)</t>
   </si>
   <si>
     <t>UT-00128914</t>
   </si>
   <si>
     <t>DS1025-05-2x6P8BV1-B</t>
@@ -514,53 +517,50 @@
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-20S (KLS1-207B-2-20-T)</t>
   </si>
   <si>
     <t>DS1025-05-2x11P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-22 (DS1025-05-2x11P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-06-2x11P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм прямой угол / PLD2-22R (DS1025-06-2x11P8BR1-B)</t>
   </si>
   <si>
     <t>UT-00099194</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-24-S</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-24 (L-KLS1-207B-2-24-S)</t>
   </si>
   <si>
-    <t>15.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1025-05-2x15P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-30 (DS1025-05-2x15P8BV1-B)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-30-S</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-30 (L-KLS1-207B-2-30-S)</t>
   </si>
   <si>
     <t>DS1025-05-2x16P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-32 (DS1025-05-2x16P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-06-2x16P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм прямой угол / PLD2-32R (DS1025-06-2x16P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x17P8BV1-B</t>
@@ -727,50 +727,59 @@
   <si>
     <t>DS1030-02-2x4P8BVA4-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм A=6/B=3/C=10.4 / PLHD2-08 (DS1030-02-2x4P8BVA4-B)</t>
   </si>
   <si>
     <t>UT-00099448</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-10-T-6.5x4.0x5.0</t>
   </si>
   <si>
     <t>штыри на плату для SMD монтажа шаг 2,0 вертикальные / PLHD2-10S (L-KLS1-218B-2-10-T-6.5x4.0x5.0)</t>
   </si>
   <si>
     <t>UT-00143125</t>
   </si>
   <si>
     <t>L-KLS1-218B-2.00-2-10-T-6.5*4.0*10.0-G0-N-R</t>
   </si>
   <si>
     <t>штыри на плату для SMD монтажа шаг 2,0 вертикальные / PLHD2-10S (L-KLS1-218B-2.00-2-10-T-6.5*4.0*10.0-G0-N-R)</t>
   </si>
   <si>
+    <t>DS1030-03-2x5P8BS-A4.0-B15.0-XRS-B</t>
+  </si>
+  <si>
+    <t>SMT Межплатные вертикальные с фиксацией шаг 2.0мм / PLHD2-10SP (DS1030-03-2x5P8BS-A4.0-B15.0-XRS-B)</t>
+  </si>
+  <si>
+    <t>UT-00153860</t>
+  </si>
+  <si>
     <t>DS1030-02-2x8P8BVA15-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм A=6.5/C=8.5/B=3 / PLHD2-16 (6.5/8.5/3мм) DS1030-02-2x8P8BVA15-B</t>
   </si>
   <si>
     <t>DS1030-02-2x8P8BVA4-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм, тип V1, A=6,0/B=3,0/C=10,4 / PLHD2-16 (DS1030-02-2x8P8BVA4-B)</t>
   </si>
   <si>
     <t>UT-00119373</t>
   </si>
   <si>
     <t>DS1030-02-2x9P8BVA15-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм A=6.5/C=8.5/B=3 / PLHD2-18 (6.5/8.5/3мм) DS1030-02-2x9P8BVA15-B</t>
   </si>
   <si>
     <t>DS1030-02-2x9P8BVA4-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм, тип V1, A=6,0/B=3,0/C=10,4 / PLHD2-18 (DS1030-02-2x9P8BVA4-B)</t>
@@ -1028,50 +1037,53 @@
     <t>штыри на плату однорядные шаг 2мм, 10 контактов, позолоченные / PLS2-10 (DS1025-01-1x10P8BV1-B)</t>
   </si>
   <si>
     <t>UT-00149421</t>
   </si>
   <si>
     <t>DS1025-02-1x10P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм / PLS2-10R (DS1025-02-1x10P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-04-1x12P8BSS-B</t>
   </si>
   <si>
     <t>Штыри SMT на плату, однорядные, горизонтальные, лоток (tray) / PLS2-12T (DS1025-04-1x12P8BSS-B)</t>
   </si>
   <si>
     <t>10-00056596</t>
   </si>
   <si>
     <t>DS1025-04-1x12P8BSSR-B</t>
   </si>
   <si>
     <t>Штыри SMT на плату, однорядные, горизонтальные / PLS2-12T (DS1025-04-1x12P8BSSR-B)</t>
+  </si>
+  <si>
+    <t>27.02.2026</t>
   </si>
   <si>
     <t>L-KLS1-207B-2.00-1-22-S-2.8X4.0X8.8-Sn</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм (2.8/4.0/8.6mm) / PLS2-22 (L-KLS1-207B-2.00-1-22-S-2.8X4.0X8.8-Sn)</t>
   </si>
   <si>
     <t>UT-00096151</t>
   </si>
   <si>
     <t>DS1025-02-1x25P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм прямой угол / PLS2-25R (DS1025-02-1x25P8BR1-B)</t>
   </si>
   <si>
     <t>UT-00151003</t>
   </si>
   <si>
     <t>DS1025-01-1x40P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм, FULL GOLD / PLS2-40 FULL GOLD !!! (DS1025-01-1x40P8BV1-B)</t>
   </si>
@@ -1695,51 +1707,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R146"/>
+  <dimension ref="A1:R147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2021,129 +2033,129 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080033245</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.01259</v>
       </c>
       <c r="L11" s="15">
         <v>0.01091</v>
       </c>
       <c r="M11" s="15">
         <v>0.01049</v>
       </c>
       <c r="N11" s="15">
-        <v>7094</v>
+        <v>6433</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
-        <v>0.04735</v>
+        <v>0.03276</v>
       </c>
       <c r="L12" s="15">
-        <v>0.03426</v>
+        <v>0.02839</v>
       </c>
       <c r="M12" s="15">
-        <v>0.02989</v>
+        <v>0.0273</v>
       </c>
       <c r="N12" s="15">
-        <v>4300</v>
+        <v>3550</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>10000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080032194</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
-        <v>0.02455</v>
+        <v>0.0153</v>
       </c>
       <c r="L13" s="15">
-        <v>0.01777</v>
+        <v>0.01326</v>
       </c>
       <c r="M13" s="15">
-        <v>0.0155</v>
+        <v>0.01275</v>
       </c>
       <c r="N13" s="15">
-        <v>9631</v>
+        <v>8574</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="15"/>
@@ -2177,90 +2189,90 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.046</v>
       </c>
       <c r="L15" s="15">
         <v>0.03328</v>
       </c>
       <c r="M15" s="15">
         <v>0.02904</v>
       </c>
       <c r="N15" s="15">
-        <v>4228</v>
+        <v>3468</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080056482</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.03136</v>
+        <v>0.0215</v>
       </c>
       <c r="L16" s="15">
-        <v>0.02269</v>
+        <v>0.01863</v>
       </c>
       <c r="M16" s="15">
-        <v>0.0198</v>
+        <v>0.01791</v>
       </c>
       <c r="N16" s="15">
-        <v>254</v>
+        <v>226</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
@@ -2353,60 +2365,60 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>400</v>
       </c>
       <c r="K20" s="15">
-        <v>0.11898</v>
+        <v>0.08173999999999999</v>
       </c>
       <c r="L20" s="15">
-        <v>0.08608</v>
+        <v>0.07084</v>
       </c>
       <c r="M20" s="15">
-        <v>0.07512000000000001</v>
+        <v>0.06811</v>
       </c>
       <c r="N20" s="15">
-        <v>5986</v>
+        <v>6424</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080071507</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15"/>
@@ -2427,1744 +2439,1748 @@
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080039458</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
-        <v>0.02477</v>
+        <v>0.02435</v>
       </c>
       <c r="L22" s="15">
-        <v>0.02146</v>
+        <v>0.0211</v>
       </c>
       <c r="M22" s="15">
-        <v>0.02064</v>
+        <v>0.02029</v>
       </c>
       <c r="N22" s="15">
-        <v>26006</v>
+        <v>24980</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10080056481</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
-        <v>0.05072</v>
+        <v>0.0372</v>
       </c>
       <c r="L23" s="15">
-        <v>0.04226</v>
+        <v>0.03224</v>
       </c>
       <c r="M23" s="15">
-        <v>0.04057</v>
+        <v>0.031</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>550</v>
       </c>
       <c r="K24" s="15">
-        <v>0.34653</v>
+        <v>0.2855</v>
       </c>
       <c r="L24" s="15">
-        <v>0.25071</v>
+        <v>0.24743</v>
       </c>
       <c r="M24" s="15">
-        <v>0.21878</v>
+        <v>0.23791</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15">
-        <v>2860</v>
+        <v>3872</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="Q24" s="15">
         <v>5500</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="15">
         <v>10080058064</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>74</v>
       </c>
       <c r="K25" s="15">
-        <v>0.31723</v>
+        <v>0.21867</v>
       </c>
       <c r="L25" s="15">
-        <v>0.22952</v>
+        <v>0.18951</v>
       </c>
       <c r="M25" s="15">
-        <v>0.20028</v>
+        <v>0.18223</v>
       </c>
       <c r="N25" s="15">
-        <v>4184</v>
+        <v>4939</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="15">
         <v>10080032188</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.03643</v>
+        <v>0.0252</v>
       </c>
       <c r="L26" s="15">
-        <v>0.02636</v>
+        <v>0.02184</v>
       </c>
       <c r="M26" s="15">
-        <v>0.023</v>
+        <v>0.021</v>
       </c>
       <c r="N26" s="15">
-        <v>27756</v>
+        <v>19339</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.04488</v>
+        <v>0.03102</v>
       </c>
       <c r="L27" s="15">
-        <v>0.03247</v>
+        <v>0.02688</v>
       </c>
       <c r="M27" s="15">
-        <v>0.02833</v>
+        <v>0.02585</v>
       </c>
       <c r="N27" s="15">
-        <v>764</v>
-[...2 lines deleted...]
-      <c r="P27" s="15"/>
+        <v>679</v>
+      </c>
+      <c r="O27" s="15">
+        <v>1600</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>79</v>
+      </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>600</v>
       </c>
       <c r="K28" s="15">
-        <v>0.41078</v>
+        <v>0.28527</v>
       </c>
       <c r="L28" s="15">
-        <v>0.2972</v>
+        <v>0.24723</v>
       </c>
       <c r="M28" s="15">
-        <v>0.25934</v>
+        <v>0.23773</v>
       </c>
       <c r="N28" s="15">
-        <v>3187</v>
+        <v>2542</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080066015</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
-        <v>0.06067</v>
+        <v>0.04175</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0439</v>
+        <v>0.03618</v>
       </c>
       <c r="M29" s="15">
-        <v>0.03831</v>
+        <v>0.03479</v>
       </c>
       <c r="N29" s="15">
-        <v>10685</v>
+        <v>9425</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.08833000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07409</v>
       </c>
       <c r="M30" s="15">
         <v>0.07124</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.04353</v>
+        <v>0.03005</v>
       </c>
       <c r="L31" s="15">
-        <v>0.03149</v>
+        <v>0.02604</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02748</v>
+        <v>0.02504</v>
       </c>
       <c r="N31" s="15">
-        <v>3374</v>
+        <v>2826</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.05024</v>
       </c>
       <c r="L32" s="15">
         <v>0.04354</v>
       </c>
       <c r="M32" s="15">
         <v>0.04186</v>
       </c>
       <c r="N32" s="15">
-        <v>1379</v>
+        <v>1396</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>49</v>
       </c>
       <c r="K33" s="15">
         <v>0.20114</v>
       </c>
       <c r="L33" s="15">
         <v>0.19239</v>
       </c>
       <c r="M33" s="15">
         <v>0.18365</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.14785</v>
       </c>
       <c r="L34" s="15">
         <v>0.14785</v>
       </c>
       <c r="M34" s="15">
         <v>0.14785</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E35" s="15">
         <v>10080049545</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
-        <v>0.05518</v>
+        <v>0.0381</v>
       </c>
       <c r="L35" s="15">
-        <v>0.03993</v>
+        <v>0.03302</v>
       </c>
       <c r="M35" s="15">
-        <v>0.03484</v>
+        <v>0.03175</v>
       </c>
       <c r="N35" s="15">
-        <v>5386</v>
+        <v>5021</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.10073</v>
       </c>
       <c r="L36" s="15">
         <v>0.0873</v>
       </c>
       <c r="M36" s="15">
         <v>0.08394</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E37" s="15">
         <v>10080061094</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
-        <v>0.0447</v>
+        <v>0.04374</v>
       </c>
       <c r="L37" s="15">
-        <v>0.03874</v>
+        <v>0.03791</v>
       </c>
       <c r="M37" s="15">
-        <v>0.03725</v>
+        <v>0.03645</v>
       </c>
       <c r="N37" s="15">
-        <v>2664</v>
+        <v>2553</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>42</v>
       </c>
       <c r="K38" s="15">
-        <v>0.41033</v>
+        <v>0.24722</v>
       </c>
       <c r="L38" s="15">
-        <v>0.29688</v>
+        <v>0.21425</v>
       </c>
       <c r="M38" s="15">
-        <v>0.25906</v>
+        <v>0.20601</v>
       </c>
       <c r="N38" s="15">
-        <v>5676</v>
+        <v>6476</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E39" s="15">
         <v>10080047585</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
-        <v>0.061</v>
+        <v>0.04239</v>
       </c>
       <c r="L39" s="15">
-        <v>0.04413</v>
+        <v>0.03674</v>
       </c>
       <c r="M39" s="15">
-        <v>0.03851</v>
+        <v>0.03533</v>
       </c>
       <c r="N39" s="15">
-        <v>462</v>
+        <v>426</v>
       </c>
       <c r="O39" s="15">
-        <v>7700</v>
+        <v>7100</v>
       </c>
       <c r="P39" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E40" s="15">
         <v>10080068145</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>36</v>
       </c>
       <c r="K40" s="15">
-        <v>0.48968</v>
+        <v>0.34023</v>
       </c>
       <c r="L40" s="15">
-        <v>0.35429</v>
+        <v>0.29487</v>
       </c>
       <c r="M40" s="15">
-        <v>0.30915</v>
+        <v>0.28353</v>
       </c>
       <c r="N40" s="15">
-        <v>6350</v>
+        <v>5143</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
-        <v>0.05872</v>
+        <v>0.04022</v>
       </c>
       <c r="L41" s="15">
-        <v>0.04248</v>
+        <v>0.03485</v>
       </c>
       <c r="M41" s="15">
-        <v>0.03707</v>
+        <v>0.03351</v>
       </c>
       <c r="N41" s="15">
-        <v>862</v>
+        <v>324</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080018830</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.3066</v>
       </c>
       <c r="L42" s="15">
         <v>0.16286</v>
       </c>
       <c r="M42" s="15">
         <v>0.13893</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E43" s="15">
         <v>10080009769</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>100</v>
       </c>
       <c r="K43" s="15">
         <v>0.35206</v>
       </c>
       <c r="L43" s="15">
         <v>0.20311</v>
       </c>
       <c r="M43" s="15">
         <v>0.1828</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E44" s="15">
         <v>10080055208</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.2</v>
       </c>
       <c r="L44" s="15">
         <v>0.2</v>
       </c>
       <c r="M44" s="15">
         <v>0.2</v>
       </c>
       <c r="N44" s="15">
-        <v>24437</v>
+        <v>28316</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E45" s="15">
         <v>10080056882</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.165</v>
       </c>
       <c r="L45" s="15">
         <v>0.165</v>
       </c>
       <c r="M45" s="15">
         <v>0.165</v>
       </c>
       <c r="N45" s="15">
-        <v>38896</v>
+        <v>31824</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E46" s="15">
         <v>10080009771</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>0.47462</v>
       </c>
       <c r="L46" s="15">
         <v>0.27383</v>
       </c>
       <c r="M46" s="15">
         <v>0.24642</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E47" s="15">
         <v>10080071547</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.56079</v>
       </c>
       <c r="L47" s="15">
         <v>0.46731</v>
       </c>
       <c r="M47" s="15">
         <v>0.44863</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E48" s="15">
         <v>10080009786</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>0.64924</v>
       </c>
       <c r="L48" s="15">
         <v>0.34491</v>
       </c>
       <c r="M48" s="15">
         <v>0.29419</v>
       </c>
       <c r="N48" s="15">
-        <v>453</v>
+        <v>498</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E49" s="15">
         <v>10080027365</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.7245</v>
       </c>
       <c r="L49" s="15">
         <v>0.49025</v>
       </c>
       <c r="M49" s="15">
         <v>0.4661</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080037110</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.56302</v>
       </c>
       <c r="L50" s="15">
         <v>0.46168</v>
       </c>
       <c r="M50" s="15">
         <v>0.44291</v>
       </c>
       <c r="N50" s="15">
-        <v>411</v>
+        <v>479</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080048564</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.69307</v>
       </c>
       <c r="L51" s="15">
         <v>0.39986</v>
       </c>
       <c r="M51" s="15">
         <v>0.35986</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E52" s="15">
         <v>10080055215</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55</v>
       </c>
       <c r="L52" s="15">
         <v>0.55</v>
       </c>
       <c r="M52" s="15">
         <v>0.55</v>
       </c>
       <c r="N52" s="15">
-        <v>27187</v>
+        <v>25987</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080016245</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>1.17</v>
       </c>
       <c r="L53" s="15">
         <v>0.6728499999999999</v>
       </c>
       <c r="M53" s="15">
         <v>0.6728499999999999</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E54" s="15">
         <v>10080049184</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>50</v>
       </c>
       <c r="K54" s="15">
         <v>1.23</v>
       </c>
       <c r="L54" s="15">
         <v>0.71246</v>
       </c>
       <c r="M54" s="15">
         <v>0.6412099999999999</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E55" s="15">
         <v>10080037111</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>30</v>
       </c>
       <c r="K55" s="15">
         <v>2.2</v>
       </c>
       <c r="L55" s="15">
         <v>1.27</v>
       </c>
       <c r="M55" s="15">
         <v>1.14</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080055217</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>300</v>
       </c>
       <c r="K56" s="15">
         <v>0.066</v>
       </c>
       <c r="L56" s="15">
         <v>0.066</v>
       </c>
       <c r="M56" s="15">
         <v>0.066</v>
       </c>
       <c r="N56" s="15">
-        <v>7735</v>
+        <v>8211</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E57" s="15">
         <v>10080044779</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>500</v>
       </c>
       <c r="K57" s="15">
         <v>0.14215</v>
       </c>
       <c r="L57" s="15">
         <v>0.08202</v>
       </c>
       <c r="M57" s="15">
         <v>0.07382</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E58" s="15">
         <v>10080071548</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.31729</v>
       </c>
       <c r="L58" s="15">
         <v>0.2644</v>
       </c>
       <c r="M58" s="15">
         <v>0.25382</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E59" s="15">
         <v>10080038081</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>400</v>
       </c>
       <c r="K59" s="15">
-        <v>0.05965</v>
+        <v>0.04127</v>
       </c>
       <c r="L59" s="15">
-        <v>0.04316</v>
+        <v>0.03576</v>
       </c>
       <c r="M59" s="15">
-        <v>0.03766</v>
+        <v>0.03439</v>
       </c>
       <c r="N59" s="15">
-        <v>11313</v>
+        <v>10948</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10080064745</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>300</v>
       </c>
       <c r="K60" s="15">
-        <v>0.10534</v>
+        <v>0.0612</v>
       </c>
       <c r="L60" s="15">
-        <v>0.07621</v>
+        <v>0.05304</v>
       </c>
       <c r="M60" s="15">
-        <v>0.0665</v>
+        <v>0.051</v>
       </c>
       <c r="N60" s="15">
-        <v>7344</v>
+        <v>6105</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15">
         <v>10080073448</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
-        <v>0.63223</v>
+        <v>0.43734</v>
       </c>
       <c r="L61" s="15">
-        <v>0.45742</v>
+        <v>0.37903</v>
       </c>
       <c r="M61" s="15">
-        <v>0.39915</v>
+        <v>0.36445</v>
       </c>
       <c r="N61" s="15">
-        <v>4830</v>
+        <v>4025</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E62" s="15">
         <v>10080060642</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.07113</v>
       </c>
       <c r="L62" s="15">
         <v>0.06165</v>
       </c>
       <c r="M62" s="15">
         <v>0.05928</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E63" s="15">
         <v>10080061640</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>300</v>
       </c>
       <c r="K63" s="15">
-        <v>0.04641</v>
+        <v>0.0461</v>
       </c>
       <c r="L63" s="15">
-        <v>0.04022</v>
+        <v>0.03995</v>
       </c>
       <c r="M63" s="15">
-        <v>0.03868</v>
+        <v>0.03841</v>
       </c>
       <c r="N63" s="15">
-        <v>462</v>
+        <v>673</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>300</v>
       </c>
       <c r="K64" s="15">
         <v>0.0747</v>
       </c>
       <c r="L64" s="15">
         <v>0.07146</v>
       </c>
       <c r="M64" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E65" s="15">
         <v>10080075044</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.04899</v>
+        <v>0.0476</v>
       </c>
       <c r="L65" s="15">
-        <v>0.04246</v>
+        <v>0.04125</v>
       </c>
       <c r="M65" s="15">
-        <v>0.04083</v>
+        <v>0.03966</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15">
-        <v>3250</v>
+        <v>3660</v>
       </c>
       <c r="P65" s="15" t="s">
-        <v>166</v>
+        <v>79</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E66" s="15">
         <v>10080066333</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
-        <v>0.09131</v>
+        <v>0.06318</v>
       </c>
       <c r="L66" s="15">
-        <v>0.06607</v>
+        <v>0.05476</v>
       </c>
       <c r="M66" s="15">
-        <v>0.05765</v>
+        <v>0.05265</v>
       </c>
       <c r="N66" s="15">
-        <v>6221</v>
+        <v>5512</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E67" s="15">
         <v>10080039454</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I67" s="15"/>
@@ -4196,248 +4212,248 @@
       <c r="D68" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E68" s="15">
         <v>10080026560</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.0678</v>
       </c>
       <c r="L68" s="15">
         <v>0.05876</v>
       </c>
       <c r="M68" s="15">
         <v>0.0565</v>
       </c>
       <c r="N68" s="15">
-        <v>2949</v>
+        <v>2654</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E69" s="15">
         <v>10080038082</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.10622</v>
       </c>
       <c r="L69" s="15">
         <v>0.09205000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.08851000000000001</v>
       </c>
       <c r="N69" s="15">
-        <v>414</v>
+        <v>258</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
-        <v>0.10162</v>
+        <v>0.07029000000000001</v>
       </c>
       <c r="L70" s="15">
-        <v>0.07352</v>
+        <v>0.06092</v>
       </c>
       <c r="M70" s="15">
-        <v>0.06415999999999999</v>
+        <v>0.05858</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15">
-        <v>700</v>
+        <v>810</v>
       </c>
       <c r="P70" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E71" s="15">
         <v>10080038476</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
-        <v>0.11777</v>
+        <v>0.08139</v>
       </c>
       <c r="L71" s="15">
-        <v>0.0852</v>
+        <v>0.07054000000000001</v>
       </c>
       <c r="M71" s="15">
-        <v>0.07435</v>
+        <v>0.06783</v>
       </c>
       <c r="N71" s="15">
-        <v>2126</v>
+        <v>2266</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
         <v>0.16696</v>
       </c>
       <c r="L72" s="15">
         <v>0.1208</v>
       </c>
       <c r="M72" s="15">
         <v>0.10541</v>
       </c>
       <c r="N72" s="15">
-        <v>4971</v>
+        <v>4078</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E73" s="15">
         <v>10080068146</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>14</v>
       </c>
       <c r="K73" s="15">
-        <v>1.01</v>
+        <v>0.69585</v>
       </c>
       <c r="L73" s="15">
-        <v>0.7278</v>
+        <v>0.60307</v>
       </c>
       <c r="M73" s="15">
-        <v>0.63509</v>
+        <v>0.57988</v>
       </c>
       <c r="N73" s="15">
-        <v>610</v>
+        <v>573</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
@@ -4460,66 +4476,66 @@
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
-        <v>0.21346</v>
+        <v>0.14163</v>
       </c>
       <c r="L75" s="15">
-        <v>0.15444</v>
+        <v>0.12275</v>
       </c>
       <c r="M75" s="15">
-        <v>0.13477</v>
+        <v>0.11803</v>
       </c>
       <c r="N75" s="15">
         <v>16</v>
       </c>
       <c r="O75" s="15">
-        <v>345</v>
+        <v>300</v>
       </c>
       <c r="P75" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q75" s="15">
         <v>10000</v>
       </c>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
@@ -4544,220 +4560,220 @@
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E77" s="15">
         <v>10000011582</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>196</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
-        <v>0.18927</v>
+        <v>0.13088</v>
       </c>
       <c r="L77" s="15">
-        <v>0.13694</v>
+        <v>0.11343</v>
       </c>
       <c r="M77" s="15">
-        <v>0.11949</v>
+        <v>0.10906</v>
       </c>
       <c r="N77" s="15">
-        <v>55512</v>
+        <v>46847</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
-        <v>0.3824</v>
+        <v>0.26385</v>
       </c>
       <c r="L78" s="15">
-        <v>0.27667</v>
+        <v>0.22867</v>
       </c>
       <c r="M78" s="15">
-        <v>0.24142</v>
+        <v>0.21988</v>
       </c>
       <c r="N78" s="15">
-        <v>2652</v>
+        <v>2083</v>
       </c>
       <c r="O78" s="15">
-        <v>890</v>
+        <v>840</v>
       </c>
       <c r="P78" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E79" s="15">
         <v>10000011583</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
-        <v>0.33759</v>
+        <v>0.23058</v>
       </c>
       <c r="L79" s="15">
-        <v>0.24424</v>
+        <v>0.19984</v>
       </c>
       <c r="M79" s="15">
-        <v>0.21313</v>
+        <v>0.19215</v>
       </c>
       <c r="N79" s="15">
-        <v>18555</v>
+        <v>20411</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E80" s="15">
         <v>10080010531</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.1673</v>
       </c>
       <c r="L80" s="15">
         <v>0.14499</v>
       </c>
       <c r="M80" s="15">
         <v>0.13941</v>
       </c>
       <c r="N80" s="15">
-        <v>2320</v>
+        <v>2218</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E81" s="15">
         <v>10080000088</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>7</v>
       </c>
       <c r="K81" s="15">
-        <v>2.01</v>
+        <v>1.39</v>
       </c>
       <c r="L81" s="15">
-        <v>1.46</v>
+        <v>1.21</v>
       </c>
       <c r="M81" s="15">
-        <v>1.27</v>
+        <v>1.16</v>
       </c>
       <c r="N81" s="15">
-        <v>1458</v>
+        <v>1636</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E82" s="15">
         <v>10080070194</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="15"/>
@@ -4823,88 +4839,88 @@
         <v>212</v>
       </c>
       <c r="E84" s="15">
         <v>10080052296</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>213</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.30697</v>
       </c>
       <c r="L84" s="15">
         <v>0.17809</v>
       </c>
       <c r="M84" s="15">
         <v>0.16052</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15">
-        <v>890</v>
+        <v>860</v>
       </c>
       <c r="P84" s="15" t="s">
         <v>214</v>
       </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10000018215</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
-        <v>0.9093</v>
+        <v>0.62981</v>
       </c>
       <c r="L85" s="15">
-        <v>0.65788</v>
+        <v>0.54583</v>
       </c>
       <c r="M85" s="15">
-        <v>0.57407</v>
+        <v>0.52484</v>
       </c>
       <c r="N85" s="15">
         <v>3166</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
@@ -4930,97 +4946,97 @@
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>222</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.19325</v>
+        <v>0.11747</v>
       </c>
       <c r="L87" s="15">
-        <v>0.13982</v>
+        <v>0.1018</v>
       </c>
       <c r="M87" s="15">
-        <v>0.122</v>
+        <v>0.09789</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E88" s="15">
         <v>10080066738</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.13065</v>
       </c>
       <c r="L88" s="15">
         <v>0.11323</v>
       </c>
       <c r="M88" s="15">
         <v>0.10888</v>
       </c>
       <c r="N88" s="15">
-        <v>2560</v>
+        <v>3320</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E89" s="15">
         <v>10080066739</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
@@ -5078,60 +5094,60 @@
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.2071</v>
+        <v>0.12449</v>
       </c>
       <c r="L91" s="15">
-        <v>0.14983</v>
+        <v>0.10789</v>
       </c>
       <c r="M91" s="15">
-        <v>0.13076</v>
+        <v>0.10374</v>
       </c>
       <c r="N91" s="15">
-        <v>907</v>
+        <v>1060</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I92" s="15"/>
@@ -5152,2077 +5168,2124 @@
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E93" s="15">
         <v>10080071162</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
-        <v>0.22468</v>
+        <v>0.13182</v>
       </c>
       <c r="L93" s="15">
-        <v>0.16109</v>
+        <v>0.11424</v>
       </c>
       <c r="M93" s="15">
-        <v>0.1399</v>
+        <v>0.10985</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="E94" s="15">
-        <v>10080045609</v>
+      <c r="E94" s="15" t="s">
+        <v>239</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
-      <c r="J94" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J94" s="15"/>
       <c r="K94" s="15">
-        <v>0.22228</v>
+        <v>0.39969</v>
       </c>
       <c r="L94" s="15">
-        <v>0.18228</v>
+        <v>0.3464</v>
       </c>
       <c r="M94" s="15">
-        <v>0.17487</v>
+        <v>0.33308</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
-      <c r="P94" s="15"/>
-      <c r="Q94" s="15"/>
+      <c r="P94" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q94" s="15">
+        <v>10000</v>
+      </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="E95" s="15" t="s">
         <v>241</v>
+      </c>
+      <c r="E95" s="15">
+        <v>10080045609</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>300</v>
       </c>
       <c r="K95" s="15">
-        <v>0.25398</v>
+        <v>0.22228</v>
       </c>
       <c r="L95" s="15">
-        <v>0.18375</v>
+        <v>0.18228</v>
       </c>
       <c r="M95" s="15">
-        <v>0.16034</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17487</v>
+      </c>
+      <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="E96" s="15">
-        <v>10080045610</v>
+      <c r="E96" s="15" t="s">
+        <v>244</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>300</v>
       </c>
       <c r="K96" s="15">
-        <v>0.2453</v>
+        <v>0.17646</v>
       </c>
       <c r="L96" s="15">
-        <v>0.20115</v>
+        <v>0.15293</v>
       </c>
       <c r="M96" s="15">
-        <v>0.19296</v>
-[...1 lines deleted...]
-      <c r="N96" s="15"/>
+        <v>0.14705</v>
+      </c>
+      <c r="N96" s="15">
+        <v>1352</v>
+      </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="E97" s="15" t="s">
         <v>246</v>
+      </c>
+      <c r="E97" s="15">
+        <v>10080045610</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
-        <v>0.29055</v>
+        <v>0.2453</v>
       </c>
       <c r="L97" s="15">
-        <v>0.21022</v>
+        <v>0.20115</v>
       </c>
       <c r="M97" s="15">
-        <v>0.18344</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19296</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="E98" s="15">
-        <v>10080055218</v>
+      <c r="E98" s="15" t="s">
+        <v>249</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>300</v>
       </c>
       <c r="K98" s="15">
-        <v>0.20596</v>
+        <v>0.17667</v>
       </c>
       <c r="L98" s="15">
-        <v>0.20596</v>
+        <v>0.15311</v>
       </c>
       <c r="M98" s="15">
-        <v>0.20596</v>
+        <v>0.14723</v>
       </c>
       <c r="N98" s="15">
-        <v>2620</v>
+        <v>1022</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E99" s="15">
-        <v>10080055214</v>
+        <v>10080055218</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K99" s="15">
-        <v>0.50431</v>
+        <v>0.20596</v>
       </c>
       <c r="L99" s="15">
-        <v>0.36487</v>
+        <v>0.20596</v>
       </c>
       <c r="M99" s="15">
-        <v>0.31839</v>
+        <v>0.20596</v>
       </c>
       <c r="N99" s="15">
-        <v>3141</v>
+        <v>3321</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E100" s="15">
-        <v>10080037529</v>
+        <v>10080055214</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I100" s="15"/>
-      <c r="J100" s="15"/>
+      <c r="J100" s="15">
+        <v>200</v>
+      </c>
       <c r="K100" s="15">
-        <v>0.32987</v>
+        <v>0.34856</v>
       </c>
       <c r="L100" s="15">
-        <v>0.2309</v>
+        <v>0.30208</v>
       </c>
       <c r="M100" s="15">
-        <v>0.21441</v>
-[...1 lines deleted...]
-      <c r="N100" s="15"/>
+        <v>0.29046</v>
+      </c>
+      <c r="N100" s="15">
+        <v>2402</v>
+      </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E101" s="15">
-        <v>10080055219</v>
+        <v>10080037529</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I101" s="15"/>
-      <c r="J101" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J101" s="15"/>
       <c r="K101" s="15">
-        <v>0.44504</v>
+        <v>0.32987</v>
       </c>
       <c r="L101" s="15">
-        <v>0.25819</v>
+        <v>0.2309</v>
       </c>
       <c r="M101" s="15">
-        <v>0.23271</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21441</v>
+      </c>
+      <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="E102" s="15" t="s">
         <v>257</v>
+      </c>
+      <c r="E102" s="15">
+        <v>10080055219</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
-      <c r="J102" s="15"/>
+      <c r="J102" s="15">
+        <v>100</v>
+      </c>
       <c r="K102" s="15">
-        <v>1.29</v>
+        <v>0.44504</v>
       </c>
       <c r="L102" s="15">
-        <v>1.08</v>
+        <v>0.25819</v>
       </c>
       <c r="M102" s="15">
-        <v>1.04</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.23271</v>
+      </c>
+      <c r="N102" s="15">
+        <v>32</v>
+      </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="E103" s="15">
-        <v>10080012691</v>
+      <c r="E103" s="15" t="s">
+        <v>260</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J103" s="15"/>
       <c r="K103" s="15">
-        <v>0.6942199999999999</v>
+        <v>1.29</v>
       </c>
       <c r="L103" s="15">
-        <v>0.50227</v>
+        <v>1.08</v>
       </c>
       <c r="M103" s="15">
-        <v>0.43829</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.04</v>
+      </c>
+      <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E104" s="15" t="s">
         <v>262</v>
+      </c>
+      <c r="E104" s="15">
+        <v>10080012691</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>50</v>
       </c>
       <c r="K104" s="15">
-        <v>1.47</v>
+        <v>0.6942199999999999</v>
       </c>
       <c r="L104" s="15">
-        <v>1.06</v>
+        <v>0.50227</v>
       </c>
       <c r="M104" s="15">
-        <v>0.92797</v>
+        <v>0.43829</v>
       </c>
       <c r="N104" s="15">
-        <v>293</v>
+        <v>492</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>263</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>264</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>50</v>
       </c>
       <c r="K105" s="15">
-        <v>1.23</v>
+        <v>1.47</v>
       </c>
       <c r="L105" s="15">
-        <v>0.94837</v>
+        <v>1.06</v>
       </c>
       <c r="M105" s="15">
-        <v>0.86216</v>
-[...1 lines deleted...]
-      <c r="N105" s="15"/>
+        <v>0.92797</v>
+      </c>
+      <c r="N105" s="15">
+        <v>327</v>
+      </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="E106" s="15">
-        <v>10000018216</v>
+      <c r="E106" s="15" t="s">
+        <v>268</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>50</v>
       </c>
       <c r="K106" s="15">
-        <v>1.47</v>
+        <v>1.23</v>
       </c>
       <c r="L106" s="15">
-        <v>0.78049</v>
+        <v>0.94837</v>
       </c>
       <c r="M106" s="15">
-        <v>0.66571</v>
+        <v>0.86216</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E107" s="15">
-        <v>10080010533</v>
+        <v>10000018216</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>50</v>
       </c>
       <c r="K107" s="15">
-        <v>1.43</v>
+        <v>1.47</v>
       </c>
       <c r="L107" s="15">
-        <v>1.13</v>
+        <v>0.78049</v>
       </c>
       <c r="M107" s="15">
-        <v>1.07</v>
+        <v>0.66571</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="E108" s="15" t="s">
         <v>272</v>
+      </c>
+      <c r="E108" s="15">
+        <v>10080010533</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>50</v>
       </c>
       <c r="K108" s="15">
-        <v>0.87481</v>
+        <v>1.43</v>
       </c>
       <c r="L108" s="15">
-        <v>0.87481</v>
+        <v>1.13</v>
       </c>
       <c r="M108" s="15">
-        <v>0.87481</v>
+        <v>1.07</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="E109" s="15">
-        <v>10080055213</v>
+      <c r="E109" s="15" t="s">
+        <v>275</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
-        <v>1.33</v>
+        <v>0.87481</v>
       </c>
       <c r="L109" s="15">
-        <v>0.95903</v>
+        <v>0.87481</v>
       </c>
       <c r="M109" s="15">
-        <v>0.83686</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.87481</v>
+      </c>
+      <c r="N109" s="15"/>
+      <c r="O109" s="15"/>
+      <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E110" s="15">
-        <v>10080031557</v>
+        <v>10080055213</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>50</v>
       </c>
       <c r="K110" s="15">
-        <v>0.87768</v>
+        <v>0.9162</v>
       </c>
       <c r="L110" s="15">
-        <v>0.635</v>
+        <v>0.79404</v>
       </c>
       <c r="M110" s="15">
-        <v>0.55411</v>
+        <v>0.7635</v>
       </c>
       <c r="N110" s="15">
-        <v>432</v>
-[...2 lines deleted...]
-      <c r="P110" s="15"/>
+        <v>666</v>
+      </c>
+      <c r="O110" s="15">
+        <v>1260</v>
+      </c>
+      <c r="P110" s="15" t="s">
+        <v>112</v>
+      </c>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E111" s="15">
-        <v>10080048460</v>
+        <v>10080031557</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K111" s="15">
-        <v>0.71</v>
+        <v>0.60533</v>
       </c>
       <c r="L111" s="15">
-        <v>0.71</v>
+        <v>0.52462</v>
       </c>
       <c r="M111" s="15">
-        <v>0.71</v>
+        <v>0.50444</v>
       </c>
       <c r="N111" s="15">
-        <v>3290</v>
+        <v>342</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E112" s="15">
-        <v>10080007225</v>
+        <v>10080048460</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="I112" s="15"/>
-      <c r="J112" s="15"/>
+      <c r="J112" s="15">
+        <v>40</v>
+      </c>
       <c r="K112" s="15">
-        <v>0.7119</v>
+        <v>0.71</v>
       </c>
       <c r="L112" s="15">
-        <v>0.3695</v>
+        <v>0.71</v>
       </c>
       <c r="M112" s="15">
-        <v>0.35595</v>
-[...1 lines deleted...]
-      <c r="N112" s="15"/>
+        <v>0.71</v>
+      </c>
+      <c r="N112" s="15">
+        <v>4075</v>
+      </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E113" s="15">
-        <v>10080031828</v>
+        <v>10080007225</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>33</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I113" s="15"/>
+      <c r="J113" s="15"/>
       <c r="K113" s="15">
-        <v>0.01323</v>
+        <v>0.7119</v>
       </c>
       <c r="L113" s="15">
-        <v>0.00957</v>
+        <v>0.3695</v>
       </c>
       <c r="M113" s="15">
-        <v>0.00835</v>
+        <v>0.35595</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="E114" s="15" t="s">
-        <v>286</v>
+      <c r="E114" s="15">
+        <v>10080031828</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I114" s="15"/>
+      <c r="I114" s="15" t="s">
+        <v>286</v>
+      </c>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.008869999999999999</v>
+        <v>0.00792</v>
       </c>
       <c r="L114" s="15">
-        <v>0.00768</v>
+        <v>0.00686</v>
       </c>
       <c r="M114" s="15">
-        <v>0.00739</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0066</v>
+      </c>
+      <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
-      <c r="Q114" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>287</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="E115" s="15">
-        <v>10080039455</v>
+      <c r="E115" s="15" t="s">
+        <v>289</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.01805</v>
+        <v>0.00878</v>
       </c>
       <c r="L115" s="15">
-        <v>0.01306</v>
+        <v>0.00761</v>
       </c>
       <c r="M115" s="15">
-        <v>0.0114</v>
+        <v>0.00731</v>
       </c>
       <c r="N115" s="15">
-        <v>24870</v>
+        <v>6824</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
-      <c r="Q115" s="15"/>
+      <c r="Q115" s="15">
+        <v>360000</v>
+      </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="E116" s="15" t="s">
         <v>291</v>
+      </c>
+      <c r="E116" s="15">
+        <v>10080039455</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.01732</v>
+        <v>0.01215</v>
       </c>
       <c r="L116" s="15">
-        <v>0.01253</v>
+        <v>0.01053</v>
       </c>
       <c r="M116" s="15">
-        <v>0.01093</v>
+        <v>0.01013</v>
       </c>
       <c r="N116" s="15">
-        <v>8007</v>
+        <v>16857</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="E117" s="15">
-        <v>10080051535</v>
+      <c r="E117" s="15" t="s">
+        <v>294</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.10959</v>
+        <v>0.01197</v>
       </c>
       <c r="L117" s="15">
-        <v>0.07929</v>
+        <v>0.01037</v>
       </c>
       <c r="M117" s="15">
-        <v>0.06919</v>
+        <v>0.009979999999999999</v>
       </c>
       <c r="N117" s="15">
-        <v>96</v>
+        <v>7384</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E118" s="15">
-        <v>10080067515</v>
+        <v>10080051535</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="K118" s="15">
-        <v>0.02565</v>
+        <v>0.07577</v>
       </c>
       <c r="L118" s="15">
-        <v>0.01856</v>
+        <v>0.06566</v>
       </c>
       <c r="M118" s="15">
-        <v>0.01619</v>
-[...1 lines deleted...]
-      <c r="N118" s="15"/>
+        <v>0.06314</v>
+      </c>
+      <c r="N118" s="15">
+        <v>96</v>
+      </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="E119" s="15" t="s">
         <v>298</v>
+      </c>
+      <c r="E119" s="15">
+        <v>10080067515</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.01677</v>
+        <v>0.02565</v>
       </c>
       <c r="L119" s="15">
-        <v>0.01453</v>
+        <v>0.01856</v>
       </c>
       <c r="M119" s="15">
-        <v>0.01398</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01619</v>
+      </c>
+      <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>299</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.0289</v>
+        <v>0.01674</v>
       </c>
       <c r="L120" s="15">
-        <v>0.02091</v>
+        <v>0.01451</v>
       </c>
       <c r="M120" s="15">
-        <v>0.01825</v>
+        <v>0.01395</v>
       </c>
       <c r="N120" s="15">
-        <v>1640</v>
+        <v>4045</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="E121" s="15">
-        <v>10080031829</v>
+      <c r="E121" s="15" t="s">
+        <v>304</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1500</v>
       </c>
       <c r="K121" s="15">
-        <v>0.0289</v>
+        <v>0.02</v>
       </c>
       <c r="L121" s="15">
-        <v>0.02091</v>
+        <v>0.01733</v>
       </c>
       <c r="M121" s="15">
-        <v>0.01825</v>
+        <v>0.01666</v>
       </c>
       <c r="N121" s="15">
-        <v>626</v>
+        <v>1520</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E122" s="15">
-        <v>10080074781</v>
+        <v>10080031829</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K122" s="15">
-        <v>0.03937</v>
+        <v>0.02009</v>
       </c>
       <c r="L122" s="15">
-        <v>0.03302</v>
+        <v>0.01741</v>
       </c>
       <c r="M122" s="15">
-        <v>0.03175</v>
-[...1 lines deleted...]
-      <c r="N122" s="15"/>
+        <v>0.01674</v>
+      </c>
+      <c r="N122" s="15">
+        <v>734</v>
+      </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="E123" s="15" t="s">
         <v>308</v>
+      </c>
+      <c r="E123" s="15">
+        <v>10080074781</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.06213</v>
+        <v>0.03937</v>
       </c>
       <c r="L123" s="15">
-        <v>0.05943</v>
+        <v>0.03302</v>
       </c>
       <c r="M123" s="15">
-        <v>0.05673</v>
+        <v>0.03175</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>700</v>
+        <v>60</v>
       </c>
       <c r="K124" s="15">
-        <v>0.15094</v>
+        <v>0.06213</v>
       </c>
       <c r="L124" s="15">
-        <v>0.12659</v>
+        <v>0.05943</v>
       </c>
       <c r="M124" s="15">
-        <v>0.12173</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05673</v>
+      </c>
+      <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="E125" s="15">
-        <v>10080064688</v>
+      <c r="E125" s="15" t="s">
+        <v>314</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>1500</v>
+        <v>700</v>
       </c>
       <c r="K125" s="15">
-        <v>0.02681</v>
+        <v>0.15094</v>
       </c>
       <c r="L125" s="15">
-        <v>0.02323</v>
+        <v>0.12659</v>
       </c>
       <c r="M125" s="15">
-        <v>0.02234</v>
+        <v>0.12173</v>
       </c>
       <c r="N125" s="15">
-        <v>9638</v>
+        <v>321</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E126" s="15">
-        <v>10080066752</v>
+        <v>10080064688</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K126" s="15">
-        <v>0.03523</v>
+        <v>0.02561</v>
       </c>
       <c r="L126" s="15">
-        <v>0.02955</v>
+        <v>0.02219</v>
       </c>
       <c r="M126" s="15">
-        <v>0.02841</v>
-[...1 lines deleted...]
-      <c r="N126" s="15"/>
+        <v>0.02134</v>
+      </c>
+      <c r="N126" s="15">
+        <v>12960</v>
+      </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E127" s="15">
-        <v>10080061335</v>
+        <v>10080066752</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.02606</v>
+        <v>0.03523</v>
       </c>
       <c r="L127" s="15">
-        <v>0.01886</v>
+        <v>0.02955</v>
       </c>
       <c r="M127" s="15">
-        <v>0.01645</v>
+        <v>0.02841</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="E128" s="15" t="s">
         <v>320</v>
+      </c>
+      <c r="E128" s="15">
+        <v>10080061335</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.04169</v>
+        <v>0.01794</v>
       </c>
       <c r="L128" s="15">
-        <v>0.03016</v>
+        <v>0.01555</v>
       </c>
       <c r="M128" s="15">
-        <v>0.02632</v>
-[...5 lines deleted...]
-      <c r="P128" s="15"/>
+        <v>0.01495</v>
+      </c>
+      <c r="N128" s="15"/>
+      <c r="O128" s="15">
+        <v>2160</v>
+      </c>
+      <c r="P128" s="15" t="s">
+        <v>79</v>
+      </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="E129" s="15">
-        <v>10080074677</v>
+      <c r="E129" s="15" t="s">
+        <v>323</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K129" s="15">
-        <v>0.0413</v>
+        <v>0.02885</v>
       </c>
       <c r="L129" s="15">
-        <v>0.02988</v>
+        <v>0.025</v>
       </c>
       <c r="M129" s="15">
-        <v>0.02607</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.02404</v>
+      </c>
+      <c r="N129" s="15">
+        <v>306</v>
+      </c>
+      <c r="O129" s="15"/>
+      <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E130" s="15">
-        <v>10080049531</v>
+        <v>10080074677</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.04073</v>
+        <v>0.02858</v>
       </c>
       <c r="L130" s="15">
-        <v>0.03284</v>
+        <v>0.02477</v>
       </c>
       <c r="M130" s="15">
-        <v>0.03153</v>
+        <v>0.02381</v>
       </c>
       <c r="N130" s="15"/>
-      <c r="O130" s="15"/>
-      <c r="P130" s="15"/>
+      <c r="O130" s="15">
+        <v>1520</v>
+      </c>
+      <c r="P130" s="15" t="s">
+        <v>112</v>
+      </c>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>326</v>
-[...1 lines deleted...]
-      <c r="E131" s="15" t="s">
         <v>327</v>
+      </c>
+      <c r="E131" s="15">
+        <v>10080049531</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.05082</v>
+        <v>0.04073</v>
       </c>
       <c r="L131" s="15">
-        <v>0.03677</v>
+        <v>0.03284</v>
       </c>
       <c r="M131" s="15">
-        <v>0.03209</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03153</v>
+      </c>
+      <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.04702</v>
+        <v>0.05082</v>
       </c>
       <c r="L132" s="15">
-        <v>0.03402</v>
+        <v>0.03677</v>
       </c>
       <c r="M132" s="15">
-        <v>0.02969</v>
+        <v>0.03209</v>
       </c>
       <c r="N132" s="15">
-        <v>3440</v>
+        <v>1945</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>332</v>
       </c>
-      <c r="E133" s="15">
-        <v>10080074782</v>
+      <c r="E133" s="15" t="s">
+        <v>333</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.07481</v>
+        <v>0.03254</v>
       </c>
       <c r="L133" s="15">
-        <v>0.06234</v>
+        <v>0.0282</v>
       </c>
       <c r="M133" s="15">
-        <v>0.05985</v>
-[...1 lines deleted...]
-      <c r="N133" s="15"/>
+        <v>0.02711</v>
+      </c>
+      <c r="N133" s="15">
+        <v>2960</v>
+      </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="E134" s="15" t="s">
         <v>335</v>
+      </c>
+      <c r="E134" s="15">
+        <v>10080074782</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>1.05</v>
+        <v>0.07481</v>
       </c>
       <c r="L134" s="15">
-        <v>1.05</v>
+        <v>0.06234</v>
       </c>
       <c r="M134" s="15">
-        <v>1.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05985</v>
+      </c>
+      <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>336</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="E135" s="15">
-        <v>10080039618</v>
+      <c r="E135" s="15" t="s">
+        <v>338</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>1300</v>
+        <v>200</v>
       </c>
       <c r="K135" s="15">
-        <v>0.26479</v>
+        <v>1.05</v>
       </c>
       <c r="L135" s="15">
-        <v>0.17348</v>
+        <v>1.05</v>
       </c>
       <c r="M135" s="15">
-        <v>0.15635</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.05</v>
+      </c>
+      <c r="N135" s="15">
+        <v>1</v>
+      </c>
+      <c r="O135" s="15"/>
+      <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="E136" s="15" t="s">
         <v>340</v>
+      </c>
+      <c r="E136" s="15">
+        <v>10080039618</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
-        <v>400</v>
+        <v>1300</v>
       </c>
       <c r="K136" s="15">
-        <v>0.10356</v>
+        <v>0.13862</v>
       </c>
       <c r="L136" s="15">
-        <v>0.08685</v>
+        <v>0.12013</v>
       </c>
       <c r="M136" s="15">
-        <v>0.08352</v>
+        <v>0.11551</v>
       </c>
       <c r="N136" s="15"/>
-      <c r="O136" s="15"/>
-      <c r="P136" s="15"/>
+      <c r="O136" s="15">
+        <v>710</v>
+      </c>
+      <c r="P136" s="15" t="s">
+        <v>341</v>
+      </c>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="K137" s="15">
-        <v>0.08592</v>
+        <v>0.10356</v>
       </c>
       <c r="L137" s="15">
-        <v>0.07206</v>
+        <v>0.08685</v>
       </c>
       <c r="M137" s="15">
-        <v>0.06929</v>
+        <v>0.08352</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>10080052415</v>
+        <v>346</v>
+      </c>
+      <c r="E138" s="15" t="s">
+        <v>347</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>200</v>
       </c>
       <c r="K138" s="15">
-        <v>0.09347999999999999</v>
+        <v>0.08592</v>
       </c>
       <c r="L138" s="15">
-        <v>0.08101999999999999</v>
+        <v>0.07206</v>
       </c>
       <c r="M138" s="15">
-        <v>0.0779</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06929</v>
+      </c>
+      <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="E139" s="15">
-        <v>10000011580</v>
+        <v>10080052415</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
-        <v>0.13608</v>
+        <v>0.09107999999999999</v>
       </c>
       <c r="L139" s="15">
-        <v>0.09845</v>
+        <v>0.07894</v>
       </c>
       <c r="M139" s="15">
-        <v>0.08591</v>
+        <v>0.0759</v>
       </c>
       <c r="N139" s="15">
-        <v>3869</v>
+        <v>37602</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E140" s="15">
-        <v>10080033581</v>
+        <v>10000011580</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
-        <v>0.06270000000000001</v>
+        <v>0.09107999999999999</v>
       </c>
       <c r="L140" s="15">
-        <v>0.05434</v>
+        <v>0.07894</v>
       </c>
       <c r="M140" s="15">
-        <v>0.05225</v>
+        <v>0.0759</v>
       </c>
       <c r="N140" s="15">
-        <v>2476</v>
+        <v>212</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>353</v>
+      </c>
+      <c r="E141" s="15">
+        <v>10080033581</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>353</v>
+        <v>49</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>200</v>
       </c>
       <c r="K141" s="15">
-        <v>0.49266</v>
+        <v>0.06270000000000001</v>
       </c>
       <c r="L141" s="15">
-        <v>0.38181</v>
+        <v>0.05434</v>
       </c>
       <c r="M141" s="15">
-        <v>0.35718</v>
-[...3 lines deleted...]
-      <c r="P141" s="15"/>
+        <v>0.05225</v>
+      </c>
+      <c r="N141" s="15">
+        <v>1333</v>
+      </c>
+      <c r="O141" s="15">
+        <v>23100</v>
+      </c>
+      <c r="P141" s="15" t="s">
+        <v>79</v>
+      </c>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>355</v>
       </c>
-      <c r="E142" s="15">
-        <v>10000011581</v>
+      <c r="E142" s="15" t="s">
+        <v>356</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>33</v>
+        <v>357</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>200</v>
       </c>
       <c r="K142" s="15">
-        <v>0.13187</v>
+        <v>0.49266</v>
       </c>
       <c r="L142" s="15">
-        <v>0.09540999999999999</v>
+        <v>0.38181</v>
       </c>
       <c r="M142" s="15">
-        <v>0.08325</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.35718</v>
+      </c>
+      <c r="N142" s="15"/>
+      <c r="O142" s="15"/>
+      <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E143" s="15">
-        <v>10080033578</v>
+        <v>10000011581</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>200</v>
       </c>
       <c r="K143" s="15">
-        <v>0.11069</v>
+        <v>0.09084</v>
       </c>
       <c r="L143" s="15">
-        <v>0.08008999999999999</v>
+        <v>0.07872999999999999</v>
       </c>
       <c r="M143" s="15">
-        <v>0.06988</v>
+        <v>0.0757</v>
       </c>
       <c r="N143" s="15">
-        <v>24935</v>
-[...2 lines deleted...]
-      <c r="P143" s="15"/>
+        <v>6771</v>
+      </c>
+      <c r="O143" s="15">
+        <v>3900</v>
+      </c>
+      <c r="P143" s="15" t="s">
+        <v>112</v>
+      </c>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>361</v>
+      </c>
+      <c r="E144" s="15">
+        <v>10080033578</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>200</v>
       </c>
       <c r="K144" s="15">
-        <v>0.16447</v>
+        <v>0.07922</v>
       </c>
       <c r="L144" s="15">
-        <v>0.08738</v>
+        <v>0.06865</v>
       </c>
       <c r="M144" s="15">
-        <v>0.07453</v>
-[...1 lines deleted...]
-      <c r="N144" s="15"/>
+        <v>0.06601</v>
+      </c>
+      <c r="N144" s="15">
+        <v>13800</v>
+      </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
-        <v>7</v>
+        <v>200</v>
       </c>
       <c r="K145" s="15">
-        <v>0.25363</v>
+        <v>0.16447</v>
       </c>
       <c r="L145" s="15">
-        <v>0.1835</v>
+        <v>0.08738</v>
       </c>
       <c r="M145" s="15">
-        <v>0.16013</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07453</v>
+      </c>
+      <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
-      <c r="B146" s="14"/>
-[...2 lines deleted...]
-      <c r="E146" s="15"/>
+      <c r="B146" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C146" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D146" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="E146" s="15" t="s">
+        <v>367</v>
+      </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
-      <c r="H146" s="15"/>
+      <c r="H146" s="15" t="s">
+        <v>49</v>
+      </c>
       <c r="I146" s="15"/>
-      <c r="J146" s="15"/>
-[...3 lines deleted...]
-      <c r="N146" s="15"/>
+      <c r="J146" s="15">
+        <v>7</v>
+      </c>
+      <c r="K146" s="15">
+        <v>0.17822</v>
+      </c>
+      <c r="L146" s="15">
+        <v>0.15445</v>
+      </c>
+      <c r="M146" s="15">
+        <v>0.14851</v>
+      </c>
+      <c r="N146" s="15">
+        <v>815</v>
+      </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
+      <c r="R146"/>
+    </row>
+    <row r="147" spans="1:18">
+      <c r="B147" s="14"/>
+      <c r="C147" s="15"/>
+      <c r="D147" s="15"/>
+      <c r="E147" s="15"/>
+      <c r="F147" s="15"/>
+      <c r="G147" s="15"/>
+      <c r="H147" s="15"/>
+      <c r="I147" s="15"/>
+      <c r="J147" s="15"/>
+      <c r="K147" s="15"/>
+      <c r="L147" s="15"/>
+      <c r="M147" s="15"/>
+      <c r="N147" s="15"/>
+      <c r="O147" s="15"/>
+      <c r="P147" s="15"/>
+      <c r="Q147" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -7242,317 +7305,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>