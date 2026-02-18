--- v2 (2026-01-10)
+++ v3 (2026-02-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -229,75 +229,72 @@
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные c фиксацией / PLD2-06SP (DS1025-08-2x3P8BSRSA4-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x4P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-08 (DS1025-05-2x4P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-06-2x4P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-08R (DS1025-06-2x4P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-08-2x4P8BSRX1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BSRX1-B)</t>
   </si>
   <si>
     <t>10-00056584</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1025-08-2x4P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BXBS1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x5P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10 (DS1025-05-2x5P8BV1-B)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-R1</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10R (L-KLS1-207B-2-10-R1)</t>
   </si>
   <si>
     <t>UT-00141348</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>DS1025-08-2x5P8BSRX1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-10S (DS1025-08-2x5P8BSRX1-B)</t>
   </si>
   <si>
     <t>10-00056610</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-T3</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-10S (L-KLS1-207B-2-10-T3)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2.00-2-10-T-6.4X3.8X1.2-G0-R</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм, SMT / PLD2-10S (L-KLS1-207B-2.00-2-10-T-6.4X3.8X1.2-G0-R)</t>
   </si>
   <si>
     <t>UT-00128914</t>
   </si>
@@ -352,53 +349,50 @@
   <si>
     <t>UT-00143143</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-14-R1</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм прямой угол / PLD2-14R (L-KLS1-207B-2-14-R1)</t>
   </si>
   <si>
     <t>DS1025-08-2x7P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные, без устан. площадки / PLD2-14S (DS1025-08-2x7P8BXBS1-B)</t>
   </si>
   <si>
     <t>10-00056668</t>
   </si>
   <si>
     <t>DS1025-05-2x8P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-16 (DS1025-05-2x8P8BV1-B)</t>
   </si>
   <si>
-    <t>03.05.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1025-08-2x8P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-16S (DS1025-08-2x8P8BXBS1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x9P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-18 (DS1025-05-2x9P8BV1-B)</t>
   </si>
   <si>
     <t>10-00056621</t>
   </si>
   <si>
     <t>KLS1-218B-2-22-S-2,8*4,0*</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-11P-G-12mm (2*11) (KLS1-218B-2-22-S-2,8*4,0*12)</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-22-S-2.0*4.0*24</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-11P-G-24mm (2x11) (KLS1-218B-2-22-S-2.0*4.0*24.0) (L-KLS1-218B-2-22-S-2.0*4.0*24)</t>
@@ -418,50 +412,53 @@
   <si>
     <t>L-KLS1-218B-2-26-S-2.0*4.0*24.0</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-13P-G-24mm (2x13) (KLS1-218B-2-26-S-2.0*4.0*24.0) (L-KLS1-218B-2-26-S-2.0*4.0*24.0)</t>
   </si>
   <si>
     <t>DS1030-02-2x13P8BVA-A4.0/B2.8/C20.2-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-13P-G-27mm (DS1030-02-2x13P8BVA-A4.0/B2.8/C20.2-B)</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-34-S-2.0*4.0*24.0</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-17P-G-24 (2x17) (KLS1-218B-2-34-S-2.0*4.0*24.0) (L-KLS1-218B-2-34-S-2.0*4.0*24.0)</t>
   </si>
   <si>
     <t>KLS1-218B-2-80-S-2.0*4.0*</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-40P-G-16.4 (2x40) (KLS1-218B-2-80-S-2.0*4.0*16.4)</t>
   </si>
   <si>
+    <t xml:space="preserve">KLS1-218B-2-80-S-2.0*4.0* KLS, </t>
+  </si>
+  <si>
     <t>L-KLS1-218B-2-80-S-2.0*4.0*17.5</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-40P-G-17.5 (2x40) (L-KLS1-218B-2-80-S-2.0*4.0*17.5)</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-80-S-2.8*4.0*17.5</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-40P-G-17.5 (2x40) (L-KLS1-218B-2-80-S-2.8*4.0*17.5) (5PH2DDA20-240G0NNBL-04)</t>
   </si>
   <si>
     <t>5PH2DDA20-240G0NNBU-040107028-00</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-40P-G-17.5(2x40)(5PH2DDA20-240G0NNBU-040107028-00)</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-80-S-2.0*4.0*24.0</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2 мм / PLD2-2-40P-G-24 (2x40) (KLS1-218B-2-80-S-2.0*4.0*24.0) (L-KLS1-218B-2-80-S-2.0*4.0*24.0)</t>
   </si>
   <si>
     <t>L-KLS1-218B-2-80-S-2.8*4.0*24.0</t>
@@ -658,51 +655,51 @@
   <si>
     <t>DS1025-07-2x40P8BS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMT с шагом 2.0мм, горизонтальные, 80 контактов / PLD2-80T (DS1025-07-2x40P8BS1-B)</t>
   </si>
   <si>
     <t>DS1024-07-2*40P8BS</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм горизонтальные / PLD2-80TP (DS1024-07-2*40P8BS)</t>
   </si>
   <si>
     <t>10-00056686</t>
   </si>
   <si>
     <t>CH-200-PH-1-40-S-30/104/60-GO-A</t>
   </si>
   <si>
     <t>штыри однорядные межплатные с шагом 2.0мм тип 2 (10.4*6*3) / PLH2-40 (CH-200-PH-1-40-S-30/104/60-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
-    <t>15.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>DS1030-01-1x40P8BV2-B</t>
   </si>
   <si>
     <t>штыри однорядные межплатные с шагом 2.0мм тип 2 (10.4*6*3) / PLH2-40 (DS1030-01-1x40P8BV2-B (10.4*6*3))</t>
   </si>
   <si>
     <t>KLS1-218B-1-40-S-3.0*6*19,4</t>
   </si>
   <si>
     <t>штыри однорядные межплатные с шагом 2.0мм / PLH2-40 (KLS1-218B-1-40-S-3.0*6*19,4)</t>
   </si>
   <si>
     <t>10-00056579</t>
   </si>
   <si>
     <t>DS1030-02-2x2P8BVA4-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм, тип V1, A=6,0/B=3,0/C=10,4 / PLHD2-04 (DS1030-02-2x2P8BVA4-B)</t>
   </si>
   <si>
     <t>UT-00119372</t>
   </si>
@@ -931,50 +928,59 @@
   <si>
     <t>DS1025-01-1x4P6BV1</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм, 4 контакта / PLS2-04 (DS1025-01-1x4P6BV1)</t>
   </si>
   <si>
     <t>DS1025-01-1x4P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм,4 контатка, позолоченные / PLS2-04 (DS1025-01-1x4P8BV1-B)</t>
   </si>
   <si>
     <t>UT-00100514</t>
   </si>
   <si>
     <t>DS1025-01-1x5P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм, 5 контактов, позолоченные / PLS2-05 (DS1025-01-1x5P8BV1-B)</t>
   </si>
   <si>
     <t>UT-00107170</t>
   </si>
   <si>
+    <t>DS1025-01-1x5P8BV5-B</t>
+  </si>
+  <si>
+    <t>штыри на плату однорядные шаг 2мм (A=7 / B=3) / PLS2-05 (DS1025-01-1x5P8BV5-B)</t>
+  </si>
+  <si>
+    <t>UT-00136548</t>
+  </si>
+  <si>
     <t>DS1025-01-1x5P6BV1</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм / PLS2-05 (DS1025-01-1x5P6BV1)</t>
   </si>
   <si>
     <t>DS1025-02-1x5P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм / PLS2-05R (DS1025-02-1x5P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-03-1x5P8BS11XB-B</t>
   </si>
   <si>
     <t>штыри на плату для SMD монтажа шаг 2,0 вертикальные / PLS2-05S (DS1025-03-1x5P8BS11XB-B)</t>
   </si>
   <si>
     <t>UT-00089824</t>
   </si>
   <si>
     <t>DS1025-03-1x5P8BS12SR-B</t>
   </si>
   <si>
     <t>штыри на плату для SMD монтажа шаг 2,0 вертикальные / PLS2-05S (DS1025-03-1x5P8BS12SR-B)</t>
@@ -1037,53 +1043,50 @@
     <t>штыри на плату однорядные шаг 2мм, 10 контактов, позолоченные / PLS2-10 (DS1025-01-1x10P8BV1-B)</t>
   </si>
   <si>
     <t>UT-00149421</t>
   </si>
   <si>
     <t>DS1025-02-1x10P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм / PLS2-10R (DS1025-02-1x10P8BR1-B)</t>
   </si>
   <si>
     <t>DS1025-04-1x12P8BSS-B</t>
   </si>
   <si>
     <t>Штыри SMT на плату, однорядные, горизонтальные, лоток (tray) / PLS2-12T (DS1025-04-1x12P8BSS-B)</t>
   </si>
   <si>
     <t>10-00056596</t>
   </si>
   <si>
     <t>DS1025-04-1x12P8BSSR-B</t>
   </si>
   <si>
     <t>Штыри SMT на плату, однорядные, горизонтальные / PLS2-12T (DS1025-04-1x12P8BSSR-B)</t>
-  </si>
-[...1 lines deleted...]
-    <t>27.02.2026</t>
   </si>
   <si>
     <t>L-KLS1-207B-2.00-1-22-S-2.8X4.0X8.8-Sn</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм (2.8/4.0/8.6mm) / PLS2-22 (L-KLS1-207B-2.00-1-22-S-2.8X4.0X8.8-Sn)</t>
   </si>
   <si>
     <t>UT-00096151</t>
   </si>
   <si>
     <t>DS1025-02-1x25P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм прямой угол / PLS2-25R (DS1025-02-1x25P8BR1-B)</t>
   </si>
   <si>
     <t>UT-00151003</t>
   </si>
   <si>
     <t>DS1025-01-1x40P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм, FULL GOLD / PLS2-40 FULL GOLD !!! (DS1025-01-1x40P8BV1-B)</t>
   </si>
@@ -1707,51 +1710,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R147"/>
+  <dimension ref="A1:R148"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2033,129 +2036,129 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080033245</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.01259</v>
       </c>
       <c r="L11" s="15">
         <v>0.01091</v>
       </c>
       <c r="M11" s="15">
         <v>0.01049</v>
       </c>
       <c r="N11" s="15">
-        <v>6433</v>
+        <v>4343</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.03276</v>
       </c>
       <c r="L12" s="15">
         <v>0.02839</v>
       </c>
       <c r="M12" s="15">
         <v>0.0273</v>
       </c>
       <c r="N12" s="15">
-        <v>3550</v>
+        <v>4051</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>10000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080032194</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.0153</v>
       </c>
       <c r="L13" s="15">
         <v>0.01326</v>
       </c>
       <c r="M13" s="15">
         <v>0.01275</v>
       </c>
       <c r="N13" s="15">
-        <v>8574</v>
+        <v>9279</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="15"/>
@@ -2189,90 +2192,90 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.046</v>
       </c>
       <c r="L15" s="15">
         <v>0.03328</v>
       </c>
       <c r="M15" s="15">
         <v>0.02904</v>
       </c>
       <c r="N15" s="15">
-        <v>3468</v>
+        <v>3853</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080056482</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0215</v>
       </c>
       <c r="L16" s="15">
         <v>0.01863</v>
       </c>
       <c r="M16" s="15">
         <v>0.01791</v>
       </c>
       <c r="N16" s="15">
-        <v>226</v>
+        <v>292</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
@@ -2374,51 +2377,51 @@
       <c r="D20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>400</v>
       </c>
       <c r="K20" s="15">
         <v>0.08173999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.07084</v>
       </c>
       <c r="M20" s="15">
         <v>0.06811</v>
       </c>
       <c r="N20" s="15">
-        <v>6424</v>
+        <v>3484</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080071507</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15"/>
@@ -2448,51 +2451,51 @@
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080039458</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02435</v>
       </c>
       <c r="L22" s="15">
         <v>0.0211</v>
       </c>
       <c r="M22" s="15">
         <v>0.02029</v>
       </c>
       <c r="N22" s="15">
-        <v>24980</v>
+        <v>20855</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10080056481</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15"/>
@@ -2523,4769 +2526,4786 @@
       </c>
       <c r="D24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>550</v>
       </c>
       <c r="K24" s="15">
         <v>0.2855</v>
       </c>
       <c r="L24" s="15">
         <v>0.24743</v>
       </c>
       <c r="M24" s="15">
         <v>0.23791</v>
       </c>
-      <c r="N24" s="15"/>
-[...5 lines deleted...]
-      </c>
+      <c r="N24" s="15">
+        <v>3652</v>
+      </c>
+      <c r="O24" s="15"/>
+      <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>5500</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E25" s="15">
         <v>10080058064</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>74</v>
       </c>
       <c r="K25" s="15">
         <v>0.21867</v>
       </c>
       <c r="L25" s="15">
         <v>0.18951</v>
       </c>
       <c r="M25" s="15">
         <v>0.18223</v>
       </c>
       <c r="N25" s="15">
-        <v>4939</v>
+        <v>4013</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E26" s="15">
         <v>10080032188</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.0252</v>
       </c>
       <c r="L26" s="15">
         <v>0.02184</v>
       </c>
       <c r="M26" s="15">
         <v>0.021</v>
       </c>
       <c r="N26" s="15">
-        <v>19339</v>
+        <v>16820</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03102</v>
       </c>
       <c r="L27" s="15">
         <v>0.02688</v>
       </c>
       <c r="M27" s="15">
         <v>0.02585</v>
       </c>
       <c r="N27" s="15">
-        <v>679</v>
+        <v>517</v>
       </c>
       <c r="O27" s="15">
-        <v>1600</v>
+        <v>1480</v>
       </c>
       <c r="P27" s="15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>600</v>
       </c>
       <c r="K28" s="15">
         <v>0.28527</v>
       </c>
       <c r="L28" s="15">
         <v>0.24723</v>
       </c>
       <c r="M28" s="15">
         <v>0.23773</v>
       </c>
       <c r="N28" s="15">
-        <v>2542</v>
+        <v>2884</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080066015</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.04175</v>
       </c>
       <c r="L29" s="15">
         <v>0.03618</v>
       </c>
       <c r="M29" s="15">
         <v>0.03479</v>
       </c>
       <c r="N29" s="15">
-        <v>9425</v>
+        <v>8718</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>85</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.08833000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07409</v>
       </c>
       <c r="M30" s="15">
         <v>0.07124</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03005</v>
       </c>
       <c r="L31" s="15">
         <v>0.02604</v>
       </c>
       <c r="M31" s="15">
         <v>0.02504</v>
       </c>
       <c r="N31" s="15">
-        <v>2826</v>
+        <v>2995</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.05024</v>
       </c>
       <c r="L32" s="15">
         <v>0.04354</v>
       </c>
       <c r="M32" s="15">
         <v>0.04186</v>
       </c>
       <c r="N32" s="15">
-        <v>1396</v>
+        <v>1338</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>49</v>
       </c>
       <c r="K33" s="15">
         <v>0.20114</v>
       </c>
       <c r="L33" s="15">
         <v>0.19239</v>
       </c>
       <c r="M33" s="15">
         <v>0.18365</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.14785</v>
       </c>
       <c r="L34" s="15">
         <v>0.14785</v>
       </c>
       <c r="M34" s="15">
         <v>0.14785</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E35" s="15">
         <v>10080049545</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.0381</v>
       </c>
       <c r="L35" s="15">
         <v>0.03302</v>
       </c>
       <c r="M35" s="15">
         <v>0.03175</v>
       </c>
       <c r="N35" s="15">
-        <v>5021</v>
+        <v>5470</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>102</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.10073</v>
       </c>
       <c r="L36" s="15">
         <v>0.0873</v>
       </c>
       <c r="M36" s="15">
         <v>0.08394</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E37" s="15">
         <v>10080061094</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.04374</v>
       </c>
       <c r="L37" s="15">
         <v>0.03791</v>
       </c>
       <c r="M37" s="15">
         <v>0.03645</v>
       </c>
       <c r="N37" s="15">
-        <v>2553</v>
+        <v>2775</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>42</v>
       </c>
       <c r="K38" s="15">
         <v>0.24722</v>
       </c>
       <c r="L38" s="15">
         <v>0.21425</v>
       </c>
       <c r="M38" s="15">
         <v>0.20601</v>
       </c>
       <c r="N38" s="15">
-        <v>6476</v>
+        <v>5603</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E39" s="15">
         <v>10080047585</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.04239</v>
       </c>
       <c r="L39" s="15">
         <v>0.03674</v>
       </c>
       <c r="M39" s="15">
         <v>0.03533</v>
       </c>
       <c r="N39" s="15">
-        <v>426</v>
+        <v>504</v>
       </c>
       <c r="O39" s="15">
-        <v>7100</v>
-[...3 lines deleted...]
-      </c>
+        <v>8400</v>
+      </c>
+      <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E40" s="15">
         <v>10080068145</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>36</v>
       </c>
       <c r="K40" s="15">
         <v>0.34023</v>
       </c>
       <c r="L40" s="15">
         <v>0.29487</v>
       </c>
       <c r="M40" s="15">
         <v>0.28353</v>
       </c>
       <c r="N40" s="15">
-        <v>5143</v>
+        <v>6548</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D41" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="E41" s="15" t="s">
         <v>115</v>
-      </c>
-[...4 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.04022</v>
       </c>
       <c r="L41" s="15">
         <v>0.03485</v>
       </c>
       <c r="M41" s="15">
         <v>0.03351</v>
       </c>
       <c r="N41" s="15">
-        <v>324</v>
+        <v>397</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="E42" s="15">
         <v>10080018830</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.3066</v>
       </c>
       <c r="L42" s="15">
         <v>0.16286</v>
       </c>
       <c r="M42" s="15">
         <v>0.13893</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E43" s="15">
         <v>10080009769</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>100</v>
       </c>
       <c r="K43" s="15">
         <v>0.35206</v>
       </c>
       <c r="L43" s="15">
         <v>0.20311</v>
       </c>
       <c r="M43" s="15">
         <v>0.1828</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="E44" s="15">
         <v>10080055208</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.2</v>
       </c>
       <c r="L44" s="15">
         <v>0.2</v>
       </c>
       <c r="M44" s="15">
         <v>0.2</v>
       </c>
       <c r="N44" s="15">
         <v>28316</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="E45" s="15">
         <v>10080056882</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.165</v>
       </c>
       <c r="L45" s="15">
         <v>0.165</v>
       </c>
       <c r="M45" s="15">
         <v>0.165</v>
       </c>
       <c r="N45" s="15">
-        <v>31824</v>
+        <v>30498</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="E46" s="15">
         <v>10080009771</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>0.47462</v>
       </c>
       <c r="L46" s="15">
         <v>0.27383</v>
       </c>
       <c r="M46" s="15">
         <v>0.24642</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="E47" s="15">
         <v>10080071547</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.56079</v>
       </c>
       <c r="L47" s="15">
         <v>0.46731</v>
       </c>
       <c r="M47" s="15">
         <v>0.44863</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E48" s="15">
         <v>10080009786</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>0.64924</v>
       </c>
       <c r="L48" s="15">
         <v>0.34491</v>
       </c>
       <c r="M48" s="15">
         <v>0.29419</v>
       </c>
       <c r="N48" s="15">
-        <v>498</v>
+        <v>407</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E49" s="15">
         <v>10080027365</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="I49" s="15"/>
+      <c r="I49" s="15" t="s">
+        <v>132</v>
+      </c>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.7245</v>
       </c>
       <c r="L49" s="15">
         <v>0.49025</v>
       </c>
       <c r="M49" s="15">
         <v>0.4661</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080037110</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.56302</v>
       </c>
       <c r="L50" s="15">
         <v>0.46168</v>
       </c>
       <c r="M50" s="15">
         <v>0.44291</v>
       </c>
       <c r="N50" s="15">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080048564</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
         <v>0.69307</v>
       </c>
       <c r="L51" s="15">
         <v>0.39986</v>
       </c>
       <c r="M51" s="15">
         <v>0.35986</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E52" s="15">
         <v>10080055215</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55</v>
       </c>
       <c r="L52" s="15">
         <v>0.55</v>
       </c>
       <c r="M52" s="15">
         <v>0.55</v>
       </c>
       <c r="N52" s="15">
-        <v>25987</v>
+        <v>35583</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080016245</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>1.17</v>
       </c>
       <c r="L53" s="15">
         <v>0.6728499999999999</v>
       </c>
       <c r="M53" s="15">
         <v>0.6728499999999999</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E54" s="15">
         <v>10080049184</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>50</v>
       </c>
       <c r="K54" s="15">
         <v>1.23</v>
       </c>
       <c r="L54" s="15">
         <v>0.71246</v>
       </c>
       <c r="M54" s="15">
         <v>0.6412099999999999</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E55" s="15">
         <v>10080037111</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>30</v>
       </c>
       <c r="K55" s="15">
         <v>2.2</v>
       </c>
       <c r="L55" s="15">
         <v>1.27</v>
       </c>
       <c r="M55" s="15">
         <v>1.14</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080055217</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>300</v>
       </c>
       <c r="K56" s="15">
         <v>0.066</v>
       </c>
       <c r="L56" s="15">
         <v>0.066</v>
       </c>
       <c r="M56" s="15">
         <v>0.066</v>
       </c>
       <c r="N56" s="15">
-        <v>8211</v>
+        <v>7140</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E57" s="15">
         <v>10080044779</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>500</v>
       </c>
       <c r="K57" s="15">
         <v>0.14215</v>
       </c>
       <c r="L57" s="15">
         <v>0.08202</v>
       </c>
       <c r="M57" s="15">
         <v>0.07382</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E58" s="15">
         <v>10080071548</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.31729</v>
       </c>
       <c r="L58" s="15">
         <v>0.2644</v>
       </c>
       <c r="M58" s="15">
         <v>0.25382</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E59" s="15">
         <v>10080038081</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>400</v>
       </c>
       <c r="K59" s="15">
         <v>0.04127</v>
       </c>
       <c r="L59" s="15">
         <v>0.03576</v>
       </c>
       <c r="M59" s="15">
         <v>0.03439</v>
       </c>
       <c r="N59" s="15">
-        <v>10948</v>
+        <v>13427</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10080064745</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>300</v>
       </c>
       <c r="K60" s="15">
         <v>0.0612</v>
       </c>
       <c r="L60" s="15">
         <v>0.05304</v>
       </c>
       <c r="M60" s="15">
         <v>0.051</v>
       </c>
       <c r="N60" s="15">
-        <v>6105</v>
+        <v>6724</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E61" s="15">
         <v>10080073448</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>500</v>
       </c>
       <c r="K61" s="15">
         <v>0.43734</v>
       </c>
       <c r="L61" s="15">
         <v>0.37903</v>
       </c>
       <c r="M61" s="15">
         <v>0.36445</v>
       </c>
       <c r="N61" s="15">
-        <v>4025</v>
+        <v>4600</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E62" s="15">
         <v>10080060642</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
         <v>0.07113</v>
       </c>
       <c r="L62" s="15">
         <v>0.06165</v>
       </c>
       <c r="M62" s="15">
         <v>0.05928</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E63" s="15">
         <v>10080061640</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>300</v>
       </c>
       <c r="K63" s="15">
         <v>0.0461</v>
       </c>
       <c r="L63" s="15">
         <v>0.03995</v>
       </c>
       <c r="M63" s="15">
         <v>0.03841</v>
       </c>
       <c r="N63" s="15">
-        <v>673</v>
+        <v>552</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>300</v>
       </c>
       <c r="K64" s="15">
         <v>0.0747</v>
       </c>
       <c r="L64" s="15">
         <v>0.07146</v>
       </c>
       <c r="M64" s="15">
         <v>0.06821000000000001</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E65" s="15">
         <v>10080075044</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.0476</v>
+        <v>0.05126</v>
       </c>
       <c r="L65" s="15">
-        <v>0.04125</v>
+        <v>0.04442</v>
       </c>
       <c r="M65" s="15">
-        <v>0.03966</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>0.04271</v>
+      </c>
+      <c r="N65" s="15">
+        <v>4200</v>
+      </c>
       <c r="O65" s="15">
-        <v>3660</v>
+        <v>840</v>
       </c>
       <c r="P65" s="15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E66" s="15">
         <v>10080066333</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
         <v>0.06318</v>
       </c>
       <c r="L66" s="15">
         <v>0.05476</v>
       </c>
       <c r="M66" s="15">
         <v>0.05265</v>
       </c>
       <c r="N66" s="15">
-        <v>5512</v>
+        <v>7042</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E67" s="15">
         <v>10080039454</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
         <v>0.09705</v>
       </c>
       <c r="L67" s="15">
         <v>0.06095</v>
       </c>
       <c r="M67" s="15">
         <v>0.05495</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E68" s="15">
         <v>10080026560</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.0678</v>
       </c>
       <c r="L68" s="15">
         <v>0.05876</v>
       </c>
       <c r="M68" s="15">
         <v>0.0565</v>
       </c>
       <c r="N68" s="15">
-        <v>2654</v>
+        <v>1131</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E69" s="15">
         <v>10080038082</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.10622</v>
       </c>
       <c r="L69" s="15">
         <v>0.09205000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.08851000000000001</v>
       </c>
       <c r="N69" s="15">
-        <v>258</v>
+        <v>216</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
-        <v>0.07029000000000001</v>
+        <v>0.08142000000000001</v>
       </c>
       <c r="L70" s="15">
-        <v>0.06092</v>
+        <v>0.07056</v>
       </c>
       <c r="M70" s="15">
-        <v>0.05858</v>
+        <v>0.06784999999999999</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>670</v>
+      </c>
+      <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E71" s="15">
         <v>10080038476</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>300</v>
       </c>
       <c r="K71" s="15">
         <v>0.08139</v>
       </c>
       <c r="L71" s="15">
         <v>0.07054000000000001</v>
       </c>
       <c r="M71" s="15">
         <v>0.06783</v>
       </c>
       <c r="N71" s="15">
-        <v>2266</v>
+        <v>1875</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>200</v>
       </c>
       <c r="K72" s="15">
         <v>0.16696</v>
       </c>
       <c r="L72" s="15">
         <v>0.1208</v>
       </c>
       <c r="M72" s="15">
         <v>0.10541</v>
       </c>
       <c r="N72" s="15">
-        <v>4078</v>
+        <v>3742</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E73" s="15">
         <v>10080068146</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>14</v>
       </c>
       <c r="K73" s="15">
         <v>0.69585</v>
       </c>
       <c r="L73" s="15">
         <v>0.60307</v>
       </c>
       <c r="M73" s="15">
         <v>0.57988</v>
       </c>
       <c r="N73" s="15">
-        <v>573</v>
+        <v>621</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>185</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>200</v>
       </c>
       <c r="K74" s="15">
         <v>0.1853</v>
       </c>
       <c r="L74" s="15">
         <v>0.15542</v>
       </c>
       <c r="M74" s="15">
         <v>0.14944</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.14163</v>
       </c>
       <c r="L75" s="15">
         <v>0.12275</v>
       </c>
       <c r="M75" s="15">
         <v>0.11803</v>
       </c>
       <c r="N75" s="15">
         <v>16</v>
       </c>
       <c r="O75" s="15">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>390</v>
+      </c>
+      <c r="P75" s="15"/>
       <c r="Q75" s="15">
         <v>10000</v>
       </c>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>1.13</v>
       </c>
       <c r="L76" s="15">
         <v>0.9486</v>
       </c>
       <c r="M76" s="15">
         <v>0.91211</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E77" s="15">
         <v>10000011582</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.13088</v>
       </c>
       <c r="L77" s="15">
         <v>0.11343</v>
       </c>
       <c r="M77" s="15">
         <v>0.10906</v>
       </c>
       <c r="N77" s="15">
-        <v>46847</v>
+        <v>50948</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.26385</v>
       </c>
       <c r="L78" s="15">
         <v>0.22867</v>
       </c>
       <c r="M78" s="15">
         <v>0.21988</v>
       </c>
       <c r="N78" s="15">
-        <v>2083</v>
+        <v>1524</v>
       </c>
       <c r="O78" s="15">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E79" s="15">
         <v>10000011583</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.23058</v>
       </c>
       <c r="L79" s="15">
         <v>0.19984</v>
       </c>
       <c r="M79" s="15">
         <v>0.19215</v>
       </c>
       <c r="N79" s="15">
-        <v>20411</v>
+        <v>17715</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E80" s="15">
         <v>10080010531</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.1673</v>
       </c>
       <c r="L80" s="15">
         <v>0.14499</v>
       </c>
       <c r="M80" s="15">
         <v>0.13941</v>
       </c>
       <c r="N80" s="15">
-        <v>2218</v>
+        <v>2117</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E81" s="15">
         <v>10080000088</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>7</v>
       </c>
       <c r="K81" s="15">
         <v>1.39</v>
       </c>
       <c r="L81" s="15">
         <v>1.21</v>
       </c>
       <c r="M81" s="15">
         <v>1.16</v>
       </c>
       <c r="N81" s="15">
-        <v>1636</v>
+        <v>1557</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E82" s="15">
         <v>10080070194</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
         <v>1.55</v>
       </c>
       <c r="L82" s="15">
         <v>1.29</v>
       </c>
       <c r="M82" s="15">
         <v>1.24</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15"/>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>2.62</v>
       </c>
       <c r="L83" s="15">
         <v>1.36</v>
       </c>
       <c r="M83" s="15">
         <v>1.31</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E84" s="15">
         <v>10080052296</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.30697</v>
       </c>
       <c r="L84" s="15">
         <v>0.17809</v>
       </c>
       <c r="M84" s="15">
         <v>0.16052</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15">
-        <v>860</v>
+        <v>800</v>
       </c>
       <c r="P84" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10000018215</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.62981</v>
       </c>
       <c r="L85" s="15">
         <v>0.54583</v>
       </c>
       <c r="M85" s="15">
         <v>0.52484</v>
       </c>
       <c r="N85" s="15">
-        <v>3166</v>
+        <v>3402</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>50</v>
       </c>
       <c r="K86" s="15">
         <v>0.35718</v>
       </c>
       <c r="L86" s="15">
         <v>0.28205</v>
       </c>
       <c r="M86" s="15">
         <v>0.26481</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.11747</v>
       </c>
       <c r="L87" s="15">
         <v>0.1018</v>
       </c>
       <c r="M87" s="15">
         <v>0.09789</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E88" s="15">
         <v>10080066738</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.13065</v>
       </c>
       <c r="L88" s="15">
         <v>0.11323</v>
       </c>
       <c r="M88" s="15">
         <v>0.10888</v>
       </c>
       <c r="N88" s="15">
-        <v>3320</v>
+        <v>2760</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E89" s="15">
         <v>10080066739</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.15171</v>
       </c>
       <c r="L89" s="15">
         <v>0.12643</v>
       </c>
       <c r="M89" s="15">
         <v>0.12137</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="E90" s="15">
         <v>10080070707</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.09056</v>
       </c>
       <c r="L90" s="15">
         <v>0.07547</v>
       </c>
       <c r="M90" s="15">
         <v>0.07245</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.12449</v>
       </c>
       <c r="L91" s="15">
         <v>0.10789</v>
       </c>
       <c r="M91" s="15">
         <v>0.10374</v>
       </c>
       <c r="N91" s="15">
-        <v>1060</v>
+        <v>1035</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>400</v>
       </c>
       <c r="K92" s="15">
         <v>0.08562</v>
       </c>
       <c r="L92" s="15">
         <v>0.0742</v>
       </c>
       <c r="M92" s="15">
         <v>0.07135</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E93" s="15">
         <v>10080071162</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.13182</v>
       </c>
       <c r="L93" s="15">
         <v>0.11424</v>
       </c>
       <c r="M93" s="15">
         <v>0.10985</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.39969</v>
       </c>
       <c r="L94" s="15">
         <v>0.3464</v>
       </c>
       <c r="M94" s="15">
         <v>0.33308</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
-      <c r="P94" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>10000</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E95" s="15">
         <v>10080045609</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>300</v>
       </c>
       <c r="K95" s="15">
         <v>0.22228</v>
       </c>
       <c r="L95" s="15">
         <v>0.18228</v>
       </c>
       <c r="M95" s="15">
         <v>0.17487</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>300</v>
       </c>
       <c r="K96" s="15">
         <v>0.17646</v>
       </c>
       <c r="L96" s="15">
         <v>0.15293</v>
       </c>
       <c r="M96" s="15">
         <v>0.14705</v>
       </c>
       <c r="N96" s="15">
-        <v>1352</v>
+        <v>1374</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E97" s="15">
         <v>10080045610</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.2453</v>
       </c>
       <c r="L97" s="15">
         <v>0.20115</v>
       </c>
       <c r="M97" s="15">
         <v>0.19296</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>300</v>
       </c>
       <c r="K98" s="15">
         <v>0.17667</v>
       </c>
       <c r="L98" s="15">
         <v>0.15311</v>
       </c>
       <c r="M98" s="15">
         <v>0.14723</v>
       </c>
       <c r="N98" s="15">
-        <v>1022</v>
+        <v>930</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E99" s="15">
         <v>10080055218</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>300</v>
       </c>
       <c r="K99" s="15">
         <v>0.20596</v>
       </c>
       <c r="L99" s="15">
         <v>0.20596</v>
       </c>
       <c r="M99" s="15">
         <v>0.20596</v>
       </c>
       <c r="N99" s="15">
-        <v>3321</v>
+        <v>2767</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E100" s="15">
         <v>10080055214</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>200</v>
       </c>
       <c r="K100" s="15">
         <v>0.34856</v>
       </c>
       <c r="L100" s="15">
         <v>0.30208</v>
       </c>
       <c r="M100" s="15">
         <v>0.29046</v>
       </c>
       <c r="N100" s="15">
-        <v>2402</v>
+        <v>2620</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="E101" s="15">
         <v>10080037529</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.32987</v>
       </c>
       <c r="L101" s="15">
         <v>0.2309</v>
       </c>
       <c r="M101" s="15">
         <v>0.21441</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E102" s="15">
         <v>10080055219</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>100</v>
       </c>
       <c r="K102" s="15">
         <v>0.44504</v>
       </c>
       <c r="L102" s="15">
         <v>0.25819</v>
       </c>
       <c r="M102" s="15">
         <v>0.23271</v>
       </c>
       <c r="N102" s="15">
         <v>32</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>1.29</v>
       </c>
       <c r="L103" s="15">
         <v>1.08</v>
       </c>
       <c r="M103" s="15">
         <v>1.04</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E104" s="15">
         <v>10080012691</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>50</v>
       </c>
       <c r="K104" s="15">
         <v>0.6942199999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.50227</v>
       </c>
       <c r="M104" s="15">
         <v>0.43829</v>
       </c>
       <c r="N104" s="15">
-        <v>492</v>
+        <v>418</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>50</v>
       </c>
       <c r="K105" s="15">
         <v>1.47</v>
       </c>
       <c r="L105" s="15">
         <v>1.06</v>
       </c>
       <c r="M105" s="15">
         <v>0.92797</v>
       </c>
       <c r="N105" s="15">
-        <v>327</v>
+        <v>307</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>50</v>
       </c>
       <c r="K106" s="15">
         <v>1.23</v>
       </c>
       <c r="L106" s="15">
         <v>0.94837</v>
       </c>
       <c r="M106" s="15">
         <v>0.86216</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E107" s="15">
         <v>10000018216</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>50</v>
       </c>
       <c r="K107" s="15">
         <v>1.47</v>
       </c>
       <c r="L107" s="15">
         <v>0.78049</v>
       </c>
       <c r="M107" s="15">
         <v>0.66571</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E108" s="15">
         <v>10080010533</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>50</v>
       </c>
       <c r="K108" s="15">
         <v>1.43</v>
       </c>
       <c r="L108" s="15">
         <v>1.13</v>
       </c>
       <c r="M108" s="15">
         <v>1.07</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
         <v>0.87481</v>
       </c>
       <c r="L109" s="15">
         <v>0.87481</v>
       </c>
       <c r="M109" s="15">
         <v>0.87481</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="E110" s="15">
         <v>10080055213</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>50</v>
       </c>
       <c r="K110" s="15">
         <v>0.9162</v>
       </c>
       <c r="L110" s="15">
         <v>0.79404</v>
       </c>
       <c r="M110" s="15">
         <v>0.7635</v>
       </c>
       <c r="N110" s="15">
-        <v>666</v>
+        <v>633</v>
       </c>
       <c r="O110" s="15">
-        <v>1260</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E111" s="15">
         <v>10080031557</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>50</v>
       </c>
       <c r="K111" s="15">
         <v>0.60533</v>
       </c>
       <c r="L111" s="15">
         <v>0.52462</v>
       </c>
       <c r="M111" s="15">
         <v>0.50444</v>
       </c>
       <c r="N111" s="15">
-        <v>342</v>
+        <v>326</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="E112" s="15">
         <v>10080048460</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>40</v>
       </c>
       <c r="K112" s="15">
         <v>0.71</v>
       </c>
       <c r="L112" s="15">
         <v>0.71</v>
       </c>
       <c r="M112" s="15">
         <v>0.71</v>
       </c>
       <c r="N112" s="15">
-        <v>4075</v>
+        <v>4222</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E113" s="15">
         <v>10080007225</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.7119</v>
       </c>
       <c r="L113" s="15">
         <v>0.3695</v>
       </c>
       <c r="M113" s="15">
         <v>0.35595</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="E114" s="15">
         <v>10080031828</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="J114" s="15">
         <v>3000</v>
       </c>
       <c r="K114" s="15">
         <v>0.00792</v>
       </c>
       <c r="L114" s="15">
         <v>0.00686</v>
       </c>
       <c r="M114" s="15">
         <v>0.0066</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>287</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>3000</v>
       </c>
       <c r="K115" s="15">
         <v>0.00878</v>
       </c>
       <c r="L115" s="15">
         <v>0.00761</v>
       </c>
       <c r="M115" s="15">
         <v>0.00731</v>
       </c>
       <c r="N115" s="15">
-        <v>6824</v>
+        <v>6066</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15">
         <v>360000</v>
       </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="E116" s="15">
         <v>10080039455</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
         <v>0.01215</v>
       </c>
       <c r="L116" s="15">
         <v>0.01053</v>
       </c>
       <c r="M116" s="15">
         <v>0.01013</v>
       </c>
       <c r="N116" s="15">
-        <v>16857</v>
+        <v>24318</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.01197</v>
       </c>
       <c r="L117" s="15">
         <v>0.01037</v>
       </c>
       <c r="M117" s="15">
         <v>0.009979999999999999</v>
       </c>
       <c r="N117" s="15">
-        <v>7384</v>
+        <v>5605</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E118" s="15">
         <v>10080051535</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>600</v>
       </c>
       <c r="K118" s="15">
         <v>0.07577</v>
       </c>
       <c r="L118" s="15">
         <v>0.06566</v>
       </c>
       <c r="M118" s="15">
         <v>0.06314</v>
       </c>
       <c r="N118" s="15">
         <v>96</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="E119" s="15">
         <v>10080067515</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.02565</v>
       </c>
       <c r="L119" s="15">
         <v>0.01856</v>
       </c>
       <c r="M119" s="15">
         <v>0.01619</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>299</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.01674</v>
       </c>
       <c r="L120" s="15">
         <v>0.01451</v>
       </c>
       <c r="M120" s="15">
         <v>0.01395</v>
       </c>
       <c r="N120" s="15">
-        <v>4045</v>
+        <v>3743</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>302</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1500</v>
       </c>
       <c r="K121" s="15">
         <v>0.02</v>
       </c>
       <c r="L121" s="15">
         <v>0.01733</v>
       </c>
       <c r="M121" s="15">
         <v>0.01666</v>
       </c>
       <c r="N121" s="15">
-        <v>1520</v>
+        <v>1540</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080031829</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
-      <c r="J122" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J122" s="15"/>
       <c r="K122" s="15">
-        <v>0.02009</v>
+        <v>0.05789</v>
       </c>
       <c r="L122" s="15">
-        <v>0.01741</v>
+        <v>0.05017</v>
       </c>
       <c r="M122" s="15">
-        <v>0.01674</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04824</v>
+      </c>
+      <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E123" s="15">
-        <v>10080074781</v>
+        <v>10080031829</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K123" s="15">
-        <v>0.03937</v>
+        <v>0.02009</v>
       </c>
       <c r="L123" s="15">
-        <v>0.03302</v>
+        <v>0.01741</v>
       </c>
       <c r="M123" s="15">
-        <v>0.03175</v>
-[...1 lines deleted...]
-      <c r="N123" s="15"/>
+        <v>0.01674</v>
+      </c>
+      <c r="N123" s="15">
+        <v>617</v>
+      </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>310</v>
       </c>
-      <c r="E124" s="15" t="s">
-        <v>311</v>
+      <c r="E124" s="15">
+        <v>10080074781</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="K124" s="15">
-        <v>0.06213</v>
+        <v>0.03937</v>
       </c>
       <c r="L124" s="15">
-        <v>0.05943</v>
+        <v>0.03302</v>
       </c>
       <c r="M124" s="15">
-        <v>0.05673</v>
+        <v>0.03175</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>700</v>
+        <v>60</v>
       </c>
       <c r="K125" s="15">
-        <v>0.15094</v>
+        <v>0.06213</v>
       </c>
       <c r="L125" s="15">
-        <v>0.12659</v>
+        <v>0.05943</v>
       </c>
       <c r="M125" s="15">
-        <v>0.12173</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05673</v>
+      </c>
+      <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080064688</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>1500</v>
+        <v>700</v>
       </c>
       <c r="K126" s="15">
-        <v>0.02561</v>
+        <v>0.15094</v>
       </c>
       <c r="L126" s="15">
-        <v>0.02219</v>
+        <v>0.12659</v>
       </c>
       <c r="M126" s="15">
-        <v>0.02134</v>
+        <v>0.12173</v>
       </c>
       <c r="N126" s="15">
-        <v>12960</v>
+        <v>374</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>317</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E127" s="15">
-        <v>10080066752</v>
+        <v>10080064688</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K127" s="15">
-        <v>0.03523</v>
+        <v>0.02561</v>
       </c>
       <c r="L127" s="15">
-        <v>0.02955</v>
+        <v>0.02219</v>
       </c>
       <c r="M127" s="15">
-        <v>0.02841</v>
-[...1 lines deleted...]
-      <c r="N127" s="15"/>
+        <v>0.02134</v>
+      </c>
+      <c r="N127" s="15">
+        <v>9121</v>
+      </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E128" s="15">
-        <v>10080061335</v>
+        <v>10080066752</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.01794</v>
+        <v>0.03523</v>
       </c>
       <c r="L128" s="15">
-        <v>0.01555</v>
+        <v>0.02955</v>
       </c>
       <c r="M128" s="15">
-        <v>0.01495</v>
+        <v>0.02841</v>
       </c>
       <c r="N128" s="15"/>
-      <c r="O128" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O128" s="15"/>
+      <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="E129" s="15" t="s">
-        <v>323</v>
+      <c r="E129" s="15">
+        <v>10080061335</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.02885</v>
+        <v>0.01778</v>
       </c>
       <c r="L129" s="15">
-        <v>0.025</v>
+        <v>0.01541</v>
       </c>
       <c r="M129" s="15">
-        <v>0.02404</v>
-[...5 lines deleted...]
-      <c r="P129" s="15"/>
+        <v>0.01481</v>
+      </c>
+      <c r="N129" s="15"/>
+      <c r="O129" s="15">
+        <v>2670</v>
+      </c>
+      <c r="P129" s="15" t="s">
+        <v>78</v>
+      </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080074677</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K130" s="15">
-        <v>0.02858</v>
+        <v>0.02885</v>
       </c>
       <c r="L130" s="15">
-        <v>0.02477</v>
+        <v>0.025</v>
       </c>
       <c r="M130" s="15">
-        <v>0.02381</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.02404</v>
+      </c>
+      <c r="N130" s="15">
+        <v>286</v>
+      </c>
+      <c r="O130" s="15"/>
+      <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E131" s="15">
-        <v>10080049531</v>
+        <v>10080074677</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.04073</v>
+        <v>0.03321</v>
       </c>
       <c r="L131" s="15">
-        <v>0.03284</v>
+        <v>0.02878</v>
       </c>
       <c r="M131" s="15">
-        <v>0.03153</v>
+        <v>0.02768</v>
       </c>
       <c r="N131" s="15"/>
-      <c r="O131" s="15"/>
+      <c r="O131" s="15">
+        <v>1280</v>
+      </c>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>329</v>
       </c>
-      <c r="E132" s="15" t="s">
-        <v>330</v>
+      <c r="E132" s="15">
+        <v>10080049531</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.05082</v>
+        <v>0.04073</v>
       </c>
       <c r="L132" s="15">
-        <v>0.03677</v>
+        <v>0.03284</v>
       </c>
       <c r="M132" s="15">
-        <v>0.03209</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03153</v>
+      </c>
+      <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.03254</v>
+        <v>0.05082</v>
       </c>
       <c r="L133" s="15">
-        <v>0.0282</v>
+        <v>0.03677</v>
       </c>
       <c r="M133" s="15">
-        <v>0.02711</v>
+        <v>0.03209</v>
       </c>
       <c r="N133" s="15">
-        <v>2960</v>
+        <v>2667</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>334</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080074782</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.07481</v>
+        <v>0.03254</v>
       </c>
       <c r="L134" s="15">
-        <v>0.06234</v>
+        <v>0.0282</v>
       </c>
       <c r="M134" s="15">
-        <v>0.05985</v>
-[...1 lines deleted...]
-      <c r="N134" s="15"/>
+        <v>0.02711</v>
+      </c>
+      <c r="N134" s="15">
+        <v>3560</v>
+      </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>336</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="E135" s="15" t="s">
-        <v>338</v>
+      <c r="E135" s="15">
+        <v>10080074782</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>1.05</v>
+        <v>0.07481</v>
       </c>
       <c r="L135" s="15">
-        <v>1.05</v>
+        <v>0.06234</v>
       </c>
       <c r="M135" s="15">
-        <v>1.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05985</v>
+      </c>
+      <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039618</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
-        <v>1300</v>
+        <v>200</v>
       </c>
       <c r="K136" s="15">
-        <v>0.13862</v>
+        <v>1.05</v>
       </c>
       <c r="L136" s="15">
-        <v>0.12013</v>
+        <v>1.05</v>
       </c>
       <c r="M136" s="15">
-        <v>0.11551</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.05</v>
+      </c>
+      <c r="N136" s="15">
+        <v>1</v>
+      </c>
+      <c r="O136" s="15"/>
+      <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>342</v>
       </c>
-      <c r="D137" s="15" t="s">
-[...3 lines deleted...]
-        <v>344</v>
+      <c r="E137" s="15">
+        <v>10080039618</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
-        <v>400</v>
+        <v>1300</v>
       </c>
       <c r="K137" s="15">
-        <v>0.10356</v>
+        <v>0.21476</v>
       </c>
       <c r="L137" s="15">
-        <v>0.08685</v>
+        <v>0.18612</v>
       </c>
       <c r="M137" s="15">
-        <v>0.08352</v>
+        <v>0.17896</v>
       </c>
       <c r="N137" s="15"/>
-      <c r="O137" s="15"/>
+      <c r="O137" s="15">
+        <v>700</v>
+      </c>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D138" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="E138" s="15" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="K138" s="15">
-        <v>0.08592</v>
+        <v>0.10356</v>
       </c>
       <c r="L138" s="15">
-        <v>0.07206</v>
+        <v>0.08685</v>
       </c>
       <c r="M138" s="15">
-        <v>0.06929</v>
+        <v>0.08352</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D139" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="E139" s="15" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080052415</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
-        <v>0.09107999999999999</v>
+        <v>0.08592</v>
       </c>
       <c r="L139" s="15">
-        <v>0.07894</v>
+        <v>0.07206</v>
       </c>
       <c r="M139" s="15">
-        <v>0.0759</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06929</v>
+      </c>
+      <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>350</v>
       </c>
-      <c r="D140" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E140" s="15">
-        <v>10000011580</v>
+        <v>10080052415</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
         <v>0.09107999999999999</v>
       </c>
       <c r="L140" s="15">
         <v>0.07894</v>
       </c>
       <c r="M140" s="15">
         <v>0.0759</v>
       </c>
       <c r="N140" s="15">
-        <v>212</v>
+        <v>35633</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="D141" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" s="15">
-        <v>10080033581</v>
+        <v>10000011580</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>200</v>
       </c>
       <c r="K141" s="15">
-        <v>0.06270000000000001</v>
+        <v>0.09107999999999999</v>
       </c>
       <c r="L141" s="15">
-        <v>0.05434</v>
+        <v>0.07894</v>
       </c>
       <c r="M141" s="15">
-        <v>0.05225</v>
+        <v>0.0759</v>
       </c>
       <c r="N141" s="15">
-        <v>1333</v>
-[...6 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="O141" s="15"/>
+      <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="D142" s="15" t="s">
-[...3 lines deleted...]
-        <v>356</v>
+      <c r="E142" s="15">
+        <v>10080033581</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>357</v>
+        <v>49</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>200</v>
       </c>
       <c r="K142" s="15">
-        <v>0.49266</v>
+        <v>0.06270000000000001</v>
       </c>
       <c r="L142" s="15">
-        <v>0.38181</v>
+        <v>0.05434</v>
       </c>
       <c r="M142" s="15">
-        <v>0.35718</v>
+        <v>0.05225</v>
       </c>
       <c r="N142" s="15"/>
-      <c r="O142" s="15"/>
-      <c r="P142" s="15"/>
+      <c r="O142" s="15">
+        <v>1469</v>
+      </c>
+      <c r="P142" s="15" t="s">
+        <v>78</v>
+      </c>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>10000011581</v>
+        <v>356</v>
+      </c>
+      <c r="E143" s="15" t="s">
+        <v>357</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>33</v>
+        <v>358</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>200</v>
       </c>
       <c r="K143" s="15">
-        <v>0.09084</v>
+        <v>0.49266</v>
       </c>
       <c r="L143" s="15">
-        <v>0.07872999999999999</v>
+        <v>0.38181</v>
       </c>
       <c r="M143" s="15">
-        <v>0.0757</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.35718</v>
+      </c>
+      <c r="N143" s="15"/>
+      <c r="O143" s="15"/>
+      <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>360</v>
       </c>
-      <c r="D144" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="15">
-        <v>10080033578</v>
+        <v>10000011581</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>200</v>
       </c>
       <c r="K144" s="15">
-        <v>0.07922</v>
+        <v>0.09084</v>
       </c>
       <c r="L144" s="15">
-        <v>0.06865</v>
+        <v>0.07872999999999999</v>
       </c>
       <c r="M144" s="15">
-        <v>0.06601</v>
+        <v>0.0757</v>
       </c>
       <c r="N144" s="15">
-        <v>13800</v>
-[...1 lines deleted...]
-      <c r="O144" s="15"/>
+        <v>4756</v>
+      </c>
+      <c r="O144" s="15">
+        <v>3200</v>
+      </c>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>362</v>
       </c>
-      <c r="D145" s="15" t="s">
-[...3 lines deleted...]
-        <v>364</v>
+      <c r="E145" s="15">
+        <v>10080033578</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>200</v>
       </c>
       <c r="K145" s="15">
-        <v>0.16447</v>
+        <v>0.07922</v>
       </c>
       <c r="L145" s="15">
-        <v>0.08738</v>
+        <v>0.06865</v>
       </c>
       <c r="M145" s="15">
-        <v>0.07453</v>
-[...1 lines deleted...]
-      <c r="N145" s="15"/>
+        <v>0.06601</v>
+      </c>
+      <c r="N145" s="15">
+        <v>8668</v>
+      </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D146" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="E146" s="15" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
-        <v>7</v>
+        <v>200</v>
       </c>
       <c r="K146" s="15">
-        <v>0.17822</v>
+        <v>0.16447</v>
       </c>
       <c r="L146" s="15">
-        <v>0.15445</v>
+        <v>0.08738</v>
       </c>
       <c r="M146" s="15">
-        <v>0.14851</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07453</v>
+      </c>
+      <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
-      <c r="B147" s="14"/>
-[...2 lines deleted...]
-      <c r="E147" s="15"/>
+      <c r="B147" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C147" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D147" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="E147" s="15" t="s">
+        <v>368</v>
+      </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
-      <c r="H147" s="15"/>
+      <c r="H147" s="15" t="s">
+        <v>49</v>
+      </c>
       <c r="I147" s="15"/>
-      <c r="J147" s="15"/>
-[...3 lines deleted...]
-      <c r="N147" s="15"/>
+      <c r="J147" s="15">
+        <v>7</v>
+      </c>
+      <c r="K147" s="15">
+        <v>0.17822</v>
+      </c>
+      <c r="L147" s="15">
+        <v>0.15445</v>
+      </c>
+      <c r="M147" s="15">
+        <v>0.14851</v>
+      </c>
+      <c r="N147" s="15">
+        <v>765</v>
+      </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
+      <c r="R147"/>
+    </row>
+    <row r="148" spans="1:18">
+      <c r="B148" s="14"/>
+      <c r="C148" s="15"/>
+      <c r="D148" s="15"/>
+      <c r="E148" s="15"/>
+      <c r="F148" s="15"/>
+      <c r="G148" s="15"/>
+      <c r="H148" s="15"/>
+      <c r="I148" s="15"/>
+      <c r="J148" s="15"/>
+      <c r="K148" s="15"/>
+      <c r="L148" s="15"/>
+      <c r="M148" s="15"/>
+      <c r="N148" s="15"/>
+      <c r="O148" s="15"/>
+      <c r="P148" s="15"/>
+      <c r="Q148" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -7305,317 +7325,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>