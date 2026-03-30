--- v3 (2026-02-18)
+++ v4 (2026-03-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -109,50 +109,62 @@
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>PLH PLS PLD штыри на плату шаг 2.00 mm</t>
   </si>
   <si>
     <t>5PH2RDA15-220G0NNBU-039028025-00</t>
   </si>
   <si>
     <t>штыри на плату двухрядные угловые шаг 2.0мм (3.9/2.8/2.5) / 5PH2RDA15-220G0NNBU-039028025-00</t>
   </si>
   <si>
     <t>UT-00089177</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
+    <t>вилка двухрядная на плату, шаг 2мм, 10 конт., SMT / 87759-1074</t>
+  </si>
+  <si>
+    <t>UT-00156534</t>
+  </si>
+  <si>
+    <t>Molex</t>
+  </si>
+  <si>
+    <t>02.04.2026</t>
+  </si>
+  <si>
     <t>DS1004-01-2x20V3B</t>
   </si>
   <si>
     <t>штыри цанговые на плату двухрядные с шагом 2.0мм / PDLM2-40 (DS1004-01-2x20V3B)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>DS1025-05-2x2P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-04 (DS1025-05-2x2P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-06-2x2P8BR2-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм прямой угол; A=6.0 B=2.8 C=11.3 / PLD2-04R (DS1025-06-2x2P8BR2-B)</t>
   </si>
   <si>
     <t>UT-00149532</t>
   </si>
   <si>
     <t>DS1025-05-2x3P8BV1-B</t>
@@ -250,53 +262,50 @@
   <si>
     <t>10-00056584</t>
   </si>
   <si>
     <t>DS1025-08-2x4P8BXBS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-08S (DS1025-08-2x4P8BXBS1-B)</t>
   </si>
   <si>
     <t>DS1025-05-2x5P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10 (DS1025-05-2x5P8BV1-B)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-R1</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм / PLD2-10R (L-KLS1-207B-2-10-R1)</t>
   </si>
   <si>
     <t>UT-00141348</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1025-08-2x5P8BSRX1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-10S (DS1025-08-2x5P8BSRX1-B)</t>
   </si>
   <si>
     <t>10-00056610</t>
   </si>
   <si>
     <t>L-KLS1-207B-2-10-T3</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм вертикальные / PLD2-10S (L-KLS1-207B-2-10-T3)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2.00-2-10-T-6.4X3.8X1.2-G0-R</t>
   </si>
   <si>
     <t>штыри на плату двухрядные с шагом 2.0мм, SMT / PLD2-10S (L-KLS1-207B-2.00-2-10-T-6.4X3.8X1.2-G0-R)</t>
   </si>
   <si>
     <t>UT-00128914</t>
   </si>
   <si>
     <t>DS1025-05-2x6P8BV1-B</t>
@@ -655,53 +664,50 @@
   <si>
     <t>DS1025-07-2x40P8BS1-B</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMT с шагом 2.0мм, горизонтальные, 80 контактов / PLD2-80T (DS1025-07-2x40P8BS1-B)</t>
   </si>
   <si>
     <t>DS1024-07-2*40P8BS</t>
   </si>
   <si>
     <t>штыри на плату двухрядные SMD с шагом 2.0мм горизонтальные / PLD2-80TP (DS1024-07-2*40P8BS)</t>
   </si>
   <si>
     <t>10-00056686</t>
   </si>
   <si>
     <t>CH-200-PH-1-40-S-30/104/60-GO-A</t>
   </si>
   <si>
     <t>штыри однорядные межплатные с шагом 2.0мм тип 2 (10.4*6*3) / PLH2-40 (CH-200-PH-1-40-S-30/104/60-GO-A)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
-    <t>29.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1030-01-1x40P8BV2-B</t>
   </si>
   <si>
     <t>штыри однорядные межплатные с шагом 2.0мм тип 2 (10.4*6*3) / PLH2-40 (DS1030-01-1x40P8BV2-B (10.4*6*3))</t>
   </si>
   <si>
     <t>KLS1-218B-1-40-S-3.0*6*19,4</t>
   </si>
   <si>
     <t>штыри однорядные межплатные с шагом 2.0мм / PLH2-40 (KLS1-218B-1-40-S-3.0*6*19,4)</t>
   </si>
   <si>
     <t>10-00056579</t>
   </si>
   <si>
     <t>DS1030-02-2x2P8BVA4-B</t>
   </si>
   <si>
     <t>штыри двухрядные межплатные с шагом 2.0мм, тип V1, A=6,0/B=3,0/C=10,4 / PLHD2-04 (DS1030-02-2x2P8BVA4-B)</t>
   </si>
   <si>
     <t>UT-00119372</t>
   </si>
   <si>
     <t>DS1030-02-2x2P8BVB4-B</t>
@@ -1061,50 +1067,53 @@
     <t>10-00056596</t>
   </si>
   <si>
     <t>DS1025-04-1x12P8BSSR-B</t>
   </si>
   <si>
     <t>Штыри SMT на плату, однорядные, горизонтальные / PLS2-12T (DS1025-04-1x12P8BSSR-B)</t>
   </si>
   <si>
     <t>L-KLS1-207B-2.00-1-22-S-2.8X4.0X8.8-Sn</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм (2.8/4.0/8.6mm) / PLS2-22 (L-KLS1-207B-2.00-1-22-S-2.8X4.0X8.8-Sn)</t>
   </si>
   <si>
     <t>UT-00096151</t>
   </si>
   <si>
     <t>DS1025-02-1x25P8BR1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм прямой угол / PLS2-25R (DS1025-02-1x25P8BR1-B)</t>
   </si>
   <si>
     <t>UT-00151003</t>
+  </si>
+  <si>
+    <t>06.08.2026</t>
   </si>
   <si>
     <t>DS1025-01-1x40P8BV1-B</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм, FULL GOLD / PLS2-40 FULL GOLD !!! (DS1025-01-1x40P8BV1-B)</t>
   </si>
   <si>
     <t>DS1025-01-1x40P6BV1</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм / PLS2-40 (DS1025-01-1x40P6BV1)</t>
   </si>
   <si>
     <t>L-KLS1-207B-1-40-S</t>
   </si>
   <si>
     <t>штыри на плату однорядные шаг 2мм (2.8/3.8/8.6mm) / PLS2-40 (L-KLS1-207B-1-40-S)</t>
   </si>
   <si>
     <t xml:space="preserve">PLS2-40R </t>
   </si>
   <si>
     <t xml:space="preserve">штыри на плату однорядные шаг 2мм прямой угол / PLS2-40R </t>
   </si>
@@ -1710,51 +1719,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R148"/>
+  <dimension ref="A1:R149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1973,5339 +1982,5354 @@
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>200</v>
       </c>
       <c r="K9" s="15">
         <v>0.75913</v>
       </c>
       <c r="L9" s="15">
         <v>0.6367</v>
       </c>
       <c r="M9" s="15">
         <v>0.61222</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="C10" s="15" t="s">
+      <c r="C10" s="15">
+        <v>877591074</v>
+      </c>
+      <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="D10" s="15" t="s">
+      <c r="E10" s="15" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080071903</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
-      <c r="J10" s="15"/>
+      <c r="J10" s="15">
+        <v>750</v>
+      </c>
       <c r="K10" s="15">
-        <v>1.16</v>
+        <v>2.55</v>
       </c>
       <c r="L10" s="15">
-        <v>0.966</v>
+        <v>2.21</v>
       </c>
       <c r="M10" s="15">
-        <v>0.92736</v>
+        <v>2.12</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
-      <c r="P10" s="15"/>
+      <c r="P10" s="15" t="s">
+        <v>34</v>
+      </c>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E11" s="15">
-        <v>10080033245</v>
+        <v>10080071903</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I11" s="15"/>
-      <c r="J11" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J11" s="15"/>
       <c r="K11" s="15">
-        <v>0.01259</v>
+        <v>1.16</v>
       </c>
       <c r="L11" s="15">
-        <v>0.01091</v>
+        <v>0.966</v>
       </c>
       <c r="M11" s="15">
-        <v>0.01049</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.92736</v>
+      </c>
+      <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>39</v>
+      </c>
+      <c r="E12" s="15">
+        <v>10080033245</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I12" s="15"/>
-      <c r="J12" s="15"/>
+      <c r="J12" s="15">
+        <v>1000</v>
+      </c>
       <c r="K12" s="15">
-        <v>0.03276</v>
+        <v>0.01259</v>
       </c>
       <c r="L12" s="15">
-        <v>0.02839</v>
+        <v>0.01091</v>
       </c>
       <c r="M12" s="15">
-        <v>0.0273</v>
+        <v>0.01049</v>
       </c>
       <c r="N12" s="15">
-        <v>4051</v>
+        <v>5317</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
-      <c r="Q12" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>10080032194</v>
+        <v>41</v>
+      </c>
+      <c r="E13" s="15" t="s">
+        <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I13" s="15"/>
-      <c r="J13" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J13" s="15"/>
       <c r="K13" s="15">
-        <v>0.0153</v>
+        <v>0.03276</v>
       </c>
       <c r="L13" s="15">
-        <v>0.01326</v>
+        <v>0.02839</v>
       </c>
       <c r="M13" s="15">
-        <v>0.01275</v>
+        <v>0.0273</v>
       </c>
       <c r="N13" s="15">
-        <v>9279</v>
+        <v>3900</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
-      <c r="Q13" s="15"/>
+      <c r="Q13" s="15">
+        <v>10000</v>
+      </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>44</v>
+      </c>
+      <c r="E14" s="15">
+        <v>10080032194</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.12764</v>
+        <v>0.0153</v>
       </c>
       <c r="L14" s="15">
-        <v>0.10706</v>
+        <v>0.01326</v>
       </c>
       <c r="M14" s="15">
-        <v>0.10294</v>
+        <v>0.01275</v>
       </c>
       <c r="N14" s="15">
-        <v>8</v>
+        <v>8884</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.046</v>
+        <v>0.12764</v>
       </c>
       <c r="L15" s="15">
-        <v>0.03328</v>
+        <v>0.10706</v>
       </c>
       <c r="M15" s="15">
-        <v>0.02904</v>
+        <v>0.10294</v>
       </c>
       <c r="N15" s="15">
-        <v>3853</v>
+        <v>8</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>10080056482</v>
+        <v>49</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.0215</v>
+        <v>0.046</v>
       </c>
       <c r="L16" s="15">
-        <v>0.01863</v>
+        <v>0.03328</v>
       </c>
       <c r="M16" s="15">
-        <v>0.01791</v>
+        <v>0.02904</v>
       </c>
       <c r="N16" s="15">
-        <v>292</v>
+        <v>3242</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="E17" s="15" t="s">
         <v>52</v>
+      </c>
+      <c r="E17" s="15">
+        <v>10080056482</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.10636</v>
+        <v>0.0215</v>
       </c>
       <c r="L17" s="15">
-        <v>0.10174</v>
+        <v>0.01863</v>
       </c>
       <c r="M17" s="15">
-        <v>0.09711</v>
-[...1 lines deleted...]
-      <c r="N17" s="15"/>
+        <v>0.01791</v>
+      </c>
+      <c r="N17" s="15">
+        <v>216</v>
+      </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I18" s="15"/>
-      <c r="J18" s="15"/>
+      <c r="J18" s="15">
+        <v>100</v>
+      </c>
       <c r="K18" s="15">
-        <v>0.18895</v>
+        <v>0.10636</v>
       </c>
       <c r="L18" s="15">
-        <v>0.15746</v>
+        <v>0.10174</v>
       </c>
       <c r="M18" s="15">
-        <v>0.15116</v>
+        <v>0.09711</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
-        <v>0.18912</v>
+        <v>0.18895</v>
       </c>
       <c r="L19" s="15">
-        <v>0.1576</v>
+        <v>0.15746</v>
       </c>
       <c r="M19" s="15">
-        <v>0.15128</v>
+        <v>0.15116</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I20" s="15"/>
-      <c r="J20" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J20" s="15"/>
       <c r="K20" s="15">
-        <v>0.08173999999999999</v>
+        <v>0.18912</v>
       </c>
       <c r="L20" s="15">
-        <v>0.07084</v>
+        <v>0.1576</v>
       </c>
       <c r="M20" s="15">
-        <v>0.06811</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15128</v>
+      </c>
+      <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>10080071507</v>
+        <v>64</v>
+      </c>
+      <c r="E21" s="15" t="s">
+        <v>65</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I21" s="15"/>
-      <c r="J21" s="15"/>
+      <c r="J21" s="15">
+        <v>400</v>
+      </c>
       <c r="K21" s="15">
-        <v>0.31534</v>
+        <v>0.08173999999999999</v>
       </c>
       <c r="L21" s="15">
-        <v>0.26279</v>
+        <v>0.07084</v>
       </c>
       <c r="M21" s="15">
-        <v>0.25228</v>
-[...1 lines deleted...]
-      <c r="N21" s="15"/>
+        <v>0.06811</v>
+      </c>
+      <c r="N21" s="15">
+        <v>3139</v>
+      </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E22" s="15">
-        <v>10080039458</v>
+        <v>10080071507</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I22" s="15"/>
-      <c r="J22" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J22" s="15"/>
       <c r="K22" s="15">
-        <v>0.02435</v>
+        <v>0.31534</v>
       </c>
       <c r="L22" s="15">
-        <v>0.0211</v>
+        <v>0.26279</v>
       </c>
       <c r="M22" s="15">
-        <v>0.02029</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25228</v>
+      </c>
+      <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E23" s="15">
-        <v>10080056481</v>
+        <v>10080039458</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.0372</v>
+        <v>0.02435</v>
       </c>
       <c r="L23" s="15">
-        <v>0.03224</v>
+        <v>0.0211</v>
       </c>
       <c r="M23" s="15">
-        <v>0.031</v>
-[...1 lines deleted...]
-      <c r="N23" s="15"/>
+        <v>0.02029</v>
+      </c>
+      <c r="N23" s="15">
+        <v>22784</v>
+      </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>71</v>
+      </c>
+      <c r="E24" s="15">
+        <v>10080056481</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
-        <v>550</v>
+        <v>500</v>
       </c>
       <c r="K24" s="15">
-        <v>0.2855</v>
+        <v>0.0372</v>
       </c>
       <c r="L24" s="15">
-        <v>0.24743</v>
+        <v>0.03224</v>
       </c>
       <c r="M24" s="15">
-        <v>0.23791</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.031</v>
+      </c>
+      <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
-      <c r="Q24" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>10080058064</v>
+        <v>73</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>74</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
-        <v>74</v>
+        <v>550</v>
       </c>
       <c r="K25" s="15">
-        <v>0.21867</v>
+        <v>0.2855</v>
       </c>
       <c r="L25" s="15">
-        <v>0.18951</v>
+        <v>0.24743</v>
       </c>
       <c r="M25" s="15">
-        <v>0.18223</v>
+        <v>0.23791</v>
       </c>
       <c r="N25" s="15">
-        <v>4013</v>
+        <v>1089</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
-      <c r="Q25" s="15"/>
+      <c r="Q25" s="15">
+        <v>5500</v>
+      </c>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E26" s="15">
-        <v>10080032188</v>
+        <v>10080058064</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
-        <v>1000</v>
+        <v>74</v>
       </c>
       <c r="K26" s="15">
-        <v>0.0252</v>
+        <v>0.21867</v>
       </c>
       <c r="L26" s="15">
-        <v>0.02184</v>
+        <v>0.18951</v>
       </c>
       <c r="M26" s="15">
-        <v>0.021</v>
+        <v>0.18223</v>
       </c>
       <c r="N26" s="15">
-        <v>16820</v>
+        <v>4507</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="E27" s="15">
+        <v>10080032188</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.03102</v>
+        <v>0.0252</v>
       </c>
       <c r="L27" s="15">
-        <v>0.02688</v>
+        <v>0.02184</v>
       </c>
       <c r="M27" s="15">
-        <v>0.02585</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.021</v>
+      </c>
+      <c r="N27" s="15"/>
+      <c r="O27" s="15"/>
+      <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
-        <v>600</v>
+        <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.28527</v>
+        <v>0.03102</v>
       </c>
       <c r="L28" s="15">
-        <v>0.24723</v>
+        <v>0.02688</v>
       </c>
       <c r="M28" s="15">
-        <v>0.23773</v>
+        <v>0.02585</v>
       </c>
       <c r="N28" s="15">
-        <v>2884</v>
+        <v>2375</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="E29" s="15">
-        <v>10080066015</v>
+      <c r="E29" s="15" t="s">
+        <v>84</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="K29" s="15">
-        <v>0.04175</v>
+        <v>0.28527</v>
       </c>
       <c r="L29" s="15">
-        <v>0.03618</v>
+        <v>0.24723</v>
       </c>
       <c r="M29" s="15">
-        <v>0.03479</v>
+        <v>0.23773</v>
       </c>
       <c r="N29" s="15">
-        <v>8718</v>
+        <v>2884</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="E30" s="15" t="s">
         <v>86</v>
+      </c>
+      <c r="E30" s="15">
+        <v>10080066015</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K30" s="15">
-        <v>0.08833000000000001</v>
+        <v>0.04175</v>
       </c>
       <c r="L30" s="15">
-        <v>0.07409</v>
+        <v>0.03618</v>
       </c>
       <c r="M30" s="15">
-        <v>0.07124</v>
-[...1 lines deleted...]
-      <c r="N30" s="15"/>
+        <v>0.03479</v>
+      </c>
+      <c r="N30" s="15">
+        <v>7425</v>
+      </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="K31" s="15">
-        <v>0.03005</v>
+        <v>0.08833000000000001</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02604</v>
+        <v>0.07409</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02504</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07124</v>
+      </c>
+      <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.05024</v>
+        <v>0.03005</v>
       </c>
       <c r="L32" s="15">
-        <v>0.04354</v>
+        <v>0.02604</v>
       </c>
       <c r="M32" s="15">
-        <v>0.04186</v>
+        <v>0.02504</v>
       </c>
       <c r="N32" s="15">
-        <v>1338</v>
+        <v>3754</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
-        <v>49</v>
+        <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.20114</v>
+        <v>0.05024</v>
       </c>
       <c r="L33" s="15">
-        <v>0.19239</v>
+        <v>0.04354</v>
       </c>
       <c r="M33" s="15">
-        <v>0.18365</v>
-[...1 lines deleted...]
-      <c r="N33" s="15"/>
+        <v>0.04186</v>
+      </c>
+      <c r="N33" s="15">
+        <v>1323</v>
+      </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
-        <v>100</v>
+        <v>49</v>
       </c>
       <c r="K34" s="15">
-        <v>0.14785</v>
+        <v>0.20114</v>
       </c>
       <c r="L34" s="15">
-        <v>0.14785</v>
+        <v>0.19239</v>
       </c>
       <c r="M34" s="15">
-        <v>0.14785</v>
+        <v>0.18365</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="E35" s="15">
-        <v>10080049545</v>
+      <c r="E35" s="15" t="s">
+        <v>101</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K35" s="15">
-        <v>0.0381</v>
+        <v>0.14785</v>
       </c>
       <c r="L35" s="15">
-        <v>0.03302</v>
+        <v>0.14785</v>
       </c>
       <c r="M35" s="15">
-        <v>0.03175</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14785</v>
+      </c>
+      <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="E36" s="15" t="s">
         <v>103</v>
+      </c>
+      <c r="E36" s="15">
+        <v>10080049545</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
-        <v>0.10073</v>
+        <v>0.0381</v>
       </c>
       <c r="L36" s="15">
-        <v>0.0873</v>
+        <v>0.03302</v>
       </c>
       <c r="M36" s="15">
-        <v>0.08394</v>
-[...1 lines deleted...]
-      <c r="N36" s="15"/>
+        <v>0.03175</v>
+      </c>
+      <c r="N36" s="15">
+        <v>6169</v>
+      </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="E37" s="15">
-        <v>10080061094</v>
+      <c r="E37" s="15" t="s">
+        <v>106</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
-        <v>0.04374</v>
+        <v>0.10073</v>
       </c>
       <c r="L37" s="15">
-        <v>0.03791</v>
+        <v>0.0873</v>
       </c>
       <c r="M37" s="15">
-        <v>0.03645</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08394</v>
+      </c>
+      <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E38" s="15" t="s">
         <v>108</v>
+      </c>
+      <c r="E38" s="15">
+        <v>10080061094</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>42</v>
+        <v>500</v>
       </c>
       <c r="K38" s="15">
-        <v>0.24722</v>
+        <v>0.04374</v>
       </c>
       <c r="L38" s="15">
-        <v>0.21425</v>
+        <v>0.03791</v>
       </c>
       <c r="M38" s="15">
-        <v>0.20601</v>
+        <v>0.03645</v>
       </c>
       <c r="N38" s="15">
-        <v>5603</v>
+        <v>3256</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="E39" s="15">
-        <v>10080047585</v>
+      <c r="E39" s="15" t="s">
+        <v>111</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
-        <v>500</v>
+        <v>42</v>
       </c>
       <c r="K39" s="15">
-        <v>0.04239</v>
+        <v>0.24722</v>
       </c>
       <c r="L39" s="15">
-        <v>0.03674</v>
+        <v>0.21425</v>
       </c>
       <c r="M39" s="15">
-        <v>0.03533</v>
+        <v>0.20601</v>
       </c>
       <c r="N39" s="15">
-        <v>504</v>
-[...3 lines deleted...]
-      </c>
+        <v>6476</v>
+      </c>
+      <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E40" s="15">
-        <v>10080068145</v>
+        <v>10080047585</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
-        <v>36</v>
+        <v>500</v>
       </c>
       <c r="K40" s="15">
-        <v>0.34023</v>
+        <v>0.04239</v>
       </c>
       <c r="L40" s="15">
-        <v>0.29487</v>
+        <v>0.03674</v>
       </c>
       <c r="M40" s="15">
-        <v>0.28353</v>
+        <v>0.03533</v>
       </c>
       <c r="N40" s="15">
-        <v>6548</v>
+        <v>6546</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E41" s="15" t="s">
         <v>115</v>
+      </c>
+      <c r="E41" s="15">
+        <v>10080068145</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>500</v>
+        <v>36</v>
       </c>
       <c r="K41" s="15">
-        <v>0.04022</v>
+        <v>0.34023</v>
       </c>
       <c r="L41" s="15">
-        <v>0.03485</v>
+        <v>0.29487</v>
       </c>
       <c r="M41" s="15">
-        <v>0.03351</v>
+        <v>0.28353</v>
       </c>
       <c r="N41" s="15">
-        <v>397</v>
+        <v>5893</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="E42" s="15">
-        <v>10080018830</v>
+      <c r="E42" s="15" t="s">
+        <v>118</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K42" s="15">
-        <v>0.3066</v>
+        <v>0.04022</v>
       </c>
       <c r="L42" s="15">
-        <v>0.16286</v>
+        <v>0.03485</v>
       </c>
       <c r="M42" s="15">
-        <v>0.13893</v>
-[...1 lines deleted...]
-      <c r="N42" s="15"/>
+        <v>0.03351</v>
+      </c>
+      <c r="N42" s="15">
+        <v>116</v>
+      </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E43" s="15">
-        <v>10080009769</v>
+        <v>10080018830</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.35206</v>
+        <v>0.3066</v>
       </c>
       <c r="L43" s="15">
-        <v>0.20311</v>
+        <v>0.16286</v>
       </c>
       <c r="M43" s="15">
-        <v>0.1828</v>
+        <v>0.13893</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E44" s="15">
-        <v>10080055208</v>
+        <v>10080009769</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K44" s="15">
-        <v>0.2</v>
+        <v>0.35206</v>
       </c>
       <c r="L44" s="15">
-        <v>0.2</v>
+        <v>0.20311</v>
       </c>
       <c r="M44" s="15">
-        <v>0.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1828</v>
+      </c>
+      <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E45" s="15">
-        <v>10080056882</v>
+        <v>10080055208</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
-        <v>0.165</v>
+        <v>0.2</v>
       </c>
       <c r="L45" s="15">
-        <v>0.165</v>
+        <v>0.2</v>
       </c>
       <c r="M45" s="15">
-        <v>0.165</v>
+        <v>0.2</v>
       </c>
       <c r="N45" s="15">
-        <v>30498</v>
+        <v>31807</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E46" s="15">
-        <v>10080009771</v>
+        <v>10080056882</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I46" s="15"/>
-      <c r="J46" s="15"/>
+      <c r="J46" s="15">
+        <v>200</v>
+      </c>
       <c r="K46" s="15">
-        <v>0.47462</v>
+        <v>0.165</v>
       </c>
       <c r="L46" s="15">
-        <v>0.27383</v>
+        <v>0.165</v>
       </c>
       <c r="M46" s="15">
-        <v>0.24642</v>
-[...1 lines deleted...]
-      <c r="N46" s="15"/>
+        <v>0.165</v>
+      </c>
+      <c r="N46" s="15">
+        <v>28730</v>
+      </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E47" s="15">
-        <v>10080071547</v>
+        <v>10080009771</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
-        <v>0.56079</v>
+        <v>0.47462</v>
       </c>
       <c r="L47" s="15">
-        <v>0.46731</v>
+        <v>0.27383</v>
       </c>
       <c r="M47" s="15">
-        <v>0.44863</v>
+        <v>0.24642</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E48" s="15">
-        <v>10080009786</v>
+        <v>10080071547</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
-        <v>0.64924</v>
+        <v>0.56079</v>
       </c>
       <c r="L48" s="15">
-        <v>0.34491</v>
+        <v>0.46731</v>
       </c>
       <c r="M48" s="15">
-        <v>0.29419</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44863</v>
+      </c>
+      <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E49" s="15">
-        <v>10080027365</v>
+        <v>10080009786</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>49</v>
-[...6 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="I49" s="15"/>
+      <c r="J49" s="15"/>
       <c r="K49" s="15">
-        <v>0.7245</v>
+        <v>0.64924</v>
       </c>
       <c r="L49" s="15">
-        <v>0.49025</v>
+        <v>0.34491</v>
       </c>
       <c r="M49" s="15">
-        <v>0.4661</v>
-[...1 lines deleted...]
-      <c r="N49" s="15"/>
+        <v>0.29419</v>
+      </c>
+      <c r="N49" s="15">
+        <v>550</v>
+      </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15">
-        <v>10080037110</v>
+        <v>10080027365</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I50" s="15"/>
+        <v>53</v>
+      </c>
+      <c r="I50" s="15" t="s">
+        <v>135</v>
+      </c>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
-        <v>0.56302</v>
+        <v>0.7245</v>
       </c>
       <c r="L50" s="15">
-        <v>0.46168</v>
+        <v>0.49025</v>
       </c>
       <c r="M50" s="15">
-        <v>0.44291</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.4661</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15">
-        <v>10080048564</v>
+        <v>10080037110</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>50</v>
       </c>
       <c r="K51" s="15">
-        <v>0.69307</v>
+        <v>0.56302</v>
       </c>
       <c r="L51" s="15">
-        <v>0.39986</v>
+        <v>0.46168</v>
       </c>
       <c r="M51" s="15">
-        <v>0.35986</v>
-[...1 lines deleted...]
-      <c r="N51" s="15"/>
+        <v>0.44291</v>
+      </c>
+      <c r="N51" s="15">
+        <v>342</v>
+      </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E52" s="15">
-        <v>10080055215</v>
+        <v>10080048564</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
-        <v>0.55</v>
+        <v>0.69307</v>
       </c>
       <c r="L52" s="15">
-        <v>0.55</v>
+        <v>0.39986</v>
       </c>
       <c r="M52" s="15">
-        <v>0.55</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.35986</v>
+      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E53" s="15">
-        <v>10080016245</v>
+        <v>10080055215</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
-        <v>1.17</v>
+        <v>0.55</v>
       </c>
       <c r="L53" s="15">
-        <v>0.6728499999999999</v>
+        <v>0.55</v>
       </c>
       <c r="M53" s="15">
-        <v>0.6728499999999999</v>
-[...1 lines deleted...]
-      <c r="N53" s="15"/>
+        <v>0.55</v>
+      </c>
+      <c r="N53" s="15">
+        <v>27587</v>
+      </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E54" s="15">
-        <v>10080049184</v>
+        <v>10080016245</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>50</v>
       </c>
       <c r="K54" s="15">
-        <v>1.23</v>
+        <v>1.17</v>
       </c>
       <c r="L54" s="15">
-        <v>0.71246</v>
+        <v>0.6728499999999999</v>
       </c>
       <c r="M54" s="15">
-        <v>0.6412099999999999</v>
+        <v>0.6728499999999999</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E55" s="15">
-        <v>10080037111</v>
+        <v>10080049184</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="K55" s="15">
-        <v>2.2</v>
+        <v>1.23</v>
       </c>
       <c r="L55" s="15">
-        <v>1.27</v>
+        <v>0.71246</v>
       </c>
       <c r="M55" s="15">
-        <v>1.14</v>
+        <v>0.6412099999999999</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E56" s="15">
-        <v>10080055217</v>
+        <v>10080037111</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>300</v>
+        <v>30</v>
       </c>
       <c r="K56" s="15">
-        <v>0.066</v>
+        <v>2.2</v>
       </c>
       <c r="L56" s="15">
-        <v>0.066</v>
+        <v>1.27</v>
       </c>
       <c r="M56" s="15">
-        <v>0.066</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.14</v>
+      </c>
+      <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E57" s="15">
-        <v>10080044779</v>
+        <v>10080055217</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>49</v>
+        <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K57" s="15">
-        <v>0.14215</v>
+        <v>0.066</v>
       </c>
       <c r="L57" s="15">
-        <v>0.08202</v>
+        <v>0.066</v>
       </c>
       <c r="M57" s="15">
-        <v>0.07382</v>
-[...1 lines deleted...]
-      <c r="N57" s="15"/>
+        <v>0.066</v>
+      </c>
+      <c r="N57" s="15">
+        <v>7974</v>
+      </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E58" s="15">
-        <v>10080071548</v>
+        <v>10080044779</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I58" s="15"/>
-      <c r="J58" s="15"/>
+      <c r="J58" s="15">
+        <v>500</v>
+      </c>
       <c r="K58" s="15">
-        <v>0.31729</v>
+        <v>0.14215</v>
       </c>
       <c r="L58" s="15">
-        <v>0.2644</v>
+        <v>0.08202</v>
       </c>
       <c r="M58" s="15">
-        <v>0.25382</v>
+        <v>0.07382</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E59" s="15">
-        <v>10080038081</v>
+        <v>10080071548</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I59" s="15"/>
-      <c r="J59" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J59" s="15"/>
       <c r="K59" s="15">
-        <v>0.04127</v>
+        <v>0.31729</v>
       </c>
       <c r="L59" s="15">
-        <v>0.03576</v>
+        <v>0.2644</v>
       </c>
       <c r="M59" s="15">
-        <v>0.03439</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25382</v>
+      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
-        <v>10080064745</v>
+        <v>10080038081</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K60" s="15">
-        <v>0.0612</v>
+        <v>0.04127</v>
       </c>
       <c r="L60" s="15">
-        <v>0.05304</v>
+        <v>0.03576</v>
       </c>
       <c r="M60" s="15">
-        <v>0.051</v>
+        <v>0.03439</v>
       </c>
       <c r="N60" s="15">
-        <v>6724</v>
+        <v>10147</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15">
-        <v>10080073448</v>
+        <v>10080064745</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K61" s="15">
-        <v>0.43734</v>
+        <v>0.0612</v>
       </c>
       <c r="L61" s="15">
-        <v>0.37903</v>
+        <v>0.05304</v>
       </c>
       <c r="M61" s="15">
-        <v>0.36445</v>
+        <v>0.051</v>
       </c>
       <c r="N61" s="15">
-        <v>4600</v>
+        <v>6282</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E62" s="15">
-        <v>10080060642</v>
+        <v>10080073448</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>500</v>
       </c>
       <c r="K62" s="15">
-        <v>0.07113</v>
+        <v>0.43734</v>
       </c>
       <c r="L62" s="15">
-        <v>0.06165</v>
+        <v>0.37903</v>
       </c>
       <c r="M62" s="15">
-        <v>0.05928</v>
-[...1 lines deleted...]
-      <c r="N62" s="15"/>
+        <v>0.36445</v>
+      </c>
+      <c r="N62" s="15">
+        <v>3780</v>
+      </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E63" s="15">
-        <v>10080061640</v>
+        <v>10080060642</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K63" s="15">
-        <v>0.0461</v>
+        <v>0.07113</v>
       </c>
       <c r="L63" s="15">
-        <v>0.03995</v>
+        <v>0.06165</v>
       </c>
       <c r="M63" s="15">
-        <v>0.03841</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05928</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="E64" s="15" t="s">
         <v>163</v>
+      </c>
+      <c r="E64" s="15">
+        <v>10080061640</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>300</v>
       </c>
       <c r="K64" s="15">
-        <v>0.0747</v>
+        <v>0.0461</v>
       </c>
       <c r="L64" s="15">
-        <v>0.07146</v>
+        <v>0.03995</v>
       </c>
       <c r="M64" s="15">
-        <v>0.06821000000000001</v>
-[...1 lines deleted...]
-      <c r="N64" s="15"/>
+        <v>0.03841</v>
+      </c>
+      <c r="N64" s="15">
+        <v>590</v>
+      </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
-      <c r="Q64" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="E65" s="15">
-        <v>10080075044</v>
+      <c r="E65" s="15" t="s">
+        <v>166</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>500</v>
+        <v>300</v>
       </c>
       <c r="K65" s="15">
-        <v>0.05126</v>
+        <v>0.0747</v>
       </c>
       <c r="L65" s="15">
-        <v>0.04442</v>
+        <v>0.07146</v>
       </c>
       <c r="M65" s="15">
-        <v>0.04271</v>
-[...10 lines deleted...]
-      <c r="Q65" s="15"/>
+        <v>0.06821000000000001</v>
+      </c>
+      <c r="N65" s="15"/>
+      <c r="O65" s="15"/>
+      <c r="P65" s="15"/>
+      <c r="Q65" s="15">
+        <v>3000</v>
+      </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E66" s="15">
-        <v>10080066333</v>
+        <v>10080075044</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>500</v>
       </c>
       <c r="K66" s="15">
-        <v>0.06318</v>
+        <v>0.05126</v>
       </c>
       <c r="L66" s="15">
-        <v>0.05476</v>
+        <v>0.04442</v>
       </c>
       <c r="M66" s="15">
-        <v>0.05265</v>
+        <v>0.04271</v>
       </c>
       <c r="N66" s="15">
-        <v>7042</v>
+        <v>4260</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E67" s="15">
-        <v>10080039454</v>
+        <v>10080066333</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
-        <v>0.09705</v>
+        <v>0.06318</v>
       </c>
       <c r="L67" s="15">
-        <v>0.06095</v>
+        <v>0.05476</v>
       </c>
       <c r="M67" s="15">
-        <v>0.05495</v>
-[...1 lines deleted...]
-      <c r="N67" s="15"/>
+        <v>0.05265</v>
+      </c>
+      <c r="N67" s="15">
+        <v>6807</v>
+      </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E68" s="15">
-        <v>10080026560</v>
+        <v>10080039454</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
-        <v>0.0678</v>
+        <v>0.09705</v>
       </c>
       <c r="L68" s="15">
-        <v>0.05876</v>
+        <v>0.06095</v>
       </c>
       <c r="M68" s="15">
-        <v>0.0565</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05495</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E69" s="15">
-        <v>10080038082</v>
+        <v>10080026560</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>200</v>
+        <v>500</v>
       </c>
       <c r="K69" s="15">
-        <v>0.10622</v>
+        <v>0.0678</v>
       </c>
       <c r="L69" s="15">
-        <v>0.09205000000000001</v>
+        <v>0.05876</v>
       </c>
       <c r="M69" s="15">
-        <v>0.08851000000000001</v>
+        <v>0.0565</v>
       </c>
       <c r="N69" s="15">
-        <v>216</v>
+        <v>918</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="E70" s="15" t="s">
         <v>176</v>
+      </c>
+      <c r="E70" s="15">
+        <v>10080038082</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="K70" s="15">
-        <v>0.08142000000000001</v>
+        <v>0.10622</v>
       </c>
       <c r="L70" s="15">
-        <v>0.07056</v>
+        <v>0.09205000000000001</v>
       </c>
       <c r="M70" s="15">
-        <v>0.06784999999999999</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.08851000000000001</v>
+      </c>
+      <c r="N70" s="15">
+        <v>262</v>
+      </c>
+      <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="E71" s="15">
-        <v>10080038476</v>
+      <c r="E71" s="15" t="s">
+        <v>179</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K71" s="15">
-        <v>0.08139</v>
+        <v>0.08142000000000001</v>
       </c>
       <c r="L71" s="15">
-        <v>0.07054000000000001</v>
+        <v>0.07056</v>
       </c>
       <c r="M71" s="15">
-        <v>0.06783</v>
+        <v>0.06784999999999999</v>
       </c>
       <c r="N71" s="15">
-        <v>1875</v>
+        <v>115</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="E72" s="15" t="s">
         <v>181</v>
+      </c>
+      <c r="E72" s="15">
+        <v>10080038476</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K72" s="15">
-        <v>0.16696</v>
+        <v>0.08139</v>
       </c>
       <c r="L72" s="15">
-        <v>0.1208</v>
+        <v>0.07054000000000001</v>
       </c>
       <c r="M72" s="15">
-        <v>0.10541</v>
+        <v>0.06783</v>
       </c>
       <c r="N72" s="15">
-        <v>3742</v>
+        <v>1875</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="E73" s="15">
-        <v>10080068146</v>
+      <c r="E73" s="15" t="s">
+        <v>184</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>14</v>
+        <v>200</v>
       </c>
       <c r="K73" s="15">
-        <v>0.69585</v>
+        <v>0.16696</v>
       </c>
       <c r="L73" s="15">
-        <v>0.60307</v>
+        <v>0.1208</v>
       </c>
       <c r="M73" s="15">
-        <v>0.57988</v>
+        <v>0.10541</v>
       </c>
       <c r="N73" s="15">
-        <v>621</v>
+        <v>3742</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="E74" s="15" t="s">
         <v>186</v>
+      </c>
+      <c r="E74" s="15">
+        <v>10080068146</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>200</v>
+        <v>14</v>
       </c>
       <c r="K74" s="15">
-        <v>0.1853</v>
+        <v>0.69585</v>
       </c>
       <c r="L74" s="15">
-        <v>0.15542</v>
+        <v>0.60307</v>
       </c>
       <c r="M74" s="15">
-        <v>0.14944</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.57988</v>
+      </c>
+      <c r="N74" s="15">
+        <v>548</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K75" s="15">
-        <v>0.14163</v>
+        <v>0.1853</v>
       </c>
       <c r="L75" s="15">
-        <v>0.12275</v>
+        <v>0.15542</v>
       </c>
       <c r="M75" s="15">
-        <v>0.11803</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.14944</v>
+      </c>
+      <c r="N75" s="15"/>
+      <c r="O75" s="15"/>
       <c r="P75" s="15"/>
-      <c r="Q75" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>1.13</v>
+        <v>0.14163</v>
       </c>
       <c r="L76" s="15">
-        <v>0.9486</v>
+        <v>0.12275</v>
       </c>
       <c r="M76" s="15">
-        <v>0.91211</v>
-[...1 lines deleted...]
-      <c r="N76" s="15"/>
+        <v>0.11803</v>
+      </c>
+      <c r="N76" s="15">
+        <v>285</v>
+      </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
-      <c r="Q76" s="15"/>
+      <c r="Q76" s="15">
+        <v>10000</v>
+      </c>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="E77" s="15">
-        <v>10000011582</v>
+      <c r="E77" s="15" t="s">
+        <v>195</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.13088</v>
+        <v>1.13</v>
       </c>
       <c r="L77" s="15">
-        <v>0.11343</v>
+        <v>0.9486</v>
       </c>
       <c r="M77" s="15">
-        <v>0.10906</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.91211</v>
+      </c>
+      <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="E78" s="15" t="s">
-        <v>198</v>
+      <c r="E78" s="15">
+        <v>10000011582</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I78" s="15"/>
+        <v>37</v>
+      </c>
+      <c r="I78" s="15" t="s">
+        <v>198</v>
+      </c>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
-        <v>0.26385</v>
+        <v>0.13088</v>
       </c>
       <c r="L78" s="15">
-        <v>0.22867</v>
+        <v>0.11343</v>
       </c>
       <c r="M78" s="15">
-        <v>0.21988</v>
+        <v>0.10906</v>
       </c>
       <c r="N78" s="15">
-        <v>1524</v>
-[...3 lines deleted...]
-      </c>
+        <v>38312</v>
+      </c>
+      <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="E79" s="15">
-        <v>10000011583</v>
+      <c r="E79" s="15" t="s">
+        <v>201</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
-        <v>0.23058</v>
+        <v>0.26385</v>
       </c>
       <c r="L79" s="15">
-        <v>0.19984</v>
+        <v>0.22867</v>
       </c>
       <c r="M79" s="15">
-        <v>0.19215</v>
+        <v>0.21988</v>
       </c>
       <c r="N79" s="15">
-        <v>17715</v>
+        <v>1385</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E80" s="15">
-        <v>10080010531</v>
+        <v>10000011583</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
-        <v>0.1673</v>
+        <v>0.23058</v>
       </c>
       <c r="L80" s="15">
-        <v>0.14499</v>
+        <v>0.19984</v>
       </c>
       <c r="M80" s="15">
-        <v>0.13941</v>
+        <v>0.19215</v>
       </c>
       <c r="N80" s="15">
-        <v>2117</v>
+        <v>22296</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E81" s="15">
-        <v>10080000088</v>
+        <v>10080010531</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>7</v>
+        <v>100</v>
       </c>
       <c r="K81" s="15">
-        <v>1.39</v>
+        <v>0.1673</v>
       </c>
       <c r="L81" s="15">
-        <v>1.21</v>
+        <v>0.14499</v>
       </c>
       <c r="M81" s="15">
-        <v>1.16</v>
+        <v>0.13941</v>
       </c>
       <c r="N81" s="15">
-        <v>1557</v>
+        <v>2199</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E82" s="15">
-        <v>10080070194</v>
+        <v>10080000088</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="K82" s="15">
-        <v>1.55</v>
+        <v>1.39</v>
       </c>
       <c r="L82" s="15">
-        <v>1.29</v>
+        <v>1.21</v>
       </c>
       <c r="M82" s="15">
-        <v>1.24</v>
-[...1 lines deleted...]
-      <c r="N82" s="15"/>
+        <v>1.16</v>
+      </c>
+      <c r="N82" s="15">
+        <v>1458</v>
+      </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="E83" s="15" t="s">
         <v>209</v>
+      </c>
+      <c r="E83" s="15">
+        <v>10080070194</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
-      <c r="H83" s="15"/>
+      <c r="H83" s="15" t="s">
+        <v>37</v>
+      </c>
       <c r="I83" s="15"/>
-      <c r="J83" s="15"/>
+      <c r="J83" s="15">
+        <v>50</v>
+      </c>
       <c r="K83" s="15">
-        <v>2.62</v>
+        <v>1.55</v>
       </c>
       <c r="L83" s="15">
-        <v>1.36</v>
+        <v>1.29</v>
       </c>
       <c r="M83" s="15">
-        <v>1.31</v>
+        <v>1.24</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="E84" s="15">
-        <v>10080052296</v>
+      <c r="E84" s="15" t="s">
+        <v>212</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
-      <c r="H84" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H84" s="15"/>
       <c r="I84" s="15"/>
-      <c r="J84" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J84" s="15"/>
       <c r="K84" s="15">
-        <v>0.30697</v>
+        <v>2.62</v>
       </c>
       <c r="L84" s="15">
-        <v>0.17809</v>
+        <v>1.36</v>
       </c>
       <c r="M84" s="15">
-        <v>0.16052</v>
+        <v>1.31</v>
       </c>
       <c r="N84" s="15"/>
-      <c r="O84" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O84" s="15"/>
+      <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D85" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="15">
-        <v>10000018215</v>
+        <v>10080052296</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>33</v>
+        <v>215</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
-        <v>0.62981</v>
+        <v>0.30697</v>
       </c>
       <c r="L85" s="15">
-        <v>0.54583</v>
+        <v>0.17809</v>
       </c>
       <c r="M85" s="15">
-        <v>0.52484</v>
+        <v>0.16052</v>
       </c>
       <c r="N85" s="15">
-        <v>3402</v>
+        <v>790</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="E86" s="15" t="s">
-        <v>218</v>
+      <c r="E86" s="15">
+        <v>10000018215</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K86" s="15">
-        <v>0.35718</v>
+        <v>0.62981</v>
       </c>
       <c r="L86" s="15">
-        <v>0.28205</v>
+        <v>0.54583</v>
       </c>
       <c r="M86" s="15">
-        <v>0.26481</v>
-[...1 lines deleted...]
-      <c r="N86" s="15"/>
+        <v>0.52484</v>
+      </c>
+      <c r="N86" s="15">
+        <v>3072</v>
+      </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="K87" s="15">
-        <v>0.11747</v>
+        <v>0.35718</v>
       </c>
       <c r="L87" s="15">
-        <v>0.1018</v>
+        <v>0.28205</v>
       </c>
       <c r="M87" s="15">
-        <v>0.09789</v>
+        <v>0.26481</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080066738</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.13065</v>
+        <v>0.11747</v>
       </c>
       <c r="L88" s="15">
-        <v>0.11323</v>
+        <v>0.1018</v>
       </c>
       <c r="M88" s="15">
-        <v>0.10888</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09789</v>
+      </c>
+      <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E89" s="15">
-        <v>10080066739</v>
+        <v>10080066738</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.15171</v>
+        <v>0.13065</v>
       </c>
       <c r="L89" s="15">
-        <v>0.12643</v>
+        <v>0.11323</v>
       </c>
       <c r="M89" s="15">
-        <v>0.12137</v>
-[...1 lines deleted...]
-      <c r="N89" s="15"/>
+        <v>0.10888</v>
+      </c>
+      <c r="N89" s="15">
+        <v>3200</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E90" s="15">
-        <v>10080070707</v>
+        <v>10080066739</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I90" s="15"/>
-      <c r="J90" s="15"/>
+      <c r="J90" s="15">
+        <v>1000</v>
+      </c>
       <c r="K90" s="15">
-        <v>0.09056</v>
+        <v>0.15171</v>
       </c>
       <c r="L90" s="15">
-        <v>0.07547</v>
+        <v>0.12643</v>
       </c>
       <c r="M90" s="15">
-        <v>0.07245</v>
+        <v>0.12137</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="E91" s="15" t="s">
-        <v>230</v>
+      <c r="E91" s="15">
+        <v>10080070707</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I91" s="15"/>
-      <c r="J91" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J91" s="15"/>
       <c r="K91" s="15">
-        <v>0.12449</v>
+        <v>0.09056</v>
       </c>
       <c r="L91" s="15">
-        <v>0.10789</v>
+        <v>0.07547</v>
       </c>
       <c r="M91" s="15">
-        <v>0.10374</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07245</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>400</v>
+        <v>1000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.08562</v>
+        <v>0.12449</v>
       </c>
       <c r="L92" s="15">
-        <v>0.0742</v>
+        <v>0.10789</v>
       </c>
       <c r="M92" s="15">
-        <v>0.07135</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.10374</v>
+      </c>
+      <c r="N92" s="15">
+        <v>971</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080071162</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I93" s="15"/>
-      <c r="J93" s="15"/>
+      <c r="J93" s="15">
+        <v>400</v>
+      </c>
       <c r="K93" s="15">
-        <v>0.13182</v>
+        <v>0.08562</v>
       </c>
       <c r="L93" s="15">
-        <v>0.11424</v>
+        <v>0.0742</v>
       </c>
       <c r="M93" s="15">
-        <v>0.10985</v>
+        <v>0.07135</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="E94" s="15" t="s">
-        <v>238</v>
+      <c r="E94" s="15">
+        <v>10080071162</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
-        <v>0.39969</v>
+        <v>0.13182</v>
       </c>
       <c r="L94" s="15">
-        <v>0.3464</v>
+        <v>0.11424</v>
       </c>
       <c r="M94" s="15">
-        <v>0.33308</v>
+        <v>0.10985</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
-      <c r="Q94" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080045609</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I95" s="15"/>
-      <c r="J95" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J95" s="15"/>
       <c r="K95" s="15">
-        <v>0.22228</v>
+        <v>0.39969</v>
       </c>
       <c r="L95" s="15">
-        <v>0.18228</v>
+        <v>0.3464</v>
       </c>
       <c r="M95" s="15">
-        <v>0.17487</v>
+        <v>0.33308</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
-      <c r="Q95" s="15"/>
+      <c r="Q95" s="15">
+        <v>10000</v>
+      </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="E96" s="15" t="s">
-        <v>243</v>
+      <c r="E96" s="15">
+        <v>10080045609</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>300</v>
       </c>
       <c r="K96" s="15">
-        <v>0.17646</v>
+        <v>0.22228</v>
       </c>
       <c r="L96" s="15">
-        <v>0.15293</v>
+        <v>0.18228</v>
       </c>
       <c r="M96" s="15">
-        <v>0.14705</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17487</v>
+      </c>
+      <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080045610</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
-        <v>0.2453</v>
+        <v>0.17646</v>
       </c>
       <c r="L97" s="15">
-        <v>0.20115</v>
+        <v>0.15293</v>
       </c>
       <c r="M97" s="15">
-        <v>0.19296</v>
-[...1 lines deleted...]
-      <c r="N97" s="15"/>
+        <v>0.14705</v>
+      </c>
+      <c r="N97" s="15">
+        <v>1269</v>
+      </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="E98" s="15" t="s">
-        <v>248</v>
+      <c r="E98" s="15">
+        <v>10080045610</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>300</v>
       </c>
       <c r="K98" s="15">
-        <v>0.17667</v>
+        <v>0.2453</v>
       </c>
       <c r="L98" s="15">
-        <v>0.15311</v>
+        <v>0.20115</v>
       </c>
       <c r="M98" s="15">
-        <v>0.14723</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19296</v>
+      </c>
+      <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080055218</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>300</v>
       </c>
       <c r="K99" s="15">
-        <v>0.20596</v>
+        <v>0.17667</v>
       </c>
       <c r="L99" s="15">
-        <v>0.20596</v>
+        <v>0.15311</v>
       </c>
       <c r="M99" s="15">
-        <v>0.20596</v>
+        <v>0.14723</v>
       </c>
       <c r="N99" s="15">
-        <v>2767</v>
+        <v>468</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>252</v>
       </c>
       <c r="E100" s="15">
-        <v>10080055214</v>
+        <v>10080055218</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K100" s="15">
-        <v>0.34856</v>
+        <v>0.20596</v>
       </c>
       <c r="L100" s="15">
-        <v>0.30208</v>
+        <v>0.20596</v>
       </c>
       <c r="M100" s="15">
-        <v>0.29046</v>
+        <v>0.20596</v>
       </c>
       <c r="N100" s="15">
-        <v>2620</v>
+        <v>2989</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E101" s="15">
-        <v>10080037529</v>
+        <v>10080055214</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I101" s="15"/>
-      <c r="J101" s="15"/>
+      <c r="J101" s="15">
+        <v>200</v>
+      </c>
       <c r="K101" s="15">
-        <v>0.32987</v>
+        <v>0.34856</v>
       </c>
       <c r="L101" s="15">
-        <v>0.2309</v>
+        <v>0.30208</v>
       </c>
       <c r="M101" s="15">
-        <v>0.21441</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>0.29046</v>
+      </c>
+      <c r="N101" s="15">
+        <v>1493</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E102" s="15">
-        <v>10080055219</v>
+        <v>10080037529</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I102" s="15"/>
-      <c r="J102" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J102" s="15"/>
       <c r="K102" s="15">
-        <v>0.44504</v>
+        <v>0.32987</v>
       </c>
       <c r="L102" s="15">
-        <v>0.25819</v>
+        <v>0.2309</v>
       </c>
       <c r="M102" s="15">
-        <v>0.23271</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21441</v>
+      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="E103" s="15" t="s">
-        <v>259</v>
+      <c r="E103" s="15">
+        <v>10080055219</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15"/>
+      <c r="J103" s="15">
+        <v>100</v>
+      </c>
       <c r="K103" s="15">
-        <v>1.29</v>
+        <v>0.44504</v>
       </c>
       <c r="L103" s="15">
-        <v>1.08</v>
+        <v>0.25819</v>
       </c>
       <c r="M103" s="15">
-        <v>1.04</v>
-[...1 lines deleted...]
-      <c r="N103" s="15"/>
+        <v>0.23271</v>
+      </c>
+      <c r="N103" s="15">
+        <v>32</v>
+      </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012691</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I104" s="15"/>
-      <c r="J104" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J104" s="15"/>
       <c r="K104" s="15">
-        <v>0.6942199999999999</v>
+        <v>1.29</v>
       </c>
       <c r="L104" s="15">
-        <v>0.50227</v>
+        <v>1.08</v>
       </c>
       <c r="M104" s="15">
-        <v>0.43829</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.04</v>
+      </c>
+      <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="E105" s="15" t="s">
-        <v>264</v>
+      <c r="E105" s="15">
+        <v>10080012691</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>50</v>
       </c>
       <c r="K105" s="15">
-        <v>1.47</v>
+        <v>0.6942199999999999</v>
       </c>
       <c r="L105" s="15">
-        <v>1.06</v>
+        <v>0.50227</v>
       </c>
       <c r="M105" s="15">
-        <v>0.92797</v>
+        <v>0.43829</v>
       </c>
       <c r="N105" s="15">
-        <v>307</v>
+        <v>433</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>50</v>
       </c>
       <c r="K106" s="15">
-        <v>1.23</v>
+        <v>1.47</v>
       </c>
       <c r="L106" s="15">
-        <v>0.94837</v>
+        <v>1.06</v>
       </c>
       <c r="M106" s="15">
-        <v>0.86216</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.92797</v>
+      </c>
+      <c r="N106" s="15">
+        <v>307</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000018216</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>50</v>
       </c>
       <c r="K107" s="15">
-        <v>1.47</v>
+        <v>1.23</v>
       </c>
       <c r="L107" s="15">
-        <v>0.78049</v>
+        <v>0.94837</v>
       </c>
       <c r="M107" s="15">
-        <v>0.66571</v>
+        <v>0.86216</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E108" s="15">
-        <v>10080010533</v>
+        <v>10000018216</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>50</v>
       </c>
       <c r="K108" s="15">
-        <v>1.43</v>
+        <v>1.47</v>
       </c>
       <c r="L108" s="15">
-        <v>1.13</v>
+        <v>0.78049</v>
       </c>
       <c r="M108" s="15">
-        <v>1.07</v>
+        <v>0.66571</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="E109" s="15" t="s">
-        <v>274</v>
+      <c r="E109" s="15">
+        <v>10080010533</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
-        <v>0.87481</v>
+        <v>1.43</v>
       </c>
       <c r="L109" s="15">
-        <v>0.87481</v>
+        <v>1.13</v>
       </c>
       <c r="M109" s="15">
-        <v>0.87481</v>
+        <v>1.07</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080055213</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>50</v>
       </c>
       <c r="K110" s="15">
-        <v>0.9162</v>
+        <v>0.87481</v>
       </c>
       <c r="L110" s="15">
-        <v>0.79404</v>
+        <v>0.87481</v>
       </c>
       <c r="M110" s="15">
-        <v>0.7635</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.87481</v>
+      </c>
+      <c r="N110" s="15"/>
+      <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E111" s="15">
-        <v>10080031557</v>
+        <v>10080055213</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>50</v>
       </c>
       <c r="K111" s="15">
-        <v>0.60533</v>
+        <v>0.9162</v>
       </c>
       <c r="L111" s="15">
-        <v>0.52462</v>
+        <v>0.79404</v>
       </c>
       <c r="M111" s="15">
-        <v>0.50444</v>
+        <v>0.7635</v>
       </c>
       <c r="N111" s="15">
-        <v>326</v>
+        <v>1037</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>279</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E112" s="15">
-        <v>10080048460</v>
+        <v>10080031557</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K112" s="15">
-        <v>0.71</v>
+        <v>0.60533</v>
       </c>
       <c r="L112" s="15">
-        <v>0.71</v>
+        <v>0.52462</v>
       </c>
       <c r="M112" s="15">
-        <v>0.71</v>
+        <v>0.50444</v>
       </c>
       <c r="N112" s="15">
-        <v>4222</v>
+        <v>379</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>281</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E113" s="15">
-        <v>10080007225</v>
+        <v>10080048460</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I113" s="15"/>
-      <c r="J113" s="15"/>
+      <c r="J113" s="15">
+        <v>40</v>
+      </c>
       <c r="K113" s="15">
-        <v>0.7119</v>
+        <v>0.71</v>
       </c>
       <c r="L113" s="15">
-        <v>0.3695</v>
+        <v>0.71</v>
       </c>
       <c r="M113" s="15">
-        <v>0.35595</v>
-[...1 lines deleted...]
-      <c r="N113" s="15"/>
+        <v>0.71</v>
+      </c>
+      <c r="N113" s="15">
+        <v>3682</v>
+      </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E114" s="15">
-        <v>10080031828</v>
+        <v>10080007225</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>33</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I114" s="15"/>
+      <c r="J114" s="15"/>
       <c r="K114" s="15">
-        <v>0.00792</v>
+        <v>0.7119</v>
       </c>
       <c r="L114" s="15">
-        <v>0.00686</v>
+        <v>0.3695</v>
       </c>
       <c r="M114" s="15">
-        <v>0.0066</v>
+        <v>0.35595</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="D115" s="15" t="s">
-[...3 lines deleted...]
-        <v>288</v>
+      <c r="E115" s="15">
+        <v>10080031828</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I115" s="15"/>
+        <v>37</v>
+      </c>
+      <c r="I115" s="15" t="s">
+        <v>287</v>
+      </c>
       <c r="J115" s="15">
         <v>3000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.00878</v>
+        <v>0.00792</v>
       </c>
       <c r="L115" s="15">
-        <v>0.00761</v>
+        <v>0.00686</v>
       </c>
       <c r="M115" s="15">
-        <v>0.00731</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0066</v>
+      </c>
+      <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
-      <c r="Q115" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039455</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.01215</v>
+        <v>0.00878</v>
       </c>
       <c r="L116" s="15">
-        <v>0.01053</v>
+        <v>0.00761</v>
       </c>
       <c r="M116" s="15">
-        <v>0.01013</v>
+        <v>0.00731</v>
       </c>
       <c r="N116" s="15">
-        <v>24318</v>
+        <v>4443</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
-      <c r="Q116" s="15"/>
+      <c r="Q116" s="15">
+        <v>360000</v>
+      </c>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>291</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="E117" s="15" t="s">
-        <v>293</v>
+      <c r="E117" s="15">
+        <v>10080039455</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.01197</v>
+        <v>0.01215</v>
       </c>
       <c r="L117" s="15">
-        <v>0.01037</v>
+        <v>0.01053</v>
       </c>
       <c r="M117" s="15">
-        <v>0.009979999999999999</v>
+        <v>0.01013</v>
       </c>
       <c r="N117" s="15">
-        <v>5605</v>
+        <v>17409</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D118" s="15" t="s">
+      <c r="E118" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080051535</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>600</v>
+        <v>2000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.07577</v>
+        <v>0.01197</v>
       </c>
       <c r="L118" s="15">
-        <v>0.06566</v>
+        <v>0.01037</v>
       </c>
       <c r="M118" s="15">
-        <v>0.06314</v>
+        <v>0.009979999999999999</v>
       </c>
       <c r="N118" s="15">
-        <v>96</v>
+        <v>6939</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E119" s="15">
-        <v>10080067515</v>
+        <v>10080051535</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="K119" s="15">
-        <v>0.02565</v>
+        <v>0.07577</v>
       </c>
       <c r="L119" s="15">
-        <v>0.01856</v>
+        <v>0.06566</v>
       </c>
       <c r="M119" s="15">
-        <v>0.01619</v>
-[...1 lines deleted...]
-      <c r="N119" s="15"/>
+        <v>0.06314</v>
+      </c>
+      <c r="N119" s="15">
+        <v>96</v>
+      </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>299</v>
       </c>
-      <c r="E120" s="15" t="s">
-        <v>300</v>
+      <c r="E120" s="15">
+        <v>10080067515</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.01674</v>
+        <v>0.02565</v>
       </c>
       <c r="L120" s="15">
-        <v>0.01451</v>
+        <v>0.01856</v>
       </c>
       <c r="M120" s="15">
-        <v>0.01395</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01619</v>
+      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.02</v>
+        <v>0.01674</v>
       </c>
       <c r="L121" s="15">
-        <v>0.01733</v>
+        <v>0.01451</v>
       </c>
       <c r="M121" s="15">
-        <v>0.01666</v>
+        <v>0.01395</v>
       </c>
       <c r="N121" s="15">
-        <v>1540</v>
+        <v>4737</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I122" s="15"/>
-      <c r="J122" s="15"/>
+      <c r="J122" s="15">
+        <v>1500</v>
+      </c>
       <c r="K122" s="15">
-        <v>0.05789</v>
+        <v>0.02</v>
       </c>
       <c r="L122" s="15">
-        <v>0.05017</v>
+        <v>0.01733</v>
       </c>
       <c r="M122" s="15">
-        <v>0.04824</v>
-[...1 lines deleted...]
-      <c r="N122" s="15"/>
+        <v>0.01666</v>
+      </c>
+      <c r="N122" s="15">
+        <v>1200</v>
+      </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="D123" s="15" t="s">
+      <c r="E123" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080031829</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I123" s="15"/>
-      <c r="J123" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J123" s="15"/>
       <c r="K123" s="15">
-        <v>0.02009</v>
+        <v>0.05789</v>
       </c>
       <c r="L123" s="15">
-        <v>0.01741</v>
+        <v>0.05017</v>
       </c>
       <c r="M123" s="15">
-        <v>0.01674</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04824</v>
+      </c>
+      <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E124" s="15">
-        <v>10080074781</v>
+        <v>10080031829</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K124" s="15">
-        <v>0.03937</v>
+        <v>0.02009</v>
       </c>
       <c r="L124" s="15">
-        <v>0.03302</v>
+        <v>0.01741</v>
       </c>
       <c r="M124" s="15">
-        <v>0.03175</v>
-[...1 lines deleted...]
-      <c r="N124" s="15"/>
+        <v>0.01674</v>
+      </c>
+      <c r="N124" s="15">
+        <v>714</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>311</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="E125" s="15" t="s">
-        <v>313</v>
+      <c r="E125" s="15">
+        <v>10080074781</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>60</v>
+        <v>1000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.06213</v>
+        <v>0.03937</v>
       </c>
       <c r="L125" s="15">
-        <v>0.05943</v>
+        <v>0.03302</v>
       </c>
       <c r="M125" s="15">
-        <v>0.05673</v>
+        <v>0.03175</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>700</v>
+        <v>60</v>
       </c>
       <c r="K126" s="15">
-        <v>0.15094</v>
+        <v>0.06213</v>
       </c>
       <c r="L126" s="15">
-        <v>0.12659</v>
+        <v>0.05943</v>
       </c>
       <c r="M126" s="15">
-        <v>0.12173</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05673</v>
+      </c>
+      <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080064688</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>1500</v>
+        <v>700</v>
       </c>
       <c r="K127" s="15">
-        <v>0.02561</v>
+        <v>0.15094</v>
       </c>
       <c r="L127" s="15">
-        <v>0.02219</v>
+        <v>0.12659</v>
       </c>
       <c r="M127" s="15">
-        <v>0.02134</v>
+        <v>0.12173</v>
       </c>
       <c r="N127" s="15">
-        <v>9121</v>
+        <v>358</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E128" s="15">
-        <v>10080066752</v>
+        <v>10080064688</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K128" s="15">
-        <v>0.03523</v>
+        <v>0.02561</v>
       </c>
       <c r="L128" s="15">
-        <v>0.02955</v>
+        <v>0.02219</v>
       </c>
       <c r="M128" s="15">
-        <v>0.02841</v>
-[...1 lines deleted...]
-      <c r="N128" s="15"/>
+        <v>0.02134</v>
+      </c>
+      <c r="N128" s="15">
+        <v>5614</v>
+      </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>322</v>
       </c>
       <c r="E129" s="15">
-        <v>10080061335</v>
+        <v>10080066752</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>1000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.01778</v>
+        <v>0.03523</v>
       </c>
       <c r="L129" s="15">
-        <v>0.01541</v>
+        <v>0.02955</v>
       </c>
       <c r="M129" s="15">
-        <v>0.01481</v>
+        <v>0.02841</v>
       </c>
       <c r="N129" s="15"/>
-      <c r="O129" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O129" s="15"/>
+      <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="E130" s="15" t="s">
-        <v>325</v>
+      <c r="E130" s="15">
+        <v>10080061335</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.02885</v>
+        <v>0.01778</v>
       </c>
       <c r="L130" s="15">
-        <v>0.025</v>
+        <v>0.01541</v>
       </c>
       <c r="M130" s="15">
-        <v>0.02404</v>
+        <v>0.01481</v>
       </c>
       <c r="N130" s="15">
-        <v>286</v>
+        <v>2490</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>326</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080074677</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K131" s="15">
-        <v>0.03321</v>
+        <v>0.02885</v>
       </c>
       <c r="L131" s="15">
-        <v>0.02878</v>
+        <v>0.025</v>
       </c>
       <c r="M131" s="15">
-        <v>0.02768</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.02404</v>
+      </c>
+      <c r="N131" s="15">
+        <v>235</v>
+      </c>
+      <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E132" s="15">
-        <v>10080049531</v>
+        <v>10080074677</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.04073</v>
+        <v>0.03321</v>
       </c>
       <c r="L132" s="15">
-        <v>0.03284</v>
+        <v>0.02878</v>
       </c>
       <c r="M132" s="15">
-        <v>0.03153</v>
-[...1 lines deleted...]
-      <c r="N132" s="15"/>
+        <v>0.02768</v>
+      </c>
+      <c r="N132" s="15">
+        <v>370</v>
+      </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>330</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="E133" s="15" t="s">
-        <v>332</v>
+      <c r="E133" s="15">
+        <v>10080049531</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.05082</v>
+        <v>0.04073</v>
       </c>
       <c r="L133" s="15">
-        <v>0.03677</v>
+        <v>0.03284</v>
       </c>
       <c r="M133" s="15">
-        <v>0.03209</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03153</v>
+      </c>
+      <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.03254</v>
+        <v>0.05082</v>
       </c>
       <c r="L134" s="15">
-        <v>0.0282</v>
+        <v>0.03677</v>
       </c>
       <c r="M134" s="15">
-        <v>0.02711</v>
+        <v>0.03209</v>
       </c>
       <c r="N134" s="15">
-        <v>3560</v>
+        <v>1933</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D135" s="15" t="s">
+      <c r="E135" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080074782</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.07481</v>
+        <v>0.03254</v>
       </c>
       <c r="L135" s="15">
-        <v>0.06234</v>
+        <v>0.0282</v>
       </c>
       <c r="M135" s="15">
-        <v>0.05985</v>
-[...1 lines deleted...]
-      <c r="N135" s="15"/>
+        <v>0.02711</v>
+      </c>
+      <c r="N135" s="15">
+        <v>2654</v>
+      </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="E136" s="15" t="s">
-        <v>340</v>
+      <c r="E136" s="15">
+        <v>10080074782</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K136" s="15">
-        <v>1.05</v>
+        <v>0.07481</v>
       </c>
       <c r="L136" s="15">
-        <v>1.05</v>
+        <v>0.06234</v>
       </c>
       <c r="M136" s="15">
-        <v>1.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05985</v>
+      </c>
+      <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>341</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039618</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
-        <v>1300</v>
+        <v>200</v>
       </c>
       <c r="K137" s="15">
-        <v>0.21476</v>
+        <v>1.05</v>
       </c>
       <c r="L137" s="15">
-        <v>0.18612</v>
+        <v>1.05</v>
       </c>
       <c r="M137" s="15">
-        <v>0.17896</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.05</v>
+      </c>
+      <c r="N137" s="15">
+        <v>1</v>
+      </c>
+      <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>344</v>
       </c>
-      <c r="E138" s="15" t="s">
-        <v>345</v>
+      <c r="E138" s="15">
+        <v>10080039618</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
-        <v>400</v>
+        <v>1300</v>
       </c>
       <c r="K138" s="15">
-        <v>0.10356</v>
+        <v>0.21476</v>
       </c>
       <c r="L138" s="15">
-        <v>0.08685</v>
+        <v>0.18612</v>
       </c>
       <c r="M138" s="15">
-        <v>0.08352</v>
-[...1 lines deleted...]
-      <c r="N138" s="15"/>
+        <v>0.17896</v>
+      </c>
+      <c r="N138" s="15">
+        <v>610</v>
+      </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>346</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="K139" s="15">
-        <v>0.08592</v>
+        <v>0.10356</v>
       </c>
       <c r="L139" s="15">
-        <v>0.07206</v>
+        <v>0.08685</v>
       </c>
       <c r="M139" s="15">
-        <v>0.06929</v>
+        <v>0.08352</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>349</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080052415</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
-        <v>0.09107999999999999</v>
+        <v>0.08592</v>
       </c>
       <c r="L140" s="15">
-        <v>0.07894</v>
+        <v>0.07206</v>
       </c>
       <c r="M140" s="15">
-        <v>0.0759</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06929</v>
+      </c>
+      <c r="N140" s="15"/>
       <c r="O140" s="15"/>
-      <c r="P140" s="15"/>
+      <c r="P140" s="15" t="s">
+        <v>351</v>
+      </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E141" s="15">
-        <v>10000011580</v>
+        <v>10080052415</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>200</v>
       </c>
       <c r="K141" s="15">
         <v>0.09107999999999999</v>
       </c>
       <c r="L141" s="15">
         <v>0.07894</v>
       </c>
       <c r="M141" s="15">
         <v>0.0759</v>
       </c>
       <c r="N141" s="15">
-        <v>191</v>
+        <v>41162</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E142" s="15">
-        <v>10080033581</v>
+        <v>10000011580</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>200</v>
       </c>
       <c r="K142" s="15">
-        <v>0.06270000000000001</v>
+        <v>0.09107999999999999</v>
       </c>
       <c r="L142" s="15">
-        <v>0.05434</v>
+        <v>0.07894</v>
       </c>
       <c r="M142" s="15">
-        <v>0.05225</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0759</v>
+      </c>
+      <c r="N142" s="15">
+        <v>79</v>
+      </c>
+      <c r="O142" s="15"/>
+      <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="E143" s="15" t="s">
         <v>357</v>
+      </c>
+      <c r="E143" s="15">
+        <v>10080033581</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>358</v>
+        <v>53</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>200</v>
       </c>
       <c r="K143" s="15">
-        <v>0.49266</v>
+        <v>0.06270000000000001</v>
       </c>
       <c r="L143" s="15">
-        <v>0.38181</v>
+        <v>0.05434</v>
       </c>
       <c r="M143" s="15">
-        <v>0.35718</v>
-[...1 lines deleted...]
-      <c r="N143" s="15"/>
+        <v>0.05225</v>
+      </c>
+      <c r="N143" s="15">
+        <v>23014</v>
+      </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>359</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000011581</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>33</v>
+        <v>361</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>200</v>
       </c>
       <c r="K144" s="15">
-        <v>0.09084</v>
+        <v>0.49266</v>
       </c>
       <c r="L144" s="15">
-        <v>0.07872999999999999</v>
+        <v>0.38181</v>
       </c>
       <c r="M144" s="15">
-        <v>0.0757</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.35718</v>
+      </c>
+      <c r="N144" s="15"/>
+      <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E145" s="15">
-        <v>10080033578</v>
+        <v>10000011581</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>200</v>
       </c>
       <c r="K145" s="15">
-        <v>0.07922</v>
+        <v>0.09084</v>
       </c>
       <c r="L145" s="15">
-        <v>0.06865</v>
+        <v>0.07872999999999999</v>
       </c>
       <c r="M145" s="15">
-        <v>0.06601</v>
+        <v>0.0757</v>
       </c>
       <c r="N145" s="15">
-        <v>8668</v>
+        <v>4902</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>364</v>
-[...1 lines deleted...]
-      <c r="E146" s="15" t="s">
         <v>365</v>
+      </c>
+      <c r="E146" s="15">
+        <v>10080033578</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>200</v>
       </c>
       <c r="K146" s="15">
-        <v>0.16447</v>
+        <v>0.07922</v>
       </c>
       <c r="L146" s="15">
-        <v>0.08738</v>
+        <v>0.06865</v>
       </c>
       <c r="M146" s="15">
-        <v>0.07453</v>
-[...1 lines deleted...]
-      <c r="N146" s="15"/>
+        <v>0.06601</v>
+      </c>
+      <c r="N146" s="15">
+        <v>2325</v>
+      </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>368</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
-        <v>7</v>
+        <v>200</v>
       </c>
       <c r="K147" s="15">
-        <v>0.17822</v>
+        <v>0.16447</v>
       </c>
       <c r="L147" s="15">
-        <v>0.15445</v>
+        <v>0.08738</v>
       </c>
       <c r="M147" s="15">
-        <v>0.14851</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07453</v>
+      </c>
+      <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
-      <c r="B148" s="14"/>
-[...2 lines deleted...]
-      <c r="E148" s="15"/>
+      <c r="B148" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C148" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D148" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="E148" s="15" t="s">
+        <v>371</v>
+      </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
-      <c r="H148" s="15"/>
+      <c r="H148" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="I148" s="15"/>
-      <c r="J148" s="15"/>
-[...3 lines deleted...]
-      <c r="N148" s="15"/>
+      <c r="J148" s="15">
+        <v>7</v>
+      </c>
+      <c r="K148" s="15">
+        <v>0.17822</v>
+      </c>
+      <c r="L148" s="15">
+        <v>0.15445</v>
+      </c>
+      <c r="M148" s="15">
+        <v>0.14851</v>
+      </c>
+      <c r="N148" s="15">
+        <v>894</v>
+      </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
+      <c r="R148"/>
+    </row>
+    <row r="149" spans="1:18">
+      <c r="B149" s="14"/>
+      <c r="C149" s="15"/>
+      <c r="D149" s="15"/>
+      <c r="E149" s="15"/>
+      <c r="F149" s="15"/>
+      <c r="G149" s="15"/>
+      <c r="H149" s="15"/>
+      <c r="I149" s="15"/>
+      <c r="J149" s="15"/>
+      <c r="K149" s="15"/>
+      <c r="L149" s="15"/>
+      <c r="M149" s="15"/>
+      <c r="N149" s="15"/>
+      <c r="O149" s="15"/>
+      <c r="P149" s="15"/>
+      <c r="Q149" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -7325,317 +7349,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>