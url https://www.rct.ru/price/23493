--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1391,51 +1391,51 @@
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.08401</v>
       </c>
       <c r="L10" s="15">
         <v>0.08401</v>
       </c>
       <c r="M10" s="15">
         <v>0.08401</v>
       </c>
       <c r="N10" s="15">
-        <v>2046</v>
+        <v>1581</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
@@ -1473,90 +1473,90 @@
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.012</v>
       </c>
       <c r="L12" s="15">
         <v>0.012</v>
       </c>
       <c r="M12" s="15">
         <v>0.012</v>
       </c>
       <c r="N12" s="15">
-        <v>521</v>
+        <v>459</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.013</v>
       </c>
       <c r="L13" s="15">
         <v>0.013</v>
       </c>
       <c r="M13" s="15">
         <v>0.013</v>
       </c>
       <c r="N13" s="15">
-        <v>5911</v>
+        <v>4567</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
@@ -1588,51 +1588,51 @@
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06</v>
       </c>
       <c r="L15" s="15">
         <v>0.06</v>
       </c>
       <c r="M15" s="15">
         <v>0.06</v>
       </c>
       <c r="N15" s="15">
-        <v>1400</v>
+        <v>1600</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10000008083</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
@@ -1738,90 +1738,90 @@
       <c r="D19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N19" s="15">
-        <v>4861</v>
+        <v>4191</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.06</v>
       </c>
       <c r="L20" s="15">
         <v>0.06</v>
       </c>
       <c r="M20" s="15">
         <v>0.06</v>
       </c>
       <c r="N20" s="15">
-        <v>1209</v>
+        <v>1580</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
@@ -1933,51 +1933,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.06</v>
       </c>
       <c r="L24" s="15">
         <v>0.06</v>
       </c>
       <c r="M24" s="15">
         <v>0.06</v>
       </c>
       <c r="N24" s="15">
-        <v>276</v>
+        <v>256</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
@@ -2167,90 +2167,90 @@
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N30" s="15">
-        <v>2746</v>
+        <v>2155</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.011</v>
       </c>
       <c r="L31" s="15">
         <v>0.011</v>
       </c>
       <c r="M31" s="15">
         <v>0.011</v>
       </c>
       <c r="N31" s="15">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
@@ -2358,51 +2358,51 @@
       <c r="D35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>482</v>
+        <v>648</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
@@ -2662,131 +2662,131 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H43" s="15"/>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.08</v>
       </c>
       <c r="L43" s="15">
         <v>0.08</v>
       </c>
       <c r="M43" s="15">
         <v>0.08</v>
       </c>
       <c r="N43" s="15">
-        <v>467</v>
+        <v>532</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H44" s="15"/>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.08</v>
       </c>
       <c r="M44" s="15">
         <v>0.08</v>
       </c>
       <c r="N44" s="15">
-        <v>461</v>
+        <v>406</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.11</v>
       </c>
       <c r="L45" s="15">
         <v>0.11</v>
       </c>
       <c r="M45" s="15">
         <v>0.11</v>
       </c>
       <c r="N45" s="15">
-        <v>792</v>
+        <v>625</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>144</v>
@@ -2935,51 +2935,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="H50" s="15"/>
       <c r="I50" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N50" s="15">
-        <v>2220</v>
+        <v>1980</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>