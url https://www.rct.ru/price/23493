--- v1 (2026-01-09)
+++ v2 (2026-02-02)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>02.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1391,51 +1391,51 @@
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.08401</v>
       </c>
       <c r="L10" s="15">
         <v>0.08401</v>
       </c>
       <c r="M10" s="15">
         <v>0.08401</v>
       </c>
       <c r="N10" s="15">
-        <v>1581</v>
+        <v>1744</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
@@ -1473,90 +1473,90 @@
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.012</v>
       </c>
       <c r="L12" s="15">
         <v>0.012</v>
       </c>
       <c r="M12" s="15">
         <v>0.012</v>
       </c>
       <c r="N12" s="15">
-        <v>459</v>
+        <v>478</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.013</v>
       </c>
       <c r="L13" s="15">
         <v>0.013</v>
       </c>
       <c r="M13" s="15">
         <v>0.013</v>
       </c>
       <c r="N13" s="15">
-        <v>4567</v>
+        <v>4097</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
@@ -1588,51 +1588,51 @@
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06</v>
       </c>
       <c r="L15" s="15">
         <v>0.06</v>
       </c>
       <c r="M15" s="15">
         <v>0.06</v>
       </c>
       <c r="N15" s="15">
-        <v>1600</v>
+        <v>1620</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10000008083</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
@@ -1738,90 +1738,90 @@
       <c r="D19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N19" s="15">
-        <v>4191</v>
+        <v>4302</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.06</v>
       </c>
       <c r="L20" s="15">
         <v>0.06</v>
       </c>
       <c r="M20" s="15">
         <v>0.06</v>
       </c>
       <c r="N20" s="15">
-        <v>1580</v>
+        <v>1443</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
@@ -1933,51 +1933,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.06</v>
       </c>
       <c r="L24" s="15">
         <v>0.06</v>
       </c>
       <c r="M24" s="15">
         <v>0.06</v>
       </c>
       <c r="N24" s="15">
-        <v>256</v>
+        <v>205</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
@@ -2167,129 +2167,129 @@
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N30" s="15">
-        <v>2155</v>
+        <v>2572</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.011</v>
       </c>
       <c r="L31" s="15">
         <v>0.011</v>
       </c>
       <c r="M31" s="15">
         <v>0.011</v>
       </c>
       <c r="N31" s="15">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.011</v>
       </c>
       <c r="L32" s="15">
         <v>0.011</v>
       </c>
       <c r="M32" s="15">
         <v>0.011</v>
       </c>
       <c r="N32" s="15">
-        <v>4705</v>
+        <v>3321</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15">
         <v>10000007700</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
@@ -2358,51 +2358,51 @@
       <c r="D35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>648</v>
+        <v>506</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
@@ -2662,131 +2662,131 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H43" s="15"/>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.08</v>
       </c>
       <c r="L43" s="15">
         <v>0.08</v>
       </c>
       <c r="M43" s="15">
         <v>0.08</v>
       </c>
       <c r="N43" s="15">
-        <v>532</v>
+        <v>467</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H44" s="15"/>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.08</v>
       </c>
       <c r="M44" s="15">
         <v>0.08</v>
       </c>
       <c r="N44" s="15">
-        <v>406</v>
+        <v>329</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.11</v>
       </c>
       <c r="L45" s="15">
         <v>0.11</v>
       </c>
       <c r="M45" s="15">
         <v>0.11</v>
       </c>
       <c r="N45" s="15">
-        <v>625</v>
+        <v>643</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>144</v>
@@ -2935,51 +2935,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="H50" s="15"/>
       <c r="I50" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N50" s="15">
-        <v>1980</v>
+        <v>2400</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>