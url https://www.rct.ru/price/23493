--- v2 (2026-02-02)
+++ v3 (2026-02-25)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>02.02.2026</t>
+    <t>25.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1391,51 +1391,51 @@
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.08401</v>
       </c>
       <c r="L10" s="15">
         <v>0.08401</v>
       </c>
       <c r="M10" s="15">
         <v>0.08401</v>
       </c>
       <c r="N10" s="15">
-        <v>1744</v>
+        <v>2070</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
@@ -1473,90 +1473,90 @@
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.012</v>
       </c>
       <c r="L12" s="15">
         <v>0.012</v>
       </c>
       <c r="M12" s="15">
         <v>0.012</v>
       </c>
       <c r="N12" s="15">
-        <v>478</v>
+        <v>534</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.013</v>
       </c>
       <c r="L13" s="15">
         <v>0.013</v>
       </c>
       <c r="M13" s="15">
         <v>0.013</v>
       </c>
       <c r="N13" s="15">
-        <v>4097</v>
+        <v>4500</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
@@ -1588,51 +1588,51 @@
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06</v>
       </c>
       <c r="L15" s="15">
         <v>0.06</v>
       </c>
       <c r="M15" s="15">
         <v>0.06</v>
       </c>
       <c r="N15" s="15">
-        <v>1620</v>
+        <v>1720</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10000008083</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
@@ -1738,90 +1738,90 @@
       <c r="D19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N19" s="15">
-        <v>4302</v>
+        <v>4861</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.06</v>
       </c>
       <c r="L20" s="15">
         <v>0.06</v>
       </c>
       <c r="M20" s="15">
         <v>0.06</v>
       </c>
       <c r="N20" s="15">
-        <v>1443</v>
+        <v>1736</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
@@ -1933,51 +1933,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.06</v>
       </c>
       <c r="L24" s="15">
         <v>0.06</v>
       </c>
       <c r="M24" s="15">
         <v>0.06</v>
       </c>
       <c r="N24" s="15">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
@@ -2167,129 +2167,129 @@
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N30" s="15">
-        <v>2572</v>
+        <v>2363</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.011</v>
       </c>
       <c r="L31" s="15">
         <v>0.011</v>
       </c>
       <c r="M31" s="15">
         <v>0.011</v>
       </c>
       <c r="N31" s="15">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.011</v>
       </c>
       <c r="L32" s="15">
         <v>0.011</v>
       </c>
       <c r="M32" s="15">
         <v>0.011</v>
       </c>
       <c r="N32" s="15">
-        <v>3321</v>
+        <v>4262</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15">
         <v>10000007700</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
@@ -2358,51 +2358,51 @@
       <c r="D35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>506</v>
+        <v>688</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
@@ -2662,131 +2662,131 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H43" s="15"/>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.08</v>
       </c>
       <c r="L43" s="15">
         <v>0.08</v>
       </c>
       <c r="M43" s="15">
         <v>0.08</v>
       </c>
       <c r="N43" s="15">
-        <v>467</v>
+        <v>611</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H44" s="15"/>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.08</v>
       </c>
       <c r="M44" s="15">
         <v>0.08</v>
       </c>
       <c r="N44" s="15">
-        <v>329</v>
+        <v>461</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.11</v>
       </c>
       <c r="L45" s="15">
         <v>0.11</v>
       </c>
       <c r="M45" s="15">
         <v>0.11</v>
       </c>
       <c r="N45" s="15">
-        <v>643</v>
+        <v>678</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>144</v>
@@ -2935,51 +2935,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="H50" s="15"/>
       <c r="I50" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N50" s="15">
-        <v>2400</v>
+        <v>2130</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>