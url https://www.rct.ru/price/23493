--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>25.02.2026</t>
+    <t>18.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1391,51 +1391,51 @@
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.08401</v>
       </c>
       <c r="L10" s="15">
         <v>0.08401</v>
       </c>
       <c r="M10" s="15">
         <v>0.08401</v>
       </c>
       <c r="N10" s="15">
-        <v>2070</v>
+        <v>1627</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
@@ -1473,90 +1473,90 @@
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.012</v>
       </c>
       <c r="L12" s="15">
         <v>0.012</v>
       </c>
       <c r="M12" s="15">
         <v>0.012</v>
       </c>
       <c r="N12" s="15">
-        <v>534</v>
+        <v>428</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.013</v>
       </c>
       <c r="L13" s="15">
         <v>0.013</v>
       </c>
       <c r="M13" s="15">
         <v>0.013</v>
       </c>
       <c r="N13" s="15">
-        <v>4500</v>
+        <v>5776</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
@@ -1588,51 +1588,51 @@
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06</v>
       </c>
       <c r="L15" s="15">
         <v>0.06</v>
       </c>
       <c r="M15" s="15">
         <v>0.06</v>
       </c>
       <c r="N15" s="15">
-        <v>1720</v>
+        <v>1300</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15">
         <v>10000008083</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
@@ -1738,90 +1738,90 @@
       <c r="D19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N19" s="15">
-        <v>4861</v>
+        <v>4694</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.06</v>
       </c>
       <c r="L20" s="15">
         <v>0.06</v>
       </c>
       <c r="M20" s="15">
         <v>0.06</v>
       </c>
       <c r="N20" s="15">
-        <v>1736</v>
+        <v>1463</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
@@ -1933,51 +1933,51 @@
       </c>
       <c r="E24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.06</v>
       </c>
       <c r="L24" s="15">
         <v>0.06</v>
       </c>
       <c r="M24" s="15">
         <v>0.06</v>
       </c>
       <c r="N24" s="15">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
@@ -2089,51 +2089,51 @@
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L28" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M28" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
@@ -2167,129 +2167,129 @@
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M30" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N30" s="15">
-        <v>2363</v>
+        <v>2676</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.011</v>
       </c>
       <c r="L31" s="15">
         <v>0.011</v>
       </c>
       <c r="M31" s="15">
         <v>0.011</v>
       </c>
       <c r="N31" s="15">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.011</v>
       </c>
       <c r="L32" s="15">
         <v>0.011</v>
       </c>
       <c r="M32" s="15">
         <v>0.011</v>
       </c>
       <c r="N32" s="15">
-        <v>4262</v>
+        <v>3654</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E33" s="15">
         <v>10000007700</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
@@ -2358,51 +2358,51 @@
       <c r="D35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.011</v>
       </c>
       <c r="L35" s="15">
         <v>0.011</v>
       </c>
       <c r="M35" s="15">
         <v>0.011</v>
       </c>
       <c r="N35" s="15">
-        <v>688</v>
+        <v>546</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
@@ -2662,131 +2662,131 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H43" s="15"/>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>500</v>
       </c>
       <c r="K43" s="15">
         <v>0.08</v>
       </c>
       <c r="L43" s="15">
         <v>0.08</v>
       </c>
       <c r="M43" s="15">
         <v>0.08</v>
       </c>
       <c r="N43" s="15">
-        <v>611</v>
+        <v>426</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H44" s="15"/>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15">
         <v>500</v>
       </c>
       <c r="K44" s="15">
         <v>0.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.08</v>
       </c>
       <c r="M44" s="15">
         <v>0.08</v>
       </c>
       <c r="N44" s="15">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>132</v>
       </c>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.11</v>
       </c>
       <c r="L45" s="15">
         <v>0.11</v>
       </c>
       <c r="M45" s="15">
         <v>0.11</v>
       </c>
       <c r="N45" s="15">
-        <v>678</v>
+        <v>634</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>71</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>144</v>
@@ -2935,51 +2935,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="H50" s="15"/>
       <c r="I50" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="N50" s="15">
-        <v>2130</v>
+        <v>1800</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>103</v>
       </c>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>