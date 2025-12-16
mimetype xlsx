--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2114,88 +2114,88 @@
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.02</v>
       </c>
       <c r="L17" s="15">
         <v>0.02</v>
       </c>
       <c r="M17" s="15">
         <v>0.02</v>
       </c>
       <c r="N17" s="15">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.02</v>
       </c>
       <c r="L18" s="15">
         <v>0.02</v>
       </c>
       <c r="M18" s="15">
         <v>0.02</v>
       </c>
       <c r="N18" s="15">
-        <v>356</v>
+        <v>276</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000006365</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
@@ -2293,51 +2293,51 @@
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.02</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.02</v>
       </c>
       <c r="N22" s="15">
-        <v>2976</v>
+        <v>3348</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10000004717</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>200</v>
@@ -3032,88 +3032,88 @@
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.02</v>
       </c>
       <c r="L43" s="15">
         <v>0.02</v>
       </c>
       <c r="M43" s="15">
         <v>0.02</v>
       </c>
       <c r="N43" s="15">
-        <v>3600</v>
+        <v>3100</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.0086</v>
       </c>
       <c r="L44" s="15">
         <v>0.00567</v>
       </c>
       <c r="M44" s="15">
         <v>0.00519</v>
       </c>
       <c r="N44" s="15">
-        <v>15877</v>
+        <v>15288</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
@@ -3283,51 +3283,51 @@
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.02</v>
       </c>
       <c r="L50" s="15">
         <v>0.02</v>
       </c>
       <c r="M50" s="15">
         <v>0.02</v>
       </c>
       <c r="N50" s="15">
-        <v>4224</v>
+        <v>5478</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
@@ -4407,324 +4407,322 @@
         <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.01552</v>
       </c>
       <c r="L82" s="15">
         <v>0.01123</v>
       </c>
       <c r="M82" s="15">
         <v>0.0098</v>
       </c>
       <c r="N82" s="15">
-        <v>4400</v>
+        <v>3800</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E83" s="15">
         <v>10000019032</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0134</v>
       </c>
       <c r="L83" s="15">
         <v>0.009690000000000001</v>
       </c>
       <c r="M83" s="15">
         <v>0.008460000000000001</v>
       </c>
       <c r="N83" s="15">
-        <v>610</v>
+        <v>466</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10000017955</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.0149</v>
       </c>
       <c r="L84" s="15">
         <v>0.01068</v>
       </c>
       <c r="M84" s="15">
         <v>0.00927</v>
       </c>
       <c r="N84" s="15">
-        <v>600</v>
+        <v>734</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.01493</v>
       </c>
       <c r="L85" s="15">
         <v>0.0107</v>
       </c>
       <c r="M85" s="15">
         <v>0.009299999999999999</v>
       </c>
       <c r="N85" s="15">
-        <v>527</v>
+        <v>495</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.01493</v>
       </c>
       <c r="L86" s="15">
         <v>0.0107</v>
       </c>
       <c r="M86" s="15">
         <v>0.009299999999999999</v>
       </c>
       <c r="N86" s="15">
-        <v>428</v>
+        <v>392</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E87" s="15">
         <v>10000005055</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01458</v>
       </c>
       <c r="L87" s="15">
         <v>0.01055</v>
       </c>
       <c r="M87" s="15">
         <v>0.009209999999999999</v>
       </c>
       <c r="N87" s="15">
-        <v>5720</v>
+        <v>4059</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E88" s="15">
         <v>10000008601</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.01254</v>
       </c>
       <c r="L88" s="15">
         <v>0.008959999999999999</v>
       </c>
       <c r="M88" s="15">
         <v>0.008059999999999999</v>
       </c>
       <c r="N88" s="15">
-        <v>3107</v>
-[...3 lines deleted...]
-      </c>
+        <v>7995</v>
+      </c>
+      <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E89" s="15">
         <v>10000008140</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.01378</v>
       </c>
       <c r="L89" s="15">
         <v>0.00997</v>
       </c>
       <c r="M89" s="15">
         <v>0.008699999999999999</v>
       </c>
       <c r="N89" s="15">
-        <v>3024</v>
+        <v>2976</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10080003292</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I90" s="15"/>
@@ -4747,370 +4745,370 @@
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.01023</v>
+        <v>0.009090000000000001</v>
       </c>
       <c r="L91" s="15">
-        <v>0.00903</v>
+        <v>0.00788</v>
       </c>
       <c r="M91" s="15">
-        <v>0.00813</v>
+        <v>0.00758</v>
       </c>
       <c r="N91" s="15">
-        <v>168</v>
+        <v>178</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.01345</v>
       </c>
       <c r="L92" s="15">
         <v>0.009730000000000001</v>
       </c>
       <c r="M92" s="15">
         <v>0.008489999999999999</v>
       </c>
       <c r="N92" s="15">
-        <v>3099</v>
+        <v>4499</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.10062</v>
       </c>
       <c r="L93" s="15">
         <v>0.0728</v>
       </c>
       <c r="M93" s="15">
         <v>0.06353</v>
       </c>
       <c r="N93" s="15">
-        <v>8101</v>
+        <v>8200</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15">
         <v>10000009879</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.00659</v>
       </c>
       <c r="L94" s="15">
         <v>0.00571</v>
       </c>
       <c r="M94" s="15">
         <v>0.00549</v>
       </c>
       <c r="N94" s="15">
-        <v>1108</v>
+        <v>821</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="L95" s="15">
         <v>0.00716</v>
       </c>
       <c r="M95" s="15">
         <v>0.00625</v>
       </c>
       <c r="N95" s="15">
-        <v>1163</v>
+        <v>75</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E96" s="15">
         <v>10080002248</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.01087</v>
       </c>
       <c r="L96" s="15">
         <v>0.00787</v>
       </c>
       <c r="M96" s="15">
         <v>0.00686</v>
       </c>
       <c r="N96" s="15">
-        <v>2166</v>
+        <v>1959</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.01</v>
       </c>
       <c r="L97" s="15">
         <v>0.00724</v>
       </c>
       <c r="M97" s="15">
         <v>0.00632</v>
       </c>
       <c r="N97" s="15">
-        <v>1239</v>
+        <v>929</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>0.01209</v>
       </c>
       <c r="L98" s="15">
         <v>0.008659999999999999</v>
       </c>
       <c r="M98" s="15">
         <v>0.00752</v>
       </c>
       <c r="N98" s="15">
-        <v>272</v>
+        <v>222</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.009979999999999999</v>
       </c>
       <c r="L99" s="15">
         <v>0.00722</v>
       </c>
       <c r="M99" s="15">
         <v>0.0063</v>
       </c>
       <c r="N99" s="15">
-        <v>790</v>
+        <v>880</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I100" s="15"/>
@@ -5133,99 +5131,99 @@
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E101" s="15">
         <v>10000008155</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
-        <v>0.0077</v>
+        <v>0.00684</v>
       </c>
       <c r="L101" s="15">
-        <v>0.0068</v>
+        <v>0.00593</v>
       </c>
       <c r="M101" s="15">
-        <v>0.00612</v>
+        <v>0.0057</v>
       </c>
       <c r="N101" s="15">
-        <v>5986</v>
+        <v>6560</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>263</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>264</v>
       </c>
       <c r="E102" s="15">
         <v>10080054675</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.01193</v>
       </c>
       <c r="L102" s="15">
         <v>0.008630000000000001</v>
       </c>
       <c r="M102" s="15">
         <v>0.00753</v>
       </c>
       <c r="N102" s="15">
-        <v>1909</v>
+        <v>1426</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E103" s="15">
         <v>10080070278</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I103" s="15"/>
@@ -5259,94 +5257,92 @@
       <c r="D104" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.02982</v>
       </c>
       <c r="L104" s="15">
         <v>0.02157</v>
       </c>
       <c r="M104" s="15">
         <v>0.01882</v>
       </c>
       <c r="N104" s="15">
-        <v>790</v>
+        <v>739</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.02353</v>
+        <v>0.0209</v>
       </c>
       <c r="L105" s="15">
-        <v>0.02076</v>
+        <v>0.01811</v>
       </c>
       <c r="M105" s="15">
-        <v>0.01868</v>
+        <v>0.01741</v>
       </c>
       <c r="N105" s="15">
-        <v>8470</v>
-[...3 lines deleted...]
-      </c>
+        <v>15750</v>
+      </c>
+      <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
@@ -5367,97 +5363,97 @@
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.02841</v>
+        <v>0.02187</v>
       </c>
       <c r="L107" s="15">
-        <v>0.02055</v>
+        <v>0.01895</v>
       </c>
       <c r="M107" s="15">
-        <v>0.01793</v>
+        <v>0.01823</v>
       </c>
       <c r="N107" s="15">
-        <v>3431</v>
+        <v>4089</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>279</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.03023</v>
       </c>
       <c r="L108" s="15">
         <v>0.02187</v>
       </c>
       <c r="M108" s="15">
         <v>0.01908</v>
       </c>
       <c r="N108" s="15">
-        <v>830</v>
+        <v>860</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E109" s="15">
         <v>10080055259</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I109" s="15"/>
@@ -5489,51 +5485,51 @@
       <c r="D110" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01932</v>
       </c>
       <c r="L110" s="15">
         <v>0.01674</v>
       </c>
       <c r="M110" s="15">
         <v>0.0161</v>
       </c>
       <c r="N110" s="15">
-        <v>5186</v>
+        <v>4644</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>287</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>288</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>289</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I111" s="15"/>
@@ -5639,51 +5635,51 @@
       <c r="D114" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>298</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.04375</v>
       </c>
       <c r="L114" s="15">
         <v>0.03165</v>
       </c>
       <c r="M114" s="15">
         <v>0.02762</v>
       </c>
       <c r="N114" s="15">
-        <v>1680</v>
+        <v>1600</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>299</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="I115" s="15"/>
@@ -5717,51 +5713,51 @@
       <c r="D116" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
         <v>0.02724</v>
       </c>
       <c r="L116" s="15">
         <v>0.01953</v>
       </c>
       <c r="M116" s="15">
         <v>0.01695</v>
       </c>
       <c r="N116" s="15">
-        <v>720</v>
+        <v>750</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>309</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>310</v>