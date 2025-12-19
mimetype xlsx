--- v1 (2025-12-16)
+++ v2 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -755,50 +755,53 @@
     <t>UT-00089596</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-220R-JB</t>
   </si>
   <si>
     <t>CF-1W- 220R 5% (L-KLS6-CF-1W-220R-JB)</t>
   </si>
   <si>
     <t>UT-00120655</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-510R-JB</t>
   </si>
   <si>
     <t>CF-1W- 510R L-KLS6-CF-1W-510R-JB</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-1KR-JB</t>
   </si>
   <si>
     <t>5% / CF-1W- 1K (L-KLS6-CF-1W-1KR-JB)</t>
   </si>
   <si>
     <t>10-00069796</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-1K8R-JB</t>
   </si>
   <si>
     <t>CF-1W- 1K8 L-KLS6-CF-1W-1K8R-JB</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-3KR-JB</t>
   </si>
   <si>
     <t>CF-1W- 3K L-KLS6-CF-1W-3KR-JB</t>
   </si>
   <si>
     <t>10-00069801</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-4K3R-JB</t>
   </si>
   <si>
     <t>CF-1W- 4K3 (L-KLS6-CF-1W-4K3R-JB)</t>
   </si>
   <si>
     <t>10-00069780</t>
   </si>
@@ -2114,88 +2117,88 @@
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.02</v>
       </c>
       <c r="L17" s="15">
         <v>0.02</v>
       </c>
       <c r="M17" s="15">
         <v>0.02</v>
       </c>
       <c r="N17" s="15">
-        <v>160</v>
+        <v>122</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.02</v>
       </c>
       <c r="L18" s="15">
         <v>0.02</v>
       </c>
       <c r="M18" s="15">
         <v>0.02</v>
       </c>
       <c r="N18" s="15">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000006365</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
@@ -2293,51 +2296,51 @@
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.02</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.02</v>
       </c>
       <c r="N22" s="15">
-        <v>3348</v>
+        <v>3302</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10000004717</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>200</v>
@@ -2435,51 +2438,51 @@
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
         <v>0.02</v>
       </c>
       <c r="L26" s="15">
         <v>0.02</v>
       </c>
       <c r="M26" s="15">
         <v>0.02</v>
       </c>
       <c r="N26" s="15">
-        <v>648</v>
+        <v>688</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
@@ -3032,125 +3035,125 @@
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.02</v>
       </c>
       <c r="L43" s="15">
         <v>0.02</v>
       </c>
       <c r="M43" s="15">
         <v>0.02</v>
       </c>
       <c r="N43" s="15">
-        <v>3100</v>
+        <v>3300</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.0086</v>
       </c>
       <c r="L44" s="15">
         <v>0.00567</v>
       </c>
       <c r="M44" s="15">
         <v>0.00519</v>
       </c>
       <c r="N44" s="15">
-        <v>15288</v>
+        <v>13524</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.03421</v>
       </c>
       <c r="L45" s="15">
         <v>0.02248</v>
       </c>
       <c r="M45" s="15">
         <v>0.02053</v>
       </c>
       <c r="N45" s="15">
-        <v>16170</v>
+        <v>15960</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
@@ -3283,51 +3286,51 @@
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.02</v>
       </c>
       <c r="L50" s="15">
         <v>0.02</v>
       </c>
       <c r="M50" s="15">
         <v>0.02</v>
       </c>
       <c r="N50" s="15">
-        <v>5478</v>
+        <v>2546</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
@@ -4407,1585 +4410,1597 @@
         <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.01552</v>
       </c>
       <c r="L82" s="15">
         <v>0.01123</v>
       </c>
       <c r="M82" s="15">
         <v>0.0098</v>
       </c>
       <c r="N82" s="15">
-        <v>3800</v>
+        <v>3050</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E83" s="15">
         <v>10000019032</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0134</v>
       </c>
       <c r="L83" s="15">
         <v>0.009690000000000001</v>
       </c>
       <c r="M83" s="15">
         <v>0.008460000000000001</v>
       </c>
       <c r="N83" s="15">
-        <v>466</v>
+        <v>596</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10000017955</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
-        <v>0.0149</v>
+        <v>0.00881</v>
       </c>
       <c r="L84" s="15">
-        <v>0.01068</v>
+        <v>0.00763</v>
       </c>
       <c r="M84" s="15">
-        <v>0.00927</v>
+        <v>0.00734</v>
       </c>
       <c r="N84" s="15">
-        <v>734</v>
+        <v>725</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
-        <v>0.01493</v>
+        <v>0.00881</v>
       </c>
       <c r="L85" s="15">
-        <v>0.0107</v>
+        <v>0.00763</v>
       </c>
       <c r="M85" s="15">
-        <v>0.009299999999999999</v>
+        <v>0.00734</v>
       </c>
       <c r="N85" s="15">
-        <v>495</v>
+        <v>694</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
-        <v>0.01493</v>
+        <v>0.00881</v>
       </c>
       <c r="L86" s="15">
-        <v>0.0107</v>
+        <v>0.00763</v>
       </c>
       <c r="M86" s="15">
-        <v>0.009299999999999999</v>
+        <v>0.00734</v>
       </c>
       <c r="N86" s="15">
-        <v>392</v>
+        <v>468</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E87" s="15">
         <v>10000005055</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01458</v>
       </c>
       <c r="L87" s="15">
         <v>0.01055</v>
       </c>
       <c r="M87" s="15">
         <v>0.009209999999999999</v>
       </c>
       <c r="N87" s="15">
-        <v>4059</v>
+        <v>4797</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E88" s="15">
         <v>10000008601</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.01254</v>
       </c>
       <c r="L88" s="15">
         <v>0.008959999999999999</v>
       </c>
       <c r="M88" s="15">
         <v>0.008059999999999999</v>
       </c>
       <c r="N88" s="15">
-        <v>7995</v>
+        <v>6738</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E89" s="15">
         <v>10000008140</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.01378</v>
       </c>
       <c r="L89" s="15">
         <v>0.00997</v>
       </c>
       <c r="M89" s="15">
         <v>0.008699999999999999</v>
       </c>
       <c r="N89" s="15">
-        <v>2976</v>
+        <v>4320</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10080003292</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>500</v>
       </c>
       <c r="K90" s="15">
-        <v>0.01209</v>
+        <v>0.00714</v>
       </c>
       <c r="L90" s="15">
-        <v>0.008659999999999999</v>
+        <v>0.00619</v>
       </c>
       <c r="M90" s="15">
-        <v>0.00752</v>
+        <v>0.00595</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00788</v>
       </c>
       <c r="M91" s="15">
         <v>0.00758</v>
       </c>
       <c r="N91" s="15">
-        <v>178</v>
+        <v>196</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.01345</v>
       </c>
       <c r="L92" s="15">
         <v>0.009730000000000001</v>
       </c>
       <c r="M92" s="15">
         <v>0.008489999999999999</v>
       </c>
       <c r="N92" s="15">
-        <v>4499</v>
+        <v>2999</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.10062</v>
       </c>
       <c r="L93" s="15">
         <v>0.0728</v>
       </c>
       <c r="M93" s="15">
         <v>0.06353</v>
       </c>
       <c r="N93" s="15">
-        <v>8200</v>
+        <v>8500</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15">
         <v>10000009879</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.00659</v>
       </c>
       <c r="L94" s="15">
         <v>0.00571</v>
       </c>
       <c r="M94" s="15">
         <v>0.00549</v>
       </c>
       <c r="N94" s="15">
-        <v>821</v>
+        <v>848</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
-        <v>0.009900000000000001</v>
+        <v>0.00684</v>
       </c>
       <c r="L95" s="15">
-        <v>0.00716</v>
+        <v>0.00593</v>
       </c>
       <c r="M95" s="15">
-        <v>0.00625</v>
+        <v>0.0057</v>
       </c>
       <c r="N95" s="15">
-        <v>75</v>
-[...2 lines deleted...]
-      <c r="P95" s="15"/>
+        <v>104</v>
+      </c>
+      <c r="O95" s="15">
+        <v>18000</v>
+      </c>
+      <c r="P95" s="15" t="s">
+        <v>247</v>
+      </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E96" s="15">
         <v>10080002248</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.01087</v>
       </c>
       <c r="L96" s="15">
         <v>0.00787</v>
       </c>
       <c r="M96" s="15">
         <v>0.00686</v>
       </c>
       <c r="N96" s="15">
-        <v>1959</v>
+        <v>2522</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.01</v>
       </c>
       <c r="L97" s="15">
         <v>0.00724</v>
       </c>
       <c r="M97" s="15">
         <v>0.00632</v>
       </c>
       <c r="N97" s="15">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
-        <v>0.01209</v>
+        <v>0.00714</v>
       </c>
       <c r="L98" s="15">
-        <v>0.008659999999999999</v>
+        <v>0.00619</v>
       </c>
       <c r="M98" s="15">
-        <v>0.00752</v>
+        <v>0.00595</v>
       </c>
       <c r="N98" s="15">
-        <v>222</v>
+        <v>272</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.009979999999999999</v>
       </c>
       <c r="L99" s="15">
         <v>0.00722</v>
       </c>
       <c r="M99" s="15">
         <v>0.0063</v>
       </c>
       <c r="N99" s="15">
-        <v>880</v>
+        <v>670</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>500</v>
+        <v>5000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.01209</v>
+        <v>0.00714</v>
       </c>
       <c r="L100" s="15">
-        <v>0.008659999999999999</v>
+        <v>0.00619</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00752</v>
+        <v>0.00595</v>
       </c>
       <c r="N100" s="15"/>
-      <c r="O100" s="15"/>
-      <c r="P100" s="15"/>
+      <c r="O100" s="15">
+        <v>760</v>
+      </c>
+      <c r="P100" s="15" t="s">
+        <v>247</v>
+      </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E101" s="15">
         <v>10000008155</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.00684</v>
       </c>
       <c r="L101" s="15">
         <v>0.00593</v>
       </c>
       <c r="M101" s="15">
         <v>0.0057</v>
       </c>
       <c r="N101" s="15">
-        <v>6560</v>
+        <v>6724</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E102" s="15">
         <v>10080054675</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
-        <v>0.01193</v>
+        <v>0.00716</v>
       </c>
       <c r="L102" s="15">
-        <v>0.008630000000000001</v>
+        <v>0.0062</v>
       </c>
       <c r="M102" s="15">
-        <v>0.00753</v>
+        <v>0.00596</v>
       </c>
       <c r="N102" s="15">
-        <v>1426</v>
+        <v>1443</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E103" s="15">
         <v>10080070278</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.01352</v>
       </c>
       <c r="L103" s="15">
         <v>0.00978</v>
       </c>
       <c r="M103" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="N103" s="15">
         <v>20</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.02982</v>
       </c>
       <c r="L104" s="15">
         <v>0.02157</v>
       </c>
       <c r="M104" s="15">
         <v>0.01882</v>
       </c>
       <c r="N104" s="15">
-        <v>739</v>
+        <v>770</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0209</v>
       </c>
       <c r="L105" s="15">
         <v>0.01811</v>
       </c>
       <c r="M105" s="15">
         <v>0.01741</v>
       </c>
       <c r="N105" s="15">
-        <v>15750</v>
+        <v>16590</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.02936</v>
       </c>
       <c r="L106" s="15">
         <v>0.02124</v>
       </c>
       <c r="M106" s="15">
         <v>0.01854</v>
       </c>
       <c r="N106" s="15"/>
-      <c r="O106" s="15"/>
-      <c r="P106" s="15"/>
+      <c r="O106" s="15">
+        <v>9471</v>
+      </c>
+      <c r="P106" s="15" t="s">
+        <v>247</v>
+      </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.02187</v>
       </c>
       <c r="L107" s="15">
         <v>0.01895</v>
       </c>
       <c r="M107" s="15">
         <v>0.01823</v>
       </c>
       <c r="N107" s="15">
-        <v>4089</v>
+        <v>3854</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.03023</v>
       </c>
       <c r="L108" s="15">
         <v>0.02187</v>
       </c>
       <c r="M108" s="15">
         <v>0.01908</v>
       </c>
       <c r="N108" s="15">
-        <v>860</v>
+        <v>670</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E109" s="15">
         <v>10080055259</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.03218</v>
       </c>
       <c r="L109" s="15">
         <v>0.02308</v>
       </c>
       <c r="M109" s="15">
         <v>0.02003</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01932</v>
       </c>
       <c r="L110" s="15">
         <v>0.01674</v>
       </c>
       <c r="M110" s="15">
         <v>0.0161</v>
       </c>
       <c r="N110" s="15">
-        <v>4644</v>
+        <v>4041</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
         <v>0.41816</v>
       </c>
       <c r="L111" s="15">
         <v>0.35071</v>
       </c>
       <c r="M111" s="15">
         <v>0.33723</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>168</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>2000</v>
       </c>
       <c r="K112" s="15">
         <v>0.484</v>
       </c>
       <c r="L112" s="15">
         <v>0.40594</v>
       </c>
       <c r="M112" s="15">
         <v>0.39033</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2000</v>
       </c>
       <c r="K113" s="15">
         <v>0.0217</v>
       </c>
       <c r="L113" s="15">
         <v>0.0182</v>
       </c>
       <c r="M113" s="15">
         <v>0.01751</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.04375</v>
       </c>
       <c r="L114" s="15">
         <v>0.03165</v>
       </c>
       <c r="M114" s="15">
         <v>0.02762</v>
       </c>
       <c r="N114" s="15">
-        <v>1600</v>
+        <v>1560</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.0069</v>
       </c>
       <c r="L115" s="15">
         <v>0.00564</v>
       </c>
       <c r="M115" s="15">
         <v>0.00506</v>
       </c>
       <c r="N115" s="15">
         <v>94</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
-        <v>0.02724</v>
+        <v>0.01598</v>
       </c>
       <c r="L116" s="15">
-        <v>0.01953</v>
+        <v>0.01385</v>
       </c>
       <c r="M116" s="15">
-        <v>0.01695</v>
+        <v>0.01331</v>
       </c>
       <c r="N116" s="15">
-        <v>750</v>
+        <v>690</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H117" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.18392</v>
       </c>
       <c r="L117" s="15">
         <v>0.15426</v>
       </c>
       <c r="M117" s="15">
         <v>0.14833</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>7000</v>
       </c>
       <c r="K118" s="15">
         <v>0.25229</v>
       </c>
       <c r="L118" s="15">
         <v>0.2116</v>
       </c>
       <c r="M118" s="15">
         <v>0.20346</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H119" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.10154</v>
       </c>
       <c r="L119" s="15">
         <v>0.10154</v>
       </c>
       <c r="M119" s="15">
         <v>0.10154</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H120" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L120" s="15">
         <v>0.06873</v>
       </c>
       <c r="M120" s="15">
         <v>0.06609</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H121" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2000</v>
       </c>
       <c r="K121" s="15">
         <v>0.09926</v>
       </c>
       <c r="L121" s="15">
         <v>0.08325</v>
       </c>
       <c r="M121" s="15">
         <v>0.08005</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>1.05</v>
       </c>
       <c r="L122" s="15">
         <v>0.88018</v>
       </c>
       <c r="M122" s="15">
         <v>0.84633</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
@@ -6042,317 +6057,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>