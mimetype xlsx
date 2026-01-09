--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2117,88 +2117,88 @@
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.02</v>
       </c>
       <c r="L17" s="15">
         <v>0.02</v>
       </c>
       <c r="M17" s="15">
         <v>0.02</v>
       </c>
       <c r="N17" s="15">
-        <v>122</v>
+        <v>162</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.02</v>
       </c>
       <c r="L18" s="15">
         <v>0.02</v>
       </c>
       <c r="M18" s="15">
         <v>0.02</v>
       </c>
       <c r="N18" s="15">
-        <v>316</v>
+        <v>272</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000006365</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
@@ -2438,51 +2438,51 @@
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
         <v>0.02</v>
       </c>
       <c r="L26" s="15">
         <v>0.02</v>
       </c>
       <c r="M26" s="15">
         <v>0.02</v>
       </c>
       <c r="N26" s="15">
-        <v>688</v>
+        <v>656</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
@@ -3035,125 +3035,125 @@
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.02</v>
       </c>
       <c r="L43" s="15">
         <v>0.02</v>
       </c>
       <c r="M43" s="15">
         <v>0.02</v>
       </c>
       <c r="N43" s="15">
-        <v>3300</v>
+        <v>3150</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.0086</v>
       </c>
       <c r="L44" s="15">
         <v>0.00567</v>
       </c>
       <c r="M44" s="15">
         <v>0.00519</v>
       </c>
       <c r="N44" s="15">
-        <v>13524</v>
+        <v>12544</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.03421</v>
       </c>
       <c r="L45" s="15">
         <v>0.02248</v>
       </c>
       <c r="M45" s="15">
         <v>0.02053</v>
       </c>
       <c r="N45" s="15">
-        <v>15960</v>
+        <v>17640</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
@@ -3286,51 +3286,51 @@
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.02</v>
       </c>
       <c r="L50" s="15">
         <v>0.02</v>
       </c>
       <c r="M50" s="15">
         <v>0.02</v>
       </c>
       <c r="N50" s="15">
-        <v>2546</v>
+        <v>2470</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
@@ -4401,331 +4401,331 @@
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
-        <v>0.01552</v>
+        <v>0.01113</v>
       </c>
       <c r="L82" s="15">
-        <v>0.01123</v>
+        <v>0.009650000000000001</v>
       </c>
       <c r="M82" s="15">
-        <v>0.0098</v>
+        <v>0.00928</v>
       </c>
       <c r="N82" s="15">
-        <v>3050</v>
+        <v>3450</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E83" s="15">
         <v>10000019032</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.0134</v>
+        <v>0.0081</v>
       </c>
       <c r="L83" s="15">
-        <v>0.009690000000000001</v>
+        <v>0.00702</v>
       </c>
       <c r="M83" s="15">
-        <v>0.008460000000000001</v>
+        <v>0.00675</v>
       </c>
       <c r="N83" s="15">
-        <v>596</v>
+        <v>542</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10000017955</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.00881</v>
       </c>
       <c r="L84" s="15">
         <v>0.00763</v>
       </c>
       <c r="M84" s="15">
         <v>0.00734</v>
       </c>
       <c r="N84" s="15">
-        <v>725</v>
+        <v>592</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.00881</v>
       </c>
       <c r="L85" s="15">
         <v>0.00763</v>
       </c>
       <c r="M85" s="15">
         <v>0.00734</v>
       </c>
       <c r="N85" s="15">
-        <v>694</v>
+        <v>534</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.00881</v>
       </c>
       <c r="L86" s="15">
         <v>0.00763</v>
       </c>
       <c r="M86" s="15">
         <v>0.00734</v>
       </c>
       <c r="N86" s="15">
-        <v>468</v>
+        <v>422</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E87" s="15">
         <v>10000005055</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.01458</v>
+        <v>0.01017</v>
       </c>
       <c r="L87" s="15">
-        <v>0.01055</v>
+        <v>0.00881</v>
       </c>
       <c r="M87" s="15">
-        <v>0.009209999999999999</v>
+        <v>0.00848</v>
       </c>
       <c r="N87" s="15">
-        <v>4797</v>
+        <v>4121</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E88" s="15">
         <v>10000008601</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.01254</v>
+        <v>0.008869999999999999</v>
       </c>
       <c r="L88" s="15">
-        <v>0.008959999999999999</v>
+        <v>0.00768</v>
       </c>
       <c r="M88" s="15">
-        <v>0.008059999999999999</v>
+        <v>0.00739</v>
       </c>
       <c r="N88" s="15">
-        <v>6738</v>
+        <v>5390</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E89" s="15">
         <v>10000008140</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.01378</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="L89" s="15">
-        <v>0.00997</v>
+        <v>0.008319999999999999</v>
       </c>
       <c r="M89" s="15">
-        <v>0.008699999999999999</v>
+        <v>0.008</v>
       </c>
       <c r="N89" s="15">
-        <v>4320</v>
+        <v>3408</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10080003292</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I90" s="15"/>
@@ -4757,718 +4757,718 @@
       <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00788</v>
       </c>
       <c r="M91" s="15">
         <v>0.00758</v>
       </c>
       <c r="N91" s="15">
-        <v>196</v>
+        <v>173</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.01345</v>
+        <v>0.00912</v>
       </c>
       <c r="L92" s="15">
-        <v>0.009730000000000001</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="M92" s="15">
-        <v>0.008489999999999999</v>
+        <v>0.0076</v>
       </c>
       <c r="N92" s="15">
-        <v>2999</v>
+        <v>3799</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
-        <v>0.10062</v>
+        <v>0.06972</v>
       </c>
       <c r="L93" s="15">
-        <v>0.0728</v>
+        <v>0.06042</v>
       </c>
       <c r="M93" s="15">
-        <v>0.06353</v>
+        <v>0.0581</v>
       </c>
       <c r="N93" s="15">
-        <v>8500</v>
+        <v>6400</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15">
         <v>10000009879</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.00659</v>
       </c>
       <c r="L94" s="15">
         <v>0.00571</v>
       </c>
       <c r="M94" s="15">
         <v>0.00549</v>
       </c>
       <c r="N94" s="15">
-        <v>848</v>
+        <v>1149</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.00684</v>
       </c>
       <c r="L95" s="15">
         <v>0.00593</v>
       </c>
       <c r="M95" s="15">
         <v>0.0057</v>
       </c>
       <c r="N95" s="15">
-        <v>104</v>
+        <v>74</v>
       </c>
       <c r="O95" s="15">
-        <v>18000</v>
+        <v>12800</v>
       </c>
       <c r="P95" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E96" s="15">
         <v>10080002248</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
-        <v>0.01087</v>
+        <v>0.00734</v>
       </c>
       <c r="L96" s="15">
-        <v>0.00787</v>
+        <v>0.00636</v>
       </c>
       <c r="M96" s="15">
-        <v>0.00686</v>
+        <v>0.00611</v>
       </c>
       <c r="N96" s="15">
-        <v>2522</v>
+        <v>2048</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
-        <v>0.01</v>
+        <v>0.00693</v>
       </c>
       <c r="L97" s="15">
-        <v>0.00724</v>
+        <v>0.00601</v>
       </c>
       <c r="M97" s="15">
-        <v>0.00632</v>
+        <v>0.00578</v>
       </c>
       <c r="N97" s="15">
-        <v>943</v>
+        <v>1070</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>0.00714</v>
       </c>
       <c r="L98" s="15">
         <v>0.00619</v>
       </c>
       <c r="M98" s="15">
         <v>0.00595</v>
       </c>
       <c r="N98" s="15">
-        <v>272</v>
+        <v>238</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.009979999999999999</v>
+        <v>0.00693</v>
       </c>
       <c r="L99" s="15">
-        <v>0.00722</v>
+        <v>0.00601</v>
       </c>
       <c r="M99" s="15">
-        <v>0.0063</v>
+        <v>0.00578</v>
       </c>
       <c r="N99" s="15">
-        <v>670</v>
+        <v>770</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00714</v>
       </c>
       <c r="L100" s="15">
         <v>0.00619</v>
       </c>
       <c r="M100" s="15">
         <v>0.00595</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15">
-        <v>760</v>
+        <v>610</v>
       </c>
       <c r="P100" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E101" s="15">
         <v>10000008155</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.00684</v>
       </c>
       <c r="L101" s="15">
         <v>0.00593</v>
       </c>
       <c r="M101" s="15">
         <v>0.0057</v>
       </c>
       <c r="N101" s="15">
-        <v>6724</v>
+        <v>6478</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E102" s="15">
         <v>10080054675</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.00716</v>
       </c>
       <c r="L102" s="15">
         <v>0.0062</v>
       </c>
       <c r="M102" s="15">
         <v>0.00596</v>
       </c>
       <c r="N102" s="15">
-        <v>1443</v>
+        <v>1672</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E103" s="15">
         <v>10080070278</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
-        <v>0.01352</v>
+        <v>0.00927</v>
       </c>
       <c r="L103" s="15">
-        <v>0.00978</v>
+        <v>0.008030000000000001</v>
       </c>
       <c r="M103" s="15">
-        <v>0.008540000000000001</v>
+        <v>0.00773</v>
       </c>
       <c r="N103" s="15">
         <v>20</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.02982</v>
+        <v>0.02043</v>
       </c>
       <c r="L104" s="15">
-        <v>0.02157</v>
+        <v>0.01771</v>
       </c>
       <c r="M104" s="15">
-        <v>0.01882</v>
+        <v>0.01703</v>
       </c>
       <c r="N104" s="15">
-        <v>770</v>
+        <v>638</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.0209</v>
+        <v>0.02031</v>
       </c>
       <c r="L105" s="15">
-        <v>0.01811</v>
+        <v>0.0176</v>
       </c>
       <c r="M105" s="15">
-        <v>0.01741</v>
+        <v>0.01693</v>
       </c>
       <c r="N105" s="15">
-        <v>16590</v>
+        <v>14490</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.02936</v>
+        <v>0.02054</v>
       </c>
       <c r="L106" s="15">
-        <v>0.02124</v>
+        <v>0.0178</v>
       </c>
       <c r="M106" s="15">
-        <v>0.01854</v>
+        <v>0.01711</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15">
-        <v>9471</v>
+        <v>9184</v>
       </c>
       <c r="P106" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.02187</v>
+        <v>0.01991</v>
       </c>
       <c r="L107" s="15">
-        <v>0.01895</v>
+        <v>0.01725</v>
       </c>
       <c r="M107" s="15">
-        <v>0.01823</v>
+        <v>0.01659</v>
       </c>
       <c r="N107" s="15">
-        <v>3854</v>
+        <v>4042</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
-        <v>0.03023</v>
+        <v>0.02135</v>
       </c>
       <c r="L108" s="15">
-        <v>0.02187</v>
+        <v>0.0185</v>
       </c>
       <c r="M108" s="15">
-        <v>0.01908</v>
+        <v>0.01779</v>
       </c>
       <c r="N108" s="15">
-        <v>670</v>
+        <v>690</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E109" s="15">
         <v>10080055259</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I109" s="15"/>
@@ -5500,51 +5500,51 @@
       <c r="D110" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01932</v>
       </c>
       <c r="L110" s="15">
         <v>0.01674</v>
       </c>
       <c r="M110" s="15">
         <v>0.0161</v>
       </c>
       <c r="N110" s="15">
-        <v>4041</v>
+        <v>4463</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>288</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>289</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I111" s="15"/>
@@ -5641,60 +5641,60 @@
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.04375</v>
+        <v>0.02673</v>
       </c>
       <c r="L114" s="15">
-        <v>0.03165</v>
+        <v>0.02317</v>
       </c>
       <c r="M114" s="15">
-        <v>0.02762</v>
+        <v>0.02228</v>
       </c>
       <c r="N114" s="15">
-        <v>1560</v>
+        <v>1460</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>303</v>
       </c>
       <c r="I115" s="15"/>
@@ -5728,51 +5728,51 @@
       <c r="D116" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
         <v>0.01598</v>
       </c>
       <c r="L116" s="15">
         <v>0.01385</v>
       </c>
       <c r="M116" s="15">
         <v>0.01331</v>
       </c>
       <c r="N116" s="15">
-        <v>690</v>
+        <v>670</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>310</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>311</v>