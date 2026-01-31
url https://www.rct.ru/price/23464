--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -757,51 +757,51 @@
   <si>
     <t>L-KLS6-CF-1W-220R-JB</t>
   </si>
   <si>
     <t>CF-1W- 220R 5% (L-KLS6-CF-1W-220R-JB)</t>
   </si>
   <si>
     <t>UT-00120655</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-510R-JB</t>
   </si>
   <si>
     <t>CF-1W- 510R L-KLS6-CF-1W-510R-JB</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-1KR-JB</t>
   </si>
   <si>
     <t>5% / CF-1W- 1K (L-KLS6-CF-1W-1KR-JB)</t>
   </si>
   <si>
     <t>10-00069796</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-1K8R-JB</t>
   </si>
   <si>
     <t>CF-1W- 1K8 L-KLS6-CF-1W-1K8R-JB</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-3KR-JB</t>
   </si>
   <si>
     <t>CF-1W- 3K L-KLS6-CF-1W-3KR-JB</t>
   </si>
   <si>
     <t>10-00069801</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-4K3R-JB</t>
   </si>
   <si>
     <t>CF-1W- 4K3 (L-KLS6-CF-1W-4K3R-JB)</t>
   </si>
   <si>
     <t>10-00069780</t>
   </si>
@@ -2117,88 +2117,88 @@
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.02</v>
       </c>
       <c r="L17" s="15">
         <v>0.02</v>
       </c>
       <c r="M17" s="15">
         <v>0.02</v>
       </c>
       <c r="N17" s="15">
-        <v>162</v>
+        <v>130</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.02</v>
       </c>
       <c r="L18" s="15">
         <v>0.02</v>
       </c>
       <c r="M18" s="15">
         <v>0.02</v>
       </c>
       <c r="N18" s="15">
-        <v>272</v>
+        <v>328</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000006365</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
@@ -2438,51 +2438,51 @@
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
         <v>0.02</v>
       </c>
       <c r="L26" s="15">
         <v>0.02</v>
       </c>
       <c r="M26" s="15">
         <v>0.02</v>
       </c>
       <c r="N26" s="15">
-        <v>656</v>
+        <v>584</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
@@ -3035,125 +3035,125 @@
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.02</v>
       </c>
       <c r="L43" s="15">
         <v>0.02</v>
       </c>
       <c r="M43" s="15">
         <v>0.02</v>
       </c>
       <c r="N43" s="15">
-        <v>3150</v>
+        <v>4250</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.0086</v>
       </c>
       <c r="L44" s="15">
         <v>0.00567</v>
       </c>
       <c r="M44" s="15">
         <v>0.00519</v>
       </c>
       <c r="N44" s="15">
-        <v>12544</v>
+        <v>13132</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.03421</v>
       </c>
       <c r="L45" s="15">
         <v>0.02248</v>
       </c>
       <c r="M45" s="15">
         <v>0.02053</v>
       </c>
       <c r="N45" s="15">
-        <v>17640</v>
+        <v>17430</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
@@ -3286,51 +3286,51 @@
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.02</v>
       </c>
       <c r="L50" s="15">
         <v>0.02</v>
       </c>
       <c r="M50" s="15">
         <v>0.02</v>
       </c>
       <c r="N50" s="15">
-        <v>2470</v>
+        <v>2888</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
@@ -4410,322 +4410,322 @@
         <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.01113</v>
       </c>
       <c r="L82" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.00928</v>
       </c>
       <c r="N82" s="15">
-        <v>3450</v>
+        <v>3100</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E83" s="15">
         <v>10000019032</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0081</v>
       </c>
       <c r="L83" s="15">
         <v>0.00702</v>
       </c>
       <c r="M83" s="15">
         <v>0.00675</v>
       </c>
       <c r="N83" s="15">
-        <v>542</v>
+        <v>610</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10000017955</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.00881</v>
       </c>
       <c r="L84" s="15">
         <v>0.00763</v>
       </c>
       <c r="M84" s="15">
         <v>0.00734</v>
       </c>
       <c r="N84" s="15">
-        <v>592</v>
+        <v>750</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.00881</v>
       </c>
       <c r="L85" s="15">
         <v>0.00763</v>
       </c>
       <c r="M85" s="15">
         <v>0.00734</v>
       </c>
       <c r="N85" s="15">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.00881</v>
       </c>
       <c r="L86" s="15">
         <v>0.00763</v>
       </c>
       <c r="M86" s="15">
         <v>0.00734</v>
       </c>
       <c r="N86" s="15">
-        <v>422</v>
+        <v>486</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E87" s="15">
         <v>10000005055</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01017</v>
       </c>
       <c r="L87" s="15">
         <v>0.00881</v>
       </c>
       <c r="M87" s="15">
         <v>0.00848</v>
       </c>
       <c r="N87" s="15">
-        <v>4121</v>
+        <v>1744</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E88" s="15">
         <v>10000008601</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L88" s="15">
         <v>0.00768</v>
       </c>
       <c r="M88" s="15">
         <v>0.00739</v>
       </c>
       <c r="N88" s="15">
-        <v>5390</v>
+        <v>2237</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E89" s="15">
         <v>10000008140</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.009599999999999999</v>
       </c>
       <c r="L89" s="15">
         <v>0.008319999999999999</v>
       </c>
       <c r="M89" s="15">
         <v>0.008</v>
       </c>
       <c r="N89" s="15">
-        <v>3408</v>
+        <v>1423</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10080003292</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I90" s="15"/>
@@ -4757,484 +4757,484 @@
       <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00788</v>
       </c>
       <c r="M91" s="15">
         <v>0.00758</v>
       </c>
       <c r="N91" s="15">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00912</v>
       </c>
       <c r="L92" s="15">
         <v>0.007900000000000001</v>
       </c>
       <c r="M92" s="15">
         <v>0.0076</v>
       </c>
       <c r="N92" s="15">
-        <v>3799</v>
+        <v>3749</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.06972</v>
       </c>
       <c r="L93" s="15">
         <v>0.06042</v>
       </c>
       <c r="M93" s="15">
         <v>0.0581</v>
       </c>
       <c r="N93" s="15">
-        <v>6400</v>
+        <v>7300</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15">
         <v>10000009879</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.00659</v>
       </c>
       <c r="L94" s="15">
         <v>0.00571</v>
       </c>
       <c r="M94" s="15">
         <v>0.00549</v>
       </c>
       <c r="N94" s="15">
-        <v>1149</v>
+        <v>1108</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.00684</v>
       </c>
       <c r="L95" s="15">
         <v>0.00593</v>
       </c>
       <c r="M95" s="15">
         <v>0.0057</v>
       </c>
       <c r="N95" s="15">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="O95" s="15">
-        <v>12800</v>
+        <v>13200</v>
       </c>
       <c r="P95" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E96" s="15">
         <v>10080002248</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.00734</v>
       </c>
       <c r="L96" s="15">
         <v>0.00636</v>
       </c>
       <c r="M96" s="15">
         <v>0.00611</v>
       </c>
       <c r="N96" s="15">
-        <v>2048</v>
+        <v>2315</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.00693</v>
       </c>
       <c r="L97" s="15">
         <v>0.00601</v>
       </c>
       <c r="M97" s="15">
         <v>0.00578</v>
       </c>
       <c r="N97" s="15">
-        <v>1070</v>
+        <v>919</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>0.00714</v>
       </c>
       <c r="L98" s="15">
         <v>0.00619</v>
       </c>
       <c r="M98" s="15">
         <v>0.00595</v>
       </c>
       <c r="N98" s="15">
-        <v>238</v>
+        <v>268</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00693</v>
       </c>
       <c r="L99" s="15">
         <v>0.00601</v>
       </c>
       <c r="M99" s="15">
         <v>0.00578</v>
       </c>
       <c r="N99" s="15">
-        <v>770</v>
+        <v>740</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.00714</v>
+        <v>0.0068</v>
       </c>
       <c r="L100" s="15">
-        <v>0.00619</v>
+        <v>0.00589</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00595</v>
+        <v>0.00566</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15">
-        <v>610</v>
+        <v>790</v>
       </c>
       <c r="P100" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E101" s="15">
         <v>10000008155</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.00684</v>
       </c>
       <c r="L101" s="15">
         <v>0.00593</v>
       </c>
       <c r="M101" s="15">
         <v>0.0057</v>
       </c>
       <c r="N101" s="15">
-        <v>6478</v>
+        <v>2816</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E102" s="15">
         <v>10080054675</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.00716</v>
       </c>
       <c r="L102" s="15">
         <v>0.0062</v>
       </c>
       <c r="M102" s="15">
         <v>0.00596</v>
       </c>
       <c r="N102" s="15">
-        <v>1672</v>
+        <v>1422</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E103" s="15">
         <v>10080070278</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I103" s="15"/>
@@ -5307,168 +5307,170 @@
       <c r="D105" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02031</v>
       </c>
       <c r="L105" s="15">
         <v>0.0176</v>
       </c>
       <c r="M105" s="15">
         <v>0.01693</v>
       </c>
       <c r="N105" s="15">
-        <v>14490</v>
+        <v>16590</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.02054</v>
       </c>
       <c r="L106" s="15">
         <v>0.0178</v>
       </c>
       <c r="M106" s="15">
         <v>0.01711</v>
       </c>
-      <c r="N106" s="15"/>
+      <c r="N106" s="15">
+        <v>242</v>
+      </c>
       <c r="O106" s="15">
-        <v>9184</v>
+        <v>6900</v>
       </c>
       <c r="P106" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.01991</v>
       </c>
       <c r="L107" s="15">
         <v>0.01725</v>
       </c>
       <c r="M107" s="15">
         <v>0.01659</v>
       </c>
       <c r="N107" s="15">
-        <v>4042</v>
+        <v>2728</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.02135</v>
       </c>
       <c r="L108" s="15">
         <v>0.0185</v>
       </c>
       <c r="M108" s="15">
         <v>0.01779</v>
       </c>
       <c r="N108" s="15">
-        <v>690</v>
+        <v>650</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E109" s="15">
         <v>10080055259</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I109" s="15"/>
@@ -5500,51 +5502,51 @@
       <c r="D110" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01932</v>
       </c>
       <c r="L110" s="15">
         <v>0.01674</v>
       </c>
       <c r="M110" s="15">
         <v>0.0161</v>
       </c>
       <c r="N110" s="15">
-        <v>4463</v>
+        <v>3618</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>288</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>289</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I111" s="15"/>
@@ -5650,51 +5652,51 @@
       <c r="D114" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.02673</v>
       </c>
       <c r="L114" s="15">
         <v>0.02317</v>
       </c>
       <c r="M114" s="15">
         <v>0.02228</v>
       </c>
       <c r="N114" s="15">
-        <v>1460</v>
+        <v>1320</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>303</v>
       </c>
       <c r="I115" s="15"/>
@@ -5728,51 +5730,51 @@
       <c r="D116" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
         <v>0.01598</v>
       </c>
       <c r="L116" s="15">
         <v>0.01385</v>
       </c>
       <c r="M116" s="15">
         <v>0.01331</v>
       </c>
       <c r="N116" s="15">
-        <v>670</v>
+        <v>710</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>310</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>311</v>