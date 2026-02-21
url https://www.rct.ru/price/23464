--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2117,88 +2117,88 @@
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.02</v>
       </c>
       <c r="L17" s="15">
         <v>0.02</v>
       </c>
       <c r="M17" s="15">
         <v>0.02</v>
       </c>
       <c r="N17" s="15">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.02</v>
       </c>
       <c r="L18" s="15">
         <v>0.02</v>
       </c>
       <c r="M18" s="15">
         <v>0.02</v>
       </c>
       <c r="N18" s="15">
-        <v>328</v>
+        <v>260</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000006365</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
@@ -2296,51 +2296,51 @@
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.02</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.02</v>
       </c>
       <c r="N22" s="15">
-        <v>3302</v>
+        <v>3813</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10000004717</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>200</v>
@@ -2438,51 +2438,51 @@
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
         <v>0.02</v>
       </c>
       <c r="L26" s="15">
         <v>0.02</v>
       </c>
       <c r="M26" s="15">
         <v>0.02</v>
       </c>
       <c r="N26" s="15">
-        <v>584</v>
+        <v>616</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
@@ -3035,125 +3035,125 @@
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.02</v>
       </c>
       <c r="L43" s="15">
         <v>0.02</v>
       </c>
       <c r="M43" s="15">
         <v>0.02</v>
       </c>
       <c r="N43" s="15">
-        <v>4250</v>
+        <v>3450</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.0086</v>
       </c>
       <c r="L44" s="15">
         <v>0.00567</v>
       </c>
       <c r="M44" s="15">
         <v>0.00519</v>
       </c>
       <c r="N44" s="15">
-        <v>13132</v>
+        <v>15092</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.03421</v>
       </c>
       <c r="L45" s="15">
         <v>0.02248</v>
       </c>
       <c r="M45" s="15">
         <v>0.02053</v>
       </c>
       <c r="N45" s="15">
-        <v>17430</v>
+        <v>16170</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
@@ -3286,51 +3286,51 @@
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.02</v>
       </c>
       <c r="L50" s="15">
         <v>0.02</v>
       </c>
       <c r="M50" s="15">
         <v>0.02</v>
       </c>
       <c r="N50" s="15">
-        <v>2888</v>
+        <v>3344</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
@@ -4410,322 +4410,322 @@
         <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.01113</v>
       </c>
       <c r="L82" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.00928</v>
       </c>
       <c r="N82" s="15">
-        <v>3100</v>
+        <v>3250</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E83" s="15">
         <v>10000019032</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0081</v>
       </c>
       <c r="L83" s="15">
         <v>0.00702</v>
       </c>
       <c r="M83" s="15">
         <v>0.00675</v>
       </c>
       <c r="N83" s="15">
-        <v>610</v>
+        <v>425</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10000017955</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.00881</v>
       </c>
       <c r="L84" s="15">
         <v>0.00763</v>
       </c>
       <c r="M84" s="15">
         <v>0.00734</v>
       </c>
       <c r="N84" s="15">
-        <v>750</v>
+        <v>550</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.00881</v>
       </c>
       <c r="L85" s="15">
         <v>0.00763</v>
       </c>
       <c r="M85" s="15">
         <v>0.00734</v>
       </c>
       <c r="N85" s="15">
-        <v>527</v>
+        <v>495</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.00881</v>
       </c>
       <c r="L86" s="15">
         <v>0.00763</v>
       </c>
       <c r="M86" s="15">
         <v>0.00734</v>
       </c>
       <c r="N86" s="15">
-        <v>486</v>
+        <v>255</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E87" s="15">
         <v>10000005055</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01017</v>
       </c>
       <c r="L87" s="15">
         <v>0.00881</v>
       </c>
       <c r="M87" s="15">
         <v>0.00848</v>
       </c>
       <c r="N87" s="15">
-        <v>1744</v>
+        <v>1916</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E88" s="15">
         <v>10000008601</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L88" s="15">
         <v>0.00768</v>
       </c>
       <c r="M88" s="15">
         <v>0.00739</v>
       </c>
       <c r="N88" s="15">
-        <v>2237</v>
+        <v>1738</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E89" s="15">
         <v>10000008140</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.009599999999999999</v>
       </c>
       <c r="L89" s="15">
         <v>0.008319999999999999</v>
       </c>
       <c r="M89" s="15">
         <v>0.008</v>
       </c>
       <c r="N89" s="15">
-        <v>1423</v>
+        <v>1332</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10080003292</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I90" s="15"/>
@@ -4757,484 +4757,484 @@
       <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00788</v>
       </c>
       <c r="M91" s="15">
         <v>0.00758</v>
       </c>
       <c r="N91" s="15">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00912</v>
       </c>
       <c r="L92" s="15">
         <v>0.007900000000000001</v>
       </c>
       <c r="M92" s="15">
         <v>0.0076</v>
       </c>
       <c r="N92" s="15">
-        <v>3749</v>
+        <v>3712</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.06972</v>
       </c>
       <c r="L93" s="15">
         <v>0.06042</v>
       </c>
       <c r="M93" s="15">
         <v>0.0581</v>
       </c>
       <c r="N93" s="15">
-        <v>7300</v>
+        <v>8000</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15">
         <v>10000009879</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.00659</v>
       </c>
       <c r="L94" s="15">
         <v>0.00571</v>
       </c>
       <c r="M94" s="15">
         <v>0.00549</v>
       </c>
       <c r="N94" s="15">
-        <v>1108</v>
+        <v>1135</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.00684</v>
       </c>
       <c r="L95" s="15">
         <v>0.00593</v>
       </c>
       <c r="M95" s="15">
         <v>0.0057</v>
       </c>
       <c r="N95" s="15">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="O95" s="15">
-        <v>13200</v>
+        <v>17400</v>
       </c>
       <c r="P95" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E96" s="15">
         <v>10080002248</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.00734</v>
       </c>
       <c r="L96" s="15">
         <v>0.00636</v>
       </c>
       <c r="M96" s="15">
         <v>0.00611</v>
       </c>
       <c r="N96" s="15">
-        <v>2315</v>
+        <v>1801</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.00693</v>
       </c>
       <c r="L97" s="15">
         <v>0.00601</v>
       </c>
       <c r="M97" s="15">
         <v>0.00578</v>
       </c>
       <c r="N97" s="15">
-        <v>919</v>
+        <v>709</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>0.00714</v>
       </c>
       <c r="L98" s="15">
         <v>0.00619</v>
       </c>
       <c r="M98" s="15">
         <v>0.00595</v>
       </c>
       <c r="N98" s="15">
-        <v>268</v>
+        <v>247</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00693</v>
       </c>
       <c r="L99" s="15">
         <v>0.00601</v>
       </c>
       <c r="M99" s="15">
         <v>0.00578</v>
       </c>
       <c r="N99" s="15">
-        <v>740</v>
+        <v>840</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.0068</v>
       </c>
       <c r="L100" s="15">
         <v>0.00589</v>
       </c>
       <c r="M100" s="15">
         <v>0.00566</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15">
-        <v>790</v>
+        <v>600</v>
       </c>
       <c r="P100" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E101" s="15">
         <v>10000008155</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.00684</v>
       </c>
       <c r="L101" s="15">
         <v>0.00593</v>
       </c>
       <c r="M101" s="15">
         <v>0.0057</v>
       </c>
       <c r="N101" s="15">
-        <v>2816</v>
+        <v>2144</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E102" s="15">
         <v>10080054675</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.00716</v>
       </c>
       <c r="L102" s="15">
         <v>0.0062</v>
       </c>
       <c r="M102" s="15">
         <v>0.00596</v>
       </c>
       <c r="N102" s="15">
-        <v>1422</v>
+        <v>1267</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E103" s="15">
         <v>10080070278</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I103" s="15"/>
@@ -5268,209 +5268,209 @@
       <c r="D104" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.02043</v>
       </c>
       <c r="L104" s="15">
         <v>0.01771</v>
       </c>
       <c r="M104" s="15">
         <v>0.01703</v>
       </c>
       <c r="N104" s="15">
-        <v>638</v>
+        <v>608</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>273</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02031</v>
       </c>
       <c r="L105" s="15">
         <v>0.0176</v>
       </c>
       <c r="M105" s="15">
         <v>0.01693</v>
       </c>
       <c r="N105" s="15">
-        <v>16590</v>
+        <v>9000</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.02054</v>
       </c>
       <c r="L106" s="15">
         <v>0.0178</v>
       </c>
       <c r="M106" s="15">
         <v>0.01711</v>
       </c>
       <c r="N106" s="15">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="O106" s="15">
-        <v>6900</v>
+        <v>6300</v>
       </c>
       <c r="P106" s="15" t="s">
         <v>247</v>
       </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.01991</v>
       </c>
       <c r="L107" s="15">
         <v>0.01725</v>
       </c>
       <c r="M107" s="15">
         <v>0.01659</v>
       </c>
       <c r="N107" s="15">
-        <v>2728</v>
+        <v>268</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.02135</v>
       </c>
       <c r="L108" s="15">
         <v>0.0185</v>
       </c>
       <c r="M108" s="15">
         <v>0.01779</v>
       </c>
       <c r="N108" s="15">
-        <v>650</v>
+        <v>840</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E109" s="15">
         <v>10080055259</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I109" s="15"/>
@@ -5502,51 +5502,51 @@
       <c r="D110" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01932</v>
       </c>
       <c r="L110" s="15">
         <v>0.01674</v>
       </c>
       <c r="M110" s="15">
         <v>0.0161</v>
       </c>
       <c r="N110" s="15">
-        <v>3618</v>
+        <v>1320</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>288</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>289</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I111" s="15"/>
@@ -5652,51 +5652,51 @@
       <c r="D114" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.02673</v>
       </c>
       <c r="L114" s="15">
         <v>0.02317</v>
       </c>
       <c r="M114" s="15">
         <v>0.02228</v>
       </c>
       <c r="N114" s="15">
-        <v>1320</v>
+        <v>1540</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>303</v>
       </c>
       <c r="I115" s="15"/>
@@ -5730,51 +5730,51 @@
       <c r="D116" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
         <v>0.01598</v>
       </c>
       <c r="L116" s="15">
         <v>0.01385</v>
       </c>
       <c r="M116" s="15">
         <v>0.01331</v>
       </c>
       <c r="N116" s="15">
-        <v>710</v>
+        <v>820</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>310</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>311</v>