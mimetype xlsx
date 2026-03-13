--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="354">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -755,53 +755,50 @@
     <t>UT-00089596</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-220R-JB</t>
   </si>
   <si>
     <t>CF-1W- 220R 5% (L-KLS6-CF-1W-220R-JB)</t>
   </si>
   <si>
     <t>UT-00120655</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-510R-JB</t>
   </si>
   <si>
     <t>CF-1W- 510R L-KLS6-CF-1W-510R-JB</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-1KR-JB</t>
   </si>
   <si>
     <t>5% / CF-1W- 1K (L-KLS6-CF-1W-1KR-JB)</t>
   </si>
   <si>
     <t>10-00069796</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-1K8R-JB</t>
   </si>
   <si>
     <t>CF-1W- 1K8 L-KLS6-CF-1W-1K8R-JB</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-3KR-JB</t>
   </si>
   <si>
     <t>CF-1W- 3K L-KLS6-CF-1W-3KR-JB</t>
   </si>
   <si>
     <t>10-00069801</t>
   </si>
   <si>
     <t>L-KLS6-CF-1W-4K3R-JB</t>
   </si>
   <si>
     <t>CF-1W- 4K3 (L-KLS6-CF-1W-4K3R-JB)</t>
   </si>
   <si>
     <t>10-00069780</t>
   </si>
@@ -2117,51 +2114,51 @@
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.02</v>
       </c>
       <c r="L17" s="15">
         <v>0.02</v>
       </c>
       <c r="M17" s="15">
         <v>0.02</v>
       </c>
       <c r="N17" s="15">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
@@ -2296,51 +2293,51 @@
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.02</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.02</v>
       </c>
       <c r="N22" s="15">
-        <v>3813</v>
+        <v>3023</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10000004717</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>200</v>
@@ -2438,51 +2435,51 @@
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>250</v>
       </c>
       <c r="K26" s="15">
         <v>0.02</v>
       </c>
       <c r="L26" s="15">
         <v>0.02</v>
       </c>
       <c r="M26" s="15">
         <v>0.02</v>
       </c>
       <c r="N26" s="15">
-        <v>616</v>
+        <v>672</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>200</v>
@@ -3035,125 +3032,125 @@
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.02</v>
       </c>
       <c r="L43" s="15">
         <v>0.02</v>
       </c>
       <c r="M43" s="15">
         <v>0.02</v>
       </c>
       <c r="N43" s="15">
-        <v>3450</v>
+        <v>3900</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.0086</v>
       </c>
       <c r="L44" s="15">
         <v>0.00567</v>
       </c>
       <c r="M44" s="15">
         <v>0.00519</v>
       </c>
       <c r="N44" s="15">
-        <v>15092</v>
+        <v>12348</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.03421</v>
       </c>
       <c r="L45" s="15">
         <v>0.02248</v>
       </c>
       <c r="M45" s="15">
         <v>0.02053</v>
       </c>
       <c r="N45" s="15">
-        <v>16170</v>
+        <v>17220</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
@@ -3286,51 +3283,51 @@
         <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>200</v>
       </c>
       <c r="K50" s="15">
         <v>0.02</v>
       </c>
       <c r="L50" s="15">
         <v>0.02</v>
       </c>
       <c r="M50" s="15">
         <v>0.02</v>
       </c>
       <c r="N50" s="15">
-        <v>3344</v>
+        <v>2774</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>200</v>
@@ -4410,322 +4407,322 @@
         <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.01113</v>
       </c>
       <c r="L82" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.00928</v>
       </c>
       <c r="N82" s="15">
-        <v>3250</v>
+        <v>3600</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E83" s="15">
         <v>10000019032</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
         <v>0.0081</v>
       </c>
       <c r="L83" s="15">
         <v>0.00702</v>
       </c>
       <c r="M83" s="15">
         <v>0.00675</v>
       </c>
       <c r="N83" s="15">
-        <v>425</v>
+        <v>459</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E84" s="15">
         <v>10000017955</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>200</v>
       </c>
       <c r="K84" s="15">
         <v>0.00881</v>
       </c>
       <c r="L84" s="15">
         <v>0.00763</v>
       </c>
       <c r="M84" s="15">
         <v>0.00734</v>
       </c>
       <c r="N84" s="15">
-        <v>550</v>
+        <v>709</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.00881</v>
       </c>
       <c r="L85" s="15">
         <v>0.00763</v>
       </c>
       <c r="M85" s="15">
         <v>0.00734</v>
       </c>
       <c r="N85" s="15">
-        <v>495</v>
+        <v>646</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>200</v>
       </c>
       <c r="K86" s="15">
         <v>0.00881</v>
       </c>
       <c r="L86" s="15">
         <v>0.00763</v>
       </c>
       <c r="M86" s="15">
         <v>0.00734</v>
       </c>
       <c r="N86" s="15">
-        <v>255</v>
+        <v>85</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E87" s="15">
         <v>10000005055</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01017</v>
       </c>
       <c r="L87" s="15">
         <v>0.00881</v>
       </c>
       <c r="M87" s="15">
         <v>0.00848</v>
       </c>
       <c r="N87" s="15">
-        <v>1916</v>
+        <v>1399</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E88" s="15">
         <v>10000008601</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.008869999999999999</v>
       </c>
       <c r="L88" s="15">
         <v>0.00768</v>
       </c>
       <c r="M88" s="15">
         <v>0.00739</v>
       </c>
       <c r="N88" s="15">
-        <v>1738</v>
+        <v>1515</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E89" s="15">
         <v>10000008140</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>0.009599999999999999</v>
       </c>
       <c r="L89" s="15">
         <v>0.008319999999999999</v>
       </c>
       <c r="M89" s="15">
         <v>0.008</v>
       </c>
       <c r="N89" s="15">
-        <v>1332</v>
+        <v>1131</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10080003292</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I90" s="15"/>
@@ -4757,1252 +4754,1246 @@
       <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00788</v>
       </c>
       <c r="M91" s="15">
         <v>0.00758</v>
       </c>
       <c r="N91" s="15">
-        <v>191</v>
+        <v>143</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00912</v>
       </c>
       <c r="L92" s="15">
         <v>0.007900000000000001</v>
       </c>
       <c r="M92" s="15">
         <v>0.0076</v>
       </c>
       <c r="N92" s="15">
-        <v>3712</v>
+        <v>3255</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.06972</v>
       </c>
       <c r="L93" s="15">
         <v>0.06042</v>
       </c>
       <c r="M93" s="15">
         <v>0.0581</v>
       </c>
       <c r="N93" s="15">
-        <v>8000</v>
+        <v>6900</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15">
         <v>10000009879</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.00659</v>
       </c>
       <c r="L94" s="15">
         <v>0.00571</v>
       </c>
       <c r="M94" s="15">
         <v>0.00549</v>
       </c>
       <c r="N94" s="15">
-        <v>1135</v>
+        <v>1162</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.00684</v>
       </c>
       <c r="L95" s="15">
         <v>0.00593</v>
       </c>
       <c r="M95" s="15">
         <v>0.0057</v>
       </c>
       <c r="N95" s="15">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="O95" s="15">
-        <v>17400</v>
-[...3 lines deleted...]
-      </c>
+        <v>13800</v>
+      </c>
+      <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E96" s="15">
         <v>10080002248</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.00734</v>
       </c>
       <c r="L96" s="15">
         <v>0.00636</v>
       </c>
       <c r="M96" s="15">
         <v>0.00611</v>
       </c>
       <c r="N96" s="15">
-        <v>1801</v>
+        <v>1837</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.00693</v>
       </c>
       <c r="L97" s="15">
         <v>0.00601</v>
       </c>
       <c r="M97" s="15">
         <v>0.00578</v>
       </c>
       <c r="N97" s="15">
-        <v>709</v>
+        <v>529</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>0.00714</v>
       </c>
       <c r="L98" s="15">
         <v>0.00619</v>
       </c>
       <c r="M98" s="15">
         <v>0.00595</v>
       </c>
       <c r="N98" s="15">
-        <v>247</v>
+        <v>213</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00693</v>
       </c>
       <c r="L99" s="15">
         <v>0.00601</v>
       </c>
       <c r="M99" s="15">
         <v>0.00578</v>
       </c>
       <c r="N99" s="15">
         <v>840</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.0068</v>
       </c>
       <c r="L100" s="15">
         <v>0.00589</v>
       </c>
       <c r="M100" s="15">
         <v>0.00566</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="E101" s="15">
         <v>10000008155</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.00684</v>
       </c>
       <c r="L101" s="15">
         <v>0.00593</v>
       </c>
       <c r="M101" s="15">
         <v>0.0057</v>
       </c>
       <c r="N101" s="15">
-        <v>2144</v>
+        <v>2573</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E102" s="15">
         <v>10080054675</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.00716</v>
       </c>
       <c r="L102" s="15">
         <v>0.0062</v>
       </c>
       <c r="M102" s="15">
         <v>0.00596</v>
       </c>
       <c r="N102" s="15">
-        <v>1267</v>
+        <v>1153</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E103" s="15">
         <v>10080070278</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.00927</v>
       </c>
       <c r="L103" s="15">
         <v>0.008030000000000001</v>
       </c>
       <c r="M103" s="15">
         <v>0.00773</v>
       </c>
       <c r="N103" s="15">
         <v>20</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.02043</v>
       </c>
       <c r="L104" s="15">
         <v>0.01771</v>
       </c>
       <c r="M104" s="15">
         <v>0.01703</v>
       </c>
       <c r="N104" s="15">
-        <v>608</v>
+        <v>851</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.02031</v>
       </c>
       <c r="L105" s="15">
         <v>0.0176</v>
       </c>
       <c r="M105" s="15">
         <v>0.01693</v>
       </c>
       <c r="N105" s="15">
-        <v>9000</v>
+        <v>12900</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.02054</v>
       </c>
       <c r="L106" s="15">
         <v>0.0178</v>
       </c>
       <c r="M106" s="15">
         <v>0.01711</v>
       </c>
       <c r="N106" s="15">
-        <v>245</v>
+        <v>284</v>
       </c>
       <c r="O106" s="15">
-        <v>6300</v>
-[...3 lines deleted...]
-      </c>
+        <v>7291</v>
+      </c>
+      <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>277</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.01991</v>
       </c>
       <c r="L107" s="15">
         <v>0.01725</v>
       </c>
       <c r="M107" s="15">
         <v>0.01659</v>
       </c>
       <c r="N107" s="15">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.02135</v>
       </c>
       <c r="L108" s="15">
         <v>0.0185</v>
       </c>
       <c r="M108" s="15">
         <v>0.01779</v>
       </c>
       <c r="N108" s="15">
-        <v>840</v>
+        <v>610</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E109" s="15">
         <v>10080055259</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
         <v>0.03218</v>
       </c>
       <c r="L109" s="15">
         <v>0.02308</v>
       </c>
       <c r="M109" s="15">
         <v>0.02003</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01932</v>
       </c>
       <c r="L110" s="15">
         <v>0.01674</v>
       </c>
       <c r="M110" s="15">
         <v>0.0161</v>
       </c>
       <c r="N110" s="15">
-        <v>1320</v>
+        <v>1279</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="D111" s="15" t="s">
+      <c r="E111" s="15" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
         <v>0.41816</v>
       </c>
       <c r="L111" s="15">
         <v>0.35071</v>
       </c>
       <c r="M111" s="15">
         <v>0.33723</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>168</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>2000</v>
       </c>
       <c r="K112" s="15">
         <v>0.484</v>
       </c>
       <c r="L112" s="15">
         <v>0.40594</v>
       </c>
       <c r="M112" s="15">
         <v>0.39033</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2000</v>
       </c>
       <c r="K113" s="15">
         <v>0.0217</v>
       </c>
       <c r="L113" s="15">
         <v>0.0182</v>
       </c>
       <c r="M113" s="15">
         <v>0.01751</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.02673</v>
       </c>
       <c r="L114" s="15">
         <v>0.02317</v>
       </c>
       <c r="M114" s="15">
         <v>0.02228</v>
       </c>
       <c r="N114" s="15">
-        <v>1540</v>
+        <v>1800</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.0069</v>
       </c>
       <c r="L115" s="15">
         <v>0.00564</v>
       </c>
       <c r="M115" s="15">
         <v>0.00506</v>
       </c>
       <c r="N115" s="15">
         <v>94</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>151</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
         <v>0.01598</v>
       </c>
       <c r="L116" s="15">
         <v>0.01385</v>
       </c>
       <c r="M116" s="15">
         <v>0.01331</v>
       </c>
       <c r="N116" s="15">
-        <v>820</v>
+        <v>880</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="H117" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.18392</v>
       </c>
       <c r="L117" s="15">
         <v>0.15426</v>
       </c>
       <c r="M117" s="15">
         <v>0.14833</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D118" s="15" t="s">
+      <c r="E118" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="H118" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>7000</v>
       </c>
       <c r="K118" s="15">
         <v>0.25229</v>
       </c>
       <c r="L118" s="15">
         <v>0.2116</v>
       </c>
       <c r="M118" s="15">
         <v>0.20346</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>316</v>
       </c>
-      <c r="D119" s="15" t="s">
+      <c r="E119" s="15" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="H119" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.10154</v>
       </c>
       <c r="L119" s="15">
         <v>0.10154</v>
       </c>
       <c r="M119" s="15">
         <v>0.10154</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="H120" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.07931000000000001</v>
       </c>
       <c r="L120" s="15">
         <v>0.06873</v>
       </c>
       <c r="M120" s="15">
         <v>0.06609</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="H121" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2000</v>
       </c>
       <c r="K121" s="15">
         <v>0.09926</v>
       </c>
       <c r="L121" s="15">
         <v>0.08325</v>
       </c>
       <c r="M121" s="15">
         <v>0.08005</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>1.05</v>
       </c>
       <c r="L122" s="15">
         <v>0.88018</v>
       </c>
       <c r="M122" s="15">
         <v>0.84633</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
@@ -6059,317 +6050,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>336</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>