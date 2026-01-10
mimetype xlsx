--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1479">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -772,89 +772,89 @@
   <si>
     <t xml:space="preserve">GT25H-A-03P-13-00A(H) GOLTEN, GT25H-A-03P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG25H-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-04P-13-00A(H) GOLTEN, DG25H-A-04P-13-00Z(H) DEGSON, GT25H-A-04P-13-00 GOLTEN, B762W-04-04P-KC Tianli, L-KLS2-25C-7.62-04P-A KLS, </t>
   </si>
   <si>
     <t>DG25H-A-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113389</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-04P-13-00A(H) GOLTEN, GT25H-A-04P-13-00 GOLTEN, B762W-04-04P-KC Tianli, L-KLS2-25C-7.62-04P-A KLS, DG25H-A-04P-13-00A(H) DEGSON, </t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG25H-A-06P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-06P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113390</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-06P-13-00A(H) GOLTEN, GT25H-A-06P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG25H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114819</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-07P-13-00A(H) GOLTEN, GT25H-A-07P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG25H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113751</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-10P-13-00 GOLTEN, </t>
   </si>
   <si>
+    <t>24.02.2026</t>
+  </si>
+  <si>
     <t>DG25H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>DG25H-B-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-B-02P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00018506</t>
   </si>
   <si>
     <t xml:space="preserve">DG25H-B-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DG25H-B-03P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-B-03P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25H-B-03P-13-00Z(H) DEGSON, GT25H-B-03P-13-00 GOLTEN, </t>
@@ -2098,51 +2098,51 @@
   <si>
     <t>10-00018873</t>
   </si>
   <si>
     <t>DG55C-B-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113465</t>
   </si>
   <si>
     <t>DG55C-B-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113466</t>
   </si>
   <si>
     <t xml:space="preserve">GT55C-B-03P-13-00 GOLTEN, B100-02-03P-KC Tianli, L-KLS2-55A-10.0-03P-B KLS, </t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>DG55C-B-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113467</t>
   </si>
   <si>
     <t xml:space="preserve">GT55C-B-04P-13-00 GOLTEN, B100-02-04P-KC Tianli, CM-55C-B-4P-13 FUCON, </t>
   </si>
   <si>
     <t>DG55C-B-06P-13-00A(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-06P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00018919</t>
   </si>
   <si>
     <t>DG55C-B-08P-13-00A(H)</t>
   </si>
@@ -3262,53 +3262,50 @@
   <si>
     <t>Клеммник FB950-22-8P-13</t>
   </si>
   <si>
     <t>UT-00146233</t>
   </si>
   <si>
     <t xml:space="preserve">DG46S-B-08P-13-00Z(H) DEGSON, GT46S-B-08P-13-00 GOLTEN, T950-01-08P-KC Tianli, DG46S-B-08P-13-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>GT16S-B-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT16S-B-02P-13-00</t>
   </si>
   <si>
     <t>UT-00140324</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">DG16S-B-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>21.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>GT25C-A-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-02P-13-00</t>
   </si>
   <si>
     <t>UT-00145259</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-02P-13-00A(H) GOLTEN, DG25C-A-02P-13-00Z(H) DEGSON, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
     <t>GT25C-A-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-02P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25C-A-02P-13-00Z(H) DEGSON, GT25C-A-02P-13-00 GOLTEN, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
     <t>GT25C-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-04P-13-00A(H)</t>
@@ -3823,53 +3820,50 @@
   <si>
     <t>GT78H-A-08P-13-00</t>
   </si>
   <si>
     <t>шаг 13мм / GT78H-A-08P-13-00</t>
   </si>
   <si>
     <t>UT-00142059</t>
   </si>
   <si>
     <t xml:space="preserve">DG78H-A-08P-13-00Z(H) DEGSON, B130CW-04-08P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>UT-00136667</t>
   </si>
   <si>
-    <t>29.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS2-25A-7.62-02P-A</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-25A-7.62-02P-A</t>
   </si>
   <si>
     <t>UT-00146583</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-02P-13-00A(H) GOLTEN, DG25C-A-02P-13-00Z(H) DEGSON, GT25C-A-02P-13-00 GOLTEN, B762W-02-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-25A-7.62-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-25A-7.62-02P-B</t>
   </si>
   <si>
     <t>UT-00146586</t>
   </si>
   <si>
     <t xml:space="preserve">DT-25-B01W-02 DINKLE, DG25C-B-02P-13-00Z(H) DEGSON, GT25C-B-02P-13-00 GOLTEN, B762-02-0773-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-25A-7.62-03P-B</t>
@@ -4061,50 +4055,53 @@
     <t xml:space="preserve">DG58C-B-04P-13-00Z(H) DEGSON, GT58C-B-04P-13-00 GOLTEN, B100C-02-0852-04P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-02P-B</t>
   </si>
   <si>
     <t>UT-00146644</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-02P-13-00Z(H) DEGSON, GT78C-B-02P-13-00 GOLTEN, B130C-02-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-03P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-03P-B</t>
   </si>
   <si>
     <t>UT-00146645</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-03P-13-00Z(H) DEGSON, GT78C-B-03P-13-00 GOLTEN, B130C-02-03P-KC Tianli, </t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-04P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-04P-B</t>
   </si>
   <si>
     <t>UT-00146646</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-04P-13-00Z(H) DEGSON, GT78C-B-04P-13-00 GOLTEN, B130C-02-04P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-05P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-05P-B</t>
   </si>
   <si>
     <t>UT-00146647</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-05P-13-00Z(H) DEGSON, GT78C-B-05P-13-00 GOLTEN, B130C-02-05P-KC Tianli, </t>
   </si>
@@ -5216,90 +5213,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44257</v>
       </c>
       <c r="L9" s="15">
         <v>0.38547</v>
       </c>
       <c r="M9" s="15">
         <v>0.35691</v>
       </c>
       <c r="N9" s="15">
-        <v>630</v>
+        <v>600</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>1.45</v>
       </c>
       <c r="L10" s="15">
         <v>1.27</v>
       </c>
       <c r="M10" s="15">
         <v>1.17</v>
       </c>
       <c r="N10" s="15">
-        <v>420</v>
+        <v>445</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -5331,51 +5328,51 @@
       <c r="D12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>45</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.24079</v>
       </c>
       <c r="L12" s="15">
         <v>0.20972</v>
       </c>
       <c r="M12" s="15">
         <v>0.19419</v>
       </c>
       <c r="N12" s="15">
-        <v>760</v>
+        <v>700</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -5409,484 +5406,484 @@
       <c r="D14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>54</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.71835</v>
       </c>
       <c r="L14" s="15">
         <v>0.62566</v>
       </c>
       <c r="M14" s="15">
         <v>0.57931</v>
       </c>
       <c r="N14" s="15">
-        <v>890</v>
+        <v>640</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.9588100000000001</v>
       </c>
       <c r="L15" s="15">
         <v>0.8351</v>
       </c>
       <c r="M15" s="15">
         <v>0.77324</v>
       </c>
       <c r="N15" s="15">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.18662</v>
       </c>
       <c r="L16" s="15">
         <v>0.16795</v>
       </c>
       <c r="M16" s="15">
         <v>0.15551</v>
       </c>
       <c r="N16" s="15">
-        <v>600</v>
+        <v>860</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.59291</v>
       </c>
       <c r="L17" s="15">
         <v>0.53361</v>
       </c>
       <c r="M17" s="15">
         <v>0.49409</v>
       </c>
       <c r="N17" s="15">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6269</v>
       </c>
       <c r="L18" s="15">
         <v>0.56421</v>
       </c>
       <c r="M18" s="15">
         <v>0.52241</v>
       </c>
       <c r="N18" s="15">
-        <v>780</v>
+        <v>710</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.82376</v>
       </c>
       <c r="L19" s="15">
         <v>0.74138</v>
       </c>
       <c r="M19" s="15">
         <v>0.68646</v>
       </c>
       <c r="N19" s="15">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.35346</v>
       </c>
       <c r="L20" s="15">
         <v>0.31811</v>
       </c>
       <c r="M20" s="15">
         <v>0.29455</v>
       </c>
       <c r="N20" s="15">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J21" s="15">
         <v>50</v>
       </c>
       <c r="K21" s="15">
         <v>0.38481</v>
       </c>
       <c r="L21" s="15">
         <v>0.34633</v>
       </c>
       <c r="M21" s="15">
         <v>0.32068</v>
       </c>
       <c r="N21" s="15">
-        <v>630</v>
+        <v>617</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.86931</v>
       </c>
       <c r="L22" s="15">
         <v>0.78238</v>
       </c>
       <c r="M22" s="15">
         <v>0.72443</v>
       </c>
       <c r="N22" s="15">
-        <v>975</v>
+        <v>945</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J23" s="15">
         <v>63</v>
       </c>
       <c r="K23" s="15">
         <v>1.21</v>
       </c>
       <c r="L23" s="15">
         <v>1.09</v>
       </c>
       <c r="M23" s="15">
         <v>1.01</v>
       </c>
       <c r="N23" s="15">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>1.16</v>
       </c>
       <c r="L24" s="15">
         <v>1.04</v>
       </c>
       <c r="M24" s="15">
         <v>0.9643</v>
       </c>
       <c r="N24" s="15">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E25" s="15">
         <v>10080002739</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>185</v>
       </c>
       <c r="K25" s="15">
         <v>0.365</v>
       </c>
       <c r="L25" s="15">
         <v>0.365</v>
       </c>
       <c r="M25" s="15">
         <v>0.365</v>
       </c>
       <c r="N25" s="15">
-        <v>1322</v>
+        <v>1445</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="15">
         <v>10080035463</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I26" s="15"/>
@@ -5991,97 +5988,97 @@
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>600</v>
       </c>
       <c r="K29" s="15">
-        <v>0.21413</v>
+        <v>0.13526</v>
       </c>
       <c r="L29" s="15">
-        <v>0.15437</v>
+        <v>0.11722</v>
       </c>
       <c r="M29" s="15">
-        <v>0.13446</v>
+        <v>0.11271</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
-        <v>0.20039</v>
+        <v>0.19967</v>
       </c>
       <c r="L30" s="15">
-        <v>0.18035</v>
+        <v>0.17304</v>
       </c>
       <c r="M30" s="15">
-        <v>0.16699</v>
+        <v>0.16639</v>
       </c>
       <c r="N30" s="15">
-        <v>370</v>
+        <v>345</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I31" s="15"/>
@@ -6106,133 +6103,133 @@
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>775</v>
       </c>
       <c r="K32" s="15">
-        <v>0.52111</v>
+        <v>0.33677</v>
       </c>
       <c r="L32" s="15">
-        <v>0.37568</v>
+        <v>0.29186</v>
       </c>
       <c r="M32" s="15">
-        <v>0.32721</v>
+        <v>0.28064</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>420</v>
       </c>
       <c r="K33" s="15">
-        <v>0.62474</v>
+        <v>0.39371</v>
       </c>
       <c r="L33" s="15">
-        <v>0.45038</v>
+        <v>0.34121</v>
       </c>
       <c r="M33" s="15">
-        <v>0.39227</v>
+        <v>0.32809</v>
       </c>
       <c r="N33" s="15">
-        <v>199</v>
+        <v>180</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>220</v>
       </c>
       <c r="K34" s="15">
-        <v>1.25</v>
+        <v>0.78938</v>
       </c>
       <c r="L34" s="15">
-        <v>0.90318</v>
+        <v>0.68413</v>
       </c>
       <c r="M34" s="15">
-        <v>0.78664</v>
+        <v>0.65781</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E35" s="15">
         <v>10080044250</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>99</v>
       </c>
@@ -6568,60 +6565,60 @@
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>95</v>
       </c>
       <c r="K44" s="15">
-        <v>2.23</v>
+        <v>1.41</v>
       </c>
       <c r="L44" s="15">
-        <v>1.6</v>
+        <v>1.22</v>
       </c>
       <c r="M44" s="15">
-        <v>1.4</v>
+        <v>1.17</v>
       </c>
       <c r="N44" s="15">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I45" s="15"/>
@@ -6909,367 +6906,367 @@
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
-        <v>0.33285</v>
+        <v>0.23529</v>
       </c>
       <c r="L53" s="15">
-        <v>0.23775</v>
+        <v>0.20392</v>
       </c>
       <c r="M53" s="15">
-        <v>0.21398</v>
+        <v>0.19608</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
-        <v>0.43134</v>
+        <v>0.27191</v>
       </c>
       <c r="L54" s="15">
-        <v>0.31097</v>
+        <v>0.23565</v>
       </c>
       <c r="M54" s="15">
-        <v>0.27085</v>
+        <v>0.22659</v>
       </c>
       <c r="N54" s="15">
-        <v>275</v>
+        <v>313</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J55" s="15">
         <v>300</v>
       </c>
       <c r="K55" s="15">
-        <v>0.53788</v>
+        <v>0.33902</v>
       </c>
       <c r="L55" s="15">
-        <v>0.38777</v>
+        <v>0.29381</v>
       </c>
       <c r="M55" s="15">
-        <v>0.33775</v>
+        <v>0.28251</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E56" s="15">
         <v>10080014340</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>375</v>
       </c>
       <c r="K56" s="15">
         <v>0.63303</v>
       </c>
       <c r="L56" s="15">
         <v>0.45218</v>
       </c>
       <c r="M56" s="15">
         <v>0.39189</v>
       </c>
       <c r="N56" s="15">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E57" s="15">
         <v>10080014341</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1300</v>
       </c>
       <c r="K57" s="15">
-        <v>0.79164</v>
+        <v>0.49919</v>
       </c>
       <c r="L57" s="15">
-        <v>0.57072</v>
+        <v>0.43263</v>
       </c>
       <c r="M57" s="15">
-        <v>0.49708</v>
+        <v>0.41599</v>
       </c>
       <c r="N57" s="15">
-        <v>137</v>
+        <v>187</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1300</v>
       </c>
       <c r="K58" s="15">
-        <v>0.75238</v>
+        <v>0.47435</v>
       </c>
       <c r="L58" s="15">
-        <v>0.54242</v>
+        <v>0.4111</v>
       </c>
       <c r="M58" s="15">
-        <v>0.47243</v>
+        <v>0.39529</v>
       </c>
       <c r="N58" s="15">
         <v>63</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E59" s="15">
         <v>10080014343</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1</v>
       </c>
       <c r="K59" s="15">
-        <v>0.9889</v>
+        <v>0.62592</v>
       </c>
       <c r="L59" s="15">
-        <v>0.71293</v>
+        <v>0.5424600000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.62095</v>
+        <v>0.5216</v>
       </c>
       <c r="N59" s="15">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>200</v>
       </c>
       <c r="J60" s="15">
         <v>220</v>
       </c>
       <c r="K60" s="15">
-        <v>1.26</v>
+        <v>0.76581</v>
       </c>
       <c r="L60" s="15">
-        <v>0.9063600000000001</v>
+        <v>0.6637</v>
       </c>
       <c r="M60" s="15">
-        <v>0.78942</v>
+        <v>0.63818</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>130</v>
       </c>
       <c r="K61" s="15">
-        <v>1.4</v>
+        <v>0.90657</v>
       </c>
       <c r="L61" s="15">
-        <v>1.01</v>
+        <v>0.78569</v>
       </c>
       <c r="M61" s="15">
-        <v>0.87836</v>
+        <v>0.75548</v>
       </c>
       <c r="N61" s="15">
         <v>25</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>520</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E62" s="15">
         <v>10080059387</v>
       </c>
       <c r="F62" s="15"/>
@@ -7308,734 +7305,736 @@
       <c r="D63" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E63" s="15">
         <v>10080060158</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>130</v>
       </c>
       <c r="K63" s="15">
         <v>2.39</v>
       </c>
       <c r="L63" s="15">
         <v>1.29</v>
       </c>
       <c r="M63" s="15">
         <v>1.12</v>
       </c>
       <c r="N63" s="15">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>211</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
-        <v>0.21636</v>
+        <v>0.15522</v>
       </c>
       <c r="L64" s="15">
-        <v>0.15455</v>
+        <v>0.13452</v>
       </c>
       <c r="M64" s="15">
-        <v>0.13909</v>
+        <v>0.12935</v>
       </c>
       <c r="N64" s="15">
-        <v>3257</v>
+        <v>7023</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>215</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.43147</v>
+        <v>0.31317</v>
       </c>
       <c r="L65" s="15">
-        <v>0.30819</v>
+        <v>0.27141</v>
       </c>
       <c r="M65" s="15">
-        <v>0.27737</v>
+        <v>0.26098</v>
       </c>
       <c r="N65" s="15">
-        <v>3958</v>
+        <v>3406</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>219</v>
       </c>
       <c r="J66" s="15">
         <v>455</v>
       </c>
       <c r="K66" s="15">
-        <v>0.54051</v>
+        <v>0.34106</v>
       </c>
       <c r="L66" s="15">
-        <v>0.38968</v>
+        <v>0.29558</v>
       </c>
       <c r="M66" s="15">
-        <v>0.33939</v>
+        <v>0.28421</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>222</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>223</v>
       </c>
       <c r="J67" s="15">
         <v>330</v>
       </c>
       <c r="K67" s="15">
-        <v>0.64968</v>
+        <v>0.47145</v>
       </c>
       <c r="L67" s="15">
-        <v>0.46406</v>
+        <v>0.40859</v>
       </c>
       <c r="M67" s="15">
-        <v>0.41765</v>
+        <v>0.39288</v>
       </c>
       <c r="N67" s="15">
-        <v>911</v>
+        <v>1110</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J68" s="15">
         <v>260</v>
       </c>
       <c r="K68" s="15">
-        <v>0.8614000000000001</v>
+        <v>0.54342</v>
       </c>
       <c r="L68" s="15">
-        <v>0.62101</v>
+        <v>0.47096</v>
       </c>
       <c r="M68" s="15">
-        <v>0.54087</v>
+        <v>0.45285</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E69" s="15">
         <v>10080014302</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
-        <v>1.1</v>
+        <v>0.69629</v>
       </c>
       <c r="L69" s="15">
-        <v>0.7930700000000001</v>
+        <v>0.60345</v>
       </c>
       <c r="M69" s="15">
-        <v>0.69073</v>
+        <v>0.58024</v>
       </c>
       <c r="N69" s="15">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.46</v>
       </c>
       <c r="L70" s="15">
         <v>0.46</v>
       </c>
       <c r="M70" s="15">
         <v>0.46</v>
       </c>
       <c r="N70" s="15">
-        <v>2368</v>
+        <v>2240</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>236</v>
       </c>
       <c r="J71" s="15">
         <v>510</v>
       </c>
       <c r="K71" s="15">
         <v>0.89109</v>
       </c>
       <c r="L71" s="15">
         <v>0.77228</v>
       </c>
       <c r="M71" s="15">
         <v>0.74258</v>
       </c>
       <c r="N71" s="15">
-        <v>1173</v>
+        <v>901</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
-        <v>0.42181</v>
+        <v>0.29831</v>
       </c>
       <c r="L72" s="15">
-        <v>0.30129</v>
+        <v>0.25853</v>
       </c>
       <c r="M72" s="15">
-        <v>0.27116</v>
+        <v>0.24859</v>
       </c>
       <c r="N72" s="15">
-        <v>662</v>
+        <v>731</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J73" s="15">
         <v>300</v>
       </c>
       <c r="K73" s="15">
-        <v>0.5555099999999999</v>
+        <v>0.39284</v>
       </c>
       <c r="L73" s="15">
-        <v>0.3968</v>
+        <v>0.34046</v>
       </c>
       <c r="M73" s="15">
-        <v>0.35712</v>
+        <v>0.32736</v>
       </c>
       <c r="N73" s="15">
-        <v>435</v>
+        <v>520</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E74" s="15">
         <v>10000019598</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J74" s="15">
         <v>425</v>
       </c>
       <c r="K74" s="15">
-        <v>0.58182</v>
+        <v>0.36416</v>
       </c>
       <c r="L74" s="15">
-        <v>0.41945</v>
+        <v>0.3156</v>
       </c>
       <c r="M74" s="15">
-        <v>0.36533</v>
+        <v>0.30346</v>
       </c>
       <c r="N74" s="15">
         <v>1</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>251</v>
       </c>
       <c r="J75" s="15">
         <v>425</v>
       </c>
       <c r="K75" s="15">
         <v>0.48756</v>
       </c>
       <c r="L75" s="15">
         <v>0.42255</v>
       </c>
       <c r="M75" s="15">
         <v>0.4063</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J76" s="15">
         <v>325</v>
       </c>
       <c r="K76" s="15">
         <v>0.6610200000000001</v>
       </c>
       <c r="L76" s="15">
         <v>0.5728799999999999</v>
       </c>
       <c r="M76" s="15">
         <v>0.55085</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J77" s="15">
         <v>275</v>
       </c>
       <c r="K77" s="15">
-        <v>0.91761</v>
+        <v>0.59177</v>
       </c>
       <c r="L77" s="15">
-        <v>0.65544</v>
+        <v>0.51286</v>
       </c>
       <c r="M77" s="15">
-        <v>0.58989</v>
+        <v>0.49314</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>261</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J78" s="15">
         <v>220</v>
       </c>
       <c r="K78" s="15">
         <v>1.06</v>
       </c>
       <c r="L78" s="15">
         <v>0.95162</v>
       </c>
       <c r="M78" s="15">
         <v>0.88113</v>
       </c>
       <c r="N78" s="15"/>
-      <c r="O78" s="15"/>
-      <c r="P78" s="15"/>
+      <c r="O78" s="15">
+        <v>129</v>
+      </c>
+      <c r="P78" s="15" t="s">
+        <v>264</v>
+      </c>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E79" s="15">
         <v>10080014374</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>180</v>
       </c>
       <c r="K79" s="15">
-        <v>1.38</v>
+        <v>0.87075</v>
       </c>
       <c r="L79" s="15">
-        <v>0.99142</v>
+        <v>0.75465</v>
       </c>
       <c r="M79" s="15">
-        <v>0.8635</v>
+        <v>0.72563</v>
       </c>
       <c r="N79" s="15">
         <v>85</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>270</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.125</v>
       </c>
       <c r="L80" s="15">
         <v>0.125</v>
       </c>
       <c r="M80" s="15">
         <v>0.125</v>
       </c>
       <c r="N80" s="15">
-        <v>2953</v>
+        <v>3922</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E81" s="15">
         <v>10080014380</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I81" s="15" t="s">
@@ -8073,254 +8072,254 @@
       </c>
       <c r="E82" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>277</v>
       </c>
       <c r="J82" s="15">
         <v>600</v>
       </c>
       <c r="K82" s="15">
         <v>0.25</v>
       </c>
       <c r="L82" s="15">
         <v>0.25</v>
       </c>
       <c r="M82" s="15">
         <v>0.25</v>
       </c>
       <c r="N82" s="15">
-        <v>1026</v>
+        <v>1074</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>280</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I83" s="15" t="s">
         <v>281</v>
       </c>
       <c r="J83" s="15">
         <v>425</v>
       </c>
       <c r="K83" s="15">
         <v>0.38</v>
       </c>
       <c r="L83" s="15">
         <v>0.38</v>
       </c>
       <c r="M83" s="15">
         <v>0.38</v>
       </c>
       <c r="N83" s="15">
-        <v>684</v>
+        <v>543</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>285</v>
       </c>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.6616</v>
       </c>
       <c r="L84" s="15">
         <v>0.3308</v>
       </c>
       <c r="M84" s="15">
         <v>0.30079</v>
       </c>
       <c r="N84" s="15">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>205</v>
       </c>
       <c r="K85" s="15">
-        <v>0.85882</v>
+        <v>0.60729</v>
       </c>
       <c r="L85" s="15">
-        <v>0.61344</v>
+        <v>0.52632</v>
       </c>
       <c r="M85" s="15">
-        <v>0.5521</v>
+        <v>0.50608</v>
       </c>
       <c r="N85" s="15">
-        <v>450</v>
+        <v>487</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J86" s="15">
         <v>190</v>
       </c>
       <c r="K86" s="15">
         <v>0.61</v>
       </c>
       <c r="L86" s="15">
         <v>0.61</v>
       </c>
       <c r="M86" s="15">
         <v>0.61</v>
       </c>
       <c r="N86" s="15">
-        <v>1289</v>
+        <v>1218</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E87" s="15">
         <v>10080014360</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>295</v>
       </c>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.12</v>
       </c>
       <c r="L87" s="15">
         <v>0.12</v>
       </c>
       <c r="M87" s="15">
         <v>0.12</v>
       </c>
       <c r="N87" s="15">
-        <v>511</v>
+        <v>600</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E88" s="15">
         <v>10080014362</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I88" s="15" t="s">
@@ -8358,130 +8357,130 @@
       </c>
       <c r="E89" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>302</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.22</v>
       </c>
       <c r="L89" s="15">
         <v>0.22</v>
       </c>
       <c r="M89" s="15">
         <v>0.22</v>
       </c>
       <c r="N89" s="15">
-        <v>760</v>
+        <v>680</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E90" s="15">
         <v>10080014364</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>305</v>
       </c>
       <c r="J90" s="15">
         <v>30</v>
       </c>
       <c r="K90" s="15">
         <v>0.32</v>
       </c>
       <c r="L90" s="15">
         <v>0.32</v>
       </c>
       <c r="M90" s="15">
         <v>0.32</v>
       </c>
       <c r="N90" s="15">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>309</v>
       </c>
       <c r="J91" s="15">
         <v>30</v>
       </c>
       <c r="K91" s="15">
-        <v>0.76274</v>
+        <v>0.48191</v>
       </c>
       <c r="L91" s="15">
-        <v>0.54988</v>
+        <v>0.41765</v>
       </c>
       <c r="M91" s="15">
-        <v>0.47893</v>
+        <v>0.40159</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E92" s="15">
         <v>10080014633</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>99</v>
       </c>
@@ -8518,168 +8517,168 @@
       <c r="D93" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.13</v>
       </c>
       <c r="L93" s="15">
         <v>0.13</v>
       </c>
       <c r="M93" s="15">
         <v>0.13</v>
       </c>
       <c r="N93" s="15">
-        <v>6808</v>
+        <v>7182</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.24</v>
       </c>
       <c r="L94" s="15">
         <v>0.24</v>
       </c>
       <c r="M94" s="15">
         <v>0.24</v>
       </c>
       <c r="N94" s="15">
-        <v>690</v>
+        <v>920</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>400</v>
       </c>
       <c r="K95" s="15">
         <v>0.35</v>
       </c>
       <c r="L95" s="15">
         <v>0.35</v>
       </c>
       <c r="M95" s="15">
         <v>0.35</v>
       </c>
       <c r="N95" s="15">
-        <v>2753</v>
+        <v>3345</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>30</v>
       </c>
       <c r="K96" s="15">
         <v>1.5</v>
       </c>
       <c r="L96" s="15">
         <v>0.7480599999999999</v>
       </c>
       <c r="M96" s="15">
         <v>0.67999</v>
       </c>
       <c r="N96" s="15">
-        <v>413</v>
+        <v>393</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>325</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E97" s="15">
         <v>10080044295</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I97" s="15"/>
@@ -8713,359 +8712,359 @@
       <c r="D98" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E98" s="15">
         <v>10080014622</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>900</v>
       </c>
       <c r="K98" s="15">
         <v>0.169</v>
       </c>
       <c r="L98" s="15">
         <v>0.169</v>
       </c>
       <c r="M98" s="15">
         <v>0.169</v>
       </c>
       <c r="N98" s="15">
-        <v>21348</v>
+        <v>20400</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>332</v>
       </c>
       <c r="J99" s="15">
         <v>490</v>
       </c>
       <c r="K99" s="15">
-        <v>0.71128</v>
+        <v>0.44817</v>
       </c>
       <c r="L99" s="15">
-        <v>0.51278</v>
+        <v>0.38841</v>
       </c>
       <c r="M99" s="15">
-        <v>0.44662</v>
+        <v>0.37348</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>333</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E100" s="15">
         <v>10080014625</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>280</v>
       </c>
       <c r="K100" s="15">
         <v>1.2</v>
       </c>
       <c r="L100" s="15">
         <v>0.64425</v>
       </c>
       <c r="M100" s="15">
         <v>0.60132</v>
       </c>
       <c r="N100" s="15">
-        <v>317</v>
+        <v>389</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080014680</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>250</v>
       </c>
       <c r="K101" s="15">
         <v>1.83</v>
       </c>
       <c r="L101" s="15">
         <v>0.9837</v>
       </c>
       <c r="M101" s="15">
         <v>0.85427</v>
       </c>
       <c r="N101" s="15">
-        <v>465</v>
+        <v>372</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>337</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>380</v>
       </c>
       <c r="K102" s="15">
-        <v>0.71119</v>
+        <v>0.44807</v>
       </c>
       <c r="L102" s="15">
-        <v>0.51272</v>
+        <v>0.38832</v>
       </c>
       <c r="M102" s="15">
-        <v>0.44655</v>
+        <v>0.37339</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>425</v>
       </c>
       <c r="K103" s="15">
         <v>0.74468</v>
       </c>
       <c r="L103" s="15">
         <v>0.67021</v>
       </c>
       <c r="M103" s="15">
         <v>0.62056</v>
       </c>
       <c r="N103" s="15">
-        <v>240</v>
+        <v>180</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>346</v>
       </c>
       <c r="J104" s="15">
         <v>275</v>
       </c>
       <c r="K104" s="15">
-        <v>1.24</v>
+        <v>0.7838000000000001</v>
       </c>
       <c r="L104" s="15">
-        <v>0.89686</v>
+        <v>0.6792899999999999</v>
       </c>
       <c r="M104" s="15">
-        <v>0.7811399999999999</v>
+        <v>0.65316</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>350</v>
       </c>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
-        <v>1.5</v>
+        <v>1.33</v>
       </c>
       <c r="L105" s="15">
-        <v>1.32</v>
+        <v>1.15</v>
       </c>
       <c r="M105" s="15">
-        <v>1.14</v>
+        <v>1.11</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E106" s="15">
         <v>10080007576</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>130</v>
       </c>
       <c r="K106" s="15">
         <v>4.44</v>
       </c>
       <c r="L106" s="15">
         <v>2.22</v>
       </c>
       <c r="M106" s="15">
         <v>2.02</v>
       </c>
       <c r="N106" s="15">
-        <v>689</v>
+        <v>597</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080014693</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I107" s="15"/>
@@ -9216,51 +9215,51 @@
       </c>
       <c r="E111" s="15" t="s">
         <v>365</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>366</v>
       </c>
       <c r="J111" s="15">
         <v>920</v>
       </c>
       <c r="K111" s="15">
         <v>0.169</v>
       </c>
       <c r="L111" s="15">
         <v>0.169</v>
       </c>
       <c r="M111" s="15">
         <v>0.169</v>
       </c>
       <c r="N111" s="15">
-        <v>1365</v>
+        <v>1529</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E112" s="15">
         <v>10080014666</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I112" s="15"/>
@@ -9322,57 +9321,57 @@
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>374</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
-        <v>2</v>
+        <v>1.3</v>
       </c>
       <c r="L114" s="15">
-        <v>1.44</v>
+        <v>1.12</v>
       </c>
       <c r="M114" s="15">
-        <v>1.25</v>
+        <v>1.08</v>
       </c>
       <c r="N114" s="15">
         <v>10</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>320</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>375</v>
       </c>
       <c r="D115" s="15"/>
       <c r="E115" s="15">
         <v>10080010186</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
@@ -9398,533 +9397,533 @@
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>376</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>379</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
-        <v>6.74</v>
+        <v>4.23</v>
       </c>
       <c r="L116" s="15">
-        <v>4.7</v>
+        <v>3.67</v>
       </c>
       <c r="M116" s="15">
-        <v>4.23</v>
+        <v>3.53</v>
       </c>
       <c r="N116" s="15">
         <v>2</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>381</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>382</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>383</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>384</v>
       </c>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
-        <v>0.23333</v>
+        <v>0.16511</v>
       </c>
       <c r="L117" s="15">
-        <v>0.16667</v>
+        <v>0.14309</v>
       </c>
       <c r="M117" s="15">
-        <v>0.15</v>
+        <v>0.13759</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>385</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E118" s="15">
         <v>10000019609</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>387</v>
       </c>
       <c r="J118" s="15">
         <v>100</v>
       </c>
       <c r="K118" s="15">
-        <v>0.38175</v>
+        <v>0.24158</v>
       </c>
       <c r="L118" s="15">
-        <v>0.27521</v>
+        <v>0.20937</v>
       </c>
       <c r="M118" s="15">
-        <v>0.23971</v>
+        <v>0.20131</v>
       </c>
       <c r="N118" s="15">
         <v>8</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>391</v>
       </c>
       <c r="J119" s="15">
         <v>100</v>
       </c>
       <c r="K119" s="15">
-        <v>0.36156</v>
+        <v>0.22812</v>
       </c>
       <c r="L119" s="15">
-        <v>0.26066</v>
+        <v>0.1977</v>
       </c>
       <c r="M119" s="15">
-        <v>0.22703</v>
+        <v>0.1901</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>392</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>393</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>394</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>395</v>
       </c>
       <c r="J120" s="15">
         <v>575</v>
       </c>
       <c r="K120" s="15">
-        <v>0.4688</v>
+        <v>0.3317</v>
       </c>
       <c r="L120" s="15">
-        <v>0.33486</v>
+        <v>0.28747</v>
       </c>
       <c r="M120" s="15">
-        <v>0.30137</v>
+        <v>0.27641</v>
       </c>
       <c r="N120" s="15">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>398</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>399</v>
       </c>
       <c r="J121" s="15">
         <v>400</v>
       </c>
       <c r="K121" s="15">
-        <v>0.72284</v>
+        <v>0.45608</v>
       </c>
       <c r="L121" s="15">
-        <v>0.52111</v>
+        <v>0.39527</v>
       </c>
       <c r="M121" s="15">
-        <v>0.45386</v>
+        <v>0.38006</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E122" s="15">
         <v>10000023130</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>275</v>
       </c>
       <c r="K122" s="15">
-        <v>1.01</v>
+        <v>0.64629</v>
       </c>
       <c r="L122" s="15">
-        <v>0.72329</v>
+        <v>0.56012</v>
       </c>
       <c r="M122" s="15">
-        <v>0.62684</v>
+        <v>0.5385799999999999</v>
       </c>
       <c r="N122" s="15">
-        <v>256</v>
+        <v>330</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E123" s="15">
         <v>10080014513</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>155</v>
       </c>
       <c r="K123" s="15">
-        <v>1.16</v>
+        <v>0.7352</v>
       </c>
       <c r="L123" s="15">
-        <v>0.8374200000000001</v>
+        <v>0.63717</v>
       </c>
       <c r="M123" s="15">
-        <v>0.72937</v>
+        <v>0.61266</v>
       </c>
       <c r="N123" s="15">
         <v>40</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>404</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>405</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>406</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>155</v>
       </c>
       <c r="K124" s="15">
-        <v>1.08</v>
+        <v>0.69452</v>
       </c>
       <c r="L124" s="15">
-        <v>0.7761400000000001</v>
+        <v>0.6019099999999999</v>
       </c>
       <c r="M124" s="15">
-        <v>0.67598</v>
+        <v>0.5787600000000001</v>
       </c>
       <c r="N124" s="15">
-        <v>144</v>
+        <v>179</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E125" s="15">
         <v>10080014515</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>185</v>
       </c>
       <c r="K125" s="15">
         <v>1.74</v>
       </c>
       <c r="L125" s="15">
         <v>1.01</v>
       </c>
       <c r="M125" s="15">
         <v>0.91864</v>
       </c>
       <c r="N125" s="15">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>300</v>
       </c>
       <c r="K126" s="15">
-        <v>0.43046</v>
+        <v>0.30441</v>
       </c>
       <c r="L126" s="15">
-        <v>0.30747</v>
+        <v>0.26382</v>
       </c>
       <c r="M126" s="15">
-        <v>0.27672</v>
+        <v>0.25368</v>
       </c>
       <c r="N126" s="15">
         <v>32</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>415</v>
       </c>
       <c r="J127" s="15">
         <v>200</v>
       </c>
       <c r="K127" s="15">
-        <v>0.57916</v>
+        <v>0.40955</v>
       </c>
       <c r="L127" s="15">
-        <v>0.41369</v>
+        <v>0.35494</v>
       </c>
       <c r="M127" s="15">
-        <v>0.37232</v>
+        <v>0.34129</v>
       </c>
       <c r="N127" s="15">
-        <v>270</v>
+        <v>225</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>418</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>419</v>
       </c>
       <c r="J128" s="15">
         <v>230</v>
       </c>
       <c r="K128" s="15">
-        <v>0.64642</v>
+        <v>0.40769</v>
       </c>
       <c r="L128" s="15">
-        <v>0.46603</v>
+        <v>0.35333</v>
       </c>
       <c r="M128" s="15">
-        <v>0.40589</v>
+        <v>0.33974</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>420</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>421</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>422</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>99</v>
       </c>
@@ -9950,138 +9949,138 @@
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>423</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>424</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>425</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>250</v>
       </c>
       <c r="K130" s="15">
-        <v>1.3</v>
+        <v>0.91874</v>
       </c>
       <c r="L130" s="15">
-        <v>0.92789</v>
+        <v>0.7962399999999999</v>
       </c>
       <c r="M130" s="15">
-        <v>0.8351</v>
+        <v>0.76561</v>
       </c>
       <c r="N130" s="15">
-        <v>355</v>
+        <v>440</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E131" s="15">
         <v>10000021244</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>170</v>
       </c>
       <c r="K131" s="15">
         <v>0.82</v>
       </c>
       <c r="L131" s="15">
         <v>0.82</v>
       </c>
       <c r="M131" s="15">
         <v>0.82</v>
       </c>
       <c r="N131" s="15">
-        <v>2058</v>
+        <v>1583</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>428</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>429</v>
       </c>
       <c r="E132" s="15">
         <v>10080014556</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>500</v>
       </c>
       <c r="K132" s="15">
         <v>0.1153</v>
       </c>
       <c r="L132" s="15">
         <v>0.1153</v>
       </c>
       <c r="M132" s="15">
         <v>0.1153</v>
       </c>
       <c r="N132" s="15">
-        <v>226</v>
+        <v>209</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E133" s="15">
         <v>10080014557</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I133" s="15"/>
@@ -10117,131 +10116,131 @@
       </c>
       <c r="E134" s="15" t="s">
         <v>434</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>435</v>
       </c>
       <c r="J134" s="15">
         <v>50</v>
       </c>
       <c r="K134" s="15">
         <v>0.41</v>
       </c>
       <c r="L134" s="15">
         <v>0.27</v>
       </c>
       <c r="M134" s="15">
         <v>0.249</v>
       </c>
       <c r="N134" s="15">
-        <v>488</v>
+        <v>680</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>2000</v>
       </c>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>30</v>
       </c>
       <c r="K135" s="15">
         <v>0.42</v>
       </c>
       <c r="L135" s="15">
         <v>0.42</v>
       </c>
       <c r="M135" s="15">
         <v>0.42</v>
       </c>
       <c r="N135" s="15">
-        <v>606</v>
+        <v>655</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>30</v>
       </c>
       <c r="K136" s="15">
         <v>0.57</v>
       </c>
       <c r="L136" s="15">
         <v>0.57</v>
       </c>
       <c r="M136" s="15">
         <v>0.57</v>
       </c>
       <c r="N136" s="15">
-        <v>573</v>
+        <v>487</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E137" s="15">
         <v>10080014566</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I137" s="15"/>
@@ -10266,57 +10265,57 @@
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E138" s="15">
         <v>10080071702</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>100</v>
       </c>
       <c r="K138" s="15">
-        <v>2.66</v>
+        <v>1.19</v>
       </c>
       <c r="L138" s="15">
-        <v>1.44</v>
+        <v>1.03</v>
       </c>
       <c r="M138" s="15">
-        <v>1.25</v>
+        <v>0.9911799999999999</v>
       </c>
       <c r="N138" s="15">
         <v>20</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E139" s="15">
         <v>10080071703</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
@@ -10392,131 +10391,131 @@
       <c r="D141" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.11</v>
       </c>
       <c r="L141" s="15">
         <v>0.11</v>
       </c>
       <c r="M141" s="15">
         <v>0.11</v>
       </c>
       <c r="N141" s="15">
-        <v>18480</v>
+        <v>18255</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>453</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>454</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>455</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>456</v>
       </c>
       <c r="J142" s="15">
         <v>500</v>
       </c>
       <c r="K142" s="15">
-        <v>0.81009</v>
+        <v>0.28058</v>
       </c>
       <c r="L142" s="15">
-        <v>0.40505</v>
+        <v>0.24317</v>
       </c>
       <c r="M142" s="15">
-        <v>0.36817</v>
+        <v>0.23381</v>
       </c>
       <c r="N142" s="15">
         <v>20</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E143" s="15">
         <v>10080016381</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>300</v>
       </c>
       <c r="K143" s="15">
         <v>0.382</v>
       </c>
       <c r="L143" s="15">
         <v>0.382</v>
       </c>
       <c r="M143" s="15">
         <v>0.382</v>
       </c>
       <c r="N143" s="15">
-        <v>1050</v>
+        <v>871</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>459</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>460</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>461</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I144" s="15"/>
@@ -10548,332 +10547,332 @@
       <c r="D145" s="15" t="s">
         <v>463</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.5</v>
       </c>
       <c r="L145" s="15">
         <v>0.5</v>
       </c>
       <c r="M145" s="15">
         <v>0.5</v>
       </c>
       <c r="N145" s="15">
-        <v>676</v>
+        <v>563</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E146" s="15">
         <v>10080043133</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>400</v>
       </c>
       <c r="K146" s="15">
         <v>0.145</v>
       </c>
       <c r="L146" s="15">
         <v>0.145</v>
       </c>
       <c r="M146" s="15">
         <v>0.145</v>
       </c>
       <c r="N146" s="15">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E147" s="15">
         <v>10080016331</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>370</v>
       </c>
       <c r="K147" s="15">
         <v>0.23</v>
       </c>
       <c r="L147" s="15">
         <v>0.23</v>
       </c>
       <c r="M147" s="15">
         <v>0.23</v>
       </c>
       <c r="N147" s="15">
-        <v>559</v>
+        <v>583</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>470</v>
       </c>
       <c r="E148" s="15">
         <v>10080016333</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>180</v>
       </c>
       <c r="K148" s="15">
         <v>0.52</v>
       </c>
       <c r="L148" s="15">
         <v>0.52</v>
       </c>
       <c r="M148" s="15">
         <v>0.52</v>
       </c>
       <c r="N148" s="15">
-        <v>291</v>
+        <v>422</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E149" s="15">
         <v>10080015645</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I149" s="15" t="s">
         <v>473</v>
       </c>
       <c r="J149" s="15">
         <v>300</v>
       </c>
       <c r="K149" s="15">
-        <v>0.26431</v>
+        <v>0.16964</v>
       </c>
       <c r="L149" s="15">
-        <v>0.19056</v>
+        <v>0.14702</v>
       </c>
       <c r="M149" s="15">
-        <v>0.16597</v>
+        <v>0.14136</v>
       </c>
       <c r="N149" s="15">
         <v>4</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>474</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>475</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>476</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>477</v>
       </c>
       <c r="J150" s="15">
         <v>300</v>
       </c>
       <c r="K150" s="15">
-        <v>0.21477</v>
+        <v>0.15201</v>
       </c>
       <c r="L150" s="15">
-        <v>0.15341</v>
+        <v>0.13174</v>
       </c>
       <c r="M150" s="15">
-        <v>0.13806</v>
+        <v>0.12668</v>
       </c>
       <c r="N150" s="15">
-        <v>740</v>
+        <v>650</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>478</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>479</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>480</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>481</v>
       </c>
       <c r="J151" s="15">
         <v>200</v>
       </c>
       <c r="K151" s="15">
         <v>0.3599</v>
       </c>
       <c r="L151" s="15">
         <v>0.22</v>
       </c>
       <c r="M151" s="15">
         <v>0.2</v>
       </c>
       <c r="N151" s="15">
-        <v>2720</v>
+        <v>2600</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>482</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>483</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>484</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>485</v>
       </c>
       <c r="J152" s="15">
         <v>300</v>
       </c>
       <c r="K152" s="15">
         <v>0.46374</v>
       </c>
       <c r="L152" s="15">
         <v>0.278</v>
       </c>
       <c r="M152" s="15">
         <v>0.255</v>
       </c>
       <c r="N152" s="15">
-        <v>679</v>
+        <v>828</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>487</v>
       </c>
       <c r="E153" s="15">
         <v>10080027485</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I153" s="15"/>
@@ -11061,51 +11060,51 @@
       <c r="D158" s="15" t="s">
         <v>498</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>499</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>120</v>
       </c>
       <c r="K158" s="15">
         <v>0.91</v>
       </c>
       <c r="L158" s="15">
         <v>0.91</v>
       </c>
       <c r="M158" s="15">
         <v>0.91</v>
       </c>
       <c r="N158" s="15">
-        <v>308</v>
+        <v>423</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15">
         <v>480</v>
       </c>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E159" s="15">
         <v>10080043957</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>99</v>
@@ -11221,247 +11220,247 @@
       </c>
       <c r="E162" s="15" t="s">
         <v>510</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I162" s="15" t="s">
         <v>511</v>
       </c>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.19928</v>
       </c>
       <c r="L162" s="15">
         <v>0.17271</v>
       </c>
       <c r="M162" s="15">
         <v>0.16606</v>
       </c>
       <c r="N162" s="15">
-        <v>369</v>
+        <v>399</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>514</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>515</v>
       </c>
       <c r="J163" s="15">
         <v>200</v>
       </c>
       <c r="K163" s="15">
         <v>0.29217</v>
       </c>
       <c r="L163" s="15">
         <v>0.25321</v>
       </c>
       <c r="M163" s="15">
         <v>0.24348</v>
       </c>
       <c r="N163" s="15">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>517</v>
       </c>
       <c r="E164" s="15">
         <v>10000019614</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I164" s="15" t="s">
         <v>518</v>
       </c>
       <c r="J164" s="15">
         <v>350</v>
       </c>
       <c r="K164" s="15">
         <v>0.24</v>
       </c>
       <c r="L164" s="15">
         <v>0.24</v>
       </c>
       <c r="M164" s="15">
         <v>0.24</v>
       </c>
       <c r="N164" s="15">
-        <v>893</v>
+        <v>957</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>519</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>520</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>521</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I165" s="15" t="s">
         <v>522</v>
       </c>
       <c r="J165" s="15">
         <v>250</v>
       </c>
       <c r="K165" s="15">
         <v>0.48129</v>
       </c>
       <c r="L165" s="15">
         <v>0.41712</v>
       </c>
       <c r="M165" s="15">
         <v>0.40108</v>
       </c>
       <c r="N165" s="15">
-        <v>380</v>
+        <v>355</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>523</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>524</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>525</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>200</v>
       </c>
       <c r="K166" s="15">
         <v>0.38</v>
       </c>
       <c r="L166" s="15">
         <v>0.38</v>
       </c>
       <c r="M166" s="15">
         <v>0.38</v>
       </c>
       <c r="N166" s="15">
-        <v>410</v>
+        <v>100</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>526</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>527</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>528</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
       <c r="K167" s="15">
-        <v>1.02</v>
+        <v>0.6432</v>
       </c>
       <c r="L167" s="15">
-        <v>0.73393</v>
+        <v>0.55744</v>
       </c>
       <c r="M167" s="15">
-        <v>0.63923</v>
+        <v>0.536</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>529</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>530</v>
       </c>
       <c r="E168" s="15" t="s">
         <v>531</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>99</v>
       </c>
@@ -11496,51 +11495,51 @@
       <c r="D169" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>534</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>160</v>
       </c>
       <c r="K169" s="15">
         <v>0.77445</v>
       </c>
       <c r="L169" s="15">
         <v>0.67119</v>
       </c>
       <c r="M169" s="15">
         <v>0.64538</v>
       </c>
       <c r="N169" s="15">
-        <v>593</v>
+        <v>517</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15">
         <v>640</v>
       </c>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>535</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>536</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>537</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>99</v>
@@ -11570,131 +11569,131 @@
         <v>538</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15"/>
       <c r="K171" s="15">
         <v>0.98</v>
       </c>
       <c r="L171" s="15">
         <v>0.98</v>
       </c>
       <c r="M171" s="15">
         <v>0.98</v>
       </c>
       <c r="N171" s="15">
-        <v>681</v>
+        <v>595</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>543</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I172" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J172" s="15">
         <v>200</v>
       </c>
       <c r="K172" s="15">
         <v>0.33588</v>
       </c>
       <c r="L172" s="15">
         <v>0.30229</v>
       </c>
       <c r="M172" s="15">
         <v>0.2799</v>
       </c>
       <c r="N172" s="15">
-        <v>434</v>
+        <v>623</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>546</v>
       </c>
       <c r="E173" s="15">
         <v>10000019612</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>300</v>
       </c>
       <c r="K173" s="15">
         <v>0.29</v>
       </c>
       <c r="L173" s="15">
         <v>0.29</v>
       </c>
       <c r="M173" s="15">
         <v>0.29</v>
       </c>
       <c r="N173" s="15">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>547</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>548</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>549</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I174" s="15" t="s">
@@ -11730,126 +11729,126 @@
       </c>
       <c r="E175" s="15" t="s">
         <v>553</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>554</v>
       </c>
       <c r="J175" s="15">
         <v>120</v>
       </c>
       <c r="K175" s="15">
         <v>1.04</v>
       </c>
       <c r="L175" s="15">
         <v>0.90565</v>
       </c>
       <c r="M175" s="15">
         <v>0.87081</v>
       </c>
       <c r="N175" s="15">
-        <v>156</v>
+        <v>190</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>555</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>556</v>
       </c>
       <c r="E176" s="15">
         <v>10080043199</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>85</v>
       </c>
       <c r="K176" s="15">
-        <v>1.66</v>
+        <v>1.06</v>
       </c>
       <c r="L176" s="15">
-        <v>1.2</v>
+        <v>0.91501</v>
       </c>
       <c r="M176" s="15">
-        <v>1.05</v>
+        <v>0.87981</v>
       </c>
       <c r="N176" s="15">
         <v>8</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>557</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>558</v>
       </c>
       <c r="E177" s="15" t="s">
         <v>559</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>85</v>
       </c>
       <c r="K177" s="15">
-        <v>1.88</v>
+        <v>1.19</v>
       </c>
       <c r="L177" s="15">
-        <v>1.36</v>
+        <v>1.03</v>
       </c>
       <c r="M177" s="15">
-        <v>1.18</v>
+        <v>0.99085</v>
       </c>
       <c r="N177" s="15">
         <v>20</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15">
         <v>340</v>
       </c>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D178" s="15" t="s">
         <v>561</v>
       </c>
       <c r="E178" s="15">
         <v>10080043201</v>
       </c>
       <c r="F178" s="15"/>
@@ -11886,129 +11885,129 @@
         <v>562</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>563</v>
       </c>
       <c r="E179" s="15" t="s">
         <v>564</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15"/>
       <c r="K179" s="15">
         <v>0.34</v>
       </c>
       <c r="L179" s="15">
         <v>0.34</v>
       </c>
       <c r="M179" s="15">
         <v>0.34</v>
       </c>
       <c r="N179" s="15">
-        <v>2802</v>
+        <v>2128</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>565</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>566</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>567</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>100</v>
       </c>
       <c r="K180" s="15">
         <v>0.18</v>
       </c>
       <c r="L180" s="15">
         <v>0.18</v>
       </c>
       <c r="M180" s="15">
         <v>0.18</v>
       </c>
       <c r="N180" s="15">
-        <v>496</v>
+        <v>606</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>568</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>569</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>570</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>830</v>
       </c>
       <c r="K181" s="15">
         <v>0.26</v>
       </c>
       <c r="L181" s="15">
         <v>0.26</v>
       </c>
       <c r="M181" s="15">
         <v>0.26</v>
       </c>
       <c r="N181" s="15">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>571</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>572</v>
       </c>
       <c r="E182" s="15" t="s">
         <v>573</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I182" s="15" t="s">
@@ -12044,285 +12043,285 @@
       <c r="D183" s="15" t="s">
         <v>576</v>
       </c>
       <c r="E183" s="15" t="s">
         <v>577</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>200</v>
       </c>
       <c r="K183" s="15">
         <v>0.5600000000000001</v>
       </c>
       <c r="L183" s="15">
         <v>0.5600000000000001</v>
       </c>
       <c r="M183" s="15">
         <v>0.5600000000000001</v>
       </c>
       <c r="N183" s="15">
-        <v>283</v>
+        <v>241</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>578</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>579</v>
       </c>
       <c r="E184" s="15" t="s">
         <v>580</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>26</v>
       </c>
       <c r="K184" s="15">
         <v>0.74</v>
       </c>
       <c r="L184" s="15">
         <v>0.74</v>
       </c>
       <c r="M184" s="15">
         <v>0.74</v>
       </c>
       <c r="N184" s="15">
-        <v>784</v>
+        <v>588</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>581</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>582</v>
       </c>
       <c r="E185" s="15">
         <v>10080043249</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>200</v>
       </c>
       <c r="K185" s="15">
         <v>0.2</v>
       </c>
       <c r="L185" s="15">
         <v>0.2</v>
       </c>
       <c r="M185" s="15">
         <v>0.2</v>
       </c>
       <c r="N185" s="15">
-        <v>124</v>
+        <v>149</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C186" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D186" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E186" s="15">
         <v>10000023136</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>350</v>
       </c>
       <c r="K186" s="15">
         <v>0.33</v>
       </c>
       <c r="L186" s="15">
         <v>0.33</v>
       </c>
       <c r="M186" s="15">
         <v>0.33</v>
       </c>
       <c r="N186" s="15">
-        <v>176</v>
+        <v>139</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>585</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>586</v>
       </c>
       <c r="E187" s="15" t="s">
         <v>587</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
         <v>26</v>
       </c>
       <c r="K187" s="15">
         <v>0.46</v>
       </c>
       <c r="L187" s="15">
         <v>0.46</v>
       </c>
       <c r="M187" s="15">
         <v>0.46</v>
       </c>
       <c r="N187" s="15">
-        <v>653</v>
+        <v>728</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>588</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>589</v>
       </c>
       <c r="E188" s="15">
         <v>10080016394</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>135</v>
       </c>
       <c r="K188" s="15">
         <v>0.54</v>
       </c>
       <c r="L188" s="15">
         <v>0.54</v>
       </c>
       <c r="M188" s="15">
         <v>0.54</v>
       </c>
       <c r="N188" s="15">
-        <v>178</v>
+        <v>201</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>590</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>591</v>
       </c>
       <c r="E189" s="15" t="s">
         <v>592</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I189" s="15"/>
       <c r="J189" s="15">
         <v>270</v>
       </c>
       <c r="K189" s="15">
         <v>0.41</v>
       </c>
       <c r="L189" s="15">
         <v>0.41</v>
       </c>
       <c r="M189" s="15">
         <v>0.41</v>
       </c>
       <c r="N189" s="15">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>593</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>594</v>
       </c>
       <c r="E190" s="15" t="s">
         <v>595</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I190" s="15"/>
@@ -12384,453 +12383,453 @@
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>598</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>599</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>600</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>110</v>
       </c>
       <c r="K192" s="15">
-        <v>1.51</v>
+        <v>0.95265</v>
       </c>
       <c r="L192" s="15">
-        <v>1.09</v>
+        <v>0.82563</v>
       </c>
       <c r="M192" s="15">
-        <v>0.94842</v>
+        <v>0.79388</v>
       </c>
       <c r="N192" s="15">
         <v>50</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15">
         <v>440</v>
       </c>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>601</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>602</v>
       </c>
       <c r="E193" s="15">
         <v>10080008039</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>100</v>
       </c>
       <c r="K193" s="15">
         <v>0.12</v>
       </c>
       <c r="L193" s="15">
         <v>0.12</v>
       </c>
       <c r="M193" s="15">
         <v>0.12</v>
       </c>
       <c r="N193" s="15">
-        <v>1268</v>
+        <v>951</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>603</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>604</v>
       </c>
       <c r="E194" s="15">
         <v>10080006000</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I194" s="15" t="s">
         <v>605</v>
       </c>
       <c r="J194" s="15">
         <v>100</v>
       </c>
       <c r="K194" s="15">
-        <v>0.41193</v>
+        <v>0.25487</v>
       </c>
       <c r="L194" s="15">
-        <v>0.29534</v>
+        <v>0.22088</v>
       </c>
       <c r="M194" s="15">
-        <v>0.25649</v>
+        <v>0.21239</v>
       </c>
       <c r="N194" s="15">
         <v>20</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>606</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>607</v>
       </c>
       <c r="E195" s="15" t="s">
         <v>608</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I195" s="15" t="s">
         <v>609</v>
       </c>
       <c r="J195" s="15">
         <v>100</v>
       </c>
       <c r="K195" s="15">
-        <v>0.40587</v>
+        <v>0.30119</v>
       </c>
       <c r="L195" s="15">
-        <v>0.28991</v>
+        <v>0.26103</v>
       </c>
       <c r="M195" s="15">
-        <v>0.26091</v>
+        <v>0.25099</v>
       </c>
       <c r="N195" s="15">
-        <v>798</v>
+        <v>817</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>610</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>611</v>
       </c>
       <c r="E196" s="15" t="s">
         <v>612</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>280</v>
       </c>
       <c r="K196" s="15">
-        <v>0.46312</v>
+        <v>0.29297</v>
       </c>
       <c r="L196" s="15">
-        <v>0.32311</v>
+        <v>0.2539</v>
       </c>
       <c r="M196" s="15">
-        <v>0.29079</v>
+        <v>0.24414</v>
       </c>
       <c r="N196" s="15">
-        <v>252</v>
+        <v>198</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>613</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>614</v>
       </c>
       <c r="E197" s="15">
         <v>10080008041</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>230</v>
       </c>
       <c r="K197" s="15">
         <v>0.86704</v>
       </c>
       <c r="L197" s="15">
         <v>0.46734</v>
       </c>
       <c r="M197" s="15">
         <v>0.40585</v>
       </c>
       <c r="N197" s="15">
-        <v>155</v>
+        <v>119</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>615</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>616</v>
       </c>
       <c r="E198" s="15">
         <v>10080008040</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>250</v>
       </c>
       <c r="K198" s="15">
         <v>0.34</v>
       </c>
       <c r="L198" s="15">
         <v>0.34</v>
       </c>
       <c r="M198" s="15">
         <v>0.34</v>
       </c>
       <c r="N198" s="15">
-        <v>1286</v>
+        <v>1143</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>617</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>618</v>
       </c>
       <c r="E199" s="15">
         <v>10080012915</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I199" s="15" t="s">
         <v>619</v>
       </c>
       <c r="J199" s="15">
         <v>2090</v>
       </c>
       <c r="K199" s="15">
         <v>0.48</v>
       </c>
       <c r="L199" s="15">
         <v>0.48</v>
       </c>
       <c r="M199" s="15">
         <v>0.48</v>
       </c>
       <c r="N199" s="15">
-        <v>834</v>
+        <v>798</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E200" s="15" t="s">
         <v>622</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I200" s="15" t="s">
         <v>623</v>
       </c>
       <c r="J200" s="15">
         <v>2090</v>
       </c>
       <c r="K200" s="15">
-        <v>1.06</v>
+        <v>0.67031</v>
       </c>
       <c r="L200" s="15">
-        <v>0.76564</v>
+        <v>0.5809299999999999</v>
       </c>
       <c r="M200" s="15">
-        <v>0.66683</v>
+        <v>0.55859</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>624</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>625</v>
       </c>
       <c r="E201" s="15">
         <v>10080009370</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>130</v>
       </c>
       <c r="K201" s="15">
-        <v>1.68</v>
+        <v>1.07</v>
       </c>
       <c r="L201" s="15">
-        <v>1.21</v>
+        <v>0.92548</v>
       </c>
       <c r="M201" s="15">
-        <v>1.05</v>
+        <v>0.88989</v>
       </c>
       <c r="N201" s="15">
         <v>80</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>626</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>627</v>
       </c>
       <c r="E202" s="15" t="s">
         <v>628</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
-        <v>0.40365</v>
+        <v>0.24744</v>
       </c>
       <c r="L202" s="15">
-        <v>0.29101</v>
+        <v>0.21445</v>
       </c>
       <c r="M202" s="15">
-        <v>0.25346</v>
+        <v>0.2062</v>
       </c>
       <c r="N202" s="15">
         <v>34</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>629</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>630</v>
       </c>
       <c r="E203" s="15">
         <v>10080037098</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
@@ -12865,87 +12864,87 @@
       <c r="D204" s="15" t="s">
         <v>632</v>
       </c>
       <c r="E204" s="15">
         <v>10080016396</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>1</v>
       </c>
       <c r="K204" s="15">
         <v>0.36</v>
       </c>
       <c r="L204" s="15">
         <v>0.36</v>
       </c>
       <c r="M204" s="15">
         <v>0.36</v>
       </c>
       <c r="N204" s="15">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>633</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>634</v>
       </c>
       <c r="E205" s="15">
         <v>10080016397</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>1</v>
       </c>
       <c r="K205" s="15">
-        <v>1.11</v>
+        <v>0.70673</v>
       </c>
       <c r="L205" s="15">
-        <v>0.80116</v>
+        <v>0.6125</v>
       </c>
       <c r="M205" s="15">
-        <v>0.69779</v>
+        <v>0.58894</v>
       </c>
       <c r="N205" s="15">
         <v>25</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>635</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>636</v>
       </c>
       <c r="E206" s="15" t="s">
         <v>637</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
@@ -12982,322 +12981,322 @@
       <c r="D207" s="15" t="s">
         <v>639</v>
       </c>
       <c r="E207" s="15">
         <v>10000021505</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>400</v>
       </c>
       <c r="K207" s="15">
         <v>0.24</v>
       </c>
       <c r="L207" s="15">
         <v>0.24</v>
       </c>
       <c r="M207" s="15">
         <v>0.24</v>
       </c>
       <c r="N207" s="15">
-        <v>743</v>
+        <v>896</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>640</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>641</v>
       </c>
       <c r="E208" s="15" t="s">
         <v>642</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>270</v>
       </c>
       <c r="K208" s="15">
-        <v>0.80211</v>
+        <v>0.52025</v>
       </c>
       <c r="L208" s="15">
-        <v>0.57826</v>
+        <v>0.45088</v>
       </c>
       <c r="M208" s="15">
-        <v>0.50366</v>
+        <v>0.43354</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C209" s="15" t="s">
         <v>643</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>644</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>645</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I209" s="15" t="s">
         <v>646</v>
       </c>
       <c r="J209" s="15">
         <v>200</v>
       </c>
       <c r="K209" s="15">
         <v>0.77597</v>
       </c>
       <c r="L209" s="15">
         <v>0.69837</v>
       </c>
       <c r="M209" s="15">
         <v>0.64664</v>
       </c>
       <c r="N209" s="15">
-        <v>450</v>
+        <v>487</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>647</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>648</v>
       </c>
       <c r="E210" s="15" t="s">
         <v>649</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15"/>
       <c r="K210" s="15">
-        <v>2.14</v>
+        <v>0.77552</v>
       </c>
       <c r="L210" s="15">
-        <v>1.07</v>
+        <v>0.67211</v>
       </c>
       <c r="M210" s="15">
-        <v>0.9708</v>
+        <v>0.6462599999999999</v>
       </c>
       <c r="N210" s="15">
         <v>58</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>650</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>651</v>
       </c>
       <c r="E211" s="15">
         <v>10080007972</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>150</v>
       </c>
       <c r="K211" s="15">
         <v>1.5</v>
       </c>
       <c r="L211" s="15">
         <v>1</v>
       </c>
       <c r="M211" s="15">
         <v>0.92</v>
       </c>
       <c r="N211" s="15">
-        <v>916</v>
+        <v>1012</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>652</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>653</v>
       </c>
       <c r="E212" s="15" t="s">
         <v>654</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>100</v>
       </c>
       <c r="K212" s="15">
-        <v>2.14</v>
+        <v>1.39</v>
       </c>
       <c r="L212" s="15">
-        <v>1.55</v>
+        <v>1.2</v>
       </c>
       <c r="M212" s="15">
-        <v>1.35</v>
+        <v>1.16</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>655</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>656</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>657</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>215</v>
       </c>
       <c r="K213" s="15">
-        <v>0.81348</v>
+        <v>0.51005</v>
       </c>
       <c r="L213" s="15">
-        <v>0.56755</v>
+        <v>0.44204</v>
       </c>
       <c r="M213" s="15">
-        <v>0.51079</v>
+        <v>0.42504</v>
       </c>
       <c r="N213" s="15">
         <v>3</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15">
         <v>860</v>
       </c>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>658</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>659</v>
       </c>
       <c r="E214" s="15" t="s">
         <v>660</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>170</v>
       </c>
       <c r="K214" s="15">
         <v>0.58</v>
       </c>
       <c r="L214" s="15">
         <v>0.58</v>
       </c>
       <c r="M214" s="15">
         <v>0.58</v>
       </c>
       <c r="N214" s="15">
-        <v>153</v>
+        <v>168</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>661</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>662</v>
       </c>
       <c r="E215" s="15">
         <v>10080044293</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I215" s="15"/>
@@ -13324,257 +13323,257 @@
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C216" s="15" t="s">
         <v>663</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>664</v>
       </c>
       <c r="E216" s="15">
         <v>10080015413</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I216" s="15" t="s">
         <v>665</v>
       </c>
       <c r="J216" s="15">
         <v>475</v>
       </c>
       <c r="K216" s="15">
-        <v>0.38454</v>
+        <v>0.24536</v>
       </c>
       <c r="L216" s="15">
-        <v>0.27723</v>
+        <v>0.21264</v>
       </c>
       <c r="M216" s="15">
-        <v>0.24146</v>
+        <v>0.20446</v>
       </c>
       <c r="N216" s="15">
         <v>68</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>666</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>667</v>
       </c>
       <c r="E217" s="15" t="s">
         <v>668</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I217" s="15" t="s">
         <v>669</v>
       </c>
       <c r="J217" s="15">
         <v>475</v>
       </c>
       <c r="K217" s="15">
-        <v>0.43885</v>
+        <v>0.27719</v>
       </c>
       <c r="L217" s="15">
-        <v>0.31638</v>
+        <v>0.24023</v>
       </c>
       <c r="M217" s="15">
-        <v>0.27556</v>
+        <v>0.23099</v>
       </c>
       <c r="N217" s="15">
-        <v>618</v>
+        <v>547</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C218" s="15" t="s">
         <v>670</v>
       </c>
       <c r="D218" s="15" t="s">
         <v>671</v>
       </c>
       <c r="E218" s="15" t="s">
         <v>672</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>673</v>
       </c>
       <c r="J218" s="15">
         <v>375</v>
       </c>
       <c r="K218" s="15">
-        <v>0.67444</v>
+        <v>0.42672</v>
       </c>
       <c r="L218" s="15">
-        <v>0.48623</v>
+        <v>0.36982</v>
       </c>
       <c r="M218" s="15">
-        <v>0.42348</v>
+        <v>0.3556</v>
       </c>
       <c r="N218" s="15">
-        <v>161</v>
+        <v>144</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>674</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>675</v>
       </c>
       <c r="E219" s="15" t="s">
         <v>676</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I219" s="15" t="s">
         <v>677</v>
       </c>
       <c r="J219" s="15"/>
       <c r="K219" s="15">
-        <v>0.88597</v>
+        <v>0.5573399999999999</v>
       </c>
       <c r="L219" s="15">
-        <v>0.61812</v>
+        <v>0.48303</v>
       </c>
       <c r="M219" s="15">
-        <v>0.5563</v>
+        <v>0.46445</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>678</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>679</v>
       </c>
       <c r="E220" s="15">
         <v>10080015419</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>180</v>
       </c>
       <c r="K220" s="15">
         <v>1.98</v>
       </c>
       <c r="L220" s="15">
         <v>1.06</v>
       </c>
       <c r="M220" s="15">
         <v>0.99233</v>
       </c>
       <c r="N220" s="15">
-        <v>205</v>
+        <v>184</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>680</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>681</v>
       </c>
       <c r="E221" s="15">
         <v>10080015421</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>150</v>
       </c>
       <c r="K221" s="15">
         <v>1.89</v>
       </c>
       <c r="L221" s="15">
         <v>1.35</v>
       </c>
       <c r="M221" s="15">
         <v>1.18</v>
       </c>
       <c r="N221" s="15">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C222" s="15" t="s">
         <v>682</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>683</v>
       </c>
       <c r="E222" s="15">
         <v>10080015429</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I222" s="15"/>
@@ -13606,769 +13605,767 @@
         <v>684</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>685</v>
       </c>
       <c r="E223" s="15" t="s">
         <v>686</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15"/>
       <c r="K223" s="15">
         <v>1.53</v>
       </c>
       <c r="L223" s="15">
         <v>0.76371</v>
       </c>
       <c r="M223" s="15">
         <v>0.69434</v>
       </c>
       <c r="N223" s="15">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
         <v>687</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>688</v>
       </c>
       <c r="E224" s="15" t="s">
         <v>689</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>100</v>
       </c>
       <c r="K224" s="15">
-        <v>0.30408</v>
+        <v>0.19224</v>
       </c>
       <c r="L224" s="15">
-        <v>0.21922</v>
+        <v>0.16661</v>
       </c>
       <c r="M224" s="15">
-        <v>0.19093</v>
+        <v>0.1602</v>
       </c>
       <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>690</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>691</v>
       </c>
       <c r="E225" s="15" t="s">
         <v>692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I225" s="15" t="s">
         <v>693</v>
       </c>
       <c r="J225" s="15">
         <v>100</v>
       </c>
       <c r="K225" s="15">
-        <v>0.44894</v>
+        <v>0.3255</v>
       </c>
       <c r="L225" s="15">
-        <v>0.32067</v>
+        <v>0.2821</v>
       </c>
       <c r="M225" s="15">
-        <v>0.2886</v>
+        <v>0.27125</v>
       </c>
       <c r="N225" s="15">
-        <v>155</v>
+        <v>188</v>
       </c>
       <c r="O225" s="15">
-        <v>1800</v>
+        <v>2190</v>
       </c>
       <c r="P225" s="15" t="s">
         <v>694</v>
       </c>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>695</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>696</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>697</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I226" s="15" t="s">
         <v>698</v>
       </c>
       <c r="J226" s="15">
         <v>350</v>
       </c>
       <c r="K226" s="15">
-        <v>0.5947</v>
+        <v>0.43116</v>
       </c>
       <c r="L226" s="15">
-        <v>0.42479</v>
+        <v>0.37367</v>
       </c>
       <c r="M226" s="15">
-        <v>0.38231</v>
+        <v>0.3593</v>
       </c>
       <c r="N226" s="15">
         <v>26</v>
       </c>
       <c r="O226" s="15">
-        <v>948</v>
-[...3 lines deleted...]
-      </c>
+        <v>1032</v>
+      </c>
+      <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>699</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>700</v>
       </c>
       <c r="E227" s="15" t="s">
         <v>701</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>240</v>
       </c>
       <c r="K227" s="15">
-        <v>1.21</v>
+        <v>0.76688</v>
       </c>
       <c r="L227" s="15">
-        <v>0.87348</v>
+        <v>0.6646300000000001</v>
       </c>
       <c r="M227" s="15">
-        <v>0.7607699999999999</v>
+        <v>0.63906</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
         <v>702</v>
       </c>
       <c r="D228" s="15" t="s">
         <v>703</v>
       </c>
       <c r="E228" s="15">
         <v>10000015098</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>150</v>
       </c>
       <c r="K228" s="15">
-        <v>1.19</v>
+        <v>0.7666500000000001</v>
       </c>
       <c r="L228" s="15">
-        <v>0.85994</v>
+        <v>0.66443</v>
       </c>
       <c r="M228" s="15">
-        <v>0.74898</v>
+        <v>0.63888</v>
       </c>
       <c r="N228" s="15">
         <v>7</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>704</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>705</v>
       </c>
       <c r="E229" s="15" t="s">
         <v>706</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I229" s="15" t="s">
         <v>707</v>
       </c>
       <c r="J229" s="15">
         <v>150</v>
       </c>
       <c r="K229" s="15">
-        <v>1.23</v>
+        <v>0.8692800000000001</v>
       </c>
       <c r="L229" s="15">
-        <v>0.8774</v>
+        <v>0.75338</v>
       </c>
       <c r="M229" s="15">
-        <v>0.78966</v>
+        <v>0.7244</v>
       </c>
       <c r="N229" s="15">
-        <v>1681</v>
+        <v>1336</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
         <v>708</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>709</v>
       </c>
       <c r="E230" s="15">
         <v>10000015099</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
         <v>130</v>
       </c>
       <c r="K230" s="15">
         <v>2.59</v>
       </c>
       <c r="L230" s="15">
         <v>1.29</v>
       </c>
       <c r="M230" s="15">
         <v>1.18</v>
       </c>
       <c r="N230" s="15">
-        <v>2036</v>
+        <v>2266</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>710</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>711</v>
       </c>
       <c r="E231" s="15" t="s">
         <v>712</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>100</v>
       </c>
       <c r="K231" s="15">
-        <v>0.50123</v>
+        <v>0.38717</v>
       </c>
       <c r="L231" s="15">
-        <v>0.36135</v>
+        <v>0.33554</v>
       </c>
       <c r="M231" s="15">
-        <v>0.31473</v>
+        <v>0.32264</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15">
-        <v>1640</v>
+        <v>1740</v>
       </c>
       <c r="P231" s="15" t="s">
         <v>694</v>
       </c>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
         <v>713</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>714</v>
       </c>
       <c r="E232" s="15" t="s">
         <v>715</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I232" s="15" t="s">
         <v>716</v>
       </c>
       <c r="J232" s="15">
         <v>250</v>
       </c>
       <c r="K232" s="15">
-        <v>0.6696</v>
+        <v>0.28786</v>
       </c>
       <c r="L232" s="15">
-        <v>0.47828</v>
+        <v>0.28786</v>
       </c>
       <c r="M232" s="15">
-        <v>0.43045</v>
+        <v>0.28786</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
         <v>717</v>
       </c>
       <c r="D233" s="15" t="s">
         <v>718</v>
       </c>
       <c r="E233" s="15" t="s">
         <v>719</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I233" s="15" t="s">
         <v>720</v>
       </c>
       <c r="J233" s="15">
         <v>180</v>
       </c>
       <c r="K233" s="15">
-        <v>1.03</v>
+        <v>0.72177</v>
       </c>
       <c r="L233" s="15">
-        <v>0.7366200000000001</v>
+        <v>0.62553</v>
       </c>
       <c r="M233" s="15">
-        <v>0.66296</v>
+        <v>0.60148</v>
       </c>
       <c r="N233" s="15">
-        <v>511</v>
+        <v>489</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
         <v>721</v>
       </c>
       <c r="D234" s="15" t="s">
         <v>722</v>
       </c>
       <c r="E234" s="15">
         <v>10000015103</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>160</v>
       </c>
       <c r="K234" s="15">
-        <v>1.25</v>
+        <v>0.78462</v>
       </c>
       <c r="L234" s="15">
-        <v>0.89851</v>
+        <v>0.68</v>
       </c>
       <c r="M234" s="15">
-        <v>0.7825800000000001</v>
+        <v>0.65385</v>
       </c>
       <c r="N234" s="15">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>723</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>724</v>
       </c>
       <c r="E235" s="15" t="s">
         <v>725</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>160</v>
       </c>
       <c r="K235" s="15">
-        <v>1.14</v>
+        <v>0.73995</v>
       </c>
       <c r="L235" s="15">
-        <v>0.82284</v>
+        <v>0.64129</v>
       </c>
       <c r="M235" s="15">
-        <v>0.71668</v>
+        <v>0.61663</v>
       </c>
       <c r="N235" s="15">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>726</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>727</v>
       </c>
       <c r="E236" s="15" t="s">
         <v>728</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>120</v>
       </c>
       <c r="K236" s="15">
-        <v>1.27</v>
+        <v>0.8283199999999999</v>
       </c>
       <c r="L236" s="15">
-        <v>0.8863</v>
+        <v>0.71787</v>
       </c>
       <c r="M236" s="15">
-        <v>0.79766</v>
+        <v>0.69026</v>
       </c>
       <c r="N236" s="15">
-        <v>414</v>
+        <v>386</v>
       </c>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15">
         <v>480</v>
       </c>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>729</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>730</v>
       </c>
       <c r="E237" s="15" t="s">
         <v>731</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I237" s="15" t="s">
         <v>732</v>
       </c>
       <c r="J237" s="15">
         <v>100</v>
       </c>
       <c r="K237" s="15">
-        <v>1.78</v>
+        <v>1.26</v>
       </c>
       <c r="L237" s="15">
-        <v>1.27</v>
+        <v>1.09</v>
       </c>
       <c r="M237" s="15">
-        <v>1.14</v>
+        <v>1.05</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
         <v>733</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>734</v>
       </c>
       <c r="E238" s="15" t="s">
         <v>735</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I238" s="15" t="s">
         <v>736</v>
       </c>
       <c r="J238" s="15">
         <v>120</v>
       </c>
       <c r="K238" s="15">
-        <v>1.85</v>
+        <v>1.17</v>
       </c>
       <c r="L238" s="15">
-        <v>1.34</v>
+        <v>1.02</v>
       </c>
       <c r="M238" s="15">
-        <v>1.16</v>
+        <v>0.97851</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>737</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>738</v>
       </c>
       <c r="E239" s="15">
         <v>10080010151</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>320</v>
+        <v>70</v>
       </c>
       <c r="K239" s="15">
-        <v>2</v>
+        <v>1.39</v>
       </c>
       <c r="L239" s="15">
-        <v>1.33</v>
+        <v>1.2</v>
       </c>
       <c r="M239" s="15">
-        <v>1.21</v>
+        <v>1.16</v>
       </c>
       <c r="N239" s="15">
-        <v>340</v>
+        <v>240</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
         <v>739</v>
       </c>
       <c r="D240" s="15" t="s">
         <v>740</v>
       </c>
       <c r="E240" s="15" t="s">
         <v>741</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I240" s="15" t="s">
         <v>742</v>
       </c>
       <c r="J240" s="15">
         <v>320</v>
       </c>
       <c r="K240" s="15">
-        <v>2.17</v>
+        <v>1.37</v>
       </c>
       <c r="L240" s="15">
-        <v>1.57</v>
+        <v>1.19</v>
       </c>
       <c r="M240" s="15">
-        <v>1.36</v>
+        <v>1.14</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
         <v>743</v>
       </c>
       <c r="D241" s="15" t="s">
         <v>744</v>
       </c>
       <c r="E241" s="15" t="s">
         <v>745</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>65</v>
       </c>
       <c r="K241" s="15">
         <v>2</v>
       </c>
       <c r="L241" s="15">
         <v>1.41</v>
       </c>
       <c r="M241" s="15">
         <v>1.28</v>
       </c>
       <c r="N241" s="15">
-        <v>2250</v>
+        <v>2318</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>746</v>
       </c>
       <c r="D242" s="15" t="s">
         <v>747</v>
       </c>
       <c r="E242" s="15">
         <v>10080007419</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I242" s="15"/>
@@ -14439,131 +14436,131 @@
       <c r="D244" s="15" t="s">
         <v>751</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>752</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>100</v>
       </c>
       <c r="K244" s="15">
         <v>0.185</v>
       </c>
       <c r="L244" s="15">
         <v>0.185</v>
       </c>
       <c r="M244" s="15">
         <v>0.185</v>
       </c>
       <c r="N244" s="15">
-        <v>251</v>
+        <v>302</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>753</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>754</v>
       </c>
       <c r="E245" s="15" t="s">
         <v>755</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>140</v>
       </c>
       <c r="K245" s="15">
         <v>0.45</v>
       </c>
       <c r="L245" s="15">
         <v>0.45</v>
       </c>
       <c r="M245" s="15">
         <v>0.45</v>
       </c>
       <c r="N245" s="15">
-        <v>396</v>
+        <v>363</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15">
         <v>560</v>
       </c>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>756</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>757</v>
       </c>
       <c r="E246" s="15" t="s">
         <v>758</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>26</v>
       </c>
       <c r="K246" s="15">
         <v>0.73</v>
       </c>
       <c r="L246" s="15">
         <v>0.73</v>
       </c>
       <c r="M246" s="15">
         <v>0.73</v>
       </c>
       <c r="N246" s="15">
-        <v>413</v>
+        <v>393</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>759</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>760</v>
       </c>
       <c r="E247" s="15" t="s">
         <v>761</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I247" s="15"/>
@@ -14597,129 +14594,129 @@
       <c r="D248" s="15" t="s">
         <v>763</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>764</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>100</v>
       </c>
       <c r="K248" s="15">
         <v>0.15</v>
       </c>
       <c r="L248" s="15">
         <v>0.15</v>
       </c>
       <c r="M248" s="15">
         <v>0.15</v>
       </c>
       <c r="N248" s="15">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
         <v>765</v>
       </c>
       <c r="D249" s="15" t="s">
         <v>766</v>
       </c>
       <c r="E249" s="15" t="s">
         <v>767</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>100</v>
       </c>
       <c r="K249" s="15">
         <v>0.15</v>
       </c>
       <c r="L249" s="15">
         <v>0.15</v>
       </c>
       <c r="M249" s="15">
         <v>0.15</v>
       </c>
       <c r="N249" s="15">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>768</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>769</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>770</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>100</v>
       </c>
       <c r="K250" s="15">
         <v>0.33</v>
       </c>
       <c r="L250" s="15">
         <v>0.33</v>
       </c>
       <c r="M250" s="15">
         <v>0.33</v>
       </c>
       <c r="N250" s="15">
-        <v>652</v>
+        <v>440</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>772</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>773</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I251" s="15"/>
@@ -14792,246 +14789,244 @@
       <c r="D253" s="15" t="s">
         <v>777</v>
       </c>
       <c r="E253" s="15" t="s">
         <v>778</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>26</v>
       </c>
       <c r="K253" s="15">
         <v>0.67</v>
       </c>
       <c r="L253" s="15">
         <v>0.67</v>
       </c>
       <c r="M253" s="15">
         <v>0.67</v>
       </c>
       <c r="N253" s="15">
-        <v>643</v>
+        <v>719</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
         <v>779</v>
       </c>
       <c r="D254" s="15" t="s">
         <v>780</v>
       </c>
       <c r="E254" s="15">
         <v>10080015295</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>145</v>
       </c>
       <c r="K254" s="15">
         <v>1</v>
       </c>
       <c r="L254" s="15">
         <v>0.7</v>
       </c>
       <c r="M254" s="15">
         <v>0.64</v>
       </c>
-      <c r="N254" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>781</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>782</v>
       </c>
       <c r="E255" s="15" t="s">
         <v>783</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I255" s="15" t="s">
         <v>784</v>
       </c>
       <c r="J255" s="15">
         <v>625</v>
       </c>
       <c r="K255" s="15">
-        <v>0.42115</v>
+        <v>0.26577</v>
       </c>
       <c r="L255" s="15">
-        <v>0.30361</v>
+        <v>0.23033</v>
       </c>
       <c r="M255" s="15">
-        <v>0.26445</v>
+        <v>0.22148</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
         <v>785</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>786</v>
       </c>
       <c r="E256" s="15" t="s">
         <v>787</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>450</v>
       </c>
       <c r="K256" s="15">
         <v>0.60407</v>
       </c>
       <c r="L256" s="15">
         <v>0.35</v>
       </c>
       <c r="M256" s="15">
         <v>0.29</v>
       </c>
       <c r="N256" s="15">
-        <v>239</v>
+        <v>279</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>788</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>789</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>790</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I257" s="15" t="s">
         <v>791</v>
       </c>
       <c r="J257" s="15">
         <v>1</v>
       </c>
       <c r="K257" s="15">
-        <v>0.81469</v>
+        <v>0.51417</v>
       </c>
       <c r="L257" s="15">
-        <v>0.58733</v>
+        <v>0.44561</v>
       </c>
       <c r="M257" s="15">
-        <v>0.51156</v>
+        <v>0.42848</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>792</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>793</v>
       </c>
       <c r="E258" s="15">
         <v>10080015303</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I258" s="15"/>
       <c r="J258" s="15">
         <v>175</v>
       </c>
       <c r="K258" s="15">
         <v>0.843</v>
       </c>
       <c r="L258" s="15">
         <v>0.843</v>
       </c>
       <c r="M258" s="15">
         <v>0.843</v>
       </c>
       <c r="N258" s="15">
-        <v>564</v>
+        <v>506</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>794</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>795</v>
       </c>
       <c r="E259" s="15" t="s">
         <v>796</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I259" s="15"/>
@@ -15056,57 +15051,57 @@
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>797</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>798</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>799</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>800</v>
       </c>
       <c r="J260" s="15">
         <v>300</v>
       </c>
       <c r="K260" s="15">
-        <v>0.87054</v>
+        <v>0.54006</v>
       </c>
       <c r="L260" s="15">
-        <v>0.62761</v>
+        <v>0.46805</v>
       </c>
       <c r="M260" s="15">
-        <v>0.5466299999999999</v>
+        <v>0.45005</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
         <v>801</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>802</v>
       </c>
       <c r="E261" s="15" t="s">
         <v>803</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>99</v>
       </c>
@@ -15141,90 +15136,90 @@
       <c r="D262" s="15" t="s">
         <v>806</v>
       </c>
       <c r="E262" s="15" t="s">
         <v>807</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>125</v>
       </c>
       <c r="K262" s="15">
         <v>0.65</v>
       </c>
       <c r="L262" s="15">
         <v>0.65</v>
       </c>
       <c r="M262" s="15">
         <v>0.65</v>
       </c>
       <c r="N262" s="15">
-        <v>215</v>
+        <v>203</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>808</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>809</v>
       </c>
       <c r="E263" s="15">
         <v>10080015275</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>525</v>
       </c>
       <c r="K263" s="15">
         <v>0.19</v>
       </c>
       <c r="L263" s="15">
         <v>0.19</v>
       </c>
       <c r="M263" s="15">
         <v>0.19</v>
       </c>
       <c r="N263" s="15">
-        <v>368</v>
+        <v>299</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
         <v>810</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>811</v>
       </c>
       <c r="E264" s="15">
         <v>10000023134</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I264" s="15"/>
@@ -15295,90 +15290,90 @@
         <v>814</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>815</v>
       </c>
       <c r="E266" s="15">
         <v>10080015130</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I266" s="15"/>
       <c r="J266" s="15"/>
       <c r="K266" s="15">
         <v>0.21</v>
       </c>
       <c r="L266" s="15">
         <v>0.21</v>
       </c>
       <c r="M266" s="15">
         <v>0.21</v>
       </c>
       <c r="N266" s="15">
-        <v>205</v>
+        <v>106</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>816</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>817</v>
       </c>
       <c r="E267" s="15" t="s">
         <v>818</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>390</v>
       </c>
       <c r="K267" s="15">
         <v>0.3</v>
       </c>
       <c r="L267" s="15">
         <v>0.3</v>
       </c>
       <c r="M267" s="15">
         <v>0.3</v>
       </c>
       <c r="N267" s="15">
-        <v>214</v>
+        <v>163</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15">
         <v>780</v>
       </c>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>819</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>820</v>
       </c>
       <c r="E268" s="15" t="s">
         <v>821</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>99</v>
@@ -15403,101 +15398,101 @@
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>822</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>823</v>
       </c>
       <c r="E269" s="15">
         <v>10080015101</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>60</v>
       </c>
       <c r="K269" s="15">
-        <v>2.68</v>
+        <v>1.66</v>
       </c>
       <c r="L269" s="15">
-        <v>1.92</v>
+        <v>1.44</v>
       </c>
       <c r="M269" s="15">
-        <v>1.67</v>
+        <v>1.38</v>
       </c>
       <c r="N269" s="15">
         <v>33</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C270" s="15" t="s">
         <v>824</v>
       </c>
       <c r="D270" s="15" t="s">
         <v>825</v>
       </c>
       <c r="E270" s="15" t="s">
         <v>826</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I270" s="15" t="s">
         <v>827</v>
       </c>
       <c r="J270" s="15">
         <v>100</v>
       </c>
       <c r="K270" s="15">
-        <v>0.37716</v>
+        <v>0.27303</v>
       </c>
       <c r="L270" s="15">
-        <v>0.2694</v>
+        <v>0.23663</v>
       </c>
       <c r="M270" s="15">
-        <v>0.24246</v>
+        <v>0.22753</v>
       </c>
       <c r="N270" s="15">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>828</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>829</v>
       </c>
       <c r="E271" s="15" t="s">
         <v>830</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I271" s="15" t="s">
@@ -15522,99 +15517,99 @@
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>832</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>833</v>
       </c>
       <c r="E272" s="15" t="s">
         <v>834</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>240</v>
       </c>
       <c r="K272" s="15">
-        <v>0.75405</v>
+        <v>0.53669</v>
       </c>
       <c r="L272" s="15">
-        <v>0.53861</v>
+        <v>0.46513</v>
       </c>
       <c r="M272" s="15">
-        <v>0.48474</v>
+        <v>0.44724</v>
       </c>
       <c r="N272" s="15">
-        <v>183</v>
+        <v>231</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>835</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>836</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>837</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>165</v>
       </c>
       <c r="K273" s="15">
         <v>0.63</v>
       </c>
       <c r="L273" s="15">
         <v>0.63</v>
       </c>
       <c r="M273" s="15">
         <v>0.63</v>
       </c>
       <c r="N273" s="15">
-        <v>383</v>
+        <v>337</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>838</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>839</v>
       </c>
       <c r="E274" s="15">
         <v>10080015110</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I274" s="15"/>
@@ -15639,133 +15634,133 @@
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>840</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>841</v>
       </c>
       <c r="E275" s="15" t="s">
         <v>842</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
-        <v>0.56824</v>
+        <v>0.36741</v>
       </c>
       <c r="L275" s="15">
-        <v>0.40589</v>
+        <v>0.31842</v>
       </c>
       <c r="M275" s="15">
-        <v>0.36531</v>
+        <v>0.30618</v>
       </c>
       <c r="N275" s="15"/>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>843</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>844</v>
       </c>
       <c r="E276" s="15" t="s">
         <v>845</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>150</v>
       </c>
       <c r="K276" s="15">
-        <v>1.18</v>
+        <v>0.83397</v>
       </c>
       <c r="L276" s="15">
-        <v>0.8422500000000001</v>
+        <v>0.72277</v>
       </c>
       <c r="M276" s="15">
-        <v>0.75803</v>
+        <v>0.69498</v>
       </c>
       <c r="N276" s="15">
-        <v>1277</v>
+        <v>1405</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>846</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>847</v>
       </c>
       <c r="E277" s="15">
         <v>10080015119</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>110</v>
       </c>
       <c r="K277" s="15">
-        <v>1.27</v>
+        <v>0.80466</v>
       </c>
       <c r="L277" s="15">
-        <v>0.91418</v>
+        <v>0.69737</v>
       </c>
       <c r="M277" s="15">
-        <v>0.79623</v>
+        <v>0.67055</v>
       </c>
       <c r="N277" s="15">
         <v>88</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>848</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>849</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>850</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
@@ -15804,94 +15799,94 @@
       </c>
       <c r="E279" s="15" t="s">
         <v>854</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I279" s="15" t="s">
         <v>855</v>
       </c>
       <c r="J279" s="15">
         <v>90</v>
       </c>
       <c r="K279" s="15">
         <v>0.74</v>
       </c>
       <c r="L279" s="15">
         <v>0.74</v>
       </c>
       <c r="M279" s="15">
         <v>0.74</v>
       </c>
       <c r="N279" s="15">
-        <v>948</v>
+        <v>974</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15">
         <v>360</v>
       </c>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>856</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>857</v>
       </c>
       <c r="E280" s="15" t="s">
         <v>858</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I280" s="15" t="s">
         <v>859</v>
       </c>
       <c r="J280" s="15">
         <v>65</v>
       </c>
       <c r="K280" s="15">
-        <v>2.53</v>
+        <v>1.84</v>
       </c>
       <c r="L280" s="15">
-        <v>1.81</v>
+        <v>1.59</v>
       </c>
       <c r="M280" s="15">
-        <v>1.63</v>
+        <v>1.53</v>
       </c>
       <c r="N280" s="15">
-        <v>900</v>
+        <v>1245</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>860</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>861</v>
       </c>
       <c r="E281" s="15">
         <v>10080015195</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I281" s="15"/>
@@ -15918,214 +15913,214 @@
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C282" s="15" t="s">
         <v>862</v>
       </c>
       <c r="D282" s="15" t="s">
         <v>863</v>
       </c>
       <c r="E282" s="15" t="s">
         <v>864</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I282" s="15" t="s">
         <v>865</v>
       </c>
       <c r="J282" s="15">
         <v>55</v>
       </c>
       <c r="K282" s="15">
-        <v>3.52</v>
+        <v>2.29</v>
       </c>
       <c r="L282" s="15">
-        <v>2.54</v>
+        <v>1.98</v>
       </c>
       <c r="M282" s="15">
-        <v>2.21</v>
+        <v>1.91</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C283" s="15" t="s">
         <v>866</v>
       </c>
       <c r="D283" s="15" t="s">
         <v>867</v>
       </c>
       <c r="E283" s="15" t="s">
         <v>868</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>100</v>
       </c>
       <c r="K283" s="15">
         <v>0.23</v>
       </c>
       <c r="L283" s="15">
         <v>0.23</v>
       </c>
       <c r="M283" s="15">
         <v>0.23</v>
       </c>
       <c r="N283" s="15">
-        <v>362</v>
+        <v>433</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C284" s="15" t="s">
         <v>869</v>
       </c>
       <c r="D284" s="15" t="s">
         <v>870</v>
       </c>
       <c r="E284" s="15" t="s">
         <v>871</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>100</v>
       </c>
       <c r="K284" s="15">
         <v>0.48</v>
       </c>
       <c r="L284" s="15">
         <v>0.48</v>
       </c>
       <c r="M284" s="15">
         <v>0.48</v>
       </c>
       <c r="N284" s="15">
-        <v>620</v>
+        <v>593</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C285" s="15" t="s">
         <v>872</v>
       </c>
       <c r="D285" s="15" t="s">
         <v>873</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>874</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>24</v>
       </c>
       <c r="K285" s="15">
         <v>0.73</v>
       </c>
       <c r="L285" s="15">
         <v>0.73</v>
       </c>
       <c r="M285" s="15">
         <v>0.73</v>
       </c>
       <c r="N285" s="15">
-        <v>793</v>
+        <v>735</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>875</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>876</v>
       </c>
       <c r="E286" s="15" t="s">
         <v>877</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>24</v>
       </c>
       <c r="K286" s="15">
         <v>0.97</v>
       </c>
       <c r="L286" s="15">
         <v>0.97</v>
       </c>
       <c r="M286" s="15">
         <v>0.97</v>
       </c>
       <c r="N286" s="15">
-        <v>891</v>
+        <v>624</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>878</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>879</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>880</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I287" s="15"/>
@@ -16196,168 +16191,168 @@
       <c r="D289" s="15" t="s">
         <v>885</v>
       </c>
       <c r="E289" s="15" t="s">
         <v>886</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>100</v>
       </c>
       <c r="K289" s="15">
         <v>0.38</v>
       </c>
       <c r="L289" s="15">
         <v>0.38</v>
       </c>
       <c r="M289" s="15">
         <v>0.38</v>
       </c>
       <c r="N289" s="15">
-        <v>522</v>
+        <v>410</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C290" s="15" t="s">
         <v>887</v>
       </c>
       <c r="D290" s="15" t="s">
         <v>888</v>
       </c>
       <c r="E290" s="15" t="s">
         <v>889</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>24</v>
       </c>
       <c r="K290" s="15">
         <v>0.61</v>
       </c>
       <c r="L290" s="15">
         <v>0.61</v>
       </c>
       <c r="M290" s="15">
         <v>0.61</v>
       </c>
       <c r="N290" s="15">
-        <v>850</v>
+        <v>667</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C291" s="15" t="s">
         <v>890</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>891</v>
       </c>
       <c r="E291" s="15" t="s">
         <v>892</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>24</v>
       </c>
       <c r="K291" s="15">
         <v>0.74</v>
       </c>
       <c r="L291" s="15">
         <v>0.74</v>
       </c>
       <c r="M291" s="15">
         <v>0.74</v>
       </c>
       <c r="N291" s="15">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>893</v>
       </c>
       <c r="C292" s="15" t="s">
         <v>894</v>
       </c>
       <c r="D292" s="15" t="s">
         <v>895</v>
       </c>
       <c r="E292" s="15">
         <v>10080015169</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>300</v>
       </c>
       <c r="K292" s="15">
         <v>0.15</v>
       </c>
       <c r="L292" s="15">
         <v>0.15</v>
       </c>
       <c r="M292" s="15">
         <v>0.15</v>
       </c>
       <c r="N292" s="15">
-        <v>172</v>
+        <v>126</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>893</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>896</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>897</v>
       </c>
       <c r="E293" s="15" t="s">
         <v>898</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I293" s="15"/>
@@ -16430,88 +16425,88 @@
       <c r="D295" s="15" t="s">
         <v>902</v>
       </c>
       <c r="E295" s="15">
         <v>10080012372</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
         <v>235</v>
       </c>
       <c r="K295" s="15">
         <v>0.35</v>
       </c>
       <c r="L295" s="15">
         <v>0.35</v>
       </c>
       <c r="M295" s="15">
         <v>0.35</v>
       </c>
       <c r="N295" s="15">
-        <v>1762</v>
+        <v>1285</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>893</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>903</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>904</v>
       </c>
       <c r="E296" s="15">
         <v>10080015343</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I296" s="15"/>
       <c r="J296" s="15"/>
       <c r="K296" s="15">
         <v>0.42</v>
       </c>
       <c r="L296" s="15">
         <v>0.42</v>
       </c>
       <c r="M296" s="15">
         <v>0.42</v>
       </c>
       <c r="N296" s="15">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C297" s="15" t="s">
         <v>905</v>
       </c>
       <c r="D297" s="15" t="s">
         <v>906</v>
       </c>
       <c r="E297" s="15" t="s">
         <v>907</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I297" s="15" t="s">
@@ -16545,51 +16540,51 @@
       <c r="D298" s="15" t="s">
         <v>910</v>
       </c>
       <c r="E298" s="15">
         <v>10080015351</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>250</v>
       </c>
       <c r="K298" s="15">
         <v>0.3</v>
       </c>
       <c r="L298" s="15">
         <v>0.3</v>
       </c>
       <c r="M298" s="15">
         <v>0.3</v>
       </c>
       <c r="N298" s="15">
-        <v>264</v>
+        <v>341</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C299" s="15" t="s">
         <v>911</v>
       </c>
       <c r="D299" s="15" t="s">
         <v>912</v>
       </c>
       <c r="E299" s="15">
         <v>10080015352</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I299" s="15"/>
@@ -16692,57 +16687,57 @@
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>918</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>919</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>920</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>110</v>
       </c>
       <c r="K302" s="15">
-        <v>1.62</v>
+        <v>1.05</v>
       </c>
       <c r="L302" s="15">
-        <v>1.17</v>
+        <v>0.90801</v>
       </c>
       <c r="M302" s="15">
-        <v>1.02</v>
+        <v>0.87309</v>
       </c>
       <c r="N302" s="15">
         <v>4</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C303" s="15" t="s">
         <v>921</v>
       </c>
       <c r="D303" s="15" t="s">
         <v>922</v>
       </c>
       <c r="E303" s="15">
         <v>10080009392</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
@@ -16818,563 +16813,563 @@
       <c r="D305" s="15" t="s">
         <v>926</v>
       </c>
       <c r="E305" s="15" t="s">
         <v>927</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>160</v>
       </c>
       <c r="K305" s="15">
         <v>0.325</v>
       </c>
       <c r="L305" s="15">
         <v>0.325</v>
       </c>
       <c r="M305" s="15">
         <v>0.325</v>
       </c>
       <c r="N305" s="15">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>928</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>929</v>
       </c>
       <c r="E306" s="15">
         <v>10080047407</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>160</v>
       </c>
       <c r="K306" s="15">
         <v>0.39</v>
       </c>
       <c r="L306" s="15">
         <v>0.39</v>
       </c>
       <c r="M306" s="15">
         <v>0.39</v>
       </c>
       <c r="N306" s="15">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C307" s="15" t="s">
         <v>930</v>
       </c>
       <c r="D307" s="15" t="s">
         <v>931</v>
       </c>
       <c r="E307" s="15" t="s">
         <v>932</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I307" s="15" t="s">
         <v>933</v>
       </c>
       <c r="J307" s="15">
         <v>285</v>
       </c>
       <c r="K307" s="15">
-        <v>0.52458</v>
+        <v>0.37149</v>
       </c>
       <c r="L307" s="15">
-        <v>0.3747</v>
+        <v>0.32196</v>
       </c>
       <c r="M307" s="15">
-        <v>0.33723</v>
+        <v>0.30958</v>
       </c>
       <c r="N307" s="15">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>934</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>935</v>
       </c>
       <c r="E308" s="15" t="s">
         <v>936</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I308" s="15" t="s">
         <v>937</v>
       </c>
       <c r="J308" s="15">
         <v>220</v>
       </c>
       <c r="K308" s="15">
         <v>0.52635</v>
       </c>
       <c r="L308" s="15">
         <v>0.45617</v>
       </c>
       <c r="M308" s="15">
         <v>0.43863</v>
       </c>
       <c r="N308" s="15">
-        <v>59</v>
+        <v>29</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>938</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>939</v>
       </c>
       <c r="E309" s="15" t="s">
         <v>940</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I309" s="15" t="s">
         <v>941</v>
       </c>
       <c r="J309" s="15">
         <v>165</v>
       </c>
       <c r="K309" s="15">
-        <v>1</v>
+        <v>0.71091</v>
       </c>
       <c r="L309" s="15">
-        <v>0.71768</v>
+        <v>0.61612</v>
       </c>
       <c r="M309" s="15">
-        <v>0.64591</v>
+        <v>0.59243</v>
       </c>
       <c r="N309" s="15">
-        <v>136</v>
+        <v>104</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>942</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>943</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>944</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I310" s="15" t="s">
         <v>945</v>
       </c>
       <c r="J310" s="15">
         <v>105</v>
       </c>
       <c r="K310" s="15">
         <v>0.86661</v>
       </c>
       <c r="L310" s="15">
         <v>0.7510599999999999</v>
       </c>
       <c r="M310" s="15">
         <v>0.72218</v>
       </c>
       <c r="N310" s="15">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>946</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>947</v>
       </c>
       <c r="E311" s="15" t="s">
         <v>948</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I311" s="15"/>
       <c r="J311" s="15"/>
       <c r="K311" s="15">
-        <v>1.77</v>
+        <v>1.09</v>
       </c>
       <c r="L311" s="15">
-        <v>1.27</v>
+        <v>0.94654</v>
       </c>
       <c r="M311" s="15">
-        <v>1.11</v>
+        <v>0.9101399999999999</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>949</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>950</v>
       </c>
       <c r="E312" s="15" t="s">
         <v>951</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I312" s="15" t="s">
         <v>952</v>
       </c>
       <c r="J312" s="15">
         <v>160</v>
       </c>
       <c r="K312" s="15">
-        <v>0.87473</v>
+        <v>0.63366</v>
       </c>
       <c r="L312" s="15">
-        <v>0.62481</v>
+        <v>0.54917</v>
       </c>
       <c r="M312" s="15">
-        <v>0.56233</v>
+        <v>0.52805</v>
       </c>
       <c r="N312" s="15">
-        <v>436</v>
+        <v>416</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C313" s="15" t="s">
         <v>953</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>954</v>
       </c>
       <c r="E313" s="15" t="s">
         <v>955</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>956</v>
       </c>
       <c r="J313" s="15">
         <v>100</v>
       </c>
       <c r="K313" s="15">
-        <v>1.61</v>
+        <v>1.15</v>
       </c>
       <c r="L313" s="15">
-        <v>1.15</v>
+        <v>0.99303</v>
       </c>
       <c r="M313" s="15">
-        <v>1.04</v>
+        <v>0.95484</v>
       </c>
       <c r="N313" s="15">
-        <v>189</v>
+        <v>220</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>957</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>958</v>
       </c>
       <c r="E314" s="15">
         <v>10080006088</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>75</v>
       </c>
       <c r="K314" s="15">
-        <v>1.13</v>
+        <v>1.12</v>
       </c>
       <c r="L314" s="15">
-        <v>0.9827</v>
+        <v>0.96935</v>
       </c>
       <c r="M314" s="15">
-        <v>0.9449</v>
+        <v>0.93206</v>
       </c>
       <c r="N314" s="15">
-        <v>620</v>
+        <v>739</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>959</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>960</v>
       </c>
       <c r="E315" s="15">
         <v>10080015324</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>55</v>
       </c>
       <c r="K315" s="15">
-        <v>2.34</v>
+        <v>1.42</v>
       </c>
       <c r="L315" s="15">
-        <v>1.67</v>
+        <v>1.23</v>
       </c>
       <c r="M315" s="15">
-        <v>1.45</v>
+        <v>1.19</v>
       </c>
       <c r="N315" s="15">
-        <v>447</v>
+        <v>410</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>961</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>962</v>
       </c>
       <c r="E316" s="15" t="s">
         <v>963</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>50</v>
       </c>
       <c r="K316" s="15">
-        <v>3.05</v>
+        <v>2.16</v>
       </c>
       <c r="L316" s="15">
-        <v>2.18</v>
+        <v>1.87</v>
       </c>
       <c r="M316" s="15">
-        <v>1.96</v>
+        <v>1.8</v>
       </c>
       <c r="N316" s="15">
         <v>50</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15">
         <v>200</v>
       </c>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>964</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>965</v>
       </c>
       <c r="E317" s="15">
         <v>10080008966</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15">
         <v>50</v>
       </c>
       <c r="K317" s="15">
         <v>5.25</v>
       </c>
       <c r="L317" s="15">
         <v>2.62</v>
       </c>
       <c r="M317" s="15">
         <v>2.39</v>
       </c>
       <c r="N317" s="15">
-        <v>411</v>
+        <v>450</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C318" s="15" t="s">
         <v>966</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>967</v>
       </c>
       <c r="E318" s="15" t="s">
         <v>968</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I318" s="15"/>
       <c r="J318" s="15"/>
       <c r="K318" s="15">
-        <v>1.08</v>
+        <v>0.6776</v>
       </c>
       <c r="L318" s="15">
-        <v>0.77563</v>
+        <v>0.58725</v>
       </c>
       <c r="M318" s="15">
-        <v>0.67554</v>
+        <v>0.5646600000000001</v>
       </c>
       <c r="N318" s="15">
         <v>34</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E319" s="15" t="s">
         <v>971</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
@@ -17482,57 +17477,57 @@
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>978</v>
       </c>
       <c r="C322" s="15" t="s">
         <v>979</v>
       </c>
       <c r="D322" s="15" t="s">
         <v>980</v>
       </c>
       <c r="E322" s="15" t="s">
         <v>981</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I322" s="15"/>
       <c r="J322" s="15">
         <v>140</v>
       </c>
       <c r="K322" s="15">
-        <v>0.91847</v>
+        <v>0.58146</v>
       </c>
       <c r="L322" s="15">
-        <v>0.66216</v>
+        <v>0.50393</v>
       </c>
       <c r="M322" s="15">
-        <v>0.5767099999999999</v>
+        <v>0.48455</v>
       </c>
       <c r="N322" s="15">
         <v>10</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15">
         <v>560</v>
       </c>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>978</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>982</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>983</v>
       </c>
       <c r="E323" s="15">
         <v>10080015372</v>
       </c>
       <c r="F323" s="15"/>
@@ -17560,57 +17555,57 @@
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>984</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>985</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>986</v>
       </c>
       <c r="E324" s="15" t="s">
         <v>987</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>2</v>
       </c>
       <c r="K324" s="15">
-        <v>11.61</v>
+        <v>7.41</v>
       </c>
       <c r="L324" s="15">
-        <v>8.1</v>
+        <v>6.42</v>
       </c>
       <c r="M324" s="15">
-        <v>7.29</v>
+        <v>6.18</v>
       </c>
       <c r="N324" s="15">
         <v>2</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>984</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>988</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>989</v>
       </c>
       <c r="E325" s="15">
         <v>10080029078</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
@@ -17725,51 +17720,51 @@
       <c r="D328" s="15" t="s">
         <v>995</v>
       </c>
       <c r="E328" s="15" t="s">
         <v>996</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>6</v>
       </c>
       <c r="K328" s="15">
         <v>1.84</v>
       </c>
       <c r="L328" s="15">
         <v>1.84</v>
       </c>
       <c r="M328" s="15">
         <v>1.84</v>
       </c>
       <c r="N328" s="15">
-        <v>261</v>
+        <v>192</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15">
         <v>72</v>
       </c>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>984</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>997</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>998</v>
       </c>
       <c r="E329" s="15">
         <v>10080034849</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>99</v>
@@ -18037,51 +18032,51 @@
       <c r="D336" s="15" t="s">
         <v>1015</v>
       </c>
       <c r="E336" s="15">
         <v>10080044004</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I336" s="15"/>
       <c r="J336" s="15">
         <v>4</v>
       </c>
       <c r="K336" s="15">
         <v>5.1</v>
       </c>
       <c r="L336" s="15">
         <v>5.1</v>
       </c>
       <c r="M336" s="15">
         <v>5.1</v>
       </c>
       <c r="N336" s="15">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>1013</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>1016</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>1017</v>
       </c>
       <c r="E337" s="15">
         <v>10080010190</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I337" s="15"/>
@@ -18182,57 +18177,57 @@
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>1020</v>
       </c>
       <c r="C340" s="15" t="s">
         <v>1023</v>
       </c>
       <c r="D340" s="15" t="s">
         <v>1024</v>
       </c>
       <c r="E340" s="15" t="s">
         <v>1025</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15"/>
       <c r="K340" s="15">
-        <v>10.28</v>
+        <v>6.49</v>
       </c>
       <c r="L340" s="15">
-        <v>7.41</v>
+        <v>5.63</v>
       </c>
       <c r="M340" s="15">
-        <v>6.45</v>
+        <v>5.41</v>
       </c>
       <c r="N340" s="15">
         <v>16</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>1020</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>1026</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>1027</v>
       </c>
       <c r="E341" s="15">
         <v>10080032679</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
@@ -18486,60 +18481,60 @@
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>1020</v>
       </c>
       <c r="C348" s="15" t="s">
         <v>1042</v>
       </c>
       <c r="D348" s="15" t="s">
         <v>1043</v>
       </c>
       <c r="E348" s="15">
         <v>10080029131</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15"/>
       <c r="K348" s="15">
-        <v>19.85</v>
+        <v>12.33</v>
       </c>
       <c r="L348" s="15">
-        <v>14.24</v>
+        <v>10.69</v>
       </c>
       <c r="M348" s="15">
-        <v>12.36</v>
+        <v>10.28</v>
       </c>
       <c r="N348" s="15">
-        <v>399</v>
+        <v>302</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>1044</v>
       </c>
       <c r="C349" s="15" t="s">
         <v>1045</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>1046</v>
       </c>
       <c r="E349" s="15" t="s">
         <v>1047</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I349" s="15"/>
@@ -18844,4047 +18839,4039 @@
       <c r="D357" s="15" t="s">
         <v>1070</v>
       </c>
       <c r="E357" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I357" s="15" t="s">
         <v>1072</v>
       </c>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
         <v>0.137</v>
       </c>
       <c r="L357" s="15">
         <v>0.1233</v>
       </c>
       <c r="M357" s="15">
         <v>0.11416</v>
       </c>
       <c r="N357" s="15">
-        <v>2400</v>
+        <v>2850</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>1074</v>
       </c>
       <c r="E358" s="15" t="s">
         <v>1075</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I358" s="15" t="s">
         <v>1076</v>
       </c>
       <c r="J358" s="15"/>
       <c r="K358" s="15">
         <v>0.61383</v>
       </c>
       <c r="L358" s="15">
         <v>0.55245</v>
       </c>
       <c r="M358" s="15">
         <v>0.51153</v>
       </c>
       <c r="N358" s="15">
-        <v>990</v>
+        <v>975</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C359" s="15" t="s">
         <v>1077</v>
       </c>
       <c r="D359" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="E359" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I359" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="J359" s="15">
         <v>800</v>
       </c>
       <c r="K359" s="15">
         <v>0.12171</v>
       </c>
       <c r="L359" s="15">
         <v>0.10548</v>
       </c>
       <c r="M359" s="15">
         <v>0.10143</v>
       </c>
       <c r="N359" s="15">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="O359" s="15">
-        <v>3550</v>
-[...3 lines deleted...]
-      </c>
+        <v>3500</v>
+      </c>
+      <c r="P359" s="15"/>
       <c r="Q359" s="15">
         <v>3200</v>
       </c>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C360" s="15" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D360" s="15" t="s">
         <v>1083</v>
       </c>
-      <c r="D360" s="15" t="s">
+      <c r="E360" s="15" t="s">
         <v>1084</v>
-      </c>
-[...1 lines deleted...]
-        <v>1085</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I360" s="15" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="J360" s="15"/>
       <c r="K360" s="15">
         <v>0.13893</v>
       </c>
       <c r="L360" s="15">
         <v>0.12504</v>
       </c>
       <c r="M360" s="15">
         <v>0.11578</v>
       </c>
       <c r="N360" s="15">
         <v>90</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C361" s="15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="D361" s="15" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
       <c r="E361" s="15">
         <v>10080038349</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I361" s="15" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="J361" s="15">
         <v>100</v>
       </c>
       <c r="K361" s="15">
         <v>0.4548</v>
       </c>
       <c r="L361" s="15">
         <v>0.24365</v>
       </c>
       <c r="M361" s="15">
         <v>0.21115</v>
       </c>
       <c r="N361" s="15"/>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C362" s="15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D362" s="15" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>1091</v>
       </c>
       <c r="E362" s="15">
         <v>10080031757</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I362" s="15" t="s">
-        <v>1092</v>
+        <v>1091</v>
       </c>
       <c r="J362" s="15">
         <v>476</v>
       </c>
       <c r="K362" s="15">
         <v>0.5392400000000001</v>
       </c>
       <c r="L362" s="15">
         <v>0.38516</v>
       </c>
       <c r="M362" s="15">
         <v>0.3338</v>
       </c>
       <c r="N362" s="15">
-        <v>992</v>
+        <v>1269</v>
       </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C363" s="15" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D363" s="15" t="s">
         <v>1093</v>
       </c>
-      <c r="D363" s="15" t="s">
+      <c r="E363" s="15" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I363" s="15" t="s">
-        <v>1096</v>
+        <v>1095</v>
       </c>
       <c r="J363" s="15">
         <v>238</v>
       </c>
       <c r="K363" s="15">
         <v>0.6763400000000001</v>
       </c>
       <c r="L363" s="15">
         <v>0.6087</v>
       </c>
       <c r="M363" s="15">
         <v>0.5636100000000001</v>
       </c>
       <c r="N363" s="15"/>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15">
         <v>952</v>
       </c>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C364" s="15" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D364" s="15" t="s">
         <v>1097</v>
       </c>
-      <c r="D364" s="15" t="s">
+      <c r="E364" s="15" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I364" s="15" t="s">
-        <v>1100</v>
+        <v>1099</v>
       </c>
       <c r="J364" s="15">
         <v>200</v>
       </c>
       <c r="K364" s="15">
         <v>0.12611</v>
       </c>
       <c r="L364" s="15">
         <v>0.11349</v>
       </c>
       <c r="M364" s="15">
         <v>0.10509</v>
       </c>
       <c r="N364" s="15">
-        <v>6641</v>
+        <v>8009</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C365" s="15" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D365" s="15" t="s">
         <v>1101</v>
       </c>
-      <c r="D365" s="15" t="s">
+      <c r="E365" s="15" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I365" s="15" t="s">
-        <v>1104</v>
+        <v>1103</v>
       </c>
       <c r="J365" s="15"/>
       <c r="K365" s="15">
         <v>0.1934</v>
       </c>
       <c r="L365" s="15">
         <v>0.17406</v>
       </c>
       <c r="M365" s="15">
         <v>0.16116</v>
       </c>
       <c r="N365" s="15">
-        <v>2860</v>
+        <v>2925</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C366" s="15" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D366" s="15" t="s">
         <v>1105</v>
-      </c>
-[...1 lines deleted...]
-        <v>1106</v>
       </c>
       <c r="E366" s="15">
         <v>10080031754</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I366" s="15" t="s">
-        <v>1107</v>
+        <v>1106</v>
       </c>
       <c r="J366" s="15">
         <v>100</v>
       </c>
       <c r="K366" s="15">
         <v>0.43974</v>
       </c>
       <c r="L366" s="15">
         <v>0.24342</v>
       </c>
       <c r="M366" s="15">
         <v>0.21201</v>
       </c>
       <c r="N366" s="15"/>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C367" s="15" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D367" s="15" t="s">
         <v>1108</v>
       </c>
-      <c r="D367" s="15" t="s">
+      <c r="E367" s="15" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I367" s="15" t="s">
-        <v>1111</v>
+        <v>1110</v>
       </c>
       <c r="J367" s="15">
         <v>400</v>
       </c>
       <c r="K367" s="15">
         <v>0.38894</v>
       </c>
       <c r="L367" s="15">
         <v>0.33876</v>
       </c>
       <c r="M367" s="15">
         <v>0.31366</v>
       </c>
       <c r="N367" s="15">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15">
         <v>1600</v>
       </c>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C368" s="15" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D368" s="15" t="s">
         <v>1112</v>
       </c>
-      <c r="D368" s="15" t="s">
+      <c r="E368" s="15" t="s">
         <v>1113</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I368" s="15" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="J368" s="15">
         <v>300</v>
       </c>
       <c r="K368" s="15">
         <v>0.32925</v>
       </c>
       <c r="L368" s="15">
         <v>0.28677</v>
       </c>
       <c r="M368" s="15">
         <v>0.26553</v>
       </c>
       <c r="N368" s="15"/>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15">
         <v>1200</v>
       </c>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C369" s="15" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D369" s="15" t="s">
         <v>1116</v>
       </c>
-      <c r="D369" s="15" t="s">
+      <c r="E369" s="15" t="s">
         <v>1117</v>
-      </c>
-[...1 lines deleted...]
-        <v>1118</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I369" s="15" t="s">
-        <v>1119</v>
+        <v>1118</v>
       </c>
       <c r="J369" s="15">
         <v>250</v>
       </c>
       <c r="K369" s="15">
         <v>0.39519</v>
       </c>
       <c r="L369" s="15">
         <v>0.3442</v>
       </c>
       <c r="M369" s="15">
         <v>0.3187</v>
       </c>
       <c r="N369" s="15">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15">
         <v>1000</v>
       </c>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C370" s="15" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D370" s="15" t="s">
         <v>1120</v>
-      </c>
-[...1 lines deleted...]
-        <v>1121</v>
       </c>
       <c r="E370" s="15">
         <v>10080031756</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1122</v>
+        <v>1121</v>
       </c>
       <c r="J370" s="15">
         <v>476</v>
       </c>
       <c r="K370" s="15">
         <v>0.88772</v>
       </c>
       <c r="L370" s="15">
         <v>0.49142</v>
       </c>
       <c r="M370" s="15">
         <v>0.41215</v>
       </c>
       <c r="N370" s="15">
         <v>3</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C371" s="15" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D371" s="15" t="s">
         <v>1123</v>
       </c>
-      <c r="D371" s="15" t="s">
+      <c r="E371" s="15" t="s">
         <v>1124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1125</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I371" s="15" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="J371" s="15">
         <v>257</v>
       </c>
       <c r="K371" s="15">
         <v>0.45125</v>
       </c>
       <c r="L371" s="15">
         <v>0.40612</v>
       </c>
       <c r="M371" s="15">
         <v>0.37604</v>
       </c>
       <c r="N371" s="15">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15">
         <v>1428</v>
       </c>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C372" s="15" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D372" s="15" t="s">
         <v>1127</v>
       </c>
-      <c r="D372" s="15" t="s">
+      <c r="E372" s="15" t="s">
         <v>1128</v>
-      </c>
-[...1 lines deleted...]
-        <v>1129</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I372" s="15" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
       <c r="J372" s="15">
         <v>238</v>
       </c>
       <c r="K372" s="15">
         <v>0.78721</v>
       </c>
       <c r="L372" s="15">
         <v>0.68564</v>
       </c>
       <c r="M372" s="15">
         <v>0.63485</v>
       </c>
       <c r="N372" s="15">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15">
         <v>952</v>
       </c>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C373" s="15" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D373" s="15" t="s">
         <v>1131</v>
       </c>
-      <c r="D373" s="15" t="s">
+      <c r="E373" s="15" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I373" s="15" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
         <v>0.17651</v>
       </c>
       <c r="L373" s="15">
         <v>0.15885</v>
       </c>
       <c r="M373" s="15">
         <v>0.14709</v>
       </c>
       <c r="N373" s="15">
-        <v>800</v>
+        <v>610</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C374" s="15" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D374" s="15" t="s">
         <v>1135</v>
       </c>
-      <c r="D374" s="15" t="s">
+      <c r="E374" s="15" t="s">
         <v>1136</v>
-      </c>
-[...1 lines deleted...]
-        <v>1137</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I374" s="15" t="s">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="J374" s="15">
         <v>455</v>
       </c>
       <c r="K374" s="15">
         <v>0.26298</v>
       </c>
       <c r="L374" s="15">
         <v>0.23668</v>
       </c>
       <c r="M374" s="15">
         <v>0.21915</v>
       </c>
       <c r="N374" s="15">
-        <v>2087</v>
+        <v>2194</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15">
         <v>1820</v>
       </c>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C375" s="15" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D375" s="15" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
       <c r="E375" s="15">
         <v>10080036969</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="J375" s="15">
         <v>455</v>
       </c>
       <c r="K375" s="15">
         <v>0.62268</v>
       </c>
       <c r="L375" s="15">
         <v>0.33358</v>
       </c>
       <c r="M375" s="15">
         <v>0.2891</v>
       </c>
       <c r="N375" s="15">
-        <v>387</v>
+        <v>441</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C376" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D376" s="15" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="E376" s="15">
         <v>10080036970</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="J376" s="15">
         <v>364</v>
       </c>
       <c r="K376" s="15">
         <v>0.73851</v>
       </c>
       <c r="L376" s="15">
         <v>0.39806</v>
       </c>
       <c r="M376" s="15">
         <v>0.34568</v>
       </c>
-      <c r="N376" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C377" s="15" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D377" s="15" t="s">
         <v>1145</v>
       </c>
-      <c r="D377" s="15" t="s">
+      <c r="E377" s="15" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="J377" s="15">
         <v>273</v>
       </c>
       <c r="K377" s="15">
         <v>0.41351</v>
       </c>
       <c r="L377" s="15">
         <v>0.35837</v>
       </c>
       <c r="M377" s="15">
         <v>0.34459</v>
       </c>
       <c r="N377" s="15">
-        <v>640</v>
+        <v>690</v>
       </c>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15">
         <v>1092</v>
       </c>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C378" s="15" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D378" s="15" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="E378" s="15">
         <v>10080036971</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1151</v>
+        <v>1150</v>
       </c>
       <c r="J378" s="15"/>
       <c r="K378" s="15">
         <v>1.11</v>
       </c>
       <c r="L378" s="15">
         <v>0.59415</v>
       </c>
       <c r="M378" s="15">
         <v>0.51492</v>
       </c>
       <c r="N378" s="15">
         <v>5</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C379" s="15" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D379" s="15" t="s">
         <v>1152</v>
       </c>
-      <c r="D379" s="15" t="s">
+      <c r="E379" s="15" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I379" s="15" t="s">
-        <v>1155</v>
+        <v>1154</v>
       </c>
       <c r="J379" s="15"/>
       <c r="K379" s="15">
         <v>0.60533</v>
       </c>
       <c r="L379" s="15">
         <v>0.54479</v>
       </c>
       <c r="M379" s="15">
         <v>0.50444</v>
       </c>
       <c r="N379" s="15">
-        <v>365</v>
+        <v>310</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C380" s="15" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D380" s="15" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="E380" s="15">
         <v>10080036972</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="J380" s="15"/>
       <c r="K380" s="15">
         <v>1.43</v>
       </c>
       <c r="L380" s="15">
         <v>0.76066</v>
       </c>
       <c r="M380" s="15">
         <v>0.64881</v>
       </c>
       <c r="N380" s="15">
         <v>1</v>
       </c>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C381" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D381" s="15" t="s">
         <v>1159</v>
       </c>
-      <c r="D381" s="15" t="s">
+      <c r="E381" s="15" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I381" s="15" t="s">
-        <v>1162</v>
+        <v>1161</v>
       </c>
       <c r="J381" s="15"/>
       <c r="K381" s="15">
         <v>0.78257</v>
       </c>
       <c r="L381" s="15">
         <v>0.70431</v>
       </c>
       <c r="M381" s="15">
         <v>0.6521400000000001</v>
       </c>
       <c r="N381" s="15">
         <v>15</v>
       </c>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C382" s="15" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D382" s="15" t="s">
         <v>1163</v>
       </c>
-      <c r="D382" s="15" t="s">
+      <c r="E382" s="15" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I382" s="15" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="J382" s="15"/>
       <c r="K382" s="15">
         <v>0.51844</v>
       </c>
       <c r="L382" s="15">
         <v>0.34562</v>
       </c>
       <c r="M382" s="15">
         <v>0.314</v>
       </c>
       <c r="N382" s="15">
         <v>6</v>
       </c>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C383" s="15" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D383" s="15" t="s">
         <v>1167</v>
       </c>
-      <c r="D383" s="15" t="s">
+      <c r="E383" s="15" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I383" s="15" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="J383" s="15"/>
       <c r="K383" s="15">
         <v>0.29254</v>
       </c>
       <c r="L383" s="15">
         <v>0.1954</v>
       </c>
       <c r="M383" s="15">
         <v>0.17733</v>
       </c>
       <c r="N383" s="15">
         <v>9</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C384" s="15" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D384" s="15" t="s">
         <v>1171</v>
       </c>
-      <c r="D384" s="15" t="s">
+      <c r="E384" s="15" t="s">
         <v>1172</v>
-      </c>
-[...1 lines deleted...]
-        <v>1173</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I384" s="15" t="s">
-        <v>1174</v>
+        <v>1173</v>
       </c>
       <c r="J384" s="15">
         <v>500</v>
       </c>
       <c r="K384" s="15">
-        <v>0.28977</v>
+        <v>0.28461</v>
       </c>
       <c r="L384" s="15">
-        <v>0.25568</v>
+        <v>0.24666</v>
       </c>
       <c r="M384" s="15">
-        <v>0.22159</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.23718</v>
+      </c>
+      <c r="N384" s="15"/>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
       <c r="Q384" s="15">
         <v>200</v>
       </c>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C385" s="15" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D385" s="15" t="s">
         <v>1175</v>
       </c>
-      <c r="D385" s="15" t="s">
+      <c r="E385" s="15" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I385" s="15" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="J385" s="15"/>
       <c r="K385" s="15">
         <v>0.26748</v>
       </c>
       <c r="L385" s="15">
         <v>0.24073</v>
       </c>
       <c r="M385" s="15">
         <v>0.2229</v>
       </c>
       <c r="N385" s="15">
-        <v>996</v>
+        <v>912</v>
       </c>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15"/>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C386" s="15" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D386" s="15" t="s">
         <v>1179</v>
       </c>
-      <c r="D386" s="15" t="s">
+      <c r="E386" s="15" t="s">
         <v>1180</v>
-      </c>
-[...1 lines deleted...]
-        <v>1181</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I386" s="15" t="s">
-        <v>1182</v>
+        <v>1181</v>
       </c>
       <c r="J386" s="15"/>
       <c r="K386" s="15">
         <v>0.60843</v>
       </c>
       <c r="L386" s="15">
         <v>0.5273099999999999</v>
       </c>
       <c r="M386" s="15">
         <v>0.50703</v>
       </c>
       <c r="N386" s="15"/>
       <c r="O386" s="15">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="P386" s="15"/>
       <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C387" s="15" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D387" s="15" t="s">
         <v>1183</v>
       </c>
-      <c r="D387" s="15" t="s">
+      <c r="E387" s="15" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I387" s="15" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="J387" s="15"/>
       <c r="K387" s="15">
         <v>0.15137</v>
       </c>
       <c r="L387" s="15">
         <v>0.13623</v>
       </c>
       <c r="M387" s="15">
         <v>0.12614</v>
       </c>
       <c r="N387" s="15">
-        <v>2379</v>
+        <v>2556</v>
       </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C388" s="15" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D388" s="15" t="s">
         <v>1187</v>
       </c>
-      <c r="D388" s="15" t="s">
+      <c r="E388" s="15" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I388" s="15" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="J388" s="15">
         <v>250</v>
       </c>
       <c r="K388" s="15">
         <v>0.18413</v>
       </c>
       <c r="L388" s="15">
         <v>0.16571</v>
       </c>
       <c r="M388" s="15">
         <v>0.15344</v>
       </c>
       <c r="N388" s="15">
-        <v>4141</v>
+        <v>3721</v>
       </c>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15">
         <v>1000</v>
       </c>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C389" s="15" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D389" s="15" t="s">
         <v>1191</v>
       </c>
-      <c r="D389" s="15" t="s">
+      <c r="E389" s="15" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I389" s="15" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="J389" s="15"/>
       <c r="K389" s="15">
         <v>0.2739</v>
       </c>
       <c r="L389" s="15">
         <v>0.24651</v>
       </c>
       <c r="M389" s="15">
         <v>0.22825</v>
       </c>
       <c r="N389" s="15">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15"/>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C390" s="15" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D390" s="15" t="s">
         <v>1195</v>
       </c>
-      <c r="D390" s="15" t="s">
+      <c r="E390" s="15" t="s">
         <v>1196</v>
-      </c>
-[...1 lines deleted...]
-        <v>1197</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I390" s="15" t="s">
-        <v>1198</v>
+        <v>1197</v>
       </c>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
         <v>0.45131</v>
       </c>
       <c r="L390" s="15">
         <v>0.40617</v>
       </c>
       <c r="M390" s="15">
         <v>0.37609</v>
       </c>
       <c r="N390" s="15">
         <v>100</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C391" s="15" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D391" s="15" t="s">
         <v>1199</v>
       </c>
-      <c r="D391" s="15" t="s">
+      <c r="E391" s="15" t="s">
         <v>1200</v>
-      </c>
-[...1 lines deleted...]
-        <v>1201</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I391" s="15" t="s">
-        <v>1202</v>
+        <v>1201</v>
       </c>
       <c r="J391" s="15"/>
       <c r="K391" s="15">
         <v>0.73325</v>
       </c>
       <c r="L391" s="15">
         <v>0.65992</v>
       </c>
       <c r="M391" s="15">
         <v>0.61104</v>
       </c>
       <c r="N391" s="15">
-        <v>375</v>
+        <v>395</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C392" s="15" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D392" s="15" t="s">
         <v>1203</v>
       </c>
-      <c r="D392" s="15" t="s">
+      <c r="E392" s="15" t="s">
         <v>1204</v>
-      </c>
-[...1 lines deleted...]
-        <v>1205</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I392" s="15" t="s">
-        <v>1206</v>
+        <v>1205</v>
       </c>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
         <v>0.93096</v>
       </c>
       <c r="L392" s="15">
         <v>0.83786</v>
       </c>
       <c r="M392" s="15">
         <v>0.7758</v>
       </c>
       <c r="N392" s="15">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C393" s="15" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D393" s="15" t="s">
         <v>1207</v>
       </c>
-      <c r="D393" s="15" t="s">
+      <c r="E393" s="15" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I393" s="15" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="J393" s="15"/>
       <c r="K393" s="15">
         <v>0.60009</v>
       </c>
       <c r="L393" s="15">
         <v>0.54008</v>
       </c>
       <c r="M393" s="15">
         <v>0.50008</v>
       </c>
       <c r="N393" s="15">
-        <v>1125</v>
+        <v>1065</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C394" s="15" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D394" s="15" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="E394" s="15">
         <v>10080044868</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I394" s="15" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="J394" s="15">
         <v>475</v>
       </c>
       <c r="K394" s="15">
         <v>0.49411</v>
       </c>
       <c r="L394" s="15">
         <v>0.26471</v>
       </c>
       <c r="M394" s="15">
         <v>0.22941</v>
       </c>
       <c r="N394" s="15">
         <v>2</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C395" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D395" s="15" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="E395" s="15">
         <v>10080044869</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I395" s="15" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="J395" s="15">
         <v>375</v>
       </c>
       <c r="K395" s="15">
         <v>0.734</v>
       </c>
       <c r="L395" s="15">
         <v>0.39322</v>
       </c>
       <c r="M395" s="15">
         <v>0.34078</v>
       </c>
       <c r="N395" s="15">
         <v>100</v>
       </c>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C396" s="15" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D396" s="15" t="s">
         <v>1217</v>
       </c>
-      <c r="D396" s="15" t="s">
+      <c r="E396" s="15" t="s">
         <v>1218</v>
-      </c>
-[...1 lines deleted...]
-        <v>1219</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I396" s="15" t="s">
-        <v>1220</v>
+        <v>1219</v>
       </c>
       <c r="J396" s="15">
         <v>301</v>
       </c>
       <c r="K396" s="15">
         <v>0.46049</v>
       </c>
       <c r="L396" s="15">
         <v>0.41444</v>
       </c>
       <c r="M396" s="15">
         <v>0.38374</v>
       </c>
       <c r="N396" s="15">
-        <v>224</v>
+        <v>164</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15">
         <v>1204</v>
       </c>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C397" s="15" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D397" s="15" t="s">
         <v>1221</v>
       </c>
-      <c r="D397" s="15" t="s">
+      <c r="E397" s="15" t="s">
         <v>1222</v>
-      </c>
-[...1 lines deleted...]
-        <v>1223</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I397" s="15" t="s">
-        <v>1224</v>
+        <v>1223</v>
       </c>
       <c r="J397" s="15"/>
       <c r="K397" s="15">
         <v>0.40032</v>
       </c>
       <c r="L397" s="15">
         <v>0.34866</v>
       </c>
       <c r="M397" s="15">
         <v>0.32284</v>
       </c>
       <c r="N397" s="15">
-        <v>860</v>
+        <v>820</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C398" s="15" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D398" s="15" t="s">
         <v>1225</v>
       </c>
-      <c r="D398" s="15" t="s">
+      <c r="E398" s="15" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I398" s="15" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="J398" s="15"/>
       <c r="K398" s="15">
         <v>0.4169</v>
       </c>
       <c r="L398" s="15">
         <v>0.36311</v>
       </c>
       <c r="M398" s="15">
         <v>0.33621</v>
       </c>
       <c r="N398" s="15">
-        <v>1185</v>
+        <v>390</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C399" s="15" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D399" s="15" t="s">
         <v>1229</v>
       </c>
-      <c r="D399" s="15" t="s">
+      <c r="E399" s="15" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I399" s="15" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="J399" s="15"/>
       <c r="K399" s="15">
         <v>0.49505</v>
       </c>
       <c r="L399" s="15">
         <v>0.44554</v>
       </c>
       <c r="M399" s="15">
         <v>0.41254</v>
       </c>
       <c r="N399" s="15">
         <v>100</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C400" s="15" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D400" s="15" t="s">
         <v>1233</v>
       </c>
-      <c r="D400" s="15" t="s">
+      <c r="E400" s="15" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I400" s="15" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="J400" s="15"/>
       <c r="K400" s="15">
         <v>0.94629</v>
       </c>
       <c r="L400" s="15">
         <v>0.82419</v>
       </c>
       <c r="M400" s="15">
         <v>0.76314</v>
       </c>
       <c r="N400" s="15">
-        <v>10981</v>
+        <v>10584</v>
       </c>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C401" s="15" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D401" s="15" t="s">
         <v>1237</v>
       </c>
-      <c r="D401" s="15" t="s">
+      <c r="E401" s="15" t="s">
         <v>1238</v>
-      </c>
-[...1 lines deleted...]
-        <v>1239</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I401" s="15" t="s">
-        <v>1240</v>
+        <v>1239</v>
       </c>
       <c r="J401" s="15">
         <v>102</v>
       </c>
       <c r="K401" s="15">
         <v>1.16</v>
       </c>
       <c r="L401" s="15">
         <v>1.01</v>
       </c>
       <c r="M401" s="15">
         <v>0.9335</v>
       </c>
       <c r="N401" s="15">
-        <v>8091</v>
+        <v>9733</v>
       </c>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C402" s="15" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D402" s="15" t="s">
         <v>1241</v>
       </c>
-      <c r="D402" s="15" t="s">
+      <c r="E402" s="15" t="s">
         <v>1242</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1244</v>
+        <v>1243</v>
       </c>
       <c r="J402" s="15"/>
       <c r="K402" s="15">
         <v>0.37979</v>
       </c>
       <c r="L402" s="15">
         <v>0.34181</v>
       </c>
       <c r="M402" s="15">
         <v>0.31649</v>
       </c>
       <c r="N402" s="15">
-        <v>166</v>
+        <v>140</v>
       </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C403" s="15" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D403" s="15" t="s">
         <v>1245</v>
       </c>
-      <c r="D403" s="15" t="s">
+      <c r="E403" s="15" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1247</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I403" s="15" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="J403" s="15">
         <v>132</v>
       </c>
       <c r="K403" s="15">
         <v>0.93443</v>
       </c>
       <c r="L403" s="15">
         <v>0.80984</v>
       </c>
       <c r="M403" s="15">
         <v>0.77869</v>
       </c>
       <c r="N403" s="15">
-        <v>155</v>
+        <v>110</v>
       </c>
       <c r="O403" s="15">
-        <v>5100</v>
-[...3 lines deleted...]
-      </c>
+        <v>3600</v>
+      </c>
+      <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C404" s="15" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D404" s="15" t="s">
         <v>1249</v>
       </c>
-      <c r="D404" s="15" t="s">
+      <c r="E404" s="15" t="s">
         <v>1250</v>
-      </c>
-[...1 lines deleted...]
-        <v>1251</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I404" s="15" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="J404" s="15"/>
       <c r="K404" s="15">
         <v>1.57</v>
       </c>
       <c r="L404" s="15">
         <v>1.37</v>
       </c>
       <c r="M404" s="15">
         <v>1.27</v>
       </c>
       <c r="N404" s="15">
-        <v>7268</v>
+        <v>7636</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C405" s="15" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D405" s="15" t="s">
         <v>1253</v>
       </c>
-      <c r="D405" s="15" t="s">
+      <c r="E405" s="15" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I405" s="15" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="J405" s="15"/>
       <c r="K405" s="15">
         <v>1.23</v>
       </c>
       <c r="L405" s="15">
         <v>1.1</v>
       </c>
       <c r="M405" s="15">
         <v>1.02</v>
       </c>
       <c r="N405" s="15">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C406" s="15" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D406" s="15" t="s">
         <v>1257</v>
       </c>
-      <c r="D406" s="15" t="s">
+      <c r="E406" s="15" t="s">
         <v>1258</v>
-      </c>
-[...1 lines deleted...]
-        <v>1259</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I406" s="15" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="J406" s="15">
         <v>95</v>
       </c>
       <c r="K406" s="15">
         <v>0.86766</v>
       </c>
       <c r="L406" s="15">
         <v>0.78089</v>
       </c>
       <c r="M406" s="15">
         <v>0.72305</v>
       </c>
       <c r="N406" s="15">
-        <v>1700</v>
+        <v>1380</v>
       </c>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C407" s="15" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D407" s="15" t="s">
         <v>1261</v>
       </c>
-      <c r="D407" s="15" t="s">
+      <c r="E407" s="15" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="I407" s="15" t="s">
-        <v>1264</v>
+        <v>1263</v>
       </c>
       <c r="J407" s="15"/>
       <c r="K407" s="15">
         <v>1.57</v>
       </c>
       <c r="L407" s="15">
         <v>1.41</v>
       </c>
       <c r="M407" s="15">
         <v>1.31</v>
       </c>
       <c r="N407" s="15">
-        <v>2250</v>
+        <v>1900</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C408" s="15" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D408" s="15" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
       <c r="E408" s="15">
         <v>10080048465</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I408" s="15"/>
       <c r="J408" s="15">
         <v>50</v>
       </c>
       <c r="K408" s="15">
         <v>0.82577</v>
       </c>
       <c r="L408" s="15">
         <v>0.71566</v>
       </c>
       <c r="M408" s="15">
         <v>0.68814</v>
       </c>
       <c r="N408" s="15"/>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C409" s="15" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D409" s="15" t="s">
         <v>1265</v>
       </c>
-      <c r="D409" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E409" s="15" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I409" s="15"/>
       <c r="J409" s="15">
         <v>256</v>
       </c>
       <c r="K409" s="15">
         <v>0.85746</v>
       </c>
       <c r="L409" s="15">
         <v>0.74313</v>
       </c>
       <c r="M409" s="15">
         <v>0.71455</v>
       </c>
       <c r="N409" s="15"/>
       <c r="O409" s="15">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C410" s="15" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D410" s="15" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E410" s="15" t="s">
         <v>1270</v>
-      </c>
-[...4 lines deleted...]
-        <v>1272</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1273</v>
+        <v>1271</v>
       </c>
       <c r="J410" s="15">
         <v>100</v>
       </c>
       <c r="K410" s="15">
-        <v>0.24009</v>
+        <v>0.1682</v>
       </c>
       <c r="L410" s="15">
-        <v>0.1737</v>
+        <v>0.14577</v>
       </c>
       <c r="M410" s="15">
-        <v>0.15158</v>
+        <v>0.14016</v>
       </c>
       <c r="N410" s="15">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C411" s="15" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D411" s="15" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E411" s="15" t="s">
         <v>1274</v>
-      </c>
-[...4 lines deleted...]
-        <v>1276</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1277</v>
+        <v>1275</v>
       </c>
       <c r="J411" s="15">
         <v>400</v>
       </c>
       <c r="K411" s="15">
-        <v>0.16373</v>
+        <v>0.11466</v>
       </c>
       <c r="L411" s="15">
-        <v>0.11846</v>
+        <v>0.09937</v>
       </c>
       <c r="M411" s="15">
-        <v>0.10337</v>
+        <v>0.09555</v>
       </c>
       <c r="N411" s="15">
-        <v>11417</v>
+        <v>9691</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C412" s="15" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D412" s="15" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E412" s="15" t="s">
         <v>1278</v>
-      </c>
-[...4 lines deleted...]
-        <v>1280</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1281</v>
+        <v>1279</v>
       </c>
       <c r="J412" s="15">
         <v>100</v>
       </c>
       <c r="K412" s="15">
-        <v>0.24378</v>
+        <v>0.17075</v>
       </c>
       <c r="L412" s="15">
-        <v>0.17637</v>
+        <v>0.14798</v>
       </c>
       <c r="M412" s="15">
-        <v>0.15391</v>
+        <v>0.14229</v>
       </c>
       <c r="N412" s="15">
-        <v>680</v>
+        <v>840</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C413" s="15" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D413" s="15" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E413" s="15" t="s">
         <v>1282</v>
-      </c>
-[...4 lines deleted...]
-        <v>1284</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1285</v>
+        <v>1283</v>
       </c>
       <c r="J413" s="15">
         <v>100</v>
       </c>
       <c r="K413" s="15">
-        <v>0.40104</v>
+        <v>0.28091</v>
       </c>
       <c r="L413" s="15">
-        <v>0.29015</v>
+        <v>0.24345</v>
       </c>
       <c r="M413" s="15">
-        <v>0.25319</v>
+        <v>0.23409</v>
       </c>
       <c r="N413" s="15">
-        <v>488</v>
+        <v>600</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="D414" s="15" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="E414" s="15">
         <v>10080040055</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1288</v>
+        <v>1286</v>
       </c>
       <c r="J414" s="15">
         <v>200</v>
       </c>
       <c r="K414" s="15">
-        <v>0.22765</v>
+        <v>0.15822</v>
       </c>
       <c r="L414" s="15">
-        <v>0.16471</v>
+        <v>0.13712</v>
       </c>
       <c r="M414" s="15">
-        <v>0.14373</v>
+        <v>0.13185</v>
       </c>
       <c r="N414" s="15">
-        <v>4556</v>
+        <v>5360</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C415" s="15" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D415" s="15" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E415" s="15" t="s">
         <v>1289</v>
-      </c>
-[...4 lines deleted...]
-        <v>1291</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="J415" s="15">
         <v>200</v>
       </c>
       <c r="K415" s="15">
-        <v>0.40755</v>
+        <v>0.28539</v>
       </c>
       <c r="L415" s="15">
-        <v>0.29486</v>
+        <v>0.24734</v>
       </c>
       <c r="M415" s="15">
-        <v>0.2573</v>
+        <v>0.23783</v>
       </c>
       <c r="N415" s="15">
-        <v>790</v>
+        <v>720</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C416" s="15" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D416" s="15" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E416" s="15" t="s">
         <v>1293</v>
-      </c>
-[...4 lines deleted...]
-        <v>1295</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="J416" s="15">
         <v>100</v>
       </c>
       <c r="K416" s="15">
-        <v>0.48712</v>
+        <v>0.34116</v>
       </c>
       <c r="L416" s="15">
-        <v>0.35243</v>
+        <v>0.29567</v>
       </c>
       <c r="M416" s="15">
-        <v>0.30754</v>
+        <v>0.2843</v>
       </c>
       <c r="N416" s="15">
-        <v>962</v>
+        <v>858</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C417" s="15" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D417" s="15" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E417" s="15" t="s">
         <v>1297</v>
-      </c>
-[...4 lines deleted...]
-        <v>1299</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I417" s="15" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="J417" s="15">
         <v>100</v>
       </c>
       <c r="K417" s="15">
-        <v>0.56921</v>
+        <v>0.40058</v>
       </c>
       <c r="L417" s="15">
-        <v>0.41183</v>
+        <v>0.34717</v>
       </c>
       <c r="M417" s="15">
-        <v>0.35936</v>
+        <v>0.33381</v>
       </c>
       <c r="N417" s="15">
-        <v>660</v>
+        <v>696</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C418" s="15" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D418" s="15" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E418" s="15" t="s">
         <v>1301</v>
-      </c>
-[...4 lines deleted...]
-        <v>1303</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I418" s="15" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="J418" s="15">
         <v>100</v>
       </c>
       <c r="K418" s="15">
-        <v>0.64844</v>
+        <v>0.4541</v>
       </c>
       <c r="L418" s="15">
-        <v>0.46915</v>
+        <v>0.39355</v>
       </c>
       <c r="M418" s="15">
-        <v>0.40938</v>
+        <v>0.37841</v>
       </c>
       <c r="N418" s="15">
-        <v>880</v>
+        <v>840</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C419" s="15" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D419" s="15" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E419" s="15" t="s">
         <v>1305</v>
-      </c>
-[...4 lines deleted...]
-        <v>1307</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I419" s="15" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="J419" s="15">
         <v>100</v>
       </c>
       <c r="K419" s="15">
-        <v>0.88792</v>
+        <v>0.62187</v>
       </c>
       <c r="L419" s="15">
-        <v>0.64241</v>
+        <v>0.53895</v>
       </c>
       <c r="M419" s="15">
-        <v>0.56058</v>
+        <v>0.51823</v>
       </c>
       <c r="N419" s="15">
-        <v>690</v>
+        <v>890</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C420" s="15" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D420" s="15" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E420" s="15" t="s">
         <v>1309</v>
-      </c>
-[...4 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="J420" s="15">
         <v>100</v>
       </c>
       <c r="K420" s="15">
-        <v>0.97097</v>
+        <v>0.68003</v>
       </c>
       <c r="L420" s="15">
-        <v>0.7025</v>
+        <v>0.58936</v>
       </c>
       <c r="M420" s="15">
-        <v>0.6130100000000001</v>
+        <v>0.56669</v>
       </c>
       <c r="N420" s="15">
-        <v>850</v>
+        <v>790</v>
       </c>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C421" s="15" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D421" s="15" t="s">
+        <v>1312</v>
+      </c>
+      <c r="E421" s="15" t="s">
         <v>1313</v>
-      </c>
-[...4 lines deleted...]
-        <v>1315</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I421" s="15" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="J421" s="15">
         <v>100</v>
       </c>
       <c r="K421" s="15">
         <v>0.30387</v>
       </c>
       <c r="L421" s="15">
         <v>0.26335</v>
       </c>
       <c r="M421" s="15">
         <v>0.25323</v>
       </c>
       <c r="N421" s="15">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="O421" s="15">
-        <v>370</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C422" s="15" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D422" s="15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E422" s="15" t="s">
         <v>1317</v>
-      </c>
-[...4 lines deleted...]
-        <v>1319</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I422" s="15" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="J422" s="15">
         <v>200</v>
       </c>
       <c r="K422" s="15">
-        <v>0.77269</v>
+        <v>0.54132</v>
       </c>
       <c r="L422" s="15">
-        <v>0.55905</v>
+        <v>0.46914</v>
       </c>
       <c r="M422" s="15">
-        <v>0.48783</v>
+        <v>0.4511</v>
       </c>
       <c r="N422" s="15">
         <v>100</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C423" s="15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D423" s="15" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E423" s="15" t="s">
         <v>1321</v>
-      </c>
-[...4 lines deleted...]
-        <v>1323</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I423" s="15" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="J423" s="15">
         <v>200</v>
       </c>
       <c r="K423" s="15">
-        <v>0.4889</v>
+        <v>0.34238</v>
       </c>
       <c r="L423" s="15">
-        <v>0.35372</v>
+        <v>0.29673</v>
       </c>
       <c r="M423" s="15">
-        <v>0.30866</v>
+        <v>0.28531</v>
       </c>
       <c r="N423" s="15"/>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C424" s="15" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D424" s="15" t="s">
+        <v>1324</v>
+      </c>
+      <c r="E424" s="15" t="s">
         <v>1325</v>
-      </c>
-[...4 lines deleted...]
-        <v>1327</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I424" s="15" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="J424" s="15">
         <v>200</v>
       </c>
       <c r="K424" s="15">
-        <v>0.40471</v>
+        <v>0.28353</v>
       </c>
       <c r="L424" s="15">
-        <v>0.29281</v>
+        <v>0.24573</v>
       </c>
       <c r="M424" s="15">
-        <v>0.25551</v>
+        <v>0.23628</v>
       </c>
       <c r="N424" s="15">
         <v>100</v>
       </c>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C425" s="15" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D425" s="15" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E425" s="15" t="s">
         <v>1329</v>
-      </c>
-[...4 lines deleted...]
-        <v>1331</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I425" s="15" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="J425" s="15">
         <v>200</v>
       </c>
       <c r="K425" s="15">
-        <v>0.4935</v>
+        <v>0.34563</v>
       </c>
       <c r="L425" s="15">
-        <v>0.35705</v>
+        <v>0.29955</v>
       </c>
       <c r="M425" s="15">
-        <v>0.31157</v>
+        <v>0.28803</v>
       </c>
       <c r="N425" s="15">
         <v>30</v>
       </c>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C426" s="15" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D426" s="15" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E426" s="15" t="s">
         <v>1333</v>
-      </c>
-[...4 lines deleted...]
-        <v>1335</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I426" s="15" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="J426" s="15">
         <v>100</v>
       </c>
       <c r="K426" s="15">
-        <v>0.27526</v>
+        <v>0.19262</v>
       </c>
       <c r="L426" s="15">
-        <v>0.19915</v>
+        <v>0.16693</v>
       </c>
       <c r="M426" s="15">
-        <v>0.17378</v>
+        <v>0.16051</v>
       </c>
       <c r="N426" s="15">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C427" s="15" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D427" s="15" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E427" s="15" t="s">
         <v>1337</v>
-      </c>
-[...4 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="J427" s="15">
         <v>100</v>
       </c>
       <c r="K427" s="15">
-        <v>0.61148</v>
+        <v>0.42809</v>
       </c>
       <c r="L427" s="15">
-        <v>0.44241</v>
+        <v>0.37101</v>
       </c>
       <c r="M427" s="15">
-        <v>0.38605</v>
+        <v>0.35674</v>
       </c>
       <c r="N427" s="15">
         <v>100</v>
       </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C428" s="15" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D428" s="15" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E428" s="15" t="s">
         <v>1341</v>
-      </c>
-[...4 lines deleted...]
-        <v>1343</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="J428" s="15">
         <v>50</v>
       </c>
       <c r="K428" s="15">
-        <v>0.44418</v>
+        <v>0.31088</v>
       </c>
       <c r="L428" s="15">
-        <v>0.32136</v>
+        <v>0.26943</v>
       </c>
       <c r="M428" s="15">
-        <v>0.28043</v>
+        <v>0.25906</v>
       </c>
       <c r="N428" s="15">
-        <v>760</v>
+        <v>630</v>
       </c>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C429" s="15" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D429" s="15" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E429" s="15" t="s">
         <v>1345</v>
-      </c>
-[...4 lines deleted...]
-        <v>1347</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="J429" s="15">
         <v>50</v>
       </c>
       <c r="K429" s="15">
-        <v>0.6449</v>
+        <v>0.45158</v>
       </c>
       <c r="L429" s="15">
-        <v>0.46659</v>
+        <v>0.39137</v>
       </c>
       <c r="M429" s="15">
-        <v>0.40715</v>
+        <v>0.37631</v>
       </c>
       <c r="N429" s="15">
         <v>62</v>
       </c>
-      <c r="O429" s="15"/>
-      <c r="P429" s="15"/>
+      <c r="O429" s="15">
+        <v>132</v>
+      </c>
+      <c r="P429" s="15" t="s">
+        <v>1347</v>
+      </c>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C430" s="15" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D430" s="15" t="s">
         <v>1349</v>
       </c>
-      <c r="D430" s="15" t="s">
+      <c r="E430" s="15" t="s">
         <v>1350</v>
-      </c>
-[...1 lines deleted...]
-        <v>1351</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I430" s="15" t="s">
-        <v>1352</v>
+        <v>1351</v>
       </c>
       <c r="J430" s="15">
         <v>20</v>
       </c>
       <c r="K430" s="15">
-        <v>0.85834</v>
+        <v>0.60107</v>
       </c>
       <c r="L430" s="15">
-        <v>0.62101</v>
+        <v>0.52092</v>
       </c>
       <c r="M430" s="15">
-        <v>0.5419</v>
+        <v>0.5008899999999999</v>
       </c>
       <c r="N430" s="15">
-        <v>810</v>
+        <v>840</v>
       </c>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C431" s="15" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D431" s="15" t="s">
         <v>1353</v>
       </c>
-      <c r="D431" s="15" t="s">
+      <c r="E431" s="15" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="J431" s="15">
         <v>20</v>
       </c>
       <c r="K431" s="15">
-        <v>1.07</v>
+        <v>0.7500599999999999</v>
       </c>
       <c r="L431" s="15">
-        <v>0.7749</v>
+        <v>0.65005</v>
       </c>
       <c r="M431" s="15">
-        <v>0.67619</v>
+        <v>0.62505</v>
       </c>
       <c r="N431" s="15">
-        <v>840</v>
+        <v>860</v>
       </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C432" s="15" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D432" s="15" t="s">
         <v>1357</v>
       </c>
-      <c r="D432" s="15" t="s">
+      <c r="E432" s="15" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="J432" s="15">
         <v>100</v>
       </c>
       <c r="K432" s="15">
-        <v>0.33325</v>
+        <v>0.23342</v>
       </c>
       <c r="L432" s="15">
-        <v>0.2411</v>
+        <v>0.20229</v>
       </c>
       <c r="M432" s="15">
-        <v>0.21039</v>
+        <v>0.19451</v>
       </c>
       <c r="N432" s="15">
-        <v>600</v>
+        <v>850</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C433" s="15" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D433" s="15" t="s">
         <v>1361</v>
       </c>
-      <c r="D433" s="15" t="s">
+      <c r="E433" s="15" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="J433" s="15">
         <v>100</v>
       </c>
       <c r="K433" s="15">
-        <v>0.44186</v>
+        <v>0.30954</v>
       </c>
       <c r="L433" s="15">
-        <v>0.31968</v>
+        <v>0.26827</v>
       </c>
       <c r="M433" s="15">
-        <v>0.27896</v>
+        <v>0.25795</v>
       </c>
       <c r="N433" s="15">
-        <v>730</v>
+        <v>690</v>
       </c>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C434" s="15" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D434" s="15" t="s">
         <v>1365</v>
       </c>
-      <c r="D434" s="15" t="s">
+      <c r="E434" s="15" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="J434" s="15">
         <v>100</v>
       </c>
       <c r="K434" s="15">
-        <v>0.6469</v>
+        <v>0.45329</v>
       </c>
       <c r="L434" s="15">
-        <v>0.46803</v>
+        <v>0.39285</v>
       </c>
       <c r="M434" s="15">
-        <v>0.40841</v>
+        <v>0.37774</v>
       </c>
       <c r="N434" s="15">
         <v>50</v>
       </c>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D435" s="15" t="s">
         <v>1369</v>
       </c>
-      <c r="D435" s="15" t="s">
+      <c r="E435" s="15" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="J435" s="15">
         <v>20</v>
       </c>
       <c r="K435" s="15">
-        <v>0.80629</v>
+        <v>0.56472</v>
       </c>
       <c r="L435" s="15">
-        <v>0.58335</v>
+        <v>0.48942</v>
       </c>
       <c r="M435" s="15">
-        <v>0.50904</v>
+        <v>0.4706</v>
       </c>
       <c r="N435" s="15"/>
-      <c r="O435" s="15"/>
-      <c r="P435" s="15"/>
+      <c r="O435" s="15">
+        <v>50</v>
+      </c>
+      <c r="P435" s="15" t="s">
+        <v>1347</v>
+      </c>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C436" s="15" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D436" s="15" t="s">
         <v>1373</v>
       </c>
-      <c r="D436" s="15" t="s">
+      <c r="E436" s="15" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="J436" s="15">
         <v>25</v>
       </c>
       <c r="K436" s="15">
-        <v>0.29138</v>
+        <v>0.25248</v>
       </c>
       <c r="L436" s="15">
-        <v>0.2571</v>
+        <v>0.21882</v>
       </c>
       <c r="M436" s="15">
-        <v>0.23139</v>
+        <v>0.2104</v>
       </c>
       <c r="N436" s="15">
-        <v>1760</v>
+        <v>1600</v>
       </c>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C437" s="15" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D437" s="15" t="s">
         <v>1377</v>
       </c>
-      <c r="D437" s="15" t="s">
+      <c r="E437" s="15" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1380</v>
+        <v>1379</v>
       </c>
       <c r="J437" s="15">
         <v>25</v>
       </c>
       <c r="K437" s="15">
-        <v>0.83988</v>
+        <v>0.58812</v>
       </c>
       <c r="L437" s="15">
-        <v>0.60765</v>
+        <v>0.5097</v>
       </c>
       <c r="M437" s="15">
-        <v>0.53024</v>
+        <v>0.4901</v>
       </c>
       <c r="N437" s="15">
         <v>100</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C438" s="15" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D438" s="15" t="s">
         <v>1381</v>
       </c>
-      <c r="D438" s="15" t="s">
+      <c r="E438" s="15" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="J438" s="15">
         <v>25</v>
       </c>
       <c r="K438" s="15">
-        <v>1.08</v>
+        <v>0.75644</v>
       </c>
       <c r="L438" s="15">
-        <v>0.78118</v>
+        <v>0.6555800000000001</v>
       </c>
       <c r="M438" s="15">
-        <v>0.68167</v>
+        <v>0.63036</v>
       </c>
       <c r="N438" s="15">
         <v>100</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C439" s="15" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D439" s="15" t="s">
         <v>1385</v>
       </c>
-      <c r="D439" s="15" t="s">
+      <c r="E439" s="15" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I439" s="15" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="J439" s="15">
         <v>25</v>
       </c>
       <c r="K439" s="15">
-        <v>0.66409</v>
+        <v>0.46499</v>
       </c>
       <c r="L439" s="15">
-        <v>0.48047</v>
+        <v>0.40299</v>
       </c>
       <c r="M439" s="15">
-        <v>0.41926</v>
+        <v>0.38749</v>
       </c>
       <c r="N439" s="15">
         <v>100</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C440" s="15" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D440" s="15" t="s">
         <v>1389</v>
       </c>
-      <c r="D440" s="15" t="s">
+      <c r="E440" s="15" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="J440" s="15">
         <v>25</v>
       </c>
       <c r="K440" s="15">
-        <v>0.93076</v>
+        <v>0.6518</v>
       </c>
       <c r="L440" s="15">
-        <v>0.6734</v>
+        <v>0.56489</v>
       </c>
       <c r="M440" s="15">
-        <v>0.58762</v>
+        <v>0.54316</v>
       </c>
       <c r="N440" s="15">
-        <v>439</v>
+        <v>528</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C441" s="15" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D441" s="15" t="s">
         <v>1393</v>
       </c>
-      <c r="D441" s="15" t="s">
+      <c r="E441" s="15" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="J441" s="15">
         <v>20</v>
       </c>
       <c r="K441" s="15">
-        <v>1.27</v>
+        <v>1.23</v>
       </c>
       <c r="L441" s="15">
-        <v>1.1</v>
+        <v>1.07</v>
       </c>
       <c r="M441" s="15">
-        <v>1.06</v>
+        <v>1.03</v>
       </c>
       <c r="N441" s="15">
-        <v>690</v>
+        <v>790</v>
       </c>
       <c r="O441" s="15">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>395</v>
+      </c>
+      <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D442" s="15" t="s">
         <v>1397</v>
       </c>
-      <c r="D442" s="15" t="s">
+      <c r="E442" s="15" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I442" s="15" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="J442" s="15">
         <v>25</v>
       </c>
       <c r="K442" s="15">
-        <v>0.31137</v>
+        <v>0.21798</v>
       </c>
       <c r="L442" s="15">
-        <v>0.22528</v>
+        <v>0.18892</v>
       </c>
       <c r="M442" s="15">
-        <v>0.19658</v>
+        <v>0.18165</v>
       </c>
       <c r="N442" s="15">
-        <v>1260</v>
+        <v>1700</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D443" s="15" t="s">
         <v>1401</v>
       </c>
-      <c r="D443" s="15" t="s">
+      <c r="E443" s="15" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I443" s="15" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="J443" s="15">
         <v>25</v>
       </c>
       <c r="K443" s="15">
-        <v>0.83712</v>
+        <v>0.58604</v>
       </c>
       <c r="L443" s="15">
-        <v>0.60566</v>
+        <v>0.5079</v>
       </c>
       <c r="M443" s="15">
-        <v>0.5285</v>
+        <v>0.48836</v>
       </c>
       <c r="N443" s="15">
-        <v>660</v>
+        <v>720</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D444" s="15" t="s">
         <v>1405</v>
-      </c>
-[...1 lines deleted...]
-        <v>1406</v>
       </c>
       <c r="E444" s="15">
         <v>10080039444</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I444" s="15" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="J444" s="15"/>
       <c r="K444" s="15">
         <v>0.42977</v>
       </c>
       <c r="L444" s="15">
         <v>0</v>
       </c>
       <c r="M444" s="15">
         <v>0</v>
       </c>
       <c r="N444" s="15"/>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D445" s="15" t="s">
         <v>1408</v>
       </c>
-      <c r="D445" s="15" t="s">
+      <c r="E445" s="15" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="J445" s="15">
         <v>25</v>
       </c>
       <c r="K445" s="15">
-        <v>0.53777</v>
+        <v>0.37661</v>
       </c>
       <c r="L445" s="15">
-        <v>0.38908</v>
+        <v>0.32639</v>
       </c>
       <c r="M445" s="15">
-        <v>0.33951</v>
+        <v>0.31384</v>
       </c>
       <c r="N445" s="15">
         <v>100</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C446" s="15" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D446" s="15" t="s">
         <v>1412</v>
-      </c>
-[...1 lines deleted...]
-        <v>1413</v>
       </c>
       <c r="E446" s="15">
         <v>10080039445</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I446" s="15"/>
       <c r="J446" s="15"/>
       <c r="K446" s="15">
         <v>0.9772</v>
       </c>
       <c r="L446" s="15">
         <v>0</v>
       </c>
       <c r="M446" s="15">
         <v>0</v>
       </c>
       <c r="N446" s="15"/>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C447" s="15" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D447" s="15" t="s">
         <v>1414</v>
       </c>
-      <c r="D447" s="15" t="s">
+      <c r="E447" s="15" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I447" s="15" t="s">
-        <v>1417</v>
+        <v>1416</v>
       </c>
       <c r="J447" s="15">
         <v>25</v>
       </c>
       <c r="K447" s="15">
-        <v>0.9747400000000001</v>
+        <v>0.68249</v>
       </c>
       <c r="L447" s="15">
-        <v>0.70523</v>
+        <v>0.59149</v>
       </c>
       <c r="M447" s="15">
-        <v>0.61539</v>
+        <v>0.56874</v>
       </c>
       <c r="N447" s="15">
-        <v>1780</v>
+        <v>1220</v>
       </c>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C448" s="15" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D448" s="15" t="s">
         <v>1418</v>
       </c>
-      <c r="D448" s="15" t="s">
+      <c r="E448" s="15" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I448" s="15" t="s">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="J448" s="15">
         <v>100</v>
       </c>
       <c r="K448" s="15">
-        <v>0.21457</v>
+        <v>0.15018</v>
       </c>
       <c r="L448" s="15">
-        <v>0.15524</v>
+        <v>0.13016</v>
       </c>
       <c r="M448" s="15">
-        <v>0.13547</v>
+        <v>0.12515</v>
       </c>
       <c r="N448" s="15">
-        <v>1054</v>
+        <v>1394</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C449" s="15" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D449" s="15" t="s">
         <v>1422</v>
       </c>
-      <c r="D449" s="15" t="s">
+      <c r="E449" s="15" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I449" s="15" t="s">
-        <v>1425</v>
+        <v>1424</v>
       </c>
       <c r="J449" s="15">
         <v>100</v>
       </c>
       <c r="K449" s="15">
-        <v>0.27355</v>
+        <v>0.19157</v>
       </c>
       <c r="L449" s="15">
-        <v>0.19791</v>
+        <v>0.16602</v>
       </c>
       <c r="M449" s="15">
-        <v>0.1727</v>
+        <v>0.15964</v>
       </c>
       <c r="N449" s="15">
-        <v>630</v>
+        <v>890</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C450" s="15" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D450" s="15" t="s">
         <v>1426</v>
       </c>
-      <c r="D450" s="15" t="s">
+      <c r="E450" s="15" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="J450" s="15">
         <v>100</v>
       </c>
       <c r="K450" s="15">
-        <v>0.23883</v>
+        <v>0.16722</v>
       </c>
       <c r="L450" s="15">
-        <v>0.17279</v>
+        <v>0.14492</v>
       </c>
       <c r="M450" s="15">
-        <v>0.15078</v>
+        <v>0.13935</v>
       </c>
       <c r="N450" s="15">
-        <v>810</v>
+        <v>680</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C451" s="15" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D451" s="15" t="s">
         <v>1430</v>
       </c>
-      <c r="D451" s="15" t="s">
+      <c r="E451" s="15" t="s">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>1432</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="J451" s="15">
         <v>25</v>
       </c>
       <c r="K451" s="15">
-        <v>0.2415</v>
+        <v>0.16902</v>
       </c>
       <c r="L451" s="15">
-        <v>0.17473</v>
+        <v>0.14648</v>
       </c>
       <c r="M451" s="15">
-        <v>0.15247</v>
+        <v>0.14085</v>
       </c>
       <c r="N451" s="15">
-        <v>840</v>
+        <v>880</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C452" s="15" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D452" s="15" t="s">
         <v>1434</v>
       </c>
-      <c r="D452" s="15" t="s">
+      <c r="E452" s="15" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="J452" s="15">
         <v>25</v>
       </c>
       <c r="K452" s="15">
-        <v>0.36469</v>
+        <v>0.25526</v>
       </c>
       <c r="L452" s="15">
-        <v>0.26385</v>
+        <v>0.22122</v>
       </c>
       <c r="M452" s="15">
-        <v>0.23024</v>
+        <v>0.21271</v>
       </c>
       <c r="N452" s="15">
-        <v>900</v>
+        <v>700</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C453" s="15" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D453" s="15" t="s">
         <v>1438</v>
       </c>
-      <c r="D453" s="15" t="s">
+      <c r="E453" s="15" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1267</v>
+        <v>1266</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="J453" s="15">
         <v>25</v>
       </c>
       <c r="K453" s="15">
-        <v>0.96166</v>
+        <v>0.67317</v>
       </c>
       <c r="L453" s="15">
-        <v>0.69576</v>
+        <v>0.58341</v>
       </c>
       <c r="M453" s="15">
-        <v>0.6071299999999999</v>
+        <v>0.56098</v>
       </c>
       <c r="N453" s="15">
-        <v>612</v>
+        <v>634</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C454" s="15" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D454" s="15" t="s">
         <v>1442</v>
       </c>
-      <c r="D454" s="15" t="s">
+      <c r="E454" s="15" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I454" s="15" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
       <c r="J454" s="15"/>
       <c r="K454" s="15">
         <v>0.17159</v>
       </c>
       <c r="L454" s="15">
         <v>0.14945</v>
       </c>
       <c r="M454" s="15">
         <v>0.13838</v>
       </c>
       <c r="N454" s="15">
-        <v>2673</v>
+        <v>3362</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C455" s="15" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D455" s="15" t="s">
         <v>1446</v>
       </c>
-      <c r="D455" s="15" t="s">
+      <c r="E455" s="15" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I455" s="15" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
         <v>0.72715</v>
       </c>
       <c r="L455" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="M455" s="15">
         <v>0.58641</v>
       </c>
       <c r="N455" s="15">
-        <v>1080</v>
+        <v>990</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>376</v>
       </c>
       <c r="C456" s="15" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D456" s="15" t="s">
         <v>1450</v>
       </c>
-      <c r="D456" s="15" t="s">
+      <c r="E456" s="15" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I456" s="15"/>
       <c r="J456" s="15">
         <v>1</v>
       </c>
       <c r="K456" s="15">
         <v>1.26</v>
       </c>
       <c r="L456" s="15">
         <v>1</v>
       </c>
       <c r="M456" s="15">
         <v>0.93559</v>
       </c>
       <c r="N456" s="15">
         <v>33</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
@@ -22948,317 +22935,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1454</v>
+        <v>1453</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>1456</v>
-      </c>
-[...1 lines deleted...]
-        <v>1457</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>1459</v>
-      </c>
-[...1 lines deleted...]
-        <v>1460</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1461</v>
+        <v>1460</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1464</v>
+        <v>1463</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>1465</v>
-      </c>
-[...1 lines deleted...]
-        <v>1466</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>