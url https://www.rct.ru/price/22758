--- v1 (2026-01-10)
+++ v2 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1479">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1484">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -559,50 +559,53 @@
   <si>
     <t>UT-00093923</t>
   </si>
   <si>
     <t>DG24B-2-16P-11-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG24B-2-16P-11-00A(H)</t>
   </si>
   <si>
     <t>UT-00091327</t>
   </si>
   <si>
     <t>DG25C-A-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25C-A-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114835</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-02P-13-00A(H) GOLTEN, GT25C-A-02P-13-00 GOLTEN, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>DG25C-A-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25C-A-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114836</t>
   </si>
   <si>
     <t>DG25C-A-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25C-A-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114837</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-04P-13-00A(H) GOLTEN, GT25C-A-04P-13-00 GOLTEN, B762W-02-04P-KC Tianli, L-KLS2-25A-7.62-04P-A KLS, </t>
   </si>
   <si>
     <t>DG25C-A-05P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25C-A-05P-13-00A(H)</t>
@@ -808,53 +811,50 @@
   <si>
     <t>DG25H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114819</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-07P-13-00A(H) GOLTEN, GT25H-A-07P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG25H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113751</t>
   </si>
   <si>
     <t xml:space="preserve">GT25H-A-10P-13-00 GOLTEN, </t>
   </si>
   <si>
-    <t>24.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG25H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>DG25H-B-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-B-02P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00018506</t>
   </si>
   <si>
     <t xml:space="preserve">DG25H-B-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DG25H-B-03P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG25H-B-03P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25H-B-03P-13-00Z(H) DEGSON, GT25H-B-03P-13-00 GOLTEN, </t>
@@ -1687,50 +1687,59 @@
   <si>
     <t>UT-00116052</t>
   </si>
   <si>
     <t xml:space="preserve">GT45H-A-06P-13-00 GOLTEN, B950W-04-06P-KC Tianli, CM-45H-A-6P-13 FUCON, CM-45H-A-8P-13 FUCON, </t>
   </si>
   <si>
     <t>DG45H-A-08P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG45H-A-08P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116053</t>
   </si>
   <si>
     <t xml:space="preserve">GT45H-A-08P-13-00 GOLTEN, B950W-04-08P-KC Tianli, </t>
   </si>
   <si>
     <t>DG45H-A-10P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG45H-A-10P-13-00A(H)</t>
   </si>
   <si>
+    <t>DG45H-A-10P-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник DG45H-A-10P-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00109308</t>
+  </si>
+  <si>
     <t>DG45H-A-11P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG45H-A-11P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109309</t>
   </si>
   <si>
     <t>DG45H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG45H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>DG45H-B-04P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG45H-B-04P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00018842</t>
   </si>
   <si>
     <t>DG45R-B-02P-13-00A(H)</t>
@@ -2098,53 +2107,50 @@
   <si>
     <t>10-00018873</t>
   </si>
   <si>
     <t>DG55C-B-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-02P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113465</t>
   </si>
   <si>
     <t>DG55C-B-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113466</t>
   </si>
   <si>
     <t xml:space="preserve">GT55C-B-03P-13-00 GOLTEN, B100-02-03P-KC Tianli, L-KLS2-55A-10.0-03P-B KLS, </t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG55C-B-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-04P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113467</t>
   </si>
   <si>
     <t xml:space="preserve">GT55C-B-04P-13-00 GOLTEN, B100-02-04P-KC Tianli, CM-55C-B-4P-13 FUCON, </t>
   </si>
   <si>
     <t>DG55C-B-06P-13-00A(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-06P-13-00A(H)</t>
   </si>
   <si>
     <t>10-00018919</t>
   </si>
   <si>
     <t>DG55C-B-08P-13-00A(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55C-B-08P-13-00A(H)</t>
@@ -2215,50 +2221,53 @@
   <si>
     <t>UT-00113592</t>
   </si>
   <si>
     <t>DG55H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG55H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109495</t>
   </si>
   <si>
     <t>DG55H-A-08P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-08P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113593</t>
   </si>
   <si>
     <t xml:space="preserve">GT55H-A-08P-13-00 GOLTEN, CM-55H-A-8P-13 FUCON, B100W-01-0852-08P-KC Tianli, L-KLS2-55C-10.0-08P-A KLS, </t>
   </si>
   <si>
+    <t>18.06.2026</t>
+  </si>
+  <si>
     <t>DG55H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113594</t>
   </si>
   <si>
     <t xml:space="preserve">GT55H-A-10P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG55H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>DG55H-A-12P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-12P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111715</t>
@@ -3274,50 +3283,53 @@
   <si>
     <t>Клеммник GT16S-B-02P-13-00</t>
   </si>
   <si>
     <t>UT-00140324</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">DG16S-B-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT25C-A-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-02P-13-00</t>
   </si>
   <si>
     <t>UT-00145259</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-02P-13-00A(H) GOLTEN, DG25C-A-02P-13-00Z(H) DEGSON, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>GT25C-A-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-02P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25C-A-02P-13-00Z(H) DEGSON, GT25C-A-02P-13-00 GOLTEN, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
     <t>GT25C-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25C-A-04P-13-00Z(H) DEGSON, GT25C-A-04P-13-00 GOLTEN, B762W-02-04P-KC Tianli, L-KLS2-25A-7.62-04P-A KLS, </t>
   </si>
   <si>
     <t>GT25C-A-10P-13-00</t>
   </si>
   <si>
     <t>шаг 7.62мм / GT25C-A-10P-13-00</t>
   </si>
   <si>
     <t>UT-00141090</t>
@@ -3817,50 +3829,53 @@
   <si>
     <t xml:space="preserve">DG78H-A-04P-13-00Z(H) DEGSON, B130CW-04-04P-KC Tianli, </t>
   </si>
   <si>
     <t>GT78H-A-08P-13-00</t>
   </si>
   <si>
     <t>шаг 13мм / GT78H-A-08P-13-00</t>
   </si>
   <si>
     <t>UT-00142059</t>
   </si>
   <si>
     <t xml:space="preserve">DG78H-A-08P-13-00Z(H) DEGSON, B130CW-04-08P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS2-EAC-11.0-03P KLS, </t>
+  </si>
+  <si>
     <t>UT-00136667</t>
   </si>
   <si>
     <t>L-KLS2-25A-7.62-02P-A</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-25A-7.62-02P-A</t>
   </si>
   <si>
     <t>UT-00146583</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-02P-13-00A(H) GOLTEN, DG25C-A-02P-13-00Z(H) DEGSON, GT25C-A-02P-13-00 GOLTEN, B762W-02-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-25A-7.62-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-25A-7.62-02P-B</t>
   </si>
   <si>
     <t>UT-00146586</t>
   </si>
   <si>
     <t xml:space="preserve">DT-25-B01W-02 DINKLE, DG25C-B-02P-13-00Z(H) DEGSON, GT25C-B-02P-13-00 GOLTEN, B762-02-0773-02P-KC Tianli, </t>
@@ -4057,51 +4072,51 @@
   <si>
     <t>L-KLS2-48A-13.0-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-02P-B</t>
   </si>
   <si>
     <t>UT-00146644</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-02P-13-00Z(H) DEGSON, GT78C-B-02P-13-00 GOLTEN, B130C-02-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-03P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-03P-B</t>
   </si>
   <si>
     <t>UT-00146645</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-03P-13-00Z(H) DEGSON, GT78C-B-03P-13-00 GOLTEN, B130C-02-03P-KC Tianli, </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-04P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-04P-B</t>
   </si>
   <si>
     <t>UT-00146646</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-04P-13-00Z(H) DEGSON, GT78C-B-04P-13-00 GOLTEN, B130C-02-04P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-05P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-05P-B</t>
   </si>
   <si>
     <t>UT-00146647</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-05P-13-00Z(H) DEGSON, GT78C-B-05P-13-00 GOLTEN, B130C-02-05P-KC Tianli, </t>
   </si>
@@ -4959,51 +4974,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R457"/>
+  <dimension ref="A1:R458"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -5213,90 +5228,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44257</v>
       </c>
       <c r="L9" s="15">
         <v>0.38547</v>
       </c>
       <c r="M9" s="15">
         <v>0.35691</v>
       </c>
       <c r="N9" s="15">
-        <v>600</v>
+        <v>630</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>1.45</v>
       </c>
       <c r="L10" s="15">
         <v>1.27</v>
       </c>
       <c r="M10" s="15">
         <v>1.17</v>
       </c>
       <c r="N10" s="15">
-        <v>445</v>
+        <v>355</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -5328,51 +5343,51 @@
       <c r="D12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>45</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.24079</v>
       </c>
       <c r="L12" s="15">
         <v>0.20972</v>
       </c>
       <c r="M12" s="15">
         <v>0.19419</v>
       </c>
       <c r="N12" s="15">
-        <v>700</v>
+        <v>810</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -5406,51 +5421,51 @@
       <c r="D14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>54</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.71835</v>
       </c>
       <c r="L14" s="15">
         <v>0.62566</v>
       </c>
       <c r="M14" s="15">
         <v>0.57931</v>
       </c>
       <c r="N14" s="15">
-        <v>640</v>
+        <v>690</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -5484,406 +5499,404 @@
       <c r="D16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.18662</v>
       </c>
       <c r="L16" s="15">
         <v>0.16795</v>
       </c>
       <c r="M16" s="15">
         <v>0.15551</v>
       </c>
       <c r="N16" s="15">
-        <v>860</v>
+        <v>450</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.59291</v>
       </c>
       <c r="L17" s="15">
         <v>0.53361</v>
       </c>
       <c r="M17" s="15">
         <v>0.49409</v>
       </c>
       <c r="N17" s="15">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6269</v>
       </c>
       <c r="L18" s="15">
         <v>0.56421</v>
       </c>
       <c r="M18" s="15">
         <v>0.52241</v>
       </c>
       <c r="N18" s="15">
-        <v>710</v>
+        <v>650</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.82376</v>
       </c>
       <c r="L19" s="15">
         <v>0.74138</v>
       </c>
       <c r="M19" s="15">
         <v>0.68646</v>
       </c>
       <c r="N19" s="15">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.35346</v>
       </c>
       <c r="L20" s="15">
         <v>0.31811</v>
       </c>
       <c r="M20" s="15">
         <v>0.29455</v>
       </c>
       <c r="N20" s="15">
-        <v>630</v>
+        <v>890</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>83</v>
       </c>
       <c r="J21" s="15">
         <v>50</v>
       </c>
       <c r="K21" s="15">
         <v>0.38481</v>
       </c>
       <c r="L21" s="15">
         <v>0.34633</v>
       </c>
       <c r="M21" s="15">
         <v>0.32068</v>
       </c>
-      <c r="N21" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.86931</v>
       </c>
       <c r="L22" s="15">
         <v>0.78238</v>
       </c>
       <c r="M22" s="15">
         <v>0.72443</v>
       </c>
       <c r="N22" s="15">
-        <v>945</v>
+        <v>1275</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J23" s="15">
         <v>63</v>
       </c>
       <c r="K23" s="15">
         <v>1.21</v>
       </c>
       <c r="L23" s="15">
         <v>1.09</v>
       </c>
       <c r="M23" s="15">
         <v>1.01</v>
       </c>
       <c r="N23" s="15">
-        <v>375</v>
+        <v>350</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>1.16</v>
       </c>
       <c r="L24" s="15">
         <v>1.04</v>
       </c>
       <c r="M24" s="15">
         <v>0.9643</v>
       </c>
       <c r="N24" s="15">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E25" s="15">
         <v>10080002739</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>185</v>
       </c>
       <c r="K25" s="15">
         <v>0.365</v>
       </c>
       <c r="L25" s="15">
         <v>0.365</v>
       </c>
       <c r="M25" s="15">
         <v>0.365</v>
       </c>
       <c r="N25" s="15">
-        <v>1445</v>
+        <v>1146</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="15">
         <v>10080035463</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I26" s="15"/>
@@ -6034,90 +6047,90 @@
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19967</v>
       </c>
       <c r="L30" s="15">
         <v>0.17304</v>
       </c>
       <c r="M30" s="15">
         <v>0.16639</v>
       </c>
       <c r="N30" s="15">
-        <v>345</v>
+        <v>300</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>200</v>
       </c>
       <c r="K31" s="15">
         <v>0.68496</v>
       </c>
       <c r="L31" s="15">
         <v>0.34241</v>
       </c>
       <c r="M31" s="15">
         <v>0.31135</v>
       </c>
       <c r="N31" s="15">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I32" s="15"/>
@@ -6149,51 +6162,51 @@
       <c r="D33" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>420</v>
       </c>
       <c r="K33" s="15">
         <v>0.39371</v>
       </c>
       <c r="L33" s="15">
         <v>0.34121</v>
       </c>
       <c r="M33" s="15">
         <v>0.32809</v>
       </c>
       <c r="N33" s="15">
-        <v>180</v>
+        <v>136</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I34" s="15"/>
@@ -6574,51 +6587,51 @@
       <c r="D44" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>95</v>
       </c>
       <c r="K44" s="15">
         <v>1.41</v>
       </c>
       <c r="L44" s="15">
         <v>1.22</v>
       </c>
       <c r="M44" s="15">
         <v>1.17</v>
       </c>
       <c r="N44" s="15">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I45" s="15"/>
@@ -6915,1048 +6928,1058 @@
       </c>
       <c r="E53" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.23529</v>
       </c>
       <c r="L53" s="15">
         <v>0.20392</v>
       </c>
       <c r="M53" s="15">
         <v>0.19608</v>
       </c>
       <c r="N53" s="15"/>
-      <c r="O53" s="15"/>
-      <c r="P53" s="15"/>
+      <c r="O53" s="15">
+        <v>468</v>
+      </c>
+      <c r="P53" s="15" t="s">
+        <v>181</v>
+      </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.27191</v>
       </c>
       <c r="L54" s="15">
         <v>0.23565</v>
       </c>
       <c r="M54" s="15">
         <v>0.22659</v>
       </c>
       <c r="N54" s="15">
-        <v>313</v>
+        <v>340</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J55" s="15">
         <v>300</v>
       </c>
       <c r="K55" s="15">
         <v>0.33902</v>
       </c>
       <c r="L55" s="15">
         <v>0.29381</v>
       </c>
       <c r="M55" s="15">
         <v>0.28251</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E56" s="15">
         <v>10080014340</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>375</v>
       </c>
       <c r="K56" s="15">
         <v>0.63303</v>
       </c>
       <c r="L56" s="15">
         <v>0.45218</v>
       </c>
       <c r="M56" s="15">
         <v>0.39189</v>
       </c>
       <c r="N56" s="15">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E57" s="15">
         <v>10080014341</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1300</v>
       </c>
       <c r="K57" s="15">
         <v>0.49919</v>
       </c>
       <c r="L57" s="15">
         <v>0.43263</v>
       </c>
       <c r="M57" s="15">
         <v>0.41599</v>
       </c>
       <c r="N57" s="15">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1300</v>
       </c>
       <c r="K58" s="15">
         <v>0.47435</v>
       </c>
       <c r="L58" s="15">
         <v>0.4111</v>
       </c>
       <c r="M58" s="15">
         <v>0.39529</v>
       </c>
       <c r="N58" s="15">
         <v>63</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E59" s="15">
         <v>10080014343</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1</v>
       </c>
       <c r="K59" s="15">
         <v>0.62592</v>
       </c>
       <c r="L59" s="15">
         <v>0.5424600000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.5216</v>
       </c>
       <c r="N59" s="15">
-        <v>201</v>
+        <v>182</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J60" s="15">
         <v>220</v>
       </c>
       <c r="K60" s="15">
         <v>0.76581</v>
       </c>
       <c r="L60" s="15">
         <v>0.6637</v>
       </c>
       <c r="M60" s="15">
         <v>0.63818</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>130</v>
       </c>
       <c r="K61" s="15">
         <v>0.90657</v>
       </c>
       <c r="L61" s="15">
         <v>0.78569</v>
       </c>
       <c r="M61" s="15">
         <v>0.75548</v>
       </c>
       <c r="N61" s="15">
         <v>25</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>520</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E62" s="15">
         <v>10080059387</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>150</v>
       </c>
       <c r="K62" s="15">
         <v>2.07</v>
       </c>
       <c r="L62" s="15">
         <v>1.12</v>
       </c>
       <c r="M62" s="15">
         <v>0.96926</v>
       </c>
       <c r="N62" s="15">
         <v>85</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E63" s="15">
         <v>10080060158</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>130</v>
       </c>
       <c r="K63" s="15">
         <v>2.39</v>
       </c>
       <c r="L63" s="15">
         <v>1.29</v>
       </c>
       <c r="M63" s="15">
         <v>1.12</v>
       </c>
       <c r="N63" s="15">
-        <v>309</v>
+        <v>270</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.15522</v>
       </c>
       <c r="L64" s="15">
         <v>0.13452</v>
       </c>
       <c r="M64" s="15">
         <v>0.12935</v>
       </c>
       <c r="N64" s="15">
-        <v>7023</v>
+        <v>5483</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.31317</v>
       </c>
       <c r="L65" s="15">
         <v>0.27141</v>
       </c>
       <c r="M65" s="15">
         <v>0.26098</v>
       </c>
       <c r="N65" s="15">
-        <v>3406</v>
+        <v>4142</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J66" s="15">
         <v>455</v>
       </c>
       <c r="K66" s="15">
         <v>0.34106</v>
       </c>
       <c r="L66" s="15">
         <v>0.29558</v>
       </c>
       <c r="M66" s="15">
         <v>0.28421</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J67" s="15">
         <v>330</v>
       </c>
       <c r="K67" s="15">
         <v>0.47145</v>
       </c>
       <c r="L67" s="15">
         <v>0.40859</v>
       </c>
       <c r="M67" s="15">
         <v>0.39288</v>
       </c>
       <c r="N67" s="15">
-        <v>1110</v>
+        <v>898</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J68" s="15">
         <v>260</v>
       </c>
       <c r="K68" s="15">
         <v>0.54342</v>
       </c>
       <c r="L68" s="15">
         <v>0.47096</v>
       </c>
       <c r="M68" s="15">
         <v>0.45285</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E69" s="15">
         <v>10080014302</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.69629</v>
       </c>
       <c r="L69" s="15">
         <v>0.60345</v>
       </c>
       <c r="M69" s="15">
         <v>0.58024</v>
       </c>
       <c r="N69" s="15">
-        <v>133</v>
+        <v>102</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.46</v>
       </c>
       <c r="L70" s="15">
         <v>0.46</v>
       </c>
       <c r="M70" s="15">
         <v>0.46</v>
       </c>
       <c r="N70" s="15">
-        <v>2240</v>
+        <v>2624</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J71" s="15">
         <v>510</v>
       </c>
       <c r="K71" s="15">
         <v>0.89109</v>
       </c>
       <c r="L71" s="15">
         <v>0.77228</v>
       </c>
       <c r="M71" s="15">
         <v>0.74258</v>
       </c>
       <c r="N71" s="15">
-        <v>901</v>
+        <v>987</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.29831</v>
       </c>
       <c r="L72" s="15">
         <v>0.25853</v>
       </c>
       <c r="M72" s="15">
         <v>0.24859</v>
       </c>
       <c r="N72" s="15">
-        <v>731</v>
+        <v>670</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J73" s="15">
         <v>300</v>
       </c>
       <c r="K73" s="15">
         <v>0.39284</v>
       </c>
       <c r="L73" s="15">
         <v>0.34046</v>
       </c>
       <c r="M73" s="15">
         <v>0.32736</v>
       </c>
       <c r="N73" s="15">
-        <v>520</v>
+        <v>474</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E74" s="15">
         <v>10000019598</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J74" s="15">
         <v>425</v>
       </c>
       <c r="K74" s="15">
         <v>0.36416</v>
       </c>
       <c r="L74" s="15">
         <v>0.3156</v>
       </c>
       <c r="M74" s="15">
         <v>0.30346</v>
       </c>
       <c r="N74" s="15">
         <v>1</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J75" s="15">
         <v>425</v>
       </c>
       <c r="K75" s="15">
-        <v>0.48756</v>
+        <v>0.45014</v>
       </c>
       <c r="L75" s="15">
-        <v>0.42255</v>
+        <v>0.39012</v>
       </c>
       <c r="M75" s="15">
-        <v>0.4063</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>0.37511</v>
+      </c>
+      <c r="N75" s="15">
+        <v>118</v>
+      </c>
       <c r="O75" s="15">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="P75" s="15"/>
+        <v>816</v>
+      </c>
+      <c r="P75" s="15" t="s">
+        <v>181</v>
+      </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J76" s="15">
         <v>325</v>
       </c>
       <c r="K76" s="15">
         <v>0.6610200000000001</v>
       </c>
       <c r="L76" s="15">
         <v>0.5728799999999999</v>
       </c>
       <c r="M76" s="15">
         <v>0.55085</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J77" s="15">
         <v>275</v>
       </c>
       <c r="K77" s="15">
         <v>0.59177</v>
       </c>
       <c r="L77" s="15">
         <v>0.51286</v>
       </c>
       <c r="M77" s="15">
         <v>0.49314</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J78" s="15">
         <v>220</v>
       </c>
       <c r="K78" s="15">
-        <v>1.06</v>
+        <v>1.46</v>
       </c>
       <c r="L78" s="15">
-        <v>0.95162</v>
+        <v>1.27</v>
       </c>
       <c r="M78" s="15">
-        <v>0.88113</v>
-[...1 lines deleted...]
-      <c r="N78" s="15"/>
+        <v>1.22</v>
+      </c>
+      <c r="N78" s="15">
+        <v>111</v>
+      </c>
       <c r="O78" s="15">
-        <v>129</v>
+        <v>509</v>
       </c>
       <c r="P78" s="15" t="s">
-        <v>264</v>
+        <v>181</v>
       </c>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E79" s="15">
         <v>10080014374</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>180</v>
@@ -7990,51 +8013,51 @@
       </c>
       <c r="E80" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>270</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.125</v>
       </c>
       <c r="L80" s="15">
         <v>0.125</v>
       </c>
       <c r="M80" s="15">
         <v>0.125</v>
       </c>
       <c r="N80" s="15">
-        <v>3922</v>
+        <v>2814</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E81" s="15">
         <v>10080014380</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I81" s="15" t="s">
@@ -8072,254 +8095,254 @@
       </c>
       <c r="E82" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>277</v>
       </c>
       <c r="J82" s="15">
         <v>600</v>
       </c>
       <c r="K82" s="15">
         <v>0.25</v>
       </c>
       <c r="L82" s="15">
         <v>0.25</v>
       </c>
       <c r="M82" s="15">
         <v>0.25</v>
       </c>
       <c r="N82" s="15">
-        <v>1074</v>
+        <v>1026</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>280</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I83" s="15" t="s">
         <v>281</v>
       </c>
       <c r="J83" s="15">
         <v>425</v>
       </c>
       <c r="K83" s="15">
         <v>0.38</v>
       </c>
       <c r="L83" s="15">
         <v>0.38</v>
       </c>
       <c r="M83" s="15">
         <v>0.38</v>
       </c>
       <c r="N83" s="15">
-        <v>543</v>
+        <v>501</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>285</v>
       </c>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.6616</v>
       </c>
       <c r="L84" s="15">
         <v>0.3308</v>
       </c>
       <c r="M84" s="15">
         <v>0.30079</v>
       </c>
       <c r="N84" s="15">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>205</v>
       </c>
       <c r="K85" s="15">
         <v>0.60729</v>
       </c>
       <c r="L85" s="15">
         <v>0.52632</v>
       </c>
       <c r="M85" s="15">
         <v>0.50608</v>
       </c>
       <c r="N85" s="15">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J86" s="15">
         <v>190</v>
       </c>
       <c r="K86" s="15">
         <v>0.61</v>
       </c>
       <c r="L86" s="15">
         <v>0.61</v>
       </c>
       <c r="M86" s="15">
         <v>0.61</v>
       </c>
       <c r="N86" s="15">
-        <v>1218</v>
+        <v>1074</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E87" s="15">
         <v>10080014360</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>295</v>
       </c>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.12</v>
       </c>
       <c r="L87" s="15">
         <v>0.12</v>
       </c>
       <c r="M87" s="15">
         <v>0.12</v>
       </c>
       <c r="N87" s="15">
-        <v>600</v>
+        <v>504</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E88" s="15">
         <v>10080014362</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I88" s="15" t="s">
@@ -8357,92 +8380,92 @@
       </c>
       <c r="E89" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>302</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.22</v>
       </c>
       <c r="L89" s="15">
         <v>0.22</v>
       </c>
       <c r="M89" s="15">
         <v>0.22</v>
       </c>
       <c r="N89" s="15">
-        <v>680</v>
+        <v>610</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E90" s="15">
         <v>10080014364</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>305</v>
       </c>
       <c r="J90" s="15">
         <v>30</v>
       </c>
       <c r="K90" s="15">
         <v>0.32</v>
       </c>
       <c r="L90" s="15">
         <v>0.32</v>
       </c>
       <c r="M90" s="15">
         <v>0.32</v>
       </c>
       <c r="N90" s="15">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I91" s="15" t="s">
@@ -8517,168 +8540,168 @@
       <c r="D93" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.13</v>
       </c>
       <c r="L93" s="15">
         <v>0.13</v>
       </c>
       <c r="M93" s="15">
         <v>0.13</v>
       </c>
       <c r="N93" s="15">
-        <v>7182</v>
+        <v>8012</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.24</v>
       </c>
       <c r="L94" s="15">
         <v>0.24</v>
       </c>
       <c r="M94" s="15">
         <v>0.24</v>
       </c>
       <c r="N94" s="15">
-        <v>920</v>
+        <v>942</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>400</v>
       </c>
       <c r="K95" s="15">
         <v>0.35</v>
       </c>
       <c r="L95" s="15">
         <v>0.35</v>
       </c>
       <c r="M95" s="15">
         <v>0.35</v>
       </c>
       <c r="N95" s="15">
-        <v>3345</v>
+        <v>2753</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>30</v>
       </c>
       <c r="K96" s="15">
         <v>1.5</v>
       </c>
       <c r="L96" s="15">
         <v>0.7480599999999999</v>
       </c>
       <c r="M96" s="15">
         <v>0.67999</v>
       </c>
       <c r="N96" s="15">
-        <v>393</v>
+        <v>353</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>325</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E97" s="15">
         <v>10080044295</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I97" s="15"/>
@@ -8712,51 +8735,51 @@
       <c r="D98" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E98" s="15">
         <v>10080014622</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>900</v>
       </c>
       <c r="K98" s="15">
         <v>0.169</v>
       </c>
       <c r="L98" s="15">
         <v>0.169</v>
       </c>
       <c r="M98" s="15">
         <v>0.169</v>
       </c>
       <c r="N98" s="15">
-        <v>20400</v>
+        <v>15642</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I99" s="15" t="s">
@@ -8790,90 +8813,90 @@
       <c r="D100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E100" s="15">
         <v>10080014625</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>280</v>
       </c>
       <c r="K100" s="15">
         <v>1.2</v>
       </c>
       <c r="L100" s="15">
         <v>0.64425</v>
       </c>
       <c r="M100" s="15">
         <v>0.60132</v>
       </c>
       <c r="N100" s="15">
-        <v>389</v>
+        <v>332</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080014680</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>250</v>
       </c>
       <c r="K101" s="15">
         <v>1.83</v>
       </c>
       <c r="L101" s="15">
         <v>0.9837</v>
       </c>
       <c r="M101" s="15">
         <v>0.85427</v>
       </c>
       <c r="N101" s="15">
-        <v>372</v>
+        <v>558</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>337</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I102" s="15"/>
@@ -8905,51 +8928,51 @@
       <c r="D103" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>425</v>
       </c>
       <c r="K103" s="15">
         <v>0.74468</v>
       </c>
       <c r="L103" s="15">
         <v>0.67021</v>
       </c>
       <c r="M103" s="15">
         <v>0.62056</v>
       </c>
       <c r="N103" s="15">
-        <v>180</v>
+        <v>255</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I104" s="15" t="s">
@@ -9020,51 +9043,51 @@
       <c r="D106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E106" s="15">
         <v>10080007576</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>130</v>
       </c>
       <c r="K106" s="15">
         <v>4.44</v>
       </c>
       <c r="L106" s="15">
         <v>2.22</v>
       </c>
       <c r="M106" s="15">
         <v>2.02</v>
       </c>
       <c r="N106" s="15">
-        <v>597</v>
+        <v>628</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080014693</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I107" s="15"/>
@@ -9215,51 +9238,51 @@
       </c>
       <c r="E111" s="15" t="s">
         <v>365</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>366</v>
       </c>
       <c r="J111" s="15">
         <v>920</v>
       </c>
       <c r="K111" s="15">
         <v>0.169</v>
       </c>
       <c r="L111" s="15">
         <v>0.169</v>
       </c>
       <c r="M111" s="15">
         <v>0.169</v>
       </c>
       <c r="N111" s="15">
-        <v>1529</v>
+        <v>1365</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E112" s="15">
         <v>10080014666</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I112" s="15"/>
@@ -9566,51 +9589,51 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>394</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>395</v>
       </c>
       <c r="J120" s="15">
         <v>575</v>
       </c>
       <c r="K120" s="15">
         <v>0.3317</v>
       </c>
       <c r="L120" s="15">
         <v>0.28747</v>
       </c>
       <c r="M120" s="15">
         <v>0.27641</v>
       </c>
       <c r="N120" s="15">
-        <v>478</v>
+        <v>512</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>398</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I121" s="15" t="s">
@@ -9644,51 +9667,51 @@
       <c r="D122" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E122" s="15">
         <v>10000023130</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>275</v>
       </c>
       <c r="K122" s="15">
         <v>0.64629</v>
       </c>
       <c r="L122" s="15">
         <v>0.56012</v>
       </c>
       <c r="M122" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="N122" s="15">
-        <v>330</v>
+        <v>225</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E123" s="15">
         <v>10080014513</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I123" s="15"/>
@@ -9722,170 +9745,170 @@
       <c r="D124" s="15" t="s">
         <v>405</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>406</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>155</v>
       </c>
       <c r="K124" s="15">
         <v>0.69452</v>
       </c>
       <c r="L124" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M124" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N124" s="15">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E125" s="15">
         <v>10080014515</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>185</v>
       </c>
       <c r="K125" s="15">
         <v>1.74</v>
       </c>
       <c r="L125" s="15">
         <v>1.01</v>
       </c>
       <c r="M125" s="15">
         <v>0.91864</v>
       </c>
       <c r="N125" s="15">
-        <v>188</v>
+        <v>205</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>300</v>
       </c>
       <c r="K126" s="15">
         <v>0.30441</v>
       </c>
       <c r="L126" s="15">
         <v>0.26382</v>
       </c>
       <c r="M126" s="15">
         <v>0.25368</v>
       </c>
       <c r="N126" s="15">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>415</v>
       </c>
       <c r="J127" s="15">
         <v>200</v>
       </c>
       <c r="K127" s="15">
         <v>0.40955</v>
       </c>
       <c r="L127" s="15">
         <v>0.35494</v>
       </c>
       <c r="M127" s="15">
         <v>0.34129</v>
       </c>
       <c r="N127" s="15">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>418</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I128" s="15" t="s">
@@ -9958,129 +9981,129 @@
       <c r="D130" s="15" t="s">
         <v>424</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>425</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>250</v>
       </c>
       <c r="K130" s="15">
         <v>0.91874</v>
       </c>
       <c r="L130" s="15">
         <v>0.7962399999999999</v>
       </c>
       <c r="M130" s="15">
         <v>0.76561</v>
       </c>
       <c r="N130" s="15">
-        <v>440</v>
+        <v>450</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E131" s="15">
         <v>10000021244</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>170</v>
       </c>
       <c r="K131" s="15">
         <v>0.82</v>
       </c>
       <c r="L131" s="15">
         <v>0.82</v>
       </c>
       <c r="M131" s="15">
         <v>0.82</v>
       </c>
       <c r="N131" s="15">
-        <v>1583</v>
+        <v>2111</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>428</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>429</v>
       </c>
       <c r="E132" s="15">
         <v>10080014556</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>500</v>
       </c>
       <c r="K132" s="15">
         <v>0.1153</v>
       </c>
       <c r="L132" s="15">
         <v>0.1153</v>
       </c>
       <c r="M132" s="15">
         <v>0.1153</v>
       </c>
       <c r="N132" s="15">
-        <v>209</v>
+        <v>181</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E133" s="15">
         <v>10080014557</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I133" s="15"/>
@@ -10116,131 +10139,131 @@
       </c>
       <c r="E134" s="15" t="s">
         <v>434</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>435</v>
       </c>
       <c r="J134" s="15">
         <v>50</v>
       </c>
       <c r="K134" s="15">
         <v>0.41</v>
       </c>
       <c r="L134" s="15">
         <v>0.27</v>
       </c>
       <c r="M134" s="15">
         <v>0.249</v>
       </c>
       <c r="N134" s="15">
-        <v>680</v>
+        <v>480</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>2000</v>
       </c>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>30</v>
       </c>
       <c r="K135" s="15">
         <v>0.42</v>
       </c>
       <c r="L135" s="15">
         <v>0.42</v>
       </c>
       <c r="M135" s="15">
         <v>0.42</v>
       </c>
       <c r="N135" s="15">
-        <v>655</v>
+        <v>506</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>30</v>
       </c>
       <c r="K136" s="15">
         <v>0.57</v>
       </c>
       <c r="L136" s="15">
         <v>0.57</v>
       </c>
       <c r="M136" s="15">
         <v>0.57</v>
       </c>
       <c r="N136" s="15">
-        <v>487</v>
+        <v>604</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E137" s="15">
         <v>10080014566</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I137" s="15"/>
@@ -10471,51 +10494,51 @@
       <c r="D143" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E143" s="15">
         <v>10080016381</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>300</v>
       </c>
       <c r="K143" s="15">
         <v>0.382</v>
       </c>
       <c r="L143" s="15">
         <v>0.382</v>
       </c>
       <c r="M143" s="15">
         <v>0.382</v>
       </c>
       <c r="N143" s="15">
-        <v>871</v>
+        <v>1188</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>459</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>460</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>461</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I144" s="15"/>
@@ -10547,168 +10570,168 @@
       <c r="D145" s="15" t="s">
         <v>463</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.5</v>
       </c>
       <c r="L145" s="15">
         <v>0.5</v>
       </c>
       <c r="M145" s="15">
         <v>0.5</v>
       </c>
       <c r="N145" s="15">
-        <v>563</v>
+        <v>742</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E146" s="15">
         <v>10080043133</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>400</v>
       </c>
       <c r="K146" s="15">
         <v>0.145</v>
       </c>
       <c r="L146" s="15">
         <v>0.145</v>
       </c>
       <c r="M146" s="15">
         <v>0.145</v>
       </c>
       <c r="N146" s="15">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E147" s="15">
         <v>10080016331</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>370</v>
       </c>
       <c r="K147" s="15">
         <v>0.23</v>
       </c>
       <c r="L147" s="15">
         <v>0.23</v>
       </c>
       <c r="M147" s="15">
         <v>0.23</v>
       </c>
       <c r="N147" s="15">
-        <v>583</v>
+        <v>701</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>470</v>
       </c>
       <c r="E148" s="15">
         <v>10080016333</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>180</v>
       </c>
       <c r="K148" s="15">
         <v>0.52</v>
       </c>
       <c r="L148" s="15">
         <v>0.52</v>
       </c>
       <c r="M148" s="15">
         <v>0.52</v>
       </c>
       <c r="N148" s="15">
-        <v>422</v>
+        <v>383</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E149" s="15">
         <v>10080015645</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I149" s="15" t="s">
@@ -10746,133 +10769,133 @@
       </c>
       <c r="E150" s="15" t="s">
         <v>476</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>477</v>
       </c>
       <c r="J150" s="15">
         <v>300</v>
       </c>
       <c r="K150" s="15">
         <v>0.15201</v>
       </c>
       <c r="L150" s="15">
         <v>0.13174</v>
       </c>
       <c r="M150" s="15">
         <v>0.12668</v>
       </c>
       <c r="N150" s="15">
-        <v>650</v>
+        <v>790</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>478</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>479</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>480</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>481</v>
       </c>
       <c r="J151" s="15">
         <v>200</v>
       </c>
       <c r="K151" s="15">
         <v>0.3599</v>
       </c>
       <c r="L151" s="15">
         <v>0.22</v>
       </c>
       <c r="M151" s="15">
         <v>0.2</v>
       </c>
       <c r="N151" s="15">
-        <v>2600</v>
+        <v>3160</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>482</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>483</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>484</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>485</v>
       </c>
       <c r="J152" s="15">
         <v>300</v>
       </c>
       <c r="K152" s="15">
         <v>0.46374</v>
       </c>
       <c r="L152" s="15">
         <v>0.278</v>
       </c>
       <c r="M152" s="15">
         <v>0.255</v>
       </c>
       <c r="N152" s="15">
-        <v>828</v>
+        <v>519</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>487</v>
       </c>
       <c r="E153" s="15">
         <v>10080027485</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I153" s="15"/>
@@ -11060,51 +11083,51 @@
       <c r="D158" s="15" t="s">
         <v>498</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>499</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>120</v>
       </c>
       <c r="K158" s="15">
         <v>0.91</v>
       </c>
       <c r="L158" s="15">
         <v>0.91</v>
       </c>
       <c r="M158" s="15">
         <v>0.91</v>
       </c>
       <c r="N158" s="15">
-        <v>423</v>
+        <v>389</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15">
         <v>480</v>
       </c>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E159" s="15">
         <v>10080043957</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>99</v>
@@ -11220,214 +11243,212 @@
       </c>
       <c r="E162" s="15" t="s">
         <v>510</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I162" s="15" t="s">
         <v>511</v>
       </c>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.19928</v>
       </c>
       <c r="L162" s="15">
         <v>0.17271</v>
       </c>
       <c r="M162" s="15">
         <v>0.16606</v>
       </c>
       <c r="N162" s="15">
-        <v>399</v>
+        <v>299</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>514</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>515</v>
       </c>
       <c r="J163" s="15">
         <v>200</v>
       </c>
       <c r="K163" s="15">
         <v>0.29217</v>
       </c>
       <c r="L163" s="15">
         <v>0.25321</v>
       </c>
       <c r="M163" s="15">
         <v>0.24348</v>
       </c>
       <c r="N163" s="15">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>517</v>
       </c>
       <c r="E164" s="15">
         <v>10000019614</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I164" s="15" t="s">
         <v>518</v>
       </c>
       <c r="J164" s="15">
         <v>350</v>
       </c>
       <c r="K164" s="15">
         <v>0.24</v>
       </c>
       <c r="L164" s="15">
         <v>0.24</v>
       </c>
       <c r="M164" s="15">
         <v>0.24</v>
       </c>
       <c r="N164" s="15">
-        <v>957</v>
+        <v>774</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>519</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>520</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>521</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I165" s="15" t="s">
         <v>522</v>
       </c>
       <c r="J165" s="15">
         <v>250</v>
       </c>
       <c r="K165" s="15">
         <v>0.48129</v>
       </c>
       <c r="L165" s="15">
         <v>0.41712</v>
       </c>
       <c r="M165" s="15">
         <v>0.40108</v>
       </c>
       <c r="N165" s="15">
-        <v>355</v>
+        <v>320</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>523</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>524</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>525</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>200</v>
       </c>
       <c r="K166" s="15">
         <v>0.38</v>
       </c>
       <c r="L166" s="15">
         <v>0.38</v>
       </c>
       <c r="M166" s="15">
         <v>0.38</v>
       </c>
-      <c r="N166" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>526</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>527</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>528</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15"/>
@@ -11495,51 +11516,51 @@
       <c r="D169" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>534</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>160</v>
       </c>
       <c r="K169" s="15">
         <v>0.77445</v>
       </c>
       <c r="L169" s="15">
         <v>0.67119</v>
       </c>
       <c r="M169" s="15">
         <v>0.64538</v>
       </c>
       <c r="N169" s="15">
-        <v>517</v>
+        <v>593</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15">
         <v>640</v>
       </c>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>535</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>536</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>537</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>99</v>
@@ -11569,131 +11590,131 @@
         <v>538</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15"/>
       <c r="K171" s="15">
         <v>0.98</v>
       </c>
       <c r="L171" s="15">
         <v>0.98</v>
       </c>
       <c r="M171" s="15">
         <v>0.98</v>
       </c>
       <c r="N171" s="15">
-        <v>595</v>
+        <v>664</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>543</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I172" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J172" s="15">
         <v>200</v>
       </c>
       <c r="K172" s="15">
         <v>0.33588</v>
       </c>
       <c r="L172" s="15">
         <v>0.30229</v>
       </c>
       <c r="M172" s="15">
         <v>0.2799</v>
       </c>
       <c r="N172" s="15">
-        <v>623</v>
+        <v>560</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>546</v>
       </c>
       <c r="E173" s="15">
         <v>10000019612</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>300</v>
       </c>
       <c r="K173" s="15">
         <v>0.29</v>
       </c>
       <c r="L173" s="15">
         <v>0.29</v>
       </c>
       <c r="M173" s="15">
         <v>0.29</v>
       </c>
       <c r="N173" s="15">
-        <v>607</v>
+        <v>438</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>547</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>548</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>549</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I174" s="15" t="s">
@@ -11729,54 +11750,58 @@
       </c>
       <c r="E175" s="15" t="s">
         <v>553</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>554</v>
       </c>
       <c r="J175" s="15">
         <v>120</v>
       </c>
       <c r="K175" s="15">
         <v>1.04</v>
       </c>
       <c r="L175" s="15">
         <v>0.90565</v>
       </c>
       <c r="M175" s="15">
         <v>0.87081</v>
       </c>
       <c r="N175" s="15">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="P175" s="15"/>
+        <v>192</v>
+      </c>
+      <c r="O175" s="15">
+        <v>288</v>
+      </c>
+      <c r="P175" s="15" t="s">
+        <v>181</v>
+      </c>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>555</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>556</v>
       </c>
       <c r="E176" s="15">
         <v>10080043199</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>85</v>
       </c>
@@ -11798,11124 +11823,11159 @@
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>557</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>558</v>
       </c>
       <c r="E177" s="15" t="s">
         <v>559</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>85</v>
       </c>
       <c r="K177" s="15">
-        <v>1.19</v>
+        <v>1.28</v>
       </c>
       <c r="L177" s="15">
-        <v>1.03</v>
+        <v>1.11</v>
       </c>
       <c r="M177" s="15">
-        <v>0.99085</v>
+        <v>1.07</v>
       </c>
       <c r="N177" s="15">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
-      <c r="Q177" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D178" s="15" t="s">
         <v>561</v>
       </c>
-      <c r="E178" s="15">
-        <v>10080043201</v>
+      <c r="E178" s="15" t="s">
+        <v>562</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="K178" s="15">
-        <v>2.59</v>
+        <v>1.19</v>
       </c>
       <c r="L178" s="15">
-        <v>1.4</v>
+        <v>1.03</v>
       </c>
       <c r="M178" s="15">
-        <v>1.21</v>
+        <v>0.99085</v>
       </c>
       <c r="N178" s="15">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
-      <c r="Q178" s="15"/>
+      <c r="Q178" s="15">
+        <v>340</v>
+      </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="E179" s="15" t="s">
         <v>564</v>
+      </c>
+      <c r="E179" s="15">
+        <v>10080043201</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I179" s="15"/>
-      <c r="J179" s="15"/>
+      <c r="J179" s="15">
+        <v>60</v>
+      </c>
       <c r="K179" s="15">
-        <v>0.34</v>
+        <v>2.59</v>
       </c>
       <c r="L179" s="15">
-        <v>0.34</v>
+        <v>1.4</v>
       </c>
       <c r="M179" s="15">
-        <v>0.34</v>
+        <v>1.21</v>
       </c>
       <c r="N179" s="15">
-        <v>2128</v>
+        <v>45</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>565</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>566</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>567</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I180" s="15"/>
-      <c r="J180" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J180" s="15"/>
       <c r="K180" s="15">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="L180" s="15">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="M180" s="15">
-        <v>0.18</v>
+        <v>0.34</v>
       </c>
       <c r="N180" s="15">
-        <v>606</v>
+        <v>2625</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>568</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>569</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>570</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
-        <v>830</v>
+        <v>100</v>
       </c>
       <c r="K181" s="15">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
       <c r="L181" s="15">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
       <c r="M181" s="15">
-        <v>0.26</v>
+        <v>0.18</v>
       </c>
       <c r="N181" s="15">
-        <v>686</v>
+        <v>565</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>571</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>572</v>
       </c>
       <c r="E182" s="15" t="s">
         <v>573</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I182" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I182" s="15"/>
       <c r="J182" s="15">
-        <v>100</v>
+        <v>830</v>
       </c>
       <c r="K182" s="15">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
       <c r="L182" s="15">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
       <c r="M182" s="15">
-        <v>0.36</v>
+        <v>0.26</v>
       </c>
       <c r="N182" s="15">
-        <v>93</v>
+        <v>483</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="D183" s="15" t="s">
         <v>575</v>
       </c>
-      <c r="D183" s="15" t="s">
+      <c r="E183" s="15" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I183" s="15"/>
+      <c r="I183" s="15" t="s">
+        <v>577</v>
+      </c>
       <c r="J183" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K183" s="15">
-        <v>0.5600000000000001</v>
+        <v>0.36</v>
       </c>
       <c r="L183" s="15">
-        <v>0.5600000000000001</v>
+        <v>0.36</v>
       </c>
       <c r="M183" s="15">
-        <v>0.5600000000000001</v>
+        <v>0.36</v>
       </c>
       <c r="N183" s="15">
-        <v>241</v>
+        <v>93</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>578</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>579</v>
       </c>
       <c r="E184" s="15" t="s">
         <v>580</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
-        <v>26</v>
+        <v>200</v>
       </c>
       <c r="K184" s="15">
-        <v>0.74</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="L184" s="15">
-        <v>0.74</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="M184" s="15">
-        <v>0.74</v>
+        <v>0.5600000000000001</v>
       </c>
       <c r="N184" s="15">
-        <v>588</v>
+        <v>283</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>581</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>582</v>
       </c>
-      <c r="E185" s="15">
-        <v>10080043249</v>
+      <c r="E185" s="15" t="s">
+        <v>583</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
-        <v>200</v>
+        <v>26</v>
       </c>
       <c r="K185" s="15">
-        <v>0.2</v>
+        <v>0.74</v>
       </c>
       <c r="L185" s="15">
-        <v>0.2</v>
+        <v>0.74</v>
       </c>
       <c r="M185" s="15">
-        <v>0.2</v>
+        <v>0.74</v>
       </c>
       <c r="N185" s="15">
-        <v>149</v>
+        <v>706</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E186" s="15">
-        <v>10000023136</v>
+        <v>10080043249</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I186" s="15"/>
       <c r="J186" s="15">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="K186" s="15">
-        <v>0.33</v>
+        <v>0.2</v>
       </c>
       <c r="L186" s="15">
-        <v>0.33</v>
+        <v>0.2</v>
       </c>
       <c r="M186" s="15">
-        <v>0.33</v>
+        <v>0.2</v>
       </c>
       <c r="N186" s="15">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="E187" s="15" t="s">
         <v>587</v>
+      </c>
+      <c r="E187" s="15">
+        <v>10000023136</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
-        <v>26</v>
+        <v>350</v>
       </c>
       <c r="K187" s="15">
-        <v>0.46</v>
+        <v>0.33</v>
       </c>
       <c r="L187" s="15">
-        <v>0.46</v>
+        <v>0.33</v>
       </c>
       <c r="M187" s="15">
-        <v>0.46</v>
+        <v>0.33</v>
       </c>
       <c r="N187" s="15">
-        <v>728</v>
+        <v>153</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>588</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>589</v>
       </c>
-      <c r="E188" s="15">
-        <v>10080016394</v>
+      <c r="E188" s="15" t="s">
+        <v>590</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
-        <v>135</v>
+        <v>26</v>
       </c>
       <c r="K188" s="15">
-        <v>0.54</v>
+        <v>0.46</v>
       </c>
       <c r="L188" s="15">
-        <v>0.54</v>
+        <v>0.46</v>
       </c>
       <c r="M188" s="15">
-        <v>0.54</v>
+        <v>0.46</v>
       </c>
       <c r="N188" s="15">
-        <v>201</v>
+        <v>775</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="E189" s="15" t="s">
         <v>592</v>
+      </c>
+      <c r="E189" s="15">
+        <v>10080016394</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I189" s="15"/>
       <c r="J189" s="15">
-        <v>270</v>
+        <v>135</v>
       </c>
       <c r="K189" s="15">
-        <v>0.41</v>
+        <v>0.54</v>
       </c>
       <c r="L189" s="15">
-        <v>0.41</v>
+        <v>0.54</v>
       </c>
       <c r="M189" s="15">
-        <v>0.41</v>
+        <v>0.54</v>
       </c>
       <c r="N189" s="15">
-        <v>187</v>
+        <v>54</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>593</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>594</v>
       </c>
       <c r="E190" s="15" t="s">
         <v>595</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I190" s="15"/>
-      <c r="J190" s="15"/>
+      <c r="J190" s="15">
+        <v>270</v>
+      </c>
       <c r="K190" s="15">
-        <v>2.25</v>
+        <v>0.41</v>
       </c>
       <c r="L190" s="15">
-        <v>1.12</v>
+        <v>0.41</v>
       </c>
       <c r="M190" s="15">
-        <v>1.02</v>
+        <v>0.41</v>
       </c>
       <c r="N190" s="15">
-        <v>1</v>
+        <v>235</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>596</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>597</v>
       </c>
-      <c r="E191" s="15">
-        <v>10080043267</v>
+      <c r="E191" s="15" t="s">
+        <v>598</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I191" s="15"/>
-      <c r="J191" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J191" s="15"/>
       <c r="K191" s="15">
-        <v>0.9620300000000001</v>
+        <v>2.25</v>
       </c>
       <c r="L191" s="15">
-        <v>0.48107</v>
+        <v>1.12</v>
       </c>
       <c r="M191" s="15">
-        <v>0.4373</v>
+        <v>1.02</v>
       </c>
       <c r="N191" s="15">
         <v>1</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="E192" s="15" t="s">
         <v>600</v>
+      </c>
+      <c r="E192" s="15">
+        <v>10080043267</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
-        <v>110</v>
+        <v>220</v>
       </c>
       <c r="K192" s="15">
-        <v>0.95265</v>
+        <v>0.9620300000000001</v>
       </c>
       <c r="L192" s="15">
-        <v>0.82563</v>
+        <v>0.48107</v>
       </c>
       <c r="M192" s="15">
-        <v>0.79388</v>
+        <v>0.4373</v>
       </c>
       <c r="N192" s="15">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
-      <c r="Q192" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>601</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>602</v>
       </c>
-      <c r="E193" s="15">
-        <v>10080008039</v>
+      <c r="E193" s="15" t="s">
+        <v>603</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I193" s="15"/>
       <c r="J193" s="15">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K193" s="15">
-        <v>0.12</v>
+        <v>0.95265</v>
       </c>
       <c r="L193" s="15">
-        <v>0.12</v>
+        <v>0.82563</v>
       </c>
       <c r="M193" s="15">
-        <v>0.12</v>
+        <v>0.79388</v>
       </c>
       <c r="N193" s="15">
-        <v>951</v>
+        <v>50</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
-      <c r="Q193" s="15"/>
+      <c r="Q193" s="15">
+        <v>440</v>
+      </c>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E194" s="15">
-        <v>10080006000</v>
+        <v>10080008039</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I194" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>100</v>
       </c>
       <c r="K194" s="15">
-        <v>0.25487</v>
+        <v>0.12</v>
       </c>
       <c r="L194" s="15">
-        <v>0.22088</v>
+        <v>0.12</v>
       </c>
       <c r="M194" s="15">
-        <v>0.21239</v>
+        <v>0.12</v>
       </c>
       <c r="N194" s="15">
-        <v>20</v>
+        <v>1037</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>606</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>607</v>
       </c>
-      <c r="E195" s="15" t="s">
-        <v>608</v>
+      <c r="E195" s="15">
+        <v>10080006000</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="J195" s="15">
         <v>100</v>
       </c>
       <c r="K195" s="15">
-        <v>0.30119</v>
+        <v>0.25487</v>
       </c>
       <c r="L195" s="15">
-        <v>0.26103</v>
+        <v>0.22088</v>
       </c>
       <c r="M195" s="15">
-        <v>0.25099</v>
+        <v>0.21239</v>
       </c>
       <c r="N195" s="15">
-        <v>817</v>
+        <v>20</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>610</v>
       </c>
-      <c r="D196" s="15" t="s">
+      <c r="E196" s="15" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I196" s="15"/>
+      <c r="I196" s="15" t="s">
+        <v>612</v>
+      </c>
       <c r="J196" s="15">
-        <v>280</v>
+        <v>100</v>
       </c>
       <c r="K196" s="15">
-        <v>0.29297</v>
+        <v>0.30119</v>
       </c>
       <c r="L196" s="15">
-        <v>0.2539</v>
+        <v>0.26103</v>
       </c>
       <c r="M196" s="15">
-        <v>0.24414</v>
+        <v>0.25099</v>
       </c>
       <c r="N196" s="15">
-        <v>198</v>
+        <v>585</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>613</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>614</v>
       </c>
-      <c r="E197" s="15">
-        <v>10080008041</v>
+      <c r="E197" s="15" t="s">
+        <v>615</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
-        <v>230</v>
+        <v>280</v>
       </c>
       <c r="K197" s="15">
-        <v>0.86704</v>
+        <v>0.29297</v>
       </c>
       <c r="L197" s="15">
-        <v>0.46734</v>
+        <v>0.2539</v>
       </c>
       <c r="M197" s="15">
-        <v>0.40585</v>
+        <v>0.24414</v>
       </c>
       <c r="N197" s="15">
-        <v>119</v>
+        <v>252</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E198" s="15">
-        <v>10080008040</v>
+        <v>10080008041</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
-        <v>250</v>
+        <v>230</v>
       </c>
       <c r="K198" s="15">
-        <v>0.34</v>
+        <v>0.86704</v>
       </c>
       <c r="L198" s="15">
-        <v>0.34</v>
+        <v>0.46734</v>
       </c>
       <c r="M198" s="15">
-        <v>0.34</v>
+        <v>0.40585</v>
       </c>
       <c r="N198" s="15">
-        <v>1143</v>
+        <v>130</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E199" s="15">
-        <v>10080012915</v>
+        <v>10080008040</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I199" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I199" s="15"/>
       <c r="J199" s="15">
-        <v>2090</v>
+        <v>250</v>
       </c>
       <c r="K199" s="15">
-        <v>0.48</v>
+        <v>0.34</v>
       </c>
       <c r="L199" s="15">
-        <v>0.48</v>
+        <v>0.34</v>
       </c>
       <c r="M199" s="15">
-        <v>0.48</v>
+        <v>0.34</v>
       </c>
       <c r="N199" s="15">
-        <v>798</v>
+        <v>1271</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>621</v>
       </c>
-      <c r="E200" s="15" t="s">
-        <v>622</v>
+      <c r="E200" s="15">
+        <v>10080012915</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="J200" s="15">
         <v>2090</v>
       </c>
       <c r="K200" s="15">
-        <v>0.67031</v>
+        <v>0.48</v>
       </c>
       <c r="L200" s="15">
-        <v>0.5809299999999999</v>
+        <v>0.48</v>
       </c>
       <c r="M200" s="15">
-        <v>0.55859</v>
-[...1 lines deleted...]
-      <c r="N200" s="15"/>
+        <v>0.48</v>
+      </c>
+      <c r="N200" s="15">
+        <v>751</v>
+      </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C201" s="15" t="s">
+        <v>623</v>
+      </c>
+      <c r="D201" s="15" t="s">
         <v>624</v>
       </c>
-      <c r="D201" s="15" t="s">
+      <c r="E201" s="15" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080009370</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I201" s="15"/>
+      <c r="I201" s="15" t="s">
+        <v>626</v>
+      </c>
       <c r="J201" s="15">
-        <v>130</v>
+        <v>2090</v>
       </c>
       <c r="K201" s="15">
-        <v>1.07</v>
+        <v>0.67031</v>
       </c>
       <c r="L201" s="15">
-        <v>0.92548</v>
+        <v>0.5809299999999999</v>
       </c>
       <c r="M201" s="15">
-        <v>0.88989</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.55859</v>
+      </c>
+      <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="E202" s="15" t="s">
         <v>628</v>
+      </c>
+      <c r="E202" s="15">
+        <v>10080009370</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I202" s="15"/>
-      <c r="J202" s="15"/>
+      <c r="J202" s="15">
+        <v>130</v>
+      </c>
       <c r="K202" s="15">
-        <v>0.24744</v>
+        <v>1.07</v>
       </c>
       <c r="L202" s="15">
-        <v>0.21445</v>
+        <v>0.92548</v>
       </c>
       <c r="M202" s="15">
-        <v>0.2062</v>
+        <v>0.88989</v>
       </c>
       <c r="N202" s="15">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>629</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>630</v>
       </c>
-      <c r="E203" s="15">
-        <v>10080037098</v>
+      <c r="E203" s="15" t="s">
+        <v>631</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15"/>
       <c r="K203" s="15">
-        <v>0.72297</v>
+        <v>0.24744</v>
       </c>
       <c r="L203" s="15">
-        <v>0.38968</v>
+        <v>0.21445</v>
       </c>
       <c r="M203" s="15">
-        <v>0.33841</v>
+        <v>0.2062</v>
       </c>
       <c r="N203" s="15">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E204" s="15">
-        <v>10080016396</v>
+        <v>10080037098</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I204" s="15"/>
-      <c r="J204" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J204" s="15"/>
       <c r="K204" s="15">
-        <v>0.36</v>
+        <v>0.72297</v>
       </c>
       <c r="L204" s="15">
-        <v>0.36</v>
+        <v>0.38968</v>
       </c>
       <c r="M204" s="15">
-        <v>0.36</v>
+        <v>0.33841</v>
       </c>
       <c r="N204" s="15">
-        <v>234</v>
+        <v>42</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E205" s="15">
-        <v>10080016397</v>
+        <v>10080016396</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>1</v>
       </c>
       <c r="K205" s="15">
-        <v>0.70673</v>
+        <v>0.36</v>
       </c>
       <c r="L205" s="15">
-        <v>0.6125</v>
+        <v>0.36</v>
       </c>
       <c r="M205" s="15">
-        <v>0.58894</v>
+        <v>0.36</v>
       </c>
       <c r="N205" s="15">
-        <v>25</v>
+        <v>231</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="E206" s="15" t="s">
         <v>637</v>
+      </c>
+      <c r="E206" s="15">
+        <v>10080016397</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>1</v>
       </c>
       <c r="K206" s="15">
-        <v>0.66</v>
+        <v>0.70673</v>
       </c>
       <c r="L206" s="15">
-        <v>0.66</v>
+        <v>0.6125</v>
       </c>
       <c r="M206" s="15">
-        <v>0.66</v>
+        <v>0.58894</v>
       </c>
       <c r="N206" s="15">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>638</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>639</v>
       </c>
-      <c r="E207" s="15">
-        <v>10000021505</v>
+      <c r="E207" s="15" t="s">
+        <v>640</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="K207" s="15">
-        <v>0.24</v>
+        <v>0.66</v>
       </c>
       <c r="L207" s="15">
-        <v>0.24</v>
+        <v>0.66</v>
       </c>
       <c r="M207" s="15">
-        <v>0.24</v>
+        <v>0.66</v>
       </c>
       <c r="N207" s="15">
-        <v>896</v>
+        <v>47</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>641</v>
-[...1 lines deleted...]
-      <c r="E208" s="15" t="s">
         <v>642</v>
+      </c>
+      <c r="E208" s="15">
+        <v>10000021505</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
-        <v>270</v>
+        <v>400</v>
       </c>
       <c r="K208" s="15">
-        <v>0.52025</v>
+        <v>0.24</v>
       </c>
       <c r="L208" s="15">
-        <v>0.45088</v>
+        <v>0.24</v>
       </c>
       <c r="M208" s="15">
-        <v>0.43354</v>
-[...1 lines deleted...]
-      <c r="N208" s="15"/>
+        <v>0.24</v>
+      </c>
+      <c r="N208" s="15">
+        <v>955</v>
+      </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C209" s="15" t="s">
         <v>643</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>644</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>645</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I209" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I209" s="15"/>
       <c r="J209" s="15">
-        <v>200</v>
+        <v>270</v>
       </c>
       <c r="K209" s="15">
-        <v>0.77597</v>
+        <v>0.52025</v>
       </c>
       <c r="L209" s="15">
-        <v>0.69837</v>
+        <v>0.45088</v>
       </c>
       <c r="M209" s="15">
-        <v>0.64664</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.43354</v>
+      </c>
+      <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>647</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I210" s="15"/>
-      <c r="J210" s="15"/>
+      <c r="I210" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="J210" s="15">
+        <v>200</v>
+      </c>
       <c r="K210" s="15">
-        <v>0.77552</v>
+        <v>0.77597</v>
       </c>
       <c r="L210" s="15">
-        <v>0.67211</v>
+        <v>0.69837</v>
       </c>
       <c r="M210" s="15">
-        <v>0.6462599999999999</v>
+        <v>0.64664</v>
       </c>
       <c r="N210" s="15">
-        <v>58</v>
+        <v>498</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>650</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>651</v>
       </c>
-      <c r="E211" s="15">
-        <v>10080007972</v>
+      <c r="E211" s="15" t="s">
+        <v>652</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I211" s="15"/>
-      <c r="J211" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J211" s="15"/>
       <c r="K211" s="15">
-        <v>1.5</v>
+        <v>0.77552</v>
       </c>
       <c r="L211" s="15">
-        <v>1</v>
+        <v>0.67211</v>
       </c>
       <c r="M211" s="15">
-        <v>0.92</v>
+        <v>0.6462599999999999</v>
       </c>
       <c r="N211" s="15">
-        <v>1012</v>
+        <v>58</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="E212" s="15" t="s">
         <v>654</v>
+      </c>
+      <c r="E212" s="15">
+        <v>10080007972</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K212" s="15">
-        <v>1.39</v>
+        <v>1.5</v>
       </c>
       <c r="L212" s="15">
-        <v>1.2</v>
+        <v>1</v>
       </c>
       <c r="M212" s="15">
-        <v>1.16</v>
-[...1 lines deleted...]
-      <c r="N212" s="15"/>
+        <v>0.92</v>
+      </c>
+      <c r="N212" s="15">
+        <v>795</v>
+      </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>655</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>656</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>657</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
-        <v>215</v>
+        <v>100</v>
       </c>
       <c r="K213" s="15">
-        <v>0.51005</v>
+        <v>1.39</v>
       </c>
       <c r="L213" s="15">
-        <v>0.44204</v>
+        <v>1.2</v>
       </c>
       <c r="M213" s="15">
-        <v>0.42504</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.16</v>
+      </c>
+      <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
-      <c r="Q213" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>658</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>659</v>
       </c>
       <c r="E214" s="15" t="s">
         <v>660</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
-        <v>170</v>
+        <v>215</v>
       </c>
       <c r="K214" s="15">
-        <v>0.58</v>
+        <v>0.51005</v>
       </c>
       <c r="L214" s="15">
-        <v>0.58</v>
+        <v>0.44204</v>
       </c>
       <c r="M214" s="15">
-        <v>0.58</v>
+        <v>0.42504</v>
       </c>
       <c r="N214" s="15">
-        <v>168</v>
+        <v>3</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
-      <c r="Q214" s="15"/>
+      <c r="Q214" s="15">
+        <v>860</v>
+      </c>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>661</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>662</v>
       </c>
-      <c r="E215" s="15">
-        <v>10080044293</v>
+      <c r="E215" s="15" t="s">
+        <v>663</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
-        <v>210</v>
+        <v>170</v>
       </c>
       <c r="K215" s="15">
-        <v>0.32</v>
+        <v>0.58</v>
       </c>
       <c r="L215" s="15">
-        <v>0.32</v>
+        <v>0.58</v>
       </c>
       <c r="M215" s="15">
-        <v>0.32</v>
+        <v>0.58</v>
       </c>
       <c r="N215" s="15">
-        <v>2</v>
+        <v>155</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E216" s="15">
-        <v>10080015413</v>
+        <v>10080044293</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I216" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I216" s="15"/>
       <c r="J216" s="15">
-        <v>475</v>
+        <v>210</v>
       </c>
       <c r="K216" s="15">
-        <v>0.24536</v>
+        <v>0.32</v>
       </c>
       <c r="L216" s="15">
-        <v>0.21264</v>
+        <v>0.32</v>
       </c>
       <c r="M216" s="15">
-        <v>0.20446</v>
+        <v>0.32</v>
       </c>
       <c r="N216" s="15">
-        <v>68</v>
+        <v>2</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>666</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>667</v>
       </c>
-      <c r="E217" s="15" t="s">
-        <v>668</v>
+      <c r="E217" s="15">
+        <v>10080015413</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="J217" s="15">
         <v>475</v>
       </c>
       <c r="K217" s="15">
-        <v>0.27719</v>
+        <v>0.24536</v>
       </c>
       <c r="L217" s="15">
-        <v>0.24023</v>
+        <v>0.21264</v>
       </c>
       <c r="M217" s="15">
-        <v>0.23099</v>
+        <v>0.20446</v>
       </c>
       <c r="N217" s="15">
-        <v>547</v>
+        <v>68</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>670</v>
       </c>
-      <c r="D218" s="15" t="s">
+      <c r="E218" s="15" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="J218" s="15">
-        <v>375</v>
+        <v>475</v>
       </c>
       <c r="K218" s="15">
-        <v>0.42672</v>
+        <v>0.27719</v>
       </c>
       <c r="L218" s="15">
-        <v>0.36982</v>
+        <v>0.24023</v>
       </c>
       <c r="M218" s="15">
-        <v>0.3556</v>
+        <v>0.23099</v>
       </c>
       <c r="N218" s="15">
-        <v>144</v>
+        <v>540</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>674</v>
       </c>
-      <c r="D219" s="15" t="s">
+      <c r="E219" s="15" t="s">
         <v>675</v>
-      </c>
-[...1 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="J219" s="15"/>
+        <v>676</v>
+      </c>
+      <c r="J219" s="15">
+        <v>375</v>
+      </c>
       <c r="K219" s="15">
-        <v>0.5573399999999999</v>
+        <v>0.42672</v>
       </c>
       <c r="L219" s="15">
-        <v>0.48303</v>
+        <v>0.36982</v>
       </c>
       <c r="M219" s="15">
-        <v>0.46445</v>
-[...1 lines deleted...]
-      <c r="N219" s="15"/>
+        <v>0.3556</v>
+      </c>
+      <c r="N219" s="15">
+        <v>183</v>
+      </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>678</v>
       </c>
-      <c r="D220" s="15" t="s">
+      <c r="E220" s="15" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015419</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I220" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I220" s="15" t="s">
+        <v>680</v>
+      </c>
+      <c r="J220" s="15"/>
       <c r="K220" s="15">
-        <v>1.98</v>
+        <v>0.5573399999999999</v>
       </c>
       <c r="L220" s="15">
-        <v>1.06</v>
+        <v>0.48303</v>
       </c>
       <c r="M220" s="15">
-        <v>0.99233</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46445</v>
+      </c>
+      <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E221" s="15">
-        <v>10080015421</v>
+        <v>10080015419</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="K221" s="15">
-        <v>1.89</v>
+        <v>1.98</v>
       </c>
       <c r="L221" s="15">
-        <v>1.35</v>
+        <v>1.06</v>
       </c>
       <c r="M221" s="15">
-        <v>1.18</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.99233</v>
+      </c>
+      <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E222" s="15">
-        <v>10080015429</v>
+        <v>10080015421</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
-        <v>90</v>
+        <v>150</v>
       </c>
       <c r="K222" s="15">
-        <v>3.24</v>
+        <v>1.89</v>
       </c>
       <c r="L222" s="15">
-        <v>2.32</v>
+        <v>1.35</v>
       </c>
       <c r="M222" s="15">
-        <v>2.01</v>
+        <v>1.18</v>
       </c>
       <c r="N222" s="15">
-        <v>15</v>
+        <v>114</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="E223" s="15" t="s">
         <v>686</v>
+      </c>
+      <c r="E223" s="15">
+        <v>10080015429</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I223" s="15"/>
-      <c r="J223" s="15"/>
+      <c r="J223" s="15">
+        <v>90</v>
+      </c>
       <c r="K223" s="15">
-        <v>1.53</v>
+        <v>3.24</v>
       </c>
       <c r="L223" s="15">
-        <v>0.76371</v>
+        <v>2.32</v>
       </c>
       <c r="M223" s="15">
-        <v>0.69434</v>
+        <v>2.01</v>
       </c>
       <c r="N223" s="15">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
         <v>687</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>688</v>
       </c>
       <c r="E224" s="15" t="s">
         <v>689</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I224" s="15"/>
-      <c r="J224" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J224" s="15"/>
       <c r="K224" s="15">
-        <v>0.19224</v>
+        <v>1.53</v>
       </c>
       <c r="L224" s="15">
-        <v>0.16661</v>
+        <v>0.76371</v>
       </c>
       <c r="M224" s="15">
-        <v>0.1602</v>
-[...1 lines deleted...]
-      <c r="N224" s="15"/>
+        <v>0.69434</v>
+      </c>
+      <c r="N224" s="15">
+        <v>8</v>
+      </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>690</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>691</v>
       </c>
       <c r="E225" s="15" t="s">
         <v>692</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I225" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>100</v>
       </c>
       <c r="K225" s="15">
-        <v>0.3255</v>
+        <v>0.19224</v>
       </c>
       <c r="L225" s="15">
-        <v>0.2821</v>
+        <v>0.16661</v>
       </c>
       <c r="M225" s="15">
-        <v>0.27125</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.1602</v>
+      </c>
+      <c r="N225" s="15"/>
+      <c r="O225" s="15"/>
+      <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
+        <v>693</v>
+      </c>
+      <c r="D226" s="15" t="s">
+        <v>694</v>
+      </c>
+      <c r="E226" s="15" t="s">
         <v>695</v>
-      </c>
-[...4 lines deleted...]
-        <v>697</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="J226" s="15">
-        <v>350</v>
+        <v>100</v>
       </c>
       <c r="K226" s="15">
-        <v>0.43116</v>
+        <v>0.3255</v>
       </c>
       <c r="L226" s="15">
-        <v>0.37367</v>
+        <v>0.2821</v>
       </c>
       <c r="M226" s="15">
-        <v>0.3593</v>
+        <v>0.27125</v>
       </c>
       <c r="N226" s="15">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>2144</v>
+      </c>
+      <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>697</v>
+      </c>
+      <c r="D227" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="E227" s="15" t="s">
         <v>699</v>
-      </c>
-[...4 lines deleted...]
-        <v>701</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I227" s="15"/>
+      <c r="I227" s="15" t="s">
+        <v>700</v>
+      </c>
       <c r="J227" s="15">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="K227" s="15">
-        <v>0.76688</v>
+        <v>0.38651</v>
       </c>
       <c r="L227" s="15">
-        <v>0.6646300000000001</v>
+        <v>0.33497</v>
       </c>
       <c r="M227" s="15">
-        <v>0.63906</v>
+        <v>0.32209</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>701</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>702</v>
       </c>
-      <c r="D228" s="15" t="s">
+      <c r="E228" s="15" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000015098</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
-        <v>150</v>
+        <v>240</v>
       </c>
       <c r="K228" s="15">
-        <v>0.7666500000000001</v>
+        <v>0.76688</v>
       </c>
       <c r="L228" s="15">
-        <v>0.66443</v>
+        <v>0.6646300000000001</v>
       </c>
       <c r="M228" s="15">
-        <v>0.63888</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.63906</v>
+      </c>
+      <c r="N228" s="15"/>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>704</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>705</v>
       </c>
-      <c r="E229" s="15" t="s">
-        <v>706</v>
+      <c r="E229" s="15">
+        <v>10000015098</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I229" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I229" s="15"/>
       <c r="J229" s="15">
         <v>150</v>
       </c>
       <c r="K229" s="15">
-        <v>0.8692800000000001</v>
+        <v>0.7666500000000001</v>
       </c>
       <c r="L229" s="15">
-        <v>0.75338</v>
+        <v>0.66443</v>
       </c>
       <c r="M229" s="15">
-        <v>0.7244</v>
+        <v>0.63888</v>
       </c>
       <c r="N229" s="15">
-        <v>1336</v>
+        <v>7</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>706</v>
+      </c>
+      <c r="D230" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="E230" s="15" t="s">
         <v>708</v>
-      </c>
-[...4 lines deleted...]
-        <v>10000015099</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I230" s="15"/>
+      <c r="I230" s="15" t="s">
+        <v>709</v>
+      </c>
       <c r="J230" s="15">
-        <v>130</v>
+        <v>150</v>
       </c>
       <c r="K230" s="15">
-        <v>2.59</v>
+        <v>0.8692800000000001</v>
       </c>
       <c r="L230" s="15">
-        <v>1.29</v>
+        <v>0.75338</v>
       </c>
       <c r="M230" s="15">
-        <v>1.18</v>
+        <v>0.7244</v>
       </c>
       <c r="N230" s="15">
-        <v>2266</v>
+        <v>1280</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>710</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>711</v>
       </c>
-      <c r="E231" s="15" t="s">
-        <v>712</v>
+      <c r="E231" s="15">
+        <v>10000015099</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
-        <v>100</v>
+        <v>130</v>
       </c>
       <c r="K231" s="15">
-        <v>0.38717</v>
+        <v>2.59</v>
       </c>
       <c r="L231" s="15">
-        <v>0.33554</v>
+        <v>1.29</v>
       </c>
       <c r="M231" s="15">
-        <v>0.32264</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.18</v>
+      </c>
+      <c r="N231" s="15">
+        <v>2356</v>
+      </c>
+      <c r="O231" s="15"/>
+      <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>712</v>
+      </c>
+      <c r="D232" s="15" t="s">
         <v>713</v>
       </c>
-      <c r="D232" s="15" t="s">
+      <c r="E232" s="15" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I232" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I232" s="15"/>
       <c r="J232" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K232" s="15">
-        <v>0.28786</v>
+        <v>0.38717</v>
       </c>
       <c r="L232" s="15">
-        <v>0.28786</v>
+        <v>0.33554</v>
       </c>
       <c r="M232" s="15">
-        <v>0.28786</v>
-[...1 lines deleted...]
-      <c r="N232" s="15"/>
+        <v>0.32264</v>
+      </c>
+      <c r="N232" s="15">
+        <v>1340</v>
+      </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>715</v>
+      </c>
+      <c r="D233" s="15" t="s">
+        <v>716</v>
+      </c>
+      <c r="E233" s="15" t="s">
         <v>717</v>
-      </c>
-[...4 lines deleted...]
-        <v>719</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="J233" s="15">
-        <v>180</v>
+        <v>250</v>
       </c>
       <c r="K233" s="15">
-        <v>0.72177</v>
+        <v>0.28786</v>
       </c>
       <c r="L233" s="15">
-        <v>0.62553</v>
+        <v>0.28786</v>
       </c>
       <c r="M233" s="15">
-        <v>0.60148</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28786</v>
+      </c>
+      <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>719</v>
+      </c>
+      <c r="D234" s="15" t="s">
+        <v>720</v>
+      </c>
+      <c r="E234" s="15" t="s">
         <v>721</v>
-      </c>
-[...4 lines deleted...]
-        <v>10000015103</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I234" s="15"/>
+      <c r="I234" s="15" t="s">
+        <v>722</v>
+      </c>
       <c r="J234" s="15">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="K234" s="15">
-        <v>0.78462</v>
+        <v>0.72177</v>
       </c>
       <c r="L234" s="15">
-        <v>0.68</v>
+        <v>0.62553</v>
       </c>
       <c r="M234" s="15">
-        <v>0.65385</v>
+        <v>0.60148</v>
       </c>
       <c r="N234" s="15">
-        <v>85</v>
+        <v>482</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>723</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>724</v>
       </c>
-      <c r="E235" s="15" t="s">
-        <v>725</v>
+      <c r="E235" s="15">
+        <v>10000015103</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>160</v>
       </c>
       <c r="K235" s="15">
-        <v>0.73995</v>
+        <v>0.78462</v>
       </c>
       <c r="L235" s="15">
-        <v>0.64129</v>
+        <v>0.68</v>
       </c>
       <c r="M235" s="15">
-        <v>0.61663</v>
+        <v>0.65385</v>
       </c>
       <c r="N235" s="15">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>725</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>726</v>
       </c>
-      <c r="D236" s="15" t="s">
+      <c r="E236" s="15" t="s">
         <v>727</v>
-      </c>
-[...1 lines deleted...]
-        <v>728</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="K236" s="15">
-        <v>0.8283199999999999</v>
+        <v>0.73995</v>
       </c>
       <c r="L236" s="15">
-        <v>0.71787</v>
+        <v>0.64129</v>
       </c>
       <c r="M236" s="15">
-        <v>0.69026</v>
+        <v>0.61663</v>
       </c>
       <c r="N236" s="15">
-        <v>386</v>
+        <v>75</v>
       </c>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
-      <c r="Q236" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>728</v>
+      </c>
+      <c r="D237" s="15" t="s">
         <v>729</v>
       </c>
-      <c r="D237" s="15" t="s">
+      <c r="E237" s="15" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I237" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I237" s="15"/>
       <c r="J237" s="15">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="K237" s="15">
-        <v>1.26</v>
+        <v>0.8283199999999999</v>
       </c>
       <c r="L237" s="15">
-        <v>1.09</v>
+        <v>0.71787</v>
       </c>
       <c r="M237" s="15">
-        <v>1.05</v>
-[...1 lines deleted...]
-      <c r="N237" s="15"/>
+        <v>0.69026</v>
+      </c>
+      <c r="N237" s="15">
+        <v>292</v>
+      </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
-      <c r="Q237" s="15"/>
+      <c r="Q237" s="15">
+        <v>480</v>
+      </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
+        <v>731</v>
+      </c>
+      <c r="D238" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="E238" s="15" t="s">
         <v>733</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="J238" s="15">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="K238" s="15">
-        <v>1.17</v>
+        <v>1.26</v>
       </c>
       <c r="L238" s="15">
-        <v>1.02</v>
+        <v>1.09</v>
       </c>
       <c r="M238" s="15">
-        <v>0.97851</v>
+        <v>1.05</v>
       </c>
       <c r="N238" s="15"/>
-      <c r="O238" s="15"/>
-      <c r="P238" s="15"/>
+      <c r="O238" s="15">
+        <v>335</v>
+      </c>
+      <c r="P238" s="15" t="s">
+        <v>735</v>
+      </c>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="D239" s="15" t="s">
         <v>737</v>
       </c>
-      <c r="D239" s="15" t="s">
+      <c r="E239" s="15" t="s">
         <v>738</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010151</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I239" s="15"/>
+      <c r="I239" s="15" t="s">
+        <v>739</v>
+      </c>
       <c r="J239" s="15">
-        <v>70</v>
+        <v>120</v>
       </c>
       <c r="K239" s="15">
-        <v>1.39</v>
+        <v>1.17</v>
       </c>
       <c r="L239" s="15">
-        <v>1.2</v>
+        <v>1.02</v>
       </c>
       <c r="M239" s="15">
-        <v>1.16</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.97851</v>
+      </c>
+      <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="E240" s="15" t="s">
         <v>741</v>
+      </c>
+      <c r="E240" s="15">
+        <v>10080010151</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I240" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I240" s="15"/>
       <c r="J240" s="15">
-        <v>320</v>
+        <v>70</v>
       </c>
       <c r="K240" s="15">
-        <v>1.37</v>
+        <v>1.39</v>
       </c>
       <c r="L240" s="15">
-        <v>1.19</v>
+        <v>1.2</v>
       </c>
       <c r="M240" s="15">
-        <v>1.14</v>
-[...1 lines deleted...]
-      <c r="N240" s="15"/>
+        <v>1.16</v>
+      </c>
+      <c r="N240" s="15">
+        <v>157</v>
+      </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
+        <v>742</v>
+      </c>
+      <c r="D241" s="15" t="s">
         <v>743</v>
       </c>
-      <c r="D241" s="15" t="s">
+      <c r="E241" s="15" t="s">
         <v>744</v>
-      </c>
-[...1 lines deleted...]
-        <v>745</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I241" s="15"/>
+      <c r="I241" s="15" t="s">
+        <v>745</v>
+      </c>
       <c r="J241" s="15">
-        <v>65</v>
+        <v>320</v>
       </c>
       <c r="K241" s="15">
-        <v>2</v>
+        <v>1.37</v>
       </c>
       <c r="L241" s="15">
-        <v>1.41</v>
+        <v>1.19</v>
       </c>
       <c r="M241" s="15">
-        <v>1.28</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.14</v>
+      </c>
+      <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>746</v>
       </c>
       <c r="D242" s="15" t="s">
         <v>747</v>
       </c>
-      <c r="E242" s="15">
-        <v>10080007419</v>
+      <c r="E242" s="15" t="s">
+        <v>748</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="K242" s="15">
-        <v>5.36</v>
+        <v>2</v>
       </c>
       <c r="L242" s="15">
-        <v>2.89</v>
+        <v>1.41</v>
       </c>
       <c r="M242" s="15">
-        <v>2.51</v>
+        <v>1.28</v>
       </c>
       <c r="N242" s="15">
-        <v>50</v>
+        <v>2965</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="E243" s="15">
-        <v>10080015244</v>
+        <v>10080007419</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I243" s="15"/>
-      <c r="J243" s="15"/>
+      <c r="J243" s="15">
+        <v>40</v>
+      </c>
       <c r="K243" s="15">
-        <v>0.45</v>
+        <v>5.36</v>
       </c>
       <c r="L243" s="15">
-        <v>0.45</v>
+        <v>2.89</v>
       </c>
       <c r="M243" s="15">
-        <v>0.45</v>
+        <v>2.51</v>
       </c>
       <c r="N243" s="15">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>751</v>
-[...1 lines deleted...]
-      <c r="E244" s="15" t="s">
         <v>752</v>
+      </c>
+      <c r="E244" s="15">
+        <v>10080015244</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I244" s="15"/>
-      <c r="J244" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J244" s="15"/>
       <c r="K244" s="15">
-        <v>0.185</v>
+        <v>0.45</v>
       </c>
       <c r="L244" s="15">
-        <v>0.185</v>
+        <v>0.45</v>
       </c>
       <c r="M244" s="15">
-        <v>0.185</v>
+        <v>0.45</v>
       </c>
       <c r="N244" s="15">
-        <v>302</v>
+        <v>88</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>753</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>754</v>
       </c>
       <c r="E245" s="15" t="s">
         <v>755</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="K245" s="15">
-        <v>0.45</v>
+        <v>0.185</v>
       </c>
       <c r="L245" s="15">
-        <v>0.45</v>
+        <v>0.185</v>
       </c>
       <c r="M245" s="15">
-        <v>0.45</v>
+        <v>0.185</v>
       </c>
       <c r="N245" s="15">
-        <v>363</v>
+        <v>84</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
-      <c r="Q245" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>756</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>757</v>
       </c>
       <c r="E246" s="15" t="s">
         <v>758</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
-        <v>26</v>
+        <v>140</v>
       </c>
       <c r="K246" s="15">
-        <v>0.73</v>
+        <v>0.45</v>
       </c>
       <c r="L246" s="15">
-        <v>0.73</v>
+        <v>0.45</v>
       </c>
       <c r="M246" s="15">
-        <v>0.73</v>
+        <v>0.45</v>
       </c>
       <c r="N246" s="15">
-        <v>393</v>
+        <v>341</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
-      <c r="Q246" s="15"/>
+      <c r="Q246" s="15">
+        <v>560</v>
+      </c>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>759</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>760</v>
       </c>
       <c r="E247" s="15" t="s">
         <v>761</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="K247" s="15">
-        <v>1.53</v>
+        <v>0.73</v>
       </c>
       <c r="L247" s="15">
-        <v>0.76371</v>
+        <v>0.73</v>
       </c>
       <c r="M247" s="15">
-        <v>0.69434</v>
+        <v>0.73</v>
       </c>
       <c r="N247" s="15">
-        <v>5</v>
+        <v>373</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>762</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>763</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>764</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="K248" s="15">
-        <v>0.15</v>
+        <v>1.53</v>
       </c>
       <c r="L248" s="15">
-        <v>0.15</v>
+        <v>0.76371</v>
       </c>
       <c r="M248" s="15">
-        <v>0.15</v>
+        <v>0.69434</v>
       </c>
       <c r="N248" s="15">
-        <v>122</v>
+        <v>5</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
         <v>765</v>
       </c>
       <c r="D249" s="15" t="s">
         <v>766</v>
       </c>
       <c r="E249" s="15" t="s">
         <v>767</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>100</v>
       </c>
       <c r="K249" s="15">
         <v>0.15</v>
       </c>
       <c r="L249" s="15">
         <v>0.15</v>
       </c>
       <c r="M249" s="15">
         <v>0.15</v>
       </c>
       <c r="N249" s="15">
-        <v>324</v>
+        <v>114</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>768</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>769</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>770</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>100</v>
       </c>
       <c r="K250" s="15">
-        <v>0.33</v>
+        <v>0.15</v>
       </c>
       <c r="L250" s="15">
-        <v>0.33</v>
+        <v>0.15</v>
       </c>
       <c r="M250" s="15">
-        <v>0.33</v>
+        <v>0.15</v>
       </c>
       <c r="N250" s="15">
-        <v>440</v>
+        <v>252</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>772</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>773</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
-        <v>26</v>
+        <v>100</v>
       </c>
       <c r="K251" s="15">
-        <v>1.55</v>
+        <v>0.33</v>
       </c>
       <c r="L251" s="15">
-        <v>0.77712</v>
+        <v>0.33</v>
       </c>
       <c r="M251" s="15">
-        <v>0.7065399999999999</v>
+        <v>0.33</v>
       </c>
       <c r="N251" s="15">
-        <v>7</v>
+        <v>550</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
         <v>774</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>775</v>
       </c>
-      <c r="E252" s="15">
-        <v>10080015285</v>
+      <c r="E252" s="15" t="s">
+        <v>776</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>160</v>
+        <v>26</v>
       </c>
       <c r="K252" s="15">
-        <v>1.81</v>
+        <v>1.55</v>
       </c>
       <c r="L252" s="15">
-        <v>0.90581</v>
+        <v>0.77712</v>
       </c>
       <c r="M252" s="15">
-        <v>0.8235</v>
+        <v>0.7065399999999999</v>
       </c>
       <c r="N252" s="15">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>777</v>
-[...1 lines deleted...]
-      <c r="E253" s="15" t="s">
         <v>778</v>
+      </c>
+      <c r="E253" s="15">
+        <v>10080015285</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
-        <v>26</v>
+        <v>160</v>
       </c>
       <c r="K253" s="15">
-        <v>0.67</v>
+        <v>1.81</v>
       </c>
       <c r="L253" s="15">
-        <v>0.67</v>
+        <v>0.90581</v>
       </c>
       <c r="M253" s="15">
-        <v>0.67</v>
+        <v>0.8235</v>
       </c>
       <c r="N253" s="15">
-        <v>719</v>
+        <v>3</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
         <v>779</v>
       </c>
       <c r="D254" s="15" t="s">
         <v>780</v>
       </c>
-      <c r="E254" s="15">
-        <v>10080015295</v>
+      <c r="E254" s="15" t="s">
+        <v>781</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
-        <v>145</v>
+        <v>26</v>
       </c>
       <c r="K254" s="15">
-        <v>1</v>
+        <v>0.67</v>
       </c>
       <c r="L254" s="15">
-        <v>0.7</v>
+        <v>0.67</v>
       </c>
       <c r="M254" s="15">
-        <v>0.64</v>
-[...1 lines deleted...]
-      <c r="N254" s="15"/>
+        <v>0.67</v>
+      </c>
+      <c r="N254" s="15">
+        <v>676</v>
+      </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="E255" s="15" t="s">
         <v>783</v>
+      </c>
+      <c r="E255" s="15">
+        <v>10080015295</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I255" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I255" s="15"/>
       <c r="J255" s="15">
-        <v>625</v>
+        <v>145</v>
       </c>
       <c r="K255" s="15">
-        <v>0.26577</v>
+        <v>1</v>
       </c>
       <c r="L255" s="15">
-        <v>0.23033</v>
+        <v>0.7</v>
       </c>
       <c r="M255" s="15">
-        <v>0.22148</v>
+        <v>0.64</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>784</v>
+      </c>
+      <c r="D256" s="15" t="s">
         <v>785</v>
       </c>
-      <c r="D256" s="15" t="s">
+      <c r="E256" s="15" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I256" s="15"/>
+      <c r="I256" s="15" t="s">
+        <v>787</v>
+      </c>
       <c r="J256" s="15">
-        <v>450</v>
+        <v>625</v>
       </c>
       <c r="K256" s="15">
-        <v>0.60407</v>
+        <v>0.26577</v>
       </c>
       <c r="L256" s="15">
-        <v>0.35</v>
+        <v>0.23033</v>
       </c>
       <c r="M256" s="15">
-        <v>0.29</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.22148</v>
+      </c>
+      <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>788</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>789</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>790</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I257" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I257" s="15"/>
       <c r="J257" s="15">
-        <v>1</v>
+        <v>450</v>
       </c>
       <c r="K257" s="15">
-        <v>0.51417</v>
+        <v>0.60407</v>
       </c>
       <c r="L257" s="15">
-        <v>0.44561</v>
+        <v>0.35</v>
       </c>
       <c r="M257" s="15">
-        <v>0.42848</v>
-[...1 lines deleted...]
-      <c r="N257" s="15"/>
+        <v>0.29</v>
+      </c>
+      <c r="N257" s="15">
+        <v>233</v>
+      </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>791</v>
+      </c>
+      <c r="D258" s="15" t="s">
         <v>792</v>
       </c>
-      <c r="D258" s="15" t="s">
+      <c r="E258" s="15" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015303</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I258" s="15"/>
+      <c r="I258" s="15" t="s">
+        <v>794</v>
+      </c>
       <c r="J258" s="15">
-        <v>175</v>
+        <v>1</v>
       </c>
       <c r="K258" s="15">
-        <v>0.843</v>
+        <v>0.51417</v>
       </c>
       <c r="L258" s="15">
-        <v>0.843</v>
+        <v>0.44561</v>
       </c>
       <c r="M258" s="15">
-        <v>0.843</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.42848</v>
+      </c>
+      <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="E259" s="15" t="s">
         <v>796</v>
+      </c>
+      <c r="E259" s="15">
+        <v>10080015303</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15">
-        <v>335</v>
+        <v>175</v>
       </c>
       <c r="K259" s="15">
-        <v>0.27</v>
+        <v>0.843</v>
       </c>
       <c r="L259" s="15">
-        <v>0.27</v>
+        <v>0.843</v>
       </c>
       <c r="M259" s="15">
-        <v>0.27</v>
-[...1 lines deleted...]
-      <c r="N259" s="15"/>
+        <v>0.843</v>
+      </c>
+      <c r="N259" s="15">
+        <v>506</v>
+      </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>797</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>798</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>799</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I260" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I260" s="15"/>
       <c r="J260" s="15">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="K260" s="15">
-        <v>0.54006</v>
+        <v>0.27</v>
       </c>
       <c r="L260" s="15">
-        <v>0.46805</v>
+        <v>0.27</v>
       </c>
       <c r="M260" s="15">
-        <v>0.45005</v>
+        <v>0.27</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>800</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>801</v>
       </c>
-      <c r="D261" s="15" t="s">
+      <c r="E261" s="15" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="J261" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K261" s="15">
-        <v>1.34</v>
+        <v>0.54006</v>
       </c>
       <c r="L261" s="15">
-        <v>1.12</v>
+        <v>0.46805</v>
       </c>
       <c r="M261" s="15">
-        <v>1.08</v>
+        <v>0.45005</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="D262" s="15" t="s">
         <v>805</v>
       </c>
-      <c r="D262" s="15" t="s">
+      <c r="E262" s="15" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I262" s="15"/>
+      <c r="I262" s="15" t="s">
+        <v>807</v>
+      </c>
       <c r="J262" s="15">
-        <v>125</v>
+        <v>250</v>
       </c>
       <c r="K262" s="15">
-        <v>0.65</v>
+        <v>1.34</v>
       </c>
       <c r="L262" s="15">
-        <v>0.65</v>
+        <v>1.12</v>
       </c>
       <c r="M262" s="15">
-        <v>0.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.08</v>
+      </c>
+      <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>808</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>809</v>
       </c>
-      <c r="E263" s="15">
-        <v>10080015275</v>
+      <c r="E263" s="15" t="s">
+        <v>810</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
-        <v>525</v>
+        <v>125</v>
       </c>
       <c r="K263" s="15">
-        <v>0.19</v>
+        <v>0.65</v>
       </c>
       <c r="L263" s="15">
-        <v>0.19</v>
+        <v>0.65</v>
       </c>
       <c r="M263" s="15">
-        <v>0.19</v>
+        <v>0.65</v>
       </c>
       <c r="N263" s="15">
-        <v>299</v>
+        <v>212</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E264" s="15">
-        <v>10000023134</v>
+        <v>10080015275</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
-        <v>275</v>
+        <v>525</v>
       </c>
       <c r="K264" s="15">
-        <v>1.52</v>
+        <v>0.19</v>
       </c>
       <c r="L264" s="15">
-        <v>0.75767</v>
+        <v>0.19</v>
       </c>
       <c r="M264" s="15">
-        <v>0.68876</v>
+        <v>0.19</v>
       </c>
       <c r="N264" s="15">
-        <v>1</v>
+        <v>437</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="E265" s="15">
-        <v>10080044292</v>
+        <v>10000023134</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
-        <v>240</v>
+        <v>275</v>
       </c>
       <c r="K265" s="15">
-        <v>0.27</v>
+        <v>1.52</v>
       </c>
       <c r="L265" s="15">
-        <v>0.27</v>
+        <v>0.75767</v>
       </c>
       <c r="M265" s="15">
-        <v>0.27</v>
+        <v>0.68876</v>
       </c>
       <c r="N265" s="15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="E266" s="15">
-        <v>10080015130</v>
+        <v>10080044292</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I266" s="15"/>
-      <c r="J266" s="15"/>
+      <c r="J266" s="15">
+        <v>240</v>
+      </c>
       <c r="K266" s="15">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
       <c r="L266" s="15">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
       <c r="M266" s="15">
-        <v>0.21</v>
+        <v>0.27</v>
       </c>
       <c r="N266" s="15">
-        <v>106</v>
+        <v>2</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>817</v>
-[...1 lines deleted...]
-      <c r="E267" s="15" t="s">
         <v>818</v>
+      </c>
+      <c r="E267" s="15">
+        <v>10080015130</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I267" s="15"/>
-      <c r="J267" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J267" s="15"/>
       <c r="K267" s="15">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
       <c r="L267" s="15">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
       <c r="M267" s="15">
-        <v>0.3</v>
+        <v>0.21</v>
       </c>
       <c r="N267" s="15">
-        <v>163</v>
+        <v>112</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
-      <c r="Q267" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>819</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>820</v>
       </c>
       <c r="E268" s="15" t="s">
         <v>821</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I268" s="15"/>
-      <c r="J268" s="15"/>
+      <c r="J268" s="15">
+        <v>390</v>
+      </c>
       <c r="K268" s="15">
-        <v>1.58</v>
+        <v>0.3</v>
       </c>
       <c r="L268" s="15">
-        <v>0.7894600000000001</v>
+        <v>0.3</v>
       </c>
       <c r="M268" s="15">
-        <v>0.7176900000000001</v>
+        <v>0.3</v>
       </c>
       <c r="N268" s="15">
-        <v>10</v>
+        <v>148</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
-      <c r="Q268" s="15"/>
+      <c r="Q268" s="15">
+        <v>780</v>
+      </c>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>822</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>823</v>
       </c>
-      <c r="E269" s="15">
-        <v>10080015101</v>
+      <c r="E269" s="15" t="s">
+        <v>824</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I269" s="15"/>
-      <c r="J269" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J269" s="15"/>
       <c r="K269" s="15">
-        <v>1.66</v>
+        <v>1.58</v>
       </c>
       <c r="L269" s="15">
-        <v>1.44</v>
+        <v>0.7894600000000001</v>
       </c>
       <c r="M269" s="15">
-        <v>1.38</v>
+        <v>0.7176900000000001</v>
       </c>
       <c r="N269" s="15">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="E270" s="15" t="s">
         <v>826</v>
+      </c>
+      <c r="E270" s="15">
+        <v>10080015101</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I270" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I270" s="15"/>
       <c r="J270" s="15">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="K270" s="15">
-        <v>0.27303</v>
+        <v>1.66</v>
       </c>
       <c r="L270" s="15">
-        <v>0.23663</v>
+        <v>1.44</v>
       </c>
       <c r="M270" s="15">
-        <v>0.22753</v>
+        <v>1.38</v>
       </c>
       <c r="N270" s="15">
-        <v>205</v>
+        <v>33</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>828</v>
       </c>
-      <c r="D271" s="15" t="s">
+      <c r="E271" s="15" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="J271" s="15">
         <v>100</v>
       </c>
       <c r="K271" s="15">
-        <v>0.52856</v>
+        <v>0.27303</v>
       </c>
       <c r="L271" s="15">
-        <v>0.38105</v>
+        <v>0.23663</v>
       </c>
       <c r="M271" s="15">
-        <v>0.33189</v>
-[...1 lines deleted...]
-      <c r="N271" s="15"/>
+        <v>0.22753</v>
+      </c>
+      <c r="N271" s="15">
+        <v>100</v>
+      </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C272" s="15" t="s">
+        <v>831</v>
+      </c>
+      <c r="D272" s="15" t="s">
         <v>832</v>
       </c>
-      <c r="D272" s="15" t="s">
+      <c r="E272" s="15" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I272" s="15"/>
+      <c r="I272" s="15" t="s">
+        <v>834</v>
+      </c>
       <c r="J272" s="15">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="K272" s="15">
-        <v>0.53669</v>
+        <v>0.52856</v>
       </c>
       <c r="L272" s="15">
-        <v>0.46513</v>
+        <v>0.38105</v>
       </c>
       <c r="M272" s="15">
-        <v>0.44724</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.33189</v>
+      </c>
+      <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>835</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>836</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>837</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
-        <v>165</v>
+        <v>240</v>
       </c>
       <c r="K273" s="15">
-        <v>0.63</v>
+        <v>0.53669</v>
       </c>
       <c r="L273" s="15">
-        <v>0.63</v>
+        <v>0.46513</v>
       </c>
       <c r="M273" s="15">
-        <v>0.63</v>
+        <v>0.44724</v>
       </c>
       <c r="N273" s="15">
-        <v>337</v>
+        <v>225</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>838</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>839</v>
       </c>
-      <c r="E274" s="15">
-        <v>10080015110</v>
+      <c r="E274" s="15" t="s">
+        <v>840</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
-        <v>70</v>
+        <v>165</v>
       </c>
       <c r="K274" s="15">
-        <v>0.65</v>
+        <v>0.63</v>
       </c>
       <c r="L274" s="15">
-        <v>0.65</v>
+        <v>0.63</v>
       </c>
       <c r="M274" s="15">
-        <v>0.65</v>
+        <v>0.63</v>
       </c>
       <c r="N274" s="15">
-        <v>20</v>
+        <v>374</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>841</v>
-[...1 lines deleted...]
-      <c r="E275" s="15" t="s">
         <v>842</v>
+      </c>
+      <c r="E275" s="15">
+        <v>10080015110</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
-        <v>200</v>
+        <v>70</v>
       </c>
       <c r="K275" s="15">
-        <v>0.36741</v>
+        <v>0.65</v>
       </c>
       <c r="L275" s="15">
-        <v>0.31842</v>
+        <v>0.65</v>
       </c>
       <c r="M275" s="15">
-        <v>0.30618</v>
-[...1 lines deleted...]
-      <c r="N275" s="15"/>
+        <v>0.65</v>
+      </c>
+      <c r="N275" s="15">
+        <v>20</v>
+      </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>843</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>844</v>
       </c>
       <c r="E276" s="15" t="s">
         <v>845</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="K276" s="15">
-        <v>0.83397</v>
+        <v>0.36741</v>
       </c>
       <c r="L276" s="15">
-        <v>0.72277</v>
+        <v>0.31842</v>
       </c>
       <c r="M276" s="15">
-        <v>0.69498</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.30618</v>
+      </c>
+      <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>846</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>847</v>
       </c>
-      <c r="E277" s="15">
-        <v>10080015119</v>
+      <c r="E277" s="15" t="s">
+        <v>848</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="K277" s="15">
-        <v>0.80466</v>
+        <v>0.83397</v>
       </c>
       <c r="L277" s="15">
-        <v>0.69737</v>
+        <v>0.72277</v>
       </c>
       <c r="M277" s="15">
-        <v>0.67055</v>
+        <v>0.69498</v>
       </c>
       <c r="N277" s="15">
-        <v>88</v>
+        <v>1405</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>849</v>
-[...1 lines deleted...]
-      <c r="E278" s="15" t="s">
         <v>850</v>
+      </c>
+      <c r="E278" s="15">
+        <v>10080015119</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I278" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>110</v>
       </c>
       <c r="K278" s="15">
-        <v>1.4</v>
+        <v>0.80466</v>
       </c>
       <c r="L278" s="15">
-        <v>0.99</v>
+        <v>0.69737</v>
       </c>
       <c r="M278" s="15">
-        <v>0.9</v>
-[...1 lines deleted...]
-      <c r="N278" s="15"/>
+        <v>0.67055</v>
+      </c>
+      <c r="N278" s="15">
+        <v>88</v>
+      </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C279" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="D279" s="15" t="s">
         <v>852</v>
       </c>
-      <c r="D279" s="15" t="s">
+      <c r="E279" s="15" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="J279" s="15">
-        <v>90</v>
+        <v>110</v>
       </c>
       <c r="K279" s="15">
-        <v>0.74</v>
+        <v>1.4</v>
       </c>
       <c r="L279" s="15">
-        <v>0.74</v>
+        <v>0.99</v>
       </c>
       <c r="M279" s="15">
-        <v>0.74</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.9</v>
+      </c>
+      <c r="N279" s="15"/>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
-      <c r="Q279" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>855</v>
+      </c>
+      <c r="D280" s="15" t="s">
         <v>856</v>
       </c>
-      <c r="D280" s="15" t="s">
+      <c r="E280" s="15" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
       <c r="J280" s="15">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="K280" s="15">
-        <v>1.84</v>
+        <v>0.74</v>
       </c>
       <c r="L280" s="15">
-        <v>1.59</v>
+        <v>0.74</v>
       </c>
       <c r="M280" s="15">
-        <v>1.53</v>
+        <v>0.74</v>
       </c>
       <c r="N280" s="15">
-        <v>1245</v>
+        <v>921</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
-      <c r="Q280" s="15"/>
+      <c r="Q280" s="15">
+        <v>360</v>
+      </c>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>859</v>
+      </c>
+      <c r="D281" s="15" t="s">
         <v>860</v>
       </c>
-      <c r="D281" s="15" t="s">
+      <c r="E281" s="15" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015195</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I281" s="15"/>
+      <c r="I281" s="15" t="s">
+        <v>862</v>
+      </c>
       <c r="J281" s="15">
         <v>65</v>
       </c>
       <c r="K281" s="15">
-        <v>0.76</v>
+        <v>1.84</v>
       </c>
       <c r="L281" s="15">
-        <v>0.76</v>
+        <v>1.59</v>
       </c>
       <c r="M281" s="15">
-        <v>0.76</v>
+        <v>1.53</v>
       </c>
       <c r="N281" s="15">
-        <v>50</v>
+        <v>1290</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>863</v>
-[...1 lines deleted...]
-      <c r="E282" s="15" t="s">
         <v>864</v>
+      </c>
+      <c r="E282" s="15">
+        <v>10080015195</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I282" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="K282" s="15">
-        <v>2.29</v>
+        <v>0.76</v>
       </c>
       <c r="L282" s="15">
-        <v>1.98</v>
+        <v>0.76</v>
       </c>
       <c r="M282" s="15">
-        <v>1.91</v>
-[...1 lines deleted...]
-      <c r="N282" s="15"/>
+        <v>0.76</v>
+      </c>
+      <c r="N282" s="15">
+        <v>50</v>
+      </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C283" s="15" t="s">
+        <v>865</v>
+      </c>
+      <c r="D283" s="15" t="s">
         <v>866</v>
       </c>
-      <c r="D283" s="15" t="s">
+      <c r="E283" s="15" t="s">
         <v>867</v>
-      </c>
-[...1 lines deleted...]
-        <v>868</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I283" s="15"/>
+      <c r="I283" s="15" t="s">
+        <v>868</v>
+      </c>
       <c r="J283" s="15">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="K283" s="15">
-        <v>0.23</v>
+        <v>2.29</v>
       </c>
       <c r="L283" s="15">
-        <v>0.23</v>
+        <v>1.98</v>
       </c>
       <c r="M283" s="15">
-        <v>0.23</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.91</v>
+      </c>
+      <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C284" s="15" t="s">
         <v>869</v>
       </c>
       <c r="D284" s="15" t="s">
         <v>870</v>
       </c>
       <c r="E284" s="15" t="s">
         <v>871</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>100</v>
       </c>
       <c r="K284" s="15">
-        <v>0.48</v>
+        <v>0.23</v>
       </c>
       <c r="L284" s="15">
-        <v>0.48</v>
+        <v>0.23</v>
       </c>
       <c r="M284" s="15">
-        <v>0.48</v>
+        <v>0.23</v>
       </c>
       <c r="N284" s="15">
-        <v>593</v>
+        <v>385</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C285" s="15" t="s">
         <v>872</v>
       </c>
       <c r="D285" s="15" t="s">
         <v>873</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>874</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="K285" s="15">
-        <v>0.73</v>
+        <v>0.48</v>
       </c>
       <c r="L285" s="15">
-        <v>0.73</v>
+        <v>0.48</v>
       </c>
       <c r="M285" s="15">
-        <v>0.73</v>
+        <v>0.48</v>
       </c>
       <c r="N285" s="15">
-        <v>735</v>
+        <v>602</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>875</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>876</v>
       </c>
       <c r="E286" s="15" t="s">
         <v>877</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>24</v>
       </c>
       <c r="K286" s="15">
-        <v>0.97</v>
+        <v>0.73</v>
       </c>
       <c r="L286" s="15">
-        <v>0.97</v>
+        <v>0.73</v>
       </c>
       <c r="M286" s="15">
-        <v>0.97</v>
+        <v>0.73</v>
       </c>
       <c r="N286" s="15">
-        <v>624</v>
+        <v>609</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>878</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>879</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>880</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I287" s="15"/>
-      <c r="J287" s="15"/>
+      <c r="J287" s="15">
+        <v>24</v>
+      </c>
       <c r="K287" s="15">
-        <v>0.361</v>
+        <v>0.97</v>
       </c>
       <c r="L287" s="15">
-        <v>0.361</v>
+        <v>0.97</v>
       </c>
       <c r="M287" s="15">
-        <v>0.361</v>
+        <v>0.97</v>
       </c>
       <c r="N287" s="15">
-        <v>1</v>
+        <v>792</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C288" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D288" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E288" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I288" s="15"/>
-      <c r="J288" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J288" s="15"/>
       <c r="K288" s="15">
-        <v>0.21</v>
+        <v>0.361</v>
       </c>
       <c r="L288" s="15">
-        <v>0.21</v>
+        <v>0.361</v>
       </c>
       <c r="M288" s="15">
-        <v>0.21</v>
+        <v>0.361</v>
       </c>
       <c r="N288" s="15">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C289" s="15" t="s">
         <v>884</v>
       </c>
       <c r="D289" s="15" t="s">
         <v>885</v>
       </c>
       <c r="E289" s="15" t="s">
         <v>886</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>100</v>
       </c>
       <c r="K289" s="15">
-        <v>0.38</v>
+        <v>0.21</v>
       </c>
       <c r="L289" s="15">
-        <v>0.38</v>
+        <v>0.21</v>
       </c>
       <c r="M289" s="15">
-        <v>0.38</v>
+        <v>0.21</v>
       </c>
       <c r="N289" s="15">
-        <v>410</v>
+        <v>31</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C290" s="15" t="s">
         <v>887</v>
       </c>
       <c r="D290" s="15" t="s">
         <v>888</v>
       </c>
       <c r="E290" s="15" t="s">
         <v>889</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
-        <v>24</v>
+        <v>100</v>
       </c>
       <c r="K290" s="15">
-        <v>0.61</v>
+        <v>0.38</v>
       </c>
       <c r="L290" s="15">
-        <v>0.61</v>
+        <v>0.38</v>
       </c>
       <c r="M290" s="15">
-        <v>0.61</v>
+        <v>0.38</v>
       </c>
       <c r="N290" s="15">
-        <v>667</v>
+        <v>423</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C291" s="15" t="s">
         <v>890</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>891</v>
       </c>
       <c r="E291" s="15" t="s">
         <v>892</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>24</v>
       </c>
       <c r="K291" s="15">
-        <v>0.74</v>
+        <v>0.61</v>
       </c>
       <c r="L291" s="15">
-        <v>0.74</v>
+        <v>0.61</v>
       </c>
       <c r="M291" s="15">
-        <v>0.74</v>
+        <v>0.61</v>
       </c>
       <c r="N291" s="15">
-        <v>267</v>
+        <v>742</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
+        <v>88</v>
+      </c>
+      <c r="C292" s="15" t="s">
         <v>893</v>
       </c>
-      <c r="C292" s="15" t="s">
+      <c r="D292" s="15" t="s">
         <v>894</v>
       </c>
-      <c r="D292" s="15" t="s">
+      <c r="E292" s="15" t="s">
         <v>895</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015169</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="K292" s="15">
-        <v>0.15</v>
+        <v>0.74</v>
       </c>
       <c r="L292" s="15">
-        <v>0.15</v>
+        <v>0.74</v>
       </c>
       <c r="M292" s="15">
-        <v>0.15</v>
+        <v>0.74</v>
       </c>
       <c r="N292" s="15">
-        <v>126</v>
+        <v>216</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="E293" s="15" t="s">
         <v>898</v>
+      </c>
+      <c r="E293" s="15">
+        <v>10080015169</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="K293" s="15">
-        <v>1.21</v>
+        <v>0.15</v>
       </c>
       <c r="L293" s="15">
-        <v>0.60703</v>
+        <v>0.15</v>
       </c>
       <c r="M293" s="15">
-        <v>0.55188</v>
+        <v>0.15</v>
       </c>
       <c r="N293" s="15">
-        <v>1</v>
+        <v>180</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C294" s="15" t="s">
         <v>899</v>
       </c>
       <c r="D294" s="15" t="s">
         <v>900</v>
       </c>
-      <c r="E294" s="15">
-        <v>10080035296</v>
+      <c r="E294" s="15" t="s">
+        <v>901</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>1</v>
       </c>
       <c r="K294" s="15">
-        <v>7.47</v>
+        <v>1.21</v>
       </c>
       <c r="L294" s="15">
-        <v>3.74</v>
+        <v>0.60703</v>
       </c>
       <c r="M294" s="15">
-        <v>3.4</v>
+        <v>0.55188</v>
       </c>
       <c r="N294" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="E295" s="15">
-        <v>10080012372</v>
+        <v>10080035296</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
-        <v>235</v>
+        <v>1</v>
       </c>
       <c r="K295" s="15">
-        <v>0.35</v>
+        <v>7.47</v>
       </c>
       <c r="L295" s="15">
-        <v>0.35</v>
+        <v>3.74</v>
       </c>
       <c r="M295" s="15">
-        <v>0.35</v>
+        <v>3.4</v>
       </c>
       <c r="N295" s="15">
-        <v>1285</v>
+        <v>3</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="E296" s="15">
-        <v>10080015343</v>
+        <v>10080012372</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I296" s="15"/>
-      <c r="J296" s="15"/>
+      <c r="J296" s="15">
+        <v>235</v>
+      </c>
       <c r="K296" s="15">
-        <v>0.42</v>
+        <v>0.35</v>
       </c>
       <c r="L296" s="15">
-        <v>0.42</v>
+        <v>0.35</v>
       </c>
       <c r="M296" s="15">
-        <v>0.42</v>
+        <v>0.35</v>
       </c>
       <c r="N296" s="15">
-        <v>41</v>
+        <v>1492</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>88</v>
+        <v>896</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>906</v>
-[...1 lines deleted...]
-      <c r="E297" s="15" t="s">
         <v>907</v>
+      </c>
+      <c r="E297" s="15">
+        <v>10080015343</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I297" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I297" s="15"/>
+      <c r="J297" s="15"/>
       <c r="K297" s="15">
-        <v>0.45251</v>
+        <v>0.42</v>
       </c>
       <c r="L297" s="15">
-        <v>0.32623</v>
+        <v>0.42</v>
       </c>
       <c r="M297" s="15">
-        <v>0.28414</v>
-[...1 lines deleted...]
-      <c r="N297" s="15"/>
+        <v>0.42</v>
+      </c>
+      <c r="N297" s="15">
+        <v>41</v>
+      </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>909</v>
       </c>
-      <c r="D298" s="15" t="s">
+      <c r="E298" s="15" t="s">
         <v>910</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080015351</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I298" s="15"/>
+      <c r="I298" s="15" t="s">
+        <v>911</v>
+      </c>
       <c r="J298" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K298" s="15">
-        <v>0.3</v>
+        <v>0.45251</v>
       </c>
       <c r="L298" s="15">
-        <v>0.3</v>
+        <v>0.32623</v>
       </c>
       <c r="M298" s="15">
-        <v>0.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28414</v>
+      </c>
+      <c r="N298" s="15"/>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="E299" s="15">
-        <v>10080015352</v>
+        <v>10080015351</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K299" s="15">
-        <v>0.421</v>
+        <v>0.3</v>
       </c>
       <c r="L299" s="15">
-        <v>0.421</v>
+        <v>0.3</v>
       </c>
       <c r="M299" s="15">
-        <v>0.421</v>
+        <v>0.3</v>
       </c>
       <c r="N299" s="15">
-        <v>62</v>
+        <v>264</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="E300" s="15">
-        <v>10080015354</v>
+        <v>10080015352</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
-        <v>70</v>
+        <v>200</v>
       </c>
       <c r="K300" s="15">
-        <v>1.93</v>
+        <v>0.421</v>
       </c>
       <c r="L300" s="15">
-        <v>1.03</v>
+        <v>0.421</v>
       </c>
       <c r="M300" s="15">
-        <v>0.89549</v>
+        <v>0.421</v>
       </c>
       <c r="N300" s="15">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>916</v>
-[...1 lines deleted...]
-      <c r="E301" s="15" t="s">
         <v>917</v>
+      </c>
+      <c r="E301" s="15">
+        <v>10080015354</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
-        <v>1</v>
+        <v>70</v>
       </c>
       <c r="K301" s="15">
-        <v>2.8</v>
+        <v>1.93</v>
       </c>
       <c r="L301" s="15">
-        <v>1.4</v>
+        <v>1.03</v>
       </c>
       <c r="M301" s="15">
-        <v>1.27</v>
+        <v>0.89549</v>
       </c>
       <c r="N301" s="15">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>918</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>919</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>920</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="K302" s="15">
-        <v>1.05</v>
+        <v>2.8</v>
       </c>
       <c r="L302" s="15">
-        <v>0.90801</v>
+        <v>1.4</v>
       </c>
       <c r="M302" s="15">
-        <v>0.87309</v>
+        <v>1.27</v>
       </c>
       <c r="N302" s="15">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C303" s="15" t="s">
         <v>921</v>
       </c>
       <c r="D303" s="15" t="s">
         <v>922</v>
       </c>
-      <c r="E303" s="15">
-        <v>10080009392</v>
+      <c r="E303" s="15" t="s">
+        <v>923</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="K303" s="15">
-        <v>4.81</v>
+        <v>1.05</v>
       </c>
       <c r="L303" s="15">
-        <v>2.41</v>
+        <v>0.90801</v>
       </c>
       <c r="M303" s="15">
-        <v>2.19</v>
+        <v>0.87309</v>
       </c>
       <c r="N303" s="15">
-        <v>86</v>
+        <v>4</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="E304" s="15">
-        <v>10080069273</v>
+        <v>10080009392</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="K304" s="15">
-        <v>5.17</v>
+        <v>4.81</v>
       </c>
       <c r="L304" s="15">
-        <v>2.79</v>
+        <v>2.41</v>
       </c>
       <c r="M304" s="15">
-        <v>2.42</v>
+        <v>2.19</v>
       </c>
       <c r="N304" s="15">
-        <v>10</v>
+        <v>86</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="E305" s="15" t="s">
         <v>927</v>
+      </c>
+      <c r="E305" s="15">
+        <v>10080069273</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
-        <v>160</v>
+        <v>50</v>
       </c>
       <c r="K305" s="15">
-        <v>0.325</v>
+        <v>5.17</v>
       </c>
       <c r="L305" s="15">
-        <v>0.325</v>
+        <v>2.79</v>
       </c>
       <c r="M305" s="15">
-        <v>0.325</v>
+        <v>2.42</v>
       </c>
       <c r="N305" s="15">
-        <v>431</v>
+        <v>10</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>928</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>929</v>
       </c>
-      <c r="E306" s="15">
-        <v>10080047407</v>
+      <c r="E306" s="15" t="s">
+        <v>930</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>160</v>
       </c>
       <c r="K306" s="15">
-        <v>0.39</v>
+        <v>0.325</v>
       </c>
       <c r="L306" s="15">
-        <v>0.39</v>
+        <v>0.325</v>
       </c>
       <c r="M306" s="15">
-        <v>0.39</v>
+        <v>0.325</v>
       </c>
       <c r="N306" s="15">
-        <v>137</v>
+        <v>516</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>931</v>
-[...1 lines deleted...]
-      <c r="E307" s="15" t="s">
         <v>932</v>
+      </c>
+      <c r="E307" s="15">
+        <v>10080047407</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I307" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I307" s="15"/>
       <c r="J307" s="15">
-        <v>285</v>
+        <v>160</v>
       </c>
       <c r="K307" s="15">
-        <v>0.37149</v>
+        <v>0.39</v>
       </c>
       <c r="L307" s="15">
-        <v>0.32196</v>
+        <v>0.39</v>
       </c>
       <c r="M307" s="15">
-        <v>0.30958</v>
+        <v>0.39</v>
       </c>
       <c r="N307" s="15">
-        <v>183</v>
+        <v>132</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>933</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>934</v>
       </c>
-      <c r="D308" s="15" t="s">
+      <c r="E308" s="15" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>937</v>
+        <v>936</v>
       </c>
       <c r="J308" s="15">
-        <v>220</v>
+        <v>285</v>
       </c>
       <c r="K308" s="15">
-        <v>0.52635</v>
+        <v>0.37149</v>
       </c>
       <c r="L308" s="15">
-        <v>0.45617</v>
+        <v>0.32196</v>
       </c>
       <c r="M308" s="15">
-        <v>0.43863</v>
+        <v>0.30958</v>
       </c>
       <c r="N308" s="15">
-        <v>29</v>
+        <v>221</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>937</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>938</v>
       </c>
-      <c r="D309" s="15" t="s">
+      <c r="E309" s="15" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>941</v>
+        <v>940</v>
       </c>
       <c r="J309" s="15">
-        <v>165</v>
+        <v>220</v>
       </c>
       <c r="K309" s="15">
-        <v>0.71091</v>
+        <v>0.52635</v>
       </c>
       <c r="L309" s="15">
-        <v>0.61612</v>
+        <v>0.45617</v>
       </c>
       <c r="M309" s="15">
-        <v>0.59243</v>
+        <v>0.43863</v>
       </c>
       <c r="N309" s="15">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="P309" s="15"/>
+        <v>29</v>
+      </c>
+      <c r="O309" s="15">
+        <v>764</v>
+      </c>
+      <c r="P309" s="15" t="s">
+        <v>181</v>
+      </c>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>941</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>942</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>945</v>
+        <v>944</v>
       </c>
       <c r="J310" s="15">
-        <v>105</v>
+        <v>165</v>
       </c>
       <c r="K310" s="15">
-        <v>0.86661</v>
+        <v>0.71091</v>
       </c>
       <c r="L310" s="15">
-        <v>0.7510599999999999</v>
+        <v>0.61612</v>
       </c>
       <c r="M310" s="15">
-        <v>0.72218</v>
+        <v>0.59243</v>
       </c>
       <c r="N310" s="15">
-        <v>231</v>
+        <v>131</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>945</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>946</v>
       </c>
-      <c r="D311" s="15" t="s">
+      <c r="E311" s="15" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I311" s="15"/>
-      <c r="J311" s="15"/>
+      <c r="I311" s="15" t="s">
+        <v>948</v>
+      </c>
+      <c r="J311" s="15">
+        <v>105</v>
+      </c>
       <c r="K311" s="15">
-        <v>1.09</v>
+        <v>0.86661</v>
       </c>
       <c r="L311" s="15">
-        <v>0.94654</v>
+        <v>0.7510599999999999</v>
       </c>
       <c r="M311" s="15">
-        <v>0.9101399999999999</v>
-[...1 lines deleted...]
-      <c r="N311" s="15"/>
+        <v>0.72218</v>
+      </c>
+      <c r="N311" s="15">
+        <v>253</v>
+      </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>949</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>950</v>
       </c>
       <c r="E312" s="15" t="s">
         <v>951</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I312" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I312" s="15"/>
+      <c r="J312" s="15"/>
       <c r="K312" s="15">
-        <v>0.63366</v>
+        <v>1.09</v>
       </c>
       <c r="L312" s="15">
-        <v>0.54917</v>
+        <v>0.94654</v>
       </c>
       <c r="M312" s="15">
-        <v>0.52805</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.9101399999999999</v>
+      </c>
+      <c r="N312" s="15"/>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>953</v>
       </c>
-      <c r="D313" s="15" t="s">
+      <c r="E313" s="15" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="J313" s="15">
-        <v>100</v>
+        <v>160</v>
       </c>
       <c r="K313" s="15">
-        <v>1.15</v>
+        <v>0.63366</v>
       </c>
       <c r="L313" s="15">
-        <v>0.99303</v>
+        <v>0.54917</v>
       </c>
       <c r="M313" s="15">
-        <v>0.95484</v>
+        <v>0.52805</v>
       </c>
       <c r="N313" s="15">
-        <v>220</v>
+        <v>426</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>956</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>957</v>
       </c>
-      <c r="D314" s="15" t="s">
+      <c r="E314" s="15" t="s">
         <v>958</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080006088</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I314" s="15"/>
+      <c r="I314" s="15" t="s">
+        <v>959</v>
+      </c>
       <c r="J314" s="15">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="K314" s="15">
-        <v>1.12</v>
+        <v>1.15</v>
       </c>
       <c r="L314" s="15">
-        <v>0.96935</v>
+        <v>0.99303</v>
       </c>
       <c r="M314" s="15">
-        <v>0.93206</v>
+        <v>0.95484</v>
       </c>
       <c r="N314" s="15">
-        <v>739</v>
+        <v>103</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="E315" s="15">
-        <v>10080015324</v>
+        <v>10080006088</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="K315" s="15">
-        <v>1.42</v>
+        <v>1.12</v>
       </c>
       <c r="L315" s="15">
-        <v>1.23</v>
+        <v>0.96935</v>
       </c>
       <c r="M315" s="15">
-        <v>1.19</v>
+        <v>0.93206</v>
       </c>
       <c r="N315" s="15">
-        <v>410</v>
+        <v>567</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="E316" s="15" t="s">
         <v>963</v>
+      </c>
+      <c r="E316" s="15">
+        <v>10080015324</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="K316" s="15">
-        <v>2.16</v>
+        <v>1.42</v>
       </c>
       <c r="L316" s="15">
-        <v>1.87</v>
+        <v>1.23</v>
       </c>
       <c r="M316" s="15">
-        <v>1.8</v>
+        <v>1.19</v>
       </c>
       <c r="N316" s="15">
-        <v>50</v>
+        <v>325</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
-      <c r="Q316" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>964</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>965</v>
       </c>
-      <c r="E317" s="15">
-        <v>10080008966</v>
+      <c r="E317" s="15" t="s">
+        <v>966</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15">
         <v>50</v>
       </c>
       <c r="K317" s="15">
-        <v>5.25</v>
+        <v>2.16</v>
       </c>
       <c r="L317" s="15">
-        <v>2.62</v>
+        <v>1.87</v>
       </c>
       <c r="M317" s="15">
-        <v>2.39</v>
+        <v>1.8</v>
       </c>
       <c r="N317" s="15">
-        <v>450</v>
+        <v>50</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
-      <c r="Q317" s="15"/>
+      <c r="Q317" s="15">
+        <v>200</v>
+      </c>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>967</v>
-[...1 lines deleted...]
-      <c r="E318" s="15" t="s">
         <v>968</v>
+      </c>
+      <c r="E318" s="15">
+        <v>10080008966</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I318" s="15"/>
-      <c r="J318" s="15"/>
+      <c r="J318" s="15">
+        <v>50</v>
+      </c>
       <c r="K318" s="15">
-        <v>0.6776</v>
+        <v>5.25</v>
       </c>
       <c r="L318" s="15">
-        <v>0.58725</v>
+        <v>2.62</v>
       </c>
       <c r="M318" s="15">
-        <v>0.5646600000000001</v>
+        <v>2.39</v>
       </c>
       <c r="N318" s="15">
-        <v>34</v>
+        <v>516</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E319" s="15" t="s">
         <v>971</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I319" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I319" s="15"/>
+      <c r="J319" s="15"/>
       <c r="K319" s="15">
-        <v>1.96</v>
+        <v>0.6776</v>
       </c>
       <c r="L319" s="15">
-        <v>1.31</v>
+        <v>0.58725</v>
       </c>
       <c r="M319" s="15">
-        <v>1.2</v>
-[...1 lines deleted...]
-      <c r="N319" s="15"/>
+        <v>0.5646600000000001</v>
+      </c>
+      <c r="N319" s="15">
+        <v>34</v>
+      </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C320" s="15" t="s">
+        <v>972</v>
+      </c>
+      <c r="D320" s="15" t="s">
         <v>973</v>
       </c>
-      <c r="D320" s="15" t="s">
+      <c r="E320" s="15" t="s">
         <v>974</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080000462</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I320" s="15"/>
+      <c r="I320" s="15" t="s">
+        <v>975</v>
+      </c>
       <c r="J320" s="15">
-        <v>300</v>
+        <v>70</v>
       </c>
       <c r="K320" s="15">
-        <v>0.85848</v>
+        <v>1.96</v>
       </c>
       <c r="L320" s="15">
-        <v>0.42925</v>
+        <v>1.31</v>
       </c>
       <c r="M320" s="15">
-        <v>0.39022</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.2</v>
+      </c>
+      <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="E321" s="15">
-        <v>10080015328</v>
+        <v>10080000462</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I321" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I321" s="15"/>
       <c r="J321" s="15">
-        <v>160</v>
+        <v>300</v>
       </c>
       <c r="K321" s="15">
-        <v>1.29</v>
+        <v>0.85848</v>
       </c>
       <c r="L321" s="15">
-        <v>0.64488</v>
+        <v>0.42925</v>
       </c>
       <c r="M321" s="15">
-        <v>0.58629</v>
+        <v>0.39022</v>
       </c>
       <c r="N321" s="15">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C322" s="15" t="s">
         <v>978</v>
       </c>
-      <c r="C322" s="15" t="s">
+      <c r="D322" s="15" t="s">
         <v>979</v>
       </c>
-      <c r="D322" s="15" t="s">
-[...3 lines deleted...]
-        <v>981</v>
+      <c r="E322" s="15">
+        <v>10080015328</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I322" s="15"/>
+      <c r="I322" s="15" t="s">
+        <v>980</v>
+      </c>
       <c r="J322" s="15">
-        <v>140</v>
+        <v>160</v>
       </c>
       <c r="K322" s="15">
-        <v>0.58146</v>
+        <v>1.29</v>
       </c>
       <c r="L322" s="15">
-        <v>0.50393</v>
+        <v>0.64488</v>
       </c>
       <c r="M322" s="15">
-        <v>0.48455</v>
+        <v>0.58629</v>
       </c>
       <c r="N322" s="15">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
-      <c r="Q322" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>982</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>983</v>
       </c>
-      <c r="E323" s="15">
-        <v>10080015372</v>
+      <c r="E323" s="15" t="s">
+        <v>984</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I323" s="15"/>
-      <c r="J323" s="15"/>
+      <c r="J323" s="15">
+        <v>140</v>
+      </c>
       <c r="K323" s="15">
-        <v>2.33</v>
+        <v>0.58146</v>
       </c>
       <c r="L323" s="15">
-        <v>1.26</v>
+        <v>0.50393</v>
       </c>
       <c r="M323" s="15">
-        <v>1.09</v>
+        <v>0.48455</v>
       </c>
       <c r="N323" s="15">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
-      <c r="Q323" s="15"/>
+      <c r="Q323" s="15">
+        <v>560</v>
+      </c>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>984</v>
+        <v>981</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>985</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>986</v>
       </c>
-      <c r="E324" s="15" t="s">
-        <v>987</v>
+      <c r="E324" s="15">
+        <v>10080015372</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I324" s="15"/>
-      <c r="J324" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J324" s="15"/>
       <c r="K324" s="15">
-        <v>7.41</v>
+        <v>2.33</v>
       </c>
       <c r="L324" s="15">
-        <v>6.42</v>
+        <v>1.26</v>
       </c>
       <c r="M324" s="15">
-        <v>6.18</v>
+        <v>1.09</v>
       </c>
       <c r="N324" s="15">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>988</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>989</v>
       </c>
-      <c r="E325" s="15">
-        <v>10080029078</v>
+      <c r="E325" s="15" t="s">
+        <v>990</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K325" s="15">
-        <v>16.61</v>
+        <v>7.41</v>
       </c>
       <c r="L325" s="15">
-        <v>8.949999999999999</v>
+        <v>6.42</v>
       </c>
       <c r="M325" s="15">
-        <v>7.78</v>
+        <v>6.18</v>
       </c>
       <c r="N325" s="15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="E326" s="15">
-        <v>10080010187</v>
+        <v>10080029078</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
-        <v>32</v>
+        <v>10</v>
       </c>
       <c r="K326" s="15">
-        <v>43.45</v>
+        <v>16.61</v>
       </c>
       <c r="L326" s="15">
-        <v>21.73</v>
+        <v>8.949999999999999</v>
       </c>
       <c r="M326" s="15">
-        <v>19.75</v>
+        <v>7.78</v>
       </c>
       <c r="N326" s="15">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="E327" s="15">
-        <v>10080040056</v>
+        <v>10080010187</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="K327" s="15">
-        <v>28.31</v>
+        <v>43.45</v>
       </c>
       <c r="L327" s="15">
-        <v>15.17</v>
+        <v>21.73</v>
       </c>
       <c r="M327" s="15">
-        <v>13.15</v>
+        <v>19.75</v>
       </c>
       <c r="N327" s="15">
-        <v>66</v>
+        <v>39</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="E328" s="15" t="s">
         <v>996</v>
+      </c>
+      <c r="E328" s="15">
+        <v>10080040056</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="K328" s="15">
-        <v>1.84</v>
+        <v>28.31</v>
       </c>
       <c r="L328" s="15">
-        <v>1.84</v>
+        <v>15.17</v>
       </c>
       <c r="M328" s="15">
-        <v>1.84</v>
+        <v>13.15</v>
       </c>
       <c r="N328" s="15">
-        <v>192</v>
+        <v>66</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
-      <c r="Q328" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>997</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>998</v>
       </c>
-      <c r="E329" s="15">
-        <v>10080034849</v>
+      <c r="E329" s="15" t="s">
+        <v>999</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="K329" s="15">
-        <v>4.05</v>
+        <v>1.84</v>
       </c>
       <c r="L329" s="15">
-        <v>4.05</v>
+        <v>1.84</v>
       </c>
       <c r="M329" s="15">
-        <v>4.05</v>
+        <v>1.84</v>
       </c>
       <c r="N329" s="15">
-        <v>15</v>
+        <v>244</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
-      <c r="Q329" s="15"/>
+      <c r="Q329" s="15">
+        <v>72</v>
+      </c>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>1000</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>1001</v>
       </c>
       <c r="E330" s="15">
-        <v>10080031615</v>
+        <v>10080034849</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I330" s="15"/>
-      <c r="J330" s="15"/>
+      <c r="J330" s="15">
+        <v>2</v>
+      </c>
       <c r="K330" s="15">
-        <v>18.93</v>
+        <v>4.05</v>
       </c>
       <c r="L330" s="15">
-        <v>18.93</v>
+        <v>4.05</v>
       </c>
       <c r="M330" s="15">
-        <v>18.93</v>
+        <v>4.05</v>
       </c>
       <c r="N330" s="15">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="E331" s="15">
-        <v>10080029079</v>
+        <v>10080031615</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I331" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J331" s="15">
+      <c r="I331" s="15"/>
+      <c r="J331" s="15"/>
+      <c r="K331" s="15">
+        <v>18.93</v>
+      </c>
+      <c r="L331" s="15">
+        <v>18.93</v>
+      </c>
+      <c r="M331" s="15">
+        <v>18.93</v>
+      </c>
+      <c r="N331" s="15">
         <v>1</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C332" s="15" t="s">
         <v>1005</v>
       </c>
       <c r="D332" s="15" t="s">
         <v>1006</v>
       </c>
       <c r="E332" s="15">
-        <v>10080029080</v>
+        <v>10080029079</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="I332" s="15"/>
+      <c r="I332" s="15" t="s">
+        <v>1007</v>
+      </c>
       <c r="J332" s="15">
         <v>1</v>
       </c>
       <c r="K332" s="15">
-        <v>25.2</v>
+        <v>6</v>
       </c>
       <c r="L332" s="15">
-        <v>13.5</v>
+        <v>6</v>
       </c>
       <c r="M332" s="15">
-        <v>12.15</v>
-[...3 lines deleted...]
-      </c>
+        <v>6</v>
+      </c>
+      <c r="N332" s="15"/>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="E333" s="15">
-        <v>10080047966</v>
+        <v>10080029080</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I333" s="15"/>
-      <c r="J333" s="15"/>
+      <c r="J333" s="15">
+        <v>1</v>
+      </c>
       <c r="K333" s="15">
-        <v>16.02</v>
+        <v>25.2</v>
       </c>
       <c r="L333" s="15">
-        <v>16.02</v>
+        <v>13.5</v>
       </c>
       <c r="M333" s="15">
-        <v>16.02</v>
+        <v>12.15</v>
       </c>
       <c r="N333" s="15">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E334" s="15">
-        <v>10080044002</v>
+        <v>10080047966</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I334" s="15"/>
-      <c r="J334" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J334" s="15"/>
       <c r="K334" s="15">
-        <v>29.07</v>
+        <v>16.02</v>
       </c>
       <c r="L334" s="15">
-        <v>20.76</v>
+        <v>16.02</v>
       </c>
       <c r="M334" s="15">
-        <v>17.99</v>
+        <v>16.02</v>
       </c>
       <c r="N334" s="15">
         <v>1</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="E335" s="15">
-        <v>10080010189</v>
+        <v>10080044002</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
-        <v>800</v>
+        <v>1</v>
       </c>
       <c r="K335" s="15">
-        <v>74.84</v>
+        <v>29.07</v>
       </c>
       <c r="L335" s="15">
-        <v>37.42</v>
+        <v>20.76</v>
       </c>
       <c r="M335" s="15">
-        <v>34.02</v>
+        <v>17.99</v>
       </c>
       <c r="N335" s="15">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>1014</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>1015</v>
       </c>
       <c r="E336" s="15">
-        <v>10080044004</v>
+        <v>10080010189</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I336" s="15"/>
       <c r="J336" s="15">
-        <v>4</v>
+        <v>800</v>
       </c>
       <c r="K336" s="15">
-        <v>5.1</v>
+        <v>74.84</v>
       </c>
       <c r="L336" s="15">
-        <v>5.1</v>
+        <v>37.42</v>
       </c>
       <c r="M336" s="15">
-        <v>5.1</v>
+        <v>34.02</v>
       </c>
       <c r="N336" s="15">
-        <v>263</v>
+        <v>5</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="E337" s="15">
-        <v>10080010190</v>
+        <v>10080044004</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K337" s="15">
-        <v>22.15</v>
+        <v>5.1</v>
       </c>
       <c r="L337" s="15">
-        <v>22.15</v>
+        <v>5.1</v>
       </c>
       <c r="M337" s="15">
-        <v>22.15</v>
+        <v>5.1</v>
       </c>
       <c r="N337" s="15">
-        <v>10</v>
+        <v>269</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="E338" s="15">
-        <v>10080047967</v>
+        <v>10080010190</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K338" s="15">
-        <v>20.64</v>
+        <v>22.15</v>
       </c>
       <c r="L338" s="15">
-        <v>20.64</v>
+        <v>22.15</v>
       </c>
       <c r="M338" s="15">
-        <v>20.64</v>
+        <v>22.15</v>
       </c>
       <c r="N338" s="15">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="C339" s="15" t="s">
         <v>1021</v>
       </c>
       <c r="D339" s="15" t="s">
         <v>1022</v>
       </c>
       <c r="E339" s="15">
-        <v>10080070481</v>
+        <v>10080047967</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="K339" s="15">
-        <v>3.46</v>
+        <v>20.64</v>
       </c>
       <c r="L339" s="15">
-        <v>1.87</v>
+        <v>20.64</v>
       </c>
       <c r="M339" s="15">
-        <v>1.62</v>
+        <v>20.64</v>
       </c>
       <c r="N339" s="15">
         <v>1</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>1024</v>
-[...1 lines deleted...]
-      <c r="E340" s="15" t="s">
         <v>1025</v>
+      </c>
+      <c r="E340" s="15">
+        <v>10080070481</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I340" s="15"/>
-      <c r="J340" s="15"/>
+      <c r="J340" s="15">
+        <v>8</v>
+      </c>
       <c r="K340" s="15">
-        <v>6.49</v>
+        <v>3.46</v>
       </c>
       <c r="L340" s="15">
-        <v>5.63</v>
+        <v>1.87</v>
       </c>
       <c r="M340" s="15">
-        <v>5.41</v>
+        <v>1.62</v>
       </c>
       <c r="N340" s="15">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>1026</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>1027</v>
       </c>
-      <c r="E341" s="15">
-        <v>10080032679</v>
+      <c r="E341" s="15" t="s">
+        <v>1028</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I341" s="15"/>
-      <c r="J341" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J341" s="15"/>
       <c r="K341" s="15">
-        <v>4.6</v>
+        <v>6.49</v>
       </c>
       <c r="L341" s="15">
-        <v>4.6</v>
+        <v>5.63</v>
       </c>
       <c r="M341" s="15">
-        <v>4.6</v>
+        <v>5.41</v>
       </c>
       <c r="N341" s="15">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="E342" s="15">
-        <v>10080029132</v>
+        <v>10080032679</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="K342" s="15">
-        <v>4.9</v>
+        <v>4.6</v>
       </c>
       <c r="L342" s="15">
-        <v>4.9</v>
+        <v>4.6</v>
       </c>
       <c r="M342" s="15">
-        <v>4.9</v>
+        <v>4.6</v>
       </c>
       <c r="N342" s="15">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1031</v>
-[...1 lines deleted...]
-      <c r="E343" s="15" t="s">
         <v>1032</v>
+      </c>
+      <c r="E343" s="15">
+        <v>10080029132</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I343" s="15"/>
-      <c r="J343" s="15"/>
+      <c r="J343" s="15">
+        <v>2</v>
+      </c>
       <c r="K343" s="15">
-        <v>10.89</v>
+        <v>4.9</v>
       </c>
       <c r="L343" s="15">
-        <v>10.89</v>
+        <v>4.9</v>
       </c>
       <c r="M343" s="15">
-        <v>10.89</v>
+        <v>4.9</v>
       </c>
       <c r="N343" s="15">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>1033</v>
       </c>
       <c r="D344" s="15" t="s">
         <v>1034</v>
       </c>
-      <c r="E344" s="15">
-        <v>10080047964</v>
+      <c r="E344" s="15" t="s">
+        <v>1035</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15"/>
       <c r="K344" s="15">
         <v>10.89</v>
       </c>
       <c r="L344" s="15">
         <v>10.89</v>
       </c>
       <c r="M344" s="15">
         <v>10.89</v>
       </c>
       <c r="N344" s="15">
         <v>1</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="E345" s="15">
-        <v>10080047965</v>
+        <v>10080047964</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
-        <v>29.1</v>
+        <v>10.89</v>
       </c>
       <c r="L345" s="15">
-        <v>14.55</v>
+        <v>10.89</v>
       </c>
       <c r="M345" s="15">
-        <v>13.23</v>
+        <v>10.89</v>
       </c>
       <c r="N345" s="15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1038</v>
-[...1 lines deleted...]
-      <c r="E346" s="15" t="s">
         <v>1039</v>
+      </c>
+      <c r="E346" s="15">
+        <v>10080047965</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I346" s="15"/>
-      <c r="J346" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J346" s="15"/>
       <c r="K346" s="15">
         <v>29.1</v>
       </c>
       <c r="L346" s="15">
         <v>14.55</v>
       </c>
       <c r="M346" s="15">
         <v>13.23</v>
       </c>
       <c r="N346" s="15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C347" s="15" t="s">
         <v>1040</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>1041</v>
       </c>
-      <c r="E347" s="15">
-        <v>10080010060</v>
+      <c r="E347" s="15" t="s">
+        <v>1042</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
         <v>800</v>
       </c>
       <c r="K347" s="15">
-        <v>32.46</v>
+        <v>29.1</v>
       </c>
       <c r="L347" s="15">
-        <v>16.23</v>
+        <v>14.55</v>
       </c>
       <c r="M347" s="15">
-        <v>14.75</v>
+        <v>13.23</v>
       </c>
       <c r="N347" s="15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="E348" s="15">
-        <v>10080029131</v>
+        <v>10080010060</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I348" s="15"/>
-      <c r="J348" s="15"/>
+      <c r="J348" s="15">
+        <v>800</v>
+      </c>
       <c r="K348" s="15">
-        <v>12.33</v>
+        <v>32.46</v>
       </c>
       <c r="L348" s="15">
-        <v>10.69</v>
+        <v>16.23</v>
       </c>
       <c r="M348" s="15">
-        <v>10.28</v>
+        <v>14.75</v>
       </c>
       <c r="N348" s="15">
-        <v>302</v>
+        <v>2</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
-        <v>1044</v>
+        <v>1023</v>
       </c>
       <c r="C349" s="15" t="s">
         <v>1045</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>1046</v>
       </c>
-      <c r="E349" s="15" t="s">
-        <v>1047</v>
+      <c r="E349" s="15">
+        <v>10080029131</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I349" s="15"/>
-      <c r="J349" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J349" s="15"/>
       <c r="K349" s="15">
-        <v>0.58</v>
+        <v>12.33</v>
       </c>
       <c r="L349" s="15">
-        <v>0.58</v>
+        <v>10.69</v>
       </c>
       <c r="M349" s="15">
-        <v>0.58</v>
+        <v>10.28</v>
       </c>
       <c r="N349" s="15">
-        <v>4</v>
+        <v>377</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1048</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1049</v>
       </c>
       <c r="E350" s="15" t="s">
         <v>1050</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I350" s="15"/>
-      <c r="J350" s="15"/>
+      <c r="J350" s="15">
+        <v>1</v>
+      </c>
       <c r="K350" s="15">
-        <v>0.26</v>
+        <v>0.58</v>
       </c>
       <c r="L350" s="15">
-        <v>0.26</v>
+        <v>0.58</v>
       </c>
       <c r="M350" s="15">
-        <v>0.26</v>
+        <v>0.58</v>
       </c>
       <c r="N350" s="15">
         <v>4</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C351" s="15" t="s">
         <v>1051</v>
       </c>
       <c r="D351" s="15" t="s">
         <v>1052</v>
       </c>
       <c r="E351" s="15" t="s">
         <v>1053</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I351" s="15"/>
-      <c r="J351" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J351" s="15"/>
       <c r="K351" s="15">
-        <v>2.1</v>
+        <v>0.26</v>
       </c>
       <c r="L351" s="15">
-        <v>1.05</v>
+        <v>0.26</v>
       </c>
       <c r="M351" s="15">
-        <v>0.95242</v>
+        <v>0.26</v>
       </c>
       <c r="N351" s="15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C352" s="15" t="s">
         <v>1054</v>
       </c>
       <c r="D352" s="15" t="s">
         <v>1055</v>
       </c>
       <c r="E352" s="15" t="s">
         <v>1056</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="K352" s="15">
-        <v>2.09</v>
+        <v>2.1</v>
       </c>
       <c r="L352" s="15">
         <v>1.05</v>
       </c>
       <c r="M352" s="15">
-        <v>0.94982</v>
+        <v>0.95242</v>
       </c>
       <c r="N352" s="15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C353" s="15" t="s">
         <v>1057</v>
       </c>
       <c r="D353" s="15" t="s">
         <v>1058</v>
       </c>
       <c r="E353" s="15" t="s">
         <v>1059</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="K353" s="15">
-        <v>1.81</v>
+        <v>2.09</v>
       </c>
       <c r="L353" s="15">
-        <v>1.44</v>
+        <v>1.05</v>
       </c>
       <c r="M353" s="15">
-        <v>1.35</v>
+        <v>0.94982</v>
       </c>
       <c r="N353" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1060</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1061</v>
       </c>
       <c r="E354" s="15" t="s">
         <v>1062</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15">
-        <v>190</v>
+        <v>1</v>
       </c>
       <c r="K354" s="15">
-        <v>2.69</v>
+        <v>1.81</v>
       </c>
       <c r="L354" s="15">
+        <v>1.44</v>
+      </c>
+      <c r="M354" s="15">
         <v>1.35</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.22</v>
       </c>
       <c r="N354" s="15">
         <v>1</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C355" s="15" t="s">
         <v>1063</v>
       </c>
       <c r="D355" s="15" t="s">
         <v>1064</v>
       </c>
       <c r="E355" s="15" t="s">
         <v>1065</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15">
-        <v>60</v>
+        <v>190</v>
       </c>
       <c r="K355" s="15">
-        <v>7.49</v>
+        <v>2.69</v>
       </c>
       <c r="L355" s="15">
-        <v>3.74</v>
+        <v>1.35</v>
       </c>
       <c r="M355" s="15">
-        <v>3.4</v>
+        <v>1.22</v>
       </c>
       <c r="N355" s="15">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="C356" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="D356" s="15" t="s">
         <v>1067</v>
       </c>
       <c r="E356" s="15" t="s">
         <v>1068</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="K356" s="15">
-        <v>8.109999999999999</v>
+        <v>7.49</v>
       </c>
       <c r="L356" s="15">
-        <v>4.05</v>
+        <v>3.74</v>
       </c>
       <c r="M356" s="15">
-        <v>3.69</v>
+        <v>3.4</v>
       </c>
       <c r="N356" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
-        <v>380</v>
+        <v>1047</v>
       </c>
       <c r="C357" s="15" t="s">
         <v>1069</v>
       </c>
       <c r="D357" s="15" t="s">
         <v>1070</v>
       </c>
       <c r="E357" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
-        <v>62</v>
-[...4 lines deleted...]
-      <c r="J357" s="15"/>
+        <v>99</v>
+      </c>
+      <c r="I357" s="15"/>
+      <c r="J357" s="15">
+        <v>55</v>
+      </c>
       <c r="K357" s="15">
-        <v>0.137</v>
+        <v>8.109999999999999</v>
       </c>
       <c r="L357" s="15">
-        <v>0.1233</v>
+        <v>4.05</v>
       </c>
       <c r="M357" s="15">
-        <v>0.11416</v>
+        <v>3.69</v>
       </c>
       <c r="N357" s="15">
-        <v>2850</v>
+        <v>1</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>50</v>
+        <v>380</v>
       </c>
       <c r="C358" s="15" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D358" s="15" t="s">
         <v>1073</v>
       </c>
-      <c r="D358" s="15" t="s">
+      <c r="E358" s="15" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1075</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I358" s="15" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="J358" s="15"/>
       <c r="K358" s="15">
-        <v>0.61383</v>
+        <v>0.137</v>
       </c>
       <c r="L358" s="15">
-        <v>0.55245</v>
+        <v>0.1233</v>
       </c>
       <c r="M358" s="15">
-        <v>0.51153</v>
+        <v>0.11416</v>
       </c>
       <c r="N358" s="15">
-        <v>975</v>
+        <v>3075</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
-        <v>107</v>
+        <v>50</v>
       </c>
       <c r="C359" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D359" s="15" t="s">
         <v>1077</v>
       </c>
-      <c r="D359" s="15" t="s">
+      <c r="E359" s="15" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
-        <v>1080</v>
+        <v>62</v>
       </c>
       <c r="I359" s="15" t="s">
-        <v>1081</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="J359" s="15"/>
       <c r="K359" s="15">
-        <v>0.12171</v>
+        <v>0.61383</v>
       </c>
       <c r="L359" s="15">
-        <v>0.10548</v>
+        <v>0.55245</v>
       </c>
       <c r="M359" s="15">
-        <v>0.10143</v>
+        <v>0.51153</v>
       </c>
       <c r="N359" s="15">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="O359" s="15"/>
       <c r="P359" s="15"/>
-      <c r="Q359" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
-        <v>41</v>
+        <v>107</v>
       </c>
       <c r="C360" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D360" s="15" t="s">
+        <v>1081</v>
+      </c>
+      <c r="E360" s="15" t="s">
         <v>1082</v>
-      </c>
-[...4 lines deleted...]
-        <v>1084</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I360" s="15" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="J360" s="15"/>
+        <v>1084</v>
+      </c>
+      <c r="J360" s="15">
+        <v>800</v>
+      </c>
       <c r="K360" s="15">
-        <v>0.13893</v>
+        <v>0.12203</v>
       </c>
       <c r="L360" s="15">
-        <v>0.12504</v>
+        <v>0.10576</v>
       </c>
       <c r="M360" s="15">
-        <v>0.11578</v>
+        <v>0.10169</v>
       </c>
       <c r="N360" s="15">
-        <v>90</v>
+        <v>3224</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
-      <c r="Q360" s="15"/>
+      <c r="Q360" s="15">
+        <v>3200</v>
+      </c>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C361" s="15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D361" s="15" t="s">
         <v>1086</v>
       </c>
-      <c r="D361" s="15" t="s">
+      <c r="E361" s="15" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080038349</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I361" s="15" t="s">
         <v>1088</v>
       </c>
-      <c r="J361" s="15">
+      <c r="J361" s="15"/>
+      <c r="K361" s="15">
+        <v>0.13893</v>
+      </c>
+      <c r="L361" s="15">
+        <v>0.12504</v>
+      </c>
+      <c r="M361" s="15">
+        <v>0.11578</v>
+      </c>
+      <c r="N361" s="15">
+        <v>76</v>
+      </c>
+      <c r="O361" s="15">
         <v>100</v>
       </c>
-      <c r="K361" s="15">
-[...10 lines deleted...]
-      <c r="P361" s="15"/>
+      <c r="P361" s="15" t="s">
+        <v>1089</v>
+      </c>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="E362" s="15">
-        <v>10080031757</v>
+        <v>10080038349</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I362" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="J362" s="15">
-        <v>476</v>
+        <v>100</v>
       </c>
       <c r="K362" s="15">
-        <v>0.5392400000000001</v>
+        <v>0.4548</v>
       </c>
       <c r="L362" s="15">
-        <v>0.38516</v>
+        <v>0.24365</v>
       </c>
       <c r="M362" s="15">
-        <v>0.3338</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21115</v>
+      </c>
+      <c r="N362" s="15"/>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D363" s="15" t="s">
-        <v>1093</v>
-[...1 lines deleted...]
-      <c r="E363" s="15" t="s">
         <v>1094</v>
+      </c>
+      <c r="E363" s="15">
+        <v>10080031757</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I363" s="15" t="s">
         <v>1095</v>
       </c>
       <c r="J363" s="15">
-        <v>238</v>
+        <v>476</v>
       </c>
       <c r="K363" s="15">
-        <v>0.6763400000000001</v>
+        <v>0.5392400000000001</v>
       </c>
       <c r="L363" s="15">
-        <v>0.6087</v>
+        <v>0.38516</v>
       </c>
       <c r="M363" s="15">
-        <v>0.5636100000000001</v>
-[...1 lines deleted...]
-      <c r="N363" s="15"/>
+        <v>0.3338</v>
+      </c>
+      <c r="N363" s="15">
+        <v>1090</v>
+      </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
-      <c r="Q363" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C364" s="15" t="s">
         <v>1096</v>
       </c>
       <c r="D364" s="15" t="s">
         <v>1097</v>
       </c>
       <c r="E364" s="15" t="s">
         <v>1098</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I364" s="15" t="s">
         <v>1099</v>
       </c>
       <c r="J364" s="15">
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="K364" s="15">
-        <v>0.12611</v>
+        <v>0.6763400000000001</v>
       </c>
       <c r="L364" s="15">
-        <v>0.11349</v>
+        <v>0.6087</v>
       </c>
       <c r="M364" s="15">
-        <v>0.10509</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.5636100000000001</v>
+      </c>
+      <c r="N364" s="15"/>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
-      <c r="Q364" s="15"/>
+      <c r="Q364" s="15">
+        <v>952</v>
+      </c>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C365" s="15" t="s">
         <v>1100</v>
       </c>
       <c r="D365" s="15" t="s">
         <v>1101</v>
       </c>
       <c r="E365" s="15" t="s">
         <v>1102</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I365" s="15" t="s">
         <v>1103</v>
       </c>
-      <c r="J365" s="15"/>
+      <c r="J365" s="15">
+        <v>200</v>
+      </c>
       <c r="K365" s="15">
-        <v>0.1934</v>
+        <v>0.12611</v>
       </c>
       <c r="L365" s="15">
-        <v>0.17406</v>
+        <v>0.11349</v>
       </c>
       <c r="M365" s="15">
-        <v>0.16116</v>
+        <v>0.10509</v>
       </c>
       <c r="N365" s="15">
-        <v>2925</v>
+        <v>7227</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C366" s="15" t="s">
         <v>1104</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>1105</v>
       </c>
-      <c r="E366" s="15">
-        <v>10080031754</v>
+      <c r="E366" s="15" t="s">
+        <v>1106</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I366" s="15" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1107</v>
+      </c>
+      <c r="J366" s="15"/>
       <c r="K366" s="15">
-        <v>0.43974</v>
+        <v>0.1934</v>
       </c>
       <c r="L366" s="15">
-        <v>0.24342</v>
+        <v>0.17406</v>
       </c>
       <c r="M366" s="15">
-        <v>0.21201</v>
-[...1 lines deleted...]
-      <c r="N366" s="15"/>
+        <v>0.16116</v>
+      </c>
+      <c r="N366" s="15">
+        <v>1687</v>
+      </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D367" s="15" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="E367" s="15" t="s">
         <v>1109</v>
+      </c>
+      <c r="E367" s="15">
+        <v>10080031754</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I367" s="15" t="s">
         <v>1110</v>
       </c>
       <c r="J367" s="15">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="K367" s="15">
-        <v>0.38894</v>
+        <v>0.43974</v>
       </c>
       <c r="L367" s="15">
-        <v>0.33876</v>
+        <v>0.24342</v>
       </c>
       <c r="M367" s="15">
-        <v>0.31366</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21201</v>
+      </c>
+      <c r="N367" s="15"/>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
-      <c r="Q367" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C368" s="15" t="s">
         <v>1111</v>
       </c>
       <c r="D368" s="15" t="s">
         <v>1112</v>
       </c>
       <c r="E368" s="15" t="s">
         <v>1113</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I368" s="15" t="s">
         <v>1114</v>
       </c>
       <c r="J368" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K368" s="15">
-        <v>0.32925</v>
+        <v>0.38894</v>
       </c>
       <c r="L368" s="15">
-        <v>0.28677</v>
+        <v>0.33876</v>
       </c>
       <c r="M368" s="15">
-        <v>0.26553</v>
-[...1 lines deleted...]
-      <c r="N368" s="15"/>
+        <v>0.31366</v>
+      </c>
+      <c r="N368" s="15">
+        <v>640</v>
+      </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15">
-        <v>1200</v>
+        <v>1600</v>
       </c>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C369" s="15" t="s">
         <v>1115</v>
       </c>
       <c r="D369" s="15" t="s">
         <v>1116</v>
       </c>
       <c r="E369" s="15" t="s">
         <v>1117</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I369" s="15" t="s">
         <v>1118</v>
       </c>
       <c r="J369" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K369" s="15">
-        <v>0.39519</v>
+        <v>0.32925</v>
       </c>
       <c r="L369" s="15">
-        <v>0.3442</v>
+        <v>0.28677</v>
       </c>
       <c r="M369" s="15">
-        <v>0.3187</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26553</v>
+      </c>
+      <c r="N369" s="15"/>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C370" s="15" t="s">
         <v>1119</v>
       </c>
       <c r="D370" s="15" t="s">
         <v>1120</v>
       </c>
-      <c r="E370" s="15">
-        <v>10080031756</v>
+      <c r="E370" s="15" t="s">
+        <v>1121</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="J370" s="15">
-        <v>476</v>
+        <v>250</v>
       </c>
       <c r="K370" s="15">
-        <v>0.88772</v>
+        <v>0.39519</v>
       </c>
       <c r="L370" s="15">
-        <v>0.49142</v>
+        <v>0.3442</v>
       </c>
       <c r="M370" s="15">
-        <v>0.41215</v>
+        <v>0.3187</v>
       </c>
       <c r="N370" s="15">
-        <v>3</v>
+        <v>312</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
-      <c r="Q370" s="15"/>
+      <c r="Q370" s="15">
+        <v>1000</v>
+      </c>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D371" s="15" t="s">
-        <v>1123</v>
-[...1 lines deleted...]
-      <c r="E371" s="15" t="s">
         <v>1124</v>
+      </c>
+      <c r="E371" s="15">
+        <v>10080031756</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I371" s="15" t="s">
         <v>1125</v>
       </c>
       <c r="J371" s="15">
-        <v>257</v>
+        <v>476</v>
       </c>
       <c r="K371" s="15">
-        <v>0.45125</v>
+        <v>0.88772</v>
       </c>
       <c r="L371" s="15">
-        <v>0.40612</v>
+        <v>0.49142</v>
       </c>
       <c r="M371" s="15">
-        <v>0.37604</v>
+        <v>0.41215</v>
       </c>
       <c r="N371" s="15">
-        <v>385</v>
+        <v>3</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
-      <c r="Q371" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>1126</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>1127</v>
       </c>
       <c r="E372" s="15" t="s">
         <v>1128</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I372" s="15" t="s">
         <v>1129</v>
       </c>
       <c r="J372" s="15">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="K372" s="15">
-        <v>0.78721</v>
+        <v>0.45125</v>
       </c>
       <c r="L372" s="15">
-        <v>0.68564</v>
+        <v>0.40612</v>
       </c>
       <c r="M372" s="15">
-        <v>0.63485</v>
+        <v>0.37604</v>
       </c>
       <c r="N372" s="15">
-        <v>186</v>
+        <v>450</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15">
-        <v>952</v>
+        <v>1428</v>
       </c>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C373" s="15" t="s">
         <v>1130</v>
       </c>
       <c r="D373" s="15" t="s">
         <v>1131</v>
       </c>
       <c r="E373" s="15" t="s">
         <v>1132</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I373" s="15" t="s">
         <v>1133</v>
       </c>
-      <c r="J373" s="15"/>
+      <c r="J373" s="15">
+        <v>238</v>
+      </c>
       <c r="K373" s="15">
-        <v>0.17651</v>
+        <v>0.78721</v>
       </c>
       <c r="L373" s="15">
-        <v>0.15885</v>
+        <v>0.68564</v>
       </c>
       <c r="M373" s="15">
-        <v>0.14709</v>
+        <v>0.63485</v>
       </c>
       <c r="N373" s="15">
-        <v>610</v>
+        <v>205</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
-      <c r="Q373" s="15"/>
+      <c r="Q373" s="15">
+        <v>952</v>
+      </c>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C374" s="15" t="s">
         <v>1134</v>
       </c>
       <c r="D374" s="15" t="s">
         <v>1135</v>
       </c>
       <c r="E374" s="15" t="s">
         <v>1136</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I374" s="15" t="s">
         <v>1137</v>
       </c>
-      <c r="J374" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J374" s="15"/>
       <c r="K374" s="15">
-        <v>0.26298</v>
+        <v>0.17651</v>
       </c>
       <c r="L374" s="15">
-        <v>0.23668</v>
+        <v>0.15885</v>
       </c>
       <c r="M374" s="15">
-        <v>0.21915</v>
+        <v>0.14709</v>
       </c>
       <c r="N374" s="15">
-        <v>2194</v>
+        <v>568</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
-      <c r="Q374" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>1138</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>1139</v>
       </c>
-      <c r="E375" s="15">
-        <v>10080036969</v>
+      <c r="E375" s="15" t="s">
+        <v>1140</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="J375" s="15">
         <v>455</v>
       </c>
       <c r="K375" s="15">
-        <v>0.62268</v>
+        <v>0.26298</v>
       </c>
       <c r="L375" s="15">
-        <v>0.33358</v>
+        <v>0.23668</v>
       </c>
       <c r="M375" s="15">
-        <v>0.2891</v>
+        <v>0.21915</v>
       </c>
       <c r="N375" s="15">
-        <v>441</v>
+        <v>185</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
-      <c r="Q375" s="15"/>
+      <c r="Q375" s="15">
+        <v>1820</v>
+      </c>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D376" s="15" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E376" s="15">
-        <v>10080036970</v>
+        <v>10080036969</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="J376" s="15">
-        <v>364</v>
+        <v>455</v>
       </c>
       <c r="K376" s="15">
-        <v>0.73851</v>
+        <v>0.62268</v>
       </c>
       <c r="L376" s="15">
-        <v>0.39806</v>
+        <v>0.33358</v>
       </c>
       <c r="M376" s="15">
-        <v>0.34568</v>
-[...1 lines deleted...]
-      <c r="N376" s="15"/>
+        <v>0.2891</v>
+      </c>
+      <c r="N376" s="15">
+        <v>322</v>
+      </c>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D377" s="15" t="s">
-        <v>1145</v>
-[...1 lines deleted...]
-      <c r="E377" s="15" t="s">
         <v>1146</v>
+      </c>
+      <c r="E377" s="15">
+        <v>10080036970</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I377" s="15" t="s">
         <v>1147</v>
       </c>
       <c r="J377" s="15">
-        <v>273</v>
+        <v>364</v>
       </c>
       <c r="K377" s="15">
-        <v>0.41351</v>
+        <v>0.73851</v>
       </c>
       <c r="L377" s="15">
-        <v>0.35837</v>
+        <v>0.39806</v>
       </c>
       <c r="M377" s="15">
-        <v>0.34459</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34568</v>
+      </c>
+      <c r="N377" s="15"/>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
-      <c r="Q377" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C378" s="15" t="s">
         <v>1148</v>
       </c>
       <c r="D378" s="15" t="s">
         <v>1149</v>
       </c>
-      <c r="E378" s="15">
-        <v>10080036971</v>
+      <c r="E378" s="15" t="s">
+        <v>1150</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1150</v>
-[...1 lines deleted...]
-      <c r="J378" s="15"/>
+        <v>1151</v>
+      </c>
+      <c r="J378" s="15">
+        <v>273</v>
+      </c>
       <c r="K378" s="15">
-        <v>1.11</v>
+        <v>0.41351</v>
       </c>
       <c r="L378" s="15">
-        <v>0.59415</v>
+        <v>0.35837</v>
       </c>
       <c r="M378" s="15">
-        <v>0.51492</v>
+        <v>0.34459</v>
       </c>
       <c r="N378" s="15">
-        <v>5</v>
+        <v>750</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
-      <c r="Q378" s="15"/>
+      <c r="Q378" s="15">
+        <v>1092</v>
+      </c>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D379" s="15" t="s">
-        <v>1152</v>
-[...1 lines deleted...]
-      <c r="E379" s="15" t="s">
         <v>1153</v>
+      </c>
+      <c r="E379" s="15">
+        <v>10080036971</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I379" s="15" t="s">
         <v>1154</v>
       </c>
       <c r="J379" s="15"/>
       <c r="K379" s="15">
-        <v>0.60533</v>
+        <v>1.11</v>
       </c>
       <c r="L379" s="15">
-        <v>0.54479</v>
+        <v>0.59415</v>
       </c>
       <c r="M379" s="15">
-        <v>0.50444</v>
+        <v>0.51492</v>
       </c>
       <c r="N379" s="15">
-        <v>310</v>
+        <v>5</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C380" s="15" t="s">
         <v>1155</v>
       </c>
       <c r="D380" s="15" t="s">
         <v>1156</v>
       </c>
-      <c r="E380" s="15">
-        <v>10080036972</v>
+      <c r="E380" s="15" t="s">
+        <v>1157</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="J380" s="15"/>
       <c r="K380" s="15">
-        <v>1.43</v>
+        <v>0.60533</v>
       </c>
       <c r="L380" s="15">
-        <v>0.76066</v>
+        <v>0.54479</v>
       </c>
       <c r="M380" s="15">
-        <v>0.64881</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.50444</v>
+      </c>
+      <c r="N380" s="15"/>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D381" s="15" t="s">
-        <v>1159</v>
-[...1 lines deleted...]
-      <c r="E381" s="15" t="s">
         <v>1160</v>
+      </c>
+      <c r="E381" s="15">
+        <v>10080036972</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I381" s="15" t="s">
         <v>1161</v>
       </c>
       <c r="J381" s="15"/>
       <c r="K381" s="15">
-        <v>0.78257</v>
+        <v>1.43</v>
       </c>
       <c r="L381" s="15">
-        <v>0.70431</v>
+        <v>0.76066</v>
       </c>
       <c r="M381" s="15">
-        <v>0.6521400000000001</v>
+        <v>0.64881</v>
       </c>
       <c r="N381" s="15">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C382" s="15" t="s">
         <v>1162</v>
       </c>
       <c r="D382" s="15" t="s">
         <v>1163</v>
       </c>
       <c r="E382" s="15" t="s">
         <v>1164</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I382" s="15" t="s">
         <v>1165</v>
       </c>
       <c r="J382" s="15"/>
       <c r="K382" s="15">
-        <v>0.51844</v>
+        <v>0.78257</v>
       </c>
       <c r="L382" s="15">
-        <v>0.34562</v>
+        <v>0.70431</v>
       </c>
       <c r="M382" s="15">
-        <v>0.314</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6521400000000001</v>
+      </c>
+      <c r="N382" s="15"/>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C383" s="15" t="s">
         <v>1166</v>
       </c>
       <c r="D383" s="15" t="s">
         <v>1167</v>
       </c>
       <c r="E383" s="15" t="s">
         <v>1168</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I383" s="15" t="s">
         <v>1169</v>
       </c>
       <c r="J383" s="15"/>
       <c r="K383" s="15">
-        <v>0.29254</v>
+        <v>0.51844</v>
       </c>
       <c r="L383" s="15">
-        <v>0.1954</v>
+        <v>0.34562</v>
       </c>
       <c r="M383" s="15">
-        <v>0.17733</v>
+        <v>0.314</v>
       </c>
       <c r="N383" s="15">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C384" s="15" t="s">
         <v>1170</v>
       </c>
       <c r="D384" s="15" t="s">
         <v>1171</v>
       </c>
       <c r="E384" s="15" t="s">
         <v>1172</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I384" s="15" t="s">
         <v>1173</v>
       </c>
-      <c r="J384" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J384" s="15"/>
       <c r="K384" s="15">
-        <v>0.28461</v>
+        <v>0.29254</v>
       </c>
       <c r="L384" s="15">
-        <v>0.24666</v>
+        <v>0.1954</v>
       </c>
       <c r="M384" s="15">
-        <v>0.23718</v>
-[...1 lines deleted...]
-      <c r="N384" s="15"/>
+        <v>0.17733</v>
+      </c>
+      <c r="N384" s="15">
+        <v>9</v>
+      </c>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
-      <c r="Q384" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q384" s="15"/>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
-        <v>380</v>
+        <v>41</v>
       </c>
       <c r="C385" s="15" t="s">
         <v>1174</v>
       </c>
       <c r="D385" s="15" t="s">
         <v>1175</v>
       </c>
       <c r="E385" s="15" t="s">
         <v>1176</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I385" s="15" t="s">
         <v>1177</v>
       </c>
-      <c r="J385" s="15"/>
+      <c r="J385" s="15">
+        <v>500</v>
+      </c>
       <c r="K385" s="15">
-        <v>0.26748</v>
+        <v>0.28461</v>
       </c>
       <c r="L385" s="15">
-        <v>0.24073</v>
+        <v>0.24666</v>
       </c>
       <c r="M385" s="15">
-        <v>0.2229</v>
-[...6 lines deleted...]
-      <c r="Q385" s="15"/>
+        <v>0.23718</v>
+      </c>
+      <c r="N385" s="15"/>
+      <c r="O385" s="15">
+        <v>2070</v>
+      </c>
+      <c r="P385" s="15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="Q385" s="15">
+        <v>200</v>
+      </c>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C386" s="15" t="s">
         <v>1178</v>
       </c>
       <c r="D386" s="15" t="s">
         <v>1179</v>
       </c>
       <c r="E386" s="15" t="s">
         <v>1180</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I386" s="15" t="s">
         <v>1181</v>
       </c>
       <c r="J386" s="15"/>
       <c r="K386" s="15">
-        <v>0.60843</v>
+        <v>0.26748</v>
       </c>
       <c r="L386" s="15">
-        <v>0.5273099999999999</v>
+        <v>0.24073</v>
       </c>
       <c r="M386" s="15">
-        <v>0.50703</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.2229</v>
+      </c>
+      <c r="N386" s="15">
+        <v>560</v>
+      </c>
+      <c r="O386" s="15"/>
       <c r="P386" s="15"/>
       <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C387" s="15" t="s">
         <v>1182</v>
       </c>
       <c r="D387" s="15" t="s">
         <v>1183</v>
       </c>
       <c r="E387" s="15" t="s">
         <v>1184</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I387" s="15" t="s">
         <v>1185</v>
       </c>
       <c r="J387" s="15"/>
       <c r="K387" s="15">
-        <v>0.15137</v>
+        <v>0.5224800000000001</v>
       </c>
       <c r="L387" s="15">
-        <v>0.13623</v>
+        <v>0.45282</v>
       </c>
       <c r="M387" s="15">
-        <v>0.12614</v>
+        <v>0.4354</v>
       </c>
       <c r="N387" s="15">
-        <v>2556</v>
+        <v>750</v>
       </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
-        <v>50</v>
+        <v>380</v>
       </c>
       <c r="C388" s="15" t="s">
         <v>1186</v>
       </c>
       <c r="D388" s="15" t="s">
         <v>1187</v>
       </c>
       <c r="E388" s="15" t="s">
         <v>1188</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I388" s="15" t="s">
         <v>1189</v>
       </c>
-      <c r="J388" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J388" s="15"/>
       <c r="K388" s="15">
-        <v>0.18413</v>
+        <v>0.15137</v>
       </c>
       <c r="L388" s="15">
-        <v>0.16571</v>
+        <v>0.13623</v>
       </c>
       <c r="M388" s="15">
-        <v>0.15344</v>
+        <v>0.12614</v>
       </c>
       <c r="N388" s="15">
-        <v>3721</v>
+        <v>2485</v>
       </c>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
-      <c r="Q388" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q388" s="15"/>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C389" s="15" t="s">
         <v>1190</v>
       </c>
       <c r="D389" s="15" t="s">
         <v>1191</v>
       </c>
       <c r="E389" s="15" t="s">
         <v>1192</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I389" s="15" t="s">
         <v>1193</v>
       </c>
-      <c r="J389" s="15"/>
+      <c r="J389" s="15">
+        <v>300</v>
+      </c>
       <c r="K389" s="15">
-        <v>0.2739</v>
+        <v>0.18413</v>
       </c>
       <c r="L389" s="15">
-        <v>0.24651</v>
+        <v>0.16571</v>
       </c>
       <c r="M389" s="15">
-        <v>0.22825</v>
+        <v>0.15344</v>
       </c>
       <c r="N389" s="15">
-        <v>136</v>
+        <v>3921</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
-      <c r="Q389" s="15"/>
+      <c r="Q389" s="15">
+        <v>1000</v>
+      </c>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C390" s="15" t="s">
         <v>1194</v>
       </c>
       <c r="D390" s="15" t="s">
         <v>1195</v>
       </c>
       <c r="E390" s="15" t="s">
         <v>1196</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I390" s="15" t="s">
         <v>1197</v>
       </c>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
-        <v>0.45131</v>
+        <v>0.2739</v>
       </c>
       <c r="L390" s="15">
-        <v>0.40617</v>
+        <v>0.24651</v>
       </c>
       <c r="M390" s="15">
-        <v>0.37609</v>
+        <v>0.22825</v>
       </c>
       <c r="N390" s="15">
-        <v>100</v>
+        <v>146</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C391" s="15" t="s">
         <v>1198</v>
       </c>
       <c r="D391" s="15" t="s">
         <v>1199</v>
       </c>
       <c r="E391" s="15" t="s">
         <v>1200</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I391" s="15" t="s">
         <v>1201</v>
       </c>
       <c r="J391" s="15"/>
       <c r="K391" s="15">
-        <v>0.73325</v>
+        <v>0.45131</v>
       </c>
       <c r="L391" s="15">
-        <v>0.65992</v>
+        <v>0.40617</v>
       </c>
       <c r="M391" s="15">
-        <v>0.61104</v>
+        <v>0.37609</v>
       </c>
       <c r="N391" s="15">
-        <v>395</v>
+        <v>100</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C392" s="15" t="s">
         <v>1202</v>
       </c>
       <c r="D392" s="15" t="s">
         <v>1203</v>
       </c>
       <c r="E392" s="15" t="s">
         <v>1204</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I392" s="15" t="s">
         <v>1205</v>
       </c>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
-        <v>0.93096</v>
+        <v>0.73325</v>
       </c>
       <c r="L392" s="15">
-        <v>0.83786</v>
+        <v>0.65992</v>
       </c>
       <c r="M392" s="15">
-        <v>0.7758</v>
+        <v>0.61104</v>
       </c>
       <c r="N392" s="15">
-        <v>168</v>
+        <v>420</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C393" s="15" t="s">
         <v>1206</v>
       </c>
       <c r="D393" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="E393" s="15" t="s">
         <v>1208</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I393" s="15" t="s">
         <v>1209</v>
       </c>
       <c r="J393" s="15"/>
       <c r="K393" s="15">
-        <v>0.60009</v>
+        <v>0.93096</v>
       </c>
       <c r="L393" s="15">
-        <v>0.54008</v>
+        <v>0.83786</v>
       </c>
       <c r="M393" s="15">
-        <v>0.50008</v>
+        <v>0.7758</v>
       </c>
       <c r="N393" s="15">
-        <v>1065</v>
+        <v>170</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C394" s="15" t="s">
         <v>1210</v>
       </c>
       <c r="D394" s="15" t="s">
         <v>1211</v>
       </c>
-      <c r="E394" s="15">
-        <v>10080044868</v>
+      <c r="E394" s="15" t="s">
+        <v>1212</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I394" s="15" t="s">
-        <v>1212</v>
-[...3 lines deleted...]
-      </c>
+        <v>1213</v>
+      </c>
+      <c r="J394" s="15"/>
       <c r="K394" s="15">
-        <v>0.49411</v>
+        <v>0.60009</v>
       </c>
       <c r="L394" s="15">
-        <v>0.26471</v>
+        <v>0.54008</v>
       </c>
       <c r="M394" s="15">
-        <v>0.22941</v>
+        <v>0.50008</v>
       </c>
       <c r="N394" s="15">
-        <v>2</v>
+        <v>1095</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C395" s="15" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D395" s="15" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="E395" s="15">
-        <v>10080044869</v>
+        <v>10080044868</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I395" s="15" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="J395" s="15">
-        <v>375</v>
+        <v>475</v>
       </c>
       <c r="K395" s="15">
-        <v>0.734</v>
+        <v>0.49411</v>
       </c>
       <c r="L395" s="15">
-        <v>0.39322</v>
+        <v>0.26471</v>
       </c>
       <c r="M395" s="15">
-        <v>0.34078</v>
+        <v>0.22941</v>
       </c>
       <c r="N395" s="15">
-        <v>100</v>
+        <v>2</v>
       </c>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D396" s="15" t="s">
-        <v>1217</v>
-[...1 lines deleted...]
-      <c r="E396" s="15" t="s">
         <v>1218</v>
+      </c>
+      <c r="E396" s="15">
+        <v>10080044869</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I396" s="15" t="s">
         <v>1219</v>
       </c>
       <c r="J396" s="15">
-        <v>301</v>
+        <v>375</v>
       </c>
       <c r="K396" s="15">
-        <v>0.46049</v>
+        <v>0.734</v>
       </c>
       <c r="L396" s="15">
-        <v>0.41444</v>
+        <v>0.39322</v>
       </c>
       <c r="M396" s="15">
-        <v>0.38374</v>
+        <v>0.34078</v>
       </c>
       <c r="N396" s="15">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
-      <c r="Q396" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="C397" s="15" t="s">
         <v>1220</v>
       </c>
       <c r="D397" s="15" t="s">
         <v>1221</v>
       </c>
       <c r="E397" s="15" t="s">
         <v>1222</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I397" s="15" t="s">
         <v>1223</v>
       </c>
-      <c r="J397" s="15"/>
+      <c r="J397" s="15">
+        <v>301</v>
+      </c>
       <c r="K397" s="15">
-        <v>0.40032</v>
+        <v>0.46049</v>
       </c>
       <c r="L397" s="15">
-        <v>0.34866</v>
+        <v>0.41444</v>
       </c>
       <c r="M397" s="15">
-        <v>0.32284</v>
+        <v>0.38374</v>
       </c>
       <c r="N397" s="15">
-        <v>820</v>
+        <v>211</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
-      <c r="Q397" s="15"/>
+      <c r="Q397" s="15">
+        <v>1204</v>
+      </c>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C398" s="15" t="s">
         <v>1224</v>
       </c>
       <c r="D398" s="15" t="s">
         <v>1225</v>
       </c>
       <c r="E398" s="15" t="s">
         <v>1226</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I398" s="15" t="s">
         <v>1227</v>
       </c>
       <c r="J398" s="15"/>
       <c r="K398" s="15">
-        <v>0.4169</v>
+        <v>0.40032</v>
       </c>
       <c r="L398" s="15">
-        <v>0.36311</v>
+        <v>0.34866</v>
       </c>
       <c r="M398" s="15">
-        <v>0.33621</v>
+        <v>0.32284</v>
       </c>
       <c r="N398" s="15">
-        <v>390</v>
+        <v>600</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C399" s="15" t="s">
         <v>1228</v>
       </c>
       <c r="D399" s="15" t="s">
         <v>1229</v>
       </c>
       <c r="E399" s="15" t="s">
         <v>1230</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I399" s="15" t="s">
         <v>1231</v>
       </c>
       <c r="J399" s="15"/>
       <c r="K399" s="15">
-        <v>0.49505</v>
+        <v>0.4169</v>
       </c>
       <c r="L399" s="15">
-        <v>0.44554</v>
+        <v>0.36311</v>
       </c>
       <c r="M399" s="15">
-        <v>0.41254</v>
-[...5 lines deleted...]
-      <c r="P399" s="15"/>
+        <v>0.33621</v>
+      </c>
+      <c r="N399" s="15"/>
+      <c r="O399" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P399" s="15" t="s">
+        <v>1089</v>
+      </c>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C400" s="15" t="s">
         <v>1232</v>
       </c>
       <c r="D400" s="15" t="s">
         <v>1233</v>
       </c>
       <c r="E400" s="15" t="s">
         <v>1234</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I400" s="15" t="s">
         <v>1235</v>
       </c>
       <c r="J400" s="15"/>
       <c r="K400" s="15">
-        <v>0.94629</v>
+        <v>0.49505</v>
       </c>
       <c r="L400" s="15">
-        <v>0.82419</v>
+        <v>0.44554</v>
       </c>
       <c r="M400" s="15">
-        <v>0.76314</v>
+        <v>0.41254</v>
       </c>
       <c r="N400" s="15">
-        <v>10584</v>
+        <v>100</v>
       </c>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C401" s="15" t="s">
         <v>1236</v>
       </c>
       <c r="D401" s="15" t="s">
         <v>1237</v>
       </c>
       <c r="E401" s="15" t="s">
         <v>1238</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I401" s="15" t="s">
         <v>1239</v>
       </c>
-      <c r="J401" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J401" s="15"/>
       <c r="K401" s="15">
-        <v>1.16</v>
+        <v>0.94629</v>
       </c>
       <c r="L401" s="15">
-        <v>1.01</v>
+        <v>0.82419</v>
       </c>
       <c r="M401" s="15">
-        <v>0.9335</v>
+        <v>0.76314</v>
       </c>
       <c r="N401" s="15">
-        <v>9733</v>
+        <v>10849</v>
       </c>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C402" s="15" t="s">
         <v>1240</v>
       </c>
       <c r="D402" s="15" t="s">
         <v>1241</v>
       </c>
       <c r="E402" s="15" t="s">
         <v>1242</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I402" s="15" t="s">
         <v>1243</v>
       </c>
-      <c r="J402" s="15"/>
+      <c r="J402" s="15">
+        <v>102</v>
+      </c>
       <c r="K402" s="15">
-        <v>0.37979</v>
+        <v>1.16</v>
       </c>
       <c r="L402" s="15">
-        <v>0.34181</v>
+        <v>1.01</v>
       </c>
       <c r="M402" s="15">
-        <v>0.31649</v>
+        <v>0.9335</v>
       </c>
       <c r="N402" s="15">
-        <v>140</v>
+        <v>9616</v>
       </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
-        <v>88</v>
+        <v>26</v>
       </c>
       <c r="C403" s="15" t="s">
         <v>1244</v>
       </c>
       <c r="D403" s="15" t="s">
         <v>1245</v>
       </c>
       <c r="E403" s="15" t="s">
         <v>1246</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I403" s="15" t="s">
         <v>1247</v>
       </c>
-      <c r="J403" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J403" s="15"/>
       <c r="K403" s="15">
-        <v>0.93443</v>
+        <v>0.37979</v>
       </c>
       <c r="L403" s="15">
-        <v>0.80984</v>
+        <v>0.34181</v>
       </c>
       <c r="M403" s="15">
-        <v>0.77869</v>
+        <v>0.31649</v>
       </c>
       <c r="N403" s="15">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C404" s="15" t="s">
         <v>1248</v>
       </c>
       <c r="D404" s="15" t="s">
         <v>1249</v>
       </c>
       <c r="E404" s="15" t="s">
         <v>1250</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I404" s="15" t="s">
         <v>1251</v>
       </c>
-      <c r="J404" s="15"/>
+      <c r="J404" s="15">
+        <v>132</v>
+      </c>
       <c r="K404" s="15">
-        <v>1.57</v>
+        <v>0.93795</v>
       </c>
       <c r="L404" s="15">
-        <v>1.37</v>
+        <v>0.81289</v>
       </c>
       <c r="M404" s="15">
-        <v>1.27</v>
+        <v>0.78163</v>
       </c>
       <c r="N404" s="15">
-        <v>7636</v>
+        <v>4946</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="C405" s="15" t="s">
         <v>1252</v>
       </c>
       <c r="D405" s="15" t="s">
         <v>1253</v>
       </c>
       <c r="E405" s="15" t="s">
         <v>1254</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I405" s="15" t="s">
         <v>1255</v>
       </c>
       <c r="J405" s="15"/>
       <c r="K405" s="15">
-        <v>1.23</v>
+        <v>1.57</v>
       </c>
       <c r="L405" s="15">
-        <v>1.1</v>
+        <v>1.37</v>
       </c>
       <c r="M405" s="15">
-        <v>1.02</v>
+        <v>1.27</v>
       </c>
       <c r="N405" s="15">
-        <v>350</v>
+        <v>6228</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C406" s="15" t="s">
         <v>1256</v>
       </c>
       <c r="D406" s="15" t="s">
         <v>1257</v>
       </c>
       <c r="E406" s="15" t="s">
         <v>1258</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I406" s="15" t="s">
         <v>1259</v>
       </c>
-      <c r="J406" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J406" s="15"/>
       <c r="K406" s="15">
-        <v>0.86766</v>
+        <v>1.23</v>
       </c>
       <c r="L406" s="15">
-        <v>0.78089</v>
+        <v>1.1</v>
       </c>
       <c r="M406" s="15">
-        <v>0.72305</v>
+        <v>1.02</v>
       </c>
       <c r="N406" s="15">
-        <v>1380</v>
+        <v>305</v>
       </c>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C407" s="15" t="s">
         <v>1260</v>
       </c>
       <c r="D407" s="15" t="s">
         <v>1261</v>
       </c>
       <c r="E407" s="15" t="s">
         <v>1262</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="I407" s="15" t="s">
         <v>1263</v>
       </c>
-      <c r="J407" s="15"/>
+      <c r="J407" s="15">
+        <v>95</v>
+      </c>
       <c r="K407" s="15">
-        <v>1.57</v>
+        <v>0.86766</v>
       </c>
       <c r="L407" s="15">
-        <v>1.41</v>
+        <v>0.78089</v>
       </c>
       <c r="M407" s="15">
-        <v>1.31</v>
+        <v>0.72305</v>
       </c>
       <c r="N407" s="15">
-        <v>1900</v>
+        <v>1280</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
-        <v>88</v>
+        <v>32</v>
       </c>
       <c r="C408" s="15" t="s">
         <v>1264</v>
       </c>
       <c r="D408" s="15" t="s">
         <v>1265</v>
       </c>
-      <c r="E408" s="15">
-        <v>10080048465</v>
+      <c r="E408" s="15" t="s">
+        <v>1266</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1266</v>
-[...4 lines deleted...]
-      </c>
+        <v>1083</v>
+      </c>
+      <c r="I408" s="15" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J408" s="15"/>
       <c r="K408" s="15">
-        <v>0.82577</v>
+        <v>1.57</v>
       </c>
       <c r="L408" s="15">
-        <v>0.71566</v>
+        <v>1.41</v>
       </c>
       <c r="M408" s="15">
-        <v>0.68814</v>
-[...1 lines deleted...]
-      <c r="N408" s="15"/>
+        <v>1.31</v>
+      </c>
+      <c r="N408" s="15">
+        <v>1625</v>
+      </c>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="D409" s="15" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>1267</v>
+        <v>1269</v>
+      </c>
+      <c r="E409" s="15">
+        <v>10080048465</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1266</v>
-[...1 lines deleted...]
-      <c r="I409" s="15"/>
+        <v>1270</v>
+      </c>
+      <c r="I409" s="15" t="s">
+        <v>1271</v>
+      </c>
       <c r="J409" s="15">
-        <v>256</v>
+        <v>50</v>
       </c>
       <c r="K409" s="15">
-        <v>0.85746</v>
+        <v>0.82577</v>
       </c>
       <c r="L409" s="15">
-        <v>0.74313</v>
+        <v>0.71566</v>
       </c>
       <c r="M409" s="15">
-        <v>0.71455</v>
+        <v>0.68814</v>
       </c>
       <c r="N409" s="15"/>
-      <c r="O409" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
-        <v>41</v>
+        <v>88</v>
       </c>
       <c r="C410" s="15" t="s">
         <v>1268</v>
       </c>
       <c r="D410" s="15" t="s">
         <v>1269</v>
       </c>
       <c r="E410" s="15" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I410" s="15" t="s">
         <v>1271</v>
       </c>
       <c r="J410" s="15">
-        <v>100</v>
+        <v>256</v>
       </c>
       <c r="K410" s="15">
-        <v>0.1682</v>
+        <v>0.84584</v>
       </c>
       <c r="L410" s="15">
-        <v>0.14577</v>
+        <v>0.73306</v>
       </c>
       <c r="M410" s="15">
-        <v>0.14016</v>
+        <v>0.70486</v>
       </c>
       <c r="N410" s="15">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D411" s="15" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="E411" s="15" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="J411" s="15">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="K411" s="15">
-        <v>0.11466</v>
+        <v>0.1682</v>
       </c>
       <c r="L411" s="15">
-        <v>0.09937</v>
+        <v>0.14577</v>
       </c>
       <c r="M411" s="15">
-        <v>0.09555</v>
+        <v>0.14016</v>
       </c>
       <c r="N411" s="15">
-        <v>9691</v>
+        <v>390</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="D412" s="15" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="E412" s="15" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="J412" s="15">
-        <v>100</v>
+        <v>400</v>
       </c>
       <c r="K412" s="15">
-        <v>0.17075</v>
+        <v>0.11466</v>
       </c>
       <c r="L412" s="15">
-        <v>0.14798</v>
+        <v>0.09937</v>
       </c>
       <c r="M412" s="15">
-        <v>0.14229</v>
+        <v>0.09555</v>
       </c>
       <c r="N412" s="15">
-        <v>840</v>
+        <v>8231</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D413" s="15" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="E413" s="15" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="J413" s="15">
         <v>100</v>
       </c>
       <c r="K413" s="15">
-        <v>0.28091</v>
+        <v>0.17075</v>
       </c>
       <c r="L413" s="15">
-        <v>0.24345</v>
+        <v>0.14798</v>
       </c>
       <c r="M413" s="15">
-        <v>0.23409</v>
+        <v>0.14229</v>
       </c>
       <c r="N413" s="15">
-        <v>600</v>
+        <v>750</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D414" s="15" t="s">
-        <v>1285</v>
-[...2 lines deleted...]
-        <v>10080040055</v>
+        <v>1286</v>
+      </c>
+      <c r="E414" s="15" t="s">
+        <v>1287</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="J414" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K414" s="15">
-        <v>0.15822</v>
+        <v>0.28091</v>
       </c>
       <c r="L414" s="15">
-        <v>0.13712</v>
+        <v>0.24345</v>
       </c>
       <c r="M414" s="15">
-        <v>0.13185</v>
+        <v>0.23409</v>
       </c>
       <c r="N414" s="15">
-        <v>5360</v>
+        <v>441</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D415" s="15" t="s">
-        <v>1288</v>
-[...2 lines deleted...]
-        <v>1289</v>
+        <v>1290</v>
+      </c>
+      <c r="E415" s="15">
+        <v>10080040055</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="J415" s="15">
         <v>200</v>
       </c>
       <c r="K415" s="15">
-        <v>0.28539</v>
+        <v>0.15822</v>
       </c>
       <c r="L415" s="15">
-        <v>0.24734</v>
+        <v>0.13712</v>
       </c>
       <c r="M415" s="15">
-        <v>0.23783</v>
+        <v>0.13185</v>
       </c>
       <c r="N415" s="15">
-        <v>720</v>
+        <v>5628</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C416" s="15" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="D416" s="15" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="E416" s="15" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="J416" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K416" s="15">
-        <v>0.34116</v>
+        <v>0.28539</v>
       </c>
       <c r="L416" s="15">
-        <v>0.29567</v>
+        <v>0.24734</v>
       </c>
       <c r="M416" s="15">
-        <v>0.2843</v>
+        <v>0.23783</v>
       </c>
       <c r="N416" s="15">
-        <v>858</v>
+        <v>810</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="D417" s="15" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="E417" s="15" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I417" s="15" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="J417" s="15">
         <v>100</v>
       </c>
       <c r="K417" s="15">
-        <v>0.40058</v>
+        <v>0.34116</v>
       </c>
       <c r="L417" s="15">
-        <v>0.34717</v>
+        <v>0.29567</v>
       </c>
       <c r="M417" s="15">
-        <v>0.33381</v>
+        <v>0.2843</v>
       </c>
       <c r="N417" s="15">
-        <v>696</v>
+        <v>1079</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D418" s="15" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="E418" s="15" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I418" s="15" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="J418" s="15">
         <v>100</v>
       </c>
       <c r="K418" s="15">
-        <v>0.4541</v>
+        <v>0.40058</v>
       </c>
       <c r="L418" s="15">
-        <v>0.39355</v>
+        <v>0.34717</v>
       </c>
       <c r="M418" s="15">
-        <v>0.37841</v>
+        <v>0.33381</v>
       </c>
       <c r="N418" s="15">
-        <v>840</v>
+        <v>535</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D419" s="15" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="E419" s="15" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I419" s="15" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="J419" s="15">
         <v>100</v>
       </c>
       <c r="K419" s="15">
-        <v>0.62187</v>
+        <v>0.4541</v>
       </c>
       <c r="L419" s="15">
-        <v>0.53895</v>
+        <v>0.39355</v>
       </c>
       <c r="M419" s="15">
-        <v>0.51823</v>
+        <v>0.37841</v>
       </c>
       <c r="N419" s="15">
-        <v>890</v>
+        <v>620</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D420" s="15" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="E420" s="15" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="J420" s="15">
         <v>100</v>
       </c>
       <c r="K420" s="15">
-        <v>0.68003</v>
+        <v>0.62187</v>
       </c>
       <c r="L420" s="15">
-        <v>0.58936</v>
+        <v>0.53895</v>
       </c>
       <c r="M420" s="15">
-        <v>0.56669</v>
+        <v>0.51823</v>
       </c>
       <c r="N420" s="15">
-        <v>790</v>
+        <v>670</v>
       </c>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D421" s="15" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="E421" s="15" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I421" s="15" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="J421" s="15">
         <v>100</v>
       </c>
       <c r="K421" s="15">
-        <v>0.30387</v>
+        <v>0.68003</v>
       </c>
       <c r="L421" s="15">
-        <v>0.26335</v>
+        <v>0.58936</v>
       </c>
       <c r="M421" s="15">
-        <v>0.25323</v>
+        <v>0.56669</v>
       </c>
       <c r="N421" s="15">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D422" s="15" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="E422" s="15" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I422" s="15" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="J422" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K422" s="15">
-        <v>0.54132</v>
+        <v>0.30992</v>
       </c>
       <c r="L422" s="15">
-        <v>0.46914</v>
+        <v>0.26859</v>
       </c>
       <c r="M422" s="15">
-        <v>0.4511</v>
+        <v>0.25826</v>
       </c>
       <c r="N422" s="15">
-        <v>100</v>
+        <v>488</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
-        <v>380</v>
+        <v>41</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D423" s="15" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="E423" s="15" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I423" s="15" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="J423" s="15">
         <v>200</v>
       </c>
       <c r="K423" s="15">
-        <v>0.34238</v>
+        <v>0.54132</v>
       </c>
       <c r="L423" s="15">
-        <v>0.29673</v>
+        <v>0.46914</v>
       </c>
       <c r="M423" s="15">
-        <v>0.28531</v>
-[...1 lines deleted...]
-      <c r="N423" s="15"/>
+        <v>0.4511</v>
+      </c>
+      <c r="N423" s="15">
+        <v>100</v>
+      </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D424" s="15" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="E424" s="15" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I424" s="15" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="J424" s="15">
         <v>200</v>
       </c>
       <c r="K424" s="15">
-        <v>0.28353</v>
+        <v>0.34238</v>
       </c>
       <c r="L424" s="15">
-        <v>0.24573</v>
+        <v>0.29673</v>
       </c>
       <c r="M424" s="15">
-        <v>0.23628</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28531</v>
+      </c>
+      <c r="N424" s="15"/>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D425" s="15" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="E425" s="15" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I425" s="15" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="J425" s="15">
         <v>200</v>
       </c>
       <c r="K425" s="15">
-        <v>0.34563</v>
+        <v>0.28353</v>
       </c>
       <c r="L425" s="15">
-        <v>0.29955</v>
+        <v>0.24573</v>
       </c>
       <c r="M425" s="15">
-        <v>0.28803</v>
+        <v>0.23628</v>
       </c>
       <c r="N425" s="15">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
-        <v>50</v>
+        <v>380</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D426" s="15" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="E426" s="15" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I426" s="15" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="J426" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K426" s="15">
-        <v>0.19262</v>
+        <v>0.34563</v>
       </c>
       <c r="L426" s="15">
-        <v>0.16693</v>
+        <v>0.29955</v>
       </c>
       <c r="M426" s="15">
-        <v>0.16051</v>
+        <v>0.28803</v>
       </c>
       <c r="N426" s="15">
-        <v>156</v>
+        <v>30</v>
       </c>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D427" s="15" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="E427" s="15" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="J427" s="15">
         <v>100</v>
       </c>
       <c r="K427" s="15">
-        <v>0.42809</v>
+        <v>0.19262</v>
       </c>
       <c r="L427" s="15">
-        <v>0.37101</v>
+        <v>0.16693</v>
       </c>
       <c r="M427" s="15">
-        <v>0.35674</v>
+        <v>0.16051</v>
       </c>
       <c r="N427" s="15">
-        <v>100</v>
+        <v>122</v>
       </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D428" s="15" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="E428" s="15" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="J428" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K428" s="15">
-        <v>0.31088</v>
+        <v>0.42809</v>
       </c>
       <c r="L428" s="15">
-        <v>0.26943</v>
+        <v>0.37101</v>
       </c>
       <c r="M428" s="15">
-        <v>0.25906</v>
+        <v>0.35674</v>
       </c>
       <c r="N428" s="15">
-        <v>630</v>
+        <v>100</v>
       </c>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D429" s="15" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="E429" s="15" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="J429" s="15">
         <v>50</v>
       </c>
       <c r="K429" s="15">
-        <v>0.45158</v>
+        <v>0.31088</v>
       </c>
       <c r="L429" s="15">
-        <v>0.39137</v>
+        <v>0.26943</v>
       </c>
       <c r="M429" s="15">
-        <v>0.37631</v>
+        <v>0.25906</v>
       </c>
       <c r="N429" s="15">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="O429" s="15"/>
+      <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C430" s="15" t="s">
         <v>1348</v>
       </c>
       <c r="D430" s="15" t="s">
         <v>1349</v>
       </c>
       <c r="E430" s="15" t="s">
         <v>1350</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I430" s="15" t="s">
         <v>1351</v>
       </c>
       <c r="J430" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K430" s="15">
-        <v>0.60107</v>
+        <v>0.45158</v>
       </c>
       <c r="L430" s="15">
-        <v>0.52092</v>
+        <v>0.39137</v>
       </c>
       <c r="M430" s="15">
-        <v>0.5008899999999999</v>
+        <v>0.37631</v>
       </c>
       <c r="N430" s="15">
-        <v>840</v>
-[...2 lines deleted...]
-      <c r="P430" s="15"/>
+        <v>62</v>
+      </c>
+      <c r="O430" s="15">
+        <v>120</v>
+      </c>
+      <c r="P430" s="15" t="s">
+        <v>1352</v>
+      </c>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C431" s="15" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="D431" s="15" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="E431" s="15" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="J431" s="15">
         <v>20</v>
       </c>
       <c r="K431" s="15">
-        <v>0.7500599999999999</v>
+        <v>0.60107</v>
       </c>
       <c r="L431" s="15">
-        <v>0.65005</v>
+        <v>0.52092</v>
       </c>
       <c r="M431" s="15">
-        <v>0.62505</v>
+        <v>0.5008899999999999</v>
       </c>
       <c r="N431" s="15">
-        <v>860</v>
+        <v>820</v>
       </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="C432" s="15" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="D432" s="15" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="E432" s="15" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="J432" s="15">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="K432" s="15">
-        <v>0.23342</v>
+        <v>0.7500599999999999</v>
       </c>
       <c r="L432" s="15">
-        <v>0.20229</v>
+        <v>0.65005</v>
       </c>
       <c r="M432" s="15">
-        <v>0.19451</v>
+        <v>0.62505</v>
       </c>
       <c r="N432" s="15">
-        <v>850</v>
+        <v>830</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D433" s="15" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="E433" s="15" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="J433" s="15">
         <v>100</v>
       </c>
       <c r="K433" s="15">
-        <v>0.30954</v>
+        <v>0.23342</v>
       </c>
       <c r="L433" s="15">
-        <v>0.26827</v>
+        <v>0.20229</v>
       </c>
       <c r="M433" s="15">
-        <v>0.25795</v>
+        <v>0.19451</v>
       </c>
       <c r="N433" s="15">
-        <v>690</v>
+        <v>840</v>
       </c>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="D434" s="15" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="E434" s="15" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="J434" s="15">
         <v>100</v>
       </c>
       <c r="K434" s="15">
-        <v>0.45329</v>
+        <v>0.30954</v>
       </c>
       <c r="L434" s="15">
-        <v>0.39285</v>
+        <v>0.26827</v>
       </c>
       <c r="M434" s="15">
-        <v>0.37774</v>
+        <v>0.25795</v>
       </c>
       <c r="N434" s="15">
-        <v>50</v>
+        <v>610</v>
       </c>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="D435" s="15" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="E435" s="15" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="J435" s="15">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="K435" s="15">
-        <v>0.56472</v>
+        <v>0.45329</v>
       </c>
       <c r="L435" s="15">
-        <v>0.48942</v>
+        <v>0.39285</v>
       </c>
       <c r="M435" s="15">
-        <v>0.4706</v>
-[...2 lines deleted...]
-      <c r="O435" s="15">
+        <v>0.37774</v>
+      </c>
+      <c r="N435" s="15">
         <v>50</v>
       </c>
-      <c r="P435" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O435" s="15"/>
+      <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="D436" s="15" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="E436" s="15" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="J436" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K436" s="15">
-        <v>0.25248</v>
+        <v>0.56472</v>
       </c>
       <c r="L436" s="15">
-        <v>0.21882</v>
+        <v>0.48942</v>
       </c>
       <c r="M436" s="15">
-        <v>0.2104</v>
-[...5 lines deleted...]
-      <c r="P436" s="15"/>
+        <v>0.4706</v>
+      </c>
+      <c r="N436" s="15"/>
+      <c r="O436" s="15">
+        <v>50</v>
+      </c>
+      <c r="P436" s="15" t="s">
+        <v>1352</v>
+      </c>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="D437" s="15" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="E437" s="15" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="J437" s="15">
         <v>25</v>
       </c>
       <c r="K437" s="15">
-        <v>0.58812</v>
+        <v>0.25248</v>
       </c>
       <c r="L437" s="15">
-        <v>0.5097</v>
+        <v>0.21882</v>
       </c>
       <c r="M437" s="15">
-        <v>0.4901</v>
+        <v>0.2104</v>
       </c>
       <c r="N437" s="15">
-        <v>100</v>
+        <v>1380</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D438" s="15" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="E438" s="15" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="J438" s="15">
         <v>25</v>
       </c>
       <c r="K438" s="15">
-        <v>0.75644</v>
+        <v>0.58812</v>
       </c>
       <c r="L438" s="15">
-        <v>0.6555800000000001</v>
+        <v>0.5097</v>
       </c>
       <c r="M438" s="15">
-        <v>0.63036</v>
+        <v>0.4901</v>
       </c>
       <c r="N438" s="15">
         <v>100</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="D439" s="15" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="E439" s="15" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I439" s="15" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="J439" s="15">
         <v>25</v>
       </c>
       <c r="K439" s="15">
-        <v>0.46499</v>
+        <v>0.75644</v>
       </c>
       <c r="L439" s="15">
-        <v>0.40299</v>
+        <v>0.6555800000000001</v>
       </c>
       <c r="M439" s="15">
-        <v>0.38749</v>
+        <v>0.63036</v>
       </c>
       <c r="N439" s="15">
         <v>100</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="D440" s="15" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="E440" s="15" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="J440" s="15">
         <v>25</v>
       </c>
       <c r="K440" s="15">
-        <v>0.6518</v>
+        <v>0.46499</v>
       </c>
       <c r="L440" s="15">
-        <v>0.56489</v>
+        <v>0.40299</v>
       </c>
       <c r="M440" s="15">
-        <v>0.54316</v>
+        <v>0.38749</v>
       </c>
       <c r="N440" s="15">
-        <v>528</v>
+        <v>100</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="D441" s="15" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="E441" s="15" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="J441" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K441" s="15">
-        <v>1.23</v>
+        <v>0.6518</v>
       </c>
       <c r="L441" s="15">
-        <v>1.07</v>
+        <v>0.56489</v>
       </c>
       <c r="M441" s="15">
-        <v>1.03</v>
+        <v>0.54316</v>
       </c>
       <c r="N441" s="15">
-        <v>790</v>
-[...3 lines deleted...]
-      </c>
+        <v>401</v>
+      </c>
+      <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D442" s="15" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="E442" s="15" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I442" s="15" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="J442" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K442" s="15">
-        <v>0.21798</v>
+        <v>1.27</v>
       </c>
       <c r="L442" s="15">
-        <v>0.18892</v>
+        <v>1.1</v>
       </c>
       <c r="M442" s="15">
-        <v>0.18165</v>
+        <v>1.06</v>
       </c>
       <c r="N442" s="15">
-        <v>1700</v>
+        <v>1170</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D443" s="15" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="E443" s="15" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I443" s="15" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="J443" s="15">
         <v>25</v>
       </c>
       <c r="K443" s="15">
-        <v>0.58604</v>
+        <v>0.21798</v>
       </c>
       <c r="L443" s="15">
-        <v>0.5079</v>
+        <v>0.18892</v>
       </c>
       <c r="M443" s="15">
-        <v>0.48836</v>
+        <v>0.18165</v>
       </c>
       <c r="N443" s="15">
-        <v>720</v>
+        <v>1340</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="D444" s="15" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-        <v>10080039444</v>
+        <v>1406</v>
+      </c>
+      <c r="E444" s="15" t="s">
+        <v>1407</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I444" s="15" t="s">
-        <v>1406</v>
-[...1 lines deleted...]
-      <c r="J444" s="15"/>
+        <v>1408</v>
+      </c>
+      <c r="J444" s="15">
+        <v>25</v>
+      </c>
       <c r="K444" s="15">
-        <v>0.42977</v>
+        <v>0.58604</v>
       </c>
       <c r="L444" s="15">
-        <v>0</v>
+        <v>0.5079</v>
       </c>
       <c r="M444" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N444" s="15"/>
+        <v>0.48836</v>
+      </c>
+      <c r="N444" s="15">
+        <v>820</v>
+      </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D445" s="15" t="s">
-        <v>1408</v>
-[...2 lines deleted...]
-        <v>1409</v>
+        <v>1410</v>
+      </c>
+      <c r="E445" s="15">
+        <v>10080039444</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1410</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="J445" s="15"/>
       <c r="K445" s="15">
-        <v>0.37661</v>
+        <v>0.42977</v>
       </c>
       <c r="L445" s="15">
-        <v>0.32639</v>
+        <v>0</v>
       </c>
       <c r="M445" s="15">
-        <v>0.31384</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N445" s="15"/>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D446" s="15" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-        <v>10080039445</v>
+        <v>1413</v>
+      </c>
+      <c r="E446" s="15" t="s">
+        <v>1414</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>1266</v>
-[...2 lines deleted...]
-      <c r="J446" s="15"/>
+        <v>1270</v>
+      </c>
+      <c r="I446" s="15" t="s">
+        <v>1415</v>
+      </c>
+      <c r="J446" s="15">
+        <v>25</v>
+      </c>
       <c r="K446" s="15">
-        <v>0.9772</v>
+        <v>0.37661</v>
       </c>
       <c r="L446" s="15">
-        <v>0</v>
+        <v>0.32639</v>
       </c>
       <c r="M446" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N446" s="15"/>
+        <v>0.31384</v>
+      </c>
+      <c r="N446" s="15">
+        <v>100</v>
+      </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="D447" s="15" t="s">
-        <v>1414</v>
-[...2 lines deleted...]
-        <v>1415</v>
+        <v>1417</v>
+      </c>
+      <c r="E447" s="15">
+        <v>10080039445</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>1266</v>
-[...6 lines deleted...]
-      </c>
+        <v>1270</v>
+      </c>
+      <c r="I447" s="15"/>
+      <c r="J447" s="15"/>
       <c r="K447" s="15">
-        <v>0.68249</v>
+        <v>0.9772</v>
       </c>
       <c r="L447" s="15">
-        <v>0.59149</v>
+        <v>0</v>
       </c>
       <c r="M447" s="15">
-        <v>0.56874</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N447" s="15"/>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
-        <v>380</v>
+        <v>26</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="D448" s="15" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="E448" s="15" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I448" s="15" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="J448" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K448" s="15">
-        <v>0.15018</v>
+        <v>0.68249</v>
       </c>
       <c r="L448" s="15">
-        <v>0.13016</v>
+        <v>0.59149</v>
       </c>
       <c r="M448" s="15">
-        <v>0.12515</v>
+        <v>0.56874</v>
       </c>
       <c r="N448" s="15">
-        <v>1394</v>
+        <v>1380</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D449" s="15" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="E449" s="15" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I449" s="15" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="J449" s="15">
         <v>100</v>
       </c>
       <c r="K449" s="15">
-        <v>0.19157</v>
+        <v>0.15018</v>
       </c>
       <c r="L449" s="15">
-        <v>0.16602</v>
+        <v>0.13016</v>
       </c>
       <c r="M449" s="15">
-        <v>0.15964</v>
+        <v>0.12515</v>
       </c>
       <c r="N449" s="15">
-        <v>890</v>
+        <v>1513</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
-        <v>50</v>
+        <v>380</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D450" s="15" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="E450" s="15" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="J450" s="15">
         <v>100</v>
       </c>
       <c r="K450" s="15">
-        <v>0.16722</v>
+        <v>0.19157</v>
       </c>
       <c r="L450" s="15">
-        <v>0.14492</v>
+        <v>0.16602</v>
       </c>
       <c r="M450" s="15">
-        <v>0.13935</v>
+        <v>0.15964</v>
       </c>
       <c r="N450" s="15">
-        <v>680</v>
+        <v>760</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
-        <v>88</v>
+        <v>50</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D451" s="15" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="E451" s="15" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="J451" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K451" s="15">
-        <v>0.16902</v>
+        <v>0.16722</v>
       </c>
       <c r="L451" s="15">
-        <v>0.14648</v>
+        <v>0.14492</v>
       </c>
       <c r="M451" s="15">
-        <v>0.14085</v>
+        <v>0.13935</v>
       </c>
       <c r="N451" s="15">
-        <v>880</v>
+        <v>680</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D452" s="15" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="E452" s="15" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="J452" s="15">
         <v>25</v>
       </c>
       <c r="K452" s="15">
-        <v>0.25526</v>
+        <v>0.16902</v>
       </c>
       <c r="L452" s="15">
-        <v>0.22122</v>
+        <v>0.14648</v>
       </c>
       <c r="M452" s="15">
-        <v>0.21271</v>
+        <v>0.14085</v>
       </c>
       <c r="N452" s="15">
-        <v>700</v>
+        <v>610</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="D453" s="15" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="E453" s="15" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="J453" s="15">
         <v>25</v>
       </c>
       <c r="K453" s="15">
-        <v>0.67317</v>
+        <v>0.25526</v>
       </c>
       <c r="L453" s="15">
-        <v>0.58341</v>
+        <v>0.22122</v>
       </c>
       <c r="M453" s="15">
-        <v>0.56098</v>
+        <v>0.21271</v>
       </c>
       <c r="N453" s="15">
-        <v>634</v>
+        <v>730</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
-        <v>380</v>
+        <v>88</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="D454" s="15" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="E454" s="15" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>30</v>
+        <v>1270</v>
       </c>
       <c r="I454" s="15" t="s">
-        <v>1444</v>
-[...1 lines deleted...]
-      <c r="J454" s="15"/>
+        <v>1445</v>
+      </c>
+      <c r="J454" s="15">
+        <v>25</v>
+      </c>
       <c r="K454" s="15">
-        <v>0.17159</v>
+        <v>0.67317</v>
       </c>
       <c r="L454" s="15">
-        <v>0.14945</v>
+        <v>0.58341</v>
       </c>
       <c r="M454" s="15">
-        <v>0.13838</v>
+        <v>0.56098</v>
       </c>
       <c r="N454" s="15">
-        <v>3362</v>
+        <v>519</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
-        <v>50</v>
+        <v>380</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D455" s="15" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="E455" s="15" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I455" s="15" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
-        <v>0.72715</v>
+        <v>0.17159</v>
       </c>
       <c r="L455" s="15">
-        <v>0.6333299999999999</v>
+        <v>0.14945</v>
       </c>
       <c r="M455" s="15">
-        <v>0.58641</v>
+        <v>0.13838</v>
       </c>
       <c r="N455" s="15">
-        <v>990</v>
+        <v>3078</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
-        <v>376</v>
+        <v>50</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D456" s="15" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="E456" s="15" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I456" s="15" t="s">
+        <v>1453</v>
+      </c>
+      <c r="J456" s="15"/>
       <c r="K456" s="15">
-        <v>1.26</v>
+        <v>0.72715</v>
       </c>
       <c r="L456" s="15">
-        <v>1</v>
+        <v>0.6333299999999999</v>
       </c>
       <c r="M456" s="15">
-        <v>0.93559</v>
+        <v>0.58641</v>
       </c>
       <c r="N456" s="15">
-        <v>33</v>
+        <v>1155</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
-      <c r="B457" s="14"/>
-[...2 lines deleted...]
-      <c r="E457" s="15"/>
+      <c r="B457" s="14" t="s">
+        <v>376</v>
+      </c>
+      <c r="C457" s="15" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D457" s="15" t="s">
+        <v>1455</v>
+      </c>
+      <c r="E457" s="15" t="s">
+        <v>1456</v>
+      </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
-      <c r="H457" s="15"/>
+      <c r="H457" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="I457" s="15"/>
-      <c r="J457" s="15"/>
-[...3 lines deleted...]
-      <c r="N457" s="15"/>
+      <c r="J457" s="15">
+        <v>1</v>
+      </c>
+      <c r="K457" s="15">
+        <v>1.26</v>
+      </c>
+      <c r="L457" s="15">
+        <v>1</v>
+      </c>
+      <c r="M457" s="15">
+        <v>0.93559</v>
+      </c>
+      <c r="N457" s="15">
+        <v>33</v>
+      </c>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
+      <c r="R457"/>
+    </row>
+    <row r="458" spans="1:18">
+      <c r="B458" s="14"/>
+      <c r="C458" s="15"/>
+      <c r="D458" s="15"/>
+      <c r="E458" s="15"/>
+      <c r="F458" s="15"/>
+      <c r="G458" s="15"/>
+      <c r="H458" s="15"/>
+      <c r="I458" s="15"/>
+      <c r="J458" s="15"/>
+      <c r="K458" s="15"/>
+      <c r="L458" s="15"/>
+      <c r="M458" s="15"/>
+      <c r="N458" s="15"/>
+      <c r="O458" s="15"/>
+      <c r="P458" s="15"/>
+      <c r="Q458" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -22935,317 +22995,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1469</v>
+        <v>1474</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1470</v>
+        <v>1475</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1473</v>
+        <v>1478</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>