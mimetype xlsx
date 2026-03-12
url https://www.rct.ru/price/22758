--- v2 (2026-02-20)
+++ v3 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1484">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1483">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2221,51 +2221,51 @@
   <si>
     <t>UT-00113592</t>
   </si>
   <si>
     <t>DG55H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG55H-A-07P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109495</t>
   </si>
   <si>
     <t>DG55H-A-08P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-08P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113593</t>
   </si>
   <si>
     <t xml:space="preserve">GT55H-A-08P-13-00 GOLTEN, CM-55H-A-8P-13 FUCON, B100W-01-0852-08P-KC Tianli, L-KLS2-55C-10.0-08P-A KLS, </t>
   </si>
   <si>
-    <t>18.06.2026</t>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>DG55H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-10P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113594</t>
   </si>
   <si>
     <t xml:space="preserve">GT55H-A-10P-13-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG55H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>DG55H-A-12P-13-00Z(H)</t>
   </si>
   <si>
     <t>шаг 10мм / DG55H-A-12P-13-00Z(H)</t>
   </si>
@@ -3283,51 +3283,51 @@
   <si>
     <t>Клеммник GT16S-B-02P-13-00</t>
   </si>
   <si>
     <t>UT-00140324</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">DG16S-B-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT25C-A-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-02P-13-00</t>
   </si>
   <si>
     <t>UT-00145259</t>
   </si>
   <si>
     <t xml:space="preserve">GT25C-A-02P-13-00A(H) GOLTEN, DG25C-A-02P-13-00Z(H) DEGSON, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>GT25C-A-02P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-02P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25C-A-02P-13-00Z(H) DEGSON, GT25C-A-02P-13-00 GOLTEN, B762W-02-02P-KC Tianli, L-KLS2-25A-7.62-02P-A KLS, </t>
   </si>
   <si>
     <t>GT25C-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT25C-A-04P-13-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG25C-A-04P-13-00Z(H) DEGSON, GT25C-A-04P-13-00 GOLTEN, B762W-02-04P-KC Tianli, L-KLS2-25A-7.62-04P-A KLS, </t>
   </si>
   <si>
     <t>GT25C-A-10P-13-00</t>
   </si>
   <si>
     <t>шаг 7.62мм / GT25C-A-10P-13-00</t>
   </si>
@@ -4070,53 +4070,50 @@
     <t xml:space="preserve">DG58C-B-04P-13-00Z(H) DEGSON, GT58C-B-04P-13-00 GOLTEN, B100C-02-0852-04P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-02P-B</t>
   </si>
   <si>
     <t>UT-00146644</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-02P-13-00Z(H) DEGSON, GT78C-B-02P-13-00 GOLTEN, B130C-02-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-03P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-03P-B</t>
   </si>
   <si>
     <t>UT-00146645</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-03P-13-00Z(H) DEGSON, GT78C-B-03P-13-00 GOLTEN, B130C-02-03P-KC Tianli, </t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-04P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-04P-B</t>
   </si>
   <si>
     <t>UT-00146646</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-04P-13-00Z(H) DEGSON, GT78C-B-04P-13-00 GOLTEN, B130C-02-04P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-48A-13.0-05P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-48A-13.0-05P-B</t>
   </si>
   <si>
     <t>UT-00146647</t>
   </si>
   <si>
     <t xml:space="preserve">DG78C-B-05P-13-00Z(H) DEGSON, GT78C-B-05P-13-00 GOLTEN, B130C-02-05P-KC Tianli, </t>
   </si>
@@ -5228,90 +5225,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.44257</v>
       </c>
       <c r="L9" s="15">
         <v>0.38547</v>
       </c>
       <c r="M9" s="15">
         <v>0.35691</v>
       </c>
       <c r="N9" s="15">
-        <v>630</v>
+        <v>840</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>36</v>
       </c>
       <c r="J10" s="15"/>
       <c r="K10" s="15">
         <v>1.45</v>
       </c>
       <c r="L10" s="15">
         <v>1.27</v>
       </c>
       <c r="M10" s="15">
         <v>1.17</v>
       </c>
       <c r="N10" s="15">
-        <v>355</v>
+        <v>405</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -5343,51 +5340,51 @@
       <c r="D12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>45</v>
       </c>
       <c r="J12" s="15"/>
       <c r="K12" s="15">
         <v>0.24079</v>
       </c>
       <c r="L12" s="15">
         <v>0.20972</v>
       </c>
       <c r="M12" s="15">
         <v>0.19419</v>
       </c>
       <c r="N12" s="15">
-        <v>810</v>
+        <v>670</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -5421,285 +5418,285 @@
       <c r="D14" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>54</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.71835</v>
       </c>
       <c r="L14" s="15">
         <v>0.62566</v>
       </c>
       <c r="M14" s="15">
         <v>0.57931</v>
       </c>
       <c r="N14" s="15">
-        <v>690</v>
+        <v>840</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>58</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.9588100000000001</v>
       </c>
       <c r="L15" s="15">
         <v>0.8351</v>
       </c>
       <c r="M15" s="15">
         <v>0.77324</v>
       </c>
       <c r="N15" s="15">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.18662</v>
       </c>
       <c r="L16" s="15">
         <v>0.16795</v>
       </c>
       <c r="M16" s="15">
         <v>0.15551</v>
       </c>
       <c r="N16" s="15">
-        <v>450</v>
+        <v>425</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.59291</v>
       </c>
       <c r="L17" s="15">
         <v>0.53361</v>
       </c>
       <c r="M17" s="15">
         <v>0.49409</v>
       </c>
       <c r="N17" s="15">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J18" s="15"/>
       <c r="K18" s="15">
         <v>0.6269</v>
       </c>
       <c r="L18" s="15">
         <v>0.56421</v>
       </c>
       <c r="M18" s="15">
         <v>0.52241</v>
       </c>
       <c r="N18" s="15">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.82376</v>
       </c>
       <c r="L19" s="15">
         <v>0.74138</v>
       </c>
       <c r="M19" s="15">
         <v>0.68646</v>
       </c>
       <c r="N19" s="15">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.35346</v>
       </c>
       <c r="L20" s="15">
         <v>0.31811</v>
       </c>
       <c r="M20" s="15">
         <v>0.29455</v>
       </c>
       <c r="N20" s="15">
-        <v>890</v>
+        <v>660</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I21" s="15" t="s">
@@ -5733,170 +5730,170 @@
       <c r="D22" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>87</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>0.86931</v>
       </c>
       <c r="L22" s="15">
         <v>0.78238</v>
       </c>
       <c r="M22" s="15">
         <v>0.72443</v>
       </c>
       <c r="N22" s="15">
-        <v>1275</v>
+        <v>975</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J23" s="15">
         <v>63</v>
       </c>
       <c r="K23" s="15">
         <v>1.21</v>
       </c>
       <c r="L23" s="15">
         <v>1.09</v>
       </c>
       <c r="M23" s="15">
         <v>1.01</v>
       </c>
       <c r="N23" s="15">
-        <v>350</v>
+        <v>365</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>1.16</v>
       </c>
       <c r="L24" s="15">
         <v>1.04</v>
       </c>
       <c r="M24" s="15">
         <v>0.9643</v>
       </c>
       <c r="N24" s="15">
-        <v>360</v>
+        <v>375</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E25" s="15">
         <v>10080002739</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>185</v>
       </c>
       <c r="K25" s="15">
         <v>0.365</v>
       </c>
       <c r="L25" s="15">
         <v>0.365</v>
       </c>
       <c r="M25" s="15">
         <v>0.365</v>
       </c>
       <c r="N25" s="15">
-        <v>1146</v>
+        <v>1445</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>100</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="15">
         <v>10080035463</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I26" s="15"/>
@@ -6047,51 +6044,51 @@
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>400</v>
       </c>
       <c r="K30" s="15">
         <v>0.19967</v>
       </c>
       <c r="L30" s="15">
         <v>0.17304</v>
       </c>
       <c r="M30" s="15">
         <v>0.16639</v>
       </c>
       <c r="N30" s="15">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I31" s="15"/>
@@ -6162,51 +6159,51 @@
       <c r="D33" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>420</v>
       </c>
       <c r="K33" s="15">
         <v>0.39371</v>
       </c>
       <c r="L33" s="15">
         <v>0.34121</v>
       </c>
       <c r="M33" s="15">
         <v>0.32809</v>
       </c>
       <c r="N33" s="15">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I34" s="15"/>
@@ -6587,51 +6584,51 @@
       <c r="D44" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>95</v>
       </c>
       <c r="K44" s="15">
         <v>1.41</v>
       </c>
       <c r="L44" s="15">
         <v>1.22</v>
       </c>
       <c r="M44" s="15">
         <v>1.17</v>
       </c>
       <c r="N44" s="15">
-        <v>133</v>
+        <v>114</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I45" s="15"/>
@@ -6929,91 +6926,91 @@
       <c r="E53" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.23529</v>
       </c>
       <c r="L53" s="15">
         <v>0.20392</v>
       </c>
       <c r="M53" s="15">
         <v>0.19608</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>181</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.27191</v>
       </c>
       <c r="L54" s="15">
         <v>0.23565</v>
       </c>
       <c r="M54" s="15">
         <v>0.22659</v>
       </c>
       <c r="N54" s="15">
-        <v>340</v>
+        <v>263</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I55" s="15" t="s">
@@ -7047,90 +7044,90 @@
       <c r="D56" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E56" s="15">
         <v>10080014340</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>375</v>
       </c>
       <c r="K56" s="15">
         <v>0.63303</v>
       </c>
       <c r="L56" s="15">
         <v>0.45218</v>
       </c>
       <c r="M56" s="15">
         <v>0.39189</v>
       </c>
       <c r="N56" s="15">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E57" s="15">
         <v>10080014341</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1300</v>
       </c>
       <c r="K57" s="15">
         <v>0.49919</v>
       </c>
       <c r="L57" s="15">
         <v>0.43263</v>
       </c>
       <c r="M57" s="15">
         <v>0.41599</v>
       </c>
       <c r="N57" s="15">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I58" s="15"/>
@@ -7164,51 +7161,51 @@
       <c r="D59" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E59" s="15">
         <v>10080014343</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1</v>
       </c>
       <c r="K59" s="15">
         <v>0.62592</v>
       </c>
       <c r="L59" s="15">
         <v>0.5424600000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.5216</v>
       </c>
       <c r="N59" s="15">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>200</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I60" s="15" t="s">
@@ -7322,133 +7319,133 @@
       <c r="D63" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E63" s="15">
         <v>10080060158</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>130</v>
       </c>
       <c r="K63" s="15">
         <v>2.39</v>
       </c>
       <c r="L63" s="15">
         <v>1.29</v>
       </c>
       <c r="M63" s="15">
         <v>1.12</v>
       </c>
       <c r="N63" s="15">
-        <v>270</v>
+        <v>312</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>212</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.15522</v>
       </c>
       <c r="L64" s="15">
         <v>0.13452</v>
       </c>
       <c r="M64" s="15">
         <v>0.12935</v>
       </c>
       <c r="N64" s="15">
-        <v>5483</v>
+        <v>6267</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I65" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.31317</v>
       </c>
       <c r="L65" s="15">
         <v>0.27141</v>
       </c>
       <c r="M65" s="15">
         <v>0.26098</v>
       </c>
       <c r="N65" s="15">
-        <v>4142</v>
+        <v>3182</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I66" s="15" t="s">
@@ -7484,51 +7481,51 @@
       </c>
       <c r="E67" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J67" s="15">
         <v>330</v>
       </c>
       <c r="K67" s="15">
         <v>0.47145</v>
       </c>
       <c r="L67" s="15">
         <v>0.40859</v>
       </c>
       <c r="M67" s="15">
         <v>0.39288</v>
       </c>
       <c r="N67" s="15">
-        <v>898</v>
+        <v>848</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I68" s="15" t="s">
@@ -7562,213 +7559,213 @@
       <c r="D69" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E69" s="15">
         <v>10080014302</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.69629</v>
       </c>
       <c r="L69" s="15">
         <v>0.60345</v>
       </c>
       <c r="M69" s="15">
         <v>0.58024</v>
       </c>
       <c r="N69" s="15">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>200</v>
       </c>
       <c r="K70" s="15">
         <v>0.46</v>
       </c>
       <c r="L70" s="15">
         <v>0.46</v>
       </c>
       <c r="M70" s="15">
         <v>0.46</v>
       </c>
       <c r="N70" s="15">
-        <v>2624</v>
+        <v>2880</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J71" s="15">
         <v>510</v>
       </c>
       <c r="K71" s="15">
         <v>0.89109</v>
       </c>
       <c r="L71" s="15">
         <v>0.77228</v>
       </c>
       <c r="M71" s="15">
         <v>0.74258</v>
       </c>
       <c r="N71" s="15">
-        <v>987</v>
+        <v>1016</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>240</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>241</v>
       </c>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.29831</v>
       </c>
       <c r="L72" s="15">
         <v>0.25853</v>
       </c>
       <c r="M72" s="15">
         <v>0.24859</v>
       </c>
       <c r="N72" s="15">
-        <v>670</v>
+        <v>598</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J73" s="15">
         <v>300</v>
       </c>
       <c r="K73" s="15">
         <v>0.39284</v>
       </c>
       <c r="L73" s="15">
         <v>0.34046</v>
       </c>
       <c r="M73" s="15">
         <v>0.32736</v>
       </c>
       <c r="N73" s="15">
-        <v>474</v>
+        <v>395</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E74" s="15">
         <v>10000019598</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I74" s="15" t="s">
@@ -7806,54 +7803,54 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>252</v>
       </c>
       <c r="J75" s="15">
         <v>425</v>
       </c>
       <c r="K75" s="15">
         <v>0.45014</v>
       </c>
       <c r="L75" s="15">
         <v>0.39012</v>
       </c>
       <c r="M75" s="15">
         <v>0.37511</v>
       </c>
       <c r="N75" s="15">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="O75" s="15">
-        <v>816</v>
+        <v>791</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>181</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>99</v>
       </c>
@@ -7929,54 +7926,54 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>264</v>
       </c>
       <c r="J78" s="15">
         <v>220</v>
       </c>
       <c r="K78" s="15">
         <v>1.46</v>
       </c>
       <c r="L78" s="15">
         <v>1.27</v>
       </c>
       <c r="M78" s="15">
         <v>1.22</v>
       </c>
       <c r="N78" s="15">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="O78" s="15">
-        <v>509</v>
+        <v>476</v>
       </c>
       <c r="P78" s="15" t="s">
         <v>181</v>
       </c>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E79" s="15">
         <v>10080014374</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>99</v>
       </c>
@@ -8013,51 +8010,51 @@
       </c>
       <c r="E80" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>270</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.125</v>
       </c>
       <c r="L80" s="15">
         <v>0.125</v>
       </c>
       <c r="M80" s="15">
         <v>0.125</v>
       </c>
       <c r="N80" s="15">
-        <v>2814</v>
+        <v>3553</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E81" s="15">
         <v>10080014380</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I81" s="15" t="s">
@@ -8095,254 +8092,254 @@
       </c>
       <c r="E82" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>277</v>
       </c>
       <c r="J82" s="15">
         <v>600</v>
       </c>
       <c r="K82" s="15">
         <v>0.25</v>
       </c>
       <c r="L82" s="15">
         <v>0.25</v>
       </c>
       <c r="M82" s="15">
         <v>0.25</v>
       </c>
       <c r="N82" s="15">
-        <v>1026</v>
+        <v>809</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>280</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I83" s="15" t="s">
         <v>281</v>
       </c>
       <c r="J83" s="15">
         <v>425</v>
       </c>
       <c r="K83" s="15">
         <v>0.38</v>
       </c>
       <c r="L83" s="15">
         <v>0.38</v>
       </c>
       <c r="M83" s="15">
         <v>0.38</v>
       </c>
       <c r="N83" s="15">
-        <v>501</v>
+        <v>626</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>285</v>
       </c>
       <c r="J84" s="15">
         <v>100</v>
       </c>
       <c r="K84" s="15">
         <v>0.6616</v>
       </c>
       <c r="L84" s="15">
         <v>0.3308</v>
       </c>
       <c r="M84" s="15">
         <v>0.30079</v>
       </c>
       <c r="N84" s="15">
-        <v>154</v>
+        <v>132</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>205</v>
       </c>
       <c r="K85" s="15">
         <v>0.60729</v>
       </c>
       <c r="L85" s="15">
         <v>0.52632</v>
       </c>
       <c r="M85" s="15">
         <v>0.50608</v>
       </c>
       <c r="N85" s="15">
-        <v>498</v>
+        <v>474</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J86" s="15">
         <v>190</v>
       </c>
       <c r="K86" s="15">
         <v>0.61</v>
       </c>
       <c r="L86" s="15">
         <v>0.61</v>
       </c>
       <c r="M86" s="15">
         <v>0.61</v>
       </c>
       <c r="N86" s="15">
-        <v>1074</v>
+        <v>1343</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E87" s="15">
         <v>10080014360</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>295</v>
       </c>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.12</v>
       </c>
       <c r="L87" s="15">
         <v>0.12</v>
       </c>
       <c r="M87" s="15">
         <v>0.12</v>
       </c>
       <c r="N87" s="15">
-        <v>504</v>
+        <v>474</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E88" s="15">
         <v>10080014362</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I88" s="15" t="s">
@@ -8380,92 +8377,92 @@
       </c>
       <c r="E89" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>302</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.22</v>
       </c>
       <c r="L89" s="15">
         <v>0.22</v>
       </c>
       <c r="M89" s="15">
         <v>0.22</v>
       </c>
       <c r="N89" s="15">
-        <v>610</v>
+        <v>700</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E90" s="15">
         <v>10080014364</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>305</v>
       </c>
       <c r="J90" s="15">
         <v>30</v>
       </c>
       <c r="K90" s="15">
         <v>0.32</v>
       </c>
       <c r="L90" s="15">
         <v>0.32</v>
       </c>
       <c r="M90" s="15">
         <v>0.32</v>
       </c>
       <c r="N90" s="15">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I91" s="15" t="s">
@@ -8540,90 +8537,90 @@
       <c r="D93" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.13</v>
       </c>
       <c r="L93" s="15">
         <v>0.13</v>
       </c>
       <c r="M93" s="15">
         <v>0.13</v>
       </c>
       <c r="N93" s="15">
-        <v>8012</v>
+        <v>5870</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.24</v>
       </c>
       <c r="L94" s="15">
         <v>0.24</v>
       </c>
       <c r="M94" s="15">
         <v>0.24</v>
       </c>
       <c r="N94" s="15">
-        <v>942</v>
+        <v>986</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I95" s="15"/>
@@ -8657,51 +8654,51 @@
       <c r="D96" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>30</v>
       </c>
       <c r="K96" s="15">
         <v>1.5</v>
       </c>
       <c r="L96" s="15">
         <v>0.7480599999999999</v>
       </c>
       <c r="M96" s="15">
         <v>0.67999</v>
       </c>
       <c r="N96" s="15">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>325</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E97" s="15">
         <v>10080044295</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I97" s="15"/>
@@ -8735,51 +8732,51 @@
       <c r="D98" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E98" s="15">
         <v>10080014622</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>900</v>
       </c>
       <c r="K98" s="15">
         <v>0.169</v>
       </c>
       <c r="L98" s="15">
         <v>0.169</v>
       </c>
       <c r="M98" s="15">
         <v>0.169</v>
       </c>
       <c r="N98" s="15">
-        <v>15642</v>
+        <v>21093</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>329</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I99" s="15" t="s">
@@ -8813,90 +8810,90 @@
       <c r="D100" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E100" s="15">
         <v>10080014625</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>280</v>
       </c>
       <c r="K100" s="15">
         <v>1.2</v>
       </c>
       <c r="L100" s="15">
         <v>0.64425</v>
       </c>
       <c r="M100" s="15">
         <v>0.60132</v>
       </c>
       <c r="N100" s="15">
-        <v>332</v>
+        <v>408</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E101" s="15">
         <v>10080014680</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>250</v>
       </c>
       <c r="K101" s="15">
         <v>1.83</v>
       </c>
       <c r="L101" s="15">
         <v>0.9837</v>
       </c>
       <c r="M101" s="15">
         <v>0.85427</v>
       </c>
       <c r="N101" s="15">
-        <v>558</v>
+        <v>521</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>337</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I102" s="15"/>
@@ -8928,51 +8925,51 @@
       <c r="D103" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>425</v>
       </c>
       <c r="K103" s="15">
         <v>0.74468</v>
       </c>
       <c r="L103" s="15">
         <v>0.67021</v>
       </c>
       <c r="M103" s="15">
         <v>0.62056</v>
       </c>
       <c r="N103" s="15">
-        <v>255</v>
+        <v>201</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I104" s="15" t="s">
@@ -9043,51 +9040,51 @@
       <c r="D106" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E106" s="15">
         <v>10080007576</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>130</v>
       </c>
       <c r="K106" s="15">
         <v>4.44</v>
       </c>
       <c r="L106" s="15">
         <v>2.22</v>
       </c>
       <c r="M106" s="15">
         <v>2.02</v>
       </c>
       <c r="N106" s="15">
-        <v>628</v>
+        <v>651</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>354</v>
       </c>
       <c r="E107" s="15">
         <v>10080014693</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I107" s="15"/>
@@ -9238,51 +9235,51 @@
       </c>
       <c r="E111" s="15" t="s">
         <v>365</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>366</v>
       </c>
       <c r="J111" s="15">
         <v>920</v>
       </c>
       <c r="K111" s="15">
         <v>0.169</v>
       </c>
       <c r="L111" s="15">
         <v>0.169</v>
       </c>
       <c r="M111" s="15">
         <v>0.169</v>
       </c>
       <c r="N111" s="15">
-        <v>1365</v>
+        <v>1311</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E112" s="15">
         <v>10080014666</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I112" s="15"/>
@@ -9589,51 +9586,51 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>394</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>395</v>
       </c>
       <c r="J120" s="15">
         <v>575</v>
       </c>
       <c r="K120" s="15">
         <v>0.3317</v>
       </c>
       <c r="L120" s="15">
         <v>0.28747</v>
       </c>
       <c r="M120" s="15">
         <v>0.27641</v>
       </c>
       <c r="N120" s="15">
-        <v>512</v>
+        <v>380</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>398</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I121" s="15" t="s">
@@ -9667,51 +9664,51 @@
       <c r="D122" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E122" s="15">
         <v>10000023130</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>275</v>
       </c>
       <c r="K122" s="15">
         <v>0.64629</v>
       </c>
       <c r="L122" s="15">
         <v>0.56012</v>
       </c>
       <c r="M122" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="N122" s="15">
-        <v>225</v>
+        <v>252</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E123" s="15">
         <v>10080014513</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I123" s="15"/>
@@ -9745,90 +9742,90 @@
       <c r="D124" s="15" t="s">
         <v>405</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>406</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>155</v>
       </c>
       <c r="K124" s="15">
         <v>0.69452</v>
       </c>
       <c r="L124" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M124" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N124" s="15">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E125" s="15">
         <v>10080014515</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>185</v>
       </c>
       <c r="K125" s="15">
         <v>1.74</v>
       </c>
       <c r="L125" s="15">
         <v>1.01</v>
       </c>
       <c r="M125" s="15">
         <v>0.91864</v>
       </c>
       <c r="N125" s="15">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I126" s="15"/>
@@ -9864,51 +9861,51 @@
       </c>
       <c r="E127" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>415</v>
       </c>
       <c r="J127" s="15">
         <v>200</v>
       </c>
       <c r="K127" s="15">
         <v>0.40955</v>
       </c>
       <c r="L127" s="15">
         <v>0.35494</v>
       </c>
       <c r="M127" s="15">
         <v>0.34129</v>
       </c>
       <c r="N127" s="15">
-        <v>237</v>
+        <v>205</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>418</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I128" s="15" t="s">
@@ -9981,129 +9978,129 @@
       <c r="D130" s="15" t="s">
         <v>424</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>425</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>250</v>
       </c>
       <c r="K130" s="15">
         <v>0.91874</v>
       </c>
       <c r="L130" s="15">
         <v>0.7962399999999999</v>
       </c>
       <c r="M130" s="15">
         <v>0.76561</v>
       </c>
       <c r="N130" s="15">
-        <v>450</v>
+        <v>360</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E131" s="15">
         <v>10000021244</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>170</v>
       </c>
       <c r="K131" s="15">
         <v>0.82</v>
       </c>
       <c r="L131" s="15">
         <v>0.82</v>
       </c>
       <c r="M131" s="15">
         <v>0.82</v>
       </c>
       <c r="N131" s="15">
-        <v>2111</v>
+        <v>2058</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>428</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>429</v>
       </c>
       <c r="E132" s="15">
         <v>10080014556</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>500</v>
       </c>
       <c r="K132" s="15">
         <v>0.1153</v>
       </c>
       <c r="L132" s="15">
         <v>0.1153</v>
       </c>
       <c r="M132" s="15">
         <v>0.1153</v>
       </c>
       <c r="N132" s="15">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E133" s="15">
         <v>10080014557</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I133" s="15"/>
@@ -10139,131 +10136,131 @@
       </c>
       <c r="E134" s="15" t="s">
         <v>434</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>435</v>
       </c>
       <c r="J134" s="15">
         <v>50</v>
       </c>
       <c r="K134" s="15">
         <v>0.41</v>
       </c>
       <c r="L134" s="15">
         <v>0.27</v>
       </c>
       <c r="M134" s="15">
         <v>0.249</v>
       </c>
       <c r="N134" s="15">
-        <v>480</v>
+        <v>592</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>2000</v>
       </c>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>437</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>438</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>30</v>
       </c>
       <c r="K135" s="15">
         <v>0.42</v>
       </c>
       <c r="L135" s="15">
         <v>0.42</v>
       </c>
       <c r="M135" s="15">
         <v>0.42</v>
       </c>
       <c r="N135" s="15">
-        <v>506</v>
+        <v>713</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>30</v>
       </c>
       <c r="K136" s="15">
         <v>0.57</v>
       </c>
       <c r="L136" s="15">
         <v>0.57</v>
       </c>
       <c r="M136" s="15">
         <v>0.57</v>
       </c>
       <c r="N136" s="15">
-        <v>604</v>
+        <v>628</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>442</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>443</v>
       </c>
       <c r="E137" s="15">
         <v>10080014566</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I137" s="15"/>
@@ -10414,51 +10411,51 @@
       <c r="D141" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>500</v>
       </c>
       <c r="K141" s="15">
         <v>0.11</v>
       </c>
       <c r="L141" s="15">
         <v>0.11</v>
       </c>
       <c r="M141" s="15">
         <v>0.11</v>
       </c>
       <c r="N141" s="15">
-        <v>18255</v>
+        <v>14198</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>453</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>454</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>455</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I142" s="15" t="s">
@@ -10494,51 +10491,51 @@
       <c r="D143" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E143" s="15">
         <v>10080016381</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>300</v>
       </c>
       <c r="K143" s="15">
         <v>0.382</v>
       </c>
       <c r="L143" s="15">
         <v>0.382</v>
       </c>
       <c r="M143" s="15">
         <v>0.382</v>
       </c>
       <c r="N143" s="15">
-        <v>1188</v>
+        <v>1105</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>459</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>460</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>461</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I144" s="15"/>
@@ -10570,168 +10567,168 @@
       <c r="D145" s="15" t="s">
         <v>463</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>500</v>
       </c>
       <c r="K145" s="15">
         <v>0.5</v>
       </c>
       <c r="L145" s="15">
         <v>0.5</v>
       </c>
       <c r="M145" s="15">
         <v>0.5</v>
       </c>
       <c r="N145" s="15">
-        <v>742</v>
+        <v>666</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E146" s="15">
         <v>10080043133</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>400</v>
       </c>
       <c r="K146" s="15">
         <v>0.145</v>
       </c>
       <c r="L146" s="15">
         <v>0.145</v>
       </c>
       <c r="M146" s="15">
         <v>0.145</v>
       </c>
       <c r="N146" s="15">
-        <v>264</v>
+        <v>192</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E147" s="15">
         <v>10080016331</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>370</v>
       </c>
       <c r="K147" s="15">
         <v>0.23</v>
       </c>
       <c r="L147" s="15">
         <v>0.23</v>
       </c>
       <c r="M147" s="15">
         <v>0.23</v>
       </c>
       <c r="N147" s="15">
-        <v>701</v>
+        <v>520</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>470</v>
       </c>
       <c r="E148" s="15">
         <v>10080016333</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>180</v>
       </c>
       <c r="K148" s="15">
         <v>0.52</v>
       </c>
       <c r="L148" s="15">
         <v>0.52</v>
       </c>
       <c r="M148" s="15">
         <v>0.52</v>
       </c>
       <c r="N148" s="15">
-        <v>383</v>
+        <v>431</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E149" s="15">
         <v>10080015645</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I149" s="15" t="s">
@@ -10769,133 +10766,133 @@
       </c>
       <c r="E150" s="15" t="s">
         <v>476</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>477</v>
       </c>
       <c r="J150" s="15">
         <v>300</v>
       </c>
       <c r="K150" s="15">
         <v>0.15201</v>
       </c>
       <c r="L150" s="15">
         <v>0.13174</v>
       </c>
       <c r="M150" s="15">
         <v>0.12668</v>
       </c>
       <c r="N150" s="15">
-        <v>790</v>
+        <v>810</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>478</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>479</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>480</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>481</v>
       </c>
       <c r="J151" s="15">
         <v>200</v>
       </c>
       <c r="K151" s="15">
         <v>0.3599</v>
       </c>
       <c r="L151" s="15">
         <v>0.22</v>
       </c>
       <c r="M151" s="15">
         <v>0.2</v>
       </c>
       <c r="N151" s="15">
-        <v>3160</v>
+        <v>3041</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>482</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>483</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>484</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>485</v>
       </c>
       <c r="J152" s="15">
         <v>300</v>
       </c>
       <c r="K152" s="15">
         <v>0.46374</v>
       </c>
       <c r="L152" s="15">
         <v>0.278</v>
       </c>
       <c r="M152" s="15">
         <v>0.255</v>
       </c>
       <c r="N152" s="15">
-        <v>519</v>
+        <v>606</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>487</v>
       </c>
       <c r="E153" s="15">
         <v>10080027485</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I153" s="15"/>
@@ -11083,51 +11080,51 @@
       <c r="D158" s="15" t="s">
         <v>498</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>499</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>120</v>
       </c>
       <c r="K158" s="15">
         <v>0.91</v>
       </c>
       <c r="L158" s="15">
         <v>0.91</v>
       </c>
       <c r="M158" s="15">
         <v>0.91</v>
       </c>
       <c r="N158" s="15">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15">
         <v>480</v>
       </c>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E159" s="15">
         <v>10080043957</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>99</v>
@@ -11243,174 +11240,174 @@
       </c>
       <c r="E162" s="15" t="s">
         <v>510</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I162" s="15" t="s">
         <v>511</v>
       </c>
       <c r="J162" s="15">
         <v>100</v>
       </c>
       <c r="K162" s="15">
         <v>0.19928</v>
       </c>
       <c r="L162" s="15">
         <v>0.17271</v>
       </c>
       <c r="M162" s="15">
         <v>0.16606</v>
       </c>
       <c r="N162" s="15">
-        <v>299</v>
+        <v>286</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>514</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>515</v>
       </c>
       <c r="J163" s="15">
         <v>200</v>
       </c>
       <c r="K163" s="15">
         <v>0.29217</v>
       </c>
       <c r="L163" s="15">
         <v>0.25321</v>
       </c>
       <c r="M163" s="15">
         <v>0.24348</v>
       </c>
       <c r="N163" s="15">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>517</v>
       </c>
       <c r="E164" s="15">
         <v>10000019614</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I164" s="15" t="s">
         <v>518</v>
       </c>
       <c r="J164" s="15">
         <v>350</v>
       </c>
       <c r="K164" s="15">
         <v>0.24</v>
       </c>
       <c r="L164" s="15">
         <v>0.24</v>
       </c>
       <c r="M164" s="15">
         <v>0.24</v>
       </c>
       <c r="N164" s="15">
-        <v>774</v>
+        <v>656</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>519</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>520</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>521</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I165" s="15" t="s">
         <v>522</v>
       </c>
       <c r="J165" s="15">
         <v>250</v>
       </c>
       <c r="K165" s="15">
         <v>0.48129</v>
       </c>
       <c r="L165" s="15">
         <v>0.41712</v>
       </c>
       <c r="M165" s="15">
         <v>0.40108</v>
       </c>
       <c r="N165" s="15">
-        <v>320</v>
+        <v>390</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>523</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>524</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>525</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I166" s="15"/>
@@ -11516,51 +11513,51 @@
       <c r="D169" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>534</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>160</v>
       </c>
       <c r="K169" s="15">
         <v>0.77445</v>
       </c>
       <c r="L169" s="15">
         <v>0.67119</v>
       </c>
       <c r="M169" s="15">
         <v>0.64538</v>
       </c>
       <c r="N169" s="15">
-        <v>593</v>
+        <v>624</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15">
         <v>640</v>
       </c>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>535</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>536</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>537</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>99</v>
@@ -11590,131 +11587,131 @@
         <v>538</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15"/>
       <c r="K171" s="15">
         <v>0.98</v>
       </c>
       <c r="L171" s="15">
         <v>0.98</v>
       </c>
       <c r="M171" s="15">
         <v>0.98</v>
       </c>
       <c r="N171" s="15">
-        <v>664</v>
+        <v>587</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>543</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I172" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J172" s="15">
         <v>200</v>
       </c>
       <c r="K172" s="15">
         <v>0.33588</v>
       </c>
       <c r="L172" s="15">
         <v>0.30229</v>
       </c>
       <c r="M172" s="15">
         <v>0.2799</v>
       </c>
       <c r="N172" s="15">
-        <v>560</v>
+        <v>630</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>546</v>
       </c>
       <c r="E173" s="15">
         <v>10000019612</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>300</v>
       </c>
       <c r="K173" s="15">
         <v>0.29</v>
       </c>
       <c r="L173" s="15">
         <v>0.29</v>
       </c>
       <c r="M173" s="15">
         <v>0.29</v>
       </c>
       <c r="N173" s="15">
-        <v>438</v>
+        <v>494</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>547</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>548</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>549</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I174" s="15" t="s">
@@ -11750,54 +11747,54 @@
       </c>
       <c r="E175" s="15" t="s">
         <v>553</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>554</v>
       </c>
       <c r="J175" s="15">
         <v>120</v>
       </c>
       <c r="K175" s="15">
         <v>1.04</v>
       </c>
       <c r="L175" s="15">
         <v>0.90565</v>
       </c>
       <c r="M175" s="15">
         <v>0.87081</v>
       </c>
       <c r="N175" s="15">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="O175" s="15">
-        <v>288</v>
+        <v>281</v>
       </c>
       <c r="P175" s="15" t="s">
         <v>181</v>
       </c>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>555</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>556</v>
       </c>
       <c r="E176" s="15">
         <v>10080043199</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>99</v>
       </c>
@@ -11949,129 +11946,129 @@
         <v>565</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>566</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>567</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15"/>
       <c r="K180" s="15">
         <v>0.34</v>
       </c>
       <c r="L180" s="15">
         <v>0.34</v>
       </c>
       <c r="M180" s="15">
         <v>0.34</v>
       </c>
       <c r="N180" s="15">
-        <v>2625</v>
+        <v>3156</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>568</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>569</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>570</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>100</v>
       </c>
       <c r="K181" s="15">
         <v>0.18</v>
       </c>
       <c r="L181" s="15">
         <v>0.18</v>
       </c>
       <c r="M181" s="15">
         <v>0.18</v>
       </c>
       <c r="N181" s="15">
-        <v>565</v>
+        <v>585</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>571</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>572</v>
       </c>
       <c r="E182" s="15" t="s">
         <v>573</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>830</v>
       </c>
       <c r="K182" s="15">
         <v>0.26</v>
       </c>
       <c r="L182" s="15">
         <v>0.26</v>
       </c>
       <c r="M182" s="15">
         <v>0.26</v>
       </c>
       <c r="N182" s="15">
-        <v>483</v>
+        <v>522</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C183" s="15" t="s">
         <v>574</v>
       </c>
       <c r="D183" s="15" t="s">
         <v>575</v>
       </c>
       <c r="E183" s="15" t="s">
         <v>576</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I183" s="15" t="s">
@@ -12107,51 +12104,51 @@
       <c r="D184" s="15" t="s">
         <v>579</v>
       </c>
       <c r="E184" s="15" t="s">
         <v>580</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>200</v>
       </c>
       <c r="K184" s="15">
         <v>0.5600000000000001</v>
       </c>
       <c r="L184" s="15">
         <v>0.5600000000000001</v>
       </c>
       <c r="M184" s="15">
         <v>0.5600000000000001</v>
       </c>
       <c r="N184" s="15">
-        <v>283</v>
+        <v>241</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>581</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>582</v>
       </c>
       <c r="E185" s="15" t="s">
         <v>583</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I185" s="15"/>
@@ -12185,129 +12182,129 @@
       <c r="D186" s="15" t="s">
         <v>585</v>
       </c>
       <c r="E186" s="15">
         <v>10080043249</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>200</v>
       </c>
       <c r="K186" s="15">
         <v>0.2</v>
       </c>
       <c r="L186" s="15">
         <v>0.2</v>
       </c>
       <c r="M186" s="15">
         <v>0.2</v>
       </c>
       <c r="N186" s="15">
-        <v>147</v>
+        <v>121</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E187" s="15">
         <v>10000023136</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15">
         <v>350</v>
       </c>
       <c r="K187" s="15">
         <v>0.33</v>
       </c>
       <c r="L187" s="15">
         <v>0.33</v>
       </c>
       <c r="M187" s="15">
         <v>0.33</v>
       </c>
       <c r="N187" s="15">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>588</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>589</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>590</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>26</v>
       </c>
       <c r="K188" s="15">
         <v>0.46</v>
       </c>
       <c r="L188" s="15">
         <v>0.46</v>
       </c>
       <c r="M188" s="15">
         <v>0.46</v>
       </c>
       <c r="N188" s="15">
-        <v>775</v>
+        <v>643</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>591</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>592</v>
       </c>
       <c r="E189" s="15">
         <v>10080016394</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I189" s="15"/>
@@ -12341,51 +12338,51 @@
       <c r="D190" s="15" t="s">
         <v>594</v>
       </c>
       <c r="E190" s="15" t="s">
         <v>595</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>270</v>
       </c>
       <c r="K190" s="15">
         <v>0.41</v>
       </c>
       <c r="L190" s="15">
         <v>0.41</v>
       </c>
       <c r="M190" s="15">
         <v>0.41</v>
       </c>
       <c r="N190" s="15">
-        <v>235</v>
+        <v>183</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>596</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>597</v>
       </c>
       <c r="E191" s="15" t="s">
         <v>598</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I191" s="15"/>
@@ -12497,51 +12494,51 @@
       <c r="D194" s="15" t="s">
         <v>605</v>
       </c>
       <c r="E194" s="15">
         <v>10080008039</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>100</v>
       </c>
       <c r="K194" s="15">
         <v>0.12</v>
       </c>
       <c r="L194" s="15">
         <v>0.12</v>
       </c>
       <c r="M194" s="15">
         <v>0.12</v>
       </c>
       <c r="N194" s="15">
-        <v>1037</v>
+        <v>1080</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>606</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>607</v>
       </c>
       <c r="E195" s="15">
         <v>10080006000</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I195" s="15" t="s">
@@ -12579,209 +12576,209 @@
       </c>
       <c r="E196" s="15" t="s">
         <v>611</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>612</v>
       </c>
       <c r="J196" s="15">
         <v>100</v>
       </c>
       <c r="K196" s="15">
         <v>0.30119</v>
       </c>
       <c r="L196" s="15">
         <v>0.26103</v>
       </c>
       <c r="M196" s="15">
         <v>0.25099</v>
       </c>
       <c r="N196" s="15">
-        <v>585</v>
+        <v>458</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>613</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>614</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>615</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>280</v>
       </c>
       <c r="K197" s="15">
         <v>0.29297</v>
       </c>
       <c r="L197" s="15">
         <v>0.2539</v>
       </c>
       <c r="M197" s="15">
         <v>0.24414</v>
       </c>
       <c r="N197" s="15">
-        <v>252</v>
+        <v>207</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>616</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>617</v>
       </c>
       <c r="E198" s="15">
         <v>10080008041</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>230</v>
       </c>
       <c r="K198" s="15">
         <v>0.86704</v>
       </c>
       <c r="L198" s="15">
         <v>0.46734</v>
       </c>
       <c r="M198" s="15">
         <v>0.40585</v>
       </c>
       <c r="N198" s="15">
-        <v>130</v>
+        <v>157</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>618</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>619</v>
       </c>
       <c r="E199" s="15">
         <v>10080008040</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>250</v>
       </c>
       <c r="K199" s="15">
         <v>0.34</v>
       </c>
       <c r="L199" s="15">
         <v>0.34</v>
       </c>
       <c r="M199" s="15">
         <v>0.34</v>
       </c>
       <c r="N199" s="15">
-        <v>1271</v>
+        <v>1000</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E200" s="15">
         <v>10080012915</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I200" s="15" t="s">
         <v>622</v>
       </c>
       <c r="J200" s="15">
         <v>2090</v>
       </c>
       <c r="K200" s="15">
         <v>0.48</v>
       </c>
       <c r="L200" s="15">
         <v>0.48</v>
       </c>
       <c r="M200" s="15">
         <v>0.48</v>
       </c>
       <c r="N200" s="15">
-        <v>751</v>
+        <v>763</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>623</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>624</v>
       </c>
       <c r="E201" s="15" t="s">
         <v>625</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I201" s="15" t="s">
@@ -12928,51 +12925,51 @@
       <c r="D205" s="15" t="s">
         <v>635</v>
       </c>
       <c r="E205" s="15">
         <v>10080016396</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>1</v>
       </c>
       <c r="K205" s="15">
         <v>0.36</v>
       </c>
       <c r="L205" s="15">
         <v>0.36</v>
       </c>
       <c r="M205" s="15">
         <v>0.36</v>
       </c>
       <c r="N205" s="15">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>636</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>637</v>
       </c>
       <c r="E206" s="15">
         <v>10080016397</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I206" s="15"/>
@@ -13045,51 +13042,51 @@
       <c r="D208" s="15" t="s">
         <v>642</v>
       </c>
       <c r="E208" s="15">
         <v>10000021505</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>400</v>
       </c>
       <c r="K208" s="15">
         <v>0.24</v>
       </c>
       <c r="L208" s="15">
         <v>0.24</v>
       </c>
       <c r="M208" s="15">
         <v>0.24</v>
       </c>
       <c r="N208" s="15">
-        <v>955</v>
+        <v>1014</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C209" s="15" t="s">
         <v>643</v>
       </c>
       <c r="D209" s="15" t="s">
         <v>644</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>645</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I209" s="15"/>
@@ -13123,51 +13120,51 @@
       </c>
       <c r="E210" s="15" t="s">
         <v>648</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I210" s="15" t="s">
         <v>649</v>
       </c>
       <c r="J210" s="15">
         <v>200</v>
       </c>
       <c r="K210" s="15">
         <v>0.77597</v>
       </c>
       <c r="L210" s="15">
         <v>0.69837</v>
       </c>
       <c r="M210" s="15">
         <v>0.64664</v>
       </c>
       <c r="N210" s="15">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>650</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>651</v>
       </c>
       <c r="E211" s="15" t="s">
         <v>652</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I211" s="15"/>
@@ -13199,51 +13196,51 @@
       <c r="D212" s="15" t="s">
         <v>654</v>
       </c>
       <c r="E212" s="15">
         <v>10080007972</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>150</v>
       </c>
       <c r="K212" s="15">
         <v>1.5</v>
       </c>
       <c r="L212" s="15">
         <v>1</v>
       </c>
       <c r="M212" s="15">
         <v>0.92</v>
       </c>
       <c r="N212" s="15">
-        <v>795</v>
+        <v>1084</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>655</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>656</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>657</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I213" s="15"/>
@@ -13316,51 +13313,51 @@
       <c r="D215" s="15" t="s">
         <v>662</v>
       </c>
       <c r="E215" s="15" t="s">
         <v>663</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>170</v>
       </c>
       <c r="K215" s="15">
         <v>0.58</v>
       </c>
       <c r="L215" s="15">
         <v>0.58</v>
       </c>
       <c r="M215" s="15">
         <v>0.58</v>
       </c>
       <c r="N215" s="15">
-        <v>155</v>
+        <v>123</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C216" s="15" t="s">
         <v>664</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>665</v>
       </c>
       <c r="E216" s="15">
         <v>10080044293</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I216" s="15"/>
@@ -13437,92 +13434,92 @@
       </c>
       <c r="E218" s="15" t="s">
         <v>671</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>672</v>
       </c>
       <c r="J218" s="15">
         <v>475</v>
       </c>
       <c r="K218" s="15">
         <v>0.27719</v>
       </c>
       <c r="L218" s="15">
         <v>0.24023</v>
       </c>
       <c r="M218" s="15">
         <v>0.23099</v>
       </c>
       <c r="N218" s="15">
-        <v>540</v>
+        <v>483</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>673</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>674</v>
       </c>
       <c r="E219" s="15" t="s">
         <v>675</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I219" s="15" t="s">
         <v>676</v>
       </c>
       <c r="J219" s="15">
         <v>375</v>
       </c>
       <c r="K219" s="15">
         <v>0.42672</v>
       </c>
       <c r="L219" s="15">
         <v>0.36982</v>
       </c>
       <c r="M219" s="15">
         <v>0.3556</v>
       </c>
       <c r="N219" s="15">
-        <v>183</v>
+        <v>135</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>677</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>678</v>
       </c>
       <c r="E220" s="15" t="s">
         <v>679</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I220" s="15" t="s">
@@ -13591,51 +13588,51 @@
       <c r="D222" s="15" t="s">
         <v>684</v>
       </c>
       <c r="E222" s="15">
         <v>10080015421</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>150</v>
       </c>
       <c r="K222" s="15">
         <v>1.89</v>
       </c>
       <c r="L222" s="15">
         <v>1.35</v>
       </c>
       <c r="M222" s="15">
         <v>1.18</v>
       </c>
       <c r="N222" s="15">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>685</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>686</v>
       </c>
       <c r="E223" s="15">
         <v>10080015429</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I223" s="15"/>
@@ -13745,51 +13742,51 @@
       </c>
       <c r="E226" s="15" t="s">
         <v>695</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I226" s="15" t="s">
         <v>696</v>
       </c>
       <c r="J226" s="15">
         <v>100</v>
       </c>
       <c r="K226" s="15">
         <v>0.3255</v>
       </c>
       <c r="L226" s="15">
         <v>0.2821</v>
       </c>
       <c r="M226" s="15">
         <v>0.27125</v>
       </c>
       <c r="N226" s="15">
-        <v>2144</v>
+        <v>2825</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>697</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>698</v>
       </c>
       <c r="E227" s="15" t="s">
         <v>699</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I227" s="15" t="s">
@@ -13901,129 +13898,129 @@
       </c>
       <c r="E230" s="15" t="s">
         <v>708</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I230" s="15" t="s">
         <v>709</v>
       </c>
       <c r="J230" s="15">
         <v>150</v>
       </c>
       <c r="K230" s="15">
         <v>0.8692800000000001</v>
       </c>
       <c r="L230" s="15">
         <v>0.75338</v>
       </c>
       <c r="M230" s="15">
         <v>0.7244</v>
       </c>
       <c r="N230" s="15">
-        <v>1280</v>
+        <v>1336</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>710</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>711</v>
       </c>
       <c r="E231" s="15">
         <v>10000015099</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>130</v>
       </c>
       <c r="K231" s="15">
         <v>2.59</v>
       </c>
       <c r="L231" s="15">
         <v>1.29</v>
       </c>
       <c r="M231" s="15">
         <v>1.18</v>
       </c>
       <c r="N231" s="15">
-        <v>2356</v>
+        <v>2324</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
         <v>712</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>713</v>
       </c>
       <c r="E232" s="15" t="s">
         <v>714</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>100</v>
       </c>
       <c r="K232" s="15">
         <v>0.38717</v>
       </c>
       <c r="L232" s="15">
         <v>0.33554</v>
       </c>
       <c r="M232" s="15">
         <v>0.32264</v>
       </c>
       <c r="N232" s="15">
-        <v>1340</v>
+        <v>1760</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
         <v>715</v>
       </c>
       <c r="D233" s="15" t="s">
         <v>716</v>
       </c>
       <c r="E233" s="15" t="s">
         <v>717</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I233" s="15" t="s">
@@ -14059,212 +14056,208 @@
       </c>
       <c r="E234" s="15" t="s">
         <v>721</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I234" s="15" t="s">
         <v>722</v>
       </c>
       <c r="J234" s="15">
         <v>180</v>
       </c>
       <c r="K234" s="15">
         <v>0.72177</v>
       </c>
       <c r="L234" s="15">
         <v>0.62553</v>
       </c>
       <c r="M234" s="15">
         <v>0.60148</v>
       </c>
       <c r="N234" s="15">
-        <v>482</v>
+        <v>489</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>723</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>724</v>
       </c>
       <c r="E235" s="15">
         <v>10000015103</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>160</v>
       </c>
       <c r="K235" s="15">
         <v>0.78462</v>
       </c>
       <c r="L235" s="15">
         <v>0.68</v>
       </c>
       <c r="M235" s="15">
         <v>0.65385</v>
       </c>
-      <c r="N235" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>725</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>726</v>
       </c>
       <c r="E236" s="15" t="s">
         <v>727</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>160</v>
       </c>
       <c r="K236" s="15">
         <v>0.73995</v>
       </c>
       <c r="L236" s="15">
         <v>0.64129</v>
       </c>
       <c r="M236" s="15">
         <v>0.61663</v>
       </c>
-      <c r="N236" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>728</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>729</v>
       </c>
       <c r="E237" s="15" t="s">
         <v>730</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>120</v>
       </c>
       <c r="K237" s="15">
         <v>0.8283199999999999</v>
       </c>
       <c r="L237" s="15">
         <v>0.71787</v>
       </c>
       <c r="M237" s="15">
         <v>0.69026</v>
       </c>
       <c r="N237" s="15">
-        <v>292</v>
+        <v>423</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15">
         <v>480</v>
       </c>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
         <v>731</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>732</v>
       </c>
       <c r="E238" s="15" t="s">
         <v>733</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I238" s="15" t="s">
         <v>734</v>
       </c>
       <c r="J238" s="15">
         <v>100</v>
       </c>
       <c r="K238" s="15">
         <v>1.26</v>
       </c>
       <c r="L238" s="15">
         <v>1.09</v>
       </c>
       <c r="M238" s="15">
         <v>1.05</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15">
-        <v>335</v>
+        <v>420</v>
       </c>
       <c r="P238" s="15" t="s">
         <v>735</v>
       </c>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>736</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>737</v>
       </c>
       <c r="E239" s="15" t="s">
         <v>738</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>99</v>
       </c>
@@ -14299,51 +14292,51 @@
       <c r="D240" s="15" t="s">
         <v>741</v>
       </c>
       <c r="E240" s="15">
         <v>10080010151</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>70</v>
       </c>
       <c r="K240" s="15">
         <v>1.39</v>
       </c>
       <c r="L240" s="15">
         <v>1.2</v>
       </c>
       <c r="M240" s="15">
         <v>1.16</v>
       </c>
       <c r="N240" s="15">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
         <v>742</v>
       </c>
       <c r="D241" s="15" t="s">
         <v>743</v>
       </c>
       <c r="E241" s="15" t="s">
         <v>744</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I241" s="15" t="s">
@@ -14377,51 +14370,51 @@
       <c r="D242" s="15" t="s">
         <v>747</v>
       </c>
       <c r="E242" s="15" t="s">
         <v>748</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>65</v>
       </c>
       <c r="K242" s="15">
         <v>2</v>
       </c>
       <c r="L242" s="15">
         <v>1.41</v>
       </c>
       <c r="M242" s="15">
         <v>1.28</v>
       </c>
       <c r="N242" s="15">
-        <v>2965</v>
+        <v>2216</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>749</v>
       </c>
       <c r="D243" s="15" t="s">
         <v>750</v>
       </c>
       <c r="E243" s="15">
         <v>10080007419</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I243" s="15"/>
@@ -14531,92 +14524,92 @@
       <c r="D246" s="15" t="s">
         <v>757</v>
       </c>
       <c r="E246" s="15" t="s">
         <v>758</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>140</v>
       </c>
       <c r="K246" s="15">
         <v>0.45</v>
       </c>
       <c r="L246" s="15">
         <v>0.45</v>
       </c>
       <c r="M246" s="15">
         <v>0.45</v>
       </c>
       <c r="N246" s="15">
-        <v>341</v>
+        <v>457</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15">
         <v>560</v>
       </c>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>759</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>760</v>
       </c>
       <c r="E247" s="15" t="s">
         <v>761</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15">
         <v>26</v>
       </c>
       <c r="K247" s="15">
         <v>0.73</v>
       </c>
       <c r="L247" s="15">
         <v>0.73</v>
       </c>
       <c r="M247" s="15">
         <v>0.73</v>
       </c>
       <c r="N247" s="15">
-        <v>373</v>
+        <v>413</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>762</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>763</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>764</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I248" s="15"/>
@@ -14650,129 +14643,129 @@
       <c r="D249" s="15" t="s">
         <v>766</v>
       </c>
       <c r="E249" s="15" t="s">
         <v>767</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>100</v>
       </c>
       <c r="K249" s="15">
         <v>0.15</v>
       </c>
       <c r="L249" s="15">
         <v>0.15</v>
       </c>
       <c r="M249" s="15">
         <v>0.15</v>
       </c>
       <c r="N249" s="15">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>768</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>769</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>770</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>100</v>
       </c>
       <c r="K250" s="15">
         <v>0.15</v>
       </c>
       <c r="L250" s="15">
         <v>0.15</v>
       </c>
       <c r="M250" s="15">
         <v>0.15</v>
       </c>
       <c r="N250" s="15">
-        <v>252</v>
+        <v>308</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>772</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>773</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>100</v>
       </c>
       <c r="K251" s="15">
         <v>0.33</v>
       </c>
       <c r="L251" s="15">
         <v>0.33</v>
       </c>
       <c r="M251" s="15">
         <v>0.33</v>
       </c>
       <c r="N251" s="15">
-        <v>550</v>
+        <v>386</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
         <v>774</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>775</v>
       </c>
       <c r="E252" s="15" t="s">
         <v>776</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I252" s="15"/>
@@ -14845,51 +14838,51 @@
       <c r="D254" s="15" t="s">
         <v>780</v>
       </c>
       <c r="E254" s="15" t="s">
         <v>781</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>26</v>
       </c>
       <c r="K254" s="15">
         <v>0.67</v>
       </c>
       <c r="L254" s="15">
         <v>0.67</v>
       </c>
       <c r="M254" s="15">
         <v>0.67</v>
       </c>
       <c r="N254" s="15">
-        <v>676</v>
+        <v>557</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>782</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>783</v>
       </c>
       <c r="E255" s="15">
         <v>10080015295</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I255" s="15"/>
@@ -14960,51 +14953,51 @@
       <c r="D257" s="15" t="s">
         <v>789</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>790</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I257" s="15"/>
       <c r="J257" s="15">
         <v>450</v>
       </c>
       <c r="K257" s="15">
         <v>0.60407</v>
       </c>
       <c r="L257" s="15">
         <v>0.35</v>
       </c>
       <c r="M257" s="15">
         <v>0.29</v>
       </c>
       <c r="N257" s="15">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>791</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>792</v>
       </c>
       <c r="E258" s="15" t="s">
         <v>793</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I258" s="15" t="s">
@@ -15038,51 +15031,51 @@
       <c r="D259" s="15" t="s">
         <v>796</v>
       </c>
       <c r="E259" s="15">
         <v>10080015303</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15">
         <v>175</v>
       </c>
       <c r="K259" s="15">
         <v>0.843</v>
       </c>
       <c r="L259" s="15">
         <v>0.843</v>
       </c>
       <c r="M259" s="15">
         <v>0.843</v>
       </c>
       <c r="N259" s="15">
-        <v>506</v>
+        <v>477</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>797</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>798</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>799</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I260" s="15"/>
@@ -15192,90 +15185,90 @@
       <c r="D263" s="15" t="s">
         <v>809</v>
       </c>
       <c r="E263" s="15" t="s">
         <v>810</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>125</v>
       </c>
       <c r="K263" s="15">
         <v>0.65</v>
       </c>
       <c r="L263" s="15">
         <v>0.65</v>
       </c>
       <c r="M263" s="15">
         <v>0.65</v>
       </c>
       <c r="N263" s="15">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
         <v>811</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>812</v>
       </c>
       <c r="E264" s="15">
         <v>10080015275</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
         <v>525</v>
       </c>
       <c r="K264" s="15">
         <v>0.19</v>
       </c>
       <c r="L264" s="15">
         <v>0.19</v>
       </c>
       <c r="M264" s="15">
         <v>0.19</v>
       </c>
       <c r="N264" s="15">
-        <v>437</v>
+        <v>314</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
         <v>813</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>814</v>
       </c>
       <c r="E265" s="15">
         <v>10000023134</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I265" s="15"/>
@@ -15346,90 +15339,90 @@
         <v>817</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>818</v>
       </c>
       <c r="E267" s="15">
         <v>10080015130</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15"/>
       <c r="K267" s="15">
         <v>0.21</v>
       </c>
       <c r="L267" s="15">
         <v>0.21</v>
       </c>
       <c r="M267" s="15">
         <v>0.21</v>
       </c>
       <c r="N267" s="15">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>819</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>820</v>
       </c>
       <c r="E268" s="15" t="s">
         <v>821</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>390</v>
       </c>
       <c r="K268" s="15">
         <v>0.3</v>
       </c>
       <c r="L268" s="15">
         <v>0.3</v>
       </c>
       <c r="M268" s="15">
         <v>0.3</v>
       </c>
       <c r="N268" s="15">
-        <v>148</v>
+        <v>118</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15">
         <v>780</v>
       </c>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>822</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>823</v>
       </c>
       <c r="E269" s="15" t="s">
         <v>824</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>99</v>
@@ -15582,90 +15575,90 @@
       <c r="D273" s="15" t="s">
         <v>836</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>837</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>240</v>
       </c>
       <c r="K273" s="15">
         <v>0.53669</v>
       </c>
       <c r="L273" s="15">
         <v>0.46513</v>
       </c>
       <c r="M273" s="15">
         <v>0.44724</v>
       </c>
       <c r="N273" s="15">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>838</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>839</v>
       </c>
       <c r="E274" s="15" t="s">
         <v>840</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>165</v>
       </c>
       <c r="K274" s="15">
         <v>0.63</v>
       </c>
       <c r="L274" s="15">
         <v>0.63</v>
       </c>
       <c r="M274" s="15">
         <v>0.63</v>
       </c>
       <c r="N274" s="15">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>841</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>842</v>
       </c>
       <c r="E275" s="15">
         <v>10080015110</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I275" s="15"/>
@@ -15736,91 +15729,89 @@
       <c r="D277" s="15" t="s">
         <v>847</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>848</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>150</v>
       </c>
       <c r="K277" s="15">
         <v>0.83397</v>
       </c>
       <c r="L277" s="15">
         <v>0.72277</v>
       </c>
       <c r="M277" s="15">
         <v>0.69498</v>
       </c>
       <c r="N277" s="15">
-        <v>1405</v>
+        <v>1533</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>849</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>850</v>
       </c>
       <c r="E278" s="15">
         <v>10080015119</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>110</v>
       </c>
       <c r="K278" s="15">
         <v>0.80466</v>
       </c>
       <c r="L278" s="15">
         <v>0.69737</v>
       </c>
       <c r="M278" s="15">
         <v>0.67055</v>
       </c>
-      <c r="N278" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>851</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>852</v>
       </c>
       <c r="E279" s="15" t="s">
         <v>853</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I279" s="15" t="s">
         <v>854</v>
@@ -15855,94 +15846,94 @@
       </c>
       <c r="E280" s="15" t="s">
         <v>857</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I280" s="15" t="s">
         <v>858</v>
       </c>
       <c r="J280" s="15">
         <v>90</v>
       </c>
       <c r="K280" s="15">
         <v>0.74</v>
       </c>
       <c r="L280" s="15">
         <v>0.74</v>
       </c>
       <c r="M280" s="15">
         <v>0.74</v>
       </c>
       <c r="N280" s="15">
-        <v>921</v>
+        <v>1148</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15">
         <v>360</v>
       </c>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>859</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>860</v>
       </c>
       <c r="E281" s="15" t="s">
         <v>861</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I281" s="15" t="s">
         <v>862</v>
       </c>
       <c r="J281" s="15">
         <v>65</v>
       </c>
       <c r="K281" s="15">
         <v>1.84</v>
       </c>
       <c r="L281" s="15">
         <v>1.59</v>
       </c>
       <c r="M281" s="15">
         <v>1.53</v>
       </c>
       <c r="N281" s="15">
-        <v>1290</v>
+        <v>915</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C282" s="15" t="s">
         <v>863</v>
       </c>
       <c r="D282" s="15" t="s">
         <v>864</v>
       </c>
       <c r="E282" s="15">
         <v>10080015195</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I282" s="15"/>
@@ -16015,168 +16006,168 @@
       <c r="D284" s="15" t="s">
         <v>870</v>
       </c>
       <c r="E284" s="15" t="s">
         <v>871</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>100</v>
       </c>
       <c r="K284" s="15">
         <v>0.23</v>
       </c>
       <c r="L284" s="15">
         <v>0.23</v>
       </c>
       <c r="M284" s="15">
         <v>0.23</v>
       </c>
       <c r="N284" s="15">
-        <v>385</v>
+        <v>480</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C285" s="15" t="s">
         <v>872</v>
       </c>
       <c r="D285" s="15" t="s">
         <v>873</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>874</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>100</v>
       </c>
       <c r="K285" s="15">
         <v>0.48</v>
       </c>
       <c r="L285" s="15">
         <v>0.48</v>
       </c>
       <c r="M285" s="15">
         <v>0.48</v>
       </c>
       <c r="N285" s="15">
-        <v>602</v>
+        <v>673</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>875</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>876</v>
       </c>
       <c r="E286" s="15" t="s">
         <v>877</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>24</v>
       </c>
       <c r="K286" s="15">
         <v>0.73</v>
       </c>
       <c r="L286" s="15">
         <v>0.73</v>
       </c>
       <c r="M286" s="15">
         <v>0.73</v>
       </c>
       <c r="N286" s="15">
-        <v>609</v>
+        <v>715</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>878</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>879</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>880</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>24</v>
       </c>
       <c r="K287" s="15">
         <v>0.97</v>
       </c>
       <c r="L287" s="15">
         <v>0.97</v>
       </c>
       <c r="M287" s="15">
         <v>0.97</v>
       </c>
       <c r="N287" s="15">
-        <v>792</v>
+        <v>763</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C288" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D288" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E288" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I288" s="15"/>
@@ -16247,168 +16238,168 @@
       <c r="D290" s="15" t="s">
         <v>888</v>
       </c>
       <c r="E290" s="15" t="s">
         <v>889</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>100</v>
       </c>
       <c r="K290" s="15">
         <v>0.38</v>
       </c>
       <c r="L290" s="15">
         <v>0.38</v>
       </c>
       <c r="M290" s="15">
         <v>0.38</v>
       </c>
       <c r="N290" s="15">
-        <v>423</v>
+        <v>502</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C291" s="15" t="s">
         <v>890</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>891</v>
       </c>
       <c r="E291" s="15" t="s">
         <v>892</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>24</v>
       </c>
       <c r="K291" s="15">
         <v>0.61</v>
       </c>
       <c r="L291" s="15">
         <v>0.61</v>
       </c>
       <c r="M291" s="15">
         <v>0.61</v>
       </c>
       <c r="N291" s="15">
-        <v>742</v>
+        <v>860</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C292" s="15" t="s">
         <v>893</v>
       </c>
       <c r="D292" s="15" t="s">
         <v>894</v>
       </c>
       <c r="E292" s="15" t="s">
         <v>895</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>24</v>
       </c>
       <c r="K292" s="15">
         <v>0.74</v>
       </c>
       <c r="L292" s="15">
         <v>0.74</v>
       </c>
       <c r="M292" s="15">
         <v>0.74</v>
       </c>
       <c r="N292" s="15">
-        <v>216</v>
+        <v>258</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>896</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>897</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>898</v>
       </c>
       <c r="E293" s="15">
         <v>10080015169</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
         <v>300</v>
       </c>
       <c r="K293" s="15">
         <v>0.15</v>
       </c>
       <c r="L293" s="15">
         <v>0.15</v>
       </c>
       <c r="M293" s="15">
         <v>0.15</v>
       </c>
       <c r="N293" s="15">
-        <v>180</v>
+        <v>136</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>896</v>
       </c>
       <c r="C294" s="15" t="s">
         <v>899</v>
       </c>
       <c r="D294" s="15" t="s">
         <v>900</v>
       </c>
       <c r="E294" s="15" t="s">
         <v>901</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I294" s="15"/>
@@ -16481,51 +16472,51 @@
       <c r="D296" s="15" t="s">
         <v>905</v>
       </c>
       <c r="E296" s="15">
         <v>10080012372</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I296" s="15"/>
       <c r="J296" s="15">
         <v>235</v>
       </c>
       <c r="K296" s="15">
         <v>0.35</v>
       </c>
       <c r="L296" s="15">
         <v>0.35</v>
       </c>
       <c r="M296" s="15">
         <v>0.35</v>
       </c>
       <c r="N296" s="15">
-        <v>1492</v>
+        <v>1617</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>896</v>
       </c>
       <c r="C297" s="15" t="s">
         <v>906</v>
       </c>
       <c r="D297" s="15" t="s">
         <v>907</v>
       </c>
       <c r="E297" s="15">
         <v>10080015343</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I297" s="15"/>
@@ -16596,51 +16587,51 @@
       <c r="D299" s="15" t="s">
         <v>913</v>
       </c>
       <c r="E299" s="15">
         <v>10080015351</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>250</v>
       </c>
       <c r="K299" s="15">
         <v>0.3</v>
       </c>
       <c r="L299" s="15">
         <v>0.3</v>
       </c>
       <c r="M299" s="15">
         <v>0.3</v>
       </c>
       <c r="N299" s="15">
-        <v>264</v>
+        <v>324</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C300" s="15" t="s">
         <v>914</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>915</v>
       </c>
       <c r="E300" s="15">
         <v>10080015352</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I300" s="15"/>
@@ -16869,258 +16860,258 @@
       <c r="D306" s="15" t="s">
         <v>929</v>
       </c>
       <c r="E306" s="15" t="s">
         <v>930</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>160</v>
       </c>
       <c r="K306" s="15">
         <v>0.325</v>
       </c>
       <c r="L306" s="15">
         <v>0.325</v>
       </c>
       <c r="M306" s="15">
         <v>0.325</v>
       </c>
       <c r="N306" s="15">
-        <v>516</v>
+        <v>463</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C307" s="15" t="s">
         <v>931</v>
       </c>
       <c r="D307" s="15" t="s">
         <v>932</v>
       </c>
       <c r="E307" s="15">
         <v>10080047407</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>160</v>
       </c>
       <c r="K307" s="15">
         <v>0.39</v>
       </c>
       <c r="L307" s="15">
         <v>0.39</v>
       </c>
       <c r="M307" s="15">
         <v>0.39</v>
       </c>
       <c r="N307" s="15">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>933</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>934</v>
       </c>
       <c r="E308" s="15" t="s">
         <v>935</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I308" s="15" t="s">
         <v>936</v>
       </c>
       <c r="J308" s="15">
         <v>285</v>
       </c>
       <c r="K308" s="15">
         <v>0.37149</v>
       </c>
       <c r="L308" s="15">
         <v>0.32196</v>
       </c>
       <c r="M308" s="15">
         <v>0.30958</v>
       </c>
       <c r="N308" s="15">
-        <v>221</v>
+        <v>183</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>937</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>938</v>
       </c>
       <c r="E309" s="15" t="s">
         <v>939</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I309" s="15" t="s">
         <v>940</v>
       </c>
       <c r="J309" s="15">
         <v>220</v>
       </c>
       <c r="K309" s="15">
         <v>0.52635</v>
       </c>
       <c r="L309" s="15">
         <v>0.45617</v>
       </c>
       <c r="M309" s="15">
         <v>0.43863</v>
       </c>
       <c r="N309" s="15">
         <v>29</v>
       </c>
       <c r="O309" s="15">
-        <v>764</v>
+        <v>787</v>
       </c>
       <c r="P309" s="15" t="s">
         <v>181</v>
       </c>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>941</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>942</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>943</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I310" s="15" t="s">
         <v>944</v>
       </c>
       <c r="J310" s="15">
         <v>165</v>
       </c>
       <c r="K310" s="15">
         <v>0.71091</v>
       </c>
       <c r="L310" s="15">
         <v>0.61612</v>
       </c>
       <c r="M310" s="15">
         <v>0.59243</v>
       </c>
       <c r="N310" s="15">
-        <v>131</v>
+        <v>147</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>945</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>946</v>
       </c>
       <c r="E311" s="15" t="s">
         <v>947</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I311" s="15" t="s">
         <v>948</v>
       </c>
       <c r="J311" s="15">
         <v>105</v>
       </c>
       <c r="K311" s="15">
         <v>0.86661</v>
       </c>
       <c r="L311" s="15">
         <v>0.7510599999999999</v>
       </c>
       <c r="M311" s="15">
         <v>0.72218</v>
       </c>
       <c r="N311" s="15">
-        <v>253</v>
+        <v>228</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>949</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>950</v>
       </c>
       <c r="E312" s="15" t="s">
         <v>951</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I312" s="15"/>
@@ -17152,131 +17143,131 @@
       </c>
       <c r="E313" s="15" t="s">
         <v>954</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>955</v>
       </c>
       <c r="J313" s="15">
         <v>160</v>
       </c>
       <c r="K313" s="15">
         <v>0.63366</v>
       </c>
       <c r="L313" s="15">
         <v>0.54917</v>
       </c>
       <c r="M313" s="15">
         <v>0.52805</v>
       </c>
       <c r="N313" s="15">
-        <v>426</v>
+        <v>297</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>956</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>957</v>
       </c>
       <c r="E314" s="15" t="s">
         <v>958</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I314" s="15" t="s">
         <v>959</v>
       </c>
       <c r="J314" s="15">
         <v>100</v>
       </c>
       <c r="K314" s="15">
         <v>1.15</v>
       </c>
       <c r="L314" s="15">
         <v>0.99303</v>
       </c>
       <c r="M314" s="15">
         <v>0.95484</v>
       </c>
       <c r="N314" s="15">
-        <v>103</v>
+        <v>57</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>960</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>961</v>
       </c>
       <c r="E315" s="15">
         <v>10080006088</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I315" s="15"/>
       <c r="J315" s="15">
         <v>75</v>
       </c>
       <c r="K315" s="15">
         <v>1.12</v>
       </c>
       <c r="L315" s="15">
         <v>0.96935</v>
       </c>
       <c r="M315" s="15">
         <v>0.93206</v>
       </c>
       <c r="N315" s="15">
-        <v>567</v>
+        <v>513</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>962</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>963</v>
       </c>
       <c r="E316" s="15">
         <v>10080015324</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I316" s="15"/>
@@ -17351,51 +17342,51 @@
       <c r="D318" s="15" t="s">
         <v>968</v>
       </c>
       <c r="E318" s="15">
         <v>10080008966</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I318" s="15"/>
       <c r="J318" s="15">
         <v>50</v>
       </c>
       <c r="K318" s="15">
         <v>5.25</v>
       </c>
       <c r="L318" s="15">
         <v>2.62</v>
       </c>
       <c r="M318" s="15">
         <v>2.39</v>
       </c>
       <c r="N318" s="15">
-        <v>516</v>
+        <v>568</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E319" s="15" t="s">
         <v>971</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I319" s="15"/>
@@ -17780,51 +17771,51 @@
       <c r="D329" s="15" t="s">
         <v>998</v>
       </c>
       <c r="E329" s="15" t="s">
         <v>999</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
         <v>6</v>
       </c>
       <c r="K329" s="15">
         <v>1.84</v>
       </c>
       <c r="L329" s="15">
         <v>1.84</v>
       </c>
       <c r="M329" s="15">
         <v>1.84</v>
       </c>
       <c r="N329" s="15">
-        <v>244</v>
+        <v>222</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15">
         <v>72</v>
       </c>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>987</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>1000</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>1001</v>
       </c>
       <c r="E330" s="15">
         <v>10080034849</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>99</v>
@@ -18090,51 +18081,51 @@
       <c r="D337" s="15" t="s">
         <v>1018</v>
       </c>
       <c r="E337" s="15">
         <v>10080044004</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15">
         <v>4</v>
       </c>
       <c r="K337" s="15">
         <v>5.1</v>
       </c>
       <c r="L337" s="15">
         <v>5.1</v>
       </c>
       <c r="M337" s="15">
         <v>5.1</v>
       </c>
       <c r="N337" s="15">
-        <v>269</v>
+        <v>231</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>1016</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="D338" s="15" t="s">
         <v>1020</v>
       </c>
       <c r="E338" s="15">
         <v>10080010190</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I338" s="15"/>
@@ -18283,51 +18274,51 @@
       <c r="D342" s="15" t="s">
         <v>1030</v>
       </c>
       <c r="E342" s="15">
         <v>10080032679</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>4</v>
       </c>
       <c r="K342" s="15">
         <v>4.6</v>
       </c>
       <c r="L342" s="15">
         <v>4.6</v>
       </c>
       <c r="M342" s="15">
         <v>4.6</v>
       </c>
       <c r="N342" s="15">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>1023</v>
       </c>
       <c r="C343" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>1032</v>
       </c>
       <c r="E343" s="15">
         <v>10080029132</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I343" s="15"/>
@@ -18548,51 +18539,51 @@
         <v>1045</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>1046</v>
       </c>
       <c r="E349" s="15">
         <v>10080029131</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15"/>
       <c r="K349" s="15">
         <v>12.33</v>
       </c>
       <c r="L349" s="15">
         <v>10.69</v>
       </c>
       <c r="M349" s="15">
         <v>10.28</v>
       </c>
       <c r="N349" s="15">
-        <v>377</v>
+        <v>368</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>1047</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1048</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1049</v>
       </c>
       <c r="E350" s="15" t="s">
         <v>1050</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I350" s="15"/>
@@ -18897,131 +18888,131 @@
       <c r="D358" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="E358" s="15" t="s">
         <v>1074</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I358" s="15" t="s">
         <v>1075</v>
       </c>
       <c r="J358" s="15"/>
       <c r="K358" s="15">
         <v>0.137</v>
       </c>
       <c r="L358" s="15">
         <v>0.1233</v>
       </c>
       <c r="M358" s="15">
         <v>0.11416</v>
       </c>
       <c r="N358" s="15">
-        <v>3075</v>
+        <v>2325</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C359" s="15" t="s">
         <v>1076</v>
       </c>
       <c r="D359" s="15" t="s">
         <v>1077</v>
       </c>
       <c r="E359" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I359" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="J359" s="15"/>
       <c r="K359" s="15">
         <v>0.61383</v>
       </c>
       <c r="L359" s="15">
         <v>0.55245</v>
       </c>
       <c r="M359" s="15">
         <v>0.51153</v>
       </c>
       <c r="N359" s="15">
-        <v>900</v>
+        <v>1095</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>107</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="D360" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="E360" s="15" t="s">
         <v>1082</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I360" s="15" t="s">
         <v>1084</v>
       </c>
       <c r="J360" s="15">
         <v>800</v>
       </c>
       <c r="K360" s="15">
         <v>0.12203</v>
       </c>
       <c r="L360" s="15">
         <v>0.10576</v>
       </c>
       <c r="M360" s="15">
         <v>0.10169</v>
       </c>
       <c r="N360" s="15">
-        <v>3224</v>
+        <v>3692</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15">
         <v>3200</v>
       </c>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C361" s="15" t="s">
         <v>1085</v>
       </c>
       <c r="D361" s="15" t="s">
         <v>1086</v>
       </c>
       <c r="E361" s="15" t="s">
         <v>1087</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>1083</v>
@@ -19102,51 +19093,51 @@
       </c>
       <c r="E363" s="15">
         <v>10080031757</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I363" s="15" t="s">
         <v>1095</v>
       </c>
       <c r="J363" s="15">
         <v>476</v>
       </c>
       <c r="K363" s="15">
         <v>0.5392400000000001</v>
       </c>
       <c r="L363" s="15">
         <v>0.38516</v>
       </c>
       <c r="M363" s="15">
         <v>0.3338</v>
       </c>
       <c r="N363" s="15">
-        <v>1090</v>
+        <v>1204</v>
       </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C364" s="15" t="s">
         <v>1096</v>
       </c>
       <c r="D364" s="15" t="s">
         <v>1097</v>
       </c>
       <c r="E364" s="15" t="s">
         <v>1098</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I364" s="15" t="s">
@@ -19184,51 +19175,51 @@
       </c>
       <c r="E365" s="15" t="s">
         <v>1102</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I365" s="15" t="s">
         <v>1103</v>
       </c>
       <c r="J365" s="15">
         <v>200</v>
       </c>
       <c r="K365" s="15">
         <v>0.12611</v>
       </c>
       <c r="L365" s="15">
         <v>0.11349</v>
       </c>
       <c r="M365" s="15">
         <v>0.10509</v>
       </c>
       <c r="N365" s="15">
-        <v>7227</v>
+        <v>7462</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C366" s="15" t="s">
         <v>1104</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>1105</v>
       </c>
       <c r="E366" s="15" t="s">
         <v>1106</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I366" s="15" t="s">
@@ -19303,51 +19294,51 @@
       </c>
       <c r="E368" s="15" t="s">
         <v>1113</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I368" s="15" t="s">
         <v>1114</v>
       </c>
       <c r="J368" s="15">
         <v>400</v>
       </c>
       <c r="K368" s="15">
         <v>0.38894</v>
       </c>
       <c r="L368" s="15">
         <v>0.33876</v>
       </c>
       <c r="M368" s="15">
         <v>0.31366</v>
       </c>
       <c r="N368" s="15">
-        <v>640</v>
+        <v>696</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15">
         <v>1600</v>
       </c>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C369" s="15" t="s">
         <v>1115</v>
       </c>
       <c r="D369" s="15" t="s">
         <v>1116</v>
       </c>
       <c r="E369" s="15" t="s">
         <v>1117</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
         <v>1083</v>
@@ -19387,51 +19378,51 @@
       </c>
       <c r="E370" s="15" t="s">
         <v>1121</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I370" s="15" t="s">
         <v>1122</v>
       </c>
       <c r="J370" s="15">
         <v>250</v>
       </c>
       <c r="K370" s="15">
         <v>0.39519</v>
       </c>
       <c r="L370" s="15">
         <v>0.3442</v>
       </c>
       <c r="M370" s="15">
         <v>0.3187</v>
       </c>
       <c r="N370" s="15">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15">
         <v>1000</v>
       </c>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C371" s="15" t="s">
         <v>1123</v>
       </c>
       <c r="D371" s="15" t="s">
         <v>1124</v>
       </c>
       <c r="E371" s="15">
         <v>10080031756</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
         <v>1083</v>
@@ -19471,219 +19462,219 @@
       </c>
       <c r="E372" s="15" t="s">
         <v>1128</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I372" s="15" t="s">
         <v>1129</v>
       </c>
       <c r="J372" s="15">
         <v>257</v>
       </c>
       <c r="K372" s="15">
         <v>0.45125</v>
       </c>
       <c r="L372" s="15">
         <v>0.40612</v>
       </c>
       <c r="M372" s="15">
         <v>0.37604</v>
       </c>
       <c r="N372" s="15">
-        <v>450</v>
+        <v>300</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15">
         <v>1428</v>
       </c>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C373" s="15" t="s">
         <v>1130</v>
       </c>
       <c r="D373" s="15" t="s">
         <v>1131</v>
       </c>
       <c r="E373" s="15" t="s">
         <v>1132</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I373" s="15" t="s">
         <v>1133</v>
       </c>
       <c r="J373" s="15">
         <v>238</v>
       </c>
       <c r="K373" s="15">
         <v>0.78721</v>
       </c>
       <c r="L373" s="15">
         <v>0.68564</v>
       </c>
       <c r="M373" s="15">
         <v>0.63485</v>
       </c>
       <c r="N373" s="15">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15">
         <v>952</v>
       </c>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C374" s="15" t="s">
         <v>1134</v>
       </c>
       <c r="D374" s="15" t="s">
         <v>1135</v>
       </c>
       <c r="E374" s="15" t="s">
         <v>1136</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I374" s="15" t="s">
         <v>1137</v>
       </c>
       <c r="J374" s="15"/>
       <c r="K374" s="15">
         <v>0.17651</v>
       </c>
       <c r="L374" s="15">
         <v>0.15885</v>
       </c>
       <c r="M374" s="15">
         <v>0.14709</v>
       </c>
       <c r="N374" s="15">
-        <v>568</v>
+        <v>608</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>1138</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>1139</v>
       </c>
       <c r="E375" s="15" t="s">
         <v>1140</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I375" s="15" t="s">
         <v>1141</v>
       </c>
       <c r="J375" s="15">
         <v>455</v>
       </c>
       <c r="K375" s="15">
         <v>0.26298</v>
       </c>
       <c r="L375" s="15">
         <v>0.23668</v>
       </c>
       <c r="M375" s="15">
         <v>0.21915</v>
       </c>
       <c r="N375" s="15">
-        <v>185</v>
+        <v>234</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15">
         <v>1820</v>
       </c>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C376" s="15" t="s">
         <v>1142</v>
       </c>
       <c r="D376" s="15" t="s">
         <v>1143</v>
       </c>
       <c r="E376" s="15">
         <v>10080036969</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I376" s="15" t="s">
         <v>1144</v>
       </c>
       <c r="J376" s="15">
         <v>455</v>
       </c>
       <c r="K376" s="15">
         <v>0.62268</v>
       </c>
       <c r="L376" s="15">
         <v>0.33358</v>
       </c>
       <c r="M376" s="15">
         <v>0.2891</v>
       </c>
       <c r="N376" s="15">
-        <v>322</v>
+        <v>387</v>
       </c>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C377" s="15" t="s">
         <v>1145</v>
       </c>
       <c r="D377" s="15" t="s">
         <v>1146</v>
       </c>
       <c r="E377" s="15">
         <v>10080036970</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I377" s="15" t="s">
@@ -19719,51 +19710,51 @@
       </c>
       <c r="E378" s="15" t="s">
         <v>1150</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I378" s="15" t="s">
         <v>1151</v>
       </c>
       <c r="J378" s="15">
         <v>273</v>
       </c>
       <c r="K378" s="15">
         <v>0.41351</v>
       </c>
       <c r="L378" s="15">
         <v>0.35837</v>
       </c>
       <c r="M378" s="15">
         <v>0.34459</v>
       </c>
       <c r="N378" s="15">
-        <v>750</v>
+        <v>840</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15">
         <v>1092</v>
       </c>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C379" s="15" t="s">
         <v>1152</v>
       </c>
       <c r="D379" s="15" t="s">
         <v>1153</v>
       </c>
       <c r="E379" s="15">
         <v>10080036971</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
         <v>1083</v>
@@ -19993,253 +19984,253 @@
       <c r="E385" s="15" t="s">
         <v>1176</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I385" s="15" t="s">
         <v>1177</v>
       </c>
       <c r="J385" s="15">
         <v>500</v>
       </c>
       <c r="K385" s="15">
         <v>0.28461</v>
       </c>
       <c r="L385" s="15">
         <v>0.24666</v>
       </c>
       <c r="M385" s="15">
         <v>0.23718</v>
       </c>
       <c r="N385" s="15"/>
       <c r="O385" s="15">
-        <v>2070</v>
+        <v>2670</v>
       </c>
       <c r="P385" s="15" t="s">
         <v>1089</v>
       </c>
       <c r="Q385" s="15">
         <v>200</v>
       </c>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C386" s="15" t="s">
         <v>1178</v>
       </c>
       <c r="D386" s="15" t="s">
         <v>1179</v>
       </c>
       <c r="E386" s="15" t="s">
         <v>1180</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I386" s="15" t="s">
         <v>1181</v>
       </c>
       <c r="J386" s="15"/>
       <c r="K386" s="15">
         <v>0.26748</v>
       </c>
       <c r="L386" s="15">
         <v>0.24073</v>
       </c>
       <c r="M386" s="15">
         <v>0.2229</v>
       </c>
       <c r="N386" s="15">
-        <v>560</v>
+        <v>712</v>
       </c>
       <c r="O386" s="15"/>
       <c r="P386" s="15"/>
       <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C387" s="15" t="s">
         <v>1182</v>
       </c>
       <c r="D387" s="15" t="s">
         <v>1183</v>
       </c>
       <c r="E387" s="15" t="s">
         <v>1184</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I387" s="15" t="s">
         <v>1185</v>
       </c>
       <c r="J387" s="15"/>
       <c r="K387" s="15">
         <v>0.5224800000000001</v>
       </c>
       <c r="L387" s="15">
         <v>0.45282</v>
       </c>
       <c r="M387" s="15">
         <v>0.4354</v>
       </c>
       <c r="N387" s="15">
-        <v>750</v>
+        <v>630</v>
       </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C388" s="15" t="s">
         <v>1186</v>
       </c>
       <c r="D388" s="15" t="s">
         <v>1187</v>
       </c>
       <c r="E388" s="15" t="s">
         <v>1188</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I388" s="15" t="s">
         <v>1189</v>
       </c>
       <c r="J388" s="15"/>
       <c r="K388" s="15">
         <v>0.15137</v>
       </c>
       <c r="L388" s="15">
         <v>0.13623</v>
       </c>
       <c r="M388" s="15">
         <v>0.12614</v>
       </c>
       <c r="N388" s="15">
-        <v>2485</v>
+        <v>2947</v>
       </c>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15"/>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C389" s="15" t="s">
         <v>1190</v>
       </c>
       <c r="D389" s="15" t="s">
         <v>1191</v>
       </c>
       <c r="E389" s="15" t="s">
         <v>1192</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I389" s="15" t="s">
         <v>1193</v>
       </c>
       <c r="J389" s="15">
         <v>300</v>
       </c>
       <c r="K389" s="15">
         <v>0.18413</v>
       </c>
       <c r="L389" s="15">
         <v>0.16571</v>
       </c>
       <c r="M389" s="15">
         <v>0.15344</v>
       </c>
       <c r="N389" s="15">
-        <v>3921</v>
+        <v>5091</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15">
         <v>1000</v>
       </c>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C390" s="15" t="s">
         <v>1194</v>
       </c>
       <c r="D390" s="15" t="s">
         <v>1195</v>
       </c>
       <c r="E390" s="15" t="s">
         <v>1196</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I390" s="15" t="s">
         <v>1197</v>
       </c>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
         <v>0.2739</v>
       </c>
       <c r="L390" s="15">
         <v>0.24651</v>
       </c>
       <c r="M390" s="15">
         <v>0.22825</v>
       </c>
       <c r="N390" s="15">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C391" s="15" t="s">
         <v>1198</v>
       </c>
       <c r="D391" s="15" t="s">
         <v>1199</v>
       </c>
       <c r="E391" s="15" t="s">
         <v>1200</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I391" s="15" t="s">
@@ -20273,129 +20264,129 @@
       <c r="D392" s="15" t="s">
         <v>1203</v>
       </c>
       <c r="E392" s="15" t="s">
         <v>1204</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I392" s="15" t="s">
         <v>1205</v>
       </c>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
         <v>0.73325</v>
       </c>
       <c r="L392" s="15">
         <v>0.65992</v>
       </c>
       <c r="M392" s="15">
         <v>0.61104</v>
       </c>
       <c r="N392" s="15">
-        <v>420</v>
+        <v>335</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C393" s="15" t="s">
         <v>1206</v>
       </c>
       <c r="D393" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="E393" s="15" t="s">
         <v>1208</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I393" s="15" t="s">
         <v>1209</v>
       </c>
       <c r="J393" s="15"/>
       <c r="K393" s="15">
         <v>0.93096</v>
       </c>
       <c r="L393" s="15">
         <v>0.83786</v>
       </c>
       <c r="M393" s="15">
         <v>0.7758</v>
       </c>
       <c r="N393" s="15">
-        <v>170</v>
+        <v>142</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C394" s="15" t="s">
         <v>1210</v>
       </c>
       <c r="D394" s="15" t="s">
         <v>1211</v>
       </c>
       <c r="E394" s="15" t="s">
         <v>1212</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I394" s="15" t="s">
         <v>1213</v>
       </c>
       <c r="J394" s="15"/>
       <c r="K394" s="15">
         <v>0.60009</v>
       </c>
       <c r="L394" s="15">
         <v>0.54008</v>
       </c>
       <c r="M394" s="15">
         <v>0.50008</v>
       </c>
       <c r="N394" s="15">
-        <v>1095</v>
+        <v>915</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C395" s="15" t="s">
         <v>1214</v>
       </c>
       <c r="D395" s="15" t="s">
         <v>1215</v>
       </c>
       <c r="E395" s="15">
         <v>10080044868</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I395" s="15" t="s">
@@ -20474,132 +20465,132 @@
       </c>
       <c r="E397" s="15" t="s">
         <v>1222</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I397" s="15" t="s">
         <v>1223</v>
       </c>
       <c r="J397" s="15">
         <v>301</v>
       </c>
       <c r="K397" s="15">
         <v>0.46049</v>
       </c>
       <c r="L397" s="15">
         <v>0.41444</v>
       </c>
       <c r="M397" s="15">
         <v>0.38374</v>
       </c>
       <c r="N397" s="15">
-        <v>211</v>
+        <v>167</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15">
         <v>1204</v>
       </c>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C398" s="15" t="s">
         <v>1224</v>
       </c>
       <c r="D398" s="15" t="s">
         <v>1225</v>
       </c>
       <c r="E398" s="15" t="s">
         <v>1226</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I398" s="15" t="s">
         <v>1227</v>
       </c>
       <c r="J398" s="15"/>
       <c r="K398" s="15">
         <v>0.40032</v>
       </c>
       <c r="L398" s="15">
         <v>0.34866</v>
       </c>
       <c r="M398" s="15">
         <v>0.32284</v>
       </c>
       <c r="N398" s="15">
-        <v>600</v>
+        <v>680</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C399" s="15" t="s">
         <v>1228</v>
       </c>
       <c r="D399" s="15" t="s">
         <v>1229</v>
       </c>
       <c r="E399" s="15" t="s">
         <v>1230</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I399" s="15" t="s">
         <v>1231</v>
       </c>
       <c r="J399" s="15"/>
       <c r="K399" s="15">
         <v>0.4169</v>
       </c>
       <c r="L399" s="15">
         <v>0.36311</v>
       </c>
       <c r="M399" s="15">
         <v>0.33621</v>
       </c>
       <c r="N399" s="15"/>
       <c r="O399" s="15">
-        <v>1460</v>
+        <v>1560</v>
       </c>
       <c r="P399" s="15" t="s">
         <v>1089</v>
       </c>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C400" s="15" t="s">
         <v>1232</v>
       </c>
       <c r="D400" s="15" t="s">
         <v>1233</v>
       </c>
       <c r="E400" s="15" t="s">
         <v>1234</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
         <v>1083</v>
       </c>
@@ -20634,51 +20625,51 @@
       <c r="D401" s="15" t="s">
         <v>1237</v>
       </c>
       <c r="E401" s="15" t="s">
         <v>1238</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I401" s="15" t="s">
         <v>1239</v>
       </c>
       <c r="J401" s="15"/>
       <c r="K401" s="15">
         <v>0.94629</v>
       </c>
       <c r="L401" s="15">
         <v>0.82419</v>
       </c>
       <c r="M401" s="15">
         <v>0.76314</v>
       </c>
       <c r="N401" s="15">
-        <v>10849</v>
+        <v>10188</v>
       </c>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C402" s="15" t="s">
         <v>1240</v>
       </c>
       <c r="D402" s="15" t="s">
         <v>1241</v>
       </c>
       <c r="E402" s="15" t="s">
         <v>1242</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I402" s="15" t="s">
@@ -20714,250 +20705,250 @@
       <c r="D403" s="15" t="s">
         <v>1245</v>
       </c>
       <c r="E403" s="15" t="s">
         <v>1246</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I403" s="15" t="s">
         <v>1247</v>
       </c>
       <c r="J403" s="15"/>
       <c r="K403" s="15">
         <v>0.37979</v>
       </c>
       <c r="L403" s="15">
         <v>0.34181</v>
       </c>
       <c r="M403" s="15">
         <v>0.31649</v>
       </c>
       <c r="N403" s="15">
-        <v>138</v>
+        <v>152</v>
       </c>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C404" s="15" t="s">
         <v>1248</v>
       </c>
       <c r="D404" s="15" t="s">
         <v>1249</v>
       </c>
       <c r="E404" s="15" t="s">
         <v>1250</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I404" s="15" t="s">
         <v>1251</v>
       </c>
       <c r="J404" s="15">
         <v>132</v>
       </c>
       <c r="K404" s="15">
         <v>0.93795</v>
       </c>
       <c r="L404" s="15">
         <v>0.81289</v>
       </c>
       <c r="M404" s="15">
         <v>0.78163</v>
       </c>
       <c r="N404" s="15">
-        <v>4946</v>
+        <v>4699</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C405" s="15" t="s">
         <v>1252</v>
       </c>
       <c r="D405" s="15" t="s">
         <v>1253</v>
       </c>
       <c r="E405" s="15" t="s">
         <v>1254</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I405" s="15" t="s">
         <v>1255</v>
       </c>
       <c r="J405" s="15"/>
       <c r="K405" s="15">
         <v>1.57</v>
       </c>
       <c r="L405" s="15">
         <v>1.37</v>
       </c>
       <c r="M405" s="15">
         <v>1.27</v>
       </c>
       <c r="N405" s="15">
-        <v>6228</v>
+        <v>8008</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C406" s="15" t="s">
         <v>1256</v>
       </c>
       <c r="D406" s="15" t="s">
         <v>1257</v>
       </c>
       <c r="E406" s="15" t="s">
         <v>1258</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I406" s="15" t="s">
         <v>1259</v>
       </c>
       <c r="J406" s="15"/>
       <c r="K406" s="15">
         <v>1.23</v>
       </c>
       <c r="L406" s="15">
         <v>1.1</v>
       </c>
       <c r="M406" s="15">
         <v>1.02</v>
       </c>
       <c r="N406" s="15">
-        <v>305</v>
+        <v>370</v>
       </c>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C407" s="15" t="s">
         <v>1260</v>
       </c>
       <c r="D407" s="15" t="s">
         <v>1261</v>
       </c>
       <c r="E407" s="15" t="s">
         <v>1262</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I407" s="15" t="s">
         <v>1263</v>
       </c>
       <c r="J407" s="15">
         <v>95</v>
       </c>
       <c r="K407" s="15">
         <v>0.86766</v>
       </c>
       <c r="L407" s="15">
         <v>0.78089</v>
       </c>
       <c r="M407" s="15">
         <v>0.72305</v>
       </c>
       <c r="N407" s="15">
-        <v>1280</v>
+        <v>1720</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C408" s="15" t="s">
         <v>1264</v>
       </c>
       <c r="D408" s="15" t="s">
         <v>1265</v>
       </c>
       <c r="E408" s="15" t="s">
         <v>1266</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="I408" s="15" t="s">
         <v>1267</v>
       </c>
       <c r="J408" s="15"/>
       <c r="K408" s="15">
         <v>1.57</v>
       </c>
       <c r="L408" s="15">
         <v>1.41</v>
       </c>
       <c r="M408" s="15">
         <v>1.31</v>
       </c>
       <c r="N408" s="15">
-        <v>1625</v>
+        <v>1600</v>
       </c>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C409" s="15" t="s">
         <v>1268</v>
       </c>
       <c r="D409" s="15" t="s">
         <v>1269</v>
       </c>
       <c r="E409" s="15">
         <v>10080048465</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I409" s="15" t="s">
@@ -20993,543 +20984,543 @@
       </c>
       <c r="E410" s="15" t="s">
         <v>1272</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I410" s="15" t="s">
         <v>1271</v>
       </c>
       <c r="J410" s="15">
         <v>256</v>
       </c>
       <c r="K410" s="15">
         <v>0.84584</v>
       </c>
       <c r="L410" s="15">
         <v>0.73306</v>
       </c>
       <c r="M410" s="15">
         <v>0.70486</v>
       </c>
       <c r="N410" s="15">
-        <v>430</v>
+        <v>340</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C411" s="15" t="s">
         <v>1273</v>
       </c>
       <c r="D411" s="15" t="s">
         <v>1274</v>
       </c>
       <c r="E411" s="15" t="s">
         <v>1275</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I411" s="15" t="s">
         <v>1276</v>
       </c>
       <c r="J411" s="15">
         <v>100</v>
       </c>
       <c r="K411" s="15">
         <v>0.1682</v>
       </c>
       <c r="L411" s="15">
         <v>0.14577</v>
       </c>
       <c r="M411" s="15">
         <v>0.14016</v>
       </c>
       <c r="N411" s="15">
-        <v>390</v>
+        <v>420</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C412" s="15" t="s">
         <v>1277</v>
       </c>
       <c r="D412" s="15" t="s">
         <v>1278</v>
       </c>
       <c r="E412" s="15" t="s">
         <v>1279</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I412" s="15" t="s">
         <v>1280</v>
       </c>
       <c r="J412" s="15">
         <v>400</v>
       </c>
       <c r="K412" s="15">
         <v>0.11466</v>
       </c>
       <c r="L412" s="15">
         <v>0.09937</v>
       </c>
       <c r="M412" s="15">
         <v>0.09555</v>
       </c>
       <c r="N412" s="15">
-        <v>8231</v>
+        <v>8496</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C413" s="15" t="s">
         <v>1281</v>
       </c>
       <c r="D413" s="15" t="s">
         <v>1282</v>
       </c>
       <c r="E413" s="15" t="s">
         <v>1283</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I413" s="15" t="s">
         <v>1284</v>
       </c>
       <c r="J413" s="15">
         <v>100</v>
       </c>
       <c r="K413" s="15">
         <v>0.17075</v>
       </c>
       <c r="L413" s="15">
         <v>0.14798</v>
       </c>
       <c r="M413" s="15">
         <v>0.14229</v>
       </c>
       <c r="N413" s="15">
-        <v>750</v>
+        <v>690</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C414" s="15" t="s">
         <v>1285</v>
       </c>
       <c r="D414" s="15" t="s">
         <v>1286</v>
       </c>
       <c r="E414" s="15" t="s">
         <v>1287</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I414" s="15" t="s">
         <v>1288</v>
       </c>
       <c r="J414" s="15">
         <v>100</v>
       </c>
       <c r="K414" s="15">
         <v>0.28091</v>
       </c>
       <c r="L414" s="15">
         <v>0.24345</v>
       </c>
       <c r="M414" s="15">
         <v>0.23409</v>
       </c>
       <c r="N414" s="15">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C415" s="15" t="s">
         <v>1289</v>
       </c>
       <c r="D415" s="15" t="s">
         <v>1290</v>
       </c>
       <c r="E415" s="15">
         <v>10080040055</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I415" s="15" t="s">
         <v>1291</v>
       </c>
       <c r="J415" s="15">
         <v>200</v>
       </c>
       <c r="K415" s="15">
         <v>0.15822</v>
       </c>
       <c r="L415" s="15">
         <v>0.13712</v>
       </c>
       <c r="M415" s="15">
         <v>0.13185</v>
       </c>
       <c r="N415" s="15">
-        <v>5628</v>
+        <v>4020</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C416" s="15" t="s">
         <v>1292</v>
       </c>
       <c r="D416" s="15" t="s">
         <v>1293</v>
       </c>
       <c r="E416" s="15" t="s">
         <v>1294</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I416" s="15" t="s">
         <v>1295</v>
       </c>
       <c r="J416" s="15">
         <v>200</v>
       </c>
       <c r="K416" s="15">
         <v>0.28539</v>
       </c>
       <c r="L416" s="15">
         <v>0.24734</v>
       </c>
       <c r="M416" s="15">
         <v>0.23783</v>
       </c>
       <c r="N416" s="15">
-        <v>810</v>
+        <v>710</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C417" s="15" t="s">
         <v>1296</v>
       </c>
       <c r="D417" s="15" t="s">
         <v>1297</v>
       </c>
       <c r="E417" s="15" t="s">
         <v>1298</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I417" s="15" t="s">
         <v>1299</v>
       </c>
       <c r="J417" s="15">
         <v>100</v>
       </c>
       <c r="K417" s="15">
         <v>0.34116</v>
       </c>
       <c r="L417" s="15">
         <v>0.29567</v>
       </c>
       <c r="M417" s="15">
         <v>0.2843</v>
       </c>
       <c r="N417" s="15">
-        <v>1079</v>
+        <v>962</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C418" s="15" t="s">
         <v>1300</v>
       </c>
       <c r="D418" s="15" t="s">
         <v>1301</v>
       </c>
       <c r="E418" s="15" t="s">
         <v>1302</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I418" s="15" t="s">
         <v>1303</v>
       </c>
       <c r="J418" s="15">
         <v>100</v>
       </c>
       <c r="K418" s="15">
         <v>0.40058</v>
       </c>
       <c r="L418" s="15">
         <v>0.34717</v>
       </c>
       <c r="M418" s="15">
         <v>0.33381</v>
       </c>
       <c r="N418" s="15">
-        <v>535</v>
+        <v>628</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C419" s="15" t="s">
         <v>1304</v>
       </c>
       <c r="D419" s="15" t="s">
         <v>1305</v>
       </c>
       <c r="E419" s="15" t="s">
         <v>1306</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I419" s="15" t="s">
         <v>1307</v>
       </c>
       <c r="J419" s="15">
         <v>100</v>
       </c>
       <c r="K419" s="15">
         <v>0.4541</v>
       </c>
       <c r="L419" s="15">
         <v>0.39355</v>
       </c>
       <c r="M419" s="15">
         <v>0.37841</v>
       </c>
       <c r="N419" s="15">
-        <v>620</v>
+        <v>900</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C420" s="15" t="s">
         <v>1308</v>
       </c>
       <c r="D420" s="15" t="s">
         <v>1309</v>
       </c>
       <c r="E420" s="15" t="s">
         <v>1310</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I420" s="15" t="s">
         <v>1311</v>
       </c>
       <c r="J420" s="15">
         <v>100</v>
       </c>
       <c r="K420" s="15">
         <v>0.62187</v>
       </c>
       <c r="L420" s="15">
         <v>0.53895</v>
       </c>
       <c r="M420" s="15">
         <v>0.51823</v>
       </c>
       <c r="N420" s="15">
-        <v>670</v>
+        <v>830</v>
       </c>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C421" s="15" t="s">
         <v>1312</v>
       </c>
       <c r="D421" s="15" t="s">
         <v>1313</v>
       </c>
       <c r="E421" s="15" t="s">
         <v>1314</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I421" s="15" t="s">
         <v>1315</v>
       </c>
       <c r="J421" s="15">
         <v>100</v>
       </c>
       <c r="K421" s="15">
         <v>0.68003</v>
       </c>
       <c r="L421" s="15">
         <v>0.58936</v>
       </c>
       <c r="M421" s="15">
         <v>0.56669</v>
       </c>
       <c r="N421" s="15">
-        <v>780</v>
+        <v>840</v>
       </c>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C422" s="15" t="s">
         <v>1316</v>
       </c>
       <c r="D422" s="15" t="s">
         <v>1317</v>
       </c>
       <c r="E422" s="15" t="s">
         <v>1318</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I422" s="15" t="s">
         <v>1319</v>
       </c>
       <c r="J422" s="15">
         <v>100</v>
       </c>
       <c r="K422" s="15">
         <v>0.30992</v>
       </c>
       <c r="L422" s="15">
         <v>0.26859</v>
       </c>
       <c r="M422" s="15">
         <v>0.25826</v>
       </c>
       <c r="N422" s="15">
-        <v>488</v>
+        <v>410</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C423" s="15" t="s">
         <v>1320</v>
       </c>
       <c r="D423" s="15" t="s">
         <v>1321</v>
       </c>
       <c r="E423" s="15" t="s">
         <v>1322</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I423" s="15" t="s">
@@ -21688,51 +21679,51 @@
       </c>
       <c r="E427" s="15" t="s">
         <v>1338</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I427" s="15" t="s">
         <v>1339</v>
       </c>
       <c r="J427" s="15">
         <v>100</v>
       </c>
       <c r="K427" s="15">
         <v>0.19262</v>
       </c>
       <c r="L427" s="15">
         <v>0.16693</v>
       </c>
       <c r="M427" s="15">
         <v>0.16051</v>
       </c>
       <c r="N427" s="15">
-        <v>122</v>
+        <v>160</v>
       </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
         <v>1340</v>
       </c>
       <c r="D428" s="15" t="s">
         <v>1341</v>
       </c>
       <c r="E428" s="15" t="s">
         <v>1342</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I428" s="15" t="s">
@@ -21770,1168 +21761,1164 @@
       </c>
       <c r="E429" s="15" t="s">
         <v>1346</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I429" s="15" t="s">
         <v>1347</v>
       </c>
       <c r="J429" s="15">
         <v>50</v>
       </c>
       <c r="K429" s="15">
         <v>0.31088</v>
       </c>
       <c r="L429" s="15">
         <v>0.26943</v>
       </c>
       <c r="M429" s="15">
         <v>0.25906</v>
       </c>
       <c r="N429" s="15">
-        <v>900</v>
+        <v>690</v>
       </c>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C430" s="15" t="s">
         <v>1348</v>
       </c>
       <c r="D430" s="15" t="s">
         <v>1349</v>
       </c>
       <c r="E430" s="15" t="s">
         <v>1350</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I430" s="15" t="s">
         <v>1351</v>
       </c>
       <c r="J430" s="15">
         <v>50</v>
       </c>
       <c r="K430" s="15">
         <v>0.45158</v>
       </c>
       <c r="L430" s="15">
         <v>0.39137</v>
       </c>
       <c r="M430" s="15">
         <v>0.37631</v>
       </c>
       <c r="N430" s="15">
         <v>62</v>
       </c>
       <c r="O430" s="15">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C431" s="15" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D431" s="15" t="s">
         <v>1353</v>
       </c>
-      <c r="D431" s="15" t="s">
+      <c r="E431" s="15" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1356</v>
+        <v>1355</v>
       </c>
       <c r="J431" s="15">
         <v>20</v>
       </c>
       <c r="K431" s="15">
         <v>0.60107</v>
       </c>
       <c r="L431" s="15">
         <v>0.52092</v>
       </c>
       <c r="M431" s="15">
         <v>0.5008899999999999</v>
       </c>
       <c r="N431" s="15">
-        <v>820</v>
+        <v>710</v>
       </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C432" s="15" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D432" s="15" t="s">
         <v>1357</v>
       </c>
-      <c r="D432" s="15" t="s">
+      <c r="E432" s="15" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="J432" s="15">
         <v>20</v>
       </c>
       <c r="K432" s="15">
         <v>0.7500599999999999</v>
       </c>
       <c r="L432" s="15">
         <v>0.65005</v>
       </c>
       <c r="M432" s="15">
         <v>0.62505</v>
       </c>
       <c r="N432" s="15">
-        <v>830</v>
+        <v>860</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C433" s="15" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D433" s="15" t="s">
         <v>1361</v>
       </c>
-      <c r="D433" s="15" t="s">
+      <c r="E433" s="15" t="s">
         <v>1362</v>
-      </c>
-[...1 lines deleted...]
-        <v>1363</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1364</v>
+        <v>1363</v>
       </c>
       <c r="J433" s="15">
         <v>100</v>
       </c>
       <c r="K433" s="15">
         <v>0.23342</v>
       </c>
       <c r="L433" s="15">
         <v>0.20229</v>
       </c>
       <c r="M433" s="15">
         <v>0.19451</v>
       </c>
       <c r="N433" s="15">
-        <v>840</v>
+        <v>760</v>
       </c>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C434" s="15" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D434" s="15" t="s">
         <v>1365</v>
       </c>
-      <c r="D434" s="15" t="s">
+      <c r="E434" s="15" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="J434" s="15">
         <v>100</v>
       </c>
       <c r="K434" s="15">
         <v>0.30954</v>
       </c>
       <c r="L434" s="15">
         <v>0.26827</v>
       </c>
       <c r="M434" s="15">
         <v>0.25795</v>
       </c>
       <c r="N434" s="15">
         <v>610</v>
       </c>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D435" s="15" t="s">
         <v>1369</v>
       </c>
-      <c r="D435" s="15" t="s">
+      <c r="E435" s="15" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="J435" s="15">
         <v>100</v>
       </c>
       <c r="K435" s="15">
         <v>0.45329</v>
       </c>
       <c r="L435" s="15">
         <v>0.39285</v>
       </c>
       <c r="M435" s="15">
         <v>0.37774</v>
       </c>
       <c r="N435" s="15">
         <v>50</v>
       </c>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C436" s="15" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D436" s="15" t="s">
         <v>1373</v>
       </c>
-      <c r="D436" s="15" t="s">
+      <c r="E436" s="15" t="s">
         <v>1374</v>
-      </c>
-[...1 lines deleted...]
-        <v>1375</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="J436" s="15">
         <v>20</v>
       </c>
       <c r="K436" s="15">
         <v>0.56472</v>
       </c>
       <c r="L436" s="15">
         <v>0.48942</v>
       </c>
       <c r="M436" s="15">
         <v>0.4706</v>
       </c>
       <c r="N436" s="15"/>
       <c r="O436" s="15">
         <v>50</v>
       </c>
-      <c r="P436" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C437" s="15" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D437" s="15" t="s">
         <v>1377</v>
       </c>
-      <c r="D437" s="15" t="s">
+      <c r="E437" s="15" t="s">
         <v>1378</v>
-      </c>
-[...1 lines deleted...]
-        <v>1379</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1380</v>
+        <v>1379</v>
       </c>
       <c r="J437" s="15">
         <v>25</v>
       </c>
       <c r="K437" s="15">
         <v>0.25248</v>
       </c>
       <c r="L437" s="15">
         <v>0.21882</v>
       </c>
       <c r="M437" s="15">
         <v>0.2104</v>
       </c>
       <c r="N437" s="15">
-        <v>1380</v>
+        <v>1340</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C438" s="15" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D438" s="15" t="s">
         <v>1381</v>
       </c>
-      <c r="D438" s="15" t="s">
+      <c r="E438" s="15" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="J438" s="15">
         <v>25</v>
       </c>
       <c r="K438" s="15">
         <v>0.58812</v>
       </c>
       <c r="L438" s="15">
         <v>0.5097</v>
       </c>
       <c r="M438" s="15">
         <v>0.4901</v>
       </c>
       <c r="N438" s="15">
         <v>100</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>41</v>
       </c>
       <c r="C439" s="15" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D439" s="15" t="s">
         <v>1385</v>
       </c>
-      <c r="D439" s="15" t="s">
+      <c r="E439" s="15" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I439" s="15" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="J439" s="15">
         <v>25</v>
       </c>
       <c r="K439" s="15">
         <v>0.75644</v>
       </c>
       <c r="L439" s="15">
         <v>0.6555800000000001</v>
       </c>
       <c r="M439" s="15">
         <v>0.63036</v>
       </c>
       <c r="N439" s="15">
         <v>100</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C440" s="15" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D440" s="15" t="s">
         <v>1389</v>
       </c>
-      <c r="D440" s="15" t="s">
+      <c r="E440" s="15" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="J440" s="15">
         <v>25</v>
       </c>
       <c r="K440" s="15">
         <v>0.46499</v>
       </c>
       <c r="L440" s="15">
         <v>0.40299</v>
       </c>
       <c r="M440" s="15">
         <v>0.38749</v>
       </c>
       <c r="N440" s="15">
         <v>100</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C441" s="15" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D441" s="15" t="s">
         <v>1393</v>
       </c>
-      <c r="D441" s="15" t="s">
+      <c r="E441" s="15" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1396</v>
+        <v>1395</v>
       </c>
       <c r="J441" s="15">
         <v>25</v>
       </c>
       <c r="K441" s="15">
         <v>0.6518</v>
       </c>
       <c r="L441" s="15">
         <v>0.56489</v>
       </c>
       <c r="M441" s="15">
         <v>0.54316</v>
       </c>
       <c r="N441" s="15">
-        <v>401</v>
+        <v>464</v>
       </c>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C442" s="15" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D442" s="15" t="s">
         <v>1397</v>
       </c>
-      <c r="D442" s="15" t="s">
+      <c r="E442" s="15" t="s">
         <v>1398</v>
-      </c>
-[...1 lines deleted...]
-        <v>1399</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I442" s="15" t="s">
-        <v>1400</v>
+        <v>1399</v>
       </c>
       <c r="J442" s="15">
         <v>20</v>
       </c>
       <c r="K442" s="15">
         <v>1.27</v>
       </c>
       <c r="L442" s="15">
         <v>1.1</v>
       </c>
       <c r="M442" s="15">
         <v>1.06</v>
       </c>
       <c r="N442" s="15">
-        <v>1170</v>
+        <v>1095</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D443" s="15" t="s">
         <v>1401</v>
       </c>
-      <c r="D443" s="15" t="s">
+      <c r="E443" s="15" t="s">
         <v>1402</v>
-      </c>
-[...1 lines deleted...]
-        <v>1403</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I443" s="15" t="s">
-        <v>1404</v>
+        <v>1403</v>
       </c>
       <c r="J443" s="15">
         <v>25</v>
       </c>
       <c r="K443" s="15">
         <v>0.21798</v>
       </c>
       <c r="L443" s="15">
         <v>0.18892</v>
       </c>
       <c r="M443" s="15">
         <v>0.18165</v>
       </c>
       <c r="N443" s="15">
-        <v>1340</v>
+        <v>1420</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D444" s="15" t="s">
         <v>1405</v>
       </c>
-      <c r="D444" s="15" t="s">
+      <c r="E444" s="15" t="s">
         <v>1406</v>
-      </c>
-[...1 lines deleted...]
-        <v>1407</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I444" s="15" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="J444" s="15">
         <v>25</v>
       </c>
       <c r="K444" s="15">
         <v>0.58604</v>
       </c>
       <c r="L444" s="15">
         <v>0.5079</v>
       </c>
       <c r="M444" s="15">
         <v>0.48836</v>
       </c>
       <c r="N444" s="15">
-        <v>820</v>
+        <v>650</v>
       </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D445" s="15" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="E445" s="15">
         <v>10080039444</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
         <v>0.42977</v>
       </c>
       <c r="L445" s="15">
         <v>0</v>
       </c>
       <c r="M445" s="15">
         <v>0</v>
       </c>
       <c r="N445" s="15"/>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C446" s="15" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D446" s="15" t="s">
         <v>1412</v>
       </c>
-      <c r="D446" s="15" t="s">
+      <c r="E446" s="15" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I446" s="15" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="J446" s="15">
         <v>25</v>
       </c>
       <c r="K446" s="15">
         <v>0.37661</v>
       </c>
       <c r="L446" s="15">
         <v>0.32639</v>
       </c>
       <c r="M446" s="15">
         <v>0.31384</v>
       </c>
       <c r="N446" s="15">
         <v>100</v>
       </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C447" s="15" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D447" s="15" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
       <c r="E447" s="15">
         <v>10080039445</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I447" s="15"/>
       <c r="J447" s="15"/>
       <c r="K447" s="15">
         <v>0.9772</v>
       </c>
       <c r="L447" s="15">
         <v>0</v>
       </c>
       <c r="M447" s="15">
         <v>0</v>
       </c>
       <c r="N447" s="15"/>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C448" s="15" t="s">
+        <v>1417</v>
+      </c>
+      <c r="D448" s="15" t="s">
         <v>1418</v>
       </c>
-      <c r="D448" s="15" t="s">
+      <c r="E448" s="15" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I448" s="15" t="s">
-        <v>1421</v>
+        <v>1420</v>
       </c>
       <c r="J448" s="15">
         <v>25</v>
       </c>
       <c r="K448" s="15">
         <v>0.68249</v>
       </c>
       <c r="L448" s="15">
         <v>0.59149</v>
       </c>
       <c r="M448" s="15">
         <v>0.56874</v>
       </c>
       <c r="N448" s="15">
-        <v>1380</v>
+        <v>1200</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C449" s="15" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D449" s="15" t="s">
         <v>1422</v>
       </c>
-      <c r="D449" s="15" t="s">
+      <c r="E449" s="15" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I449" s="15" t="s">
-        <v>1425</v>
+        <v>1424</v>
       </c>
       <c r="J449" s="15">
         <v>100</v>
       </c>
       <c r="K449" s="15">
         <v>0.15018</v>
       </c>
       <c r="L449" s="15">
         <v>0.13016</v>
       </c>
       <c r="M449" s="15">
         <v>0.12515</v>
       </c>
       <c r="N449" s="15">
-        <v>1513</v>
+        <v>1530</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C450" s="15" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D450" s="15" t="s">
         <v>1426</v>
       </c>
-      <c r="D450" s="15" t="s">
+      <c r="E450" s="15" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="J450" s="15">
         <v>100</v>
       </c>
       <c r="K450" s="15">
         <v>0.19157</v>
       </c>
       <c r="L450" s="15">
         <v>0.16602</v>
       </c>
       <c r="M450" s="15">
         <v>0.15964</v>
       </c>
       <c r="N450" s="15">
-        <v>760</v>
+        <v>650</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C451" s="15" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D451" s="15" t="s">
         <v>1430</v>
       </c>
-      <c r="D451" s="15" t="s">
+      <c r="E451" s="15" t="s">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>1432</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="J451" s="15">
         <v>100</v>
       </c>
       <c r="K451" s="15">
         <v>0.16722</v>
       </c>
       <c r="L451" s="15">
         <v>0.14492</v>
       </c>
       <c r="M451" s="15">
         <v>0.13935</v>
       </c>
       <c r="N451" s="15">
-        <v>680</v>
+        <v>840</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C452" s="15" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D452" s="15" t="s">
         <v>1434</v>
       </c>
-      <c r="D452" s="15" t="s">
+      <c r="E452" s="15" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="J452" s="15">
         <v>25</v>
       </c>
       <c r="K452" s="15">
         <v>0.16902</v>
       </c>
       <c r="L452" s="15">
         <v>0.14648</v>
       </c>
       <c r="M452" s="15">
         <v>0.14085</v>
       </c>
       <c r="N452" s="15">
-        <v>610</v>
+        <v>770</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C453" s="15" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D453" s="15" t="s">
         <v>1438</v>
       </c>
-      <c r="D453" s="15" t="s">
+      <c r="E453" s="15" t="s">
         <v>1439</v>
-      </c>
-[...1 lines deleted...]
-        <v>1440</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="J453" s="15">
         <v>25</v>
       </c>
       <c r="K453" s="15">
         <v>0.25526</v>
       </c>
       <c r="L453" s="15">
         <v>0.22122</v>
       </c>
       <c r="M453" s="15">
         <v>0.21271</v>
       </c>
       <c r="N453" s="15">
         <v>730</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>88</v>
       </c>
       <c r="C454" s="15" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D454" s="15" t="s">
         <v>1442</v>
       </c>
-      <c r="D454" s="15" t="s">
+      <c r="E454" s="15" t="s">
         <v>1443</v>
-      </c>
-[...1 lines deleted...]
-        <v>1444</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="I454" s="15" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
       <c r="J454" s="15">
         <v>25</v>
       </c>
       <c r="K454" s="15">
         <v>0.67317</v>
       </c>
       <c r="L454" s="15">
         <v>0.58341</v>
       </c>
       <c r="M454" s="15">
         <v>0.56098</v>
       </c>
       <c r="N454" s="15">
-        <v>519</v>
+        <v>569</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>380</v>
       </c>
       <c r="C455" s="15" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D455" s="15" t="s">
         <v>1446</v>
       </c>
-      <c r="D455" s="15" t="s">
+      <c r="E455" s="15" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I455" s="15" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
         <v>0.17159</v>
       </c>
       <c r="L455" s="15">
         <v>0.14945</v>
       </c>
       <c r="M455" s="15">
         <v>0.13838</v>
       </c>
       <c r="N455" s="15">
-        <v>3078</v>
+        <v>3645</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C456" s="15" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D456" s="15" t="s">
         <v>1450</v>
       </c>
-      <c r="D456" s="15" t="s">
+      <c r="E456" s="15" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="J456" s="15"/>
       <c r="K456" s="15">
         <v>0.72715</v>
       </c>
       <c r="L456" s="15">
         <v>0.6333299999999999</v>
       </c>
       <c r="M456" s="15">
         <v>0.58641</v>
       </c>
       <c r="N456" s="15">
-        <v>1155</v>
+        <v>1170</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>376</v>
       </c>
       <c r="C457" s="15" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D457" s="15" t="s">
         <v>1454</v>
       </c>
-      <c r="D457" s="15" t="s">
+      <c r="E457" s="15" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
         <v>99</v>
       </c>
       <c r="I457" s="15"/>
       <c r="J457" s="15">
         <v>1</v>
       </c>
       <c r="K457" s="15">
         <v>1.26</v>
       </c>
       <c r="L457" s="15">
         <v>1</v>
       </c>
       <c r="M457" s="15">
         <v>0.93559</v>
       </c>
       <c r="N457" s="15">
         <v>33</v>
       </c>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
@@ -22995,317 +22982,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1457</v>
+        <v>1456</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1458</v>
+        <v>1457</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1462</v>
+        <v>1461</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>1469</v>
-      </c>
-[...1 lines deleted...]
-        <v>1470</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>