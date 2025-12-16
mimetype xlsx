--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2169,51 +2169,51 @@
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10000022421</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>9.76</v>
       </c>
       <c r="L33" s="15">
         <v>9.15</v>
       </c>
       <c r="M33" s="15">
         <v>8.85</v>
       </c>
       <c r="N33" s="15">
-        <v>392</v>
+        <v>330</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15">
         <v>10000022420</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>5.02</v>
       </c>
       <c r="L39" s="15">
         <v>4.7</v>
       </c>
       <c r="M39" s="15">
         <v>4.54</v>
       </c>
       <c r="N39" s="15">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10000022416</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>