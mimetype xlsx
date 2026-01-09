--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2169,90 +2169,90 @@
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10000022421</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>9.76</v>
       </c>
       <c r="L33" s="15">
         <v>9.15</v>
       </c>
       <c r="M33" s="15">
         <v>8.85</v>
       </c>
       <c r="N33" s="15">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15">
         <v>10000022420</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1</v>
       </c>
       <c r="K34" s="15">
         <v>8.49</v>
       </c>
       <c r="L34" s="15">
         <v>8.19</v>
       </c>
       <c r="M34" s="15">
         <v>7.89</v>
       </c>
       <c r="N34" s="15">
-        <v>176</v>
+        <v>201</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>5.02</v>
       </c>
       <c r="L39" s="15">
         <v>4.7</v>
       </c>
       <c r="M39" s="15">
         <v>4.54</v>
       </c>
       <c r="N39" s="15">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10000022416</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>