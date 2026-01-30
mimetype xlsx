--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2169,90 +2169,90 @@
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10000022421</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>9.76</v>
       </c>
       <c r="L33" s="15">
         <v>9.15</v>
       </c>
       <c r="M33" s="15">
         <v>8.85</v>
       </c>
       <c r="N33" s="15">
-        <v>321</v>
+        <v>281</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15">
         <v>10000022420</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1</v>
       </c>
       <c r="K34" s="15">
         <v>8.49</v>
       </c>
       <c r="L34" s="15">
         <v>8.19</v>
       </c>
       <c r="M34" s="15">
         <v>7.89</v>
       </c>
       <c r="N34" s="15">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>5.02</v>
       </c>
       <c r="L39" s="15">
         <v>4.7</v>
       </c>
       <c r="M39" s="15">
         <v>4.54</v>
       </c>
       <c r="N39" s="15">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10000022416</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>