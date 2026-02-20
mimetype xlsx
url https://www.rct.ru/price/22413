--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1594,129 +1594,129 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1</v>
       </c>
       <c r="K18" s="15">
         <v>12.5</v>
       </c>
       <c r="L18" s="15">
         <v>12.5</v>
       </c>
       <c r="M18" s="15">
         <v>12.5</v>
       </c>
       <c r="N18" s="15">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>
       </c>
       <c r="K19" s="15">
         <v>15.34</v>
       </c>
       <c r="L19" s="15">
         <v>15.34</v>
       </c>
       <c r="M19" s="15">
         <v>15.34</v>
       </c>
       <c r="N19" s="15">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>16.92</v>
       </c>
       <c r="L20" s="15">
         <v>16.92</v>
       </c>
       <c r="M20" s="15">
         <v>16.92</v>
       </c>
       <c r="N20" s="15">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -2169,90 +2169,90 @@
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10000022421</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>9.76</v>
       </c>
       <c r="L33" s="15">
         <v>9.15</v>
       </c>
       <c r="M33" s="15">
         <v>8.85</v>
       </c>
       <c r="N33" s="15">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15">
         <v>10000022420</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1</v>
       </c>
       <c r="K34" s="15">
         <v>8.49</v>
       </c>
       <c r="L34" s="15">
         <v>8.19</v>
       </c>
       <c r="M34" s="15">
         <v>7.89</v>
       </c>
       <c r="N34" s="15">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>5.02</v>
       </c>
       <c r="L39" s="15">
         <v>4.7</v>
       </c>
       <c r="M39" s="15">
         <v>4.54</v>
       </c>
       <c r="N39" s="15">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10000022416</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>