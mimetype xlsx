--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2169,90 +2169,90 @@
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10000022421</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>9.76</v>
       </c>
       <c r="L33" s="15">
         <v>9.15</v>
       </c>
       <c r="M33" s="15">
         <v>8.85</v>
       </c>
       <c r="N33" s="15">
-        <v>299</v>
+        <v>325</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E34" s="15">
         <v>10000022420</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1</v>
       </c>
       <c r="K34" s="15">
         <v>8.49</v>
       </c>
       <c r="L34" s="15">
         <v>8.19</v>
       </c>
       <c r="M34" s="15">
         <v>7.89</v>
       </c>
       <c r="N34" s="15">
-        <v>226</v>
+        <v>171</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
@@ -2395,51 +2395,51 @@
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1</v>
       </c>
       <c r="K39" s="15">
         <v>5.02</v>
       </c>
       <c r="L39" s="15">
         <v>4.7</v>
       </c>
       <c r="M39" s="15">
         <v>4.54</v>
       </c>
       <c r="N39" s="15">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E40" s="15">
         <v>10000022416</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>