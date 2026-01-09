--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1411,90 +1411,90 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04888</v>
       </c>
       <c r="L14" s="15">
         <v>0.04034</v>
       </c>
       <c r="M14" s="15">
         <v>0.03752</v>
       </c>
       <c r="N14" s="15">
-        <v>795</v>
+        <v>824</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06111</v>
       </c>
       <c r="L15" s="15">
         <v>0.03056</v>
       </c>
       <c r="M15" s="15">
         <v>0.02689</v>
       </c>
       <c r="N15" s="15">
-        <v>1078</v>
+        <v>1199</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1561,129 +1561,129 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.021</v>
       </c>
       <c r="L18" s="15">
         <v>0.021</v>
       </c>
       <c r="M18" s="15">
         <v>0.021</v>
       </c>
       <c r="N18" s="15">
-        <v>3541</v>
+        <v>2951</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03568</v>
       </c>
       <c r="L19" s="15">
         <v>0.02974</v>
       </c>
       <c r="M19" s="15">
         <v>0.02736</v>
       </c>
       <c r="N19" s="15">
-        <v>5003</v>
+        <v>3911</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02974</v>
       </c>
       <c r="L20" s="15">
         <v>0.02736</v>
       </c>
       <c r="M20" s="15">
         <v>0.02616</v>
       </c>
       <c r="N20" s="15">
-        <v>4488</v>
+        <v>5440</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1980,90 +1980,90 @@
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0205</v>
       </c>
       <c r="L29" s="15">
         <v>0.0205</v>
       </c>
       <c r="M29" s="15">
         <v>0.0205</v>
       </c>
       <c r="N29" s="15">
-        <v>22306</v>
+        <v>20757</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0205</v>
       </c>
       <c r="L30" s="15">
         <v>0.0205</v>
       </c>
       <c r="M30" s="15">
         <v>0.0205</v>
       </c>
       <c r="N30" s="15">
-        <v>13120</v>
+        <v>14240</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>