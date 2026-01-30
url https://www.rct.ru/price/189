--- v1 (2026-01-09)
+++ v2 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1411,90 +1411,90 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04888</v>
       </c>
       <c r="L14" s="15">
         <v>0.04034</v>
       </c>
       <c r="M14" s="15">
         <v>0.03752</v>
       </c>
       <c r="N14" s="15">
-        <v>824</v>
+        <v>615</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06111</v>
       </c>
       <c r="L15" s="15">
         <v>0.03056</v>
       </c>
       <c r="M15" s="15">
         <v>0.02689</v>
       </c>
       <c r="N15" s="15">
-        <v>1199</v>
+        <v>1172</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1561,129 +1561,129 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.021</v>
       </c>
       <c r="L18" s="15">
         <v>0.021</v>
       </c>
       <c r="M18" s="15">
         <v>0.021</v>
       </c>
       <c r="N18" s="15">
-        <v>2951</v>
+        <v>3499</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03568</v>
       </c>
       <c r="L19" s="15">
         <v>0.02974</v>
       </c>
       <c r="M19" s="15">
         <v>0.02736</v>
       </c>
       <c r="N19" s="15">
-        <v>3911</v>
+        <v>4428</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02974</v>
       </c>
       <c r="L20" s="15">
         <v>0.02736</v>
       </c>
       <c r="M20" s="15">
         <v>0.02616</v>
       </c>
       <c r="N20" s="15">
-        <v>5440</v>
+        <v>4896</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1980,90 +1980,90 @@
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0205</v>
       </c>
       <c r="L29" s="15">
         <v>0.0205</v>
       </c>
       <c r="M29" s="15">
         <v>0.0205</v>
       </c>
       <c r="N29" s="15">
-        <v>20757</v>
+        <v>19518</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0205</v>
       </c>
       <c r="L30" s="15">
         <v>0.0205</v>
       </c>
       <c r="M30" s="15">
         <v>0.0205</v>
       </c>
       <c r="N30" s="15">
-        <v>14240</v>
+        <v>9600</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>