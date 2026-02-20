--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1411,90 +1411,90 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04888</v>
       </c>
       <c r="L14" s="15">
         <v>0.04034</v>
       </c>
       <c r="M14" s="15">
         <v>0.03752</v>
       </c>
       <c r="N14" s="15">
-        <v>615</v>
+        <v>663</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06111</v>
       </c>
       <c r="L15" s="15">
         <v>0.03056</v>
       </c>
       <c r="M15" s="15">
         <v>0.02689</v>
       </c>
       <c r="N15" s="15">
-        <v>1172</v>
+        <v>930</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1561,129 +1561,129 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.021</v>
       </c>
       <c r="L18" s="15">
         <v>0.021</v>
       </c>
       <c r="M18" s="15">
         <v>0.021</v>
       </c>
       <c r="N18" s="15">
-        <v>3499</v>
+        <v>2782</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03568</v>
       </c>
       <c r="L19" s="15">
         <v>0.02974</v>
       </c>
       <c r="M19" s="15">
         <v>0.02736</v>
       </c>
       <c r="N19" s="15">
-        <v>4428</v>
+        <v>5175</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02974</v>
       </c>
       <c r="L20" s="15">
         <v>0.02736</v>
       </c>
       <c r="M20" s="15">
         <v>0.02616</v>
       </c>
       <c r="N20" s="15">
-        <v>4896</v>
+        <v>4760</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1980,90 +1980,90 @@
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0205</v>
       </c>
       <c r="L29" s="15">
         <v>0.0205</v>
       </c>
       <c r="M29" s="15">
         <v>0.0205</v>
       </c>
       <c r="N29" s="15">
-        <v>19518</v>
+        <v>22616</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0205</v>
       </c>
       <c r="L30" s="15">
         <v>0.0205</v>
       </c>
       <c r="M30" s="15">
         <v>0.0205</v>
       </c>
       <c r="N30" s="15">
-        <v>9600</v>
+        <v>11680</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>