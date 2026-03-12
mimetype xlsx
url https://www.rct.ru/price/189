--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1411,90 +1411,90 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.04888</v>
       </c>
       <c r="L14" s="15">
         <v>0.04034</v>
       </c>
       <c r="M14" s="15">
         <v>0.03752</v>
       </c>
       <c r="N14" s="15">
-        <v>663</v>
+        <v>634</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.06111</v>
       </c>
       <c r="L15" s="15">
         <v>0.03056</v>
       </c>
       <c r="M15" s="15">
         <v>0.02689</v>
       </c>
       <c r="N15" s="15">
-        <v>930</v>
+        <v>943</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1561,129 +1561,129 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.021</v>
       </c>
       <c r="L18" s="15">
         <v>0.021</v>
       </c>
       <c r="M18" s="15">
         <v>0.021</v>
       </c>
       <c r="N18" s="15">
-        <v>2782</v>
+        <v>2740</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03568</v>
       </c>
       <c r="L19" s="15">
         <v>0.02974</v>
       </c>
       <c r="M19" s="15">
         <v>0.02736</v>
       </c>
       <c r="N19" s="15">
-        <v>5175</v>
+        <v>3680</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02974</v>
       </c>
       <c r="L20" s="15">
         <v>0.02736</v>
       </c>
       <c r="M20" s="15">
         <v>0.02616</v>
       </c>
       <c r="N20" s="15">
-        <v>4760</v>
+        <v>4148</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
@@ -1980,90 +1980,90 @@
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0205</v>
       </c>
       <c r="L29" s="15">
         <v>0.0205</v>
       </c>
       <c r="M29" s="15">
         <v>0.0205</v>
       </c>
       <c r="N29" s="15">
-        <v>22616</v>
+        <v>25094</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.0205</v>
       </c>
       <c r="L30" s="15">
         <v>0.0205</v>
       </c>
       <c r="M30" s="15">
         <v>0.0205</v>
       </c>
       <c r="N30" s="15">
-        <v>11680</v>
+        <v>11200</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>