--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -247,51 +247,51 @@
   <si>
     <t>L-KLS8-0112-LED-4.5</t>
   </si>
   <si>
     <t>Ø 5мм h=4.5мм (Nylon 66 UL94V-2) / L-KLS8-0112-LED-4.5</t>
   </si>
   <si>
     <t>UT-00146482</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-10</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=10.0mm / L-KLS8-0114A-LED-10</t>
   </si>
   <si>
     <t>10-00057119</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0114A-LED-10 KLS, </t>
   </si>
   <si>
     <t>UT-00152251</t>
   </si>
   <si>
-    <t>03.01.2026</t>
+    <t>22.12.2025</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-11</t>
   </si>
   <si>
     <t xml:space="preserve">втулка под LED; OD=7mm; ID=3.2mm; L=11.0mm / L-KLS8-0114A-LED-11 </t>
   </si>
   <si>
     <t>UT-00134393</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-12</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=12mm / L-KLS8-0114A-LED-12</t>
   </si>
   <si>
     <t>UT-00120590</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-12.5</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=12.5mm / L-KLS8-0114A-LED-12.5</t>
   </si>
@@ -301,50 +301,53 @@
   <si>
     <t>L-KLS8-0114A-LED-2</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=2.0mm / L-KLS8-0114A-LED-2</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-3</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=3.0mm / L-KLS8-0114A-LED-3</t>
   </si>
   <si>
     <t>UT-00128905</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-4</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=4.0mm / L-KLS8-0114A-LED-4</t>
   </si>
   <si>
     <t>UT-00090951</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0114A-LED-5</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=5.0mm / L-KLS8-0114A-LED-5</t>
   </si>
   <si>
     <t>10-00057107</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-6</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=6.0mm / L-KLS8-0114A-LED-6</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-7</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=7.0mm / L-KLS8-0114A-LED-7</t>
   </si>
   <si>
     <t>10-00057151</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-8</t>
@@ -406,51 +409,51 @@
   <si>
     <t>держатель светодиода, прямой угол, черный / L-KLS8-LEJ-9-B</t>
   </si>
   <si>
     <t>UT-00097657</t>
   </si>
   <si>
     <t>L-KLS8-PLPC2-8.0</t>
   </si>
   <si>
     <t>световод для LED, монтажное отв. 1.9мм, L=8мм, прозрачный / L-KLS8-PLPC2-8.0</t>
   </si>
   <si>
     <t>UT-00099486</t>
   </si>
   <si>
     <t xml:space="preserve">515-1027F DIALIGHT, </t>
   </si>
   <si>
     <t>L-KLS8-0124-LC5-1</t>
   </si>
   <si>
     <t>LC5-1 (L-KLS8-0124-LC5-1)</t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>03.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-0117-5-B</t>
   </si>
   <si>
     <t>(Outer diameter：9.2mm, H:4.2mm ) / LC5-1T (L-KLS8-0117-5-B)</t>
   </si>
   <si>
     <t>L-KLS8-0119-LED-3</t>
   </si>
   <si>
     <t>LDH-19 (L-KLS8-0119-LED-3)</t>
   </si>
   <si>
     <t>L-KLS8-0120-LED-3</t>
   </si>
   <si>
     <t>LDH-20 (L-KLS8-0120-LED-3)</t>
   </si>
   <si>
     <t>L-KLS8-0121-LED-3</t>
   </si>
   <si>
     <t>LDH-21 (L-KLS8-0121-LED-3)</t>
   </si>
@@ -746,53 +749,50 @@
     <t>10-00057181</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-10</t>
   </si>
   <si>
     <t>4.0mm 10.0mm / LDH7-4.0-10 (L-KLS8-0107-LED-10)</t>
   </si>
   <si>
     <t>UT-00152043</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-12.5</t>
   </si>
   <si>
     <t>4.0mm 12.50mm / LDH7-4.0-12.5 (L-KLS8-0107-LED-12.5)</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-15</t>
   </si>
   <si>
     <t>4.0mm 15.0mm / LDH7-4.0-15 (L-KLS8-0107-LED-15)</t>
   </si>
   <si>
     <t>UT-00135086</t>
-  </si>
-[...1 lines deleted...]
-    <t>03.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-23</t>
   </si>
   <si>
     <t>4.0mm 23.00mm / LDH7-4.0-23 (L-KLS8-0107-LED-23)</t>
   </si>
   <si>
     <t>UT-00134742</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-5</t>
   </si>
   <si>
     <t>4.0mm 5.00mm / LDH7-4.0-5.0 (L-KLS8-0107-LED-5)</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-7.5</t>
   </si>
   <si>
     <t>4.0mm 7.50mm / LDH7-4.0-7.5 (L-KLS8-0107-LED-7.5)</t>
   </si>
   <si>
     <t>UT-00134743</t>
   </si>
@@ -1857,125 +1857,125 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080069160</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.00606</v>
       </c>
       <c r="M13" s="15">
         <v>0.00527</v>
       </c>
       <c r="N13" s="15">
-        <v>632</v>
+        <v>695</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080069780</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
-        <v>0.01382</v>
+        <v>0.00748</v>
       </c>
       <c r="L14" s="15">
-        <v>0.0116</v>
+        <v>0.00748</v>
       </c>
       <c r="M14" s="15">
-        <v>0.01115</v>
+        <v>0.00748</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080070236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2500</v>
       </c>
       <c r="K15" s="15">
         <v>0.03181</v>
       </c>
       <c r="L15" s="15">
         <v>0.02651</v>
       </c>
       <c r="M15" s="15">
         <v>0.02544</v>
       </c>
       <c r="N15" s="15">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080057330</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
@@ -2194,322 +2194,320 @@
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080054971</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01203</v>
       </c>
       <c r="L22" s="15">
         <v>0.008630000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.00749</v>
       </c>
       <c r="N22" s="15">
-        <v>10251</v>
+        <v>11322</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.13555</v>
+        <v>0.05953</v>
       </c>
       <c r="L23" s="15">
-        <v>0.09807</v>
+        <v>0.05953</v>
       </c>
       <c r="M23" s="15">
-        <v>0.08558</v>
+        <v>0.05953</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10080071590</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2500</v>
       </c>
       <c r="K24" s="15">
-        <v>0.01788</v>
+        <v>0.009950000000000001</v>
       </c>
       <c r="L24" s="15">
-        <v>0.01185</v>
+        <v>0.008619999999999999</v>
       </c>
       <c r="M24" s="15">
-        <v>0.01034</v>
+        <v>0.00829</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>20000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.00868</v>
+        <v>0.00524</v>
       </c>
       <c r="L25" s="15">
-        <v>0.00628</v>
+        <v>0.00454</v>
       </c>
       <c r="M25" s="15">
-        <v>0.00549</v>
+        <v>0.00436</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.00658</v>
       </c>
       <c r="M26" s="15">
         <v>0.00574</v>
       </c>
       <c r="N26" s="15">
-        <v>4810</v>
+        <v>5772</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>20000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0095</v>
       </c>
       <c r="L27" s="15">
         <v>0.0064</v>
       </c>
       <c r="M27" s="15">
         <v>0.00579</v>
       </c>
       <c r="N27" s="15">
-        <v>252</v>
+        <v>316</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J28" s="15">
         <v>5000</v>
       </c>
       <c r="K28" s="15">
         <v>0.008460000000000001</v>
       </c>
       <c r="L28" s="15">
         <v>0.00605</v>
       </c>
       <c r="M28" s="15">
         <v>0.00544</v>
       </c>
       <c r="N28" s="15"/>
-      <c r="O28" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0092</v>
       </c>
       <c r="L29" s="15">
         <v>0.00666</v>
       </c>
       <c r="M29" s="15">
         <v>0.00581</v>
       </c>
       <c r="N29" s="15">
-        <v>1335</v>
+        <v>2755</v>
       </c>
       <c r="O29" s="15">
         <v>20</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>77</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
@@ -2545,132 +2543,132 @@
       <c r="D31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01093</v>
       </c>
       <c r="L31" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="M31" s="15">
         <v>0.00881</v>
       </c>
       <c r="N31" s="15">
-        <v>539</v>
+        <v>434</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>3000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01221</v>
       </c>
       <c r="L32" s="15">
         <v>0.01025</v>
       </c>
       <c r="M32" s="15">
         <v>0.00984</v>
       </c>
       <c r="N32" s="15">
-        <v>1235</v>
+        <v>1368</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080042856</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>15000</v>
       </c>
       <c r="K33" s="15">
         <v>0.00974</v>
       </c>
       <c r="L33" s="15">
         <v>0.00705</v>
       </c>
       <c r="M33" s="15">
         <v>0.00615</v>
       </c>
       <c r="N33" s="15">
-        <v>4535</v>
+        <v>4001</v>
       </c>
       <c r="O33" s="15">
-        <v>3401</v>
+        <v>3000</v>
       </c>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080042857</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
@@ -2700,2501 +2698,2513 @@
       </c>
       <c r="D35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>10000</v>
       </c>
       <c r="K35" s="15">
         <v>0.008460000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.00605</v>
       </c>
       <c r="M35" s="15">
         <v>0.00544</v>
       </c>
-      <c r="N35" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N35" s="15">
+        <v>19398</v>
+      </c>
+      <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>10000</v>
       </c>
       <c r="K36" s="15">
         <v>0.00635</v>
       </c>
       <c r="L36" s="15">
         <v>0.0055</v>
       </c>
       <c r="M36" s="15">
         <v>0.00529</v>
       </c>
       <c r="N36" s="15">
-        <v>1417</v>
-[...2 lines deleted...]
-      <c r="P36" s="15"/>
+        <v>1126</v>
+      </c>
+      <c r="O36" s="15">
+        <v>12400</v>
+      </c>
+      <c r="P36" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>10000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.00677</v>
+        <v>0.00674</v>
       </c>
       <c r="L37" s="15">
-        <v>0.00586</v>
+        <v>0.00584</v>
       </c>
       <c r="M37" s="15">
-        <v>0.00564</v>
+        <v>0.00561</v>
       </c>
       <c r="N37" s="15">
-        <v>3231</v>
-[...3 lines deleted...]
-      </c>
+        <v>12123</v>
+      </c>
+      <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E38" s="15">
         <v>10080073138</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.00957</v>
       </c>
       <c r="L38" s="15">
         <v>0.00692</v>
       </c>
       <c r="M38" s="15">
         <v>0.00604</v>
       </c>
       <c r="N38" s="15">
-        <v>7282</v>
+        <v>7581</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.009010000000000001</v>
       </c>
       <c r="L39" s="15">
         <v>0.00644</v>
       </c>
       <c r="M39" s="15">
         <v>0.00579</v>
       </c>
       <c r="N39" s="15">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>736</v>
+      </c>
+      <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E40" s="15">
         <v>10080069849</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>5000</v>
       </c>
       <c r="K40" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="L40" s="15">
         <v>0.00683</v>
       </c>
       <c r="M40" s="15">
         <v>0.00614</v>
       </c>
       <c r="N40" s="15">
-        <v>19152</v>
-[...3 lines deleted...]
-      </c>
+        <v>28208</v>
+      </c>
+      <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
         <v>0.0095</v>
       </c>
       <c r="L41" s="15">
         <v>0.00688</v>
       </c>
       <c r="M41" s="15">
         <v>0.006</v>
       </c>
       <c r="N41" s="15">
         <v>4000</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E42" s="15">
         <v>10080043009</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>10000</v>
       </c>
       <c r="K42" s="15">
         <v>0.01029</v>
       </c>
       <c r="L42" s="15">
         <v>0.00744</v>
       </c>
       <c r="M42" s="15">
         <v>0.00649</v>
       </c>
       <c r="N42" s="15">
-        <v>14664</v>
+        <v>15980</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E43" s="15">
         <v>10080057646</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>10000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.00877</v>
+        <v>0.00623</v>
       </c>
       <c r="L43" s="15">
-        <v>0.00634</v>
+        <v>0.0054</v>
       </c>
       <c r="M43" s="15">
-        <v>0.00553</v>
+        <v>0.00519</v>
       </c>
       <c r="N43" s="15"/>
-      <c r="O43" s="15"/>
-      <c r="P43" s="15"/>
+      <c r="O43" s="15">
+        <v>8300</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>10000</v>
       </c>
       <c r="K44" s="15">
         <v>0.00996</v>
       </c>
       <c r="L44" s="15">
         <v>0.00721</v>
       </c>
       <c r="M44" s="15">
         <v>0.00629</v>
       </c>
       <c r="N44" s="15">
-        <v>7310</v>
+        <v>5520</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>5000</v>
       </c>
       <c r="K45" s="15">
         <v>0.00957</v>
       </c>
       <c r="L45" s="15">
         <v>0.00692</v>
       </c>
       <c r="M45" s="15">
         <v>0.00604</v>
       </c>
       <c r="N45" s="15">
-        <v>7211</v>
+        <v>5698</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>2000</v>
       </c>
       <c r="K46" s="15">
         <v>0.05204</v>
       </c>
       <c r="L46" s="15">
         <v>0.03765</v>
       </c>
       <c r="M46" s="15">
         <v>0.03285</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.13805</v>
       </c>
       <c r="L47" s="15">
         <v>0.09988</v>
       </c>
       <c r="M47" s="15">
         <v>0.08716</v>
       </c>
       <c r="N47" s="15">
-        <v>1300</v>
+        <v>1560</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>5000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.18299</v>
       </c>
       <c r="L48" s="15">
         <v>0.15346</v>
       </c>
       <c r="M48" s="15">
         <v>0.14757</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>5000</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E49" s="15">
         <v>10080032271</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.07979</v>
       </c>
       <c r="L49" s="15">
         <v>0.06915</v>
       </c>
       <c r="M49" s="15">
         <v>0.06648999999999999</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15">
-        <v>15002</v>
+        <v>36002</v>
       </c>
       <c r="P49" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E50" s="15">
         <v>10080034447</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
         <v>0.02294</v>
       </c>
       <c r="L50" s="15">
         <v>0.01883</v>
       </c>
       <c r="M50" s="15">
         <v>0.01806</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E51" s="15">
         <v>10000018486</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>5000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.00764</v>
+        <v>0.00543</v>
       </c>
       <c r="L51" s="15">
-        <v>0.00546</v>
+        <v>0.00471</v>
       </c>
       <c r="M51" s="15">
-        <v>0.00491</v>
+        <v>0.00453</v>
       </c>
       <c r="N51" s="15">
-        <v>55</v>
+        <v>4095</v>
       </c>
       <c r="O51" s="15">
-        <v>9000</v>
-[...1 lines deleted...]
-      <c r="P51" s="15"/>
+        <v>4051</v>
+      </c>
+      <c r="P51" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E52" s="15">
         <v>10000018487</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.00916</v>
+        <v>0.00606</v>
       </c>
       <c r="L52" s="15">
-        <v>0.00663</v>
+        <v>0.00525</v>
       </c>
       <c r="M52" s="15">
-        <v>0.00578</v>
+        <v>0.00505</v>
       </c>
       <c r="N52" s="15">
-        <v>51541</v>
+        <v>47806</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>2000</v>
       </c>
       <c r="K53" s="15">
         <v>0.02328</v>
       </c>
       <c r="L53" s="15">
         <v>0.01685</v>
       </c>
       <c r="M53" s="15">
         <v>0.0147</v>
       </c>
-      <c r="N53" s="15"/>
+      <c r="N53" s="15">
+        <v>2920</v>
+      </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10000018488</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.02237</v>
       </c>
       <c r="L54" s="15">
         <v>0.01598</v>
       </c>
       <c r="M54" s="15">
         <v>0.01438</v>
       </c>
       <c r="N54" s="15">
-        <v>6565</v>
-[...3 lines deleted...]
-      </c>
+        <v>6412</v>
+      </c>
+      <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E55" s="15">
         <v>10000018455</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>5000</v>
       </c>
       <c r="K55" s="15">
         <v>0.00563</v>
       </c>
       <c r="L55" s="15">
         <v>0.00488</v>
       </c>
       <c r="M55" s="15">
         <v>0.00469</v>
       </c>
       <c r="N55" s="15">
-        <v>9030</v>
+        <v>8549</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E56" s="15">
         <v>10000018456</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>10000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.01144</v>
+        <v>0.00615</v>
       </c>
       <c r="L56" s="15">
-        <v>0.00758</v>
+        <v>0.00533</v>
       </c>
       <c r="M56" s="15">
-        <v>0.00661</v>
+        <v>0.00513</v>
       </c>
       <c r="N56" s="15">
-        <v>3196</v>
+        <v>2370</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>2000</v>
       </c>
       <c r="K57" s="15">
         <v>0.01497</v>
       </c>
       <c r="L57" s="15">
         <v>0.01256</v>
       </c>
       <c r="M57" s="15">
         <v>0.01208</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.01221</v>
+        <v>0.0068</v>
       </c>
       <c r="L58" s="15">
-        <v>0.00808</v>
+        <v>0.00589</v>
       </c>
       <c r="M58" s="15">
-        <v>0.00706</v>
+        <v>0.00566</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10000</v>
       </c>
       <c r="K59" s="15">
         <v>0.00713</v>
       </c>
       <c r="L59" s="15">
         <v>0.00598</v>
       </c>
       <c r="M59" s="15">
         <v>0.00575</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>2000</v>
       </c>
       <c r="K60" s="15">
         <v>0.07278</v>
       </c>
       <c r="L60" s="15">
         <v>0.05266</v>
       </c>
       <c r="M60" s="15">
         <v>0.04595</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10000018457</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.01971</v>
       </c>
       <c r="L61" s="15">
         <v>0.01022</v>
       </c>
       <c r="M61" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="N61" s="15">
-        <v>3660</v>
+        <v>5160</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>2000</v>
       </c>
       <c r="K62" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L62" s="15">
         <v>0.00677</v>
       </c>
       <c r="M62" s="15">
         <v>0.00651</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10000018453</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10000</v>
       </c>
       <c r="K63" s="15">
         <v>0.00834</v>
       </c>
       <c r="L63" s="15">
         <v>0.00596</v>
       </c>
       <c r="M63" s="15">
         <v>0.00524</v>
       </c>
       <c r="N63" s="15">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>14844</v>
+      </c>
+      <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10000018454</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
         <v>0.01354</v>
       </c>
       <c r="L64" s="15">
         <v>0.00787</v>
       </c>
       <c r="M64" s="15">
         <v>0.00707</v>
       </c>
       <c r="N64" s="15">
-        <v>1418</v>
+        <v>1800</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.01142</v>
+        <v>0.00617</v>
       </c>
       <c r="L65" s="15">
-        <v>0.00757</v>
+        <v>0.00534</v>
       </c>
       <c r="M65" s="15">
-        <v>0.0066</v>
+        <v>0.00514</v>
       </c>
       <c r="N65" s="15">
-        <v>951</v>
+        <v>921</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10080073206</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.01003</v>
       </c>
       <c r="L66" s="15">
         <v>0.00725</v>
       </c>
       <c r="M66" s="15">
         <v>0.00633</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>15.77</v>
       </c>
       <c r="L67" s="15">
         <v>0</v>
       </c>
       <c r="M67" s="15">
         <v>7.88</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.02217</v>
       </c>
       <c r="L68" s="15">
         <v>0.01145</v>
       </c>
       <c r="M68" s="15">
         <v>0.01107</v>
       </c>
       <c r="N68" s="15">
-        <v>778</v>
+        <v>701</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.00756</v>
       </c>
       <c r="L69" s="15">
         <v>0.00655</v>
       </c>
       <c r="M69" s="15">
         <v>0.0063</v>
       </c>
       <c r="N69" s="15">
-        <v>1440</v>
+        <v>1620</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02956</v>
       </c>
       <c r="L70" s="15">
         <v>0.01551</v>
       </c>
       <c r="M70" s="15">
         <v>0.01502</v>
       </c>
       <c r="N70" s="15">
-        <v>5117</v>
+        <v>5182</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E71" s="15">
         <v>10000018477</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10000</v>
       </c>
       <c r="K71" s="15">
         <v>0.00983</v>
       </c>
       <c r="L71" s="15">
         <v>0.00702</v>
       </c>
       <c r="M71" s="15">
         <v>0.00632</v>
       </c>
-      <c r="N71" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N71" s="15">
+        <v>9900</v>
+      </c>
+      <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>5000</v>
       </c>
       <c r="K72" s="15">
         <v>0.00894</v>
       </c>
       <c r="L72" s="15">
         <v>0.0075</v>
       </c>
       <c r="M72" s="15">
         <v>0.00721</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E73" s="15">
         <v>10000018478</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>2000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.01311</v>
+        <v>0.00728</v>
       </c>
       <c r="L73" s="15">
-        <v>0.00868</v>
+        <v>0.00631</v>
       </c>
       <c r="M73" s="15">
-        <v>0.00758</v>
+        <v>0.00606</v>
       </c>
       <c r="N73" s="15">
-        <v>3485</v>
+        <v>3824</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E74" s="15">
         <v>10000018482</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.03695</v>
       </c>
       <c r="L74" s="15">
         <v>0.01947</v>
       </c>
       <c r="M74" s="15">
         <v>0.01898</v>
       </c>
       <c r="N74" s="15">
-        <v>7587</v>
+        <v>6071</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E75" s="15">
         <v>10000018483</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02532</v>
       </c>
       <c r="L75" s="15">
         <v>0.01659</v>
       </c>
       <c r="M75" s="15">
         <v>0.01441</v>
       </c>
       <c r="N75" s="15">
         <v>484</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J76" s="15">
         <v>4000</v>
       </c>
       <c r="K76" s="15">
         <v>0.01304</v>
       </c>
       <c r="L76" s="15">
         <v>0.0113</v>
       </c>
       <c r="M76" s="15">
         <v>0.01086</v>
       </c>
       <c r="N76" s="15">
-        <v>2825</v>
+        <v>2861</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.01163</v>
+        <v>0.00563</v>
       </c>
       <c r="L77" s="15">
-        <v>0.00842</v>
+        <v>0.00563</v>
       </c>
       <c r="M77" s="15">
-        <v>0.00734</v>
+        <v>0.00563</v>
       </c>
       <c r="N77" s="15">
-        <v>13817</v>
+        <v>11485</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E78" s="15">
         <v>10000018484</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J78" s="15">
         <v>10000</v>
       </c>
       <c r="K78" s="15">
         <v>0.01188</v>
       </c>
       <c r="L78" s="15">
         <v>0.00859</v>
       </c>
       <c r="M78" s="15">
         <v>0.0075</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E79" s="15">
         <v>10000018485</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.01528</v>
+        <v>0.01017</v>
       </c>
       <c r="L79" s="15">
-        <v>0.01105</v>
+        <v>0.00881</v>
       </c>
       <c r="M79" s="15">
-        <v>0.009639999999999999</v>
+        <v>0.00848</v>
       </c>
       <c r="N79" s="15">
-        <v>1619</v>
-[...2 lines deleted...]
-      <c r="P79" s="15"/>
+        <v>1827</v>
+      </c>
+      <c r="O79" s="15">
+        <v>3950</v>
+      </c>
+      <c r="P79" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>10000</v>
       </c>
       <c r="K80" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L80" s="15">
         <v>0.00554</v>
       </c>
       <c r="M80" s="15">
         <v>0.00536</v>
       </c>
       <c r="N80" s="15">
-        <v>1260</v>
+        <v>1540</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>5000</v>
       </c>
       <c r="K81" s="15">
         <v>0.01232</v>
       </c>
       <c r="L81" s="15">
         <v>0.00592</v>
       </c>
       <c r="M81" s="15">
         <v>0.00578</v>
       </c>
       <c r="N81" s="15">
-        <v>5876</v>
+        <v>6059</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>4000</v>
       </c>
       <c r="K82" s="15">
         <v>0.01724</v>
       </c>
       <c r="L82" s="15">
         <v>0.009480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.00912</v>
       </c>
       <c r="N82" s="15">
-        <v>6000</v>
+        <v>5200</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L83" s="15">
         <v>0.00481</v>
       </c>
       <c r="M83" s="15">
         <v>0.00465</v>
       </c>
       <c r="N83" s="15">
-        <v>8987</v>
+        <v>7434</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E84" s="15">
         <v>10080055375</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.0089</v>
       </c>
       <c r="L84" s="15">
         <v>0.00644</v>
       </c>
       <c r="M84" s="15">
         <v>0.00562</v>
       </c>
       <c r="N84" s="15">
-        <v>16600</v>
+        <v>12200</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E85" s="15">
         <v>10000018465</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.00974</v>
+        <v>0.00525</v>
       </c>
       <c r="L85" s="15">
-        <v>0.00638</v>
+        <v>0.00455</v>
       </c>
       <c r="M85" s="15">
-        <v>0.00576</v>
+        <v>0.00438</v>
       </c>
       <c r="N85" s="15">
         <v>36</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E86" s="15">
         <v>10000018466</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00844</v>
       </c>
       <c r="L86" s="15">
         <v>0.00611</v>
       </c>
       <c r="M86" s="15">
         <v>0.00533</v>
       </c>
       <c r="N86" s="15">
-        <v>1080</v>
+        <v>1260</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01971</v>
       </c>
       <c r="L87" s="15">
         <v>0.00997</v>
       </c>
       <c r="M87" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.02093</v>
       </c>
       <c r="L88" s="15">
         <v>0.01755</v>
       </c>
       <c r="M88" s="15">
         <v>0.01688</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>15000</v>
       </c>
       <c r="K89" s="15">
         <v>0.00971</v>
       </c>
       <c r="L89" s="15">
         <v>0.00703</v>
       </c>
       <c r="M89" s="15">
         <v>0.00613</v>
       </c>
-      <c r="N89" s="15"/>
+      <c r="N89" s="15">
+        <v>8600</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10000018463</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>10000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00593</v>
       </c>
       <c r="L90" s="15">
         <v>0.00514</v>
       </c>
       <c r="M90" s="15">
         <v>0.00494</v>
       </c>
-      <c r="N90" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N90" s="15">
+        <v>3428</v>
+      </c>
+      <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>10000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00499</v>
       </c>
       <c r="M91" s="15">
         <v>0.00482</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>2000</v>
       </c>
       <c r="K92" s="15">
         <v>0.008189999999999999</v>
       </c>
       <c r="L92" s="15">
         <v>0.00585</v>
       </c>
       <c r="M92" s="15">
         <v>0.00527</v>
       </c>
-      <c r="N92" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N92" s="15">
+        <v>810</v>
+      </c>
+      <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E93" s="15">
         <v>10000018471</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L93" s="15">
         <v>0.00658</v>
       </c>
       <c r="M93" s="15">
         <v>0.00574</v>
       </c>
       <c r="N93" s="15">
-        <v>945</v>
+        <v>1004</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>5000</v>
       </c>
       <c r="K94" s="15">
         <v>0.0094</v>
       </c>
       <c r="L94" s="15">
         <v>0.0068</v>
       </c>
       <c r="M94" s="15">
         <v>0.00593</v>
       </c>
       <c r="N94" s="15"/>
-      <c r="O94" s="15"/>
+      <c r="O94" s="15">
+        <v>14400</v>
+      </c>
       <c r="P94" s="15" t="s">
-        <v>244</v>
+        <v>131</v>
       </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>247</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.01682</v>
       </c>
       <c r="L95" s="15">
         <v>0.01217</v>
       </c>
       <c r="M95" s="15">
         <v>0.01061</v>
       </c>
       <c r="N95" s="15">
-        <v>1600</v>
+        <v>1740</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E96" s="15">
         <v>10000018472</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L96" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M96" s="15">
         <v>0.00821</v>
       </c>
       <c r="N96" s="15">
-        <v>327</v>
+        <v>359</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E97" s="15">
         <v>10000018468</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>5000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.01006</v>
+        <v>0.00596</v>
       </c>
       <c r="L97" s="15">
-        <v>0.00721</v>
+        <v>0.00516</v>
       </c>
       <c r="M97" s="15">
-        <v>0.00627</v>
+        <v>0.00496</v>
       </c>
       <c r="N97" s="15"/>
-      <c r="O97" s="15"/>
-      <c r="P97" s="15"/>
+      <c r="O97" s="15">
+        <v>3300</v>
+      </c>
+      <c r="P97" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
         <v>0.00555</v>
       </c>
       <c r="L98" s="15">
         <v>0.00481</v>
       </c>
       <c r="M98" s="15">
         <v>0.00463</v>
       </c>
       <c r="N98" s="15">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>3513</v>
+      </c>
+      <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E99" s="15">
         <v>10000018469</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
@@ -5224,90 +5234,90 @@
       <c r="D100" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E100" s="15">
         <v>10000018475</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.0051</v>
       </c>
       <c r="L100" s="15">
         <v>0.00442</v>
       </c>
       <c r="M100" s="15">
         <v>0.00425</v>
       </c>
       <c r="N100" s="15">
-        <v>875</v>
+        <v>80</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E101" s="15">
         <v>10000018476</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
         <v>0.01354</v>
       </c>
       <c r="L101" s="15">
         <v>0.00787</v>
       </c>
       <c r="M101" s="15">
         <v>0.00707</v>
       </c>
       <c r="N101" s="15">
-        <v>1461</v>
+        <v>1648</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E102" s="15">
         <v>10000023234</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
@@ -5341,129 +5351,129 @@
       </c>
       <c r="E103" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>262</v>
       </c>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.01715</v>
       </c>
       <c r="L103" s="15">
         <v>0.01241</v>
       </c>
       <c r="M103" s="15">
         <v>0.01082</v>
       </c>
       <c r="N103" s="15">
-        <v>5680</v>
+        <v>6240</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>263</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>264</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.0176</v>
       </c>
       <c r="L104" s="15">
         <v>0.01273</v>
       </c>
       <c r="M104" s="15">
         <v>0.01111</v>
       </c>
       <c r="N104" s="15">
-        <v>576</v>
+        <v>672</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E105" s="15">
         <v>10000018473</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>10000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.01962</v>
+        <v>0.0108</v>
       </c>
       <c r="L105" s="15">
-        <v>0.013</v>
+        <v>0.00936</v>
       </c>
       <c r="M105" s="15">
-        <v>0.01134</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="N105" s="15">
-        <v>2802</v>
+        <v>3451</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I106" s="15"/>
@@ -5495,141 +5505,141 @@
       <c r="D107" s="15" t="s">
         <v>272</v>
       </c>
       <c r="E107" s="15">
         <v>10000018474</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
         <v>0.01493</v>
       </c>
       <c r="L107" s="15">
         <v>0.0108</v>
       </c>
       <c r="M107" s="15">
         <v>0.009429999999999999</v>
       </c>
       <c r="N107" s="15">
-        <v>4250</v>
+        <v>4400</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E108" s="15">
         <v>10080071864</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>5000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00495</v>
       </c>
       <c r="L108" s="15">
         <v>0.00429</v>
       </c>
       <c r="M108" s="15">
         <v>0.00413</v>
       </c>
       <c r="N108" s="15">
-        <v>3525</v>
+        <v>1513</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>275</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E109" s="15">
         <v>10080032272</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>5000</v>
       </c>
       <c r="K109" s="15">
         <v>0.06507</v>
       </c>
       <c r="L109" s="15">
         <v>0.05639</v>
       </c>
       <c r="M109" s="15">
         <v>0.05423</v>
       </c>
       <c r="N109" s="15">
-        <v>6000</v>
+        <v>6900</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E110" s="15">
         <v>10080070515</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>0.01781</v>
       </c>
       <c r="L110" s="15">
         <v>0.01034</v>
       </c>
       <c r="M110" s="15">
         <v>0.00932</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
@@ -5725,54 +5735,58 @@
       </c>
       <c r="E113" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>285</v>
       </c>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
         <v>0.06271</v>
       </c>
       <c r="L113" s="15">
         <v>0.04537</v>
       </c>
       <c r="M113" s="15">
         <v>0.03959</v>
       </c>
       <c r="N113" s="15">
-        <v>6936</v>
-[...2 lines deleted...]
-      <c r="P113" s="15"/>
+        <v>7168</v>
+      </c>
+      <c r="O113" s="15">
+        <v>8400</v>
+      </c>
+      <c r="P113" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14"/>
       <c r="C114" s="15"/>
       <c r="D114" s="15"/>
       <c r="E114" s="15"/>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15"/>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15"/>
       <c r="L114" s="15"/>
       <c r="M114" s="15"/>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>