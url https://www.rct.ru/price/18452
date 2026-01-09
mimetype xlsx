--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -245,53 +245,50 @@
     <t>UT-00141975</t>
   </si>
   <si>
     <t>L-KLS8-0112-LED-4.5</t>
   </si>
   <si>
     <t>Ø 5мм h=4.5мм (Nylon 66 UL94V-2) / L-KLS8-0112-LED-4.5</t>
   </si>
   <si>
     <t>UT-00146482</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-10</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=10.0mm / L-KLS8-0114A-LED-10</t>
   </si>
   <si>
     <t>10-00057119</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0114A-LED-10 KLS, </t>
   </si>
   <si>
     <t>UT-00152251</t>
-  </si>
-[...1 lines deleted...]
-    <t>22.12.2025</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-11</t>
   </si>
   <si>
     <t xml:space="preserve">втулка под LED; OD=7mm; ID=3.2mm; L=11.0mm / L-KLS8-0114A-LED-11 </t>
   </si>
   <si>
     <t>UT-00134393</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-12</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=12mm / L-KLS8-0114A-LED-12</t>
   </si>
   <si>
     <t>UT-00120590</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-12.5</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=12.5mm / L-KLS8-0114A-LED-12.5</t>
   </si>
@@ -1857,51 +1854,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080069160</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.00606</v>
       </c>
       <c r="M13" s="15">
         <v>0.00527</v>
       </c>
       <c r="N13" s="15">
-        <v>695</v>
+        <v>677</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080069780</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
@@ -1931,51 +1928,51 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080070236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2500</v>
       </c>
       <c r="K15" s="15">
         <v>0.03181</v>
       </c>
       <c r="L15" s="15">
         <v>0.02651</v>
       </c>
       <c r="M15" s="15">
         <v>0.02544</v>
       </c>
       <c r="N15" s="15">
-        <v>428</v>
+        <v>368</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080057330</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
@@ -2194,51 +2191,51 @@
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080054971</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01203</v>
       </c>
       <c r="L22" s="15">
         <v>0.008630000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.00749</v>
       </c>
       <c r="N22" s="15">
-        <v>11322</v>
+        <v>12546</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="15"/>
@@ -2344,90 +2341,90 @@
       <c r="D26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.00658</v>
       </c>
       <c r="M26" s="15">
         <v>0.00574</v>
       </c>
       <c r="N26" s="15">
-        <v>5772</v>
+        <v>5254</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>20000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0095</v>
       </c>
       <c r="L27" s="15">
         <v>0.0064</v>
       </c>
       <c r="M27" s="15">
         <v>0.00579</v>
       </c>
       <c r="N27" s="15">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I28" s="15" t="s">
@@ -2454,3338 +2451,3334 @@
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.0092</v>
+        <v>0.00612</v>
       </c>
       <c r="L29" s="15">
-        <v>0.00666</v>
+        <v>0.0053</v>
       </c>
       <c r="M29" s="15">
-        <v>0.00581</v>
+        <v>0.0051</v>
       </c>
       <c r="N29" s="15">
-        <v>2755</v>
-[...6 lines deleted...]
-      </c>
+        <v>3003</v>
+      </c>
+      <c r="O29" s="15"/>
+      <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>78</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>5000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01316</v>
       </c>
       <c r="L30" s="15">
         <v>0.01103</v>
       </c>
       <c r="M30" s="15">
         <v>0.01061</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>81</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.01093</v>
       </c>
       <c r="L31" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="M31" s="15">
         <v>0.00881</v>
       </c>
       <c r="N31" s="15">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>3000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01221</v>
       </c>
       <c r="L32" s="15">
         <v>0.01025</v>
       </c>
       <c r="M32" s="15">
         <v>0.00984</v>
       </c>
       <c r="N32" s="15">
-        <v>1368</v>
+        <v>1482</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E33" s="15">
         <v>10080042856</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>15000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.00974</v>
+        <v>0.00669</v>
       </c>
       <c r="L33" s="15">
-        <v>0.00705</v>
+        <v>0.0058</v>
       </c>
       <c r="M33" s="15">
-        <v>0.00615</v>
+        <v>0.00558</v>
       </c>
       <c r="N33" s="15">
-        <v>4001</v>
+        <v>5050</v>
       </c>
       <c r="O33" s="15">
-        <v>3000</v>
+        <v>3800</v>
       </c>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="E34" s="15">
         <v>10080042857</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.01164</v>
       </c>
       <c r="L34" s="15">
         <v>0.00976</v>
       </c>
       <c r="M34" s="15">
         <v>0.009379999999999999</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>10000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.008460000000000001</v>
+        <v>0.00612</v>
       </c>
       <c r="L35" s="15">
-        <v>0.00605</v>
+        <v>0.0053</v>
       </c>
       <c r="M35" s="15">
-        <v>0.00544</v>
+        <v>0.0051</v>
       </c>
       <c r="N35" s="15">
-        <v>19398</v>
+        <v>23815</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>10000</v>
       </c>
       <c r="K36" s="15">
         <v>0.00635</v>
       </c>
       <c r="L36" s="15">
         <v>0.0055</v>
       </c>
       <c r="M36" s="15">
         <v>0.00529</v>
       </c>
       <c r="N36" s="15">
-        <v>1126</v>
+        <v>470</v>
       </c>
       <c r="O36" s="15">
-        <v>12400</v>
+        <v>13601</v>
       </c>
       <c r="P36" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>10000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.00674</v>
+        <v>0.00675</v>
       </c>
       <c r="L37" s="15">
-        <v>0.00584</v>
+        <v>0.00585</v>
       </c>
       <c r="M37" s="15">
-        <v>0.00561</v>
+        <v>0.00563</v>
       </c>
       <c r="N37" s="15">
-        <v>12123</v>
+        <v>11841</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E38" s="15">
         <v>10080073138</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
-        <v>0.00957</v>
+        <v>0.00659</v>
       </c>
       <c r="L38" s="15">
-        <v>0.00692</v>
+        <v>0.00571</v>
       </c>
       <c r="M38" s="15">
-        <v>0.00604</v>
+        <v>0.00549</v>
       </c>
       <c r="N38" s="15">
-        <v>7581</v>
+        <v>7481</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.009010000000000001</v>
+        <v>0.00662</v>
       </c>
       <c r="L39" s="15">
-        <v>0.00644</v>
+        <v>0.00573</v>
       </c>
       <c r="M39" s="15">
-        <v>0.00579</v>
+        <v>0.00551</v>
       </c>
       <c r="N39" s="15">
-        <v>736</v>
+        <v>823</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E40" s="15">
         <v>10080069849</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>5000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.009560000000000001</v>
+        <v>0.00705</v>
       </c>
       <c r="L40" s="15">
-        <v>0.00683</v>
+        <v>0.00611</v>
       </c>
       <c r="M40" s="15">
-        <v>0.00614</v>
+        <v>0.00588</v>
       </c>
       <c r="N40" s="15">
-        <v>28208</v>
+        <v>24640</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.0095</v>
+        <v>0.00659</v>
       </c>
       <c r="L41" s="15">
-        <v>0.00688</v>
+        <v>0.00571</v>
       </c>
       <c r="M41" s="15">
-        <v>0.006</v>
+        <v>0.00549</v>
       </c>
       <c r="N41" s="15">
-        <v>4000</v>
+        <v>3350</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E42" s="15">
         <v>10080043009</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>10000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.01029</v>
+        <v>0.00695</v>
       </c>
       <c r="L42" s="15">
-        <v>0.00744</v>
+        <v>0.00602</v>
       </c>
       <c r="M42" s="15">
-        <v>0.00649</v>
+        <v>0.00579</v>
       </c>
       <c r="N42" s="15">
         <v>15980</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E43" s="15">
         <v>10080057646</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>10000</v>
       </c>
       <c r="K43" s="15">
         <v>0.00623</v>
       </c>
       <c r="L43" s="15">
         <v>0.0054</v>
       </c>
       <c r="M43" s="15">
         <v>0.00519</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15">
-        <v>8300</v>
+        <v>7900</v>
       </c>
       <c r="P43" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>10000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.00996</v>
+        <v>0.00695</v>
       </c>
       <c r="L44" s="15">
-        <v>0.00721</v>
+        <v>0.00602</v>
       </c>
       <c r="M44" s="15">
-        <v>0.00629</v>
+        <v>0.00579</v>
       </c>
       <c r="N44" s="15">
-        <v>5520</v>
+        <v>4880</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>5000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.00957</v>
+        <v>0.00684</v>
       </c>
       <c r="L45" s="15">
-        <v>0.00692</v>
+        <v>0.00593</v>
       </c>
       <c r="M45" s="15">
-        <v>0.00604</v>
+        <v>0.0057</v>
       </c>
       <c r="N45" s="15">
-        <v>5698</v>
+        <v>6410</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>2000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.05204</v>
+        <v>0.036</v>
       </c>
       <c r="L46" s="15">
-        <v>0.03765</v>
+        <v>0.0312</v>
       </c>
       <c r="M46" s="15">
-        <v>0.03285</v>
+        <v>0.03</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.13805</v>
       </c>
       <c r="L47" s="15">
         <v>0.09988</v>
       </c>
       <c r="M47" s="15">
         <v>0.08716</v>
       </c>
       <c r="N47" s="15">
-        <v>1560</v>
+        <v>1660</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>5000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.18299</v>
       </c>
       <c r="L48" s="15">
         <v>0.15346</v>
       </c>
       <c r="M48" s="15">
         <v>0.14757</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>5000</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E49" s="15">
         <v>10080032271</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.07979</v>
       </c>
       <c r="L49" s="15">
         <v>0.06915</v>
       </c>
       <c r="M49" s="15">
         <v>0.06648999999999999</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15">
-        <v>36002</v>
+        <v>51002</v>
       </c>
       <c r="P49" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E50" s="15">
         <v>10080034447</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
         <v>0.02294</v>
       </c>
       <c r="L50" s="15">
         <v>0.01883</v>
       </c>
       <c r="M50" s="15">
         <v>0.01806</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E51" s="15">
         <v>10000018486</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>5000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.00543</v>
+        <v>0.00563</v>
       </c>
       <c r="L51" s="15">
-        <v>0.00471</v>
+        <v>0.00488</v>
       </c>
       <c r="M51" s="15">
-        <v>0.00453</v>
+        <v>0.00469</v>
       </c>
       <c r="N51" s="15">
-        <v>4095</v>
+        <v>3488</v>
       </c>
       <c r="O51" s="15">
-        <v>4051</v>
+        <v>3450</v>
       </c>
       <c r="P51" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E52" s="15">
         <v>10000018487</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.00606</v>
       </c>
       <c r="L52" s="15">
         <v>0.00525</v>
       </c>
       <c r="M52" s="15">
         <v>0.00505</v>
       </c>
       <c r="N52" s="15">
-        <v>47806</v>
+        <v>50047</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>2000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.02328</v>
+        <v>0.0165</v>
       </c>
       <c r="L53" s="15">
-        <v>0.01685</v>
+        <v>0.0143</v>
       </c>
       <c r="M53" s="15">
-        <v>0.0147</v>
+        <v>0.01375</v>
       </c>
       <c r="N53" s="15">
-        <v>2920</v>
+        <v>3600</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10000018488</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.02237</v>
       </c>
       <c r="L54" s="15">
         <v>0.01598</v>
       </c>
       <c r="M54" s="15">
         <v>0.01438</v>
       </c>
       <c r="N54" s="15">
-        <v>6412</v>
+        <v>6794</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E55" s="15">
         <v>10000018455</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>5000</v>
       </c>
       <c r="K55" s="15">
         <v>0.00563</v>
       </c>
       <c r="L55" s="15">
         <v>0.00488</v>
       </c>
       <c r="M55" s="15">
         <v>0.00469</v>
       </c>
       <c r="N55" s="15">
-        <v>8549</v>
+        <v>7224</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E56" s="15">
         <v>10000018456</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>10000</v>
       </c>
       <c r="K56" s="15">
         <v>0.00615</v>
       </c>
       <c r="L56" s="15">
         <v>0.00533</v>
       </c>
       <c r="M56" s="15">
         <v>0.00513</v>
       </c>
       <c r="N56" s="15">
-        <v>2370</v>
+        <v>3016</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>2000</v>
       </c>
       <c r="K57" s="15">
         <v>0.01497</v>
       </c>
       <c r="L57" s="15">
         <v>0.01256</v>
       </c>
       <c r="M57" s="15">
         <v>0.01208</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.0068</v>
       </c>
       <c r="L58" s="15">
         <v>0.00589</v>
       </c>
       <c r="M58" s="15">
         <v>0.00566</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10000</v>
       </c>
       <c r="K59" s="15">
         <v>0.00713</v>
       </c>
       <c r="L59" s="15">
         <v>0.00598</v>
       </c>
       <c r="M59" s="15">
         <v>0.00575</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>2000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.07278</v>
+        <v>0.05226</v>
       </c>
       <c r="L60" s="15">
-        <v>0.05266</v>
+        <v>0.04529</v>
       </c>
       <c r="M60" s="15">
-        <v>0.04595</v>
+        <v>0.04355</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10000018457</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.01971</v>
       </c>
       <c r="L61" s="15">
         <v>0.01022</v>
       </c>
       <c r="M61" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="N61" s="15">
-        <v>5160</v>
+        <v>4620</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>2000</v>
       </c>
       <c r="K62" s="15">
         <v>0.008070000000000001</v>
       </c>
       <c r="L62" s="15">
         <v>0.00677</v>
       </c>
       <c r="M62" s="15">
         <v>0.00651</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10000018453</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.00834</v>
+        <v>0.00588</v>
       </c>
       <c r="L63" s="15">
-        <v>0.00596</v>
+        <v>0.0051</v>
       </c>
       <c r="M63" s="15">
-        <v>0.00524</v>
+        <v>0.0049</v>
       </c>
       <c r="N63" s="15">
-        <v>14844</v>
+        <v>13784</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10000018454</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
         <v>0.01354</v>
       </c>
       <c r="L64" s="15">
         <v>0.00787</v>
       </c>
       <c r="M64" s="15">
         <v>0.00707</v>
       </c>
       <c r="N64" s="15">
-        <v>1800</v>
+        <v>1643</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
         <v>0.00617</v>
       </c>
       <c r="L65" s="15">
         <v>0.00534</v>
       </c>
       <c r="M65" s="15">
         <v>0.00514</v>
       </c>
       <c r="N65" s="15">
-        <v>921</v>
+        <v>1072</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10080073206</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.01003</v>
+        <v>0.00716</v>
       </c>
       <c r="L66" s="15">
-        <v>0.00725</v>
+        <v>0.0062</v>
       </c>
       <c r="M66" s="15">
-        <v>0.00633</v>
+        <v>0.00596</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>15.77</v>
       </c>
       <c r="L67" s="15">
         <v>0</v>
       </c>
       <c r="M67" s="15">
         <v>7.88</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.02217</v>
       </c>
       <c r="L68" s="15">
         <v>0.01145</v>
       </c>
       <c r="M68" s="15">
         <v>0.01107</v>
       </c>
       <c r="N68" s="15">
-        <v>701</v>
+        <v>768</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.00756</v>
       </c>
       <c r="L69" s="15">
         <v>0.00655</v>
       </c>
       <c r="M69" s="15">
         <v>0.0063</v>
       </c>
       <c r="N69" s="15">
-        <v>1620</v>
+        <v>1300</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.02956</v>
       </c>
       <c r="L70" s="15">
         <v>0.01551</v>
       </c>
       <c r="M70" s="15">
         <v>0.01502</v>
       </c>
       <c r="N70" s="15">
-        <v>5182</v>
+        <v>4526</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E71" s="15">
         <v>10000018477</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.00983</v>
+        <v>0.00725</v>
       </c>
       <c r="L71" s="15">
-        <v>0.00702</v>
+        <v>0.00628</v>
       </c>
       <c r="M71" s="15">
-        <v>0.00632</v>
+        <v>0.00604</v>
       </c>
       <c r="N71" s="15">
-        <v>9900</v>
+        <v>9600</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>5000</v>
       </c>
       <c r="K72" s="15">
         <v>0.00894</v>
       </c>
       <c r="L72" s="15">
         <v>0.0075</v>
       </c>
       <c r="M72" s="15">
         <v>0.00721</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E73" s="15">
         <v>10000018478</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>2000</v>
       </c>
       <c r="K73" s="15">
         <v>0.00728</v>
       </c>
       <c r="L73" s="15">
         <v>0.00631</v>
       </c>
       <c r="M73" s="15">
         <v>0.00606</v>
       </c>
       <c r="N73" s="15">
-        <v>3824</v>
+        <v>4066</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E74" s="15">
         <v>10000018482</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.03695</v>
       </c>
       <c r="L74" s="15">
         <v>0.01947</v>
       </c>
       <c r="M74" s="15">
         <v>0.01898</v>
       </c>
       <c r="N74" s="15">
-        <v>6071</v>
+        <v>7017</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E75" s="15">
         <v>10000018483</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.02532</v>
       </c>
       <c r="L75" s="15">
         <v>0.01659</v>
       </c>
       <c r="M75" s="15">
         <v>0.01441</v>
       </c>
       <c r="N75" s="15">
-        <v>484</v>
+        <v>396</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J76" s="15">
         <v>4000</v>
       </c>
       <c r="K76" s="15">
         <v>0.01304</v>
       </c>
       <c r="L76" s="15">
         <v>0.0113</v>
       </c>
       <c r="M76" s="15">
         <v>0.01086</v>
       </c>
       <c r="N76" s="15">
-        <v>2861</v>
+        <v>1561</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
         <v>0.00563</v>
       </c>
       <c r="L77" s="15">
         <v>0.00563</v>
       </c>
       <c r="M77" s="15">
         <v>0.00563</v>
       </c>
       <c r="N77" s="15">
-        <v>11485</v>
+        <v>10683</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E78" s="15">
         <v>10000018484</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J78" s="15">
         <v>10000</v>
       </c>
       <c r="K78" s="15">
         <v>0.01188</v>
       </c>
       <c r="L78" s="15">
         <v>0.00859</v>
       </c>
       <c r="M78" s="15">
         <v>0.0075</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E79" s="15">
         <v>10000018485</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
         <v>0.01017</v>
       </c>
       <c r="L79" s="15">
         <v>0.00881</v>
       </c>
       <c r="M79" s="15">
         <v>0.00848</v>
       </c>
       <c r="N79" s="15">
-        <v>1827</v>
+        <v>1526</v>
       </c>
       <c r="O79" s="15">
-        <v>3950</v>
+        <v>3300</v>
       </c>
       <c r="P79" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>10000</v>
       </c>
       <c r="K80" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L80" s="15">
         <v>0.00554</v>
       </c>
       <c r="M80" s="15">
         <v>0.00536</v>
       </c>
       <c r="N80" s="15">
-        <v>1540</v>
+        <v>1068</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>5000</v>
       </c>
       <c r="K81" s="15">
         <v>0.01232</v>
       </c>
       <c r="L81" s="15">
         <v>0.00592</v>
       </c>
       <c r="M81" s="15">
         <v>0.00578</v>
       </c>
       <c r="N81" s="15">
-        <v>6059</v>
+        <v>7712</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>4000</v>
       </c>
       <c r="K82" s="15">
         <v>0.01724</v>
       </c>
       <c r="L82" s="15">
         <v>0.009480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.00912</v>
       </c>
       <c r="N82" s="15">
-        <v>5200</v>
+        <v>4880</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L83" s="15">
         <v>0.00481</v>
       </c>
       <c r="M83" s="15">
         <v>0.00465</v>
       </c>
       <c r="N83" s="15">
-        <v>7434</v>
+        <v>9209</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E84" s="15">
         <v>10080055375</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.0089</v>
       </c>
       <c r="L84" s="15">
         <v>0.00644</v>
       </c>
       <c r="M84" s="15">
         <v>0.00562</v>
       </c>
       <c r="N84" s="15">
-        <v>12200</v>
+        <v>12800</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E85" s="15">
         <v>10000018465</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.00525</v>
       </c>
       <c r="L85" s="15">
         <v>0.00455</v>
       </c>
       <c r="M85" s="15">
         <v>0.00438</v>
       </c>
       <c r="N85" s="15">
         <v>36</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E86" s="15">
         <v>10000018466</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.00844</v>
+        <v>0.00602</v>
       </c>
       <c r="L86" s="15">
-        <v>0.00611</v>
+        <v>0.00521</v>
       </c>
       <c r="M86" s="15">
-        <v>0.00533</v>
+        <v>0.00501</v>
       </c>
       <c r="N86" s="15">
-        <v>1260</v>
+        <v>1314</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
         <v>0.01971</v>
       </c>
       <c r="L87" s="15">
         <v>0.00997</v>
       </c>
       <c r="M87" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.02093</v>
       </c>
       <c r="L88" s="15">
         <v>0.01755</v>
       </c>
       <c r="M88" s="15">
         <v>0.01688</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>15000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.00971</v>
+        <v>0.0059</v>
       </c>
       <c r="L89" s="15">
-        <v>0.00703</v>
+        <v>0.00511</v>
       </c>
       <c r="M89" s="15">
-        <v>0.00613</v>
+        <v>0.00491</v>
       </c>
       <c r="N89" s="15">
-        <v>8600</v>
+        <v>7100</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E90" s="15">
         <v>10000018463</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>10000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00593</v>
       </c>
       <c r="L90" s="15">
         <v>0.00514</v>
       </c>
       <c r="M90" s="15">
         <v>0.00494</v>
       </c>
       <c r="N90" s="15">
-        <v>3428</v>
+        <v>2601</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>10000</v>
       </c>
       <c r="K91" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L91" s="15">
         <v>0.00499</v>
       </c>
       <c r="M91" s="15">
         <v>0.00482</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>2000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.008189999999999999</v>
+        <v>0.00594</v>
       </c>
       <c r="L92" s="15">
-        <v>0.00585</v>
+        <v>0.00515</v>
       </c>
       <c r="M92" s="15">
-        <v>0.00527</v>
+        <v>0.00495</v>
       </c>
       <c r="N92" s="15">
-        <v>810</v>
+        <v>900</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E93" s="15">
         <v>10000018471</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.009090000000000001</v>
+        <v>0.00627</v>
       </c>
       <c r="L93" s="15">
-        <v>0.00658</v>
+        <v>0.00543</v>
       </c>
       <c r="M93" s="15">
-        <v>0.00574</v>
+        <v>0.00523</v>
       </c>
       <c r="N93" s="15">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>5000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.0094</v>
+        <v>0.00693</v>
       </c>
       <c r="L94" s="15">
-        <v>0.0068</v>
+        <v>0.00601</v>
       </c>
       <c r="M94" s="15">
-        <v>0.00593</v>
+        <v>0.00578</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15">
-        <v>14400</v>
+        <v>15600</v>
       </c>
       <c r="P94" s="15" t="s">
-        <v>131</v>
+        <v>94</v>
       </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.01682</v>
       </c>
       <c r="L95" s="15">
         <v>0.01217</v>
       </c>
       <c r="M95" s="15">
         <v>0.01061</v>
       </c>
       <c r="N95" s="15">
-        <v>1740</v>
+        <v>1660</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E96" s="15">
         <v>10000018472</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L96" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M96" s="15">
         <v>0.00821</v>
       </c>
       <c r="N96" s="15">
-        <v>359</v>
+        <v>405</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E97" s="15">
         <v>10000018468</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>5000</v>
       </c>
       <c r="K97" s="15">
         <v>0.00596</v>
       </c>
       <c r="L97" s="15">
         <v>0.00516</v>
       </c>
       <c r="M97" s="15">
         <v>0.00496</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15">
-        <v>3300</v>
+        <v>3650</v>
       </c>
       <c r="P97" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.00555</v>
+        <v>0.00552</v>
       </c>
       <c r="L98" s="15">
-        <v>0.00481</v>
+        <v>0.00478</v>
       </c>
       <c r="M98" s="15">
-        <v>0.00463</v>
+        <v>0.0046</v>
       </c>
       <c r="N98" s="15">
         <v>3513</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E99" s="15">
         <v>10000018469</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00527</v>
       </c>
       <c r="L99" s="15">
         <v>0.00456</v>
       </c>
       <c r="M99" s="15">
         <v>0.00439</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E100" s="15">
         <v>10000018475</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.0051</v>
       </c>
       <c r="L100" s="15">
         <v>0.00442</v>
       </c>
       <c r="M100" s="15">
         <v>0.00425</v>
       </c>
       <c r="N100" s="15">
         <v>80</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E101" s="15">
         <v>10000018476</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
         <v>0.01354</v>
       </c>
       <c r="L101" s="15">
         <v>0.00787</v>
       </c>
       <c r="M101" s="15">
         <v>0.00707</v>
       </c>
       <c r="N101" s="15">
-        <v>1648</v>
+        <v>1836</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E102" s="15">
         <v>10000023234</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04681</v>
       </c>
       <c r="L102" s="15">
         <v>0.02352</v>
       </c>
       <c r="M102" s="15">
         <v>0.02302</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.01715</v>
+        <v>0.01058</v>
       </c>
       <c r="L103" s="15">
-        <v>0.01241</v>
+        <v>0.009169999999999999</v>
       </c>
       <c r="M103" s="15">
-        <v>0.01082</v>
+        <v>0.00881</v>
       </c>
       <c r="N103" s="15">
-        <v>6240</v>
+        <v>5920</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.0176</v>
       </c>
       <c r="L104" s="15">
         <v>0.01273</v>
       </c>
       <c r="M104" s="15">
         <v>0.01111</v>
       </c>
       <c r="N104" s="15">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E105" s="15">
         <v>10000018473</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>10000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0108</v>
       </c>
       <c r="L105" s="15">
         <v>0.00936</v>
       </c>
       <c r="M105" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N105" s="15">
-        <v>3451</v>
+        <v>2842</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>5000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00817</v>
       </c>
       <c r="L106" s="15">
         <v>0.00684</v>
       </c>
       <c r="M106" s="15">
         <v>0.00659</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E107" s="15">
         <v>10000018474</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.01493</v>
+        <v>0.01067</v>
       </c>
       <c r="L107" s="15">
-        <v>0.0108</v>
+        <v>0.00924</v>
       </c>
       <c r="M107" s="15">
-        <v>0.009429999999999999</v>
+        <v>0.00889</v>
       </c>
       <c r="N107" s="15">
-        <v>4400</v>
+        <v>3900</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E108" s="15">
         <v>10080071864</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>5000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00495</v>
       </c>
       <c r="L108" s="15">
         <v>0.00429</v>
       </c>
       <c r="M108" s="15">
         <v>0.00413</v>
       </c>
       <c r="N108" s="15">
-        <v>1513</v>
+        <v>1037</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E109" s="15">
         <v>10080032272</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>5000</v>
       </c>
       <c r="K109" s="15">
         <v>0.06507</v>
       </c>
       <c r="L109" s="15">
         <v>0.05639</v>
       </c>
       <c r="M109" s="15">
         <v>0.05423</v>
       </c>
       <c r="N109" s="15">
-        <v>6900</v>
+        <v>7200</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="E110" s="15">
         <v>10080070515</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>0.01781</v>
       </c>
       <c r="L110" s="15">
         <v>0.01034</v>
       </c>
       <c r="M110" s="15">
         <v>0.00932</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E111" s="15">
         <v>10080050608</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>2.57</v>
       </c>
       <c r="L111" s="15">
         <v>2.1</v>
       </c>
       <c r="M111" s="15">
         <v>2.02</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E112" s="15">
         <v>10080034091</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J112" s="15">
         <v>2000</v>
       </c>
       <c r="K112" s="15">
         <v>0.03732</v>
       </c>
       <c r="L112" s="15">
         <v>0.03234</v>
       </c>
       <c r="M112" s="15">
         <v>0.0311</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="D113" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" s="15" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.06271</v>
+        <v>0.03894</v>
       </c>
       <c r="L113" s="15">
-        <v>0.04537</v>
+        <v>0.03375</v>
       </c>
       <c r="M113" s="15">
-        <v>0.03959</v>
+        <v>0.03245</v>
       </c>
       <c r="N113" s="15">
-        <v>7168</v>
+        <v>6059</v>
       </c>
       <c r="O113" s="15">
-        <v>8400</v>
+        <v>7100</v>
       </c>
       <c r="P113" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14"/>
       <c r="C114" s="15"/>
       <c r="D114" s="15"/>
       <c r="E114" s="15"/>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15"/>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15"/>
       <c r="L114" s="15"/>
       <c r="M114" s="15"/>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
@@ -5826,317 +5819,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>294</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>304</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>306</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>308</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>