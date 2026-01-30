--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,50 +166,53 @@
   <si>
     <t>L-KLS8-0108-LED-23.5</t>
   </si>
   <si>
     <t>Ø 5мм h=23.5мм / KLS8-0108-LED-23.5</t>
   </si>
   <si>
     <t>KLS8-0117-5</t>
   </si>
   <si>
     <t>Держатель светодиода KLS8-0117-5</t>
   </si>
   <si>
     <t>L-KLS8-0126-LED-10</t>
   </si>
   <si>
     <t>Ø 6,3мм h=10мм / KLS8-0126-LED-10 (L-KLS8-0126-LED-10)</t>
   </si>
   <si>
     <t>L-KLS8-0222-PTO-220</t>
   </si>
   <si>
     <t>KLS8-0222-PTO-220</t>
   </si>
   <si>
+    <t>06.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0222-PTO-220B</t>
   </si>
   <si>
     <t>KLS8-0222-PTO-220B</t>
   </si>
   <si>
     <t>L-KLS8-0222-PTO-3</t>
   </si>
   <si>
     <t>KLS8-0222-PTO-3</t>
   </si>
   <si>
     <t>L-KLS8-0102-LED-3.0</t>
   </si>
   <si>
     <t>Led Spacer Support Series;OD=4.5MM;Hight=3.0MM / L-KLS8-0102-LED-3.0</t>
   </si>
   <si>
     <t>L-KLS8-0105-LED-18.5</t>
   </si>
   <si>
     <t>Держатель светодиода L-KLS8-0105-LED-18.5</t>
   </si>
   <si>
     <t>L-KLS8-0106-LED-22</t>
@@ -232,50 +235,59 @@
   <si>
     <t>Ø 5мм h=5мм / L-KLS8-0108-LED-5</t>
   </si>
   <si>
     <t>UT-00097585</t>
   </si>
   <si>
     <t>L-KLS8-0112-LED-3.0</t>
   </si>
   <si>
     <t>Ø 5мм h=3.0мм (Nylon 66 UL94V-2) / L-KLS8-0112-LED-3.0</t>
   </si>
   <si>
     <t>UT-00141975</t>
   </si>
   <si>
     <t>L-KLS8-0112-LED-4.5</t>
   </si>
   <si>
     <t>Ø 5мм h=4.5мм (Nylon 66 UL94V-2) / L-KLS8-0112-LED-4.5</t>
   </si>
   <si>
     <t>UT-00146482</t>
   </si>
   <si>
+    <t>L-KLS8-0112-LED-5.0</t>
+  </si>
+  <si>
+    <t>Ø 5мм h=5.0мм (Nylon 66 UL94V-2) / L-KLS8-0112-LED-5.0</t>
+  </si>
+  <si>
+    <t>UT-00154808</t>
+  </si>
+  <si>
     <t>L-KLS8-0114A-LED-10</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=10.0mm / L-KLS8-0114A-LED-10</t>
   </si>
   <si>
     <t>10-00057119</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0114A-LED-10 KLS, </t>
   </si>
   <si>
     <t>UT-00152251</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-11</t>
   </si>
   <si>
     <t xml:space="preserve">втулка под LED; OD=7mm; ID=3.2mm; L=11.0mm / L-KLS8-0114A-LED-11 </t>
   </si>
   <si>
     <t>UT-00134393</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-12</t>
@@ -286,80 +298,86 @@
   <si>
     <t>UT-00120590</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-12.5</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=12.5mm / L-KLS8-0114A-LED-12.5</t>
   </si>
   <si>
     <t>UT-00118761</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-2</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=2.0mm / L-KLS8-0114A-LED-2</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-3</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=3.0mm / L-KLS8-0114A-LED-3</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0114A-LED-3 KLS, </t>
+  </si>
+  <si>
     <t>UT-00128905</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-4</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=4.0mm / L-KLS8-0114A-LED-4</t>
   </si>
   <si>
     <t>UT-00090951</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-5</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=5.0mm / L-KLS8-0114A-LED-5</t>
   </si>
   <si>
     <t>10-00057107</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-6</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=6.0mm / L-KLS8-0114A-LED-6</t>
   </si>
   <si>
+    <t>18.05.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0114A-LED-7</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=7.0mm / L-KLS8-0114A-LED-7</t>
   </si>
   <si>
     <t>10-00057151</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-8</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=8.0mm / L-KLS8-0114A-LED-8</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-9</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=9.0mm / L-KLS8-0114A-LED-9</t>
   </si>
   <si>
     <t>UT-00147388</t>
   </si>
   <si>
     <t>L-KLS8-0115-LED-2</t>
@@ -406,80 +424,83 @@
   <si>
     <t>держатель светодиода, прямой угол, черный / L-KLS8-LEJ-9-B</t>
   </si>
   <si>
     <t>UT-00097657</t>
   </si>
   <si>
     <t>L-KLS8-PLPC2-8.0</t>
   </si>
   <si>
     <t>световод для LED, монтажное отв. 1.9мм, L=8мм, прозрачный / L-KLS8-PLPC2-8.0</t>
   </si>
   <si>
     <t>UT-00099486</t>
   </si>
   <si>
     <t xml:space="preserve">515-1027F DIALIGHT, </t>
   </si>
   <si>
     <t>L-KLS8-0124-LC5-1</t>
   </si>
   <si>
     <t>LC5-1 (L-KLS8-0124-LC5-1)</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0117-5-B</t>
   </si>
   <si>
     <t>(Outer diameter：9.2mm, H:4.2mm ) / LC5-1T (L-KLS8-0117-5-B)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0117-5-B KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0119-LED-3</t>
   </si>
   <si>
     <t>LDH-19 (L-KLS8-0119-LED-3)</t>
   </si>
   <si>
     <t>L-KLS8-0120-LED-3</t>
   </si>
   <si>
     <t>LDH-20 (L-KLS8-0120-LED-3)</t>
   </si>
   <si>
     <t>L-KLS8-0121-LED-3</t>
   </si>
   <si>
     <t>LDH-21 (L-KLS8-0121-LED-3)</t>
   </si>
   <si>
     <t>UT-00148616</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0121-LED-3 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0101-LED-10.0</t>
   </si>
   <si>
     <t>4.0mm 10.00mm / LDH1-4.0-10 (L-KLS8-0101-LED-10.0)</t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-12.5</t>
   </si>
   <si>
     <t>4.0mm 12.50mm / LDH1-4.0-12.5</t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-14.0</t>
   </si>
   <si>
     <t>4.0mm 14.00mm / LDH1-4.0-14.0 (L-KLS8-0101-LED-14.0)</t>
   </si>
   <si>
     <t>UT-00098015</t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-19.0</t>
   </si>
   <si>
     <t>4.0mm 19.00mm / LDH1-4.0-19.0 (L-KLS8-0101-LED-19.0)</t>
@@ -625,51 +646,51 @@
   <si>
     <t xml:space="preserve">CB-55 KINGBRIGHT, L-KLS8-0117-5 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0117-5</t>
   </si>
   <si>
     <t>5mm из 2частей / LDH17-5 (L-KLS8-0117-5)</t>
   </si>
   <si>
     <t>UT-00118362</t>
   </si>
   <si>
     <t xml:space="preserve">CB-55 KINGBRIGHT, KLS8-0117-5mm KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0118-3</t>
   </si>
   <si>
     <t>3mm / LDH18-3 (L-KLS8-0118-3)</t>
   </si>
   <si>
     <t>UT-00128591</t>
   </si>
   <si>
-    <t xml:space="preserve">RTC-31 KINGBRIGHT, </t>
+    <t xml:space="preserve">RTC-31 KINGBRIGHT, L-KLS8-0118-3 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0118-5</t>
   </si>
   <si>
     <t>5mm / LDH18-5 (KLS8-0118-5)</t>
   </si>
   <si>
     <t>KLS8-0102-10</t>
   </si>
   <si>
     <t>4.5mm 10.00mm / LDH2-4.5-10</t>
   </si>
   <si>
     <t>10-00057172</t>
   </si>
   <si>
     <t>KLS8-0102-12.5</t>
   </si>
   <si>
     <t>4.5mm 12.50mm / LDH2-4.5-12.5</t>
   </si>
   <si>
     <t>10-00057173</t>
   </si>
@@ -715,105 +736,114 @@
   <si>
     <t>5.0mm 23.00mm / LDH3-5.0-23 (L-KLS8-0103-LED-23)</t>
   </si>
   <si>
     <t>10-00057179</t>
   </si>
   <si>
     <t>L-KLS8-0103-LED-23.5</t>
   </si>
   <si>
     <t>5.0mm 23.50mm / LDH3-5.0-23.5 (L-KLS8-0103-LED-23.5)</t>
   </si>
   <si>
     <t>UT-00123390</t>
   </si>
   <si>
     <t>L-KLS8-0103-LED-5</t>
   </si>
   <si>
     <t>5.0mm 5.00mm / LDH3-5.0-5.0 (L-KLS8-0103-LED-5)</t>
   </si>
   <si>
     <t>UT-00134741</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0103-LED-5 KLS, </t>
+  </si>
+  <si>
     <t>KLS8-0103-7.5</t>
   </si>
   <si>
     <t>5.0mm 7.50mm / LDH3-5.0-7.5</t>
   </si>
   <si>
     <t>10-00057181</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-10</t>
   </si>
   <si>
     <t>4.0mm 10.0mm / LDH7-4.0-10 (L-KLS8-0107-LED-10)</t>
   </si>
   <si>
     <t>UT-00152043</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-12.5</t>
   </si>
   <si>
     <t>4.0mm 12.50mm / LDH7-4.0-12.5 (L-KLS8-0107-LED-12.5)</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-15</t>
   </si>
   <si>
     <t>4.0mm 15.0mm / LDH7-4.0-15 (L-KLS8-0107-LED-15)</t>
   </si>
   <si>
     <t>UT-00135086</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-23</t>
   </si>
   <si>
     <t>4.0mm 23.00mm / LDH7-4.0-23 (L-KLS8-0107-LED-23)</t>
   </si>
   <si>
     <t>UT-00134742</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0107-LED-23 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0107-LED-5</t>
   </si>
   <si>
     <t>4.0mm 5.00mm / LDH7-4.0-5.0 (L-KLS8-0107-LED-5)</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-7.5</t>
   </si>
   <si>
     <t>4.0mm 7.50mm / LDH7-4.0-7.5 (L-KLS8-0107-LED-7.5)</t>
   </si>
   <si>
     <t>UT-00134743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS8-0107-LED-7.5 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0109-LED-10</t>
   </si>
   <si>
     <t>4.5mm 10.0mm / LDH9-4.5-10 (L-KLS8-0109-LED-10)</t>
   </si>
   <si>
     <t>KLS8-0109-12.5</t>
   </si>
   <si>
     <t>4.5mm 12.50mm / LDH9-4.5-12.5 (KLS8-0109-12.5)</t>
   </si>
   <si>
     <t>KLS8-0109-17.5</t>
   </si>
   <si>
     <t>4.5mm 17.50mm / LDH9-4.5-17.5</t>
   </si>
   <si>
     <t>L-KLS8-0109-LED-21</t>
   </si>
   <si>
     <t xml:space="preserve">4.5мм 21.0мм / LDH9-4.5-21 (L-KLS8-0109-LED-21) </t>
   </si>
@@ -1458,51 +1488,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R114"/>
+  <dimension ref="A1:R115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1854,51 +1884,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080069160</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.00606</v>
       </c>
       <c r="M13" s="15">
         <v>0.00527</v>
       </c>
       <c r="N13" s="15">
-        <v>677</v>
+        <v>597</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080069780</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
@@ -1928,51 +1958,51 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080070236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2500</v>
       </c>
       <c r="K15" s="15">
         <v>0.03181</v>
       </c>
       <c r="L15" s="15">
         <v>0.02651</v>
       </c>
       <c r="M15" s="15">
         <v>0.02544</v>
       </c>
       <c r="N15" s="15">
-        <v>368</v>
+        <v>329</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080057330</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
@@ -2044,3762 +2074,3829 @@
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080043007</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
         <v>0.00708</v>
       </c>
       <c r="L18" s="15">
         <v>0.00594</v>
       </c>
       <c r="M18" s="15">
         <v>0.00571</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
-      <c r="P18" s="15"/>
+      <c r="P18" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080046338</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>20000</v>
       </c>
       <c r="K19" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.00692</v>
       </c>
       <c r="M19" s="15">
         <v>0.00665</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080043008</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>10000</v>
       </c>
       <c r="K20" s="15">
         <v>0.01341</v>
       </c>
       <c r="L20" s="15">
         <v>0.01099</v>
       </c>
       <c r="M20" s="15">
         <v>0.01055</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080053726</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>10000</v>
       </c>
       <c r="K21" s="15">
         <v>0.00651</v>
       </c>
       <c r="L21" s="15">
         <v>0.00546</v>
       </c>
       <c r="M21" s="15">
         <v>0.00525</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080054971</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01203</v>
       </c>
       <c r="L22" s="15">
         <v>0.008630000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.00749</v>
       </c>
       <c r="N22" s="15">
-        <v>12546</v>
+        <v>10404</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05953</v>
       </c>
       <c r="L23" s="15">
         <v>0.05953</v>
       </c>
       <c r="M23" s="15">
         <v>0.05953</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080071590</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2500</v>
       </c>
       <c r="K24" s="15">
         <v>0.009950000000000001</v>
       </c>
       <c r="L24" s="15">
         <v>0.008619999999999999</v>
       </c>
       <c r="M24" s="15">
         <v>0.00829</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>20000</v>
       </c>
       <c r="K25" s="15">
         <v>0.00524</v>
       </c>
       <c r="L25" s="15">
         <v>0.00454</v>
       </c>
       <c r="M25" s="15">
         <v>0.00436</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.00658</v>
       </c>
       <c r="M26" s="15">
         <v>0.00574</v>
       </c>
       <c r="N26" s="15">
-        <v>5254</v>
+        <v>4623</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>20000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0095</v>
       </c>
       <c r="L27" s="15">
         <v>0.0064</v>
       </c>
       <c r="M27" s="15">
         <v>0.00579</v>
       </c>
       <c r="N27" s="15">
-        <v>308</v>
+        <v>280</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I28" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="15"/>
       <c r="J28" s="15">
-        <v>5000</v>
+        <v>20000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.008460000000000001</v>
+        <v>0.00693</v>
       </c>
       <c r="L28" s="15">
-        <v>0.00605</v>
+        <v>0.00601</v>
       </c>
       <c r="M28" s="15">
-        <v>0.00544</v>
+        <v>0.00578</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="J29" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.00612</v>
+        <v>0.008460000000000001</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0053</v>
+        <v>0.00605</v>
       </c>
       <c r="M29" s="15">
-        <v>0.0051</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00544</v>
+      </c>
+      <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="D30" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I30" s="15"/>
+      <c r="I30" s="15" t="s">
+        <v>79</v>
+      </c>
       <c r="J30" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.01316</v>
+        <v>0.00612</v>
       </c>
       <c r="L30" s="15">
-        <v>0.01103</v>
+        <v>0.0053</v>
       </c>
       <c r="M30" s="15">
-        <v>0.01061</v>
-[...1 lines deleted...]
-      <c r="N30" s="15"/>
+        <v>0.0051</v>
+      </c>
+      <c r="N30" s="15">
+        <v>2730</v>
+      </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.01093</v>
+        <v>0.01316</v>
       </c>
       <c r="L31" s="15">
-        <v>0.009169999999999999</v>
+        <v>0.01103</v>
       </c>
       <c r="M31" s="15">
-        <v>0.00881</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01061</v>
+      </c>
+      <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.01221</v>
+        <v>0.01093</v>
       </c>
       <c r="L32" s="15">
-        <v>0.01025</v>
+        <v>0.009169999999999999</v>
       </c>
       <c r="M32" s="15">
-        <v>0.00984</v>
+        <v>0.00881</v>
       </c>
       <c r="N32" s="15">
-        <v>1482</v>
+        <v>420</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>10080042856</v>
+        <v>88</v>
+      </c>
+      <c r="E33" s="15" t="s">
+        <v>89</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
-        <v>15000</v>
+        <v>3000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.00669</v>
+        <v>0.01221</v>
       </c>
       <c r="L33" s="15">
-        <v>0.0058</v>
+        <v>0.01025</v>
       </c>
       <c r="M33" s="15">
-        <v>0.00558</v>
+        <v>0.00984</v>
       </c>
       <c r="N33" s="15">
-        <v>5050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1672</v>
+      </c>
+      <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E34" s="15">
-        <v>10080042857</v>
+        <v>10080042856</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
-        <v>5000</v>
+        <v>15000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.01164</v>
+        <v>0.00669</v>
       </c>
       <c r="L34" s="15">
-        <v>0.00976</v>
+        <v>0.0058</v>
       </c>
       <c r="M34" s="15">
-        <v>0.009379999999999999</v>
-[...2 lines deleted...]
-      <c r="O34" s="15"/>
+        <v>0.00558</v>
+      </c>
+      <c r="N34" s="15">
+        <v>5980</v>
+      </c>
+      <c r="O34" s="15">
+        <v>4500</v>
+      </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>93</v>
+      </c>
+      <c r="E35" s="15">
+        <v>10080042857</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I35" s="15"/>
+      <c r="I35" s="15" t="s">
+        <v>94</v>
+      </c>
       <c r="J35" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.00612</v>
+        <v>0.01164</v>
       </c>
       <c r="L35" s="15">
-        <v>0.0053</v>
+        <v>0.00976</v>
       </c>
       <c r="M35" s="15">
-        <v>0.0051</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.009379999999999999</v>
+      </c>
+      <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I36" s="15"/>
+      <c r="I36" s="15" t="s">
+        <v>94</v>
+      </c>
       <c r="J36" s="15">
         <v>10000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.00635</v>
+        <v>0.00612</v>
       </c>
       <c r="L36" s="15">
-        <v>0.0055</v>
+        <v>0.0053</v>
       </c>
       <c r="M36" s="15">
-        <v>0.00529</v>
+        <v>0.0051</v>
       </c>
       <c r="N36" s="15">
-        <v>470</v>
-[...6 lines deleted...]
-      </c>
+        <v>19168</v>
+      </c>
+      <c r="O36" s="15"/>
+      <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>10000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.00675</v>
+        <v>0.00635</v>
       </c>
       <c r="L37" s="15">
-        <v>0.00585</v>
+        <v>0.0055</v>
       </c>
       <c r="M37" s="15">
-        <v>0.00563</v>
+        <v>0.00529</v>
       </c>
       <c r="N37" s="15">
-        <v>11841</v>
-[...2 lines deleted...]
-      <c r="P37" s="15"/>
+        <v>435</v>
+      </c>
+      <c r="O37" s="15">
+        <v>12600</v>
+      </c>
+      <c r="P37" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>10080073138</v>
+        <v>101</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>102</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="15"/>
-      <c r="J38" s="15"/>
+      <c r="J38" s="15">
+        <v>10000</v>
+      </c>
       <c r="K38" s="15">
-        <v>0.00659</v>
+        <v>0.00675</v>
       </c>
       <c r="L38" s="15">
-        <v>0.00571</v>
+        <v>0.00585</v>
       </c>
       <c r="M38" s="15">
-        <v>0.00549</v>
+        <v>0.00563</v>
       </c>
       <c r="N38" s="15">
-        <v>7481</v>
+        <v>8599</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>104</v>
+      </c>
+      <c r="E39" s="15">
+        <v>10080073138</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I39" s="15"/>
-      <c r="J39" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J39" s="15"/>
       <c r="K39" s="15">
-        <v>0.00662</v>
+        <v>0.00659</v>
       </c>
       <c r="L39" s="15">
-        <v>0.00573</v>
+        <v>0.00571</v>
       </c>
       <c r="M39" s="15">
-        <v>0.00551</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00549</v>
+      </c>
+      <c r="N39" s="15"/>
       <c r="O39" s="15"/>
-      <c r="P39" s="15"/>
+      <c r="P39" s="15" t="s">
+        <v>105</v>
+      </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>10080069849</v>
+        <v>107</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>108</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>5000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.00705</v>
+        <v>0.00662</v>
       </c>
       <c r="L40" s="15">
-        <v>0.00611</v>
+        <v>0.00573</v>
       </c>
       <c r="M40" s="15">
-        <v>0.00588</v>
+        <v>0.00551</v>
       </c>
       <c r="N40" s="15">
-        <v>24640</v>
+        <v>160</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>110</v>
+      </c>
+      <c r="E41" s="15">
+        <v>10080069849</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.00659</v>
+        <v>0.00705</v>
       </c>
       <c r="L41" s="15">
-        <v>0.00571</v>
+        <v>0.00611</v>
       </c>
       <c r="M41" s="15">
-        <v>0.00549</v>
+        <v>0.00588</v>
       </c>
       <c r="N41" s="15">
-        <v>3350</v>
+        <v>28480</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>10080043009</v>
+        <v>112</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>113</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.00695</v>
+        <v>0.00659</v>
       </c>
       <c r="L42" s="15">
-        <v>0.00602</v>
+        <v>0.00571</v>
       </c>
       <c r="M42" s="15">
-        <v>0.00579</v>
+        <v>0.00549</v>
       </c>
       <c r="N42" s="15">
-        <v>15980</v>
+        <v>3850</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E43" s="15">
-        <v>10080057646</v>
+        <v>10080043009</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>10000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.00623</v>
+        <v>0.00695</v>
       </c>
       <c r="L43" s="15">
-        <v>0.0054</v>
+        <v>0.00602</v>
       </c>
       <c r="M43" s="15">
-        <v>0.00519</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.00579</v>
+      </c>
+      <c r="N43" s="15">
+        <v>12506</v>
+      </c>
+      <c r="O43" s="15"/>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>117</v>
+      </c>
+      <c r="E44" s="15">
+        <v>10080057646</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>10000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.00695</v>
+        <v>0.00639</v>
       </c>
       <c r="L44" s="15">
-        <v>0.00602</v>
+        <v>0.00554</v>
       </c>
       <c r="M44" s="15">
-        <v>0.00579</v>
-[...5 lines deleted...]
-      <c r="P44" s="15"/>
+        <v>0.00533</v>
+      </c>
+      <c r="N44" s="15"/>
+      <c r="O44" s="15">
+        <v>8700</v>
+      </c>
+      <c r="P44" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.00684</v>
+        <v>0.00695</v>
       </c>
       <c r="L45" s="15">
-        <v>0.00593</v>
+        <v>0.00602</v>
       </c>
       <c r="M45" s="15">
-        <v>0.0057</v>
+        <v>0.00579</v>
       </c>
       <c r="N45" s="15">
-        <v>6410</v>
+        <v>6000</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.036</v>
+        <v>0.00684</v>
       </c>
       <c r="L46" s="15">
-        <v>0.0312</v>
+        <v>0.00593</v>
       </c>
       <c r="M46" s="15">
-        <v>0.03</v>
-[...1 lines deleted...]
-      <c r="N46" s="15"/>
+        <v>0.0057</v>
+      </c>
+      <c r="N46" s="15">
+        <v>7389</v>
+      </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.13805</v>
+        <v>0.036</v>
       </c>
       <c r="L47" s="15">
-        <v>0.09988</v>
+        <v>0.0312</v>
       </c>
       <c r="M47" s="15">
-        <v>0.08716</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03</v>
+      </c>
+      <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
-      <c r="Q47" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I48" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.18299</v>
+        <v>0.13805</v>
       </c>
       <c r="L48" s="15">
-        <v>0.15346</v>
+        <v>0.09988</v>
       </c>
       <c r="M48" s="15">
-        <v>0.14757</v>
-[...1 lines deleted...]
-      <c r="N48" s="15"/>
+        <v>0.08716</v>
+      </c>
+      <c r="N48" s="15">
+        <v>1540</v>
+      </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>5000</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>10080032271</v>
+        <v>131</v>
+      </c>
+      <c r="E49" s="15" t="s">
+        <v>132</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I49" s="15"/>
+      <c r="I49" s="15" t="s">
+        <v>133</v>
+      </c>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.07979</v>
+        <v>0.18299</v>
       </c>
       <c r="L49" s="15">
-        <v>0.06915</v>
+        <v>0.15346</v>
       </c>
       <c r="M49" s="15">
-        <v>0.06648999999999999</v>
+        <v>0.14757</v>
       </c>
       <c r="N49" s="15"/>
-      <c r="O49" s="15">
-[...5 lines deleted...]
-      <c r="Q49" s="15"/>
+      <c r="O49" s="15"/>
+      <c r="P49" s="15"/>
+      <c r="Q49" s="15">
+        <v>5000</v>
+      </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E50" s="15">
-        <v>10080034447</v>
+        <v>10080032271</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.02294</v>
+        <v>0.07979</v>
       </c>
       <c r="L50" s="15">
-        <v>0.01883</v>
+        <v>0.06915</v>
       </c>
       <c r="M50" s="15">
-        <v>0.01806</v>
-[...3 lines deleted...]
-      <c r="P50" s="15"/>
+        <v>0.06648999999999999</v>
+      </c>
+      <c r="N50" s="15">
+        <v>2</v>
+      </c>
+      <c r="O50" s="15">
+        <v>37200</v>
+      </c>
+      <c r="P50" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15">
-        <v>10000018486</v>
+        <v>10080034447</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I51" s="15"/>
+      <c r="I51" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="J51" s="15">
         <v>5000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.00563</v>
+        <v>0.02294</v>
       </c>
       <c r="L51" s="15">
-        <v>0.00488</v>
+        <v>0.01883</v>
       </c>
       <c r="M51" s="15">
-        <v>0.00469</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.01806</v>
+      </c>
+      <c r="N51" s="15"/>
+      <c r="O51" s="15"/>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E52" s="15">
-        <v>10000018487</v>
+        <v>10000018486</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.00606</v>
+        <v>0.00563</v>
       </c>
       <c r="L52" s="15">
-        <v>0.00525</v>
+        <v>0.00488</v>
       </c>
       <c r="M52" s="15">
-        <v>0.00505</v>
+        <v>0.00469</v>
       </c>
       <c r="N52" s="15">
-        <v>50047</v>
-[...2 lines deleted...]
-      <c r="P52" s="15"/>
+        <v>3792</v>
+      </c>
+      <c r="O52" s="15">
+        <v>3750</v>
+      </c>
+      <c r="P52" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>142</v>
+      </c>
+      <c r="E53" s="15">
+        <v>10000018487</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.0165</v>
+        <v>0.00606</v>
       </c>
       <c r="L53" s="15">
-        <v>0.0143</v>
+        <v>0.00525</v>
       </c>
       <c r="M53" s="15">
-        <v>0.01375</v>
+        <v>0.00505</v>
       </c>
       <c r="N53" s="15">
-        <v>3600</v>
+        <v>61251</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>10000018488</v>
+        <v>144</v>
+      </c>
+      <c r="E54" s="15" t="s">
+        <v>145</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I54" s="15"/>
+      <c r="I54" s="15" t="s">
+        <v>146</v>
+      </c>
       <c r="J54" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.02237</v>
+        <v>0.0165</v>
       </c>
       <c r="L54" s="15">
-        <v>0.01598</v>
+        <v>0.0143</v>
       </c>
       <c r="M54" s="15">
-        <v>0.01438</v>
+        <v>0.01375</v>
       </c>
       <c r="N54" s="15">
-        <v>6794</v>
+        <v>2800</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E55" s="15">
-        <v>10000018455</v>
+        <v>10000018488</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I55" s="15"/>
+      <c r="I55" s="15" t="s">
+        <v>146</v>
+      </c>
       <c r="J55" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.00563</v>
+        <v>0.02237</v>
       </c>
       <c r="L55" s="15">
-        <v>0.00488</v>
+        <v>0.01598</v>
       </c>
       <c r="M55" s="15">
-        <v>0.00469</v>
+        <v>0.01438</v>
       </c>
       <c r="N55" s="15">
-        <v>7224</v>
+        <v>6183</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="E56" s="15">
-        <v>10000018456</v>
+        <v>10000018455</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.00615</v>
+        <v>0.00563</v>
       </c>
       <c r="L56" s="15">
-        <v>0.00533</v>
+        <v>0.00488</v>
       </c>
       <c r="M56" s="15">
-        <v>0.00513</v>
+        <v>0.00469</v>
       </c>
       <c r="N56" s="15">
-        <v>3016</v>
+        <v>1824</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>150</v>
+      </c>
+      <c r="E57" s="15">
+        <v>10000018456</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.01497</v>
+        <v>0.00615</v>
       </c>
       <c r="L57" s="15">
-        <v>0.01256</v>
+        <v>0.00533</v>
       </c>
       <c r="M57" s="15">
-        <v>0.01208</v>
-[...1 lines deleted...]
-      <c r="N57" s="15"/>
+        <v>0.00513</v>
+      </c>
+      <c r="N57" s="15">
+        <v>3016</v>
+      </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.0068</v>
+        <v>0.01497</v>
       </c>
       <c r="L58" s="15">
-        <v>0.00589</v>
+        <v>0.01256</v>
       </c>
       <c r="M58" s="15">
-        <v>0.00566</v>
+        <v>0.01208</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.00713</v>
+        <v>0.0068</v>
       </c>
       <c r="L59" s="15">
-        <v>0.00598</v>
+        <v>0.00589</v>
       </c>
       <c r="M59" s="15">
-        <v>0.00575</v>
+        <v>0.00566</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.05226</v>
+        <v>0.00713</v>
       </c>
       <c r="L60" s="15">
-        <v>0.04529</v>
+        <v>0.00598</v>
       </c>
       <c r="M60" s="15">
-        <v>0.04355</v>
+        <v>0.00575</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>10000018457</v>
+        <v>161</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>162</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.01971</v>
+        <v>0.05226</v>
       </c>
       <c r="L61" s="15">
-        <v>0.01022</v>
+        <v>0.04529</v>
       </c>
       <c r="M61" s="15">
-        <v>0.009860000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04355</v>
+      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>164</v>
+      </c>
+      <c r="E62" s="15">
+        <v>10000018457</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.008070000000000001</v>
+        <v>0.01971</v>
       </c>
       <c r="L62" s="15">
-        <v>0.00677</v>
+        <v>0.01022</v>
       </c>
       <c r="M62" s="15">
-        <v>0.00651</v>
-[...1 lines deleted...]
-      <c r="N62" s="15"/>
+        <v>0.009860000000000001</v>
+      </c>
+      <c r="N62" s="15">
+        <v>3660</v>
+      </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>10000018453</v>
+        <v>166</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>167</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.00588</v>
+        <v>0.008070000000000001</v>
       </c>
       <c r="L63" s="15">
-        <v>0.0051</v>
+        <v>0.00677</v>
       </c>
       <c r="M63" s="15">
-        <v>0.0049</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00651</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="E64" s="15">
-        <v>10000018454</v>
+        <v>10000018453</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.01354</v>
+        <v>0.00588</v>
       </c>
       <c r="L64" s="15">
-        <v>0.00787</v>
+        <v>0.0051</v>
       </c>
       <c r="M64" s="15">
-        <v>0.00707</v>
+        <v>0.0049</v>
       </c>
       <c r="N64" s="15">
-        <v>1643</v>
+        <v>10228</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>171</v>
+      </c>
+      <c r="E65" s="15">
+        <v>10000018454</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.00617</v>
+        <v>0.01354</v>
       </c>
       <c r="L65" s="15">
-        <v>0.00534</v>
+        <v>0.00787</v>
       </c>
       <c r="M65" s="15">
-        <v>0.00514</v>
+        <v>0.00707</v>
       </c>
       <c r="N65" s="15">
-        <v>1072</v>
+        <v>1733</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>10080073206</v>
+        <v>173</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>174</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.00716</v>
+        <v>0.00617</v>
       </c>
       <c r="L66" s="15">
-        <v>0.0062</v>
+        <v>0.00534</v>
       </c>
       <c r="M66" s="15">
-        <v>0.00596</v>
-[...1 lines deleted...]
-      <c r="N66" s="15"/>
+        <v>0.00514</v>
+      </c>
+      <c r="N66" s="15">
+        <v>936</v>
+      </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>176</v>
+      </c>
+      <c r="E67" s="15">
+        <v>10080073206</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
-      <c r="J67" s="15"/>
+      <c r="J67" s="15">
+        <v>5000</v>
+      </c>
       <c r="K67" s="15">
-        <v>15.77</v>
+        <v>0.00716</v>
       </c>
       <c r="L67" s="15">
-        <v>0</v>
+        <v>0.0062</v>
       </c>
       <c r="M67" s="15">
-        <v>7.88</v>
+        <v>0.00596</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I68" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I68" s="15"/>
+      <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>0.02217</v>
+        <v>15.77</v>
       </c>
       <c r="L68" s="15">
-        <v>0.01145</v>
+        <v>0</v>
       </c>
       <c r="M68" s="15">
-        <v>0.01107</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.88</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.00756</v>
+        <v>0.02217</v>
       </c>
       <c r="L69" s="15">
-        <v>0.00655</v>
+        <v>0.01145</v>
       </c>
       <c r="M69" s="15">
-        <v>0.0063</v>
+        <v>0.01107</v>
       </c>
       <c r="N69" s="15">
-        <v>1300</v>
+        <v>816</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I70" s="15"/>
+      <c r="I70" s="15" t="s">
+        <v>187</v>
+      </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.02956</v>
+        <v>0.00756</v>
       </c>
       <c r="L70" s="15">
-        <v>0.01551</v>
+        <v>0.00655</v>
       </c>
       <c r="M70" s="15">
-        <v>0.01502</v>
+        <v>0.0063</v>
       </c>
       <c r="N70" s="15">
-        <v>4526</v>
+        <v>1580</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>10000018477</v>
+        <v>189</v>
+      </c>
+      <c r="E71" s="15" t="s">
+        <v>190</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.00725</v>
+        <v>0.02956</v>
       </c>
       <c r="L71" s="15">
-        <v>0.00628</v>
+        <v>0.01551</v>
       </c>
       <c r="M71" s="15">
-        <v>0.00604</v>
+        <v>0.01502</v>
       </c>
       <c r="N71" s="15">
-        <v>9600</v>
+        <v>4723</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>192</v>
+      </c>
+      <c r="E72" s="15">
+        <v>10000018477</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.00894</v>
+        <v>0.00725</v>
       </c>
       <c r="L72" s="15">
-        <v>0.0075</v>
+        <v>0.00628</v>
       </c>
       <c r="M72" s="15">
-        <v>0.00721</v>
-[...1 lines deleted...]
-      <c r="N72" s="15"/>
+        <v>0.00604</v>
+      </c>
+      <c r="N72" s="15">
+        <v>10800</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>10000018478</v>
+        <v>194</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>195</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.00728</v>
+        <v>0.00894</v>
       </c>
       <c r="L73" s="15">
-        <v>0.00631</v>
+        <v>0.0075</v>
       </c>
       <c r="M73" s="15">
-        <v>0.00606</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00721</v>
+      </c>
+      <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="E74" s="15">
-        <v>10000018482</v>
+        <v>10000018478</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.03695</v>
+        <v>0.00728</v>
       </c>
       <c r="L74" s="15">
-        <v>0.01947</v>
+        <v>0.00631</v>
       </c>
       <c r="M74" s="15">
-        <v>0.01898</v>
+        <v>0.00606</v>
       </c>
       <c r="N74" s="15">
-        <v>7017</v>
+        <v>3292</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E75" s="15">
-        <v>10000018483</v>
+        <v>10000018482</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I75" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.02532</v>
+        <v>0.03695</v>
       </c>
       <c r="L75" s="15">
-        <v>0.01659</v>
+        <v>0.01947</v>
       </c>
       <c r="M75" s="15">
-        <v>0.01441</v>
+        <v>0.01898</v>
       </c>
       <c r="N75" s="15">
-        <v>396</v>
+        <v>5204</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>201</v>
+      </c>
+      <c r="E76" s="15">
+        <v>10000018483</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="J76" s="15">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.01304</v>
+        <v>0.02532</v>
       </c>
       <c r="L76" s="15">
-        <v>0.0113</v>
+        <v>0.01659</v>
       </c>
       <c r="M76" s="15">
-        <v>0.01086</v>
+        <v>0.01441</v>
       </c>
       <c r="N76" s="15">
-        <v>1561</v>
+        <v>462</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I77" s="15"/>
+      <c r="I77" s="15" t="s">
+        <v>206</v>
+      </c>
       <c r="J77" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.00563</v>
+        <v>0.01304</v>
       </c>
       <c r="L77" s="15">
-        <v>0.00563</v>
+        <v>0.0113</v>
       </c>
       <c r="M77" s="15">
-        <v>0.00563</v>
+        <v>0.01086</v>
       </c>
       <c r="N77" s="15">
-        <v>10683</v>
+        <v>1321</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>10000018484</v>
+        <v>208</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="J78" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.01188</v>
+        <v>0.00563</v>
       </c>
       <c r="L78" s="15">
-        <v>0.00859</v>
+        <v>0.00563</v>
       </c>
       <c r="M78" s="15">
-        <v>0.0075</v>
-[...1 lines deleted...]
-      <c r="N78" s="15"/>
+        <v>0.00563</v>
+      </c>
+      <c r="N78" s="15">
+        <v>10364</v>
+      </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E79" s="15">
-        <v>10000018485</v>
+        <v>10000018484</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I79" s="15"/>
+      <c r="I79" s="15" t="s">
+        <v>210</v>
+      </c>
       <c r="J79" s="15">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.01017</v>
+        <v>0.01188</v>
       </c>
       <c r="L79" s="15">
-        <v>0.00881</v>
+        <v>0.00859</v>
       </c>
       <c r="M79" s="15">
-        <v>0.00848</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.0075</v>
+      </c>
+      <c r="N79" s="15"/>
+      <c r="O79" s="15"/>
+      <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>207</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>212</v>
+      </c>
+      <c r="E80" s="15">
+        <v>10000018485</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.009860000000000001</v>
+        <v>0.01017</v>
       </c>
       <c r="L80" s="15">
-        <v>0.00554</v>
+        <v>0.00881</v>
       </c>
       <c r="M80" s="15">
-        <v>0.00536</v>
+        <v>0.00848</v>
       </c>
       <c r="N80" s="15">
-        <v>1068</v>
-[...2 lines deleted...]
-      <c r="P80" s="15"/>
+        <v>2012</v>
+      </c>
+      <c r="O80" s="15">
+        <v>4350</v>
+      </c>
+      <c r="P80" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.01232</v>
+        <v>0.009860000000000001</v>
       </c>
       <c r="L81" s="15">
-        <v>0.00592</v>
+        <v>0.00554</v>
       </c>
       <c r="M81" s="15">
-        <v>0.00578</v>
+        <v>0.00536</v>
       </c>
       <c r="N81" s="15">
-        <v>7712</v>
+        <v>1278</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>4000</v>
+        <v>5000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.01724</v>
+        <v>0.01232</v>
       </c>
       <c r="L82" s="15">
-        <v>0.009480000000000001</v>
+        <v>0.00592</v>
       </c>
       <c r="M82" s="15">
-        <v>0.00912</v>
+        <v>0.00578</v>
       </c>
       <c r="N82" s="15">
-        <v>4880</v>
+        <v>7528</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.009860000000000001</v>
+        <v>0.01724</v>
       </c>
       <c r="L83" s="15">
-        <v>0.00481</v>
+        <v>0.009480000000000001</v>
       </c>
       <c r="M83" s="15">
-        <v>0.00465</v>
+        <v>0.00912</v>
       </c>
       <c r="N83" s="15">
-        <v>9209</v>
+        <v>6880</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-        <v>10080055375</v>
+        <v>223</v>
+      </c>
+      <c r="E84" s="15" t="s">
+        <v>224</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.0089</v>
+        <v>0.009860000000000001</v>
       </c>
       <c r="L84" s="15">
-        <v>0.00644</v>
+        <v>0.00481</v>
       </c>
       <c r="M84" s="15">
-        <v>0.00562</v>
+        <v>0.00465</v>
       </c>
       <c r="N84" s="15">
-        <v>12800</v>
+        <v>9320</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="E85" s="15">
-        <v>10000018465</v>
+        <v>10080055375</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.00525</v>
+        <v>0.0089</v>
       </c>
       <c r="L85" s="15">
-        <v>0.00455</v>
+        <v>0.00644</v>
       </c>
       <c r="M85" s="15">
-        <v>0.00438</v>
+        <v>0.00562</v>
       </c>
       <c r="N85" s="15">
-        <v>36</v>
+        <v>15400</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="E86" s="15">
-        <v>10000018466</v>
+        <v>10000018465</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.00602</v>
+        <v>0.00525</v>
       </c>
       <c r="L86" s="15">
-        <v>0.00521</v>
+        <v>0.00455</v>
       </c>
       <c r="M86" s="15">
-        <v>0.00501</v>
+        <v>0.00438</v>
       </c>
       <c r="N86" s="15">
-        <v>1314</v>
+        <v>36</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>230</v>
+      </c>
+      <c r="E87" s="15">
+        <v>10000018466</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.01971</v>
+        <v>0.00602</v>
       </c>
       <c r="L87" s="15">
-        <v>0.00997</v>
+        <v>0.00521</v>
       </c>
       <c r="M87" s="15">
-        <v>0.009650000000000001</v>
-[...1 lines deleted...]
-      <c r="N87" s="15"/>
+        <v>0.00501</v>
+      </c>
+      <c r="N87" s="15">
+        <v>1350</v>
+      </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.02093</v>
+        <v>0.01971</v>
       </c>
       <c r="L88" s="15">
-        <v>0.01755</v>
+        <v>0.00997</v>
       </c>
       <c r="M88" s="15">
-        <v>0.01688</v>
+        <v>0.009650000000000001</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
-        <v>15000</v>
+        <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.0059</v>
+        <v>0.02093</v>
       </c>
       <c r="L89" s="15">
-        <v>0.00511</v>
+        <v>0.01755</v>
       </c>
       <c r="M89" s="15">
-        <v>0.00491</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01688</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>10000018463</v>
+        <v>238</v>
+      </c>
+      <c r="E90" s="15" t="s">
+        <v>239</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I90" s="15"/>
+      <c r="I90" s="15" t="s">
+        <v>240</v>
+      </c>
       <c r="J90" s="15">
-        <v>10000</v>
+        <v>15000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.00593</v>
+        <v>0.0059</v>
       </c>
       <c r="L90" s="15">
-        <v>0.00514</v>
+        <v>0.00511</v>
       </c>
       <c r="M90" s="15">
-        <v>0.00494</v>
+        <v>0.00491</v>
       </c>
       <c r="N90" s="15">
-        <v>2601</v>
+        <v>7400</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>238</v>
+      </c>
+      <c r="E91" s="15">
+        <v>10000018463</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I91" s="15"/>
+      <c r="I91" s="15" t="s">
+        <v>240</v>
+      </c>
       <c r="J91" s="15">
         <v>10000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.009860000000000001</v>
+        <v>0.00593</v>
       </c>
       <c r="L91" s="15">
-        <v>0.00499</v>
+        <v>0.00514</v>
       </c>
       <c r="M91" s="15">
-        <v>0.00482</v>
-[...1 lines deleted...]
-      <c r="N91" s="15"/>
+        <v>0.00494</v>
+      </c>
+      <c r="N91" s="15">
+        <v>2719</v>
+      </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>2000</v>
+        <v>10000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.00594</v>
+        <v>0.009860000000000001</v>
       </c>
       <c r="L92" s="15">
-        <v>0.00515</v>
+        <v>0.00499</v>
       </c>
       <c r="M92" s="15">
-        <v>0.00495</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00482</v>
+      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>10000018471</v>
+        <v>245</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>246</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.00627</v>
+        <v>0.00594</v>
       </c>
       <c r="L93" s="15">
-        <v>0.00543</v>
+        <v>0.00515</v>
       </c>
       <c r="M93" s="15">
-        <v>0.00523</v>
+        <v>0.00495</v>
       </c>
       <c r="N93" s="15">
-        <v>1016</v>
+        <v>640</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>248</v>
+      </c>
+      <c r="E94" s="15">
+        <v>10000018471</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.00693</v>
+        <v>0.00627</v>
       </c>
       <c r="L94" s="15">
-        <v>0.00601</v>
+        <v>0.00543</v>
       </c>
       <c r="M94" s="15">
-        <v>0.00578</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.00523</v>
+      </c>
+      <c r="N94" s="15">
+        <v>861</v>
+      </c>
+      <c r="O94" s="15"/>
+      <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.01682</v>
+        <v>0.00639</v>
       </c>
       <c r="L95" s="15">
-        <v>0.01217</v>
+        <v>0.00554</v>
       </c>
       <c r="M95" s="15">
-        <v>0.01061</v>
-[...5 lines deleted...]
-      <c r="P95" s="15"/>
+        <v>0.00533</v>
+      </c>
+      <c r="N95" s="15"/>
+      <c r="O95" s="15">
+        <v>14600</v>
+      </c>
+      <c r="P95" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>10000018472</v>
+        <v>253</v>
+      </c>
+      <c r="E96" s="15" t="s">
+        <v>254</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I96" s="15"/>
+      <c r="I96" s="15" t="s">
+        <v>255</v>
+      </c>
       <c r="J96" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.009860000000000001</v>
+        <v>0.01682</v>
       </c>
       <c r="L96" s="15">
-        <v>0.008540000000000001</v>
+        <v>0.01217</v>
       </c>
       <c r="M96" s="15">
-        <v>0.00821</v>
+        <v>0.01061</v>
       </c>
       <c r="N96" s="15">
-        <v>405</v>
+        <v>1760</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E97" s="15">
-        <v>10000018468</v>
+        <v>10000018472</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I97" s="15"/>
+      <c r="I97" s="15" t="s">
+        <v>255</v>
+      </c>
       <c r="J97" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.00596</v>
+        <v>0.009860000000000001</v>
       </c>
       <c r="L97" s="15">
-        <v>0.00516</v>
+        <v>0.008540000000000001</v>
       </c>
       <c r="M97" s="15">
-        <v>0.00496</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.00821</v>
+      </c>
+      <c r="N97" s="15">
+        <v>368</v>
+      </c>
+      <c r="O97" s="15"/>
+      <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>257</v>
+      </c>
+      <c r="E98" s="15">
+        <v>10000018468</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.00552</v>
+        <v>0.006</v>
       </c>
       <c r="L98" s="15">
-        <v>0.00478</v>
+        <v>0.0052</v>
       </c>
       <c r="M98" s="15">
-        <v>0.0046</v>
-[...5 lines deleted...]
-      <c r="P98" s="15"/>
+        <v>0.005</v>
+      </c>
+      <c r="N98" s="15"/>
+      <c r="O98" s="15">
+        <v>3800</v>
+      </c>
+      <c r="P98" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>10000018469</v>
+        <v>259</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>260</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I99" s="15"/>
+      <c r="I99" s="15" t="s">
+        <v>261</v>
+      </c>
       <c r="J99" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.00527</v>
+        <v>0.00552</v>
       </c>
       <c r="L99" s="15">
-        <v>0.00456</v>
+        <v>0.00478</v>
       </c>
       <c r="M99" s="15">
-        <v>0.00439</v>
-[...1 lines deleted...]
-      <c r="N99" s="15"/>
+        <v>0.0046</v>
+      </c>
+      <c r="N99" s="15">
+        <v>2732</v>
+      </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="E100" s="15">
-        <v>10000018475</v>
+        <v>10000018469</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I100" s="15"/>
+      <c r="I100" s="15" t="s">
+        <v>261</v>
+      </c>
       <c r="J100" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.0051</v>
+        <v>0.00527</v>
       </c>
       <c r="L100" s="15">
-        <v>0.00442</v>
+        <v>0.00456</v>
       </c>
       <c r="M100" s="15">
-        <v>0.00425</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00439</v>
+      </c>
+      <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
       <c r="E101" s="15">
-        <v>10000018476</v>
+        <v>10000018475</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.01354</v>
+        <v>0.0051</v>
       </c>
       <c r="L101" s="15">
-        <v>0.00787</v>
+        <v>0.00442</v>
       </c>
       <c r="M101" s="15">
-        <v>0.00707</v>
+        <v>0.00425</v>
       </c>
       <c r="N101" s="15">
-        <v>1836</v>
+        <v>80</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="E102" s="15">
-        <v>10000023234</v>
+        <v>10000018476</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.04681</v>
+        <v>0.01354</v>
       </c>
       <c r="L102" s="15">
-        <v>0.02352</v>
+        <v>0.00787</v>
       </c>
       <c r="M102" s="15">
-        <v>0.02302</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.00707</v>
+      </c>
+      <c r="N102" s="15">
+        <v>1315</v>
+      </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>267</v>
+      </c>
+      <c r="E103" s="15">
+        <v>10000023234</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I103" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.01058</v>
+        <v>0.04681</v>
       </c>
       <c r="L103" s="15">
-        <v>0.009169999999999999</v>
+        <v>0.02352</v>
       </c>
       <c r="M103" s="15">
-        <v>0.00881</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02302</v>
+      </c>
+      <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>39</v>
       </c>
-      <c r="I104" s="15"/>
+      <c r="I104" s="15" t="s">
+        <v>271</v>
+      </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.0176</v>
+        <v>0.01058</v>
       </c>
       <c r="L104" s="15">
-        <v>0.01273</v>
+        <v>0.009169999999999999</v>
       </c>
       <c r="M104" s="15">
-        <v>0.01111</v>
+        <v>0.00881</v>
       </c>
       <c r="N104" s="15">
-        <v>682</v>
+        <v>5760</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>10000018473</v>
+        <v>273</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>274</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.0108</v>
+        <v>0.0176</v>
       </c>
       <c r="L105" s="15">
-        <v>0.00936</v>
+        <v>0.01273</v>
       </c>
       <c r="M105" s="15">
-        <v>0.008999999999999999</v>
+        <v>0.01111</v>
       </c>
       <c r="N105" s="15">
-        <v>2842</v>
+        <v>778</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>276</v>
+      </c>
+      <c r="E106" s="15">
+        <v>10000018473</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>5000</v>
+        <v>10000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.00817</v>
+        <v>0.0108</v>
       </c>
       <c r="L106" s="15">
-        <v>0.00684</v>
+        <v>0.00936</v>
       </c>
       <c r="M106" s="15">
-        <v>0.00659</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="N106" s="15">
+        <v>3533</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>10000018474</v>
+        <v>278</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.01067</v>
+        <v>0.00817</v>
       </c>
       <c r="L107" s="15">
-        <v>0.00924</v>
+        <v>0.00684</v>
       </c>
       <c r="M107" s="15">
-        <v>0.00889</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00659</v>
+      </c>
+      <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="E108" s="15">
-        <v>10080071864</v>
+        <v>10000018474</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>5000</v>
       </c>
       <c r="K108" s="15">
-        <v>0.00495</v>
+        <v>0.01067</v>
       </c>
       <c r="L108" s="15">
-        <v>0.00429</v>
+        <v>0.00924</v>
       </c>
       <c r="M108" s="15">
-        <v>0.00413</v>
+        <v>0.00889</v>
       </c>
       <c r="N108" s="15">
-        <v>1037</v>
+        <v>3500</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="E109" s="15">
-        <v>10080032272</v>
+        <v>10080071864</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>5000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.06507</v>
+        <v>0.00495</v>
       </c>
       <c r="L109" s="15">
-        <v>0.05639</v>
+        <v>0.00429</v>
       </c>
       <c r="M109" s="15">
-        <v>0.05423</v>
+        <v>0.00413</v>
       </c>
       <c r="N109" s="15">
-        <v>7200</v>
+        <v>1309</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>131</v>
+        <v>284</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="E110" s="15">
-        <v>10080070515</v>
+        <v>10080032272</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15"/>
+      <c r="J110" s="15">
+        <v>5000</v>
+      </c>
       <c r="K110" s="15">
-        <v>0.01781</v>
+        <v>0.06507</v>
       </c>
       <c r="L110" s="15">
-        <v>0.01034</v>
+        <v>0.05639</v>
       </c>
       <c r="M110" s="15">
-        <v>0.00932</v>
-[...1 lines deleted...]
-      <c r="N110" s="15"/>
+        <v>0.05423</v>
+      </c>
+      <c r="N110" s="15">
+        <v>6200</v>
+      </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>277</v>
+        <v>136</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="E111" s="15">
-        <v>10080050608</v>
+        <v>10080070515</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>279</v>
-[...4 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="I111" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>2.57</v>
+        <v>0.01781</v>
       </c>
       <c r="L111" s="15">
-        <v>2.1</v>
+        <v>0.01034</v>
       </c>
       <c r="M111" s="15">
-        <v>2.02</v>
+        <v>0.00932</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="E112" s="15">
-        <v>10080034091</v>
+        <v>10080050608</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>289</v>
+      </c>
+      <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>2000</v>
+        <v>100</v>
       </c>
       <c r="K112" s="15">
-        <v>0.03732</v>
+        <v>2.57</v>
       </c>
       <c r="L112" s="15">
-        <v>0.03234</v>
+        <v>2.1</v>
       </c>
       <c r="M112" s="15">
-        <v>0.0311</v>
+        <v>2.02</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>281</v>
-[...2 lines deleted...]
-        <v>283</v>
+        <v>291</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080034091</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="J113" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.03894</v>
+        <v>0.03732</v>
       </c>
       <c r="L113" s="15">
-        <v>0.03375</v>
+        <v>0.03234</v>
       </c>
       <c r="M113" s="15">
-        <v>0.03245</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.0311</v>
+      </c>
+      <c r="N113" s="15"/>
+      <c r="O113" s="15"/>
+      <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
-      <c r="B114" s="14"/>
-[...2 lines deleted...]
-      <c r="E114" s="15"/>
+      <c r="B114" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>293</v>
+      </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
-      <c r="H114" s="15"/>
-[...7 lines deleted...]
-      <c r="P114" s="15"/>
+      <c r="H114" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="I114" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="J114" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K114" s="15">
+        <v>0.03894</v>
+      </c>
+      <c r="L114" s="15">
+        <v>0.03375</v>
+      </c>
+      <c r="M114" s="15">
+        <v>0.03245</v>
+      </c>
+      <c r="N114" s="15">
+        <v>7595</v>
+      </c>
+      <c r="O114" s="15">
+        <v>8900</v>
+      </c>
+      <c r="P114" s="15" t="s">
+        <v>99</v>
+      </c>
       <c r="Q114" s="15"/>
+      <c r="R114"/>
+    </row>
+    <row r="115" spans="1:18">
+      <c r="B115" s="14"/>
+      <c r="C115" s="15"/>
+      <c r="D115" s="15"/>
+      <c r="E115" s="15"/>
+      <c r="F115" s="15"/>
+      <c r="G115" s="15"/>
+      <c r="H115" s="15"/>
+      <c r="I115" s="15"/>
+      <c r="J115" s="15"/>
+      <c r="K115" s="15"/>
+      <c r="L115" s="15"/>
+      <c r="M115" s="15"/>
+      <c r="N115" s="15"/>
+      <c r="O115" s="15"/>
+      <c r="P115" s="15"/>
+      <c r="Q115" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -5819,317 +5916,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>