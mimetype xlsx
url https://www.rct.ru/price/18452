--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -622,63 +622,63 @@
   <si>
     <t>OD=6.3мм ID=3.5мм h=6мм (Nylon 66 UL94V-2) / LDH13-3.5-6.0 (L-KLS8-0113A-LED-6.0)</t>
   </si>
   <si>
     <t>UT-00149298</t>
   </si>
   <si>
     <t>L-KLS8-0113A-LED-7.5</t>
   </si>
   <si>
     <t>OD=6.3мм ID=3.5мм h=7.5мм (Nylon 66 UL94V-2) / LDH13-3.5-7.5 (L-KLS8-0113A-LED-7.5)</t>
   </si>
   <si>
     <t>KLS8-0117-3mm</t>
   </si>
   <si>
     <t>3mm из 2частей / LDH17-3 (KLS8-0117-3mm)</t>
   </si>
   <si>
     <t>KLS8-0117-5mm</t>
   </si>
   <si>
     <t>5mm из 2частей / LDH17-5 (KLS8-0117-5mm)</t>
   </si>
   <si>
-    <t xml:space="preserve">CB-55 KINGBRIGHT, L-KLS8-0117-5 KLS, </t>
+    <t xml:space="preserve">CB-55 , L-KLS8-0117-5 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0117-5</t>
   </si>
   <si>
     <t>5mm из 2частей / LDH17-5 (L-KLS8-0117-5)</t>
   </si>
   <si>
     <t>UT-00118362</t>
   </si>
   <si>
-    <t xml:space="preserve">CB-55 KINGBRIGHT, KLS8-0117-5mm KLS, </t>
+    <t xml:space="preserve">CB-55 , KLS8-0117-5mm KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0118-3</t>
   </si>
   <si>
     <t>3mm / LDH18-3 (L-KLS8-0118-3)</t>
   </si>
   <si>
     <t>UT-00128591</t>
   </si>
   <si>
     <t xml:space="preserve">RTC-31 KINGBRIGHT, L-KLS8-0118-3 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0118-5</t>
   </si>
   <si>
     <t>5mm / LDH18-5 (KLS8-0118-5)</t>
   </si>
   <si>
     <t>KLS8-0102-10</t>
   </si>
   <si>
     <t>4.5mm 10.00mm / LDH2-4.5-10</t>
   </si>
@@ -1884,51 +1884,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080069160</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.00606</v>
       </c>
       <c r="M13" s="15">
         <v>0.00527</v>
       </c>
       <c r="N13" s="15">
-        <v>597</v>
+        <v>641</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080069780</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
@@ -1958,51 +1958,51 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080070236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2500</v>
       </c>
       <c r="K15" s="15">
         <v>0.03181</v>
       </c>
       <c r="L15" s="15">
         <v>0.02651</v>
       </c>
       <c r="M15" s="15">
         <v>0.02544</v>
       </c>
       <c r="N15" s="15">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080057330</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
@@ -2223,51 +2223,51 @@
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080054971</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01203</v>
       </c>
       <c r="L22" s="15">
         <v>0.008630000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.00749</v>
       </c>
       <c r="N22" s="15">
-        <v>10404</v>
+        <v>12699</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="15"/>
@@ -2373,90 +2373,90 @@
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.00658</v>
       </c>
       <c r="M26" s="15">
         <v>0.00574</v>
       </c>
       <c r="N26" s="15">
-        <v>4623</v>
+        <v>5589</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>20000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0095</v>
       </c>
       <c r="L27" s="15">
         <v>0.0064</v>
       </c>
       <c r="M27" s="15">
         <v>0.00579</v>
       </c>
       <c r="N27" s="15">
-        <v>280</v>
+        <v>264</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I28" s="15"/>
@@ -2605,132 +2605,132 @@
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01093</v>
       </c>
       <c r="L32" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="M32" s="15">
         <v>0.00881</v>
       </c>
       <c r="N32" s="15">
-        <v>420</v>
+        <v>497</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>3000</v>
       </c>
       <c r="K33" s="15">
         <v>0.01221</v>
       </c>
       <c r="L33" s="15">
         <v>0.01025</v>
       </c>
       <c r="M33" s="15">
         <v>0.00984</v>
       </c>
       <c r="N33" s="15">
-        <v>1672</v>
+        <v>1311</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E34" s="15">
         <v>10080042856</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>15000</v>
       </c>
       <c r="K34" s="15">
         <v>0.00669</v>
       </c>
       <c r="L34" s="15">
         <v>0.0058</v>
       </c>
       <c r="M34" s="15">
         <v>0.00558</v>
       </c>
       <c r="N34" s="15">
-        <v>5980</v>
+        <v>3987</v>
       </c>
       <c r="O34" s="15">
-        <v>4500</v>
+        <v>3000</v>
       </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E35" s="15">
         <v>10080042857</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>94</v>
@@ -2765,133 +2765,131 @@
       </c>
       <c r="E36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="J36" s="15">
         <v>10000</v>
       </c>
       <c r="K36" s="15">
         <v>0.00612</v>
       </c>
       <c r="L36" s="15">
         <v>0.0053</v>
       </c>
       <c r="M36" s="15">
         <v>0.0051</v>
       </c>
       <c r="N36" s="15">
-        <v>19168</v>
+        <v>12468</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>10000</v>
       </c>
       <c r="K37" s="15">
         <v>0.00635</v>
       </c>
       <c r="L37" s="15">
         <v>0.0055</v>
       </c>
       <c r="M37" s="15">
         <v>0.00529</v>
       </c>
-      <c r="N37" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N37" s="15"/>
       <c r="O37" s="15">
-        <v>12600</v>
+        <v>13400</v>
       </c>
       <c r="P37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>10000</v>
       </c>
       <c r="K38" s="15">
         <v>0.00675</v>
       </c>
       <c r="L38" s="15">
         <v>0.00585</v>
       </c>
       <c r="M38" s="15">
         <v>0.00563</v>
       </c>
       <c r="N38" s="15">
-        <v>8599</v>
+        <v>11277</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080073138</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I39" s="15"/>
@@ -2923,287 +2921,287 @@
       <c r="D40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>5000</v>
       </c>
       <c r="K40" s="15">
         <v>0.00662</v>
       </c>
       <c r="L40" s="15">
         <v>0.00573</v>
       </c>
       <c r="M40" s="15">
         <v>0.00551</v>
       </c>
       <c r="N40" s="15">
-        <v>160</v>
+        <v>140</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E41" s="15">
         <v>10080069849</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
         <v>0.00705</v>
       </c>
       <c r="L41" s="15">
         <v>0.00611</v>
       </c>
       <c r="M41" s="15">
         <v>0.00588</v>
       </c>
       <c r="N41" s="15">
-        <v>28480</v>
+        <v>24640</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
         <v>0.00659</v>
       </c>
       <c r="L42" s="15">
         <v>0.00571</v>
       </c>
       <c r="M42" s="15">
         <v>0.00549</v>
       </c>
       <c r="N42" s="15">
-        <v>3850</v>
+        <v>3450</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15">
         <v>10080043009</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>10000</v>
       </c>
       <c r="K43" s="15">
         <v>0.00695</v>
       </c>
       <c r="L43" s="15">
         <v>0.00602</v>
       </c>
       <c r="M43" s="15">
         <v>0.00579</v>
       </c>
       <c r="N43" s="15">
-        <v>12506</v>
+        <v>11218</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080057646</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>10000</v>
       </c>
       <c r="K44" s="15">
         <v>0.00639</v>
       </c>
       <c r="L44" s="15">
         <v>0.00554</v>
       </c>
       <c r="M44" s="15">
         <v>0.00533</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>8700</v>
+        <v>6300</v>
       </c>
       <c r="P44" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>10000</v>
       </c>
       <c r="K45" s="15">
         <v>0.00695</v>
       </c>
       <c r="L45" s="15">
         <v>0.00602</v>
       </c>
       <c r="M45" s="15">
         <v>0.00579</v>
       </c>
       <c r="N45" s="15">
-        <v>6000</v>
+        <v>6240</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.00684</v>
       </c>
       <c r="L46" s="15">
         <v>0.00593</v>
       </c>
       <c r="M46" s="15">
         <v>0.0057</v>
       </c>
       <c r="N46" s="15">
-        <v>7389</v>
+        <v>7122</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
@@ -3235,51 +3233,51 @@
       <c r="D48" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.13805</v>
       </c>
       <c r="L48" s="15">
         <v>0.09988</v>
       </c>
       <c r="M48" s="15">
         <v>0.08716</v>
       </c>
       <c r="N48" s="15">
-        <v>1540</v>
+        <v>1280</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>5000</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
@@ -3308,63 +3306,63 @@
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080032271</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.07979</v>
+        <v>0.08103</v>
       </c>
       <c r="L50" s="15">
-        <v>0.06915</v>
+        <v>0.07023</v>
       </c>
       <c r="M50" s="15">
-        <v>0.06648999999999999</v>
+        <v>0.06753000000000001</v>
       </c>
       <c r="N50" s="15">
         <v>2</v>
       </c>
       <c r="O50" s="15">
-        <v>37200</v>
+        <v>47400</v>
       </c>
       <c r="P50" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080034447</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
@@ -3399,254 +3397,252 @@
       <c r="D52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E52" s="15">
         <v>10000018486</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.00563</v>
       </c>
       <c r="L52" s="15">
         <v>0.00488</v>
       </c>
       <c r="M52" s="15">
         <v>0.00469</v>
       </c>
       <c r="N52" s="15">
-        <v>3792</v>
+        <v>3337</v>
       </c>
       <c r="O52" s="15">
-        <v>3750</v>
+        <v>3300</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E53" s="15">
         <v>10000018487</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.00606</v>
       </c>
       <c r="L53" s="15">
         <v>0.00525</v>
       </c>
       <c r="M53" s="15">
         <v>0.00505</v>
       </c>
       <c r="N53" s="15">
-        <v>61251</v>
+        <v>51541</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.0165</v>
       </c>
       <c r="L54" s="15">
         <v>0.0143</v>
       </c>
       <c r="M54" s="15">
         <v>0.01375</v>
       </c>
       <c r="N54" s="15">
-        <v>2800</v>
+        <v>3320</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10000018488</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02237</v>
       </c>
       <c r="L55" s="15">
         <v>0.01598</v>
       </c>
       <c r="M55" s="15">
         <v>0.01438</v>
       </c>
       <c r="N55" s="15">
-        <v>6183</v>
+        <v>5307</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E56" s="15">
         <v>10000018455</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
         <v>0.00563</v>
       </c>
       <c r="L56" s="15">
         <v>0.00488</v>
       </c>
       <c r="M56" s="15">
         <v>0.00469</v>
       </c>
-      <c r="N56" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E57" s="15">
         <v>10000018456</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10000</v>
       </c>
       <c r="K57" s="15">
         <v>0.00615</v>
       </c>
       <c r="L57" s="15">
         <v>0.00533</v>
       </c>
       <c r="M57" s="15">
         <v>0.00513</v>
       </c>
       <c r="N57" s="15">
-        <v>3016</v>
+        <v>2334</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
@@ -3789,51 +3785,51 @@
       <c r="D62" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E62" s="15">
         <v>10000018457</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01971</v>
       </c>
       <c r="L62" s="15">
         <v>0.01022</v>
       </c>
       <c r="M62" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="N62" s="15">
-        <v>3660</v>
+        <v>4380</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="15"/>
@@ -3865,129 +3861,129 @@
       <c r="D64" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E64" s="15">
         <v>10000018453</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10000</v>
       </c>
       <c r="K64" s="15">
         <v>0.00588</v>
       </c>
       <c r="L64" s="15">
         <v>0.0051</v>
       </c>
       <c r="M64" s="15">
         <v>0.0049</v>
       </c>
       <c r="N64" s="15">
-        <v>10228</v>
+        <v>8628</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E65" s="15">
         <v>10000018454</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01354</v>
       </c>
       <c r="L65" s="15">
         <v>0.00787</v>
       </c>
       <c r="M65" s="15">
         <v>0.00707</v>
       </c>
       <c r="N65" s="15">
-        <v>1733</v>
+        <v>1395</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00617</v>
       </c>
       <c r="L66" s="15">
         <v>0.00534</v>
       </c>
       <c r="M66" s="15">
         <v>0.00514</v>
       </c>
       <c r="N66" s="15">
-        <v>936</v>
+        <v>1193</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E67" s="15">
         <v>10080073206</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
@@ -4056,170 +4052,170 @@
       </c>
       <c r="E69" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.02217</v>
       </c>
       <c r="L69" s="15">
         <v>0.01145</v>
       </c>
       <c r="M69" s="15">
         <v>0.01107</v>
       </c>
       <c r="N69" s="15">
-        <v>816</v>
+        <v>672</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.00756</v>
       </c>
       <c r="L70" s="15">
         <v>0.00655</v>
       </c>
       <c r="M70" s="15">
         <v>0.0063</v>
       </c>
       <c r="N70" s="15">
-        <v>1580</v>
+        <v>1520</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.02956</v>
       </c>
       <c r="L71" s="15">
         <v>0.01551</v>
       </c>
       <c r="M71" s="15">
         <v>0.01502</v>
       </c>
       <c r="N71" s="15">
-        <v>4723</v>
+        <v>5576</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E72" s="15">
         <v>10000018477</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10000</v>
       </c>
       <c r="K72" s="15">
         <v>0.00725</v>
       </c>
       <c r="L72" s="15">
         <v>0.00628</v>
       </c>
       <c r="M72" s="15">
         <v>0.00604</v>
       </c>
       <c r="N72" s="15">
-        <v>10800</v>
+        <v>10200</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
@@ -4251,213 +4247,213 @@
       <c r="D74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E74" s="15">
         <v>10000018478</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>2000</v>
       </c>
       <c r="K74" s="15">
         <v>0.00728</v>
       </c>
       <c r="L74" s="15">
         <v>0.00631</v>
       </c>
       <c r="M74" s="15">
         <v>0.00606</v>
       </c>
       <c r="N74" s="15">
-        <v>3292</v>
+        <v>3824</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E75" s="15">
         <v>10000018482</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.03695</v>
       </c>
       <c r="L75" s="15">
         <v>0.01947</v>
       </c>
       <c r="M75" s="15">
         <v>0.01898</v>
       </c>
       <c r="N75" s="15">
-        <v>5204</v>
+        <v>6702</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E76" s="15">
         <v>10000018483</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>202</v>
       </c>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.02532</v>
       </c>
       <c r="L76" s="15">
         <v>0.01659</v>
       </c>
       <c r="M76" s="15">
         <v>0.01441</v>
       </c>
       <c r="N76" s="15">
-        <v>462</v>
+        <v>407</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J77" s="15">
         <v>4000</v>
       </c>
       <c r="K77" s="15">
         <v>0.01304</v>
       </c>
       <c r="L77" s="15">
         <v>0.0113</v>
       </c>
       <c r="M77" s="15">
         <v>0.01086</v>
       </c>
       <c r="N77" s="15">
-        <v>1321</v>
+        <v>945</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>210</v>
       </c>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
         <v>0.00563</v>
       </c>
       <c r="L78" s="15">
         <v>0.00563</v>
       </c>
       <c r="M78" s="15">
         <v>0.00563</v>
       </c>
       <c r="N78" s="15">
-        <v>10364</v>
+        <v>11161</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E79" s="15">
         <v>10000018484</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I79" s="15" t="s">
@@ -4491,133 +4487,133 @@
       <c r="D80" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E80" s="15">
         <v>10000018485</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01017</v>
       </c>
       <c r="L80" s="15">
         <v>0.00881</v>
       </c>
       <c r="M80" s="15">
         <v>0.00848</v>
       </c>
       <c r="N80" s="15">
-        <v>2012</v>
+        <v>1503</v>
       </c>
       <c r="O80" s="15">
-        <v>4350</v>
+        <v>3250</v>
       </c>
       <c r="P80" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>10000</v>
       </c>
       <c r="K81" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L81" s="15">
         <v>0.00554</v>
       </c>
       <c r="M81" s="15">
         <v>0.00536</v>
       </c>
       <c r="N81" s="15">
-        <v>1278</v>
+        <v>1243</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>5000</v>
       </c>
       <c r="K82" s="15">
         <v>0.01232</v>
       </c>
       <c r="L82" s="15">
         <v>0.00592</v>
       </c>
       <c r="M82" s="15">
         <v>0.00578</v>
       </c>
       <c r="N82" s="15">
-        <v>7528</v>
+        <v>6335</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
@@ -4651,90 +4647,90 @@
       <c r="D84" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L84" s="15">
         <v>0.00481</v>
       </c>
       <c r="M84" s="15">
         <v>0.00465</v>
       </c>
       <c r="N84" s="15">
-        <v>9320</v>
+        <v>8322</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E85" s="15">
         <v>10080055375</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0089</v>
       </c>
       <c r="L85" s="15">
         <v>0.00644</v>
       </c>
       <c r="M85" s="15">
         <v>0.00562</v>
       </c>
       <c r="N85" s="15">
-        <v>15400</v>
+        <v>12200</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E86" s="15">
         <v>10000018465</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
@@ -4768,51 +4764,51 @@
       <c r="D87" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E87" s="15">
         <v>10000018466</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00602</v>
       </c>
       <c r="L87" s="15">
         <v>0.00521</v>
       </c>
       <c r="M87" s="15">
         <v>0.00501</v>
       </c>
       <c r="N87" s="15">
-        <v>1350</v>
+        <v>1332</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
@@ -4883,92 +4879,92 @@
       </c>
       <c r="E90" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J90" s="15">
         <v>15000</v>
       </c>
       <c r="K90" s="15">
         <v>0.0059</v>
       </c>
       <c r="L90" s="15">
         <v>0.00511</v>
       </c>
       <c r="M90" s="15">
         <v>0.00491</v>
       </c>
       <c r="N90" s="15">
-        <v>7400</v>
+        <v>5696</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E91" s="15">
         <v>10000018463</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J91" s="15">
         <v>10000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00593</v>
       </c>
       <c r="L91" s="15">
         <v>0.00514</v>
       </c>
       <c r="M91" s="15">
         <v>0.00494</v>
       </c>
       <c r="N91" s="15">
-        <v>2719</v>
+        <v>652</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I92" s="15"/>
@@ -5000,295 +4996,291 @@
       <c r="D93" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>2000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00594</v>
       </c>
       <c r="L93" s="15">
         <v>0.00515</v>
       </c>
       <c r="M93" s="15">
         <v>0.00495</v>
       </c>
       <c r="N93" s="15">
-        <v>640</v>
+        <v>890</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E94" s="15">
         <v>10000018471</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00627</v>
       </c>
       <c r="L94" s="15">
         <v>0.00543</v>
       </c>
       <c r="M94" s="15">
         <v>0.00523</v>
       </c>
       <c r="N94" s="15">
-        <v>861</v>
+        <v>885</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>5000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00639</v>
       </c>
       <c r="L95" s="15">
         <v>0.00554</v>
       </c>
       <c r="M95" s="15">
         <v>0.00533</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15">
-        <v>14600</v>
+        <v>12000</v>
       </c>
       <c r="P95" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.01682</v>
       </c>
       <c r="L96" s="15">
         <v>0.01217</v>
       </c>
       <c r="M96" s="15">
         <v>0.01061</v>
       </c>
-      <c r="N96" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E97" s="15">
         <v>10000018472</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L97" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M97" s="15">
         <v>0.00821</v>
       </c>
-      <c r="N97" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E98" s="15">
         <v>10000018468</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
         <v>0.006</v>
       </c>
       <c r="L98" s="15">
         <v>0.0052</v>
       </c>
       <c r="M98" s="15">
         <v>0.005</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>3800</v>
+        <v>4350</v>
       </c>
       <c r="P98" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00552</v>
       </c>
       <c r="L99" s="15">
         <v>0.00478</v>
       </c>
       <c r="M99" s="15">
         <v>0.0046</v>
       </c>
       <c r="N99" s="15">
-        <v>2732</v>
+        <v>2656</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E100" s="15">
         <v>10000018469</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I100" s="15" t="s">
@@ -5321,91 +5313,89 @@
       </c>
       <c r="D101" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E101" s="15">
         <v>10000018475</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.0051</v>
       </c>
       <c r="L101" s="15">
         <v>0.00442</v>
       </c>
       <c r="M101" s="15">
         <v>0.00425</v>
       </c>
-      <c r="N101" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E102" s="15">
         <v>10000018476</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
         <v>0.01354</v>
       </c>
       <c r="L102" s="15">
         <v>0.00787</v>
       </c>
       <c r="M102" s="15">
         <v>0.00707</v>
       </c>
       <c r="N102" s="15">
-        <v>1315</v>
+        <v>1544</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E103" s="15">
         <v>10000023234</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I103" s="15"/>
@@ -5439,129 +5429,129 @@
       </c>
       <c r="E104" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>271</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.01058</v>
       </c>
       <c r="L104" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.00881</v>
       </c>
       <c r="N104" s="15">
-        <v>5760</v>
+        <v>6960</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0176</v>
       </c>
       <c r="L105" s="15">
         <v>0.01273</v>
       </c>
       <c r="M105" s="15">
         <v>0.01111</v>
       </c>
       <c r="N105" s="15">
-        <v>778</v>
+        <v>586</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>275</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E106" s="15">
         <v>10000018473</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>10000</v>
       </c>
       <c r="K106" s="15">
         <v>0.0108</v>
       </c>
       <c r="L106" s="15">
         <v>0.00936</v>
       </c>
       <c r="M106" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N106" s="15">
-        <v>3533</v>
+        <v>2761</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I107" s="15"/>
@@ -5632,90 +5622,90 @@
       <c r="D109" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E109" s="15">
         <v>10080071864</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>5000</v>
       </c>
       <c r="K109" s="15">
         <v>0.00495</v>
       </c>
       <c r="L109" s="15">
         <v>0.00429</v>
       </c>
       <c r="M109" s="15">
         <v>0.00413</v>
       </c>
       <c r="N109" s="15">
-        <v>1309</v>
+        <v>1190</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E110" s="15">
         <v>10080032272</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>5000</v>
       </c>
       <c r="K110" s="15">
         <v>0.06507</v>
       </c>
       <c r="L110" s="15">
         <v>0.05639</v>
       </c>
       <c r="M110" s="15">
         <v>0.05423</v>
       </c>
       <c r="N110" s="15">
-        <v>6200</v>
+        <v>8700</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E111" s="15">
         <v>10080070515</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I111" s="15" t="s">
@@ -5825,54 +5815,54 @@
       </c>
       <c r="E114" s="15" t="s">
         <v>293</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>294</v>
       </c>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.03894</v>
       </c>
       <c r="L114" s="15">
         <v>0.03375</v>
       </c>
       <c r="M114" s="15">
         <v>0.03245</v>
       </c>
       <c r="N114" s="15">
-        <v>7595</v>
+        <v>5650</v>
       </c>
       <c r="O114" s="15">
-        <v>8900</v>
+        <v>7500</v>
       </c>
       <c r="P114" s="15" t="s">
         <v>99</v>
       </c>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15"/>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15"/>
       <c r="L115" s="15"/>
       <c r="M115" s="15"/>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
     </row>