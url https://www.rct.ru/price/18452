--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="322">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -313,69 +313,66 @@
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=2.0mm / L-KLS8-0114A-LED-2</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-3</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=3.0mm / L-KLS8-0114A-LED-3</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0114A-LED-3 KLS, </t>
   </si>
   <si>
     <t>UT-00128905</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-4</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=4.0mm / L-KLS8-0114A-LED-4</t>
   </si>
   <si>
     <t>UT-00090951</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0114A-LED-5</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=5.0mm / L-KLS8-0114A-LED-5</t>
   </si>
   <si>
     <t>10-00057107</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-6</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=6.0mm / L-KLS8-0114A-LED-6</t>
   </si>
   <si>
-    <t>18.05.2026</t>
+    <t>19.05.2026</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-7</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=7.0mm / L-KLS8-0114A-LED-7</t>
   </si>
   <si>
     <t>10-00057151</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-8</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=8.0mm / L-KLS8-0114A-LED-8</t>
   </si>
   <si>
     <t>L-KLS8-0114A-LED-9</t>
   </si>
   <si>
     <t>втулка под LED; OD=7mm; ID=3.2mm; L=9.0mm / L-KLS8-0114A-LED-9</t>
   </si>
   <si>
     <t>UT-00147388</t>
   </si>
@@ -463,50 +460,53 @@
   <si>
     <t>L-KLS8-0120-LED-3</t>
   </si>
   <si>
     <t>LDH-20 (L-KLS8-0120-LED-3)</t>
   </si>
   <si>
     <t>L-KLS8-0121-LED-3</t>
   </si>
   <si>
     <t>LDH-21 (L-KLS8-0121-LED-3)</t>
   </si>
   <si>
     <t>UT-00148616</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0121-LED-3 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-10.0</t>
   </si>
   <si>
     <t>4.0mm 10.00mm / LDH1-4.0-10 (L-KLS8-0101-LED-10.0)</t>
   </si>
   <si>
+    <t>28.06.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0101-LED-12.5</t>
   </si>
   <si>
     <t>4.0mm 12.50mm / LDH1-4.0-12.5</t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-14.0</t>
   </si>
   <si>
     <t>4.0mm 14.00mm / LDH1-4.0-14.0 (L-KLS8-0101-LED-14.0)</t>
   </si>
   <si>
     <t>UT-00098015</t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-19.0</t>
   </si>
   <si>
     <t>4.0mm 19.00mm / LDH1-4.0-19.0 (L-KLS8-0101-LED-19.0)</t>
   </si>
   <si>
     <t>UT-00094979</t>
   </si>
   <si>
     <t>L-KLS8-0101-LED-2.0</t>
@@ -782,50 +782,53 @@
     <t>L-KLS8-0107-LED-12.5</t>
   </si>
   <si>
     <t>4.0mm 12.50mm / LDH7-4.0-12.5 (L-KLS8-0107-LED-12.5)</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-15</t>
   </si>
   <si>
     <t>4.0mm 15.0mm / LDH7-4.0-15 (L-KLS8-0107-LED-15)</t>
   </si>
   <si>
     <t>UT-00135086</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-23</t>
   </si>
   <si>
     <t>4.0mm 23.00mm / LDH7-4.0-23 (L-KLS8-0107-LED-23)</t>
   </si>
   <si>
     <t>UT-00134742</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0107-LED-23 KLS, </t>
+  </si>
+  <si>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-5</t>
   </si>
   <si>
     <t>4.0mm 5.00mm / LDH7-4.0-5.0 (L-KLS8-0107-LED-5)</t>
   </si>
   <si>
     <t>L-KLS8-0107-LED-7.5</t>
   </si>
   <si>
     <t>4.0mm 7.50mm / LDH7-4.0-7.5 (L-KLS8-0107-LED-7.5)</t>
   </si>
   <si>
     <t>UT-00134743</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0107-LED-7.5 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0109-LED-10</t>
   </si>
   <si>
     <t>4.5mm 10.0mm / LDH9-4.5-10 (L-KLS8-0109-LED-10)</t>
   </si>
@@ -1884,51 +1887,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080069160</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L13" s="15">
         <v>0.00606</v>
       </c>
       <c r="M13" s="15">
         <v>0.00527</v>
       </c>
       <c r="N13" s="15">
-        <v>641</v>
+        <v>704</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080069780</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I14" s="15"/>
@@ -1958,51 +1961,51 @@
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10080070236</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2500</v>
       </c>
       <c r="K15" s="15">
         <v>0.03181</v>
       </c>
       <c r="L15" s="15">
         <v>0.02651</v>
       </c>
       <c r="M15" s="15">
         <v>0.02544</v>
       </c>
       <c r="N15" s="15">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080057330</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I16" s="15"/>
@@ -2223,51 +2226,51 @@
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080054971</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01203</v>
       </c>
       <c r="L22" s="15">
         <v>0.008630000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.00749</v>
       </c>
       <c r="N22" s="15">
-        <v>12699</v>
+        <v>10404</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I23" s="15"/>
@@ -2373,90 +2376,90 @@
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>10000</v>
       </c>
       <c r="K26" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.00658</v>
       </c>
       <c r="M26" s="15">
         <v>0.00574</v>
       </c>
       <c r="N26" s="15">
-        <v>5589</v>
+        <v>4371</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>20000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0095</v>
       </c>
       <c r="L27" s="15">
         <v>0.0064</v>
       </c>
       <c r="M27" s="15">
         <v>0.00579</v>
       </c>
       <c r="N27" s="15">
-        <v>264</v>
+        <v>216</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I28" s="15"/>
@@ -2529,51 +2532,51 @@
       </c>
       <c r="E30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.00612</v>
       </c>
       <c r="L30" s="15">
         <v>0.0053</v>
       </c>
       <c r="M30" s="15">
         <v>0.0051</v>
       </c>
       <c r="N30" s="15">
-        <v>2730</v>
+        <v>2964</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="15"/>
@@ -2605,132 +2608,132 @@
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01093</v>
       </c>
       <c r="L32" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="M32" s="15">
         <v>0.00881</v>
       </c>
       <c r="N32" s="15">
-        <v>497</v>
+        <v>477</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>3000</v>
       </c>
       <c r="K33" s="15">
         <v>0.01221</v>
       </c>
       <c r="L33" s="15">
         <v>0.01025</v>
       </c>
       <c r="M33" s="15">
         <v>0.00984</v>
       </c>
       <c r="N33" s="15">
-        <v>1311</v>
+        <v>1501</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E34" s="15">
         <v>10080042856</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>15000</v>
       </c>
       <c r="K34" s="15">
         <v>0.00669</v>
       </c>
       <c r="L34" s="15">
         <v>0.0058</v>
       </c>
       <c r="M34" s="15">
         <v>0.00558</v>
       </c>
       <c r="N34" s="15">
-        <v>3987</v>
+        <v>5581</v>
       </c>
       <c r="O34" s="15">
-        <v>3000</v>
+        <v>4200</v>
       </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E35" s="15">
         <v>10080042857</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>94</v>
@@ -2765,884 +2768,878 @@
       </c>
       <c r="E36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>94</v>
       </c>
       <c r="J36" s="15">
         <v>10000</v>
       </c>
       <c r="K36" s="15">
         <v>0.00612</v>
       </c>
       <c r="L36" s="15">
         <v>0.0053</v>
       </c>
       <c r="M36" s="15">
         <v>0.0051</v>
       </c>
       <c r="N36" s="15">
-        <v>12468</v>
+        <v>9042</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>10000</v>
       </c>
       <c r="K37" s="15">
         <v>0.00635</v>
       </c>
       <c r="L37" s="15">
         <v>0.0055</v>
       </c>
       <c r="M37" s="15">
         <v>0.00529</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15">
-        <v>13400</v>
-[...3 lines deleted...]
-      </c>
+        <v>13000</v>
+      </c>
+      <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>10000</v>
       </c>
       <c r="K38" s="15">
         <v>0.00675</v>
       </c>
       <c r="L38" s="15">
         <v>0.00585</v>
       </c>
       <c r="M38" s="15">
         <v>0.00563</v>
       </c>
       <c r="N38" s="15">
-        <v>11277</v>
+        <v>9868</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10080073138</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
-        <v>0.00659</v>
+        <v>0.0062</v>
       </c>
       <c r="L39" s="15">
-        <v>0.00571</v>
+        <v>0.00537</v>
       </c>
       <c r="M39" s="15">
-        <v>0.00549</v>
+        <v>0.00516</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>5000</v>
       </c>
       <c r="K40" s="15">
         <v>0.00662</v>
       </c>
       <c r="L40" s="15">
         <v>0.00573</v>
       </c>
       <c r="M40" s="15">
         <v>0.00551</v>
       </c>
       <c r="N40" s="15">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E41" s="15">
         <v>10080069849</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
         <v>0.00705</v>
       </c>
       <c r="L41" s="15">
         <v>0.00611</v>
       </c>
       <c r="M41" s="15">
         <v>0.00588</v>
       </c>
       <c r="N41" s="15">
-        <v>24640</v>
+        <v>25920</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
         <v>0.00659</v>
       </c>
       <c r="L42" s="15">
         <v>0.00571</v>
       </c>
       <c r="M42" s="15">
         <v>0.00549</v>
       </c>
       <c r="N42" s="15">
-        <v>3450</v>
+        <v>3950</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E43" s="15">
         <v>10080043009</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>10000</v>
       </c>
       <c r="K43" s="15">
         <v>0.00695</v>
       </c>
       <c r="L43" s="15">
         <v>0.00602</v>
       </c>
       <c r="M43" s="15">
         <v>0.00579</v>
       </c>
       <c r="N43" s="15">
-        <v>11218</v>
+        <v>15632</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E44" s="15">
         <v>10080057646</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>10000</v>
       </c>
       <c r="K44" s="15">
         <v>0.00639</v>
       </c>
       <c r="L44" s="15">
         <v>0.00554</v>
       </c>
       <c r="M44" s="15">
         <v>0.00533</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>6300</v>
-[...3 lines deleted...]
-      </c>
+        <v>7700</v>
+      </c>
+      <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>10000</v>
       </c>
       <c r="K45" s="15">
         <v>0.00695</v>
       </c>
       <c r="L45" s="15">
         <v>0.00602</v>
       </c>
       <c r="M45" s="15">
         <v>0.00579</v>
       </c>
       <c r="N45" s="15">
-        <v>6240</v>
+        <v>6320</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.00684</v>
       </c>
       <c r="L46" s="15">
         <v>0.00593</v>
       </c>
       <c r="M46" s="15">
         <v>0.0057</v>
       </c>
       <c r="N46" s="15">
-        <v>7122</v>
+        <v>7211</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.036</v>
       </c>
       <c r="L47" s="15">
         <v>0.0312</v>
       </c>
       <c r="M47" s="15">
         <v>0.03</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.13805</v>
       </c>
       <c r="L48" s="15">
         <v>0.09988</v>
       </c>
       <c r="M48" s="15">
         <v>0.08716</v>
       </c>
       <c r="N48" s="15">
-        <v>1280</v>
+        <v>1740</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>5000</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.18299</v>
       </c>
       <c r="L49" s="15">
         <v>0.15346</v>
       </c>
       <c r="M49" s="15">
         <v>0.14757</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>5000</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080032271</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.08103</v>
       </c>
       <c r="L50" s="15">
         <v>0.07023</v>
       </c>
       <c r="M50" s="15">
         <v>0.06753000000000001</v>
       </c>
       <c r="N50" s="15">
         <v>2</v>
       </c>
       <c r="O50" s="15">
-        <v>47400</v>
-[...3 lines deleted...]
-      </c>
+        <v>50400</v>
+      </c>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080034447</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J51" s="15">
         <v>5000</v>
       </c>
       <c r="K51" s="15">
         <v>0.02294</v>
       </c>
       <c r="L51" s="15">
         <v>0.01883</v>
       </c>
       <c r="M51" s="15">
         <v>0.01806</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E52" s="15">
         <v>10000018486</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.00563</v>
       </c>
       <c r="L52" s="15">
         <v>0.00488</v>
       </c>
       <c r="M52" s="15">
         <v>0.00469</v>
       </c>
       <c r="N52" s="15">
-        <v>3337</v>
+        <v>3033</v>
       </c>
       <c r="O52" s="15">
-        <v>3300</v>
-[...3 lines deleted...]
-      </c>
+        <v>3000</v>
+      </c>
+      <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E53" s="15">
         <v>10000018487</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.00606</v>
       </c>
       <c r="L53" s="15">
         <v>0.00525</v>
       </c>
       <c r="M53" s="15">
         <v>0.00505</v>
       </c>
       <c r="N53" s="15">
-        <v>51541</v>
+        <v>64504</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.0165</v>
       </c>
       <c r="L54" s="15">
         <v>0.0143</v>
       </c>
       <c r="M54" s="15">
         <v>0.01375</v>
       </c>
       <c r="N54" s="15">
-        <v>3320</v>
+        <v>2480</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10000018488</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02237</v>
       </c>
       <c r="L55" s="15">
         <v>0.01598</v>
       </c>
       <c r="M55" s="15">
         <v>0.01438</v>
       </c>
       <c r="N55" s="15">
-        <v>5307</v>
+        <v>5970</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E56" s="15">
         <v>10000018455</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
         <v>0.00563</v>
       </c>
       <c r="L56" s="15">
         <v>0.00488</v>
       </c>
       <c r="M56" s="15">
         <v>0.00469</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
-      <c r="P56" s="15"/>
+      <c r="P56" s="15" t="s">
+        <v>148</v>
+      </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E57" s="15">
         <v>10000018456</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10000</v>
       </c>
       <c r="K57" s="15">
         <v>0.00615</v>
       </c>
       <c r="L57" s="15">
         <v>0.00533</v>
       </c>
       <c r="M57" s="15">
         <v>0.00513</v>
       </c>
       <c r="N57" s="15">
-        <v>2334</v>
+        <v>2693</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I58" s="15"/>
@@ -3785,51 +3782,51 @@
       <c r="D62" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E62" s="15">
         <v>10000018457</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01971</v>
       </c>
       <c r="L62" s="15">
         <v>0.01022</v>
       </c>
       <c r="M62" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="N62" s="15">
-        <v>4380</v>
+        <v>5220</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I63" s="15"/>
@@ -3861,129 +3858,129 @@
       <c r="D64" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E64" s="15">
         <v>10000018453</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10000</v>
       </c>
       <c r="K64" s="15">
         <v>0.00588</v>
       </c>
       <c r="L64" s="15">
         <v>0.0051</v>
       </c>
       <c r="M64" s="15">
         <v>0.0049</v>
       </c>
       <c r="N64" s="15">
-        <v>8628</v>
+        <v>10067</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E65" s="15">
         <v>10000018454</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>2000</v>
       </c>
       <c r="K65" s="15">
         <v>0.01354</v>
       </c>
       <c r="L65" s="15">
         <v>0.00787</v>
       </c>
       <c r="M65" s="15">
         <v>0.00707</v>
       </c>
       <c r="N65" s="15">
-        <v>1395</v>
+        <v>1620</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00617</v>
       </c>
       <c r="L66" s="15">
         <v>0.00534</v>
       </c>
       <c r="M66" s="15">
         <v>0.00514</v>
       </c>
       <c r="N66" s="15">
-        <v>1193</v>
+        <v>784</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E67" s="15">
         <v>10080073206</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
@@ -4052,170 +4049,170 @@
       </c>
       <c r="E69" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.02217</v>
       </c>
       <c r="L69" s="15">
         <v>0.01145</v>
       </c>
       <c r="M69" s="15">
         <v>0.01107</v>
       </c>
       <c r="N69" s="15">
-        <v>672</v>
+        <v>634</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.00756</v>
       </c>
       <c r="L70" s="15">
         <v>0.00655</v>
       </c>
       <c r="M70" s="15">
         <v>0.0063</v>
       </c>
       <c r="N70" s="15">
-        <v>1520</v>
+        <v>1380</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.02956</v>
       </c>
       <c r="L71" s="15">
         <v>0.01551</v>
       </c>
       <c r="M71" s="15">
         <v>0.01502</v>
       </c>
       <c r="N71" s="15">
-        <v>5576</v>
+        <v>5772</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E72" s="15">
         <v>10000018477</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10000</v>
       </c>
       <c r="K72" s="15">
         <v>0.00725</v>
       </c>
       <c r="L72" s="15">
         <v>0.00628</v>
       </c>
       <c r="M72" s="15">
         <v>0.00604</v>
       </c>
       <c r="N72" s="15">
-        <v>10200</v>
+        <v>4350</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I73" s="15"/>
@@ -4247,213 +4244,213 @@
       <c r="D74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E74" s="15">
         <v>10000018478</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>2000</v>
       </c>
       <c r="K74" s="15">
         <v>0.00728</v>
       </c>
       <c r="L74" s="15">
         <v>0.00631</v>
       </c>
       <c r="M74" s="15">
         <v>0.00606</v>
       </c>
       <c r="N74" s="15">
-        <v>3824</v>
+        <v>2953</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E75" s="15">
         <v>10000018482</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.03695</v>
       </c>
       <c r="L75" s="15">
         <v>0.01947</v>
       </c>
       <c r="M75" s="15">
         <v>0.01898</v>
       </c>
       <c r="N75" s="15">
-        <v>6702</v>
+        <v>5125</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E76" s="15">
         <v>10000018483</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>202</v>
       </c>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.02532</v>
       </c>
       <c r="L76" s="15">
         <v>0.01659</v>
       </c>
       <c r="M76" s="15">
         <v>0.01441</v>
       </c>
       <c r="N76" s="15">
-        <v>407</v>
+        <v>418</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J77" s="15">
         <v>4000</v>
       </c>
       <c r="K77" s="15">
         <v>0.01304</v>
       </c>
       <c r="L77" s="15">
         <v>0.0113</v>
       </c>
       <c r="M77" s="15">
         <v>0.01086</v>
       </c>
       <c r="N77" s="15">
-        <v>945</v>
+        <v>961</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>210</v>
       </c>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
         <v>0.00563</v>
       </c>
       <c r="L78" s="15">
         <v>0.00563</v>
       </c>
       <c r="M78" s="15">
         <v>0.00563</v>
       </c>
       <c r="N78" s="15">
-        <v>11161</v>
+        <v>12756</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E79" s="15">
         <v>10000018484</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I79" s="15" t="s">
@@ -4487,133 +4484,131 @@
       <c r="D80" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E80" s="15">
         <v>10000018485</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01017</v>
       </c>
       <c r="L80" s="15">
         <v>0.00881</v>
       </c>
       <c r="M80" s="15">
         <v>0.00848</v>
       </c>
       <c r="N80" s="15">
-        <v>1503</v>
+        <v>1659</v>
       </c>
       <c r="O80" s="15">
-        <v>3250</v>
-[...3 lines deleted...]
-      </c>
+        <v>3750</v>
+      </c>
+      <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>10000</v>
       </c>
       <c r="K81" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L81" s="15">
         <v>0.00554</v>
       </c>
       <c r="M81" s="15">
         <v>0.00536</v>
       </c>
       <c r="N81" s="15">
-        <v>1243</v>
+        <v>1558</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>5000</v>
       </c>
       <c r="K82" s="15">
         <v>0.01232</v>
       </c>
       <c r="L82" s="15">
         <v>0.00592</v>
       </c>
       <c r="M82" s="15">
         <v>0.00578</v>
       </c>
       <c r="N82" s="15">
-        <v>6335</v>
+        <v>6702</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
@@ -4647,90 +4642,90 @@
       <c r="D84" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L84" s="15">
         <v>0.00481</v>
       </c>
       <c r="M84" s="15">
         <v>0.00465</v>
       </c>
       <c r="N84" s="15">
-        <v>8322</v>
+        <v>7878</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E85" s="15">
         <v>10080055375</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0089</v>
       </c>
       <c r="L85" s="15">
         <v>0.00644</v>
       </c>
       <c r="M85" s="15">
         <v>0.00562</v>
       </c>
       <c r="N85" s="15">
-        <v>12200</v>
+        <v>12600</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E86" s="15">
         <v>10000018465</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
@@ -4764,51 +4759,51 @@
       <c r="D87" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E87" s="15">
         <v>10000018466</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00602</v>
       </c>
       <c r="L87" s="15">
         <v>0.00521</v>
       </c>
       <c r="M87" s="15">
         <v>0.00501</v>
       </c>
       <c r="N87" s="15">
-        <v>1332</v>
+        <v>1260</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
@@ -4879,92 +4874,92 @@
       </c>
       <c r="E90" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J90" s="15">
         <v>15000</v>
       </c>
       <c r="K90" s="15">
         <v>0.0059</v>
       </c>
       <c r="L90" s="15">
         <v>0.00511</v>
       </c>
       <c r="M90" s="15">
         <v>0.00491</v>
       </c>
       <c r="N90" s="15">
-        <v>5696</v>
+        <v>7387</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E91" s="15">
         <v>10000018463</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J91" s="15">
         <v>10000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00593</v>
       </c>
       <c r="L91" s="15">
         <v>0.00514</v>
       </c>
       <c r="M91" s="15">
         <v>0.00494</v>
       </c>
       <c r="N91" s="15">
-        <v>652</v>
+        <v>563</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I92" s="15"/>
@@ -4996,877 +4991,873 @@
       <c r="D93" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>2000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00594</v>
       </c>
       <c r="L93" s="15">
         <v>0.00515</v>
       </c>
       <c r="M93" s="15">
         <v>0.00495</v>
       </c>
       <c r="N93" s="15">
-        <v>890</v>
+        <v>760</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E94" s="15">
         <v>10000018471</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00627</v>
       </c>
       <c r="L94" s="15">
         <v>0.00543</v>
       </c>
       <c r="M94" s="15">
         <v>0.00523</v>
       </c>
       <c r="N94" s="15">
-        <v>885</v>
+        <v>861</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>5000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00639</v>
       </c>
       <c r="L95" s="15">
         <v>0.00554</v>
       </c>
       <c r="M95" s="15">
         <v>0.00533</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15">
-        <v>12000</v>
-[...3 lines deleted...]
-      </c>
+        <v>16201</v>
+      </c>
+      <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.01682</v>
       </c>
       <c r="L96" s="15">
         <v>0.01217</v>
       </c>
       <c r="M96" s="15">
         <v>0.01061</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
-      <c r="P96" s="15"/>
+      <c r="P96" s="15" t="s">
+        <v>256</v>
+      </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E97" s="15">
         <v>10000018472</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>255</v>
       </c>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.009860000000000001</v>
       </c>
       <c r="L97" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M97" s="15">
         <v>0.00821</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E98" s="15">
         <v>10000018468</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
         <v>0.006</v>
       </c>
       <c r="L98" s="15">
         <v>0.0052</v>
       </c>
       <c r="M98" s="15">
         <v>0.005</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>4350</v>
-[...3 lines deleted...]
-      </c>
+        <v>4051</v>
+      </c>
+      <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00552</v>
       </c>
       <c r="L99" s="15">
         <v>0.00478</v>
       </c>
       <c r="M99" s="15">
         <v>0.0046</v>
       </c>
       <c r="N99" s="15">
-        <v>2656</v>
+        <v>2827</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E100" s="15">
         <v>10000018469</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00527</v>
       </c>
       <c r="L100" s="15">
         <v>0.00456</v>
       </c>
       <c r="M100" s="15">
         <v>0.00439</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E101" s="15">
         <v>10000018475</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.0051</v>
       </c>
       <c r="L101" s="15">
         <v>0.00442</v>
       </c>
       <c r="M101" s="15">
         <v>0.00425</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E102" s="15">
         <v>10000018476</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
         <v>0.01354</v>
       </c>
       <c r="L102" s="15">
         <v>0.00787</v>
       </c>
       <c r="M102" s="15">
         <v>0.00707</v>
       </c>
       <c r="N102" s="15">
-        <v>1544</v>
+        <v>1669</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E103" s="15">
         <v>10000023234</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2000</v>
       </c>
       <c r="K103" s="15">
         <v>0.04681</v>
       </c>
       <c r="L103" s="15">
         <v>0.02352</v>
       </c>
       <c r="M103" s="15">
         <v>0.02302</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.01058</v>
       </c>
       <c r="L104" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.00881</v>
       </c>
       <c r="N104" s="15">
-        <v>6960</v>
+        <v>7200</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0176</v>
       </c>
       <c r="L105" s="15">
         <v>0.01273</v>
       </c>
       <c r="M105" s="15">
         <v>0.01111</v>
       </c>
       <c r="N105" s="15">
-        <v>586</v>
+        <v>720</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E106" s="15">
         <v>10000018473</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>10000</v>
       </c>
       <c r="K106" s="15">
         <v>0.0108</v>
       </c>
       <c r="L106" s="15">
         <v>0.00936</v>
       </c>
       <c r="M106" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N106" s="15">
-        <v>2761</v>
+        <v>2842</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>5000</v>
       </c>
       <c r="K107" s="15">
         <v>0.00817</v>
       </c>
       <c r="L107" s="15">
         <v>0.00684</v>
       </c>
       <c r="M107" s="15">
         <v>0.00659</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E108" s="15">
         <v>10000018474</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>5000</v>
       </c>
       <c r="K108" s="15">
         <v>0.01067</v>
       </c>
       <c r="L108" s="15">
         <v>0.00924</v>
       </c>
       <c r="M108" s="15">
         <v>0.00889</v>
       </c>
       <c r="N108" s="15">
-        <v>3500</v>
+        <v>3050</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E109" s="15">
         <v>10080071864</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>5000</v>
       </c>
       <c r="K109" s="15">
         <v>0.00495</v>
       </c>
       <c r="L109" s="15">
         <v>0.00429</v>
       </c>
       <c r="M109" s="15">
         <v>0.00413</v>
       </c>
       <c r="N109" s="15">
-        <v>1190</v>
+        <v>1173</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E110" s="15">
         <v>10080032272</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>5000</v>
       </c>
       <c r="K110" s="15">
         <v>0.06507</v>
       </c>
       <c r="L110" s="15">
         <v>0.05639</v>
       </c>
       <c r="M110" s="15">
         <v>0.05423</v>
       </c>
       <c r="N110" s="15">
-        <v>8700</v>
+        <v>7800</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E111" s="15">
         <v>10080070515</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>0.01781</v>
       </c>
       <c r="L111" s="15">
         <v>0.01034</v>
       </c>
       <c r="M111" s="15">
         <v>0.00932</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E112" s="15">
         <v>10080050608</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>100</v>
       </c>
       <c r="K112" s="15">
         <v>2.57</v>
       </c>
       <c r="L112" s="15">
         <v>2.1</v>
       </c>
       <c r="M112" s="15">
         <v>2.02</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E113" s="15">
         <v>10080034091</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J113" s="15">
         <v>2000</v>
       </c>
       <c r="K113" s="15">
         <v>0.03732</v>
       </c>
       <c r="L113" s="15">
         <v>0.03234</v>
       </c>
       <c r="M113" s="15">
         <v>0.0311</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.03894</v>
       </c>
       <c r="L114" s="15">
         <v>0.03375</v>
       </c>
       <c r="M114" s="15">
         <v>0.03245</v>
       </c>
       <c r="N114" s="15">
-        <v>5650</v>
+        <v>6178</v>
       </c>
       <c r="O114" s="15">
-        <v>7500</v>
-[...3 lines deleted...]
-      </c>
+        <v>8200</v>
+      </c>
+      <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15"/>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15"/>
       <c r="L115" s="15"/>
       <c r="M115" s="15"/>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
@@ -5906,317 +5897,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>